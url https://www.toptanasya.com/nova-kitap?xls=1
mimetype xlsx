--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,2050 +85,2125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259720548</t>
+          <t>9786255756046</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetmenin Dayanılmaz Zorluğu</t>
+          <t>Yetişkinler İçin DEHB Rehberi - Odak, Üretkenlik ve Denge İçin 7 Temel İlke</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255756008</t>
+          <t>9786255756039</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yabani</t>
+          <t>Güçlü Beyin: Hareket Ettikçe Güçlenen Bir Beynin Anatomisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259720593</t>
+          <t>9786057454027</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Mülakat ve İşe Alım</t>
+          <t>Stres Yönetimi: Başarıya Ulaşmak İçin Etkili Stratejiler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259720586</t>
+          <t>9786255756022</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yaşam Paradoksu – İleri Yaşta Genç Kalmanın Sırları</t>
+          <t>Etkili Özliderliğin 7 Alışkanlığı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259720579</t>
+          <t>9786258489149</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doğru Kavga Etme Rehberi</t>
+          <t>Beyindeki Fil: Gündelik Hayattaki Gizli Güdüler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259720562</t>
+          <t>9786259720548</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İstiyorum Ama Hala Tteokbokki Yemek İstiyorum</t>
+          <t>İyi Hissetmenin Dayanılmaz Zorluğu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259720555</t>
+          <t>9786255756008</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zihin Mimarı</t>
+          <t>Yabani</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259720524</t>
+          <t>9786259720593</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kayıp ve Keşif</t>
+          <t>Başarılı Mülakat ve İşe Alım</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258489187</t>
+          <t>9786259720586</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynliğin Çöküşü: Çocuklarımıza Yetişkin Bireyler Gibi Davranmanın Sakıncaları</t>
+          <t>Uzun Yaşam Paradoksu – İleri Yaşta Genç Kalmanın Sırları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259720531</t>
+          <t>9786259720579</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hayır Deme Cesareti</t>
+          <t>Doğru Kavga Etme Rehberi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259720517</t>
+          <t>9786259720562</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nörobilimin Evrimi</t>
+          <t>Ölmek İstiyorum Ama Hala Tteokbokki Yemek İstiyorum</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>550</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259720500</t>
+          <t>9786259720555</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dikkatin Anatomisi: Odaklanmayı ve Verimliliği Yeniden Keşfetmek</t>
+          <t>Zihin Mimarı</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259520292</t>
+          <t>9786259720524</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Metabolizma Katili: İşlenmiş Gıda, Beslenme ve Modern Tıbbın Yalanları</t>
+          <t>Kayıp ve Keşif</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259520285</t>
+          <t>9786258489187</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Haberci Yıldızlar: Medeniyete Kozmik Bir Bakış</t>
+          <t>Ebeveynliğin Çöküşü: Çocuklarımıza Yetişkin Bireyler Gibi Davranmanın Sakıncaları</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259520278</t>
+          <t>9786259720531</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ekibini Nasıl Yönetirsin? Hızlı, Etkin ve Odaklı Yönetim Rehberi</t>
+          <t>Hayır Deme Cesareti</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258489361</t>
+          <t>9786259720517</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Büyücüleri</t>
+          <t>Nörobilimin Evrimi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>600</v>
+        <v>550</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258489309</t>
+          <t>9786259720500</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Şirket - Küçük İşletmelerin Pazardaki Devrimi</t>
+          <t>Dikkatin Anatomisi: Odaklanmayı ve Verimliliği Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258489248</t>
+          <t>9786259520292</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Zaman Yönetimi: Planlı ve Üretken Olmak, İşleri Tamamlamak için Stratejiler</t>
+          <t>Metabolizma Katili: İşlenmiş Gıda, Beslenme ve Modern Tıbbın Yalanları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259520261</t>
+          <t>9786259520285</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yanlış Ölçümü</t>
+          <t>Haberci Yıldızlar: Medeniyete Kozmik Bir Bakış</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258489071</t>
+          <t>9786259520278</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Psikoloji (Ciltli)</t>
+          <t>Ekibini Nasıl Yönetirsin? Hızlı, Etkin ve Odaklı Yönetim Rehberi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259520254</t>
+          <t>9786258489361</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sevginin 8 Kuralı – Aşkı Bulmak, Sürdürmek ve Özgür Bırakmak Üzerine</t>
+          <t>Tanrıların Büyücüleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259520230</t>
+          <t>9786258489309</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kariyerim Gelecek: Geleceğini Düşleyen Herkes İçin Bir Elkitabı</t>
+          <t>Tek Kişilik Şirket - Küçük İşletmelerin Pazardaki Devrimi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259520223</t>
+          <t>9786258489248</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İstiyorum Ama Tteokbokki de Yemek İstiyorum</t>
+          <t>Başarılı Zaman Yönetimi: Planlı ve Üretken Olmak, İşleri Tamamlamak için Stratejiler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259520209</t>
+          <t>9786259520261</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yolumu Kendim Çizdim: Remzi Kanbur</t>
+          <t>İnsanın Yanlış Ölçümü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259834160</t>
+          <t>9786258489071</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yeniden Yazılışı: Bellek Bilimleri ve Çoklu Kişilik</t>
+          <t>Bir Bakışta Psikoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259834191</t>
+          <t>9786259520254</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Balajı Antolojisi: Teknoloji, Hakikat ve Geleceği İnşa Etme Rehberi</t>
+          <t>Sevginin 8 Kuralı – Aşkı Bulmak, Sürdürmek ve Özgür Bırakmak Üzerine</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259834184</t>
+          <t>9786259520230</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Özümüzde İyilik Var: Düşlediğiniz Ebeveyn Olmak İçin Bir Rehber</t>
+          <t>Kariyerim Gelecek: Geleceğini Düşleyen Herkes İçin Bir Elkitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259834177</t>
+          <t>9786259520223</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayali Arkadaşlar ve Onları Yaratan Çocuklar</t>
+          <t>Ölmek İstiyorum Ama Tteokbokki de Yemek İstiyorum</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259834122</t>
+          <t>9786259520209</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Cehalet: Duygu Biliminde Kaybolarak Kendini Bulmak</t>
+          <t>Yolumu Kendim Çizdim: Remzi Kanbur</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259834153</t>
+          <t>9786259834160</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Anksiyeteye Meydan Oku: Endişe, Panik ve Fobinin Üstesinden Gelmek İçin İşlevsel Stratejiler</t>
+          <t>Ruhun Yeniden Yazılışı: Bellek Bilimleri ve Çoklu Kişilik</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259834146</t>
+          <t>9786259834191</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Neden Kendimi Değersiz Hissediyorum?</t>
+          <t>Balajı Antolojisi: Teknoloji, Hakikat ve Geleceği İnşa Etme Rehberi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259834139</t>
+          <t>9786259834184</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Buldum: Arketiplerle Dönüşüm</t>
+          <t>Özümüzde İyilik Var: Düşlediğiniz Ebeveyn Olmak İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259834115</t>
+          <t>9786259834177</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamız Gerek: Nasıl Anlamlı Konuşmalar Yapabiliriz</t>
+          <t>Hayali Arkadaşlar ve Onları Yaratan Çocuklar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259834108</t>
+          <t>9786259834122</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kripto Savaşları: Sahte Ölümler, Kayıp Mi̇lyar Dolarlar ve Sektördeki̇ Bozulmalar</t>
+          <t>Duygusal Cehalet: Duygu Biliminde Kaybolarak Kendini Bulmak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258489644</t>
+          <t>9786259834153</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Anne: Çalışmanız, İyi Anne Olmanıza Engel Değil</t>
+          <t>Anksiyeteye Meydan Oku: Endişe, Panik ve Fobinin Üstesinden Gelmek İçin İşlevsel Stratejiler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258489675</t>
+          <t>9786259834146</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Toksik Olumlama: Mutlu Olmakla Kafayı Bozmuş Bir Dünyada Kendin Olmak</t>
+          <t>Neden Kendimi Değersiz Hissediyorum?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258489934</t>
+          <t>9786259834139</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kazanma Sanatı: Moneyball</t>
+          <t>Kendimi Buldum: Arketiplerle Dönüşüm</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258489996</t>
+          <t>9786259834115</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Terapistin İkilemi: İlişkisel Psikoterapinin Şifreleri</t>
+          <t>Konuşmamız Gerek: Nasıl Anlamlı Konuşmalar Yapabiliriz</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258489989</t>
+          <t>9786259834108</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Sıradışı Olunur? - İnsanları Olağanüstü Kılan Alışkanlıklar</t>
+          <t>Kripto Savaşları: Sahte Ölümler, Kayıp Mi̇lyar Dolarlar ve Sektördeki̇ Bozulmalar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258489958</t>
+          <t>9786258489644</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hatırla! - Hafıza Bilimi ve Unutma Sanatı</t>
+          <t>Çalışan Anne: Çalışmanız, İyi Anne Olmanıza Engel Değil</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258489972</t>
+          <t>9786258489675</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>"Evet" Dedirtme Sanatı: Ödün Vermeden Anlaşmaya Varmak</t>
+          <t>Toksik Olumlama: Mutlu Olmakla Kafayı Bozmuş Bir Dünyada Kendin Olmak</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258489965</t>
+          <t>9786258489934</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kariyerini Baştan Yarat: Kendinizin Kariyer Koçu Olun</t>
+          <t>Kazanma Sanatı: Moneyball</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258489927</t>
+          <t>9786258489996</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Sorular: StarTalk’tan Kim Olduğumuza, Buraya Nasıl Geldiğimize ve Nereye Gittiğimize Dair Bir Rehber</t>
+          <t>Terapistin İkilemi: İlişkisel Psikoterapinin Şifreleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258489941</t>
+          <t>9786258489989</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Madem Yeri ve Zamanı Geldi</t>
+          <t>Nasıl Sıradışı Olunur? - İnsanları Olağanüstü Kılan Alışkanlıklar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258489910</t>
+          <t>9786258489958</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Toksik İşyeri: İş Hayatında Hızlı ve Adil Olmanın Yolları</t>
+          <t>Hatırla! - Hafıza Bilimi ve Unutma Sanatı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258489903</t>
+          <t>9786258489972</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmaya Son: Uzun Yaşamın Bilimi ve Sırları</t>
+          <t>"Evet" Dedirtme Sanatı: Ödün Vermeden Anlaşmaya Varmak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258489897</t>
+          <t>9786258489965</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Yatırım Rehberi</t>
+          <t>Kariyerini Baştan Yarat: Kendinizin Kariyer Koçu Olun</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258489880</t>
+          <t>9786258489927</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Özsaygı</t>
+          <t>Kozmik Sorular: StarTalk’tan Kim Olduğumuza, Buraya Nasıl Geldiğimize ve Nereye Gittiğimize Dair Bir Rehber</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258489873</t>
+          <t>9786258489941</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Mısır Mitolojisi</t>
+          <t>Madem Yeri ve Zamanı Geldi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258489866</t>
+          <t>9786258489910</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nasıl İnsan Olduk: İnsanlığın Kökeninin İzinde</t>
+          <t>Toksik İşyeri: İş Hayatında Hızlı ve Adil Olmanın Yolları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258489859</t>
+          <t>9786258489903</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Lif Mucizesi: 4 Haftada Bağışıklığınızı Güçlendirin, Mikrobiyomunuzu Onarın ve Kilo Verin</t>
+          <t>Yaşlanmaya Son: Uzun Yaşamın Bilimi ve Sırları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258489842</t>
+          <t>9786258489897</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Etkili Liderlerin 7 Alışkanlığı: Liderliğin Esasları</t>
+          <t>Davranışsal Yatırım Rehberi</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258489835</t>
+          <t>9786258489880</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Antisosyal Ağ: GameStop Olayı ve Wall Street’i Dize Getiren Bir Grup Amatörün Gerçek Hikayesi</t>
+          <t>Özsaygı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258489811</t>
+          <t>9786258489873</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türleri Kurtarmak: Soyların Tükendiği Bir Çağda Yaşam Savaşı</t>
+          <t>Meraklısına Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258489828</t>
+          <t>9786258489866</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Sağlamlık (Rezilyans)</t>
+          <t>Nasıl İnsan Olduk: İnsanlığın Kökeninin İzinde</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258489804</t>
+          <t>9786258489859</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>DEHB Hakkında Her Şey: Dikkat Eksikliği ve Hiperaktivite Bozukluğu ile Başa Çıkmada Çocuğunuza Yardımcı Olun</t>
+          <t>Lif Mucizesi: 4 Haftada Bağışıklığınızı Güçlendirin, Mikrobiyomunuzu Onarın ve Kilo Verin</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258489798</t>
+          <t>9786258489842</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Tarihöncesi Dünya</t>
+          <t>Etkili Liderlerin 7 Alışkanlığı: Liderliğin Esasları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258489781</t>
+          <t>9786258489835</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kripto Hakkındaki Gerçekler</t>
+          <t>Antisosyal Ağ: GameStop Olayı ve Wall Street’i Dize Getiren Bir Grup Amatörün Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258489774</t>
+          <t>9786258489811</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İrrasyonel Coşku</t>
+          <t>Türleri Kurtarmak: Soyların Tükendiği Bir Çağda Yaşam Savaşı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258489767</t>
+          <t>9786258489828</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Kertenkelesi ve Plastik Kalamar</t>
+          <t>Psikolojik Sağlamlık (Rezilyans)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258489750</t>
+          <t>9786258489804</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Bilişsel Davranışçı Terapi</t>
+          <t>DEHB Hakkında Her Şey: Dikkat Eksikliği ve Hiperaktivite Bozukluğu ile Başa Çıkmada Çocuğunuza Yardımcı Olun</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258489712</t>
+          <t>9786258489798</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Mühendislik (Ciltli)</t>
+          <t>Meraklısına Tarihöncesi Dünya</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258489743</t>
+          <t>9786258489781</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bilge Gibi Düşün</t>
+          <t>Kripto Hakkındaki Gerçekler</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258489729</t>
+          <t>9786258489774</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yalın Girişim: Fikrinizi Başarıya Dönüştürün</t>
+          <t>İrrasyonel Coşku</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258489736</t>
+          <t>9786258489767</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Acelesi Olanlar İçin Astrofizik</t>
+          <t>Kasırga Kertenkelesi ve Plastik Kalamar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258489705</t>
+          <t>9786258489750</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Senden Nefret Ediyorum - Beni Bırakma: Sınırda Kişiliği Anlamak</t>
+          <t>Meraklısına Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258489637</t>
+          <t>9786258489712</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Neden Var Olmadı?</t>
+          <t>Bir Bakışta Mühendislik (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258489682</t>
+          <t>9786258489743</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kanser Bitti! Ya Şimdi? Tedavi Sonrası İlk Adımlar ve Dikkat Etmeniz Gerekenler</t>
+          <t>Bilge Gibi Düşün</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258489668</t>
+          <t>9786258489729</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Roma İmparatorluğu</t>
+          <t>Yalın Girişim: Fikrinizi Başarıya Dönüştürün</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258489651</t>
+          <t>9786258489736</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Becerilerinizi Geliştirin</t>
+          <t>Acelesi Olanlar İçin Astrofizik</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258489590</t>
+          <t>9786258489705</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Yönetim</t>
+          <t>Senden Nefret Ediyorum - Beni Bırakma: Sınırda Kişiliği Anlamak</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258489620</t>
+          <t>9786258489637</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsanlar Yetiştirmek</t>
+          <t>Balıklar Neden Var Olmadı?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258489613</t>
+          <t>9786258489682</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bizden Önceki Dünya: İnsanlığın Kökenlerinin Yeni Tarihi</t>
+          <t>Kanser Bitti! Ya Şimdi? Tedavi Sonrası İlk Adımlar ve Dikkat Etmeniz Gerekenler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258489606</t>
+          <t>9786258489668</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlham: Heyecan Verici Teknoloji Ürünleri Nasıl Yaratılır?</t>
+          <t>Meraklısına Roma İmparatorluğu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258489583</t>
+          <t>9786258489651</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Çalışma Devrimi: Başarılı, Üretken ve Yetkin Uzaktan Çalışma için Etkili İpuçları</t>
+          <t>Liderlik Becerilerinizi Geliştirin</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258489576</t>
+          <t>9786258489590</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Güç Oyunu: Tesla, Elon Musk ve Yüzyılın İddiası</t>
+          <t>Meraklısına Yönetim</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258489569</t>
+          <t>9786258489620</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hümanokrasi: İnsan Odaklı Şirketler Yaratmak</t>
+          <t>İyi İnsanlar Yetiştirmek</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258489552</t>
+          <t>9786258489613</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hata! - Neden Hata Yapmak En Büyük Yeteneğimiz?</t>
+          <t>Bizden Önceki Dünya: İnsanlığın Kökenlerinin Yeni Tarihi</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258489545</t>
+          <t>9786258489606</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Sırt Çantası: Gezginin Seyahat Rehberi</t>
+          <t>İlham: Heyecan Verici Teknoloji Ürünleri Nasıl Yaratılır?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258489460</t>
+          <t>9786258489583</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardım Et!</t>
+          <t>Uzaktan Çalışma Devrimi: Başarılı, Üretken ve Yetkin Uzaktan Çalışma için Etkili İpuçları</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258489514</t>
+          <t>9786258489576</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Feminizm</t>
+          <t>Güç Oyunu: Tesla, Elon Musk ve Yüzyılın İddiası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258489521</t>
+          <t>9786258489569</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatına Dair 9 Yalan</t>
+          <t>Hümanokrasi: İnsan Odaklı Şirketler Yaratmak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258489507</t>
+          <t>9786258489552</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Glütensiz Olamayacak Kadar İyi! - Yaşamın Peşinde</t>
+          <t>Hata! - Neden Hata Yapmak En Büyük Yeteneğimiz?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258489484</t>
+          <t>9786258489545</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Toplumsal Cinsiyet(ler)</t>
+          <t>Yaşasın Sırt Çantası: Gezginin Seyahat Rehberi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258489491</t>
+          <t>9786258489460</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Okyanusya ve Malay Takımadaları: Alternatif Seyahat Rehberi</t>
+          <t>Kendine Yardım Et!</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258489477</t>
+          <t>9786258489514</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Samsung'un Yükselişi</t>
+          <t>Meraklısına Feminizm</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258489453</t>
+          <t>9786258489521</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları</t>
+          <t>İş Hayatına Dair 9 Yalan</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258489446</t>
+          <t>9786258489507</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Yönetmek</t>
+          <t>Glütensiz Olamayacak Kadar İyi! - Yaşamın Peşinde</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258489439</t>
+          <t>9786258489484</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Yapmama Sanatı: Çok Çalışmaktan, Fazla Mesaiden Nasıl Kurtulur ve Hayatın Tadını Çıkarırız</t>
+          <t>Meraklısına Toplumsal Cinsiyet(ler)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258489422</t>
+          <t>9786258489491</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Okulu Neden Sevmez?</t>
+          <t>Okyanusya ve Malay Takımadaları: Alternatif Seyahat Rehberi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258489408</t>
+          <t>9786258489477</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Yetkinlik</t>
+          <t>Samsung'un Yükselişi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258489392</t>
+          <t>9786258489453</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Duygular</t>
+          <t>Bir Borsa Spekülatörünün Anıları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258489385</t>
+          <t>9786258489446</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Hisseler Sıradışı Karlar</t>
+          <t>Değişimi Yönetmek</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258489378</t>
+          <t>9786258489439</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>On Dört Yaş Öncesi On Dört Konuşma</t>
+          <t>Hiçbir Şey Yapmama Sanatı: Çok Çalışmaktan, Fazla Mesaiden Nasıl Kurtulur ve Hayatın Tadını Çıkarırız</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258489347</t>
+          <t>9786258489422</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Ekonomi</t>
+          <t>Çocuklar Okulu Neden Sevmez?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258489316</t>
+          <t>9786258489408</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Evrim</t>
+          <t>İletişimde Yetkinlik</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258489330</t>
+          <t>9786258489392</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Psikoloji</t>
+          <t>Meraklısına Duygular</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258489323</t>
+          <t>9786258489385</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Klasik Mitoloji</t>
+          <t>Sıradan Hisseler Sıradışı Karlar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258489293</t>
+          <t>9786258489378</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Peynir Tuzağı</t>
+          <t>On Dört Yaş Öncesi On Dört Konuşma</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258489279</t>
+          <t>9786258489347</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İşinizi Yeniden Keşfedin</t>
+          <t>Meraklısına Ekonomi</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258489224</t>
+          <t>9786258489316</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bilgenin Güncesi: Naval Ravikant - Mutluluk ve Zenginlik Rehberi</t>
+          <t>Meraklısına Evrim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258489217</t>
+          <t>9786258489330</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kancaya Takılınca</t>
+          <t>Meraklısına Psikoloji</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258489415</t>
+          <t>9786258489323</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Stres: Duygusal Tükenmişlik Döngüsünü Kırmanın Sırrı</t>
+          <t>Meraklısına Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258489354</t>
+          <t>9786258489293</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Söndü</t>
+          <t>Peynir Tuzağı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258489286</t>
+          <t>9786258489279</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Bilim (Ciltli)</t>
+          <t>İşinizi Yeniden Keşfedin</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258489262</t>
+          <t>9786258489224</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Lojik: Ruh Sağlığı Neden Kötüleşir ve Buna Nasıl Anlam Verilir</t>
+          <t>Bilgenin Güncesi: Naval Ravikant - Mutluluk ve Zenginlik Rehberi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258489255</t>
+          <t>9786258489217</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aralıklı Oruç Rehberi</t>
+          <t>Kancaya Takılınca</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258489231</t>
+          <t>9786258489415</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Influencer: Sosyal Medya Çağında Marka Yaratmak</t>
+          <t>Stres: Duygusal Tükenmişlik Döngüsünü Kırmanın Sırrı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258489194</t>
+          <t>9786258489354</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Etkili NLP Becerileri</t>
+          <t>Işıklar Söndü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258489200</t>
+          <t>9786258489286</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett: Para Kurdunun Zihninde</t>
+          <t>Bir Bakışta Bilim (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>340</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258489170</t>
+          <t>9786258489262</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Özcülük - Daha Azın Disiplinli Arayışı</t>
+          <t>Psiko-Lojik: Ruh Sağlığı Neden Kötüleşir ve Buna Nasıl Anlam Verilir</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258489156</t>
+          <t>9786258489255</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler için Konuşma Dersleri: Ne Söylemeli, Nasıl Söylemeli ve Ne Zaman Dinlemeli</t>
+          <t>Aralıklı Oruç Rehberi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258489132</t>
+          <t>9786258489231</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Ekonomi (Ciltli)</t>
+          <t>Influencer: Sosyal Medya Çağında Marka Yaratmak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1200</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258489125</t>
+          <t>9786258489194</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Felsefe (Ciltli)</t>
+          <t>Etkili NLP Becerileri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258489118</t>
+          <t>9786258489200</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İlk Adımlar: Dik Yürümek Bizi Nasıl İnsan Yaptı?</t>
+          <t>Warren Buffett: Para Kurdunun Zihninde</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258489101</t>
+          <t>9786258489170</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Yaşamlar için Olağandışı Kurallar</t>
+          <t>Özcülük - Daha Azın Disiplinli Arayışı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258489095</t>
+          <t>9786258489156</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gucci Hanedanı</t>
+          <t>Ebeveynler için Konuşma Dersleri: Ne Söylemeli, Nasıl Söylemeli ve Ne Zaman Dinlemeli</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258489088</t>
+          <t>9786258489132</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sağduyulu Yatırım Rehberi</t>
+          <t>Bir Bakışta Ekonomi (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>275</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258489064</t>
+          <t>9786258489125</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Tarih (Ciltli)</t>
+          <t>Bir Bakışta Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>1200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057428769</t>
+          <t>9786258489118</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kör Bakış</t>
+          <t>İlk Adımlar: Dik Yürümek Bizi Nasıl İnsan Yaptı?</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057428752</t>
+          <t>9786258489101</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Beyin: Mutluluk Nereden ve Nasıl Gelir</t>
+          <t>Olağanüstü Yaşamlar için Olağandışı Kurallar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057428745</t>
+          <t>9786258489095</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Düzenli Olmanın Yolları</t>
+          <t>Gucci Hanedanı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057428738</t>
+          <t>9786258489088</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Potansiyeli Çoğaltan Liderlik</t>
+          <t>Sağduyulu Yatırım Rehberi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057428721</t>
+          <t>9786258489064</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Doğru Beslen Sağlıklı Yaşa</t>
+          <t>Bir Bakışta Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>340</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057454089</t>
+          <t>9786057428769</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Filtresiz: Instagram İş Dünyasını, Şöhreti ve Kültürü Nasıl Dönüştürdü</t>
+          <t>Kör Bakış</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057428707</t>
+          <t>9786057428752</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Pür Dikkat</t>
+          <t>Mutlu Beyin: Mutluluk Nereden ve Nasıl Gelir</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057454072</t>
+          <t>9786057428745</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett Tarzı</t>
+          <t>Düzenli Olmanın Yolları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057454096</t>
+          <t>9786057428738</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Girişkenlik Sanatı</t>
+          <t>Potansiyeli Çoğaltan Liderlik</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057454065</t>
+          <t>9786057428721</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Etkili Yöneticilerin 7 Alışkanlığı</t>
+          <t>Doğru Beslen Sağlıklı Yaşa</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057454058</t>
+          <t>9786057454089</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları İyileştirir</t>
+          <t>Filtresiz: Instagram İş Dünyasını, Şöhreti ve Kültürü Nasıl Dönüştürdü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057454041</t>
+          <t>9786057428707</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>1 Sayfalık Pazarlama Planı</t>
+          <t>Pür Dikkat</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057454034</t>
+          <t>9786057454072</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişim</t>
+          <t>Warren Buffett Tarzı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057454010</t>
+          <t>9786057454096</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kancayı Atmak: 3 Saniyelik Dünyada Nasıl Öne Çıkılır?</t>
+          <t>Girişkenlik Sanatı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
+          <t>9786057454065</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Yöneticilerin 7 Alışkanlığı</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786057454058</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Gözyaşları İyileştirir</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786057454041</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>1 Sayfalık Pazarlama Planı</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786057454034</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786057454010</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Kancayı Atmak: 3 Saniyelik Dünyada Nasıl Öne Çıkılır?</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
           <t>9786057454003</t>
         </is>
       </c>
-      <c r="B135" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Etkili İlişkinin 7 Alışkanlığı</t>
         </is>
       </c>
-      <c r="C135" s="1">
+      <c r="C140" s="1">
         <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>