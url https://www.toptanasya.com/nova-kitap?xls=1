--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -85,2125 +85,2185 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255756046</t>
+          <t>9786255756053</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin DEHB Rehberi - Odak, Üretkenlik ve Denge İçin 7 Temel İlke</t>
+          <t>Borsa Sihirbazlarının Elkitabı: Büyük Yatırımcılardan Alınacak Dersler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255756039</t>
+          <t>9786255756015</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Beyin: Hareket Ettikçe Güçlenen Bir Beynin Anatomisi</t>
+          <t>İçimizdeki Evren: Bağırsak Mikrobiyomunun Gücü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057454027</t>
+          <t>9786258489163</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Stres Yönetimi: Başarıya Ulaşmak İçin Etkili Stratejiler</t>
+          <t>Zahmetsiz - Önemli İşleri Yapmayı Kolaylaştırın</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255756022</t>
+          <t>9786057428714</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Etkili Özliderliğin 7 Alışkanlığı</t>
+          <t>Narsisistik Bir Dünyada Hayatta Kalma Rehberi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258489149</t>
+          <t>9786255756046</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki Fil: Gündelik Hayattaki Gizli Güdüler</t>
+          <t>Yetişkinler İçin DEHB Rehberi - Odak, Üretkenlik ve Denge İçin 7 Temel İlke</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259720548</t>
+          <t>9786255756039</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetmenin Dayanılmaz Zorluğu</t>
+          <t>Güçlü Beyin: Hareket Ettikçe Güçlenen Bir Beynin Anatomisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255756008</t>
+          <t>9786057454027</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yabani</t>
+          <t>Stres Yönetimi: Başarıya Ulaşmak İçin Etkili Stratejiler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259720593</t>
+          <t>9786255756022</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Mülakat ve İşe Alım</t>
+          <t>Etkili Özliderliğin 7 Alışkanlığı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259720586</t>
+          <t>9786258489149</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yaşam Paradoksu – İleri Yaşta Genç Kalmanın Sırları</t>
+          <t>Beyindeki Fil: Gündelik Hayattaki Gizli Güdüler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259720579</t>
+          <t>9786259720548</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Doğru Kavga Etme Rehberi</t>
+          <t>İyi Hissetmenin Dayanılmaz Zorluğu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259720562</t>
+          <t>9786255756008</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İstiyorum Ama Hala Tteokbokki Yemek İstiyorum</t>
+          <t>Yabani</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259720555</t>
+          <t>9786259720593</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zihin Mimarı</t>
+          <t>Başarılı Mülakat ve İşe Alım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259720524</t>
+          <t>9786259720586</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kayıp ve Keşif</t>
+          <t>Uzun Yaşam Paradoksu – İleri Yaşta Genç Kalmanın Sırları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258489187</t>
+          <t>9786259720579</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynliğin Çöküşü: Çocuklarımıza Yetişkin Bireyler Gibi Davranmanın Sakıncaları</t>
+          <t>Doğru Kavga Etme Rehberi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259720531</t>
+          <t>9786259720562</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hayır Deme Cesareti</t>
+          <t>Ölmek İstiyorum Ama Hala Tteokbokki Yemek İstiyorum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259720517</t>
+          <t>9786259720555</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nörobilimin Evrimi</t>
+          <t>Zihin Mimarı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259720500</t>
+          <t>9786259720524</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dikkatin Anatomisi: Odaklanmayı ve Verimliliği Yeniden Keşfetmek</t>
+          <t>Kayıp ve Keşif</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259520292</t>
+          <t>9786258489187</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Metabolizma Katili: İşlenmiş Gıda, Beslenme ve Modern Tıbbın Yalanları</t>
+          <t>Ebeveynliğin Çöküşü: Çocuklarımıza Yetişkin Bireyler Gibi Davranmanın Sakıncaları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259520285</t>
+          <t>9786259720531</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Haberci Yıldızlar: Medeniyete Kozmik Bir Bakış</t>
+          <t>Hayır Deme Cesareti</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259520278</t>
+          <t>9786259720517</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ekibini Nasıl Yönetirsin? Hızlı, Etkin ve Odaklı Yönetim Rehberi</t>
+          <t>Nörobilimin Evrimi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258489361</t>
+          <t>9786259720500</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Büyücüleri</t>
+          <t>Dikkatin Anatomisi: Odaklanmayı ve Verimliliği Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258489309</t>
+          <t>9786259520292</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Şirket - Küçük İşletmelerin Pazardaki Devrimi</t>
+          <t>Metabolizma Katili: İşlenmiş Gıda, Beslenme ve Modern Tıbbın Yalanları</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258489248</t>
+          <t>9786259520285</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Zaman Yönetimi: Planlı ve Üretken Olmak, İşleri Tamamlamak için Stratejiler</t>
+          <t>Haberci Yıldızlar: Medeniyete Kozmik Bir Bakış</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259520261</t>
+          <t>9786259520278</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yanlış Ölçümü</t>
+          <t>Ekibini Nasıl Yönetirsin? Hızlı, Etkin ve Odaklı Yönetim Rehberi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258489071</t>
+          <t>9786258489361</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Psikoloji (Ciltli)</t>
+          <t>Tanrıların Büyücüleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>1200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259520254</t>
+          <t>9786258489309</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sevginin 8 Kuralı – Aşkı Bulmak, Sürdürmek ve Özgür Bırakmak Üzerine</t>
+          <t>Tek Kişilik Şirket - Küçük İşletmelerin Pazardaki Devrimi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259520230</t>
+          <t>9786258489248</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kariyerim Gelecek: Geleceğini Düşleyen Herkes İçin Bir Elkitabı</t>
+          <t>Başarılı Zaman Yönetimi: Planlı ve Üretken Olmak, İşleri Tamamlamak için Stratejiler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>270</v>
+        <v>325</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259520223</t>
+          <t>9786259520261</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İstiyorum Ama Tteokbokki de Yemek İstiyorum</t>
+          <t>İnsanın Yanlış Ölçümü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>125</v>
+        <v>360</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259520209</t>
+          <t>9786258489071</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yolumu Kendim Çizdim: Remzi Kanbur</t>
+          <t>Bir Bakışta Psikoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>240</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259834160</t>
+          <t>9786259520254</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yeniden Yazılışı: Bellek Bilimleri ve Çoklu Kişilik</t>
+          <t>Sevginin 8 Kuralı – Aşkı Bulmak, Sürdürmek ve Özgür Bırakmak Üzerine</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259834191</t>
+          <t>9786259520230</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Balajı Antolojisi: Teknoloji, Hakikat ve Geleceği İnşa Etme Rehberi</t>
+          <t>Kariyerim Gelecek: Geleceğini Düşleyen Herkes İçin Bir Elkitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259834184</t>
+          <t>9786259520223</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Özümüzde İyilik Var: Düşlediğiniz Ebeveyn Olmak İçin Bir Rehber</t>
+          <t>Ölmek İstiyorum Ama Tteokbokki de Yemek İstiyorum</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259834177</t>
+          <t>9786259520209</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayali Arkadaşlar ve Onları Yaratan Çocuklar</t>
+          <t>Yolumu Kendim Çizdim: Remzi Kanbur</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259834122</t>
+          <t>9786259834160</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Cehalet: Duygu Biliminde Kaybolarak Kendini Bulmak</t>
+          <t>Ruhun Yeniden Yazılışı: Bellek Bilimleri ve Çoklu Kişilik</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259834153</t>
+          <t>9786259834191</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Anksiyeteye Meydan Oku: Endişe, Panik ve Fobinin Üstesinden Gelmek İçin İşlevsel Stratejiler</t>
+          <t>Balajı Antolojisi: Teknoloji, Hakikat ve Geleceği İnşa Etme Rehberi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259834146</t>
+          <t>9786259834184</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Neden Kendimi Değersiz Hissediyorum?</t>
+          <t>Özümüzde İyilik Var: Düşlediğiniz Ebeveyn Olmak İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259834139</t>
+          <t>9786259834177</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Buldum: Arketiplerle Dönüşüm</t>
+          <t>Hayali Arkadaşlar ve Onları Yaratan Çocuklar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259834115</t>
+          <t>9786259834122</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Konuşmamız Gerek: Nasıl Anlamlı Konuşmalar Yapabiliriz</t>
+          <t>Duygusal Cehalet: Duygu Biliminde Kaybolarak Kendini Bulmak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259834108</t>
+          <t>9786259834153</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kripto Savaşları: Sahte Ölümler, Kayıp Mi̇lyar Dolarlar ve Sektördeki̇ Bozulmalar</t>
+          <t>Anksiyeteye Meydan Oku: Endişe, Panik ve Fobinin Üstesinden Gelmek İçin İşlevsel Stratejiler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258489644</t>
+          <t>9786259834146</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Anne: Çalışmanız, İyi Anne Olmanıza Engel Değil</t>
+          <t>Neden Kendimi Değersiz Hissediyorum?</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258489675</t>
+          <t>9786259834139</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Toksik Olumlama: Mutlu Olmakla Kafayı Bozmuş Bir Dünyada Kendin Olmak</t>
+          <t>Kendimi Buldum: Arketiplerle Dönüşüm</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258489934</t>
+          <t>9786259834115</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kazanma Sanatı: Moneyball</t>
+          <t>Konuşmamız Gerek: Nasıl Anlamlı Konuşmalar Yapabiliriz</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258489996</t>
+          <t>9786259834108</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Terapistin İkilemi: İlişkisel Psikoterapinin Şifreleri</t>
+          <t>Kripto Savaşları: Sahte Ölümler, Kayıp Mi̇lyar Dolarlar ve Sektördeki̇ Bozulmalar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258489989</t>
+          <t>9786258489644</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Sıradışı Olunur? - İnsanları Olağanüstü Kılan Alışkanlıklar</t>
+          <t>Çalışan Anne: Çalışmanız, İyi Anne Olmanıza Engel Değil</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258489958</t>
+          <t>9786258489675</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hatırla! - Hafıza Bilimi ve Unutma Sanatı</t>
+          <t>Toksik Olumlama: Mutlu Olmakla Kafayı Bozmuş Bir Dünyada Kendin Olmak</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258489972</t>
+          <t>9786258489934</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>"Evet" Dedirtme Sanatı: Ödün Vermeden Anlaşmaya Varmak</t>
+          <t>Kazanma Sanatı: Moneyball</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258489965</t>
+          <t>9786258489996</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kariyerini Baştan Yarat: Kendinizin Kariyer Koçu Olun</t>
+          <t>Terapistin İkilemi: İlişkisel Psikoterapinin Şifreleri</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258489927</t>
+          <t>9786258489989</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Sorular: StarTalk’tan Kim Olduğumuza, Buraya Nasıl Geldiğimize ve Nereye Gittiğimize Dair Bir Rehber</t>
+          <t>Nasıl Sıradışı Olunur? - İnsanları Olağanüstü Kılan Alışkanlıklar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258489941</t>
+          <t>9786258489958</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Madem Yeri ve Zamanı Geldi</t>
+          <t>Hatırla! - Hafıza Bilimi ve Unutma Sanatı</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258489910</t>
+          <t>9786258489972</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Toksik İşyeri: İş Hayatında Hızlı ve Adil Olmanın Yolları</t>
+          <t>"Evet" Dedirtme Sanatı: Ödün Vermeden Anlaşmaya Varmak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258489903</t>
+          <t>9786258489965</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmaya Son: Uzun Yaşamın Bilimi ve Sırları</t>
+          <t>Kariyerini Baştan Yarat: Kendinizin Kariyer Koçu Olun</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258489897</t>
+          <t>9786258489927</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Yatırım Rehberi</t>
+          <t>Kozmik Sorular: StarTalk’tan Kim Olduğumuza, Buraya Nasıl Geldiğimize ve Nereye Gittiğimize Dair Bir Rehber</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258489880</t>
+          <t>9786258489941</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Özsaygı</t>
+          <t>Madem Yeri ve Zamanı Geldi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258489873</t>
+          <t>9786258489910</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Mısır Mitolojisi</t>
+          <t>Toksik İşyeri: İş Hayatında Hızlı ve Adil Olmanın Yolları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258489866</t>
+          <t>9786258489903</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Nasıl İnsan Olduk: İnsanlığın Kökeninin İzinde</t>
+          <t>Yaşlanmaya Son: Uzun Yaşamın Bilimi ve Sırları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258489859</t>
+          <t>9786258489897</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Lif Mucizesi: 4 Haftada Bağışıklığınızı Güçlendirin, Mikrobiyomunuzu Onarın ve Kilo Verin</t>
+          <t>Davranışsal Yatırım Rehberi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258489842</t>
+          <t>9786258489880</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Etkili Liderlerin 7 Alışkanlığı: Liderliğin Esasları</t>
+          <t>Özsaygı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258489835</t>
+          <t>9786258489873</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Antisosyal Ağ: GameStop Olayı ve Wall Street’i Dize Getiren Bir Grup Amatörün Gerçek Hikayesi</t>
+          <t>Meraklısına Mısır Mitolojisi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258489811</t>
+          <t>9786258489866</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türleri Kurtarmak: Soyların Tükendiği Bir Çağda Yaşam Savaşı</t>
+          <t>Nasıl İnsan Olduk: İnsanlığın Kökeninin İzinde</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258489828</t>
+          <t>9786258489859</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Sağlamlık (Rezilyans)</t>
+          <t>Lif Mucizesi: 4 Haftada Bağışıklığınızı Güçlendirin, Mikrobiyomunuzu Onarın ve Kilo Verin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258489804</t>
+          <t>9786258489842</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>DEHB Hakkında Her Şey: Dikkat Eksikliği ve Hiperaktivite Bozukluğu ile Başa Çıkmada Çocuğunuza Yardımcı Olun</t>
+          <t>Etkili Liderlerin 7 Alışkanlığı: Liderliğin Esasları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258489798</t>
+          <t>9786258489835</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Tarihöncesi Dünya</t>
+          <t>Antisosyal Ağ: GameStop Olayı ve Wall Street’i Dize Getiren Bir Grup Amatörün Gerçek Hikayesi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258489781</t>
+          <t>9786258489811</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kripto Hakkındaki Gerçekler</t>
+          <t>Türleri Kurtarmak: Soyların Tükendiği Bir Çağda Yaşam Savaşı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258489774</t>
+          <t>9786258489828</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İrrasyonel Coşku</t>
+          <t>Psikolojik Sağlamlık (Rezilyans)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258489767</t>
+          <t>9786258489804</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kasırga Kertenkelesi ve Plastik Kalamar</t>
+          <t>DEHB Hakkında Her Şey: Dikkat Eksikliği ve Hiperaktivite Bozukluğu ile Başa Çıkmada Çocuğunuza Yardımcı Olun</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258489750</t>
+          <t>9786258489798</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Bilişsel Davranışçı Terapi</t>
+          <t>Meraklısına Tarihöncesi Dünya</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258489712</t>
+          <t>9786258489781</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Mühendislik (Ciltli)</t>
+          <t>Kripto Hakkındaki Gerçekler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258489743</t>
+          <t>9786258489774</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bilge Gibi Düşün</t>
+          <t>İrrasyonel Coşku</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258489729</t>
+          <t>9786258489767</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yalın Girişim: Fikrinizi Başarıya Dönüştürün</t>
+          <t>Kasırga Kertenkelesi ve Plastik Kalamar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258489736</t>
+          <t>9786258489750</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Acelesi Olanlar İçin Astrofizik</t>
+          <t>Meraklısına Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258489705</t>
+          <t>9786258489712</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Senden Nefret Ediyorum - Beni Bırakma: Sınırda Kişiliği Anlamak</t>
+          <t>Bir Bakışta Mühendislik (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>300</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258489637</t>
+          <t>9786258489743</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Neden Var Olmadı?</t>
+          <t>Bilge Gibi Düşün</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258489682</t>
+          <t>9786258489729</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kanser Bitti! Ya Şimdi? Tedavi Sonrası İlk Adımlar ve Dikkat Etmeniz Gerekenler</t>
+          <t>Yalın Girişim: Fikrinizi Başarıya Dönüştürün</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258489668</t>
+          <t>9786258489736</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Roma İmparatorluğu</t>
+          <t>Acelesi Olanlar İçin Astrofizik</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258489651</t>
+          <t>9786258489705</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Becerilerinizi Geliştirin</t>
+          <t>Senden Nefret Ediyorum - Beni Bırakma: Sınırda Kişiliği Anlamak</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258489590</t>
+          <t>9786258489637</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Yönetim</t>
+          <t>Balıklar Neden Var Olmadı?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258489620</t>
+          <t>9786258489682</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsanlar Yetiştirmek</t>
+          <t>Kanser Bitti! Ya Şimdi? Tedavi Sonrası İlk Adımlar ve Dikkat Etmeniz Gerekenler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258489613</t>
+          <t>9786258489668</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bizden Önceki Dünya: İnsanlığın Kökenlerinin Yeni Tarihi</t>
+          <t>Meraklısına Roma İmparatorluğu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258489606</t>
+          <t>9786258489651</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İlham: Heyecan Verici Teknoloji Ürünleri Nasıl Yaratılır?</t>
+          <t>Liderlik Becerilerinizi Geliştirin</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258489583</t>
+          <t>9786258489590</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Çalışma Devrimi: Başarılı, Üretken ve Yetkin Uzaktan Çalışma için Etkili İpuçları</t>
+          <t>Meraklısına Yönetim</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258489576</t>
+          <t>9786258489620</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Güç Oyunu: Tesla, Elon Musk ve Yüzyılın İddiası</t>
+          <t>İyi İnsanlar Yetiştirmek</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258489569</t>
+          <t>9786258489613</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hümanokrasi: İnsan Odaklı Şirketler Yaratmak</t>
+          <t>Bizden Önceki Dünya: İnsanlığın Kökenlerinin Yeni Tarihi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258489552</t>
+          <t>9786258489606</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hata! - Neden Hata Yapmak En Büyük Yeteneğimiz?</t>
+          <t>İlham: Heyecan Verici Teknoloji Ürünleri Nasıl Yaratılır?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258489545</t>
+          <t>9786258489583</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Sırt Çantası: Gezginin Seyahat Rehberi</t>
+          <t>Uzaktan Çalışma Devrimi: Başarılı, Üretken ve Yetkin Uzaktan Çalışma için Etkili İpuçları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258489460</t>
+          <t>9786258489576</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kendine Yardım Et!</t>
+          <t>Güç Oyunu: Tesla, Elon Musk ve Yüzyılın İddiası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258489514</t>
+          <t>9786258489569</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Feminizm</t>
+          <t>Hümanokrasi: İnsan Odaklı Şirketler Yaratmak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258489521</t>
+          <t>9786258489552</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatına Dair 9 Yalan</t>
+          <t>Hata! - Neden Hata Yapmak En Büyük Yeteneğimiz?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258489507</t>
+          <t>9786258489545</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Glütensiz Olamayacak Kadar İyi! - Yaşamın Peşinde</t>
+          <t>Yaşasın Sırt Çantası: Gezginin Seyahat Rehberi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258489484</t>
+          <t>9786258489460</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Toplumsal Cinsiyet(ler)</t>
+          <t>Kendine Yardım Et!</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258489491</t>
+          <t>9786258489514</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Okyanusya ve Malay Takımadaları: Alternatif Seyahat Rehberi</t>
+          <t>Meraklısına Feminizm</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258489477</t>
+          <t>9786258489521</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Samsung'un Yükselişi</t>
+          <t>İş Hayatına Dair 9 Yalan</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258489453</t>
+          <t>9786258489507</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları</t>
+          <t>Glütensiz Olamayacak Kadar İyi! - Yaşamın Peşinde</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258489446</t>
+          <t>9786258489484</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Yönetmek</t>
+          <t>Meraklısına Toplumsal Cinsiyet(ler)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258489439</t>
+          <t>9786258489491</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Yapmama Sanatı: Çok Çalışmaktan, Fazla Mesaiden Nasıl Kurtulur ve Hayatın Tadını Çıkarırız</t>
+          <t>Okyanusya ve Malay Takımadaları: Alternatif Seyahat Rehberi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258489422</t>
+          <t>9786258489477</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Okulu Neden Sevmez?</t>
+          <t>Samsung'un Yükselişi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258489408</t>
+          <t>9786258489453</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Yetkinlik</t>
+          <t>Bir Borsa Spekülatörünün Anıları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>280</v>
+        <v>325</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258489392</t>
+          <t>9786258489446</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Duygular</t>
+          <t>Değişimi Yönetmek</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258489385</t>
+          <t>9786258489439</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Hisseler Sıradışı Karlar</t>
+          <t>Hiçbir Şey Yapmama Sanatı: Çok Çalışmaktan, Fazla Mesaiden Nasıl Kurtulur ve Hayatın Tadını Çıkarırız</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258489378</t>
+          <t>9786258489422</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>On Dört Yaş Öncesi On Dört Konuşma</t>
+          <t>Çocuklar Okulu Neden Sevmez?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258489347</t>
+          <t>9786258489408</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Ekonomi</t>
+          <t>İletişimde Yetkinlik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258489316</t>
+          <t>9786258489392</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Evrim</t>
+          <t>Meraklısına Duygular</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258489330</t>
+          <t>9786258489385</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Psikoloji</t>
+          <t>Sıradan Hisseler Sıradışı Karlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258489323</t>
+          <t>9786258489378</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Klasik Mitoloji</t>
+          <t>On Dört Yaş Öncesi On Dört Konuşma</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258489293</t>
+          <t>9786258489347</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Peynir Tuzağı</t>
+          <t>Meraklısına Ekonomi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258489279</t>
+          <t>9786258489316</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İşinizi Yeniden Keşfedin</t>
+          <t>Meraklısına Evrim</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258489224</t>
+          <t>9786258489330</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bilgenin Güncesi: Naval Ravikant - Mutluluk ve Zenginlik Rehberi</t>
+          <t>Meraklısına Psikoloji</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258489217</t>
+          <t>9786258489323</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kancaya Takılınca</t>
+          <t>Meraklısına Klasik Mitoloji</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258489415</t>
+          <t>9786258489293</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Stres: Duygusal Tükenmişlik Döngüsünü Kırmanın Sırrı</t>
+          <t>Peynir Tuzağı</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258489354</t>
+          <t>9786258489279</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Söndü</t>
+          <t>İşinizi Yeniden Keşfedin</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258489286</t>
+          <t>9786258489224</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Bilim (Ciltli)</t>
+          <t>Bilgenin Güncesi: Naval Ravikant - Mutluluk ve Zenginlik Rehberi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258489262</t>
+          <t>9786258489217</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Psiko-Lojik: Ruh Sağlığı Neden Kötüleşir ve Buna Nasıl Anlam Verilir</t>
+          <t>Kancaya Takılınca</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258489255</t>
+          <t>9786258489415</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Aralıklı Oruç Rehberi</t>
+          <t>Stres: Duygusal Tükenmişlik Döngüsünü Kırmanın Sırrı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258489231</t>
+          <t>9786258489354</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Influencer: Sosyal Medya Çağında Marka Yaratmak</t>
+          <t>Işıklar Söndü</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258489194</t>
+          <t>9786258489286</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Etkili NLP Becerileri</t>
+          <t>Bir Bakışta Bilim (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258489200</t>
+          <t>9786258489262</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett: Para Kurdunun Zihninde</t>
+          <t>Psiko-Lojik: Ruh Sağlığı Neden Kötüleşir ve Buna Nasıl Anlam Verilir</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258489170</t>
+          <t>9786258489255</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Özcülük - Daha Azın Disiplinli Arayışı</t>
+          <t>Aralıklı Oruç Rehberi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258489156</t>
+          <t>9786258489231</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler için Konuşma Dersleri: Ne Söylemeli, Nasıl Söylemeli ve Ne Zaman Dinlemeli</t>
+          <t>Influencer: Sosyal Medya Çağında Marka Yaratmak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258489132</t>
+          <t>9786258489194</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Ekonomi (Ciltli)</t>
+          <t>Etkili NLP Becerileri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786258489125</t>
+          <t>9786258489200</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Felsefe (Ciltli)</t>
+          <t>Warren Buffett: Para Kurdunun Zihninde</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258489118</t>
+          <t>9786258489170</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İlk Adımlar: Dik Yürümek Bizi Nasıl İnsan Yaptı?</t>
+          <t>Özcülük - Daha Azın Disiplinli Arayışı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258489101</t>
+          <t>9786258489156</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Yaşamlar için Olağandışı Kurallar</t>
+          <t>Ebeveynler için Konuşma Dersleri: Ne Söylemeli, Nasıl Söylemeli ve Ne Zaman Dinlemeli</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258489095</t>
+          <t>9786258489132</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gucci Hanedanı</t>
+          <t>Bir Bakışta Ekonomi (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786258489088</t>
+          <t>9786258489125</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sağduyulu Yatırım Rehberi</t>
+          <t>Bir Bakışta Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786258489064</t>
+          <t>9786258489118</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Tarih (Ciltli)</t>
+          <t>İlk Adımlar: Dik Yürümek Bizi Nasıl İnsan Yaptı?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057428769</t>
+          <t>9786258489101</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kör Bakış</t>
+          <t>Olağanüstü Yaşamlar için Olağandışı Kurallar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057428752</t>
+          <t>9786258489095</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Beyin: Mutluluk Nereden ve Nasıl Gelir</t>
+          <t>Gucci Hanedanı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057428745</t>
+          <t>9786258489088</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Düzenli Olmanın Yolları</t>
+          <t>Sağduyulu Yatırım Rehberi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057428738</t>
+          <t>9786258489064</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Potansiyeli Çoğaltan Liderlik</t>
+          <t>Bir Bakışta Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>320</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057428721</t>
+          <t>9786057428769</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Doğru Beslen Sağlıklı Yaşa</t>
+          <t>Kör Bakış</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057454089</t>
+          <t>9786057428752</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Filtresiz: Instagram İş Dünyasını, Şöhreti ve Kültürü Nasıl Dönüştürdü</t>
+          <t>Mutlu Beyin: Mutluluk Nereden ve Nasıl Gelir</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057428707</t>
+          <t>9786057428745</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Pür Dikkat</t>
+          <t>Düzenli Olmanın Yolları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057454072</t>
+          <t>9786057428738</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Warren Buffett Tarzı</t>
+          <t>Potansiyeli Çoğaltan Liderlik</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057454096</t>
+          <t>9786057428721</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Girişkenlik Sanatı</t>
+          <t>Doğru Beslen Sağlıklı Yaşa</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057454065</t>
+          <t>9786057454089</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Etkili Yöneticilerin 7 Alışkanlığı</t>
+          <t>Filtresiz: Instagram İş Dünyasını, Şöhreti ve Kültürü Nasıl Dönüştürdü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057454058</t>
+          <t>9786057428707</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları İyileştirir</t>
+          <t>Pür Dikkat</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057454041</t>
+          <t>9786057454072</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>1 Sayfalık Pazarlama Planı</t>
+          <t>Warren Buffett Tarzı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057454034</t>
+          <t>9786057454096</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Etkili İletişim</t>
+          <t>Girişkenlik Sanatı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057454010</t>
+          <t>9786057454065</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kancayı Atmak: 3 Saniyelik Dünyada Nasıl Öne Çıkılır?</t>
+          <t>Etkili Yöneticilerin 7 Alışkanlığı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
+          <t>9786057454058</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Gözyaşları İyileştirir</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786057454041</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>1 Sayfalık Pazarlama Planı</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786057454034</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Etkili İletişim</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786057454010</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kancayı Atmak: 3 Saniyelik Dünyada Nasıl Öne Çıkılır?</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
           <t>9786057454003</t>
         </is>
       </c>
-      <c r="B140" s="1" t="inlineStr">
+      <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Etkili İlişkinin 7 Alışkanlığı</t>
         </is>
       </c>
-      <c r="C140" s="1">
-        <v>220</v>
+      <c r="C144" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>