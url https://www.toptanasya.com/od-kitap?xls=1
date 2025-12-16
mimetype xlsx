--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,1930 +85,2095 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255691200</t>
+          <t>9786255691361</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ay Tutulması I</t>
+          <t>Tengricilik - Dün</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>375</v>
+        <v>495</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255691217</t>
+          <t>9786255691354</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ay Tutulması 2</t>
+          <t>Gün Doğumunda Filizlenen Düşüncelerim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255691170</t>
+          <t>9786255691378</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yerden Yüksek Hikayeler</t>
+          <t>Bir Çocuğun Gözünden Cumhuriyet</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255691156</t>
+          <t>9786255691347</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Şehri</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>265</v>
+        <v>475</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255691224</t>
+          <t>9786255691248</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Netanyahu ve Ehud Barak Dönemi Türkiye-İsrail İlişkileri ve Türkiye Yahudileri</t>
+          <t>Gayrinizami Harp – Örüntü Haritası 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>435</v>
+        <v>460</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255985804</t>
+          <t>9786255691231</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Mitolojik Haritası</t>
+          <t>Gayrinizami Harp – Örüntü Haritası I</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>425</v>
+        <v>460</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255691149</t>
+          <t>9786255691330</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Üniversitesi Vicdan Mühendisliği</t>
+          <t>Uyanış - Ruhsal Mühendislik</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>445</v>
+        <v>480</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255985798</t>
+          <t>9786255691194</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gayrımeşru</t>
+          <t>Karanfil Lekesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>405</v>
+        <v>285</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255691132</t>
+          <t>9786255691187</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kimlikler</t>
+          <t>Suna Okur ile Zarafet 101</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>355</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255691125</t>
+          <t>9786255691309</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uyanış - Kaderden Karmaya</t>
+          <t>Vankay Tales</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>455</v>
+        <v>385</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255691101</t>
+          <t>9786255691262</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Altıncı Parmağı (Çarpma)</t>
+          <t>Saki’nin Kadehi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255691118</t>
+          <t>9786255691200</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Can Kesiği - 1</t>
+          <t>Ay Tutulması I</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255691040</t>
+          <t>9786255691217</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ben Orada Değildim</t>
+          <t>Ay Tutulması 2</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255985972</t>
+          <t>9786255691170</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Uyanış: Beden Zihin Ruh</t>
+          <t>Yerden Yüksek Hikayeler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255691071</t>
+          <t>9786255691156</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ya Kader Yoksa?</t>
+          <t>Sessizliğin Şehri</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255691026</t>
+          <t>9786255691224</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Sönüşü Yanlış Seçim</t>
+          <t>Benjamin Netanyahu ve Ehud Barak Dönemi Türkiye-İsrail İlişkileri ve Türkiye Yahudileri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>430</v>
+        <v>435</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255985996</t>
+          <t>9786255985804</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Söz Veriyorum Anne</t>
+          <t>Astrolojinin Mitolojik Haritası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255985811</t>
+          <t>9786255691149</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Geceye Bırakılan Şiirler</t>
+          <t>Sanayi Üniversitesi Vicdan Mühendisliği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>275</v>
+        <v>445</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255985552</t>
+          <t>9786255985798</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şairin Huzuru</t>
+          <t>Gayrımeşru</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>405</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255691002</t>
+          <t>9786255691132</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Yaşa Övgü</t>
+          <t>Mavi Kimlikler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>254</v>
+        <v>355</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255985989</t>
+          <t>9786255691125</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kopan Bir Uçurtma Gibi Çocukluğum</t>
+          <t>Uyanış - Kaderden Karmaya</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>254</v>
+        <v>455</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255985941</t>
+          <t>9786255691101</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Can Kesiği - 2</t>
+          <t>Ölümün Altıncı Parmağı (Çarpma)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255985958</t>
+          <t>9786255691118</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Rota Belirleniyor</t>
+          <t>Can Kesiği - 1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>324</v>
+        <v>285</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255985934</t>
+          <t>9786255691040</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Başucu Şiirleri 2</t>
+          <t>Ben Orada Değildim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255985880</t>
+          <t>9786255985972</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Çağrısı 18:47</t>
+          <t>Uyanış: Beden Zihin Ruh</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>380</v>
+        <v>390</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255985927</t>
+          <t>9786255691071</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Son Sır</t>
+          <t>Ya Kader Yoksa?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>480</v>
+        <v>265</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255985828</t>
+          <t>9786255691026</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Irkalla</t>
+          <t>Yıldızların Sönüşü Yanlış Seçim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>620</v>
+        <v>430</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255985866</t>
+          <t>9786255985996</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp 2.0 Benzetimli Ders Notlar</t>
+          <t>Söz Veriyorum Anne</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>610</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255985774</t>
+          <t>9786255985811</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Söylemem</t>
+          <t>Geceye Bırakılan Şiirler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>370</v>
+        <v>275</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255985835</t>
+          <t>9786255985552</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Ütopyam</t>
+          <t>Şairin Huzuru</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255985699</t>
+          <t>9786255691002</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ahde Vefa Bir Gönül Şiiri</t>
+          <t>Kanlı Yaşa Övgü</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>327</v>
+        <v>254</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255985736</t>
+          <t>9786255985989</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Eşiğinde</t>
+          <t>Kopan Bir Uçurtma Gibi Çocukluğum</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>254</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255985620</t>
+          <t>9786255985941</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Anlaşıldığıyla Kalmak</t>
+          <t>Can Kesiği - 2</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>254</v>
+        <v>290</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255985491</t>
+          <t>9786255985958</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ürperti</t>
+          <t>Uyanış Rota Belirleniyor</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>295</v>
+        <v>324</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255985668</t>
+          <t>9786255985934</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eşik ve Terennüm</t>
+          <t>Başucu Şiirleri 2</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>305</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255985521</t>
+          <t>9786255985880</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hikayecilik Enstitüsü: Salakları Öldürmek</t>
+          <t>Uyanış Çağrısı 18:47</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>525</v>
+        <v>380</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256028883</t>
+          <t>9786255985927</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerle Konuşmak</t>
+          <t>Son Sır</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>275</v>
+        <v>480</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255985576</t>
+          <t>9786255985828</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İncirin Tadı Aşka Benzedi</t>
+          <t>Irkalla</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>324</v>
+        <v>620</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255985514</t>
+          <t>9786255985866</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>İlk Adımın İzleri</t>
+          <t>Gayrinizami Harp 2.0 Benzetimli Ders Notlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>427</v>
+        <v>610</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255985439</t>
+          <t>9786255985774</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Bir Daha Söylemem</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>427</v>
+        <v>370</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255985255</t>
+          <t>9786255985835</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Abis’ten Yükselen</t>
+          <t>Bu Benim Ütopyam</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255985477</t>
+          <t>9786255985699</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Hayati Hayat</t>
+          <t>Ahde Vefa Bir Gönül Şiiri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>406</v>
+        <v>327</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255985354</t>
+          <t>9786255985736</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kabak Çekirdeği ve Yalnızlık</t>
+          <t>Hiçliğin Eşiğinde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>354</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255985385</t>
+          <t>9786255985620</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Notaları</t>
+          <t>Anlaşıldığıyla Kalmak</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>275</v>
+        <v>254</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255985446</t>
+          <t>9786255985491</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Lumi'nin Maceraları: Gül Vadisi</t>
+          <t>Ürperti</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255985484</t>
+          <t>9786255985668</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tetanos ve İntikam</t>
+          <t>Eşik ve Terennüm</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255985026</t>
+          <t>9786255985521</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Hikayecilik Enstitüsü: Salakları Öldürmek</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>550</v>
+        <v>525</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255985347</t>
+          <t>9786256028883</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Şairi</t>
+          <t>Gölgelerle Konuşmak</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>368</v>
+        <v>275</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255985033</t>
+          <t>9786255985576</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Geceye Bir Güneş Çizdim</t>
+          <t>İncirin Tadı Aşka Benzedi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>504</v>
+        <v>324</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255985392</t>
+          <t>9786255985514</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Uzak</t>
+          <t>İlk Adımın İzleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>238</v>
+        <v>427</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255985231</t>
+          <t>9786255985439</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Meskeni</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>427</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255985125</t>
+          <t>9786255985255</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Doğmamış Çocuğa Mektuplar</t>
+          <t>Abis’ten Yükselen</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>361</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255985330</t>
+          <t>9786255985477</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İçindekiler Değil İçimdekiler</t>
+          <t>Hayati Hayat</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>270</v>
+        <v>406</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255985217</t>
+          <t>9786255985354</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Düal Yüzü</t>
+          <t>Kabak Çekirdeği ve Yalnızlık</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>395</v>
+        <v>354</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255985316</t>
+          <t>9786255985385</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İlişki Çantası</t>
+          <t>Aşkın Notaları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255985286</t>
+          <t>9786255985446</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Lekesi</t>
+          <t>Lumi'nin Maceraları: Gül Vadisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>265</v>
+        <v>275</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256028982</t>
+          <t>9786255985484</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Uyansak</t>
+          <t>Tetanos ve İntikam</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255985101</t>
+          <t>9786255985026</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İffetimi Koru Ya Rabb: İmanla Hayatın Anlamı</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>357</v>
+        <v>550</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255985194</t>
+          <t>9786255985347</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Arzuhalci Dükkanı</t>
+          <t>Kudüs Şairi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>525</v>
+        <v>368</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255985071</t>
+          <t>9786255985033</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Benimle Nefes Al</t>
+          <t>Geceye Bir Güneş Çizdim</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>617</v>
+        <v>504</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255985057</t>
+          <t>9786255985392</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Vankay Öyküleri</t>
+          <t>Uzak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>385</v>
+        <v>238</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255985019</t>
+          <t>9786255985231</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bulucu</t>
+          <t>Yalnızlık Meskeni</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255985149</t>
+          <t>9786255985125</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Hayat: Cücenin Fısıltısı</t>
+          <t>Doğmamış Çocuğa Mektuplar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>390</v>
+        <v>361</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255985095</t>
+          <t>9786255985330</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler</t>
+          <t>İçindekiler Değil İçimdekiler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256028876</t>
+          <t>9786255985217</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Dönemi Yol İşaretleri</t>
+          <t>Aşkın Düal Yüzü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>309</v>
+        <v>395</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256028920</t>
+          <t>9786255985316</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Metaforsis Hikayeler 1: Beş Duyu</t>
+          <t>İlişki Çantası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>368</v>
+        <v>285</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256028852</t>
+          <t>9786255985286</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İzlenimler</t>
+          <t>Kiraz Lekesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>263</v>
+        <v>265</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256028814</t>
+          <t>9786256028982</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yürek Ülkesi</t>
+          <t>Bir Sabah Uyansak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>554</v>
+        <v>245</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256028791</t>
+          <t>9786255985101</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Galiba Yanlış Anladık</t>
+          <t>İffetimi Koru Ya Rabb: İmanla Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>485</v>
+        <v>357</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256028821</t>
+          <t>9786255985194</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana Emanettir</t>
+          <t>Arzuhalci Dükkanı</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>525</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256028807</t>
+          <t>9786255985071</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ademlikten Adamlığa</t>
+          <t>Benimle Nefes Al</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>508</v>
+        <v>617</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256544710</t>
+          <t>9786255985057</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Akşamdan Kalma Şiirler</t>
+          <t>Vankay Öyküleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256028180</t>
+          <t>9786255985019</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sedef</t>
+          <t>Bulucu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>284</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256028203</t>
+          <t>9786255985149</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Severken Ölenler</t>
+          <t>Çıkmaz Hayat: Cücenin Fısıltısı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>259</v>
+        <v>390</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256028265</t>
+          <t>9786255985095</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bir Mahkûmun Günlüğü</t>
+          <t>Hanım Sahabiler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>271</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256028173</t>
+          <t>9786256028876</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Ergenlik Dönemi Yol İşaretleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>330</v>
+        <v>309</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256028784</t>
+          <t>9786256028920</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Maddenin Halsizliği</t>
+          <t>Metaforsis Hikayeler 1: Beş Duyu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>332</v>
+        <v>368</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256028708</t>
+          <t>9786256028852</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hayal Denizi</t>
+          <t>İzlenimler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>298</v>
+        <v>263</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256028760</t>
+          <t>9786256028814</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen Nefes</t>
+          <t>Yürek Ülkesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>285</v>
+        <v>554</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256028555</t>
+          <t>9786256028791</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Harukaze</t>
+          <t>Galiba Yanlış Anladık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>231</v>
+        <v>485</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256028739</t>
+          <t>9786256028821</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Peşimi Bırakmayan Şahıs</t>
+          <t>İnsan İnsana Emanettir</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>252</v>
+        <v>525</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256028746</t>
+          <t>9786256028807</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gülü Nesteren</t>
+          <t>Ademlikten Adamlığa</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>496</v>
+        <v>508</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256028579</t>
+          <t>9786256544710</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yol: Gözlerim Değil Kalbim Tanıyor</t>
+          <t>Akşamdan Kalma Şiirler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>591</v>
+        <v>265</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256028685</t>
+          <t>9786256028180</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İç Sesle Sohbet</t>
+          <t>Sedef</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>375</v>
+        <v>284</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256028661</t>
+          <t>9786256028203</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Karakol Teşkilatı</t>
+          <t>Severken Ölenler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>441</v>
+        <v>259</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256028616</t>
+          <t>9786256028265</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla Serenatı</t>
+          <t>Bir Mahkûmun Günlüğü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>355</v>
+        <v>271</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256028647</t>
+          <t>9786256028173</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Nagehan</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>269</v>
+        <v>330</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256028586</t>
+          <t>9786256028784</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İntikam Yemini</t>
+          <t>Maddenin Halsizliği</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>338</v>
+        <v>332</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256028449</t>
+          <t>9786256028708</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Eylül Cenderesi</t>
+          <t>Hayal Denizi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>265</v>
+        <v>298</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256028562</t>
+          <t>9786256028760</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Nokturnal Poetika</t>
+          <t>Geçmişten Gelen Nefes</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>252</v>
+        <v>285</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256028289</t>
+          <t>9786256028555</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>-miş gibi</t>
+          <t>Harukaze</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>343</v>
+        <v>231</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256028241</t>
+          <t>9786256028739</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Usta</t>
+          <t>Peşimi Bırakmayan Şahıs</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>252</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256028364</t>
+          <t>9786256028746</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ona Ne Oldu?</t>
+          <t>Aşk Gülü Nesteren</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>342</v>
+        <v>496</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256028128</t>
+          <t>9786256028579</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Düşünce: Aşkın Rezonansı</t>
+          <t>Yol: Gözlerim Değil Kalbim Tanıyor</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>271</v>
+        <v>591</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256544994</t>
+          <t>9786256028685</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Nur</t>
+          <t>İç Sesle Sohbet</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256544802</t>
+          <t>9786256028661</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Akıl Defteri</t>
+          <t>Karakol Teşkilatı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>275</v>
+        <v>441</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256544673</t>
+          <t>9786256028616</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Şarkısı</t>
+          <t>Vaveyla Serenatı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>269</v>
+        <v>355</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256544666</t>
+          <t>9786256028647</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Amazon Kadınları: Ok ve Yay</t>
+          <t>Nagehan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>413</v>
+        <v>269</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256544307</t>
+          <t>9786256028586</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ay</t>
+          <t>İntikam Yemini</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>403</v>
+        <v>338</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256544703</t>
+          <t>9786256028449</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bağımlın Oldum</t>
+          <t>Eylül Cenderesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256544567</t>
+          <t>9786256028562</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Cadı Mika</t>
+          <t>Nokturnal Poetika</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>320</v>
+        <v>252</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259979144</t>
+          <t>9786256028289</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Süpürge Otu</t>
+          <t>-miş gibi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>310</v>
+        <v>343</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256544253</t>
+          <t>9786256028241</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Godot’yu Beklerken: Domiror Gerçeği</t>
+          <t>Usta</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256544147</t>
+          <t>9786256028364</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ne Sihirdir Ne Keramet</t>
+          <t>Ona Ne Oldu?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>375</v>
+        <v>342</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259914053</t>
+          <t>9786256028128</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kemancı</t>
+          <t>Düşünceler Düşünce: Aşkın Rezonansı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>480</v>
+        <v>271</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256544000</t>
+          <t>9786256544994</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Fahişeleri: Jezebel</t>
+          <t>Kendini Arayan Nur</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>406</v>
+        <v>210</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057237804</t>
+          <t>9786256544802</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>Bir Delinin Akıl Defteri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256544499</t>
+          <t>9786256544673</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Renginbir</t>
+          <t>Yalnızlığın Şarkısı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>235</v>
+        <v>269</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256544468</t>
+          <t>9786256544666</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>p-ç-t-k/b-c-d-g</t>
+          <t>Amazon Kadınları: Ok ve Yay</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>316</v>
+        <v>413</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256544314</t>
+          <t>9786256544307</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kefen Gelinlik</t>
+          <t>Kızıl Ay</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>422</v>
+        <v>403</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256544543</t>
+          <t>9786256544703</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şiir Defteri 2023</t>
+          <t>Bağımlın Oldum</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>252</v>
+        <v>275</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256544260</t>
+          <t>9786256544567</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Gelin</t>
+          <t>Cadı Mika</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>403</v>
+        <v>320</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259933306</t>
+          <t>9786259979144</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kara Dünyada Gökyüzü</t>
+          <t>Süpürge Otu</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259914077</t>
+          <t>9786256544253</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Benim Öykü’m</t>
+          <t>Godot’yu Beklerken: Domiror Gerçeği</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>261</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057196477</t>
+          <t>9786256544147</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Senar</t>
+          <t>Ne Sihirdir Ne Keramet</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057237842</t>
+          <t>9786259914053</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Öykü Muhiti</t>
+          <t>Kemancı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>346</v>
+        <v>480</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259905020</t>
+          <t>9786256544000</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gençlere İlham Veren Öyküler</t>
+          <t>Tapınak Fahişeleri: Jezebel</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>275</v>
+        <v>406</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786259979151</t>
+          <t>9786057237804</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Zaman Arşını</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>277</v>
+        <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259905013</t>
+          <t>9786256544499</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünyanın Gerçek Hayatı</t>
+          <t>Renginbir</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>263</v>
+        <v>235</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057340191</t>
+          <t>9786256544468</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ejderhaların Efendisi</t>
+          <t>p-ç-t-k/b-c-d-g</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>470</v>
+        <v>316</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057196446</t>
+          <t>9786256544314</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Köhne</t>
+          <t>Kefen Gelinlik</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>398</v>
+        <v>422</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057321640</t>
+          <t>9786256544543</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine İlişki Uzmanı</t>
+          <t>Şiir Defteri 2023</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>289</v>
+        <v>252</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057321688</t>
+          <t>9786256544260</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmışlığın Hikayesi</t>
+          <t>Kaçak Gelin</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>265</v>
+        <v>403</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057340139</t>
+          <t>9786259933306</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sular Taşarken</t>
+          <t>Kara Dünyada Gökyüzü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>482</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057340122</t>
+          <t>9786259914077</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevgisi Muhammed Aşkı</t>
+          <t>Benim Öykü’m</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>273</v>
+        <v>261</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
+          <t>9786057196477</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Senar</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786057237842</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Muhiti</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786259905020</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Gençlere İlham Veren Öyküler</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786259979151</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Arşını</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786259905013</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Sanal Dünyanın Gerçek Hayatı</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786057340191</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhaların Efendisi</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786057196446</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Köhne</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786057321640</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendine İlişki Uzmanı</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786057321688</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kalmışlığın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786057340139</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Sular Taşarken</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786057340122</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Allah Sevgisi Muhammed Aşkı</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
           <t>9786057340160</t>
         </is>
       </c>
-      <c r="B127" s="1" t="inlineStr">
+      <c r="B138" s="1" t="inlineStr">
         <is>
           <t>44 - İkinci Karabağ Savaşı</t>
         </is>
       </c>
-      <c r="C127" s="1">
+      <c r="C138" s="1">
         <v>279</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>