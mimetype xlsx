--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -85,2095 +85,2410 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255691361</t>
+          <t>9786255691644</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tengricilik - Dün</t>
+          <t>Keşke</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255691354</t>
+          <t>9786255691279</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğumunda Filizlenen Düşüncelerim</t>
+          <t>Kalp Ortağı: Yalnız İnsanlar İçin</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255691378</t>
+          <t>9786255691569</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Gözünden Cumhuriyet</t>
+          <t>Öykülü Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255691347</t>
+          <t>9786255691620</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Farkına Varmadan Asla</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>475</v>
+        <v>310</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255691248</t>
+          <t>9786255691637</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp – Örüntü Haritası 2</t>
+          <t>Zihin Çatlağı Uyanış II</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255691231</t>
+          <t>9786255691651</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp – Örüntü Haritası I</t>
+          <t>Nereden Nereye Türkiye Cumhuriyeti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>460</v>
+        <v>470</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255691330</t>
+          <t>9786255691514</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Uyanış - Ruhsal Mühendislik</t>
+          <t>Yaşamanın Ağrısı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>480</v>
+        <v>315</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255691194</t>
+          <t>9786255691477</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Karanfil Lekesi</t>
+          <t>Yirmi4</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255691187</t>
+          <t>9786255691415</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Suna Okur ile Zarafet 101</t>
+          <t>Ay’a Çıkan Kuş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>400</v>
+        <v>305</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255691309</t>
+          <t>9786255691583</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Vankay Tales</t>
+          <t>Uyanış: Yaradan’a Ulaşmanın Dört Kapısı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>385</v>
+        <v>440</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255691262</t>
+          <t>9786255691576</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Saki’nin Kadehi</t>
+          <t>Uyanış : Ölüm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>275</v>
+        <v>520</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255691200</t>
+          <t>9786255691538</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ay Tutulması I</t>
+          <t>Türkiye’den Turan’a Bir Medeniyetin Yeniden Doğuşu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255691217</t>
+          <t>9786255691521</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ay Tutulması 2</t>
+          <t>Sessiz Kıyamet – Duyguların Ölümü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>375</v>
+        <v>305</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255691170</t>
+          <t>9786255691552</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yerden Yüksek Hikayeler</t>
+          <t>DNA’ya Yazılmış Günahlar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255691156</t>
+          <t>9786255691545</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Şehri</t>
+          <t>Günümüzde Kur’an’ın Anlaşılmasındaki Engeller ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255691224</t>
+          <t>9786255985781</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Benjamin Netanyahu ve Ehud Barak Dönemi Türkiye-İsrail İlişkileri ve Türkiye Yahudileri</t>
+          <t>Kırık Kalpler Antikacısı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>435</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255985804</t>
+          <t>9786255691316</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Mitolojik Haritası</t>
+          <t>Vankay’dan Söylemeceler - Sözle Oynayan Yazılar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>425</v>
+        <v>340</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255691149</t>
+          <t>9786255691446</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Üniversitesi Vicdan Mühendisliği</t>
+          <t>Uyanış - Ruhun Üç Kapısı - Vasana, Samsara, Samskara</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>445</v>
+        <v>510</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255985798</t>
+          <t>9786255691439</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gayrımeşru</t>
+          <t>Türklerin Babası Atatürk</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>405</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255691132</t>
+          <t>9786255691460</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kimlikler</t>
+          <t>Vankay’dan Söylemeceler - Sözle Oynayan Yazılar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>355</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255691125</t>
+          <t>9786255691392</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Uyanış - Kaderden Karmaya</t>
+          <t>Döde</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>455</v>
+        <v>285</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255691101</t>
+          <t>9786255691361</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Altıncı Parmağı (Çarpma)</t>
+          <t>Tengricilik - Dün</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255691118</t>
+          <t>9786255691354</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Can Kesiği - 1</t>
+          <t>Gün Doğumunda Filizlenen Düşüncelerim</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255691040</t>
+          <t>9786255691378</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ben Orada Değildim</t>
+          <t>Bir Çocuğun Gözünden Cumhuriyet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255985972</t>
+          <t>9786255691347</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Uyanış: Beden Zihin Ruh</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>390</v>
+        <v>475</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255691071</t>
+          <t>9786255691248</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ya Kader Yoksa?</t>
+          <t>Gayrinizami Harp – Örüntü Haritası 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>265</v>
+        <v>460</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255691026</t>
+          <t>9786255691231</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yıldızların Sönüşü Yanlış Seçim</t>
+          <t>Gayrinizami Harp – Örüntü Haritası I</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255985996</t>
+          <t>9786255691330</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Söz Veriyorum Anne</t>
+          <t>Uyanış - Ruhsal Mühendislik</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>480</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255985811</t>
+          <t>9786255691194</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Geceye Bırakılan Şiirler</t>
+          <t>Karanfil Lekesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255985552</t>
+          <t>9786255691187</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Şairin Huzuru</t>
+          <t>Suna Okur ile Zarafet 101</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255691002</t>
+          <t>9786255691309</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Yaşa Övgü</t>
+          <t>Vankay Tales</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>254</v>
+        <v>385</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255985989</t>
+          <t>9786255691262</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kopan Bir Uçurtma Gibi Çocukluğum</t>
+          <t>Saki’nin Kadehi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>254</v>
+        <v>275</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255985941</t>
+          <t>9786255691200</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Can Kesiği - 2</t>
+          <t>Ay Tutulması I</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255985958</t>
+          <t>9786255691217</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Rota Belirleniyor</t>
+          <t>Ay Tutulması 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>324</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255985934</t>
+          <t>9786255691170</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Başucu Şiirleri 2</t>
+          <t>Yerden Yüksek Hikayeler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>305</v>
+        <v>275</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255985880</t>
+          <t>9786255691156</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Çağrısı 18:47</t>
+          <t>Sessizliğin Şehri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>380</v>
+        <v>265</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255985927</t>
+          <t>9786255691224</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Son Sır</t>
+          <t>Benjamin Netanyahu ve Ehud Barak Dönemi Türkiye-İsrail İlişkileri ve Türkiye Yahudileri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>480</v>
+        <v>435</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255985828</t>
+          <t>9786255985804</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Irkalla</t>
+          <t>Astrolojinin Mitolojik Haritası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>620</v>
+        <v>425</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255985866</t>
+          <t>9786255691149</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gayrinizami Harp 2.0 Benzetimli Ders Notlar</t>
+          <t>Sanayi Üniversitesi Vicdan Mühendisliği</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>610</v>
+        <v>445</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255985774</t>
+          <t>9786255985798</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Daha Söylemem</t>
+          <t>Gayrımeşru</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>370</v>
+        <v>405</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255985835</t>
+          <t>9786255691132</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim Ütopyam</t>
+          <t>Mavi Kimlikler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>330</v>
+        <v>355</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255985699</t>
+          <t>9786255691125</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ahde Vefa Bir Gönül Şiiri</t>
+          <t>Uyanış - Kaderden Karmaya</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>327</v>
+        <v>455</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255985736</t>
+          <t>9786255691101</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Eşiğinde</t>
+          <t>Ölümün Altıncı Parmağı (Çarpma)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255985620</t>
+          <t>9786255691118</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Anlaşıldığıyla Kalmak</t>
+          <t>Can Kesiği - 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>254</v>
+        <v>285</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255985491</t>
+          <t>9786255691040</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ürperti</t>
+          <t>Ben Orada Değildim</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255985668</t>
+          <t>9786255985972</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Eşik ve Terennüm</t>
+          <t>Uyanış: Beden Zihin Ruh</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255985521</t>
+          <t>9786255691071</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hikayecilik Enstitüsü: Salakları Öldürmek</t>
+          <t>Ya Kader Yoksa?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>525</v>
+        <v>265</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256028883</t>
+          <t>9786255691026</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerle Konuşmak</t>
+          <t>Yıldızların Sönüşü Yanlış Seçim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>275</v>
+        <v>430</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255985576</t>
+          <t>9786255985996</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İncirin Tadı Aşka Benzedi</t>
+          <t>Söz Veriyorum Anne</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>324</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255985514</t>
+          <t>9786255985811</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İlk Adımın İzleri</t>
+          <t>Geceye Bırakılan Şiirler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>427</v>
+        <v>275</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255985439</t>
+          <t>9786255985552</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Şairin Huzuru</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>427</v>
+        <v>275</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255985255</t>
+          <t>9786255691002</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Abis’ten Yükselen</t>
+          <t>Kanlı Yaşa Övgü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>254</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255985477</t>
+          <t>9786255985989</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hayati Hayat</t>
+          <t>Kopan Bir Uçurtma Gibi Çocukluğum</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>406</v>
+        <v>254</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255985354</t>
+          <t>9786255985941</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kabak Çekirdeği ve Yalnızlık</t>
+          <t>Can Kesiği - 2</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>354</v>
+        <v>290</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255985385</t>
+          <t>9786255985958</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Notaları</t>
+          <t>Uyanış Rota Belirleniyor</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>275</v>
+        <v>324</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255985446</t>
+          <t>9786255985934</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Lumi'nin Maceraları: Gül Vadisi</t>
+          <t>Başucu Şiirleri 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>275</v>
+        <v>305</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255985484</t>
+          <t>9786255985880</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tetanos ve İntikam</t>
+          <t>Uyanış Çağrısı 18:47</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255985026</t>
+          <t>9786255985927</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Son Sır</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>550</v>
+        <v>480</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255985347</t>
+          <t>9786255985828</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Şairi</t>
+          <t>Irkalla</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>368</v>
+        <v>620</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255985033</t>
+          <t>9786255985866</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Geceye Bir Güneş Çizdim</t>
+          <t>Gayrinizami Harp 2.0 Benzetimli Ders Notlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>504</v>
+        <v>610</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255985392</t>
+          <t>9786255985774</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Uzak</t>
+          <t>Bir Daha Söylemem</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>238</v>
+        <v>370</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255985231</t>
+          <t>9786255985835</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Meskeni</t>
+          <t>Bu Benim Ütopyam</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255985125</t>
+          <t>9786255985699</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Doğmamış Çocuğa Mektuplar</t>
+          <t>Ahde Vefa Bir Gönül Şiiri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>361</v>
+        <v>327</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255985330</t>
+          <t>9786255985736</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İçindekiler Değil İçimdekiler</t>
+          <t>Hiçliğin Eşiğinde</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255985217</t>
+          <t>9786255985620</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Düal Yüzü</t>
+          <t>Anlaşıldığıyla Kalmak</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>395</v>
+        <v>254</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255985316</t>
+          <t>9786255985491</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İlişki Çantası</t>
+          <t>Ürperti</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255985286</t>
+          <t>9786255985668</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Lekesi</t>
+          <t>Eşik ve Terennüm</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256028982</t>
+          <t>9786255985521</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabah Uyansak</t>
+          <t>Hikayecilik Enstitüsü: Salakları Öldürmek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>245</v>
+        <v>525</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255985101</t>
+          <t>9786256028883</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İffetimi Koru Ya Rabb: İmanla Hayatın Anlamı</t>
+          <t>Gölgelerle Konuşmak</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>357</v>
+        <v>275</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255985194</t>
+          <t>9786255985576</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Arzuhalci Dükkanı</t>
+          <t>İncirin Tadı Aşka Benzedi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>525</v>
+        <v>324</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255985071</t>
+          <t>9786255985514</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Benimle Nefes Al</t>
+          <t>İlk Adımın İzleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>617</v>
+        <v>427</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255985057</t>
+          <t>9786255985439</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Vankay Öyküleri</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>385</v>
+        <v>427</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255985019</t>
+          <t>9786255985255</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bulucu</t>
+          <t>Abis’ten Yükselen</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255985149</t>
+          <t>9786255985477</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Hayat: Cücenin Fısıltısı</t>
+          <t>Hayati Hayat</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>390</v>
+        <v>406</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255985095</t>
+          <t>9786255985354</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabiler</t>
+          <t>Kabak Çekirdeği ve Yalnızlık</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>354</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256028876</t>
+          <t>9786255985385</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Dönemi Yol İşaretleri</t>
+          <t>Aşkın Notaları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>309</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256028920</t>
+          <t>9786255985446</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Metaforsis Hikayeler 1: Beş Duyu</t>
+          <t>Lumi'nin Maceraları: Gül Vadisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>368</v>
+        <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256028852</t>
+          <t>9786255985484</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İzlenimler</t>
+          <t>Tetanos ve İntikam</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>263</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256028814</t>
+          <t>9786255985026</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yürek Ülkesi</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>554</v>
+        <v>550</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256028791</t>
+          <t>9786255985347</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Galiba Yanlış Anladık</t>
+          <t>Kudüs Şairi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>485</v>
+        <v>368</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256028821</t>
+          <t>9786255985033</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana Emanettir</t>
+          <t>Geceye Bir Güneş Çizdim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>525</v>
+        <v>504</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256028807</t>
+          <t>9786255985392</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ademlikten Adamlığa</t>
+          <t>Uzak</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>508</v>
+        <v>238</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256544710</t>
+          <t>9786255985231</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Akşamdan Kalma Şiirler</t>
+          <t>Yalnızlık Meskeni</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256028180</t>
+          <t>9786255985125</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sedef</t>
+          <t>Doğmamış Çocuğa Mektuplar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>284</v>
+        <v>361</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256028203</t>
+          <t>9786255985330</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Severken Ölenler</t>
+          <t>İçindekiler Değil İçimdekiler</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>259</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256028265</t>
+          <t>9786255985217</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Mahkûmun Günlüğü</t>
+          <t>Aşkın Düal Yüzü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>271</v>
+        <v>395</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256028173</t>
+          <t>9786255985316</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>İlişki Çantası</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256028784</t>
+          <t>9786255985286</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Maddenin Halsizliği</t>
+          <t>Kiraz Lekesi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>332</v>
+        <v>265</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256028708</t>
+          <t>9786256028982</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hayal Denizi</t>
+          <t>Bir Sabah Uyansak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>298</v>
+        <v>245</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256028760</t>
+          <t>9786255985101</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen Nefes</t>
+          <t>İffetimi Koru Ya Rabb: İmanla Hayatın Anlamı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>285</v>
+        <v>357</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256028555</t>
+          <t>9786255985194</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Harukaze</t>
+          <t>Arzuhalci Dükkanı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>231</v>
+        <v>525</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256028739</t>
+          <t>9786255985071</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Peşimi Bırakmayan Şahıs</t>
+          <t>Benimle Nefes Al</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>252</v>
+        <v>617</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256028746</t>
+          <t>9786255985057</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gülü Nesteren</t>
+          <t>Vankay Öyküleri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>496</v>
+        <v>385</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256028579</t>
+          <t>9786255985019</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yol: Gözlerim Değil Kalbim Tanıyor</t>
+          <t>Bulucu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>591</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256028685</t>
+          <t>9786255985149</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İç Sesle Sohbet</t>
+          <t>Çıkmaz Hayat: Cücenin Fısıltısı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256028661</t>
+          <t>9786255985095</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Karakol Teşkilatı</t>
+          <t>Hanım Sahabiler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>441</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256028616</t>
+          <t>9786256028876</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla Serenatı</t>
+          <t>Ergenlik Dönemi Yol İşaretleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>355</v>
+        <v>309</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256028647</t>
+          <t>9786256028920</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nagehan</t>
+          <t>Metaforsis Hikayeler 1: Beş Duyu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>269</v>
+        <v>368</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256028586</t>
+          <t>9786256028852</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İntikam Yemini</t>
+          <t>İzlenimler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>338</v>
+        <v>263</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256028449</t>
+          <t>9786256028814</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Eylül Cenderesi</t>
+          <t>Yürek Ülkesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>265</v>
+        <v>554</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256028562</t>
+          <t>9786256028791</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nokturnal Poetika</t>
+          <t>Galiba Yanlış Anladık</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>252</v>
+        <v>485</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256028289</t>
+          <t>9786256028821</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>-miş gibi</t>
+          <t>İnsan İnsana Emanettir</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>343</v>
+        <v>525</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256028241</t>
+          <t>9786256028807</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Usta</t>
+          <t>Ademlikten Adamlığa</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>508</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256028364</t>
+          <t>9786256544710</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ona Ne Oldu?</t>
+          <t>Akşamdan Kalma Şiirler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>342</v>
+        <v>265</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256028128</t>
+          <t>9786256028180</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler Düşünce: Aşkın Rezonansı</t>
+          <t>Sedef</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>271</v>
+        <v>284</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256544994</t>
+          <t>9786256028203</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Nur</t>
+          <t>Severken Ölenler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>210</v>
+        <v>259</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256544802</t>
+          <t>9786256028265</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Akıl Defteri</t>
+          <t>Bir Mahkûmun Günlüğü</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>275</v>
+        <v>271</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256544673</t>
+          <t>9786256028173</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığın Şarkısı</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>269</v>
+        <v>330</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256544666</t>
+          <t>9786256028784</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Amazon Kadınları: Ok ve Yay</t>
+          <t>Maddenin Halsizliği</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>413</v>
+        <v>332</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256544307</t>
+          <t>9786256028708</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ay</t>
+          <t>Hayal Denizi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>403</v>
+        <v>298</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256544703</t>
+          <t>9786256028760</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bağımlın Oldum</t>
+          <t>Geçmişten Gelen Nefes</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256544567</t>
+          <t>9786256028555</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Cadı Mika</t>
+          <t>Harukaze</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>320</v>
+        <v>231</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259979144</t>
+          <t>9786256028739</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Süpürge Otu</t>
+          <t>Peşimi Bırakmayan Şahıs</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>310</v>
+        <v>252</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256544253</t>
+          <t>9786256028746</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Godot’yu Beklerken: Domiror Gerçeği</t>
+          <t>Aşk Gülü Nesteren</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>496</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256544147</t>
+          <t>9786256028579</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ne Sihirdir Ne Keramet</t>
+          <t>Yol: Gözlerim Değil Kalbim Tanıyor</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>375</v>
+        <v>591</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786259914053</t>
+          <t>9786256028685</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kemancı</t>
+          <t>İç Sesle Sohbet</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>480</v>
+        <v>375</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256544000</t>
+          <t>9786256028661</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Fahişeleri: Jezebel</t>
+          <t>Karakol Teşkilatı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>406</v>
+        <v>441</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057237804</t>
+          <t>9786256028616</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>Vaveyla Serenatı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>355</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256544499</t>
+          <t>9786256028647</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Renginbir</t>
+          <t>Nagehan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>235</v>
+        <v>269</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256544468</t>
+          <t>9786256028586</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>p-ç-t-k/b-c-d-g</t>
+          <t>İntikam Yemini</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>316</v>
+        <v>338</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256544314</t>
+          <t>9786256028449</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kefen Gelinlik</t>
+          <t>Eylül Cenderesi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>422</v>
+        <v>265</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256544543</t>
+          <t>9786256028562</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şiir Defteri 2023</t>
+          <t>Nokturnal Poetika</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>252</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256544260</t>
+          <t>9786256028289</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Gelin</t>
+          <t>-miş gibi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>403</v>
+        <v>343</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259933306</t>
+          <t>9786256028241</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kara Dünyada Gökyüzü</t>
+          <t>Usta</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259914077</t>
+          <t>9786256028364</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Benim Öykü’m</t>
+          <t>Ona Ne Oldu?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>261</v>
+        <v>342</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057196477</t>
+          <t>9786256028128</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Senar</t>
+          <t>Düşünceler Düşünce: Aşkın Rezonansı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>130</v>
+        <v>271</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057237842</t>
+          <t>9786256544994</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Öykü Muhiti</t>
+          <t>Kendini Arayan Nur</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>346</v>
+        <v>210</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786259905020</t>
+          <t>9786256544802</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gençlere İlham Veren Öyküler</t>
+          <t>Bir Delinin Akıl Defteri</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259979151</t>
+          <t>9786256544673</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Zaman Arşını</t>
+          <t>Yalnızlığın Şarkısı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>277</v>
+        <v>269</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786259905013</t>
+          <t>9786256544666</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünyanın Gerçek Hayatı</t>
+          <t>Amazon Kadınları: Ok ve Yay</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>263</v>
+        <v>413</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057340191</t>
+          <t>9786256544307</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ejderhaların Efendisi</t>
+          <t>Kızıl Ay</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>470</v>
+        <v>403</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057196446</t>
+          <t>9786256544703</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Köhne</t>
+          <t>Bağımlın Oldum</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>398</v>
+        <v>275</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057321640</t>
+          <t>9786256544567</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine İlişki Uzmanı</t>
+          <t>Cadı Mika</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>289</v>
+        <v>320</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057321688</t>
+          <t>9786259979144</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmışlığın Hikayesi</t>
+          <t>Süpürge Otu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>265</v>
+        <v>310</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057340139</t>
+          <t>9786256544253</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sular Taşarken</t>
+          <t>Godot’yu Beklerken: Domiror Gerçeği</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>482</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057340122</t>
+          <t>9786256544147</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevgisi Muhammed Aşkı</t>
+          <t>Ne Sihirdir Ne Keramet</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>273</v>
+        <v>375</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
+          <t>9786259914053</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Kemancı</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786256544000</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Tapınak Fahişeleri: Jezebel</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786057237804</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Hayat</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786256544499</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Renginbir</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786256544468</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>p-ç-t-k/b-c-d-g</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786256544314</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Kefen Gelinlik</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786256544543</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Defteri 2023</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786256544260</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Kaçak Gelin</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786259933306</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Kara Dünyada Gökyüzü</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786259914077</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Benim Öykü’m</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786057196477</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Senar</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786057237842</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Öykü Muhiti</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786259905020</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Gençlere İlham Veren Öyküler</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786259979151</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Arşını</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786259905013</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Sanal Dünyanın Gerçek Hayatı</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786057340191</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Ejderhaların Efendisi</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786057196446</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Köhne</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786057321640</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendine İlişki Uzmanı</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786057321688</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Kalmışlığın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786057340139</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Sular Taşarken</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786057340122</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Allah Sevgisi Muhammed Aşkı</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
           <t>9786057340160</t>
         </is>
       </c>
-      <c r="B138" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>44 - İkinci Karabağ Savaşı</t>
         </is>
       </c>
-      <c r="C138" s="1">
+      <c r="C159" s="1">
         <v>279</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>