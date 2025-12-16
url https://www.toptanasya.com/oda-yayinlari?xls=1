--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,3055 +85,3070 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789753854504</t>
+          <t>9789753852524</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Arasındaki Eşitsizliğin Temeli ve Kökenleri</t>
+          <t>Kamelyalı Kadın</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>199.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753853231</t>
+          <t>9789753854504</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kalabalıktan Uzak</t>
+          <t>İnsanlar Arasındaki Eşitsizliğin Temeli ve Kökenleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>349.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789753853132</t>
+          <t>9789753853231</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>Çılgın Kalabalıktan Uzak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>239.5</v>
+        <v>349.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789753854290</t>
+          <t>9789753853132</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Phaedo Sokrates'in Ölümü</t>
+          <t>Therese Raquin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>35</v>
+        <v>239.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789753853521</t>
+          <t>9789753854290</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Phaedo Sokrates'in Ölümü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>148.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753852821</t>
+          <t>9789753853521</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Faust</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>168</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9780000999597</t>
+          <t>9789753852821</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Freud En Çok Satan Klasikleri (10 Kitap Takım)</t>
+          <t>Faust</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>655</v>
+        <v>168</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9799753850888</t>
+          <t>9780000999597</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Direniş</t>
+          <t>Freud En Çok Satan Klasikleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>55</v>
+        <v>655</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789253853809</t>
+          <t>9799753850888</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Direniş</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753852791</t>
+          <t>9789253853809</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>20</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753852630</t>
+          <t>9789753852791</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yapmalı? Cilt: 1</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753850612</t>
+          <t>9789753852630</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Nasıl Yapmalı? Cilt: 1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753853620</t>
+          <t>9789753850612</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Üzerine</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>67.5</v>
+        <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753854665</t>
+          <t>9789753853620</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Telepati</t>
+          <t>Özgürlük Üzerine</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789753854658</t>
+          <t>9789753854665</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İçgüdüler ve Mazoşizm</t>
+          <t>Telepati</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753854641</t>
+          <t>9789753854658</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltı</t>
+          <t>İçgüdüler ve Mazoşizm</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>99.5</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753854627</t>
+          <t>9789753854641</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sanrı ve Düş "Gradiva"</t>
+          <t>Bilinçaltı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>67.5</v>
+        <v>99.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753854634</t>
+          <t>9789753854627</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bir Histeri Vakası Analizi</t>
+          <t>Sanrı ve Düş "Gradiva"</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>74.25</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753850568</t>
+          <t>9789753854634</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Demir Ökçe</t>
+          <t>Bir Histeri Vakası Analizi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>108</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753854184</t>
+          <t>9789753850568</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nana</t>
+          <t>Demir Ökçe</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>175.5</v>
+        <v>108</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753853194</t>
+          <t>9789753854184</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler</t>
+          <t>Nana</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>149</v>
+        <v>175.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753854160</t>
+          <t>9789753853194</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza Cilt 2</t>
+          <t>Ezilenler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>270</v>
+        <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753854610</t>
+          <t>9789753854160</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yaşamım ve Psikanaliz</t>
+          <t>Suç ve Ceza Cilt 2</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>67.5</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753854603</t>
+          <t>9789753854610</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kadın Cinselliği Üzerine</t>
+          <t>Yaşamım ve Psikanaliz</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>109</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753854597</t>
+          <t>9789753854603</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ego ve ID</t>
+          <t>Kadın Cinselliği Üzerine</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>89.5</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753854580</t>
+          <t>9789753854597</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tutukluk Semptom ve Kaygı</t>
+          <t>Ego ve ID</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>67.5</v>
+        <v>128</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753854573</t>
+          <t>9789753854580</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci</t>
+          <t>Tutukluk Semptom ve Kaygı</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753854566</t>
+          <t>9789753854573</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Espriler ve Bilinçaltı İle İlişkileri</t>
+          <t>Leonardo Da Vinci</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>199.5</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753854559</t>
+          <t>9789753854566</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Tektanrıcılık</t>
+          <t>Espriler ve Bilinçaltı İle İlişkileri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>87.75</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753854542</t>
+          <t>9789753854559</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Uygulama</t>
+          <t>Musa ve Tektanrıcılık</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>148.5</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753854535</t>
+          <t>9789753854542</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek ve Olmak</t>
+          <t>Psikanaliz ve Uygulama</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>135</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753854528</t>
+          <t>9789753854535</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm Üzerine</t>
+          <t>Düşünmek ve Olmak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>94</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753854511</t>
+          <t>9789753854528</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Narsisizm Üzerine</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>148</v>
+        <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753854498</t>
+          <t>9789753854511</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Palto</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>75</v>
+        <v>148</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753854450</t>
+          <t>9789753854498</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bakirelik Tabusu</t>
+          <t>Palto</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>67.5</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753854481</t>
+          <t>9789753854450</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Ölüm Üzerine Düşünceler</t>
+          <t>Bakirelik Tabusu</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753854467</t>
+          <t>9789753854481</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Flush - Bir Köpeğin Romanı</t>
+          <t>Savaş ve Ölüm Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753854474</t>
+          <t>9789753854467</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamın Psikopatolojisi</t>
+          <t>Flush - Bir Köpeğin Romanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>148.5</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753854443</t>
+          <t>9789753854474</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Günlük Yaşamın Psikopatolojisi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>87.75</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789753854436</t>
+          <t>9789753854443</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>67.5</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789753854429</t>
+          <t>9789753854436</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Günlüğü</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>135</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789753854412</t>
+          <t>9789753854429</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Jacob'un Odası</t>
+          <t>Bir Genç Kızın Günlüğü</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>67.5</v>
+        <v>135</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789753854061</t>
+          <t>9789753854412</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Boscombe Vadisinin Esrarı</t>
+          <t>Jacob'un Odası</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>60</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789753854399</t>
+          <t>9789753854061</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Brook Sokağı Cinayeti</t>
+          <t>Boscombe Vadisinin Esrarı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789753854382</t>
+          <t>9789753854399</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Amatör Psikanalizi Sorunu Üzerine</t>
+          <t>Brook Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>67.5</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789753854375</t>
+          <t>9789753854382</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine</t>
+          <t>Amatör Psikanalizi Sorunu Üzerine</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789753854351</t>
+          <t>9789753854375</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kültürdeki Huzursuzluk</t>
+          <t>Cinsellik Üzerine</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789753854368</t>
+          <t>9789753854351</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Haz Prensibinin Ötesinde</t>
+          <t>Kültürdeki Huzursuzluk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>89.5</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789753854344</t>
+          <t>9789753854368</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kitle Psikolojisi ve Ego Analizi</t>
+          <t>Haz Prensibinin Ötesinde</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>67.5</v>
+        <v>89.5</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789753854337</t>
+          <t>9789753854344</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanılsamanın Geleceği</t>
+          <t>Kitle Psikolojisi ve Ego Analizi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>81</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753854320</t>
+          <t>9789753854337</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Açlık Sanatçısı</t>
+          <t>Bir Yanılsamanın Geleceği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60.75</v>
+        <v>81</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789753854313</t>
+          <t>9789753854320</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Kavganın Anlatımı</t>
+          <t>Bir Açlık Sanatçısı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>74.25</v>
+        <v>60.75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789753854306</t>
+          <t>9789753854313</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Bir Kavganın Anlatımı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789753854283</t>
+          <t>9789753854306</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlahi Komedya</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789753853972</t>
+          <t>9789753854283</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İkna</t>
+          <t>İlahi Komedya</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>108</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789753850216</t>
+          <t>9789753853972</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>İkna</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>108</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789753853699</t>
+          <t>9789753850216</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Din Nedir?</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>67.5</v>
+        <v>108</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753853583</t>
+          <t>9789753853699</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Din Nedir?</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>162</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789753852265</t>
+          <t>9789753853583</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kurdu</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>135</v>
+        <v>162</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789753854054</t>
+          <t>9789753852265</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Babama Mektup</t>
+          <t>Deniz Kurdu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>75</v>
+        <v>135</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753854221</t>
+          <t>9789753854054</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sefiller (2 Kitap Takım)</t>
+          <t>Babama Mektup</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>410</v>
+        <v>75</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789753850681</t>
+          <t>9789753854221</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zulüm</t>
+          <t>Sefiller (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>74.25</v>
+        <v>410</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789753851053</t>
+          <t>9789753850681</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar</t>
+          <t>Zulüm</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>94.5</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789753850605</t>
+          <t>9789753851053</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kazaklar</t>
+          <t>Zor Zamanlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>108</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789753853903</t>
+          <t>9789753850605</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Kazaklar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>47.25</v>
+        <v>108</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789753852500</t>
+          <t>9789753853903</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Karamazov Kardeşler (2 Cilt Takım)</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>364.5</v>
+        <v>47.25</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789753852883</t>
+          <t>9789753852500</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>Karamazov Kardeşler (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>175.5</v>
+        <v>364.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753853170</t>
+          <t>9789753852883</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Balıkçısı</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>67.5</v>
+        <v>175.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753853958</t>
+          <t>9789753853170</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İyinin ve Kötünün Ötesinde</t>
+          <t>İzlanda Balıkçısı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>87.75</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753850193</t>
+          <t>9789753853958</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>İyinin ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>67.5</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789753853149</t>
+          <t>9789753850193</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İstiridye Korsanları</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789753852333</t>
+          <t>9789753853149</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İnsanlarımız</t>
+          <t>İstiridye Korsanları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>87.75</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789753854115</t>
+          <t>9789753852333</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>İnsanlarımız</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>49</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789753853002</t>
+          <t>9789753854115</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>74.25</v>
+        <v>49</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753853156</t>
+          <t>9789753853002</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Don Quijote</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>285</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753853187</t>
+          <t>9789753853156</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Budala</t>
+          <t>Don Quijote</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>283.5</v>
+        <v>285</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753853415</t>
+          <t>9789753853187</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Budala</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>148.5</v>
+        <v>283.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753852739</t>
+          <t>9789753853415</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>94.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753852296</t>
+          <t>9789753852739</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ateş Yakmak</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>81</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753854238</t>
+          <t>9789753852296</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Antikacı Dükkanı</t>
+          <t>Ateş Yakmak</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>349</v>
+        <v>81</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789753850261</t>
+          <t>9789753854238</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ant</t>
+          <t>Antikacı Dükkanı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>50</v>
+        <v>349</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753850155</t>
+          <t>9789753850261</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ana</t>
+          <t>Ant</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>162</v>
+        <v>50</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789753853262</t>
+          <t>9789753850155</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Ana</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>81</v>
+        <v>162</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789753850384</t>
+          <t>9789753853262</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Guliver Devler Ülkesinde</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>40</v>
+        <v>81</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753854078</t>
+          <t>9789753850384</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Protestan Ahlakı ve Kapitalizmin Ruhu</t>
+          <t>Guliver Devler Ülkesinde</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>165</v>
+        <v>40</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753854108</t>
+          <t>9789753854078</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Protestan Ahlakı ve Kapitalizmin Ruhu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>50</v>
+        <v>165</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753851008</t>
+          <t>9789753854108</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>67.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9799753851144</t>
+          <t>9789753851008</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ölü Evinden Anılar</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789753854092</t>
+          <t>9799753851144</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mantıksal Düşünce Doktrini</t>
+          <t>Ölü Evinden Anılar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>87.75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753854085</t>
+          <t>9789753854092</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve İçsel Doğamızın Yok Edilemezliği ile Olan İlişkisi</t>
+          <t>Mantıksal Düşünce Doktrini</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>67.5</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789753854047</t>
+          <t>9789753854085</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İnsan Doğası Üzerine</t>
+          <t>Ölüm ve İçsel Doğamızın Yok Edilemezliği ile Olan İlişkisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>119.59</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753852760</t>
+          <t>9789753854047</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zamanımızın Bir Kahramanı</t>
+          <t>İnsan Doğası Üzerine</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>60.75</v>
+        <v>119.59</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753850186</t>
+          <t>9789753852760</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı</t>
+          <t>Zamanımızın Bir Kahramanı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>67.5</v>
+        <v>60.75</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789753853040</t>
+          <t>9789753850186</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yufka Yürekli</t>
+          <t>Yüzbaşının Kızı</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753853088</t>
+          <t>9789753853040</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Yufka Yürekli</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>199.5</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753852043</t>
+          <t>9789753853088</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>67.5</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789753853866</t>
+          <t>9789753852043</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Bilgece Deneyimleri</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>74.25</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789753850445</t>
+          <t>9789753853866</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İstiyorum</t>
+          <t>Yaşamın Bilgece Deneyimleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>50</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789753851138</t>
+          <t>9789753850445</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Yaşamak İstiyorum</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>67.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789753853644</t>
+          <t>9789753851138</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>135</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789753853705</t>
+          <t>9789753853644</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Üç Ölüm</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>67.5</v>
+        <v>135</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789753850803</t>
+          <t>9789753853705</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Üç Kuruşluk Roman</t>
+          <t>Üç Ölüm</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>94.5</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789753853545</t>
+          <t>9789753850803</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uysal Kız</t>
+          <t>Üç Kuruşluk Roman</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>67.5</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789753854245</t>
+          <t>9789753853545</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Uysal Kız</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789753853095</t>
+          <t>9789753854245</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753853910</t>
+          <t>9789753853095</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tragedya’nın Doğuşu</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>67.5</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789753853613</t>
+          <t>9789753853910</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Tragedya’nın Doğuşu</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789753853996</t>
+          <t>9789753853613</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer’in Maceraları</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>80</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789753852678</t>
+          <t>9789753853996</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tatsız Bir Olay</t>
+          <t>Tom Sawyer’in Maceraları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>67.5</v>
+        <v>80</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789753852692</t>
+          <t>9789753852678</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Taras Bulba</t>
+          <t>Tatsız Bir Olay</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>74.25</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789753850315</t>
+          <t>9789753852692</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Taras Bulba</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>50</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789753853316</t>
+          <t>9789753850315</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>121.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753852289</t>
+          <t>9789753853316</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>67.5</v>
+        <v>121.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789753853811</t>
+          <t>9789753852289</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şam’da Bir Mardinli</t>
+          <t>Şampiyon</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>99</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789753853774</t>
+          <t>9789753853811</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Şam’da Bir Mardinli</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>54</v>
+        <v>99</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753853477</t>
+          <t>9789753853774</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Soneler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>67.5</v>
+        <v>54</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000006691</t>
+          <t>9789753853477</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Geyik</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>40</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789753853989</t>
+          <t>3990000006691</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Sevimli Geyik</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>67.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789753853422</t>
+          <t>9789753853989</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>229.5</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789753853941</t>
+          <t>9789753853422</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Profesör</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>87.75</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789753851930</t>
+          <t>9789753853941</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>Profesör</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>50</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789753850544</t>
+          <t>9789753851930</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789753853743</t>
+          <t>9789753850544</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Otuzunda Kadın</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>94.5</v>
+        <v>135</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789753852722</t>
+          <t>9789753853743</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Otuzunda Kadın</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>70</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3990000011424</t>
+          <t>9789753852722</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Olay</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789753852852</t>
+          <t>3990000011424</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Oblomov</t>
+          <t>Olağanüstü Bir Olay</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>229.5</v>
+        <v>40</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789753853897</t>
+          <t>9789753852852</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Nostromo</t>
+          <t>Oblomov</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>135</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789753850278</t>
+          <t>9789753853897</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Nostromo</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>135</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789753852647</t>
+          <t>9789753850278</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yapmalı (2 Cilt Takım)</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789753853736</t>
+          <t>9789753852647</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Müfettiş</t>
+          <t>Nasıl Yapmalı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>67.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789753853590</t>
+          <t>9789753853736</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Müfettiş</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>50</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789753854016</t>
+          <t>9789753853590</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>74.25</v>
+        <v>50</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789753852807</t>
+          <t>9789753854016</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick Beyaz Balina</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>249</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789753850650</t>
+          <t>9789753852807</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Moby Dick Beyaz Balina</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>162</v>
+        <v>249</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789753853651</t>
+          <t>9789753850650</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>121.5</v>
+        <v>162</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789753850247</t>
+          <t>9789753853651</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>94.5</v>
+        <v>121.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789753853224</t>
+          <t>9789753850247</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kreutzer Sonatı</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>54</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789753853750</t>
+          <t>9789753853224</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Kreutzer Sonatı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>67.5</v>
+        <v>54</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753852234</t>
+          <t>9789753853750</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Köylüler</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>108</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789753852371</t>
+          <t>9789753852234</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Köy Doktoru</t>
+          <t>Köylüler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>81</v>
+        <v>108</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789753853514</t>
+          <t>9789753852371</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kibarlık Budalası</t>
+          <t>Köy Doktoru</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>67.5</v>
+        <v>81</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789753853682</t>
+          <t>9789753853514</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kendime Düşünceler</t>
+          <t>Kibarlık Budalası</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789753853767</t>
+          <t>9789753853682</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Julius Caesar</t>
+          <t>Kendime Düşünceler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>54</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789753853293</t>
+          <t>9789753853767</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>John Barleycorn</t>
+          <t>Julius Caesar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>67.5</v>
+        <v>54</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789753853323</t>
+          <t>9789753853293</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar</t>
+          <t>John Barleycorn</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753852401</t>
+          <t>9789753853323</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İki Gelinin Anıları</t>
+          <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>74.25</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789753853392</t>
+          <t>9789753852401</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar</t>
+          <t>İki Gelinin Anıları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>67.5</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789753853729</t>
+          <t>9789753853392</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hastalık Hastası</t>
+          <t>Hükümdar</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9799753850963</t>
+          <t>9789753853729</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Halk Avcısı</t>
+          <t>Hastalık Hastası</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789753850322</t>
+          <t>9799753850963</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hain Kurt</t>
+          <t>Halk Avcısı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>50</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789753852890</t>
+          <t>9789753850322</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hacı Murat</t>
+          <t>Hain Kurt</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>67.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789753850377</t>
+          <t>9789753852890</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gulliver Cüceler Ülkesinde</t>
+          <t>Hacı Murat</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>50</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789753850704</t>
+          <t>9789753850377</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Gulliver Cüceler Ülkesinde</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>135</v>
+        <v>50</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789753854009</t>
+          <t>9789753850704</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gora</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>162</v>
+        <v>135</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789753853491</t>
+          <t>9789753854009</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Germinal</t>
+          <t>Gora</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>229.5</v>
+        <v>162</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789753852708</t>
+          <t>9789753853491</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Arayış</t>
+          <t>Germinal</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>67.5</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789753852784</t>
+          <t>9789753852708</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Gerçeği Arayış</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>60.75</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789753853453</t>
+          <t>9789753852784</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>50</v>
+        <v>60.75</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789753852906</t>
+          <t>9789753853453</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ev Sahibesi</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>67.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789753850902</t>
+          <t>9789753852906</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Öğrenci Fıkraları</t>
+          <t>Ev Sahibesi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>50</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789753854177</t>
+          <t>9789753850902</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Emma</t>
+          <t>En Güzel Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>229.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789753852463</t>
+          <t>9789753854177</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Emek (2 Cilt Takım)</t>
+          <t>Emma</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>270</v>
+        <v>229.5</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789753852111</t>
+          <t>9789753852463</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ekmeğimi Kazanırken</t>
+          <t>Emek (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>162</v>
+        <v>270</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789753852531</t>
+          <t>9789753852111</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ecinniler</t>
+          <t>Ekmeğimi Kazanırken</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>324</v>
+        <v>162</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789753853637</t>
+          <t>9789753852531</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Ecinniler</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>74.25</v>
+        <v>324</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789753853057</t>
+          <t>9789753853637</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Koca</t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>67.5</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000007134</t>
+          <t>9789753853057</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Düş Ülkelerine Yolculuk</t>
+          <t>Ebedi Koca</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>108</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789753850070</t>
+          <t>3990000007134</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sarsan On Gün</t>
+          <t>Düş Ülkelerine Yolculuk</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>148.5</v>
+        <v>108</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789753853330</t>
+          <t>9789753850070</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Düello</t>
+          <t>Dünyayı Sarsan On Gün</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>67.5</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789753850575</t>
+          <t>9789753853330</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Doğu Yakası</t>
+          <t>Düello</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>108</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789753850018</t>
+          <t>9789753850575</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Diriliş</t>
+          <t>Doğu Yakası</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>148.5</v>
+        <v>108</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789753853569</t>
+          <t>9789753850018</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Diriliş</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>54</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789753852340</t>
+          <t>9789753853569</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Delikanlı</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>216</v>
+        <v>54</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789753853446</t>
+          <t>9789753852340</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar</t>
+          <t>Delikanlı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>67.5</v>
+        <v>216</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789753853279</t>
+          <t>9789753853446</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Değirmenimden Mektuplar</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789753850148</t>
+          <t>9789753853279</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Delikanlılık Gençlik</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>108</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789753852067</t>
+          <t>9789753850148</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum</t>
+          <t>Çocukluk Delikanlılık Gençlik</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>94.5</v>
+        <v>108</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789753853286</t>
+          <t>9789753852067</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Çocukluğum</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>67.5</v>
+        <v>94.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>2000000122502</t>
+          <t>9789753853286</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>50</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789753853828</t>
+          <t>2000000122502</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Aşkın Metafiziği</t>
+          <t>Çirkin Ördek Yavrusu</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>67.5</v>
+        <v>50</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789753852074</t>
+          <t>9789753853828</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Şirketi</t>
+          <t>Cinsel Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789753853484</t>
+          <t>9789753852074</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Cinayet Şirketi</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789753853101</t>
+          <t>9789753853484</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Candide</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789753850537</t>
+          <t>9789753853101</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Can Yoldaşı</t>
+          <t>Candide</t>
         </is>
       </c>
       <c r="C185" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789753852685</t>
+          <t>9789753850537</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar</t>
+          <t>Can Yoldaşı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>170</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789753854122</t>
+          <t>9789753852685</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yirmi Dört Saati</t>
+          <t>Büyük Umutlar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>67.5</v>
+        <v>170</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789753852777</t>
+          <t>9789753854122</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Güncesi</t>
+          <t>Bir Kadının Yirmi Dört Saati</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>70</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789753852364</t>
+          <t>9789753852777</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Sayfası</t>
+          <t>Bir Delinin Güncesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>108</v>
+        <v>70</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789753853965</t>
+          <t>9789753852364</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Bir Aşk Sayfası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>67.5</v>
+        <v>108</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789753850780</t>
+          <t>9789753853965</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>108</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789753850162</t>
+          <t>9789753850780</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Benim Üniversitelerim</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>60.75</v>
+        <v>108</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789753852180</t>
+          <t>9789753850162</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Karısı</t>
+          <t>Benim Üniversitelerim</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>67.5</v>
+        <v>60.75</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789753853675</t>
+          <t>9789753852180</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Aşk</t>
+          <t>Başkasının Karısı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>87.75</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789753850001</t>
+          <t>9789753853675</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>67.5</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753853606</t>
+          <t>9789753850001</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Amcamın Rüyası</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>68</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789753851015</t>
+          <t>9789753853606</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Alın Teri</t>
+          <t>Amcamın Rüyası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>67.5</v>
+        <v>68</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789753852319</t>
+          <t>9789753851015</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Alaska Kid</t>
+          <t>Alın Teri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>81</v>
+        <v>67.5</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789753853408</t>
+          <t>9789753852319</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz</t>
+          <t>Alaska Kid</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>74.25</v>
+        <v>81</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789753853781</t>
+          <t>9789753853408</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Değerlerin Soyağacı</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>87.75</v>
+        <v>74.25</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789753850339</t>
+          <t>9789753853781</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ağustosböceği ile Karınca</t>
+          <t>Ahlaki Değerlerin Soyağacı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>50</v>
+        <v>87.75</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
+          <t>9789753850339</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Ağustosböceği ile Karınca</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
           <t>9789753852517</t>
         </is>
       </c>
-      <c r="B202" s="1" t="inlineStr">
+      <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Ademden Önce</t>
         </is>
       </c>
-      <c r="C202" s="1">
+      <c r="C203" s="1">
         <v>67.5</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>