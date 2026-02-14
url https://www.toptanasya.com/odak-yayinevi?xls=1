--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -94,346 +94,346 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9799759225710</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Ekoloji, Toplum ve Siyaset</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789759122027</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Yeni Muhafazakar Amerikan Dış Politikası ve Türkiye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>280</v>
+        <v>336</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786259479620</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Modern Hikayelerle Deyimler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786259479613</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Modern Hikâyelerle A'dan Z'ye Atasözleriyle Hikayeler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9799759225796</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Batı Faktörünün Etkisinde Türkiye-İsrail İlişkilerinin Politikası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>260</v>
+        <v>312</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9799759225727</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Psikiyatriden Psikiyatriye Bakışlar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>264</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9799759225758</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Yaşlılık</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9799759225741</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Türkiye’de İlk Türk Felsefe Cemiyeti ve Sonraki Gelişmeler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9799759885181</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Televizyon Dilindeki İslam</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>144</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9799759885143</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Tarımda Küreselleşme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>168</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9799759885105</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Problemler ve Düşünceler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9799759225789</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Özgürleşemeyen Kadın</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>264</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9799759885129</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Liberalizasyon Sürecinde İstikrar Politikalarının Gelir Dağılımına Etkisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9799759885198</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Küreselleşme ve Yerelleşme</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9799759885112</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Köy ve Mahalle: Yerleşim ve Yönetim Birimi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>275</v>
+        <v>330</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9799759225772</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Kıbrıs Annan Belgeleri (1. 2. 3.) Üzerine Değerlendirmeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>160</v>
+        <v>192</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9799759885150</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Kayıt Dışı İstihdam</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9799759225703</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Globalleş(tir)me Terörü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9799759225765</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Etkin Devlet ve Ekonomik Gelişme</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9799759122002</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Ekonomik Güç: Bilim ve Teknoloji</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9799759225734</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Bir Metropol Kent Ankara</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>135</v>
+        <v>165</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>