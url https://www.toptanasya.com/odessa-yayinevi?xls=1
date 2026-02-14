--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -85,3325 +85,3805 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255886804</t>
+          <t>9786258711219</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Ada</t>
+          <t>Sekül</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>410</v>
+        <v>570</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255886743</t>
+          <t>9786258711158</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Casus Koyu</t>
+          <t>Soğuk Kahve Kokusu: Boşluğun Etrafında Dört Dönüş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255886781</t>
+          <t>9786255886385</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Bak Anne</t>
+          <t>İntikam Gölgesindeki Acılar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255886774</t>
+          <t>9786258711202</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kalbimin Orta Yerine Düşen Çocuk</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>290</v>
+        <v>410</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255886613</t>
+          <t>9786258711257</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mimozalar Açtığında</t>
+          <t>9 Kuyruğun Laneti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>410</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255886477</t>
+          <t>9786255886330</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tepenin Altı</t>
+          <t>Adımlarını Say</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>570</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255886200</t>
+          <t>9786258711240</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kanatlarıyla Uçan Kız</t>
+          <t>Karmik İlişkiler Rehberi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>570</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256247710</t>
+          <t>9786256247512</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Serendipçe</t>
+          <t>Gazoz Kapağı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256247703</t>
+          <t>9786256247420</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Geçmiş Aşk</t>
+          <t>Yaşamak İsterken</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255886606</t>
+          <t>9786256247253</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Cam</t>
+          <t>Vazgeçilenler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255886576</t>
+          <t>9786256877870</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Son Perde</t>
+          <t>Niktofili</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255886569</t>
+          <t>9786258711073</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Cam Kuledeki Adam</t>
+          <t>İkili Öyküler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255886514</t>
+          <t>9786255886378</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sonra Görüşürüz</t>
+          <t>II. Abdülhamid Kuşku ve Şüphe</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255886552</t>
+          <t>9786258711097</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Sahtekarları</t>
+          <t>Karanlık Vecd</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255886538</t>
+          <t>9786258711134</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşküm: Benimmm!</t>
+          <t>Geçmişe Dönüş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255886545</t>
+          <t>9786258711196</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Reçeteden Hikayeler Mavi Rota</t>
+          <t>Tetrasia - Kara Alev ile Safir Gölge</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255886446</t>
+          <t>9786258711110</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Veyl</t>
+          <t>Ben Doğumu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255886453</t>
+          <t>9786258711172</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Enfeskemmel</t>
+          <t>Ayağa Kalk Kraliçe</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255886408</t>
+          <t>9786258711066</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Finalde Sen</t>
+          <t>Monika Ertl ile Yeniden Gerilla Savaşı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255886521</t>
+          <t>9786258711080</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sütbeyaz</t>
+          <t>Gölgedeki Sözler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255886439</t>
+          <t>9786258711059</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İpek Böcekleri</t>
+          <t>Beş Parmak Kuramı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255886460</t>
+          <t>9786255886996</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kalbimdeki Aydınlık</t>
+          <t>Aşkın Küllerinden</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256877955</t>
+          <t>9786256247970</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Oldukça</t>
+          <t>Mabet Taşı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057407160</t>
+          <t>9786255886361</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sükut</t>
+          <t>Yokuş Yukarı Aşk</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258407631</t>
+          <t>9786255886842</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Cemre</t>
+          <t>Bozkurt Dönencesi 1</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255886422</t>
+          <t>9786255886835</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Okyanus Gözlü Çocuk</t>
+          <t>Kılıçların Adaleti</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255886392</t>
+          <t>9786256877108</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Mavi ve Kırmızı</t>
+          <t>Bir Ölüm Müzikali</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255886415</t>
+          <t>9786255886866</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Takvimi</t>
+          <t>Keşkeler Diyarı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256877528</t>
+          <t>9786255886705</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Tut Ki Yalandı</t>
+          <t>Muğla’nın Sesi: Knidos’un Vicdanı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255886323</t>
+          <t>9786255886187</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Serhat Kızı</t>
+          <t>Düşe Kalka</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255886354</t>
+          <t>9786255886651</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk Bir Yürek 70 Yılın Ardında</t>
+          <t>Benim Gökyüzüm Yeşil</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255886194</t>
+          <t>9786255886811</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gülbeyaz</t>
+          <t>Kalır Bazı Şeyler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255886286</t>
+          <t>9786255886804</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İki Can Bir Aşk</t>
+          <t>Fırtınalı Ada</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255886293</t>
+          <t>9786255886743</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ba-Ka-Ra</t>
+          <t>Casus Koyu</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255886262</t>
+          <t>9786255886781</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Geçit</t>
+          <t>Kendine İyi Bak Anne</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255886248</t>
+          <t>9786255886774</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>16 Mayıs Mektubu</t>
+          <t>Kalbimin Orta Yerine Düşen Çocuk</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255886279</t>
+          <t>9786255886613</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Seksek</t>
+          <t>Mimozalar Açtığında</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255886224</t>
+          <t>9786255886477</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Derme Çatma Hayatlar (Düş’künler)</t>
+          <t>Tepenin Altı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255886163</t>
+          <t>9786255886200</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Uyandığında Beni Hatırla</t>
+          <t>Kendi Kanatlarıyla Uçan Kız</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255886170</t>
+          <t>9786256247710</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terapi 101</t>
+          <t>Serendipçe</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>270</v>
+        <v>510</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256247659</t>
+          <t>9786256247703</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hayatlar</t>
+          <t>Tarihi Geçmiş Aşk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255886088</t>
+          <t>9786255886606</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Zangoç Çiçeği</t>
+          <t>Tuz ve Cam</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256247468</t>
+          <t>9786255886576</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Price Action I</t>
+          <t>Son Perde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255886040</t>
+          <t>9786255886569</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ay Tanrıçası</t>
+          <t>Cam Kuledeki Adam</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256247796</t>
+          <t>9786255886514</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Kanatları</t>
+          <t>Sonra Görüşürüz</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255886057</t>
+          <t>9786255886552</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yasemin</t>
+          <t>Ölüm Sahtekarları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255886019</t>
+          <t>9786255886538</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eftelya</t>
+          <t>Sırça Köşküm: Benimmm!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255886026</t>
+          <t>9786255886545</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tenasüh</t>
+          <t>Reçeteden Hikayeler Mavi Rota</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>410</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256247925</t>
+          <t>9786255886446</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Birinin Olasılığı</t>
+          <t>Veyl</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256247833</t>
+          <t>9786255886453</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hayat Boşluk Kabul Etmez</t>
+          <t>Enfeskemmel</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256247994</t>
+          <t>9786255886408</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Zihinler</t>
+          <t>Finalde Sen</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>270</v>
+        <v>560</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256247987</t>
+          <t>9786255886521</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Anunnaki Savaşları</t>
+          <t>Sütbeyaz</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256247956</t>
+          <t>9786255886439</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türlü Telaşlar Değirmeni</t>
+          <t>İpek Böcekleri</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256247949</t>
+          <t>9786255886460</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hunharca</t>
+          <t>Kalbimdeki Aydınlık</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256247895</t>
+          <t>9786256877955</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Rehberi ve Fit Tarifler</t>
+          <t>Ömrüm Oldukça</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256247857</t>
+          <t>9786057407160</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Köksüz</t>
+          <t>Sükut</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256247819</t>
+          <t>9786258407631</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Nokta</t>
+          <t>Dördüncü Cemre</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256247604</t>
+          <t>9786255886422</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Cengo 21. Segment</t>
+          <t>Okyanus Gözlü Çocuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256247802</t>
+          <t>9786255886392</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>A-Luvi: Aya’nın Son Varisi</t>
+          <t>Mavi ve Kırmızı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>270</v>
+        <v>285</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256247598</t>
+          <t>9786255886415</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Karadağlıların Prensesi</t>
+          <t>Cinayet Takvimi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256247772</t>
+          <t>9786256877528</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kara Kaplı Beyaz Kitap</t>
+          <t>Tut Ki Yalandı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256247741</t>
+          <t>9786255886323</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mezarlığa Üç Kulaç</t>
+          <t>Serhat Kızı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256247444</t>
+          <t>9786255886354</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Manzumesi 2</t>
+          <t>Bir Çocuk Bir Yürek 70 Yılın Ardında</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256247727</t>
+          <t>9786255886194</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Köpüklerini Duru’larken</t>
+          <t>Gülbeyaz</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256247697</t>
+          <t>9786255886286</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tenha</t>
+          <t>İki Can Bir Aşk</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256247635</t>
+          <t>9786255886293</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kitap Sever</t>
+          <t>Ba-Ka-Ra</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256247666</t>
+          <t>9786255886262</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bunu Sen Mi Yazdın?</t>
+          <t>Geçit</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256247642</t>
+          <t>9786255886248</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Rehberliğinde 2025</t>
+          <t>16 Mayıs Mektubu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256247581</t>
+          <t>9786255886279</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Uyanmak</t>
+          <t>Seksek</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256247475</t>
+          <t>9786255886224</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Beklentiler</t>
+          <t>Derme Çatma Hayatlar (Düş’künler)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256247505</t>
+          <t>9786255886163</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bazen Ölmekle Başlar</t>
+          <t>Uyandığında Beni Hatırla</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256247550</t>
+          <t>9786255886170</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İnancın Yolculuğu</t>
+          <t>Müzik Terapi 101</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256247574</t>
+          <t>9786256247659</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şeb-i Yelda</t>
+          <t>Yarım Kalan Hayatlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256247567</t>
+          <t>9786255886088</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bi’polar Altında Hikayeler</t>
+          <t>Zangoç Çiçeği</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256877641</t>
+          <t>9786256247468</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Koz</t>
+          <t>Price Action I</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256877146</t>
+          <t>9786255886040</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Persefone: İki Dünyanın Ustası</t>
+          <t>Ay Tanrıçası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258272970</t>
+          <t>9786256247796</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Klasik Tarot Eğitimi</t>
+          <t>Rüzgarın Kanatları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>620</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258272994</t>
+          <t>9786255886057</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Horoz Şekeri</t>
+          <t>Yasemin</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258272918</t>
+          <t>9786255886019</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Issız</t>
+          <t>Eftelya</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258272611</t>
+          <t>9786255886026</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Rüya Gibi Öyküler</t>
+          <t>Tenasüh</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>70</v>
+        <v>420</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258272239</t>
+          <t>9786256247925</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kan</t>
+          <t>Sıradan Birinin Olasılığı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258272260</t>
+          <t>9786256247833</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Lacivert- Mavi Siyah Şiirler</t>
+          <t>Hayat Boşluk Kabul Etmez</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>85</v>
+        <v>270</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258272017</t>
+          <t>9786256247994</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kütüphane</t>
+          <t>Sessiz Zihinler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258407952</t>
+          <t>9786256247987</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tarla Faresi</t>
+          <t>Anunnaki Savaşları</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>65</v>
+        <v>410</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258407587</t>
+          <t>9786256247956</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Son Yazgı</t>
+          <t>Türlü Telaşlar Değirmeni</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>90</v>
+        <v>430</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057390547</t>
+          <t>9786256247949</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Hayatımdaki Sayfalar</t>
+          <t>Hunharca</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057390516</t>
+          <t>9786256247895</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Tokalı Kaya</t>
+          <t>Beslenme Rehberi ve Fit Tarifler</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>28</v>
+        <v>430</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258407235</t>
+          <t>9786256247857</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Deliler Koğuşu 1</t>
+          <t>Köksüz</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>35</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258407037</t>
+          <t>9786256247819</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Annem’den Sonra</t>
+          <t>Nokta</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>50</v>
+        <v>410</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057119674</t>
+          <t>9786256247604</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Acı Hali</t>
+          <t>Cengo 21. Segment</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057101020</t>
+          <t>9786256247802</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Lütfeyle</t>
+          <t>A-Luvi: Aya’nın Son Varisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>26</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057390561</t>
+          <t>9786256247598</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kazanmak İçin Kaybettim</t>
+          <t>Karadağlıların Prensesi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>26</v>
+        <v>320</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256247086</t>
+          <t>9786256247772</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kahverengi</t>
+          <t>Kara Kaplı Beyaz Kitap</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258407372</t>
+          <t>9786256247741</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Zindan</t>
+          <t>Mezarlığa Üç Kulaç</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256247246</t>
+          <t>9786256247444</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Suçsuz</t>
+          <t>Yaşam Manzumesi 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258407204</t>
+          <t>9786256247727</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Işık Doğudan Yükselir</t>
+          <t>Hayatın Köpüklerini Duru’larken</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256247451</t>
+          <t>9786256247697</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Babamın Çocukları</t>
+          <t>Tenha</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256247437</t>
+          <t>9786256247635</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Okzo Hikayeleri 2: Ejderyutan</t>
+          <t>Kitap Sever</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256247055</t>
+          <t>9786256247666</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Anka Kuşu ve Lidya’nın Gözyaşları</t>
+          <t>Bunu Sen Mi Yazdın?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057101051</t>
+          <t>9786256247642</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Diaboli: Gün Işığı</t>
+          <t>Astroloji Rehberliğinde 2025</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258407129</t>
+          <t>9786256247581</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden</t>
+          <t>Ölüme Uyanmak</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256247376</t>
+          <t>9786256247475</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Mavi</t>
+          <t>Beklentiler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256247291</t>
+          <t>9786256247505</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin İçinden Geldiği Gibi</t>
+          <t>Bazen Ölmekle Başlar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256247338</t>
+          <t>9786256247550</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İyiliğe Övgü</t>
+          <t>İnancın Yolculuğu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256877832</t>
+          <t>9786256247574</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Kulübü</t>
+          <t>Şeb-i Yelda</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057101006</t>
+          <t>9786256247567</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Manzumesi I</t>
+          <t>Bi’polar Altında Hikayeler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256247314</t>
+          <t>9786256877641</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sirius</t>
+          <t>Koz</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256877306</t>
+          <t>9786256877146</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kara Koyun</t>
+          <t>Persefone: İki Dünyanın Ustası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256877979</t>
+          <t>9786258272970</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Harfler</t>
+          <t>Klasik Tarot Eğitimi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256877733</t>
+          <t>9786258272994</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Son Kafes</t>
+          <t>Horoz Şekeri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057119605</t>
+          <t>9786258272918</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzdan Bir Öncesi</t>
+          <t>Issız</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256247154</t>
+          <t>9786258272611</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Dantelli Piyano</t>
+          <t>Rüya Gibi Öyküler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256247192</t>
+          <t>9786258272239</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Gözlerinde Gerçek Yaşamlar</t>
+          <t>Soğuk Kan</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256877948</t>
+          <t>9786258272260</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>M.L.T Yöntemi İle Müzik Eğitimi Ve Keman Öğretimine Uyarlanması</t>
+          <t>Lacivert- Mavi Siyah Şiirler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256877986</t>
+          <t>9786258272017</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kadın: Ben Afife</t>
+          <t>Gizli Kütüphane</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256247161</t>
+          <t>9786258407952</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bay Sonsuz</t>
+          <t>Tarla Faresi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>270</v>
+        <v>65</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256247178</t>
+          <t>9786258407587</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kırık Düşler ve Umut</t>
+          <t>Son Yazgı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256247109</t>
+          <t>9786057390547</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alelade Bir Kayıp</t>
+          <t>Hayatımdaki Sayfalar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>290</v>
+        <v>60</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256247123</t>
+          <t>9786057390516</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Mısra Bin Sır</t>
+          <t>Tokalı Kaya</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>270</v>
+        <v>28</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256247116</t>
+          <t>9786258407235</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Sarmalı</t>
+          <t>Deliler Koğuşu 1</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>35</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256247024</t>
+          <t>9786258407037</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dünlerimden Mektuplar</t>
+          <t>Annem’den Sonra</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>50</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057390509</t>
+          <t>9786057119674</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Uçurumdakiler</t>
+          <t>Aşkın Acı Hali</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>360</v>
+        <v>60</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256247031</t>
+          <t>9786057101020</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>TYK ile Diksiyon</t>
+          <t>Bir Şiir Lütfeyle</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>210</v>
+        <v>26</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256247062</t>
+          <t>9786057390561</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İçerden Aynalar</t>
+          <t>Kazanmak İçin Kaybettim</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>270</v>
+        <v>26</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057407153</t>
+          <t>9786256247086</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yokuş</t>
+          <t>Kahverengi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256877863</t>
+          <t>9786258407372</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Firavun’un Hazinesi</t>
+          <t>Zindan</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256877207</t>
+          <t>9786256247246</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Suçsuz</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256877788</t>
+          <t>9786258407204</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İntikam: Yarım Kalan Hayaller</t>
+          <t>Işık Doğudan Yükselir</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256877924</t>
+          <t>9786256247451</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Elytra</t>
+          <t>Babamın Çocukları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256877894</t>
+          <t>9786256247437</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tanıdık Değil Bu Yüz</t>
+          <t>Okzo Hikayeleri 2: Ejderyutan</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256877047</t>
+          <t>9786256247055</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşın</t>
+          <t>Anka Kuşu ve Lidya’nın Gözyaşları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256877818</t>
+          <t>9786057101051</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Saye</t>
+          <t>Diaboli: Gün Işığı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786258407723</t>
+          <t>9786258407129</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Status Quo</t>
+          <t>Hayatın İçinden</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786258407693</t>
+          <t>9786256247376</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Denemelerim</t>
+          <t>Kimsesiz Mavi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786258407051</t>
+          <t>9786256247291</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mısralara Sesleniş</t>
+          <t>Bir Delinin İçinden Geldiği Gibi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258407488</t>
+          <t>9786256247338</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ben Seni Çok Bekledim</t>
+          <t>İyiliğe Övgü</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786258407174</t>
+          <t>9786256877832</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zilal</t>
+          <t>Dostluk Kulübü</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057407115</t>
+          <t>9786057101006</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne</t>
+          <t>Yaşam Manzumesi I</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786258407242</t>
+          <t>9786256247314</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nara</t>
+          <t>Sirius</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057119667</t>
+          <t>9786256877306</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nevvah</t>
+          <t>Kara Koyun</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256877849</t>
+          <t>9786256877979</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mancının Günlüğü</t>
+          <t>Sessiz Harfler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256877856</t>
+          <t>9786256877733</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Haykırış Fısıltısı</t>
+          <t>Son Kafes</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256877740</t>
+          <t>9786057119605</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Denizin Kıyısında Engel-siz</t>
+          <t>Sonsuzdan Bir Öncesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256877726</t>
+          <t>9786256247154</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bazen Hayat</t>
+          <t>Dantelli Piyano</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256877603</t>
+          <t>9786256247192</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Umutlar</t>
+          <t>Hayatın Gözlerinde Gerçek Yaşamlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256877689</t>
+          <t>9786256877948</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hüzünler</t>
+          <t>M.L.T Yöntemi İle Müzik Eğitimi Ve Keman Öğretimine Uyarlanması</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256877610</t>
+          <t>9786256877986</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Ruhu</t>
+          <t>Kadın: Ben Afife</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256877672</t>
+          <t>9786256247161</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İçimde Uhde Kalan</t>
+          <t>Bay Sonsuz</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256877436</t>
+          <t>9786256247178</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tan: Altın Masa</t>
+          <t>Kırık Düşler ve Umut</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256877481</t>
+          <t>9786256247109</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz</t>
+          <t>Alelade Bir Kayıp</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256877634</t>
+          <t>9786256247123</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Zindandaki Kelebek</t>
+          <t>Bir Mısra Bin Sır</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256877467</t>
+          <t>9786256247116</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sıdıka ile Eftelya</t>
+          <t>Yaşam Sarmalı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>110</v>
+        <v>210</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256877580</t>
+          <t>9786256247024</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nun Kader Oyunu</t>
+          <t>En Güzel Dünlerimden Mektuplar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256877504</t>
+          <t>9786057390509</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kuran'ın Özeti Kuran Notlarım</t>
+          <t>Uçurumdakiler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256877351</t>
+          <t>9786256247031</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çınarın Gölgesi</t>
+          <t>TYK ile Diksiyon</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256877535</t>
+          <t>9786256247062</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Cariye’m</t>
+          <t>İçerden Aynalar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256877542</t>
+          <t>9786057407153</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kulplu Bardak</t>
+          <t>Yokuş</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256877368</t>
+          <t>9786256877863</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ölü Bedenler Kayıp Ruhlar</t>
+          <t>Firavun’un Hazinesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256877412</t>
+          <t>9786256877207</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Alemin Yeni Üyesi</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256877429</t>
+          <t>9786256877788</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kıyılmışların Gemisi</t>
+          <t>İntikam: Yarım Kalan Hayaller</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256877405</t>
+          <t>9786256877924</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Psikolojik Bir Bakış: Türkiye, Yunanistan, AB ve Suriyeli Sığınmacılar</t>
+          <t>Elytra</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256877375</t>
+          <t>9786256877894</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Bir Sen Kaldın Gözlerimde</t>
+          <t>Tanıdık Değil Bu Yüz</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256877382</t>
+          <t>9786256877047</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gönül</t>
+          <t>Yol Arkadaşın</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256877399</t>
+          <t>9786256877818</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Son Akşam Yemeği</t>
+          <t>Saye</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256877252</t>
+          <t>9786258407723</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gibi</t>
+          <t>Status Quo</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256877245</t>
+          <t>9786258407693</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Siber Dünya Baskın</t>
+          <t>Denemelerim</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256877214</t>
+          <t>9786258407051</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Tamu Hakimiyet I</t>
+          <t>Mısralara Sesleniş</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256877177</t>
+          <t>9786258407488</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Tan</t>
+          <t>Ben Seni Çok Bekledim</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258272963</t>
+          <t>9786258407174</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Afra</t>
+          <t>Zilal</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258272888</t>
+          <t>9786057407115</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>II. Abdülhamit Kuşku ve Şüphe</t>
+          <t>Dünden Bugüne</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258272932</t>
+          <t>9786258407242</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Akıl Hastalarının Dostluğu</t>
+          <t>Nara</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256877191</t>
+          <t>9786057119667</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Sesi</t>
+          <t>Nevvah</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258272925</t>
+          <t>9786256877849</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Umay: Başlangıç</t>
+          <t>Mancının Günlüğü</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256877160</t>
+          <t>9786256877856</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Haykırış Fısıltısı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256877122</t>
+          <t>9786256877740</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Zencefilli Masallar</t>
+          <t>Denizin Kıyısında Engel-siz</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256877078</t>
+          <t>9786256877726</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Bazen Hayat</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258272642</t>
+          <t>9786256877603</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Salgın Aşk ve Mücadele</t>
+          <t>Umutlar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258272444</t>
+          <t>9786256877689</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Zühre Yıldızı</t>
+          <t>Hüzünler</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>95</v>
+        <v>135</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256877030</t>
+          <t>9786256877610</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Kokulu Yağmurlar</t>
+          <t>Zamanın Ruhu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258272819</t>
+          <t>9786256877672</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hislerin Çarpışması</t>
+          <t>İçimde Uhde Kalan</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256877009</t>
+          <t>9786256877436</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kocakarı Değil Karıkoca Olmak</t>
+          <t>Tan: Altın Masa</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258272987</t>
+          <t>9786256877481</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Otobüs Yolcuları Hikayeleri</t>
+          <t>Dilsiz</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258272901</t>
+          <t>9786256877634</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Dalarken</t>
+          <t>Zindandaki Kelebek</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>105</v>
+        <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258272864</t>
+          <t>9786256877467</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Buğday ve Himmet</t>
+          <t>Sıdıka ile Eftelya</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>85</v>
+        <v>110</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258272895</t>
+          <t>9786256877580</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Zifirianka</t>
+          <t>Osmanlı İmparatorluğu'nun Kader Oyunu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>85</v>
+        <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258272796</t>
+          <t>9786256877504</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Urgan</t>
+          <t>Kuran'ın Özeti Kuran Notlarım</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258407334</t>
+          <t>9786256877351</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>14 Gün</t>
+          <t>Çınarın Gölgesi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>95</v>
+        <v>210</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258272055</t>
+          <t>9786256877535</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>7 Mühür İç Savaş</t>
+          <t>Cariye’m</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>340</v>
+        <v>175</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258272673</t>
+          <t>9786256877542</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Vagonlara Sıkışmış Hayaller</t>
+          <t>Kırık Kulplu Bardak</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>105</v>
+        <v>130</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786255886255</t>
+          <t>9786256877368</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İris</t>
+          <t>Ölü Bedenler Kayıp Ruhlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258272437</t>
+          <t>9786256877412</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kırıntılar</t>
+          <t>Alemin Yeni Üyesi</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>105</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258272291</t>
+          <t>9786256877429</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dut Ağacı</t>
+          <t>Kıyılmışların Gemisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>105</v>
+        <v>140</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057119643</t>
+          <t>9786256877405</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bahçe Evi</t>
+          <t>Siyasi ve Psikolojik Bir Bakış: Türkiye, Yunanistan, AB ve Suriyeli Sığınmacılar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>105</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258272123</t>
+          <t>9786256877375</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kim Başka</t>
+          <t>Şimdi Bir Sen Kaldın Gözlerimde</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258272079</t>
+          <t>9786256877382</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kör Noktası</t>
+          <t>Kayıp Gönül</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258272116</t>
+          <t>9786256877399</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Maske</t>
+          <t>Son Akşam Yemeği</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258407983</t>
+          <t>9786256877252</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hayata Tutunmak</t>
+          <t>Gibi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>85</v>
+        <v>105</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258407990</t>
+          <t>9786256877245</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Sende Var Olacağım</t>
+          <t>Siber Dünya Baskın</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258407013</t>
+          <t>9786256877214</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Eksik Harfler</t>
+          <t>Tamu Hakimiyet I</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>75</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258407860</t>
+          <t>9786256877177</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Düş</t>
+          <t>Tan</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258407785</t>
+          <t>9786258272963</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Yakmak</t>
+          <t>Afra</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258407778</t>
+          <t>9786258272888</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Adı: Müjgan</t>
+          <t>II. Abdülhamit Kuşku ve Şüphe</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>65</v>
+        <v>177</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258407730</t>
+          <t>9786258272932</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yusuf'un Kaderi</t>
+          <t>Akıl Hastalarının Dostluğu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258407426</t>
+          <t>9786256877191</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Asıl Vazgeçersen Kaybedersin</t>
+          <t>Sessizliğin Sesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258407433</t>
+          <t>9786258272925</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tuna Nehri Biliyordu</t>
+          <t>Umay: Başlangıç</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258407532</t>
+          <t>9786256877160</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Reva</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258407495</t>
+          <t>9786256877122</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak</t>
+          <t>Zencefilli Masallar</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258407464</t>
+          <t>9786256877078</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Beni Susma</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258407167</t>
+          <t>9786258272642</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gaz Lambasına Sıkışmış Anılar</t>
+          <t>Salgın Aşk ve Mücadele</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258407006</t>
+          <t>9786258272444</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Eylül’ü</t>
+          <t>Zühre Yıldızı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>170</v>
+        <v>95</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258407112</t>
+          <t>9786256877030</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yarına Bir Umut Var</t>
+          <t>Çiçek Kokulu Yağmurlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>160</v>
+        <v>95</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258407136</t>
+          <t>9786258272819</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Bordrolular</t>
+          <t>Hislerin Çarpışması</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258407099</t>
+          <t>9786256877009</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaşamı Yaşamış Olmak</t>
+          <t>Kocakarı Değil Karıkoca Olmak</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258407068</t>
+          <t>9786258272987</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Seyid</t>
+          <t>Otobüs Yolcuları Hikayeleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258407075</t>
+          <t>9786258272901</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Kadife Koltuk: Tekinsiz Öyküler ve Uğursuz Fısıltılar</t>
+          <t>Uykuya Dalarken</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>75</v>
+        <v>105</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057101044</t>
+          <t>9786258272864</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Jüjü - Bir Çiçeğin Hikayesi</t>
+          <t>Buğday ve Himmet</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057119698</t>
+          <t>9786258272895</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yüreğimdeki Kandil</t>
+          <t>Zifirianka</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>65</v>
+        <v>85</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057119636</t>
+          <t>9786258272796</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İşçilerin Köleliği 2</t>
+          <t>Urgan</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
+          <t>9786258407334</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>14 Gün</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786258272055</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>7 Mühür İç Savaş</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786258272673</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Vagonlara Sıkışmış Hayaller</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786255886255</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>İris</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786258272437</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Kırıntılar</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786258272291</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Dut Ağacı</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786057119643</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Bahçe Evi</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786258272123</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Kim Başka</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786258272079</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Kör Noktası</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786258272116</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Maske</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786258407983</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Tutunmak</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786258407990</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Sende Var Olacağım</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786258407013</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Eksik Harfler</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786258407860</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Düş</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786258407785</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Güneşi Yakmak</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786258407778</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Adı: Müjgan</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786258407730</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf'un Kaderi</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786258407426</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Asıl Vazgeçersen Kaybedersin</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786258407433</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Tuna Nehri Biliyordu</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786258407532</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Reva</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786258407495</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Çıkmaz Sokak</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786258407464</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Lütfen Beni Susma</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786258407167</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Gaz Lambasına Sıkışmış Anılar</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786258407006</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Eylül’ü</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786258407112</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Yarına Bir Umut Var</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786258407136</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Bordrolular</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786258407099</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yaşamı Yaşamış Olmak</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786258407068</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Seyid</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786258407075</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Kadife Koltuk: Tekinsiz Öyküler ve Uğursuz Fısıltılar</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786057101044</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Jüjü - Bir Çiçeğin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786057119698</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğimdeki Kandil</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786057119636</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>İşçilerin Köleliği 2</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
           <t>9786057101068</t>
         </is>
       </c>
-      <c r="B220" s="1" t="inlineStr">
+      <c r="B252" s="1" t="inlineStr">
         <is>
           <t>Umuda Yolculuk</t>
         </is>
       </c>
-      <c r="C220" s="1">
+      <c r="C252" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>