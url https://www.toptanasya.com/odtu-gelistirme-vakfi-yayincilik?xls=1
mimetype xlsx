--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -85,3400 +85,3430 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057744531</t>
+          <t>9786057744777</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yiyecek Anatomisi</t>
+          <t>The Forefront: Achieving Academic Success İn Speaking</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>485</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057744487</t>
+          <t>9786057744821</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Anatomisi</t>
+          <t>Teleskobumun Ucundaki Evren</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>485</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059856539</t>
+          <t>9786057744531</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 1. Seviye - Başlangıç</t>
+          <t>Yiyecek Anatomisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>228</v>
+        <v>485</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057744432</t>
+          <t>9786057744487</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şeylerin Tuhaf Düzeni</t>
+          <t>Okyanusun Anatomisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>298</v>
+        <v>485</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057744371</t>
+          <t>9786059856539</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Descartes’ın Yanılgısı</t>
+          <t>Okulda Satranç 1. Seviye - Başlangıç</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>310</v>
+        <v>228</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054362929</t>
+          <t>9786057744432</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ne İstiyorsun Sevgili Salyangoz?</t>
+          <t>Şeylerin Tuhaf Düzeni</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>42</v>
+        <v>298</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057744760</t>
+          <t>9786057744371</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 2. Sınıf ( 2 Kitap )</t>
+          <t>Descartes’ın Yanılgısı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>740</v>
+        <v>310</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057744425</t>
+          <t>9786054362929</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Vizyonlar</t>
+          <t>Ne İstiyorsun Sevgili Salyangoz?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>336</v>
+        <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059856720</t>
+          <t>9786057744760</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beyin Nasıl Çalışır? (Ciltli)</t>
+          <t>Matematik Gezegeni 2. Sınıf ( 2 Kitap )</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>418</v>
+        <v>740</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059856409</t>
+          <t>9786057744425</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama</t>
+          <t>Vizyonlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>336</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059856072</t>
+          <t>9786059856720</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Tatil Gezegeni - 2. Sınıf Tüm Dersler</t>
+          <t>Beyin Nasıl Çalışır? (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>185</v>
+        <v>418</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054362950</t>
+          <t>9786059856409</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Renkli Dilekler Uçurtması</t>
+          <t>Çocuklar İçin Kodlama</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789944344982</t>
+          <t>9786059856072</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Top</t>
+          <t>Tatil Gezegeni - 2. Sınıf Tüm Dersler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057744272</t>
+          <t>9786054362950</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nanobilim ve Nanoteknoloji</t>
+          <t>Renkli Dilekler Uçurtması</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>226</v>
+        <v>120</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9780000000012</t>
+          <t>9789944344982</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Reader At Work 1-2, More To Read 1-2 (4'lü Set)</t>
+          <t>Kırmızı Top</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2789788610981</t>
+          <t>9786057744272</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Öykü Kitapları Seti 1 (10 Kitap)</t>
+          <t>Nanobilim ve Nanoteknoloji</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>1200</v>
+        <v>226</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059856089</t>
+          <t>9780000000012</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tatil Gezegeni - 3. Sınıf Tüm Dersler</t>
+          <t>Reader At Work 1-2, More To Read 1-2 (4'lü Set)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>185</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059856096</t>
+          <t>2789788610981</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tatil Gezegeni - 4. Sınıf Tüm Dersler</t>
+          <t>Çocuklar İçin Öykü Kitapları Seti 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>185</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059856874</t>
+          <t>9786059856089</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Anton ve Büyük Kapışma</t>
+          <t>Tatil Gezegeni - 3. Sınıf Tüm Dersler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054362905</t>
+          <t>9786059856096</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Fil, Kelebek ve Kuş</t>
+          <t>Tatil Gezegeni - 4. Sınıf Tüm Dersler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059856461</t>
+          <t>9786059856874</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>13 Yaşına Gelmeden Yaşanacak 50 Macera İçin Kılavuz (Ciltli)</t>
+          <t>Anton ve Büyük Kapışma</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059856553</t>
+          <t>9786054362905</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 3. Seviye - Uygulama</t>
+          <t>Fil, Kelebek ve Kuş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>228</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057744340</t>
+          <t>9786059856461</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Uzay - Şampiyon Kartlarım</t>
+          <t>13 Yaşına Gelmeden Yaşanacak 50 Macera İçin Kılavuz (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>238</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057744296</t>
+          <t>9786059856553</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Koruma Altındaki Hayvanlar - Şampiyon Kartlarım</t>
+          <t>Okulda Satranç 3. Seviye - Uygulama</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>238</v>
+        <v>228</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059856799</t>
+          <t>9786057744340</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Spinoza’yı Ararken</t>
+          <t>Uzay - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>238</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057744319</t>
+          <t>9786057744296</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Fırtınası</t>
+          <t>Koruma Altındaki Hayvanlar - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>206</v>
+        <v>238</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057744036</t>
+          <t>9786059856799</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 5. Sınıf Kazanımlı Soru Bankası</t>
+          <t>Spinoza’yı Ararken</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059856775</t>
+          <t>9786057744319</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Satranç</t>
+          <t>Ahtapot Fırtınası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>206</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059856928</t>
+          <t>9786057744036</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Anton ve Yapraklar</t>
+          <t>Matematik Gezegeni 5. Sınıf Kazanımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>2789788610979</t>
+          <t>9786059856775</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim Seti (10 Kitap Takım)</t>
+          <t>Örneklerle Satranç</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1955</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054362394</t>
+          <t>9786059856928</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Yaşam ve Dünya</t>
+          <t>Anton ve Yapraklar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054362172</t>
+          <t>2789788610979</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Reinforced Concrete</t>
+          <t>Benim Küçük Deneylerim Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>996</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057744326</t>
+          <t>9786054362394</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hiperuzay</t>
+          <t>Benim Küçük Deneylerim - Yaşam ve Dünya</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>308</v>
+        <v>195</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057744746</t>
+          <t>9786054362172</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Üstünlüğü</t>
+          <t>Reinforced Concrete</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>996</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057744753</t>
+          <t>9786057744326</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Arabalar Mıyız? 15 Soru Serisi</t>
+          <t>Hiperuzay</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057744708</t>
+          <t>9786057744746</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynayan Fil</t>
+          <t>Kuantum Üstünlüğü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057744715</t>
+          <t>9786057744753</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Saçlı Çocuk</t>
+          <t>Mükemmel Arabalar Mıyız? 15 Soru Serisi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>120</v>
+        <v>305</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057744739</t>
+          <t>9786057744708</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Dokumacı Amca</t>
+          <t>Saklambaç Oynayan Fil</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057744722</t>
+          <t>9786057744715</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kâğıttan Hayvanat Bahçesi</t>
+          <t>Kıvırcık Saçlı Çocuk</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789759870041</t>
+          <t>9786057744739</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yes Box İngilizce Seti - 1</t>
+          <t>Dokumacı Amca</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>4800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057744685</t>
+          <t>9786057744722</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Olan Biteni Hissetmek</t>
+          <t>Kâğıttan Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>378</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057744593</t>
+          <t>9789759870041</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 4. Sınıf ( 2 Kitap )</t>
+          <t>Yes Box İngilizce Seti - 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>740</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059856546</t>
+          <t>9786057744685</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 2. Seviye - Gelişim</t>
+          <t>Olan Biteni Hissetmek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>228</v>
+        <v>378</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057744661</t>
+          <t>9786057744593</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>15 Soru Serisi - Dünyanın Keyfi Yerinde Mi?</t>
+          <t>Matematik Gezegeni 4. Sınıf ( 2 Kitap )</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>305</v>
+        <v>740</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057744654</t>
+          <t>9786059856546</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>15 Soru Serisi - Hepimiz Robot Mu Olacağız?</t>
+          <t>Okulda Satranç 2. Seviye - Gelişim</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>305</v>
+        <v>228</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057744647</t>
+          <t>9786057744661</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik Yönetimi</t>
+          <t>15 Soru Serisi - Dünyanın Keyfi Yerinde Mi?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>298</v>
+        <v>305</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057744630</t>
+          <t>9786057744654</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Atalarımızdan Dersler</t>
+          <t>15 Soru Serisi - Hepimiz Robot Mu Olacağız?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>305</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057744449</t>
+          <t>9786057744647</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Denklemi</t>
+          <t>Siber Güvenlik Yönetimi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>298</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057744609</t>
+          <t>9786057744630</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 3. Sınıf ( 2 Kitap )</t>
+          <t>Atalarımızdan Dersler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>740</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057744623</t>
+          <t>9786057744449</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 1. Sınıf ( 2 Kitap )</t>
+          <t>Tanrı Denklemi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>740</v>
+        <v>240</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057744418</t>
+          <t>9786057744609</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Hesaplama Kuramı</t>
+          <t>Matematik Gezegeni 3. Sınıf ( 2 Kitap )</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>740</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057744494</t>
+          <t>9786057744623</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe</t>
+          <t>Matematik Gezegeni 1. Sınıf ( 2 Kitap )</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>348</v>
+        <v>740</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059856812</t>
+          <t>9786057744418</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciden Öğrenmek</t>
+          <t>Kuantum Hesaplama Kuramı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>148</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059856379</t>
+          <t>9786057744494</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Gezegeni 3. Sınıf Defterim</t>
+          <t>Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>225</v>
+        <v>348</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059856348</t>
+          <t>9786059856812</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Türkçe Gezegeni Defterim</t>
+          <t>Öğrenciden Öğrenmek</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>225</v>
+        <v>148</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059856065</t>
+          <t>9786059856379</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tatil Gezegeni - 1. Sınıf Tüm Dersler</t>
+          <t>Türkçe Gezegeni 3. Sınıf Defterim</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057744579</t>
+          <t>9786059856348</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Deneyim ve Eğitim</t>
+          <t>2. Sınıf Türkçe Gezegeni Defterim</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057744586</t>
+          <t>9786059856065</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mühendislikte Meslek Ahlakı</t>
+          <t>Tatil Gezegeni - 1. Sınıf Tüm Dersler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057744562</t>
+          <t>9786057744579</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Anatomisi</t>
+          <t>Deneyim ve Eğitim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>485</v>
+        <v>185</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057744555</t>
+          <t>9786057744586</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bir Şampiyon Olmanı Sağlayacak 50 Zorlu Görev İçin Kılavuz</t>
+          <t>Mühendislikte Meslek Ahlakı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057744548</t>
+          <t>9786057744562</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>13 Yaşına Gelmeden Tatilde Yaşanacak 50 Macera İçin Kılavuz</t>
+          <t>Çiftlik Anatomisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>485</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057744500</t>
+          <t>9786057744555</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hissetmek ve Bilmek</t>
+          <t>Bir Şampiyon Olmanı Sağlayacak 50 Zorlu Görev İçin Kılavuz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057744517</t>
+          <t>9786057744548</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>15 Soru Serisi - Bugün Şimdiden Dün Müdür?</t>
+          <t>13 Yaşına Gelmeden Tatilde Yaşanacak 50 Macera İçin Kılavuz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>305</v>
+        <v>400</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057744524</t>
+          <t>9786057744500</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>15 Soru Serisi - Ağaçlar Konuşur Mu?</t>
+          <t>Hissetmek ve Bilmek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>305</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057744470</t>
+          <t>9786057744517</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Beyin Nasıl Çalışır? - 15 Soru Serisi</t>
+          <t>15 Soru Serisi - Bugün Şimdiden Dün Müdür?</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057744463</t>
+          <t>9786057744524</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Para Ne İçindir? - 15 Soru Serisi</t>
+          <t>15 Soru Serisi - Ağaçlar Konuşur Mu?</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057744456</t>
+          <t>9786057744470</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ömer Yağız’ın Gözünden ODTÜ (Ciltli)</t>
+          <t>Beyin Nasıl Çalışır? - 15 Soru Serisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>305</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057744388</t>
+          <t>9786057744463</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu - Şampiyon Kartlarım</t>
+          <t>Para Ne İçindir? - 15 Soru Serisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>238</v>
+        <v>305</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057744395</t>
+          <t>9786057744456</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Su - Şampiyon Kartlarım</t>
+          <t>Ömer Yağız’ın Gözünden ODTÜ (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>238</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057744401</t>
+          <t>9786057744388</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi İnsanları - Şampiyon Kartlarım</t>
+          <t>İnsan Vücudu - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057744197</t>
+          <t>9786057744395</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım - Doğum Günü</t>
+          <t>Su - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>140</v>
+        <v>238</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057744203</t>
+          <t>9786057744401</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İlk Sihirli Boyamalarım - Kış</t>
+          <t>Tarih Öncesi İnsanları - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>238</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057744173</t>
+          <t>9786057744197</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım - Ev</t>
+          <t>İlk Boyamalarım - Doğum Günü</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>2789788610983</t>
+          <t>9786057744203</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Pikolo İle Felsefe Öğreniyorum (9 Kitap Set)</t>
+          <t>İlk Sihirli Boyamalarım - Kış</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1620</v>
+        <v>140</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>2789788613294</t>
+          <t>9786057744173</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Öykülerle Bilim - Fizi K (5 Kitap Takım)</t>
+          <t>İlk Boyamalarım - Ev</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059856652</t>
+          <t>2789788610983</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Satranç</t>
+          <t>Pikolo İle Felsefe Öğreniyorum (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>450</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057744364</t>
+          <t>2789788613294</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları - Şampiyon Kartlarım</t>
+          <t>Çocuklar İçin Öykülerle Bilim - Fizi K (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>238</v>
+        <v>900</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057744357</t>
+          <t>9786059856652</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hava - Şampiyon Kartlarım</t>
+          <t>Oyunlarla Satranç</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>238</v>
+        <v>450</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057744333</t>
+          <t>9786057744364</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mars 36 Cep Atlas</t>
+          <t>Çiftlik Hayvanları - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>148</v>
+        <v>238</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057744265</t>
+          <t>9786057744357</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sayı Duyusu</t>
+          <t>Hava - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>188</v>
+        <v>238</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057744302</t>
+          <t>9786057744333</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Beton Karıştırıcısı Olmak</t>
+          <t>Mars 36 Cep Atlas</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>118</v>
+        <v>148</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057744241</t>
+          <t>9786057744265</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı Sonrasında Türkiye'de Mimarlık - Sanat Diyaloğu</t>
+          <t>Sayı Duyusu</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>148</v>
+        <v>188</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786058058187</t>
+          <t>9786057744302</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Seslerle Oynadığım Oyun</t>
+          <t>Hayalim Beton Karıştırıcısı Olmak</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>118</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057744012</t>
+          <t>9786057744241</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşağı Bir Yukarı</t>
+          <t>2. Dünya Savaşı Sonrasında Türkiye'de Mimarlık - Sanat Diyaloğu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>148</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058058149</t>
+          <t>9786058058187</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Kuş</t>
+          <t>Seslerle Oynadığım Oyun</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786058058170</t>
+          <t>9786057744012</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Bir Aşağı Bir Yukarı</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058058125</t>
+          <t>9786058058149</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pantolon ve Mor Tişört</t>
+          <t>Şaşkın Kuş</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058058194</t>
+          <t>9786058058170</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057744289</t>
+          <t>9786058058125</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Şampiyon Kartlarım</t>
+          <t>Yeşil Pantolon ve Mor Tişört</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>238</v>
+        <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057744128</t>
+          <t>9786058058194</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Farklılıkları Yönetme Kültürü: Göç Yönetimi Alanı ve Türkiye’ye Göç Eden Suriyeliler</t>
+          <t>Senin İçin</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>148</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057744111</t>
+          <t>9786057744289</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlarda Annelik</t>
+          <t>Dinozorlar - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>148</v>
+        <v>238</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057744135</t>
+          <t>9786057744128</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik Verilerin Işığında Ortaçağ Komana’sı: Çok Disiplinli Bir Yaklaşım</t>
+          <t>Farklılıkları Yönetme Kültürü: Göç Yönetimi Alanı ve Türkiye’ye Göç Eden Suriyeliler</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057744005</t>
+          <t>9786057744111</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek</t>
+          <t>Zor Zamanlarda Annelik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>120</v>
+        <v>148</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057744227</t>
+          <t>9786057744135</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ülkeleri - Şampiyon Kartlarım</t>
+          <t>Arkeolojik Verilerin Işığında Ortaçağ Komana’sı: Çok Disiplinli Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>238</v>
+        <v>148</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057744210</t>
+          <t>9786057744005</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Anıtlar - Şampiyon Kartlarım</t>
+          <t>Bir Dilek</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>238</v>
+        <v>120</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059856935</t>
+          <t>9786057744227</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Dünya Ülkeleri - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>350</v>
+        <v>238</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059856829</t>
+          <t>9786057744210</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 4. Sınıf (3 Kitap Takım)</t>
+          <t>Dünyadaki Anıtlar - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058058118</t>
+          <t>9786059856935</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 1. Sınıf (3 Kitap Takım)</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057744098</t>
+          <t>9786059856829</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Vakıflar ve Yükseköğretim</t>
+          <t>Matematik Gezegeni 4. Sınıf (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>148</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058058156</t>
+          <t>9786058058118</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Anne ile Yeşil Baba</t>
+          <t>Matematik Gezegeni 1. Sınıf (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058058132</t>
+          <t>9786057744098</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Uyku Vakti</t>
+          <t>Vakıflar ve Yükseköğretim</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>148</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>2789788616984</t>
+          <t>9786058058156</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ödüllü Öykü Kitapları - Elma Ağacı Serisi (10 Kitap)</t>
+          <t>Kırmızı Anne ile Yeşil Baba</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057744258</t>
+          <t>9786058058132</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zihindeki Benlik</t>
+          <t>Uyku Vakti</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>310</v>
+        <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057744029</t>
+          <t>2789788616984</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Geleceği</t>
+          <t>Çocuklar İçin Ödüllü Öykü Kitapları - Elma Ağacı Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>310</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754294019</t>
+          <t>9786057744258</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>More To Read 2</t>
+          <t>Zihindeki Benlik</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>478</v>
+        <v>310</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754294002</t>
+          <t>9786057744029</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>More To Read 1</t>
+          <t>İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>468</v>
+        <v>310</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057744104</t>
+          <t>9789754294019</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Topoloji</t>
+          <t>More To Read 2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>364</v>
+        <v>478</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059856027</t>
+          <t>9789754294002</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Yaratıcı Fikirler</t>
+          <t>More To Read 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>195</v>
+        <v>468</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059856850</t>
+          <t>9786057744104</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ülkesine Yolculuk</t>
+          <t>Topoloji</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>110</v>
+        <v>364</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059856966</t>
+          <t>9786059856027</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Tarihi</t>
+          <t>Benim Küçük Deneylerim - Yaratıcı Fikirler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059856867</t>
+          <t>9786059856850</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Paralel Dünyalar</t>
+          <t>Satranç Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>308</v>
+        <v>110</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059856683</t>
+          <t>9786059856966</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Boyamalarla Satranç</t>
+          <t>Çocuklar İçin Dünya Tarihi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059856690</t>
+          <t>9786059856867</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Satranç</t>
+          <t>Paralel Dünyalar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>330</v>
+        <v>308</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754293982</t>
+          <t>9786059856683</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Reader at Work 1</t>
+          <t>Boyamalarla Satranç</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>247</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>2789788610980</t>
+          <t>9786059856690</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Söyle Bana Neden? (10 Kitap Takım)</t>
+          <t>Masallarla Satranç</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1965</v>
+        <v>330</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059856058</t>
+          <t>9789754293982</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bozkırı Yeşertenler 2</t>
+          <t>Reader at Work 1</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>247</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055164867</t>
+          <t>2789788610980</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Symbolic Logic Manual</t>
+          <t>Söyle Bana Neden? (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>140</v>
+        <v>1965</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059856737</t>
+          <t>9786059856058</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satrançta Taş Alışverişi</t>
+          <t>Bozkırı Yeşertenler 2</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>162</v>
+        <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059856805</t>
+          <t>9786055164867</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Matbu Mimarlıklar</t>
+          <t>Symbolic Logic Manual</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>148</v>
+        <v>140</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059856980</t>
+          <t>9786059856737</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ay’dan Düşen Öyküler</t>
+          <t>Çocuklar İçin Satrançta Taş Alışverişi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>94</v>
+        <v>162</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059856232</t>
+          <t>9786059856805</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Erken Yirminci Yüzyılda Eviçi Mekan Üretimi ve Parisli Avangart Kadınlar</t>
+          <t>Matbu Mimarlıklar</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059856256</t>
+          <t>9786059856980</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Devrim'den Günümüze İran'ın ABD Politikası</t>
+          <t>Ay’dan Düşen Öyküler</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>148</v>
+        <v>94</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059856515</t>
+          <t>9786059856232</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Language, Logic, and Empirical Knowledge - Collected Papers</t>
+          <t>Erken Yirminci Yüzyılda Eviçi Mekan Üretimi ve Parisli Avangart Kadınlar</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>148</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059856751</t>
+          <t>9786059856256</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balina</t>
+          <t>Devrim'den Günümüze İran'ın ABD Politikası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>148</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059856744</t>
+          <t>9786059856515</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı</t>
+          <t>Language, Logic, and Empirical Knowledge - Collected Papers</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>148</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059856522</t>
+          <t>9786059856751</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Anatomisi</t>
+          <t>Mavi Balina</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>485</v>
+        <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059856577</t>
+          <t>9786059856744</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 5. Seviye-Ustalaşma</t>
+          <t>Kutup Ayısı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>228</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059856560</t>
+          <t>9786059856522</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 4. Seviye-Değişim</t>
+          <t>Doğanın Anatomisi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>228</v>
+        <v>485</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059856973</t>
+          <t>9786059856577</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Akıllı Cihaz Tasarımı</t>
+          <t>Okulda Satranç 5. Seviye-Ustalaşma</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>228</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059856959</t>
+          <t>9786059856560</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirebilecek 50 Küçük Devrim İçin Kılavuz (Ciltli)</t>
+          <t>Okulda Satranç 4. Seviye-Değişim</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>400</v>
+        <v>228</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059856911</t>
+          <t>9786059856973</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Anton ve Yılbaşı Hediyesi</t>
+          <t>Çocuklar İçin Akıllı Cihaz Tasarımı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059856126</t>
+          <t>9786059856959</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>Dünyayı Değiştirebilecek 50 Küçük Devrim İçin Kılavuz (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059856157</t>
+          <t>9786059856911</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yanardağlar</t>
+          <t>Anton ve Yılbaşı Hediyesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059856140</t>
+          <t>9786059856126</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım Araçları</t>
+          <t>Bitkiler</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059856133</t>
+          <t>9786059856157</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Eski Büyük Uygarlıklar</t>
+          <t>Yanardağlar</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055164430</t>
+          <t>9786059856140</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Ahh! Hasta Oldum!</t>
+          <t>Ulaşım Araçları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055164447</t>
+          <t>9786059856133</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Bergamot Uyuyor Mu?</t>
+          <t>Eski Büyük Uygarlıklar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055164478</t>
+          <t>9786055164430</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Ben Artık Büyüdüm!</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Ahh! Hasta Oldum!</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055164461</t>
+          <t>9786055164447</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Bana Kırmızı Motor Al!</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Bergamot Uyuyor Mu?</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055164454</t>
+          <t>9786055164478</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Hayır, Ben Yapmadım!</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Ben Artık Büyüdüm!</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059856119</t>
+          <t>9786055164461</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Geleceği</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Bana Kırmızı Motor Al!</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>308</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055164928</t>
+          <t>9786055164454</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Hayalet Elektron</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Hayır, Ben Yapmadım!</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789757064442</t>
+          <t>9786059856119</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Temel Anatomi</t>
+          <t>Zihnin Geleceği</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>998</v>
+        <v>308</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786054362455</t>
+          <t>9786055164928</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi İnsanları - Söyle Bana Neden?</t>
+          <t>Fizi K ve Hayalet Elektron</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944344647</t>
+          <t>9789757064442</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şifresi Çözülmüş Bir Yaşam</t>
+          <t>Temel Anatomi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>148</v>
+        <v>998</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059856010</t>
+          <t>9786054362455</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Bahçıvanlık</t>
+          <t>Tarih Öncesi İnsanları - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055164997</t>
+          <t>9789944344647</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Denizler ve Okyanuslar - Söyle Bana Neden?</t>
+          <t>Şifresi Çözülmüş Bir Yaşam</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>195</v>
+        <v>148</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059856003</t>
+          <t>9786059856010</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Su - Söyle Bana Neden?</t>
+          <t>Benim Küçük Deneylerim - Bahçıvanlık</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055164904</t>
+          <t>9786055164997</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Gizemli Taş</t>
+          <t>Denizler ve Okyanuslar - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055164942</t>
+          <t>9786059856003</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Yenilenebilir Enerji</t>
+          <t>Su - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055164935</t>
+          <t>9786055164904</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Bayan Lokomotif</t>
+          <t>Fizi K ve Gizemli Taş</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055164911</t>
+          <t>9786055164942</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Aynanın Sırrı</t>
+          <t>Fizi K ve Yenilenebilir Enerji</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059856584</t>
+          <t>9786055164935</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bir Kediden Mektuplar</t>
+          <t>Fizi K ve Bayan Lokomotif</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>114</v>
+        <v>180</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054362011</t>
+          <t>9786055164911</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Seniniz</t>
+          <t>Fizi K ve Aynanın Sırrı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054362448</t>
+          <t>9786059856584</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hava - Söyle Bana Neden?</t>
+          <t>Bir Kediden Mektuplar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>195</v>
+        <v>114</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054362424</t>
+          <t>9786054362011</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Plastik Sanatlar</t>
+          <t>Hepimiz Seniniz</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054362417</t>
+          <t>9786054362448</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Mekanik</t>
+          <t>Hava - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054362387</t>
+          <t>9786054362424</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Çevre</t>
+          <t>Benim Küçük Deneylerim - Plastik Sanatlar</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055164195</t>
+          <t>9786054362417</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Scratch ile Programlamayı Öğreniyorum</t>
+          <t>Benim Küçük Deneylerim - Mekanik</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055164126</t>
+          <t>9786054362387</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Adayının İç Dünyası</t>
+          <t>Benim Küçük Deneylerim - Çevre</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>148</v>
+        <v>195</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789944344128</t>
+          <t>9786055164195</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bunlar Masal Değil 1</t>
+          <t>Scratch ile Programlamayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>78</v>
+        <v>260</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944344654</t>
+          <t>9786055164126</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Terimleri Sözlüğü</t>
+          <t>Öğretmen Adayının İç Dünyası</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>202</v>
+        <v>148</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944344241</t>
+          <t>9789944344128</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bağlayıcı Malzemelerin ve Betonun Onbin Yıllık Tarihi</t>
+          <t>Bunlar Masal Değil 1</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>282</v>
+        <v>78</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054362004</t>
+          <t>9789944344654</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldız ve Ben</t>
+          <t>Bankacılık Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>202</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055164720</t>
+          <t>9789944344241</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Olanaksızın Fiziği</t>
+          <t>Bağlayıcı Malzemelerin ve Betonun Onbin Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>296</v>
+        <v>282</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059856188</t>
+          <t>9786054362004</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Fiziği</t>
+          <t>Ay Yıldız ve Ben</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>336</v>
+        <v>120</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754293999</t>
+          <t>9786055164720</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Reader at Work 2</t>
+          <t>Olanaksızın Fiziği</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>330</v>
+        <v>296</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055164485</t>
+          <t>9786059856188</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Bu Adil Değil!</t>
+          <t>Geleceğin Fiziği</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>180</v>
+        <v>336</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055164492</t>
+          <t>9789754293999</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Pikolo İle Felsefe Öğreniyorum - Gerçek mi, Sahte mi?</t>
+          <t>Reader at Work 2</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789757064053</t>
+          <t>9786055164485</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Nöroanatomi</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Bu Adil Değil!</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059856201</t>
+          <t>9786055164492</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğretmenim 2</t>
+          <t>Pikolo İle Felsefe Öğreniyorum - Gerçek mi, Sahte mi?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059856195</t>
+          <t>9789757064053</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğretmenim 1</t>
+          <t>Fonksiyonel Nöroanatomi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059856041</t>
+          <t>9786059856201</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim: Nasıl Yaptılar?</t>
+          <t>Satranç Öğretmenim 2</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059856034</t>
+          <t>9786059856195</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim: Mutfak</t>
+          <t>Satranç Öğretmenim 1</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055164423</t>
+          <t>9786059856041</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - O Benim!</t>
+          <t>Benim Küçük Deneylerim: Nasıl Yaptılar?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055164270</t>
+          <t>9786059856034</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Konuş Benimle Küçük Kedi</t>
+          <t>Benim Küçük Deneylerim: Mutfak</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055164096</t>
+          <t>9786055164423</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Farklı Olan Değil Ayn(a) Olan Kazanır</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - O Benim!</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>148</v>
+        <v>180</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944344777</t>
+          <t>9786055164270</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Bir İhtilal Bir Devrim Bir Anayasa</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Konuş Benimle Küçük Kedi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789944344593</t>
+          <t>9786055164096</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırmacılığı Nasıl Uygulamalıyız?</t>
+          <t>Farklı Olan Değil Ayn(a) Olan Kazanır</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>250</v>
+        <v>148</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789757064374</t>
+          <t>9789944344777</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>www.dbe.off-line.readings1</t>
+          <t>27 Mayıs Bir İhtilal Bir Devrim Bir Anayasa</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>334</v>
+        <v>140</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054362431</t>
+          <t>9789944344593</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuz - Söyle Bana Neden?</t>
+          <t>Yapılandırmacılığı Nasıl Uygulamalıyız?</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789944344616</t>
+          <t>9789757064374</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Olabilmek</t>
+          <t>www.dbe.off-line.readings1</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>334</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944344685</t>
+          <t>9786054362431</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Üç Trilyon Dolarlık Savaş</t>
+          <t>Vücudumuz - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786054362059</t>
+          <t>9789944344616</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balık</t>
+          <t>Üniversite Olabilmek</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786054362660</t>
+          <t>9789944344685</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ormancılık Tarihi</t>
+          <t>Üç Trilyon Dolarlık Savaş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>256</v>
+        <v>140</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944344937</t>
+          <t>9786054362059</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyleyemeyen Cırcır Böceği</t>
+          <t>Uçan Balık</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944344173</t>
+          <t>9786054362660</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Spor Kuralları</t>
+          <t>Türkiye Ormancılık Tarihi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>75</v>
+        <v>256</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944344968</t>
+          <t>9789944344937</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Somurtkan Kaplumbağa</t>
+          <t>Şarkı Söyleyemeyen Cırcır Böceği</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944344449</t>
+          <t>9789944344173</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sık Karşılaşılan Spor Yaralanmaları ve İlk Müdahale</t>
+          <t>Spor Kuralları</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054362035</t>
+          <t>9789944344968</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Cüceler</t>
+          <t>Somurtkan Kaplumbağa</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944344517</t>
+          <t>9789944344449</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar</t>
+          <t>Sık Karşılaşılan Spor Yaralanmaları ve İlk Müdahale</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054362028</t>
+          <t>9786054362035</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalemler ve Ben</t>
+          <t>Sevimli Cüceler</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944344104</t>
+          <t>9789944344517</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Plastikler</t>
+          <t>Rüyalar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055164065</t>
+          <t>9786054362028</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Odtü’lülerin Odtü’sü</t>
+          <t>Renkli Kalemler ve Ben</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789757064060</t>
+          <t>9789944344104</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>ODTÜ Yıllarım "Bir Hizmetin Hikayesi" (Ciltli)</t>
+          <t>Plastikler</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>396</v>
+        <v>75</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789757064688</t>
+          <t>9786055164065</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Neyi, Neden, Nasıl Anlatıyor Karikatür; Kim, Niye Çiziyor!?</t>
+          <t>Odtü’lülerin Odtü’sü</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>162</v>
+        <v>140</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944344920</t>
+          <t>9789757064060</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Kaplumbağa</t>
+          <t>ODTÜ Yıllarım "Bir Hizmetin Hikayesi" (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>396</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054362592</t>
+          <t>9789757064688</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mırın Kırın</t>
+          <t>Neyi, Neden, Nasıl Anlatıyor Karikatür; Kim, Niye Çiziyor!?</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>66</v>
+        <v>162</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789757064787</t>
+          <t>9789944344920</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kimdir Ezo Gelin? Nedir Rab ve Amin? Kaçtır Sayısı Mehmet’in?</t>
+          <t>Mutlu Kaplumbağa</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054362912</t>
+          <t>9786054362592</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kız, Oğlan ve Uçurtma</t>
+          <t>Mırın Kırın</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>66</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944344814</t>
+          <t>9789757064787</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Güvenlik Stratejileri ve Kriz Yönetimi</t>
+          <t>Kimdir Ezo Gelin? Nedir Rab ve Amin? Kaçtır Sayısı Mehmet’in?</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054362042</t>
+          <t>9786054362912</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kedi ve Yıldızlar</t>
+          <t>Kız, Oğlan ve Uçurtma</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789944344081</t>
+          <t>9789944344814</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kavramsal Su Mühendisliği</t>
+          <t>Kıbrıs’ta Güvenlik Stratejileri ve Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054362202</t>
+          <t>9786054362042</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kampus</t>
+          <t>Kedi ve Yıldızlar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789757064503</t>
+          <t>9789944344081</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>ISO 9001: 2000 Işığında Hizmette Toplam Kalite</t>
+          <t>Kavramsal Su Mühendisliği</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>330</v>
+        <v>75</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054362479</t>
+          <t>9786054362202</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gezici Dünya</t>
+          <t>Kampus</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789757064893</t>
+          <t>9789757064503</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Fuji Dağı’nı Nasıl Taşırsınız?</t>
+          <t>ISO 9001: 2000 Işığında Hizmette Toplam Kalite</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054362462</t>
+          <t>9786054362479</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Evren - Söyle Bana Neden?</t>
+          <t>Gezici Dünya</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054362868</t>
+          <t>9789757064893</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eski Ev Yeni Ev</t>
+          <t>Fuji Dağı’nı Nasıl Taşırsınız?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054362837</t>
+          <t>9786054362462</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Evreni</t>
+          <t>Evren - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>228</v>
+        <v>195</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054362493</t>
+          <t>9786054362868</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Einstein’dan Ötesi</t>
+          <t>Eski Ev Yeni Ev</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054362851</t>
+          <t>9786054362837</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Yeri</t>
+          <t>Einstein’ın Evreni</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>228</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789944344111</t>
+          <t>9786054362493</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Deprem</t>
+          <t>Einstein’dan Ötesi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057744067</t>
+          <t>9786054362851</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Coastal Engineering</t>
+          <t>Dünyanın En Güzel Yeri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>298</v>
+        <v>120</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944344135</t>
+          <t>9789944344111</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bunlar Masal Değil 2</t>
+          <t>Deprem</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>78</v>
+        <v>75</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789944344661</t>
+          <t>9786057744067</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Bilginize</t>
+          <t>Coastal Engineering</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>298</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054362400</t>
+          <t>9789944344135</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Sürdürülebilir Dünya</t>
+          <t>Bunlar Masal Değil 2</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>195</v>
+        <v>78</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054362370</t>
+          <t>9789944344661</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Su ve Işık</t>
+          <t>Bilginize</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789944344906</t>
+          <t>9786054362400</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ateş Böceği İle El Feneri</t>
+          <t>Benim Küçük Deneylerim - Sürdürülebilir Dünya</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054362967</t>
+          <t>9786054362370</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Atasay</t>
+          <t>Benim Küçük Deneylerim - Su ve Işık</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944344739</t>
+          <t>9789944344906</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Gizli Yaşamları</t>
+          <t>Ateş Böceği İle El Feneri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054362097</t>
+          <t>9786054362967</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Arızalı Demokrasilerde Dış Politika</t>
+          <t>Atasay</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9799944344158</t>
+          <t>9789944344739</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Arap - İsrail Uyuşmazlığı</t>
+          <t>Aşıkların Gizli Yaşamları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
+          <t>9786054362097</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Arızalı Demokrasilerde Dış Politika</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9799944344158</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Arap - İsrail Uyuşmazlığı</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
           <t>9786054362349</t>
         </is>
       </c>
-      <c r="B225" s="1" t="inlineStr">
+      <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Adem’in Çekmecesi</t>
         </is>
       </c>
-      <c r="C225" s="1">
+      <c r="C227" s="1">
         <v>140</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>