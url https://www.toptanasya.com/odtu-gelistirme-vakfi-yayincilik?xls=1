--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,3430 +85,3505 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057744777</t>
+          <t>9789944344203</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>The Forefront: Achieving Academic Success İn Speaking</t>
+          <t>Gazeteciliğin Esasları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057744821</t>
+          <t>9786059856263</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Teleskobumun Ucundaki Evren</t>
+          <t>Tarihi Yoldan Kültürel Rotaya</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057744531</t>
+          <t>9786054362325</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yiyecek Anatomisi</t>
+          <t>Development and Structure of the Turkish Economy</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>485</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057744487</t>
+          <t>9789944344975</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Okyanusun Anatomisi</t>
+          <t>Kayıp Çocuk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>485</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059856539</t>
+          <t>9789944344999</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 1. Seviye - Başlangıç</t>
+          <t>Bayan Leylek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>228</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057744432</t>
+          <t>9786057744777</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şeylerin Tuhaf Düzeni</t>
+          <t>The Forefront: Achieving Academic Success İn Speaking</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>298</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057744371</t>
+          <t>9786057744821</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Descartes’ın Yanılgısı</t>
+          <t>Teleskobumun Ucundaki Evren</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054362929</t>
+          <t>9786057744531</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ne İstiyorsun Sevgili Salyangoz?</t>
+          <t>Yiyecek Anatomisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>42</v>
+        <v>585</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057744760</t>
+          <t>9786057744487</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 2. Sınıf ( 2 Kitap )</t>
+          <t>Okyanusun Anatomisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>740</v>
+        <v>585</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057744425</t>
+          <t>9786059856539</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Vizyonlar</t>
+          <t>Okulda Satranç 1. Seviye - Başlangıç</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>336</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059856720</t>
+          <t>9786057744432</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Beyin Nasıl Çalışır? (Ciltli)</t>
+          <t>Şeylerin Tuhaf Düzeni</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>418</v>
+        <v>370</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059856409</t>
+          <t>9786057744371</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kodlama</t>
+          <t>Descartes’ın Yanılgısı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059856072</t>
+          <t>9786054362929</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tatil Gezegeni - 2. Sınıf Tüm Dersler</t>
+          <t>Ne İstiyorsun Sevgili Salyangoz?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>185</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054362950</t>
+          <t>9786057744760</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Renkli Dilekler Uçurtması</t>
+          <t>Matematik Gezegeni 2. Sınıf ( 2 Kitap )</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>120</v>
+        <v>740</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944344982</t>
+          <t>9786057744425</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Top</t>
+          <t>Vizyonlar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>120</v>
+        <v>420</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057744272</t>
+          <t>9786059856720</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Nanobilim ve Nanoteknoloji</t>
+          <t>Beyin Nasıl Çalışır? (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>226</v>
+        <v>418</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9780000000012</t>
+          <t>9786059856409</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Reader At Work 1-2, More To Read 1-2 (4'lü Set)</t>
+          <t>Çocuklar İçin Kodlama</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>1190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2789788610981</t>
+          <t>9786059856072</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Öykü Kitapları Seti 1 (10 Kitap)</t>
+          <t>Tatil Gezegeni - 2. Sınıf Tüm Dersler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>1200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059856089</t>
+          <t>9786054362950</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tatil Gezegeni - 3. Sınıf Tüm Dersler</t>
+          <t>Renkli Dilekler Uçurtması</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>185</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059856096</t>
+          <t>9789944344982</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tatil Gezegeni - 4. Sınıf Tüm Dersler</t>
+          <t>Kırmızı Top</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>185</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059856874</t>
+          <t>9786057744272</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Anton ve Büyük Kapışma</t>
+          <t>Nanobilim ve Nanoteknoloji</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054362905</t>
+          <t>9780000000012</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Fil, Kelebek ve Kuş</t>
+          <t>Reader At Work 1-2, More To Read 1-2 (4'lü Set)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>120</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059856461</t>
+          <t>2789788610981</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>13 Yaşına Gelmeden Yaşanacak 50 Macera İçin Kılavuz (Ciltli)</t>
+          <t>Çocuklar İçin Öykü Kitapları Seti 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>400</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059856553</t>
+          <t>9786059856089</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 3. Seviye - Uygulama</t>
+          <t>Tatil Gezegeni - 3. Sınıf Tüm Dersler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057744340</t>
+          <t>9786059856096</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Uzay - Şampiyon Kartlarım</t>
+          <t>Tatil Gezegeni - 4. Sınıf Tüm Dersler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>238</v>
+        <v>230</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057744296</t>
+          <t>9786059856874</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Koruma Altındaki Hayvanlar - Şampiyon Kartlarım</t>
+          <t>Anton ve Büyük Kapışma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>238</v>
+        <v>120</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059856799</t>
+          <t>9786054362905</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Spinoza’yı Ararken</t>
+          <t>Fil, Kelebek ve Kuş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057744319</t>
+          <t>9786059856461</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Fırtınası</t>
+          <t>13 Yaşına Gelmeden Yaşanacak 50 Macera İçin Kılavuz (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>206</v>
+        <v>495</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057744036</t>
+          <t>9786059856553</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 5. Sınıf Kazanımlı Soru Bankası</t>
+          <t>Okulda Satranç 3. Seviye - Uygulama</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059856775</t>
+          <t>9786057744340</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Satranç</t>
+          <t>Uzay - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>450</v>
+        <v>238</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059856928</t>
+          <t>9786057744296</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Anton ve Yapraklar</t>
+          <t>Koruma Altındaki Hayvanlar - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>238</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2789788610979</t>
+          <t>9786059856799</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim Seti (10 Kitap Takım)</t>
+          <t>Spinoza’yı Ararken</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1955</v>
+        <v>375</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054362394</t>
+          <t>9786057744319</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Yaşam ve Dünya</t>
+          <t>Ahtapot Fırtınası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>195</v>
+        <v>206</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054362172</t>
+          <t>9786057744036</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Reinforced Concrete</t>
+          <t>Matematik Gezegeni 5. Sınıf Kazanımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>996</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057744326</t>
+          <t>9786059856775</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hiperuzay</t>
+          <t>Örneklerle Satranç</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>308</v>
+        <v>480</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057744746</t>
+          <t>9786059856928</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Üstünlüğü</t>
+          <t>Anton ve Yapraklar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057744753</t>
+          <t>2789788610979</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Arabalar Mıyız? 15 Soru Serisi</t>
+          <t>Benim Küçük Deneylerim Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>305</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057744708</t>
+          <t>9786054362394</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynayan Fil</t>
+          <t>Benim Küçük Deneylerim - Yaşam ve Dünya</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057744715</t>
+          <t>9786054362172</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Saçlı Çocuk</t>
+          <t>Reinforced Concrete</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>996</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057744739</t>
+          <t>9786057744326</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dokumacı Amca</t>
+          <t>Hiperuzay</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>385</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057744722</t>
+          <t>9786057744746</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kâğıttan Hayvanat Bahçesi</t>
+          <t>Kuantum Üstünlüğü</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759870041</t>
+          <t>9786057744753</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yes Box İngilizce Seti - 1</t>
+          <t>Mükemmel Arabalar Mıyız? 15 Soru Serisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>4800</v>
+        <v>385</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057744685</t>
+          <t>9786057744708</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Olan Biteni Hissetmek</t>
+          <t>Saklambaç Oynayan Fil</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>378</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057744593</t>
+          <t>9786057744715</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 4. Sınıf ( 2 Kitap )</t>
+          <t>Kıvırcık Saçlı Çocuk</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>740</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059856546</t>
+          <t>9786057744739</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 2. Seviye - Gelişim</t>
+          <t>Dokumacı Amca</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>228</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057744661</t>
+          <t>9786057744722</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>15 Soru Serisi - Dünyanın Keyfi Yerinde Mi?</t>
+          <t>Kâğıttan Hayvanat Bahçesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>305</v>
+        <v>150</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057744654</t>
+          <t>9789759870041</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>15 Soru Serisi - Hepimiz Robot Mu Olacağız?</t>
+          <t>Yes Box İngilizce Seti - 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>305</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057744647</t>
+          <t>9786057744685</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenlik Yönetimi</t>
+          <t>Olan Biteni Hissetmek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>298</v>
+        <v>475</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057744630</t>
+          <t>9786057744593</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Atalarımızdan Dersler</t>
+          <t>Matematik Gezegeni 4. Sınıf ( 2 Kitap )</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>350</v>
+        <v>740</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057744449</t>
+          <t>9786059856546</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Denklemi</t>
+          <t>Okulda Satranç 2. Seviye - Gelişim</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057744609</t>
+          <t>9786057744661</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 3. Sınıf ( 2 Kitap )</t>
+          <t>15 Soru Serisi - Dünyanın Keyfi Yerinde Mi?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>740</v>
+        <v>385</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057744623</t>
+          <t>9786057744654</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 1. Sınıf ( 2 Kitap )</t>
+          <t>15 Soru Serisi - Hepimiz Robot Mu Olacağız?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>740</v>
+        <v>385</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057744418</t>
+          <t>9786057744647</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Hesaplama Kuramı</t>
+          <t>Siber Güvenlik Yönetimi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057744494</t>
+          <t>9786057744630</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe</t>
+          <t>Atalarımızdan Dersler</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>348</v>
+        <v>440</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059856812</t>
+          <t>9786057744449</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciden Öğrenmek</t>
+          <t>Tanrı Denklemi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>148</v>
+        <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059856379</t>
+          <t>9786057744609</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Gezegeni 3. Sınıf Defterim</t>
+          <t>Matematik Gezegeni 3. Sınıf ( 2 Kitap )</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>225</v>
+        <v>740</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059856348</t>
+          <t>9786057744623</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Türkçe Gezegeni Defterim</t>
+          <t>Matematik Gezegeni 1. Sınıf ( 2 Kitap )</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>740</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059856065</t>
+          <t>9786057744418</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tatil Gezegeni - 1. Sınıf Tüm Dersler</t>
+          <t>Kuantum Hesaplama Kuramı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057744579</t>
+          <t>9786057744494</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Deneyim ve Eğitim</t>
+          <t>Çocuklar İçin Felsefe</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>185</v>
+        <v>435</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057744586</t>
+          <t>9786059856812</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mühendislikte Meslek Ahlakı</t>
+          <t>Öğrenciden Öğrenmek</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057744562</t>
+          <t>9786059856379</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Anatomisi</t>
+          <t>Türkçe Gezegeni 3. Sınıf Defterim</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>485</v>
+        <v>225</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057744555</t>
+          <t>9786059856348</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bir Şampiyon Olmanı Sağlayacak 50 Zorlu Görev İçin Kılavuz</t>
+          <t>2. Sınıf Türkçe Gezegeni Defterim</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057744548</t>
+          <t>9786059856065</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>13 Yaşına Gelmeden Tatilde Yaşanacak 50 Macera İçin Kılavuz</t>
+          <t>Tatil Gezegeni - 1. Sınıf Tüm Dersler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057744500</t>
+          <t>9786057744579</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hissetmek ve Bilmek</t>
+          <t>Deneyim ve Eğitim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>185</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057744517</t>
+          <t>9786057744586</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>15 Soru Serisi - Bugün Şimdiden Dün Müdür?</t>
+          <t>Mühendislikte Meslek Ahlakı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>305</v>
+        <v>260</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057744524</t>
+          <t>9786057744562</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>15 Soru Serisi - Ağaçlar Konuşur Mu?</t>
+          <t>Çiftlik Anatomisi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>305</v>
+        <v>585</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057744470</t>
+          <t>9786057744555</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Beyin Nasıl Çalışır? - 15 Soru Serisi</t>
+          <t>Bir Şampiyon Olmanı Sağlayacak 50 Zorlu Görev İçin Kılavuz</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>305</v>
+        <v>495</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057744463</t>
+          <t>9786057744548</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Para Ne İçindir? - 15 Soru Serisi</t>
+          <t>13 Yaşına Gelmeden Tatilde Yaşanacak 50 Macera İçin Kılavuz</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>305</v>
+        <v>495</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057744456</t>
+          <t>9786057744500</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ömer Yağız’ın Gözünden ODTÜ (Ciltli)</t>
+          <t>Hissetmek ve Bilmek</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>335</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057744388</t>
+          <t>9786057744517</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudu - Şampiyon Kartlarım</t>
+          <t>15 Soru Serisi - Bugün Şimdiden Dün Müdür?</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>238</v>
+        <v>385</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057744395</t>
+          <t>9786057744524</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Su - Şampiyon Kartlarım</t>
+          <t>15 Soru Serisi - Ağaçlar Konuşur Mu?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>238</v>
+        <v>385</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057744401</t>
+          <t>9786057744470</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi İnsanları - Şampiyon Kartlarım</t>
+          <t>Beyin Nasıl Çalışır? - 15 Soru Serisi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>238</v>
+        <v>385</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057744197</t>
+          <t>9786057744463</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım - Doğum Günü</t>
+          <t>Para Ne İçindir? - 15 Soru Serisi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>385</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057744203</t>
+          <t>9786057744456</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İlk Sihirli Boyamalarım - Kış</t>
+          <t>Ömer Yağız’ın Gözünden ODTÜ (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057744173</t>
+          <t>9786057744388</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyamalarım - Ev</t>
+          <t>İnsan Vücudu - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>238</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>2789788610983</t>
+          <t>9786057744395</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Pikolo İle Felsefe Öğreniyorum (9 Kitap Set)</t>
+          <t>Su - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1620</v>
+        <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>2789788613294</t>
+          <t>9786057744401</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Öykülerle Bilim - Fizi K (5 Kitap Takım)</t>
+          <t>Tarih Öncesi İnsanları - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>900</v>
+        <v>295</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059856652</t>
+          <t>9786057744197</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Satranç</t>
+          <t>İlk Boyamalarım - Doğum Günü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057744364</t>
+          <t>9786057744203</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Hayvanları - Şampiyon Kartlarım</t>
+          <t>İlk Sihirli Boyamalarım - Kış</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>238</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057744357</t>
+          <t>9786057744173</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hava - Şampiyon Kartlarım</t>
+          <t>İlk Boyamalarım - Ev</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>238</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057744333</t>
+          <t>2789788610983</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mars 36 Cep Atlas</t>
+          <t>Pikolo İle Felsefe Öğreniyorum (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>148</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057744265</t>
+          <t>2789788613294</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sayı Duyusu</t>
+          <t>Çocuklar İçin Öykülerle Bilim - Fizi K (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>188</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057744302</t>
+          <t>9786059856652</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hayalim Beton Karıştırıcısı Olmak</t>
+          <t>Oyunlarla Satranç</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>118</v>
+        <v>480</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057744241</t>
+          <t>9786057744364</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı Sonrasında Türkiye'de Mimarlık - Sanat Diyaloğu</t>
+          <t>Çiftlik Hayvanları - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>148</v>
+        <v>295</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786058058187</t>
+          <t>9786057744357</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Seslerle Oynadığım Oyun</t>
+          <t>Hava - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057744012</t>
+          <t>9786057744333</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşağı Bir Yukarı</t>
+          <t>Mars 36 Cep Atlas</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058058149</t>
+          <t>9786057744265</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Kuş</t>
+          <t>Sayı Duyusu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058058170</t>
+          <t>9786057744302</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Hayalim Beton Karıştırıcısı Olmak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058058125</t>
+          <t>9786057744241</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Pantolon ve Mor Tişört</t>
+          <t>2. Dünya Savaşı Sonrasında Türkiye'de Mimarlık - Sanat Diyaloğu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>120</v>
+        <v>185</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058058194</t>
+          <t>9786058058187</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin</t>
+          <t>Seslerle Oynadığım Oyun</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057744289</t>
+          <t>9786057744012</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar - Şampiyon Kartlarım</t>
+          <t>Bir Aşağı Bir Yukarı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>238</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057744128</t>
+          <t>9786058058149</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Farklılıkları Yönetme Kültürü: Göç Yönetimi Alanı ve Türkiye’ye Göç Eden Suriyeliler</t>
+          <t>Şaşkın Kuş</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057744111</t>
+          <t>9786058058170</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlarda Annelik</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057744135</t>
+          <t>9786058058125</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Arkeolojik Verilerin Işığında Ortaçağ Komana’sı: Çok Disiplinli Bir Yaklaşım</t>
+          <t>Yeşil Pantolon ve Mor Tişört</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057744005</t>
+          <t>9786058058194</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek</t>
+          <t>Senin İçin</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057744227</t>
+          <t>9786057744289</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ülkeleri - Şampiyon Kartlarım</t>
+          <t>Dinozorlar - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057744210</t>
+          <t>9786057744128</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Anıtlar - Şampiyon Kartlarım</t>
+          <t>Farklılıkları Yönetme Kültürü: Göç Yönetimi Alanı ve Türkiye’ye Göç Eden Suriyeliler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>238</v>
+        <v>185</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059856935</t>
+          <t>9786057744111</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Zor Zamanlarda Annelik</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059856829</t>
+          <t>9786057744135</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 4. Sınıf (3 Kitap Takım)</t>
+          <t>Arkeolojik Verilerin Işığında Ortaçağ Komana’sı: Çok Disiplinli Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058058118</t>
+          <t>9786057744005</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Matematik Gezegeni 1. Sınıf (3 Kitap Takım)</t>
+          <t>Bir Dilek</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057744098</t>
+          <t>9786057744227</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Vakıflar ve Yükseköğretim</t>
+          <t>Dünya Ülkeleri - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>148</v>
+        <v>238</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058058156</t>
+          <t>9786057744210</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Anne ile Yeşil Baba</t>
+          <t>Dünyadaki Anıtlar - Şampiyon Kartlarım</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>120</v>
+        <v>295</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058058132</t>
+          <t>9786059856935</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uyku Vakti</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>440</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>2789788616984</t>
+          <t>9786059856829</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ödüllü Öykü Kitapları - Elma Ağacı Serisi (10 Kitap)</t>
+          <t>Matematik Gezegeni 4. Sınıf (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057744258</t>
+          <t>9786058058118</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zihindeki Benlik</t>
+          <t>Matematik Gezegeni 1. Sınıf (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057744029</t>
+          <t>9786057744098</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Geleceği</t>
+          <t>Vakıflar ve Yükseköğretim</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>310</v>
+        <v>185</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754294019</t>
+          <t>9786058058156</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>More To Read 2</t>
+          <t>Kırmızı Anne ile Yeşil Baba</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>478</v>
+        <v>150</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789754294002</t>
+          <t>9786058058132</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>More To Read 1</t>
+          <t>Uyku Vakti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>468</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057744104</t>
+          <t>2789788616984</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Topoloji</t>
+          <t>Çocuklar İçin Ödüllü Öykü Kitapları - Elma Ağacı Serisi (10 Kitap)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>364</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059856027</t>
+          <t>9786057744258</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Yaratıcı Fikirler</t>
+          <t>Zihindeki Benlik</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>195</v>
+        <v>380</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059856850</t>
+          <t>9786057744029</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Satranç Ülkesine Yolculuk</t>
+          <t>İnsanlığın Geleceği</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059856966</t>
+          <t>9789754294019</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dünya Tarihi</t>
+          <t>More To Read 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>478</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059856867</t>
+          <t>9789754294002</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Paralel Dünyalar</t>
+          <t>More To Read 1</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>308</v>
+        <v>468</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059856683</t>
+          <t>9786057744104</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Boyamalarla Satranç</t>
+          <t>Topoloji</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>150</v>
+        <v>455</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059856690</t>
+          <t>9786059856027</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Satranç</t>
+          <t>Benim Küçük Deneylerim - Yaratıcı Fikirler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>330</v>
+        <v>235</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754293982</t>
+          <t>9786059856850</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Reader at Work 1</t>
+          <t>Satranç Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>247</v>
+        <v>135</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>2789788610980</t>
+          <t>9786059856966</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Söyle Bana Neden? (10 Kitap Takım)</t>
+          <t>Çocuklar İçin Dünya Tarihi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1965</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059856058</t>
+          <t>9786059856867</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bozkırı Yeşertenler 2</t>
+          <t>Paralel Dünyalar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>140</v>
+        <v>385</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055164867</t>
+          <t>9786059856683</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Symbolic Logic Manual</t>
+          <t>Boyamalarla Satranç</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059856737</t>
+          <t>9786059856690</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Satrançta Taş Alışverişi</t>
+          <t>Masallarla Satranç</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>162</v>
+        <v>360</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059856805</t>
+          <t>9789754293982</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Matbu Mimarlıklar</t>
+          <t>Reader at Work 1</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>148</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059856980</t>
+          <t>2789788610980</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ay’dan Düşen Öyküler</t>
+          <t>Söyle Bana Neden? (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>94</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059856232</t>
+          <t>9786059856058</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Erken Yirminci Yüzyılda Eviçi Mekan Üretimi ve Parisli Avangart Kadınlar</t>
+          <t>Bozkırı Yeşertenler 2</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>148</v>
+        <v>175</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059856256</t>
+          <t>9786055164867</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Devrim'den Günümüze İran'ın ABD Politikası</t>
+          <t>Symbolic Logic Manual</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>148</v>
+        <v>175</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059856515</t>
+          <t>9786059856737</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Language, Logic, and Empirical Knowledge - Collected Papers</t>
+          <t>Çocuklar İçin Satrançta Taş Alışverişi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>148</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059856751</t>
+          <t>9786059856805</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mavi Balina</t>
+          <t>Matbu Mimarlıklar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059856744</t>
+          <t>9786059856980</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayısı</t>
+          <t>Ay’dan Düşen Öyküler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059856522</t>
+          <t>9786059856232</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Anatomisi</t>
+          <t>Erken Yirminci Yüzyılda Eviçi Mekan Üretimi ve Parisli Avangart Kadınlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>485</v>
+        <v>185</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059856577</t>
+          <t>9786059856256</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 5. Seviye-Ustalaşma</t>
+          <t>Devrim'den Günümüze İran'ın ABD Politikası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>228</v>
+        <v>185</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059856560</t>
+          <t>9786059856515</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Okulda Satranç 4. Seviye-Değişim</t>
+          <t>Language, Logic, and Empirical Knowledge - Collected Papers</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>228</v>
+        <v>185</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059856973</t>
+          <t>9786059856751</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Akıllı Cihaz Tasarımı</t>
+          <t>Mavi Balina</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059856959</t>
+          <t>9786059856744</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştirebilecek 50 Küçük Devrim İçin Kılavuz (Ciltli)</t>
+          <t>Kutup Ayısı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059856911</t>
+          <t>9786059856522</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Anton ve Yılbaşı Hediyesi</t>
+          <t>Doğanın Anatomisi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>585</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059856126</t>
+          <t>9786059856577</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bitkiler</t>
+          <t>Okulda Satranç 5. Seviye-Ustalaşma</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059856157</t>
+          <t>9786059856560</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yanardağlar</t>
+          <t>Okulda Satranç 4. Seviye-Değişim</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059856140</t>
+          <t>9786059856973</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım Araçları</t>
+          <t>Çocuklar İçin Akıllı Cihaz Tasarımı</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059856133</t>
+          <t>9786059856959</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Eski Büyük Uygarlıklar</t>
+          <t>Dünyayı Değiştirebilecek 50 Küçük Devrim İçin Kılavuz (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055164430</t>
+          <t>9786059856911</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Ahh! Hasta Oldum!</t>
+          <t>Anton ve Yılbaşı Hediyesi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055164447</t>
+          <t>9786059856126</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Bergamot Uyuyor Mu?</t>
+          <t>Bitkiler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055164478</t>
+          <t>9786059856157</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Ben Artık Büyüdüm!</t>
+          <t>Yanardağlar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055164461</t>
+          <t>9786059856140</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Bana Kırmızı Motor Al!</t>
+          <t>Ulaşım Araçları</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055164454</t>
+          <t>9786059856133</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Hayır, Ben Yapmadım!</t>
+          <t>Eski Büyük Uygarlıklar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059856119</t>
+          <t>9786055164430</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Geleceği</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Ahh! Hasta Oldum!</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>308</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055164928</t>
+          <t>9786055164447</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Hayalet Elektron</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Bergamot Uyuyor Mu?</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789757064442</t>
+          <t>9786055164478</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Temel Anatomi</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Ben Artık Büyüdüm!</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>998</v>
+        <v>220</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054362455</t>
+          <t>9786055164461</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öncesi İnsanları - Söyle Bana Neden?</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Bana Kırmızı Motor Al!</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944344647</t>
+          <t>9786055164454</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Şifresi Çözülmüş Bir Yaşam</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Hayır, Ben Yapmadım!</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>148</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059856010</t>
+          <t>9786059856119</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Bahçıvanlık</t>
+          <t>Zihnin Geleceği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>195</v>
+        <v>385</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055164997</t>
+          <t>9786055164928</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Denizler ve Okyanuslar - Söyle Bana Neden?</t>
+          <t>Fizi K ve Hayalet Elektron</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059856003</t>
+          <t>9789757064442</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Su - Söyle Bana Neden?</t>
+          <t>Temel Anatomi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>195</v>
+        <v>998</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055164904</t>
+          <t>9786054362455</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Gizemli Taş</t>
+          <t>Tarih Öncesi İnsanları - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055164942</t>
+          <t>9789944344647</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Yenilenebilir Enerji</t>
+          <t>Şifresi Çözülmüş Bir Yaşam</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055164935</t>
+          <t>9786059856010</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Bayan Lokomotif</t>
+          <t>Benim Küçük Deneylerim - Bahçıvanlık</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055164911</t>
+          <t>9786055164997</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Fizi K ve Aynanın Sırrı</t>
+          <t>Denizler ve Okyanuslar - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059856584</t>
+          <t>9786059856003</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bir Kediden Mektuplar</t>
+          <t>Su - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>114</v>
+        <v>235</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054362011</t>
+          <t>9786055164904</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Seniniz</t>
+          <t>Fizi K ve Gizemli Taş</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054362448</t>
+          <t>9786055164942</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hava - Söyle Bana Neden?</t>
+          <t>Fizi K ve Yenilenebilir Enerji</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054362424</t>
+          <t>9786055164935</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Plastik Sanatlar</t>
+          <t>Fizi K ve Bayan Lokomotif</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054362417</t>
+          <t>9786055164911</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Mekanik</t>
+          <t>Fizi K ve Aynanın Sırrı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054362387</t>
+          <t>9786059856584</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Çevre</t>
+          <t>Bir Kediden Mektuplar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055164195</t>
+          <t>9786054362011</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Scratch ile Programlamayı Öğreniyorum</t>
+          <t>Hepimiz Seniniz</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055164126</t>
+          <t>9786054362448</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Adayının İç Dünyası</t>
+          <t>Hava - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>148</v>
+        <v>235</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944344128</t>
+          <t>9786054362424</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bunlar Masal Değil 1</t>
+          <t>Benim Küçük Deneylerim - Plastik Sanatlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>78</v>
+        <v>235</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944344654</t>
+          <t>9786054362417</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Terimleri Sözlüğü</t>
+          <t>Benim Küçük Deneylerim - Mekanik</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>202</v>
+        <v>235</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789944344241</t>
+          <t>9786054362387</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bağlayıcı Malzemelerin ve Betonun Onbin Yıllık Tarihi</t>
+          <t>Benim Küçük Deneylerim - Çevre</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>282</v>
+        <v>235</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786054362004</t>
+          <t>9786055164195</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ay Yıldız ve Ben</t>
+          <t>Scratch ile Programlamayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055164720</t>
+          <t>9786055164126</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Olanaksızın Fiziği</t>
+          <t>Öğretmen Adayının İç Dünyası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>296</v>
+        <v>185</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059856188</t>
+          <t>9789944344128</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Fiziği</t>
+          <t>Bunlar Masal Değil 1</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>336</v>
+        <v>95</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754293999</t>
+          <t>9789944344654</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Reader at Work 2</t>
+          <t>Bankacılık Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>330</v>
+        <v>202</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055164485</t>
+          <t>9789944344241</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Bu Adil Değil!</t>
+          <t>Bağlayıcı Malzemelerin ve Betonun Onbin Yıllık Tarihi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055164492</t>
+          <t>9786054362004</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Pikolo İle Felsefe Öğreniyorum - Gerçek mi, Sahte mi?</t>
+          <t>Ay Yıldız ve Ben</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789757064053</t>
+          <t>9786055164720</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Nöroanatomi</t>
+          <t>Olanaksızın Fiziği</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059856201</t>
+          <t>9786059856188</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğretmenim 2</t>
+          <t>Geleceğin Fiziği</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059856195</t>
+          <t>9789754293999</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Satranç Öğretmenim 1</t>
+          <t>Reader at Work 2</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>415</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059856041</t>
+          <t>9786055164485</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim: Nasıl Yaptılar?</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Bu Adil Değil!</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059856034</t>
+          <t>9786055164492</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim: Mutfak</t>
+          <t>Pikolo İle Felsefe Öğreniyorum - Gerçek mi, Sahte mi?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055164423</t>
+          <t>9789757064053</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - O Benim!</t>
+          <t>Fonksiyonel Nöroanatomi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>180</v>
+        <v>625</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055164270</t>
+          <t>9786059856201</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Pikolo ile Felsefe Öğreniyorum - Konuş Benimle Küçük Kedi</t>
+          <t>Satranç Öğretmenim 2</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055164096</t>
+          <t>9786059856195</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Farklı Olan Değil Ayn(a) Olan Kazanır</t>
+          <t>Satranç Öğretmenim 1</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>148</v>
+        <v>280</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944344777</t>
+          <t>9786059856041</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>27 Mayıs Bir İhtilal Bir Devrim Bir Anayasa</t>
+          <t>Benim Küçük Deneylerim: Nasıl Yaptılar?</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789944344593</t>
+          <t>9786059856034</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırmacılığı Nasıl Uygulamalıyız?</t>
+          <t>Benim Küçük Deneylerim: Mutfak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789757064374</t>
+          <t>9786055164423</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>www.dbe.off-line.readings1</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - O Benim!</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>334</v>
+        <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786054362431</t>
+          <t>9786055164270</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Vücudumuz - Söyle Bana Neden?</t>
+          <t>Pikolo ile Felsefe Öğreniyorum - Konuş Benimle Küçük Kedi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944344616</t>
+          <t>9786055164096</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Olabilmek</t>
+          <t>Farklı Olan Değil Ayn(a) Olan Kazanır</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>140</v>
+        <v>148</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944344685</t>
+          <t>9789944344777</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Üç Trilyon Dolarlık Savaş</t>
+          <t>27 Mayıs Bir İhtilal Bir Devrim Bir Anayasa</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786054362059</t>
+          <t>9789944344593</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Uçan Balık</t>
+          <t>Yapılandırmacılığı Nasıl Uygulamalıyız?</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>120</v>
+        <v>310</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054362660</t>
+          <t>9789757064374</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ormancılık Tarihi</t>
+          <t>www.dbe.off-line.readings1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>256</v>
+        <v>420</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944344937</t>
+          <t>9786054362431</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Söyleyemeyen Cırcır Böceği</t>
+          <t>Vücudumuz - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>120</v>
+        <v>235</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944344173</t>
+          <t>9789944344616</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Spor Kuralları</t>
+          <t>Üniversite Olabilmek</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789944344968</t>
+          <t>9789944344685</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Somurtkan Kaplumbağa</t>
+          <t>Üç Trilyon Dolarlık Savaş</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789944344449</t>
+          <t>9786054362059</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Sık Karşılaşılan Spor Yaralanmaları ve İlk Müdahale</t>
+          <t>Uçan Balık</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786054362035</t>
+          <t>9786054362660</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Cüceler</t>
+          <t>Türkiye Ormancılık Tarihi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789944344517</t>
+          <t>9789944344937</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar</t>
+          <t>Şarkı Söyleyemeyen Cırcır Böceği</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786054362028</t>
+          <t>9789944344173</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Renkli Kalemler ve Ben</t>
+          <t>Spor Kuralları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789944344104</t>
+          <t>9789944344968</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Plastikler</t>
+          <t>Somurtkan Kaplumbağa</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055164065</t>
+          <t>9789944344449</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Odtü’lülerin Odtü’sü</t>
+          <t>Sık Karşılaşılan Spor Yaralanmaları ve İlk Müdahale</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>140</v>
+        <v>95</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789757064060</t>
+          <t>9786054362035</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>ODTÜ Yıllarım "Bir Hizmetin Hikayesi" (Ciltli)</t>
+          <t>Sevimli Cüceler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>396</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789757064688</t>
+          <t>9789944344517</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Neyi, Neden, Nasıl Anlatıyor Karikatür; Kim, Niye Çiziyor!?</t>
+          <t>Rüyalar</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>162</v>
+        <v>175</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944344920</t>
+          <t>9786054362028</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Kaplumbağa</t>
+          <t>Renkli Kalemler ve Ben</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054362592</t>
+          <t>9789944344104</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mırın Kırın</t>
+          <t>Plastikler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>66</v>
+        <v>95</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789757064787</t>
+          <t>9786055164065</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kimdir Ezo Gelin? Nedir Rab ve Amin? Kaçtır Sayısı Mehmet’in?</t>
+          <t>Odtü’lülerin Odtü’sü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054362912</t>
+          <t>9789757064060</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kız, Oğlan ve Uçurtma</t>
+          <t>ODTÜ Yıllarım "Bir Hizmetin Hikayesi" (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>120</v>
+        <v>495</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789944344814</t>
+          <t>9789757064688</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’ta Güvenlik Stratejileri ve Kriz Yönetimi</t>
+          <t>Neyi, Neden, Nasıl Anlatıyor Karikatür; Kim, Niye Çiziyor!?</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054362042</t>
+          <t>9789944344920</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kedi ve Yıldızlar</t>
+          <t>Mutlu Kaplumbağa</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944344081</t>
+          <t>9786054362592</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kavramsal Su Mühendisliği</t>
+          <t>Mırın Kırın</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>75</v>
+        <v>66</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054362202</t>
+          <t>9789757064787</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kampus</t>
+          <t>Kimdir Ezo Gelin? Nedir Rab ve Amin? Kaçtır Sayısı Mehmet’in?</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789757064503</t>
+          <t>9786054362912</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>ISO 9001: 2000 Işığında Hizmette Toplam Kalite</t>
+          <t>Kız, Oğlan ve Uçurtma</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054362479</t>
+          <t>9789944344814</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gezici Dünya</t>
+          <t>Kıbrıs’ta Güvenlik Stratejileri ve Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789757064893</t>
+          <t>9786054362042</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Fuji Dağı’nı Nasıl Taşırsınız?</t>
+          <t>Kedi ve Yıldızlar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054362462</t>
+          <t>9789944344081</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Evren - Söyle Bana Neden?</t>
+          <t>Kavramsal Su Mühendisliği</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>195</v>
+        <v>95</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054362868</t>
+          <t>9786054362202</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Eski Ev Yeni Ev</t>
+          <t>Kampus</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054362837</t>
+          <t>9789757064503</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Einstein’ın Evreni</t>
+          <t>ISO 9001: 2000 Işığında Hizmette Toplam Kalite</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>228</v>
+        <v>410</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054362493</t>
+          <t>9786054362479</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Einstein’dan Ötesi</t>
+          <t>Gezici Dünya</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054362851</t>
+          <t>9789757064893</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Yeri</t>
+          <t>Fuji Dağı’nı Nasıl Taşırsınız?</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789944344111</t>
+          <t>9786054362462</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Deprem</t>
+          <t>Evren - Söyle Bana Neden?</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>75</v>
+        <v>235</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057744067</t>
+          <t>9786054362868</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Coastal Engineering</t>
+          <t>Eski Ev Yeni Ev</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>298</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789944344135</t>
+          <t>9786054362837</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bunlar Masal Değil 2</t>
+          <t>Einstein’ın Evreni</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>78</v>
+        <v>285</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789944344661</t>
+          <t>9786054362493</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bilginize</t>
+          <t>Einstein’dan Ötesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054362400</t>
+          <t>9786054362851</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Sürdürülebilir Dünya</t>
+          <t>Dünyanın En Güzel Yeri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054362370</t>
+          <t>9789944344111</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Deneylerim - Su ve Işık</t>
+          <t>Deprem</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>195</v>
+        <v>95</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789944344906</t>
+          <t>9786057744067</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ateş Böceği İle El Feneri</t>
+          <t>Coastal Engineering</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>120</v>
+        <v>370</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054362967</t>
+          <t>9789944344135</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Atasay</t>
+          <t>Bunlar Masal Değil 2</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789944344739</t>
+          <t>9789944344661</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Gizli Yaşamları</t>
+          <t>Bilginize</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054362097</t>
+          <t>9786054362400</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Arızalı Demokrasilerde Dış Politika</t>
+          <t>Benim Küçük Deneylerim - Sürdürülebilir Dünya</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9799944344158</t>
+          <t>9786054362370</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Arap - İsrail Uyuşmazlığı</t>
+          <t>Benim Küçük Deneylerim - Su ve Işık</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>75</v>
+        <v>235</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
+          <t>9789944344906</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Ateş Böceği İle El Feneri</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786054362967</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Atasay</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789944344739</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Aşıkların Gizli Yaşamları</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786054362097</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Arızalı Demokrasilerde Dış Politika</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9799944344158</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Arap - İsrail Uyuşmazlığı</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
           <t>9786054362349</t>
         </is>
       </c>
-      <c r="B227" s="1" t="inlineStr">
+      <c r="B232" s="1" t="inlineStr">
         <is>
           <t>Adem’in Çekmecesi</t>
         </is>
       </c>
-      <c r="C227" s="1">
-        <v>140</v>
+      <c r="C232" s="1">
+        <v>175</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>