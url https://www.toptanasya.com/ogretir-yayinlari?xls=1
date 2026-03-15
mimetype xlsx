--- v0 (2025-12-08)
+++ v1 (2026-03-15)
@@ -85,490 +85,685 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259651345</t>
+          <t>9786057317668</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>HMGS Türk Hukuk Tarihi Konu Özetli Soru Bankası</t>
+          <t>Öğretir TALTİF Komiser Yardımcılığı 7 Deneme Çözümlü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>560</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259525479</t>
+          <t>9786259819020</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>HMGS Hakimlik Medeni Usul Hukuku Soru Bankası</t>
+          <t>Ceza Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>445</v>
+        <v>600</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057382803</t>
+          <t>9786259819044</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>HMGS Hakimlik KPSS PAEM Misyon Koruma Tarih TEDRİSAT Soru Bankası Çözümlü</t>
+          <t>Medeni Usul Hukuku Konu Anlatımı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>625</v>
+        <v>375</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259651354</t>
+          <t>9786259440576</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>HMGS Hakimlik KPSS Borçlar Hukuk Çıkmış Özgün Soru Bankası Çözümlü</t>
+          <t>Avukatlık Hukuku Konu Anlatımı ve Soru Bankası</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>560</v>
+        <v>315</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259651361</t>
+          <t>9786259440552</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>HMGS Hakimlik KPSS Medeni Hukuk Çıkmış Özgün Soru Bankası Çözümlü</t>
+          <t>Öğretir Vergi Hukuku Konu Anlatımı Kamp Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259440590</t>
+          <t>9786057383051</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Genel Yetenek Genel Kültür Hakimlik Sınavı Soru Bankası</t>
+          <t>Rehber Çalışma Defteri - Siyah</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>475</v>
+        <v>630</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259819013</t>
+          <t>9786057383006</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Öğretir Mini Kitaplar Serisi - 1 Sayılı Cumhurbaşkanlığı Kararnamesi</t>
+          <t>Rehber Çalışma Defteri - Lacivert</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>80</v>
+        <v>630</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259819068</t>
+          <t>9786057383013</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat Soru Bankası</t>
+          <t>Rehber Çalışma Defteri - Yeşil</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>525</v>
+        <v>630</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259819051</t>
+          <t>9786057317636</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat Konu Anlatımı</t>
+          <t>4. Sınıf Hedef 6'lı Deneme Seti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>675</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259440545</t>
+          <t>9786057317629</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mülakat Sınavlarına Hazırlık Hukuk Soru Bankası</t>
+          <t>3. Sınıf Hedef 6'lı Deneme Seti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259440569</t>
+          <t>9786057317612</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Öğretir Kaymakamlık ve Hakimlik Sınavları için Türkçe Soru Bankası</t>
+          <t>2. Sınıf Hedef 6'lı Deneme Seti</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057317674</t>
+          <t>9786057317667</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Görev Kaymakamlık Mevzuat Çalışma Kitabı (3 Kitap)</t>
+          <t>Taltif Misyon Koruma Sınavına Hazırlık Deneme Seti</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>1050</v>
+        <v>375</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057317698</t>
+          <t>9786057383075</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Görev Kaymakamlık Mevzuat Soru Bankası (3 Kitap)</t>
+          <t>Taltif Komiser Yardımcılığı Sınavına Hazırlık Deneme Seti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1050</v>
+        <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259819006</t>
+          <t>9786259651345</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Özel Hükümler Konu Anlatımı</t>
+          <t>HMGS Türk Hukuk Tarihi Konu Özetli Soru Bankası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259819075</t>
+          <t>9786259525479</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku</t>
+          <t>HMGS Hakimlik Medeni Usul Hukuku Soru Bankası</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>445</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259440538</t>
+          <t>9786057382803</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Öğretir Ceza Muhakemesi Hukuku Kamp Kitabı</t>
+          <t>HMGS Hakimlik KPSS PAEM Misyon Koruma Tarih TEDRİSAT Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>330</v>
+        <v>625</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259440521</t>
+          <t>9786259651354</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Öğretir Güncel Bilgiler ve Kültürel Konular Tamamı Çözümlü Soru Bankası</t>
+          <t>HMGS Hakimlik KPSS Borçlar Hukuk Çıkmış Özgün Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>330</v>
+        <v>560</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057317650</t>
+          <t>9786259651361</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>HÖ Ticaret Hukuku İcra - İflas Hukuku Soru Bankası</t>
+          <t>HMGS Hakimlik KPSS Medeni Hukuk Çıkmış Özgün Soru Bankası Çözümlü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057317643</t>
+          <t>9786259440590</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku</t>
+          <t>Genel Yetenek Genel Kültür Hakimlik Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>415</v>
+        <v>475</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057383082</t>
+          <t>9786259819013</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tedrisat Tarih Soru Bankası</t>
+          <t>Öğretir Mini Kitaplar Serisi - 1 Sayılı Cumhurbaşkanlığı Kararnamesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>345</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057317681</t>
+          <t>9786259819068</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Öğretir Ceza Hukuku Kamp Kitabı</t>
+          <t>Makro İktisat Soru Bankası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>375</v>
+        <v>525</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057317605</t>
+          <t>9786259819051</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Öğretir Anayasa Hukuku Kamp Kitabı</t>
+          <t>Makro İktisat Konu Anlatımı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>345</v>
+        <v>675</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057383099</t>
+          <t>9786259440545</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Öğretir İdare Hukuku Kamp Kitabı</t>
+          <t>Mülakat Sınavlarına Hazırlık Hukuk Soru Bankası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>425</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057383020</t>
+          <t>9786259440569</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Taltif Polis Mevzuatı Konu Anlatımı (2 Kitap)</t>
+          <t>Öğretir Kaymakamlık ve Hakimlik Sınavları için Türkçe Soru Bankası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>540</v>
+        <v>375</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057383037</t>
+          <t>9786057317674</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Taltif Polis Mevzuatı Soru Bankası (2 Kitap)</t>
+          <t>Görev Kaymakamlık Mevzuat Çalışma Kitabı (3 Kitap)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057383068</t>
+          <t>9786057317698</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Öğretir Soru Bankası</t>
+          <t>Görev Kaymakamlık Mevzuat Soru Bankası (3 Kitap)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>600</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259819037</t>
+          <t>9786259819006</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İcra - İflas Hukuku Konu Anlatımı</t>
+          <t>Ceza Hukuku Özel Hükümler Konu Anlatımı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259440583</t>
+          <t>9786259819075</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İş Hukuku Konu Anlatımı ve Soru Bankası</t>
+          <t>Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259440514</t>
+          <t>9786259440538</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Öğretir Medeni Hukuk Kamp Kitabı</t>
+          <t>Öğretir Ceza Muhakemesi Hukuku Kamp Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>525</v>
+        <v>330</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
+          <t>9786259440521</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Öğretir Güncel Bilgiler ve Kültürel Konular Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786057317650</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>HÖ Ticaret Hukuku İcra - İflas Hukuku Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786057317643</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları Hukuku</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786057383082</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Tedrisat Tarih Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786057317681</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Öğretir Ceza Hukuku Kamp Kitabı</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786057317605</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Öğretir Anayasa Hukuku Kamp Kitabı</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786057383099</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Öğretir İdare Hukuku Kamp Kitabı</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786057383020</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Taltif Polis Mevzuatı Konu Anlatımı (2 Kitap)</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9786057383037</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Taltif Polis Mevzuatı Soru Bankası (2 Kitap)</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786057383068</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Öğretir Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786259819037</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>İcra - İflas Hukuku Konu Anlatımı</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786259440583</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>İş Hukuku Konu Anlatımı ve Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786259440514</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Öğretir Medeni Hukuk Kamp Kitabı</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
           <t>9786259440507</t>
         </is>
       </c>
-      <c r="B31" s="1" t="inlineStr">
+      <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Öğretir İdari Yargılama Hukuku Kamp Kitabı</t>
         </is>
       </c>
-      <c r="C31" s="1">
+      <c r="C44" s="1">
         <v>375</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>