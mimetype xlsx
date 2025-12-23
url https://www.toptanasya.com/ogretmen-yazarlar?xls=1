--- v0 (2025-10-24)
+++ v1 (2025-12-23)
@@ -85,655 +85,1720 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057058973</t>
+          <t>9786259286143</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>şehir efsaneleri-altın post macerası</t>
+          <t>Küçük Dedektif Ali</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>178</v>
+        <v>224</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259846200</t>
+          <t>9786259286150</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Okulda Bir Gün</t>
+          <t>Kardeş Mektuplar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>134</v>
+        <v>224</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259846217</t>
+          <t>9786259286136</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yerini Unuttuğum Uçurumlar</t>
+          <t>Nene Hatun</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>156</v>
+        <v>224</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259441146</t>
+          <t>9786259286112</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Elim Ayağımda (Renkli-Resimli 7+Yaş)</t>
+          <t>Küçük Paleontologlar İş Başında</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>134</v>
+        <v>224</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259441153</t>
+          <t>9786259286129</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doğruluğun Peşinde Son Akıncı (10+Yaş)</t>
+          <t>Ressam Kapibara</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>167</v>
+        <v>224</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259405179</t>
+          <t>9786259661094</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Zeyume - Kırmızı Eller (Resimli 10+Yaş)</t>
+          <t>Kedilere Fısıldayan Dede</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>167</v>
+        <v>289</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259405193</t>
+          <t>9786259286105</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları, Teknolojinin İzinde (10+Yaş)</t>
+          <t>Ekran Kaydırağı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>167</v>
+        <v>267</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259405124</t>
+          <t>9786259661063</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Pasinler 1048 - Size Cennetin Kapılarını Açıyorum (8+Yaş)</t>
+          <t>Matrak Mahalle</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>135</v>
+        <v>289</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259405117</t>
+          <t>9786259661070</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gelidonya - Bir Umuda Yolculuk Macerası (8+Yaş)</t>
+          <t>Altı Kafadar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>135</v>
+        <v>267</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259441115</t>
+          <t>9786259661032</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dara'nın Hazinesi Kayıp Hazinenin Korucuları (Resimli - 8+Yaş)</t>
+          <t>Şekerkolikler Diyarı (8+Yaş)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259441139</t>
+          <t>9786259661056</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dara'nın Hazinesi Gizemli Kitap (Resimli 8+Yaş)</t>
+          <t>Keloğlan Rüyalar Ülkesinde (8+Yaş)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>135</v>
+        <v>223</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259441108</t>
+          <t>9786259661049</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dara'nın Hazinesi (Resimli 8+Yaş)</t>
+          <t>Gökyüzü Postacısı (9+Yaş)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>135</v>
+        <v>267</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259441122</t>
+          <t>9786259694153</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Aferide - Tuhaf Bir Hikaye (Resimli 8+Yaş)</t>
+          <t>Çöp Adam, Kendine Güven ve Umut Et (7+Yaş)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259405100</t>
+          <t>9786259694146</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mekana Zamanın Ruhunu Yansıtan Mimar Sinan</t>
+          <t>Dragon Vadisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>112</v>
+        <v>312</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057123008</t>
+          <t>9786259694184</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Salgından Sonra</t>
+          <t>Çıntar, Melki ve Sevimli Kirpi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>156</v>
+        <v>267</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259405148</t>
+          <t>9786259694160</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Selen'in Rüyası</t>
+          <t>Vatan Uğruna</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>89</v>
+        <v>312</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259904573</t>
+          <t>9786259694191</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Şampiyon Çoban'la Başarmaya Var Mısın?</t>
+          <t>Unutkan Puka</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>134</v>
+        <v>267</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259904580</t>
+          <t>9786259661025</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Macera Dolu Hikayeler (8 Yaş ve Üzeri)</t>
+          <t>Türkçeden Kaçış Yok</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>134</v>
+        <v>312</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259904511</t>
+          <t>9786259661001</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Şenlik Kahramanı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>178</v>
+        <v>224</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259904542</t>
+          <t>9786259694177</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Efsanelerin Peşinde</t>
+          <t>Ronaldo Kazım, Bir Futbol Macerası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>134</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259904504</t>
+          <t>9786259661018</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nun ve Aşk</t>
+          <t>Korkusuzlar Kulübü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>134</v>
+        <v>223</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057225580</t>
+          <t>9786259694139</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Üç Nokta</t>
+          <t>Toprağın Hikayesi Koca Meşe</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>134</v>
+        <v>312</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057225597</t>
+          <t>9786259694108</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Kulübe - Kibele'nin Keşfi</t>
+          <t>İnternetsiz Bir Gün</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>134</v>
+        <v>224</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057225566</t>
+          <t>9786259766492</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Peşinde Uçuş Zamanı (8 -12 Yaş)</t>
+          <t>Karanlık – Tülütabaklar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>156</v>
+        <v>267</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057225511</t>
+          <t>9786259766478</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zaman Seyyahı - Seçtiğin Yolculuğa Hazırmısın? (9+Yaş)</t>
+          <t>Gökdeniz Kayıp Kağanlık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>134</v>
+        <v>289</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057225528</t>
+          <t>9786259694115</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sorun Bankası - Annelere ve Babalara Özel</t>
+          <t>Dünün Yarını</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>134</v>
+        <v>356</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057185778</t>
+          <t>9786259766447</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Kulübe - Bir Geri Dönüşüm Hikayesi (8-12 Yaş)</t>
+          <t>Sevimli Üçlü / Macera Kapıyı Çalınca</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>134</v>
+        <v>223</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057185792</t>
+          <t>9786256039223</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kuş Despina - Bir Özgürlük Öyküsü</t>
+          <t>Cılbağa-Keşif Yolunda (9+Yaş )</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>134</v>
+        <v>267</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057225535</t>
+          <t>9786256039209</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>İyilik Avcısı (8-12 Yaş)</t>
+          <t>Kayıp Şehrin İzinde Kapadokya</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>134</v>
+        <v>224</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057225504</t>
+          <t>9786256039254</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hocam Bizim Çocuk Hiç Ders Çalışmıyor</t>
+          <t>Gizemli Memleket</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>156</v>
+        <v>224</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057225542</t>
+          <t>9786256039216</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Senin</t>
+          <t>Bir Deli Bir Baykuş (10+Yaş)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>134</v>
+        <v>268</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057225559</t>
+          <t>9786256039193</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutlu Düş</t>
+          <t>Ребенок виртуального мира</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>134</v>
+        <v>645</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057185747</t>
+          <t>9786256039186</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Başım Dertte</t>
+          <t>Дитина віртуального світу</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>224</v>
+        <v>645</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057185716</t>
+          <t>9786256039179</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Kelimeler</t>
+          <t>Muhabbet Tayfa Yusuf ve Dostları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>178</v>
+        <v>267</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057185730</t>
+          <t>9786256039124</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Şehir Efsaneleri - Hayalet Köy (8-13 Yaş)</t>
+          <t>Gizemli Resfebeler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>112</v>
+        <v>267</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057185723</t>
+          <t>9786256039155</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Katya - Bir Fenerbahçe Romanı</t>
+          <t>Umut Şarkısı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>178</v>
+        <v>224</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057058959</t>
+          <t>9786256039162</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Attar Ali Efendi’nin Sırrı - Kağan’ın Günlüğü</t>
+          <t>Çıtçıt Kırpık ve Alaca</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>134</v>
+        <v>312</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057051745</t>
+          <t>9786057123039</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Tılsımlı Hançer</t>
+          <t>Kalemin Dili / Seçme Şiirler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>134</v>
+        <v>178</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254090301</t>
+          <t>9786256039131</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çok Normal</t>
+          <t>Cesur Dörtlü</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057123077</t>
+          <t>9786259766430</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Hitit Macerası Ninda</t>
+          <t>Sanal Çocuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>134</v>
+        <v>224</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
+          <t>9786256039094</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Tozu</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786256039148</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Anahtar ve Gizemli Oda (8+Yaş)</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786259766409</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Kalbe Düşen Safahat (13+Yaş)</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786256039100</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Kuzey Işıklarını Yakalayan Yoyo</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786256039117</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Cennetin Efeleri / Çanakkale'nin Mektepli Kahramanları</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786259766423</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Şair</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786259766416</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bir Turna’nın Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786259476384</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Stem Sepeti, İcatların Macerası</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786259476360</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Nikola Tesla Elektirik Adamın Dehası</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786259476353</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Fetih 1326 Bursa (8+Yaş) Her Şey Bir Fetih Haliyle Başladı</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786259476391</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Saraydaki Sır (Resimli - 10+Yaş)</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786259476346</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>İyi Bir Çocuk (8+Yaş) Ben Bidur Durmazgil</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786259476377</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Dedem, Leylek ve Ben (Resimli 7+Yaş) Bir Doğa Macerası</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786259476339</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Yaşanmamışa Özlem Gurbete Dair</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786259476322</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Nikea - Geçmişe Gizemli Bir Yolculuk</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786259476308</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Mete ve Ayça'nın Maceraları - Sevgi Yolculuğu (8+Yaş)</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786259846293</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Geleceğin Yazarlarından Hikayeler - Küçük Kalemlerin Keşif Yolculuğu (8+Yaş)</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786259476315</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Gara Bilal - Bu Dünyada Ben De Varım Diyen Adamın Hikayesi</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786259846231</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Karnımızdaki Duygular</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786259846279</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Katre</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786259846262</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Galaksi'de Doludizgin (8 Yaş ve Üzeri)</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786259846248</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Ormandaki Kulübe - Olimpos'a Yolculuk</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786259846224</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Bir Doğa Macerası Arılarla Dans (7-12 Yaş)</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786259405155</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Erik Çekirdeğinin Büyülü Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786259904559</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sümer Macerası Abudev Mağaraları</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786259904597</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Saati Hezarfen / Bir Uçuş Macerası</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786057185785</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Bir Lidya Macerası Sardes</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786057185709</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Saati Nasrettin</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786057123022</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Olmasaydı</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786057058966</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Mağaranın Gizemi</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786057058942</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Saati</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786057058973</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Efsaneleri Altın Post Macerası</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786259846200</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Okulda Bir Gün</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786259846217</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Yerini Unuttuğum Uçurumlar</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786259441146</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Elim Ayağımda (Renkli-Resimli 7+Yaş)</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786259441153</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Doğruluğun Peşinde Son Akıncı (10+Yaş)</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786259405179</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Zeyume - Kırmızı Eller (Resimli 10+Yaş)</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786259405193</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Yolcuları, Teknolojinin İzinde (10+Yaş)</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786259405124</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Pasinler 1048 - Size Cennetin Kapılarını Açıyorum (8+Yaş)</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786259405117</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Gelidonya - Bir Umuda Yolculuk Macerası (8+Yaş)</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786259441115</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Dara'nın Hazinesi Kayıp Hazinenin Korucuları (Resimli - 8+Yaş)</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786259441139</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Dara'nın Hazinesi Gizemli Kitap (Resimli 8+Yaş)</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786259441108</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Dara'nın Hazinesi (Resimli 8+Yaş)</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786259441122</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Aferide - Tuhaf Bir Hikaye (Resimli 8+Yaş)</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786259405100</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Mekana Zamanın Ruhunu Yansıtan Mimar Sinan</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786057123008</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Salgından Sonra</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786259405148</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Selen'in Rüyası</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786259904573</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Şampiyon Çoban'la Başarmaya Var Mısın?</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786259904580</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Macera Dolu Hikayeler (8 Yaş ve Üzeri)</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786259904511</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Hiç</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786259904542</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Efsanelerin Peşinde</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786259904504</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Nun ve Aşk</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786057225580</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Üç Nokta</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786057225597</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Ormandaki Kulübe - Kibele'nin Keşfi</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786057225566</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hayalin Peşinde Uçuş Zamanı (8 -12 Yaş)</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786057225511</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Seyyahı - Seçtiğin Yolculuğa Hazırmısın? (9+Yaş)</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786057225528</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Sorun Bankası - Annelere ve Babalara Özel</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786057185778</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Ormandaki Kulübe - Bir Geri Dönüşüm Hikayesi (8-12 Yaş)</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786057185792</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Kuş Despina - Bir Özgürlük Öyküsü</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786057225535</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>İyilik Avcısı (8-12 Yaş)</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786057225504</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Hocam Bizim Çocuk Hiç Ders Çalışmıyor</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786057225542</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Bu Kitap Senin</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786057225559</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kutlu Düş</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786057185747</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Başım Dertte</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786057185716</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Şiirli Kelimeler</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786057185730</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Efsaneleri - Hayalet Köy (8-13 Yaş)</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786057185723</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Katya - Bir Fenerbahçe Romanı</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786057058959</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Attar Ali Efendi’nin Sırrı - Kağan’ın Günlüğü</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786057051745</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Tılsımlı Hançer</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786254090301</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Çok Normal</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786057123077</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hitit Macerası Ninda</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
           <t>9786057470959</t>
         </is>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Bir Hayalin Peşinde - Yolculuk Başlıyor</t>
         </is>
       </c>
-      <c r="C42" s="1">
-        <v>156</v>
+      <c r="C113" s="1">
+        <v>267</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>