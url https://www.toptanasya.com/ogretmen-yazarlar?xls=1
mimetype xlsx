--- v1 (2025-12-23)
+++ v2 (2026-03-15)
@@ -244,246 +244,246 @@
         <is>
           <t>9786259661032</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Şekerkolikler Diyarı (8+Yaş)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786259661056</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Keloğlan Rüyalar Ülkesinde (8+Yaş)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>223</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786259661049</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Gökyüzü Postacısı (9+Yaş)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>267</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786259694153</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Çöp Adam, Kendine Güven ve Umut Et (7+Yaş)</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786259694146</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Dragon Vadisi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>312</v>
+        <v>330</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786259694184</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Çıntar, Melki ve Sevimli Kirpi</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>267</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786259694160</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Vatan Uğruna</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>312</v>
+        <v>330</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786259694191</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Unutkan Puka</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>267</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786259661025</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Türkçeden Kaçış Yok</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>312</v>
+        <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786259661001</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Şenlik Kahramanı</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786259694177</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Ronaldo Kazım, Bir Futbol Macerası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786259661018</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Korkusuzlar Kulübü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786259694139</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Toprağın Hikayesi Koca Meşe</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>312</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786259694108</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>İnternetsiz Bir Gün</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786259766492</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Karanlık – Tülütabaklar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>267</v>
+        <v>330</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786259766478</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Gökdeniz Kayıp Kağanlık</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>289</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786259694115</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
@@ -514,66 +514,66 @@
         <is>
           <t>9786256039223</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Cılbağa-Keşif Yolunda (9+Yaş )</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>267</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786256039209</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Kayıp Şehrin İzinde Kapadokya</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786256039254</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Gizemli Memleket</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786256039216</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Bir Deli Bir Baykuş (10+Yaş)</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>268</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786256039193</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
@@ -604,96 +604,96 @@
         <is>
           <t>9786256039179</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Muhabbet Tayfa Yusuf ve Dostları</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>267</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786256039124</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Gizemli Resfebeler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>267</v>
+        <v>289</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786256039155</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Umut Şarkısı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786256039162</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Çıtçıt Kırpık ve Alaca</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>312</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786057123039</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Kalemin Dili / Seçme Şiirler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>178</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786256039131</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Cesur Dörtlü</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786259766430</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
@@ -709,111 +709,111 @@
         <is>
           <t>9786256039094</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786256039148</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Kayıp Anahtar ve Gizemli Oda (8+Yaş)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>224</v>
+        <v>289</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786259766409</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Kalbe Düşen Safahat (13+Yaş)</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786256039100</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Kuzey Işıklarını Yakalayan Yoyo</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>256</v>
+        <v>267</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786256039117</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Cennetin Efeleri / Çanakkale'nin Mektepli Kahramanları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>289</v>
+        <v>330</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786259766423</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Küçük Şair</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786259766416</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Küçük Bir Turna’nın Yolculuğu</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>289</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786259476384</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
@@ -859,51 +859,51 @@
         <is>
           <t>9786259476391</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Saraydaki Sır (Resimli - 10+Yaş)</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786259476346</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>İyi Bir Çocuk (8+Yaş) Ben Bidur Durmazgil</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786259476377</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Dedem, Leylek ve Ben (Resimli 7+Yaş) Bir Doğa Macerası</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786259476339</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
@@ -919,126 +919,126 @@
         <is>
           <t>9786259476322</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Nikea - Geçmişe Gizemli Bir Yolculuk</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>312</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786259476308</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Mete ve Ayça'nın Maceraları - Sevgi Yolculuğu (8+Yaş)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786259846293</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Geleceğin Yazarlarından Hikayeler - Küçük Kalemlerin Keşif Yolculuğu (8+Yaş)</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786259476315</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Gara Bilal - Bu Dünyada Ben De Varım Diyen Adamın Hikayesi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>289</v>
+        <v>330</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786259846231</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Karnımızdaki Duygular</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786259846279</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Katre</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786259846262</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Galaksi'de Doludizgin (8 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>267</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786259846248</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Ormandaki Kulübe - Olimpos'a Yolculuk</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>267</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786259846224</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
@@ -1159,351 +1159,351 @@
         <is>
           <t>9786057058942</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Dedemin Saati</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786057058973</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Şehir Efsaneleri Altın Post Macerası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786259846200</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Okulda Bir Gün</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786259846217</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Yerini Unuttuğum Uçurumlar</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786259441146</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Elim Ayağımda (Renkli-Resimli 7+Yaş)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>156</v>
+        <v>224</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786259441153</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Doğruluğun Peşinde Son Akıncı (10+Yaş)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>289</v>
+        <v>330</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786259405179</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Zeyume - Kırmızı Eller (Resimli 10+Yaş)</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786259405193</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Zaman Yolcuları, Teknolojinin İzinde (10+Yaş)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>267</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786259405124</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Pasinler 1048 - Size Cennetin Kapılarını Açıyorum (8+Yaş)</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>334</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786259405117</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Gelidonya - Bir Umuda Yolculuk Macerası (8+Yaş)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>334</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786259441115</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Dara'nın Hazinesi Kayıp Hazinenin Korucuları (Resimli - 8+Yaş)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786259441139</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Dara'nın Hazinesi Gizemli Kitap (Resimli 8+Yaş)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786259441108</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Dara'nın Hazinesi (Resimli 8+Yaş)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786259441122</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Aferide - Tuhaf Bir Hikaye (Resimli 8+Yaş)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786259405100</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Mekana Zamanın Ruhunu Yansıtan Mimar Sinan</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786057123008</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Salgından Sonra</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786259405148</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Selen'in Rüyası</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>134</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786259904573</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Şampiyon Çoban'la Başarmaya Var Mısın?</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>312</v>
+        <v>330</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786259904580</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Macera Dolu Hikayeler (8 Yaş ve Üzeri)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>224</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786259904511</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Hiç</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>289</v>
+        <v>330</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786259904542</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Efsanelerin Peşinde</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>267</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786259904504</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Nun ve Aşk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786057225580</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Üç Nokta</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786057225597</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
@@ -1579,226 +1579,226 @@
         <is>
           <t>9786057185792</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Mavi Kuş Despina - Bir Özgürlük Öyküsü</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>334</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786057225535</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>İyilik Avcısı (8-12 Yaş)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786057225504</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Hocam Bizim Çocuk Hiç Ders Çalışmıyor</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786057225542</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Bu Kitap Senin</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>267</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786057225559</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Bir Kutlu Düş</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786057185747</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Başım Dertte</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>267</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786057185716</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Şiirli Kelimeler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>224</v>
+        <v>330</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786057185730</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Şehir Efsaneleri - Hayalet Köy (8-13 Yaş)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>245</v>
+        <v>267</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786057185723</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Katya - Bir Fenerbahçe Romanı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>267</v>
+        <v>330</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786057058959</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Attar Ali Efendi’nin Sırrı - Kağan’ın Günlüğü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>224</v>
+        <v>267</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786057051745</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Tılsımlı Hançer</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9786254090301</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Çok Normal</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>267</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9786057123077</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Bir Hitit Macerası Ninda</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>224</v>
+        <v>289</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9786057470959</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Bir Hayalin Peşinde - Yolculuk Başlıyor</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>267</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>