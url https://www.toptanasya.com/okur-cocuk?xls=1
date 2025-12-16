--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,475 +85,505 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057708182</t>
+          <t>9786057708212</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Bilgiye “Gül”Ce Şiirler</t>
+          <t>Adil Dede Evin Yolunu Unuttu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>239</v>
+        <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057708199</t>
+          <t>9786057708205</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Fısılda</t>
+          <t>Kim Ne Yapsın Tableti</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>359</v>
+        <v>139</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057708175</t>
+          <t>9786057708182</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Topağacı</t>
+          <t>Şiirden Bilgiye “Gül”Ce Şiirler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057708137</t>
+          <t>9786057708199</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yusuf'un Dünyası</t>
+          <t>Gökyüzüne Fısılda</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>235</v>
+        <v>359</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057708083</t>
+          <t>9786057708175</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Hayvanlar Boyama Kitabı</t>
+          <t>Topağacı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057708076</t>
+          <t>9786057708137</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>A’kıl Gözüme Kaçtı</t>
+          <t>Yusuf'un Dünyası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>189</v>
+        <v>235</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057708069</t>
+          <t>9786057708083</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu Çocukları</t>
+          <t>Kur'an'da Adı Geçen Hayvanlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>249</v>
+        <v>129</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057708021</t>
+          <t>9786057708076</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Kur’an’da Adı Geçen Hayvanlar</t>
+          <t>A’kıl Gözüme Kaçtı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>269</v>
+        <v>189</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057708014</t>
+          <t>9786057708069</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Eşyaların Dilinden Hadisler</t>
+          <t>Dünyanın En Mutlu Çocukları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057708007</t>
+          <t>9786057708021</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bahar Getiren Masal (Ciltli)</t>
+          <t>Öykülerle Kur’an’da Adı Geçen Hayvanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>365</v>
+        <v>269</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058109681</t>
+          <t>9786057708014</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkedi - Bir Kedinin Günlüğü</t>
+          <t>Neşeli Eşyaların Dilinden Hadisler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>155</v>
+        <v>189</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786058109698</t>
+          <t>9786057708007</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İyilik Çetesi 2</t>
+          <t>Bahar Getiren Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058109674</t>
+          <t>9786058109681</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İyilik Çetesi 1</t>
+          <t>Vecihi Hürkedi - Bir Kedinin Günlüğü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>235</v>
+        <v>155</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058109650</t>
+          <t>9786058109698</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Erdemler Eğitimi Seti (5 Kitap Takım)</t>
+          <t>İyilik Çetesi 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>689</v>
+        <v>225</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056686368</t>
+          <t>9786058109674</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Masallarla Öğrenelim Seti (5 Kitap Takım)</t>
+          <t>İyilik Çetesi 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>669</v>
+        <v>235</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058109643</t>
+          <t>9786058109650</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Terlik Papuç İsteyen Uçuç Böceği Fuli</t>
+          <t>Masallarla Erdemler Eğitimi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>149</v>
+        <v>689</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056686375</t>
+          <t>9786056686368</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bombi Bal Yemek İstiyor</t>
+          <t>Allah'ın İsimlerini Masallarla Öğrenelim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>145</v>
+        <v>669</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056686344</t>
+          <t>9786058109643</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuklarından Mektuplar</t>
+          <t>Terlik Papuç İsteyen Uçuç Böceği Fuli</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058109636</t>
+          <t>9786056686375</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Atı Mati</t>
+          <t>Ayı Bombi Bal Yemek İstiyor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058109629</t>
+          <t>9786056686344</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Köye Giden Meraklı Fil Fabi</t>
+          <t>Dünya Çocuklarından Mektuplar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058109612</t>
+          <t>9786058109636</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Filler Geliyooor! Karınca Mudi</t>
+          <t>Küçük Deniz Atı Mati</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786056686399</t>
+          <t>9786058109629</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sincap Riprip</t>
+          <t>Köye Giden Meraklı Fil Fabi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058109667</t>
+          <t>9786058109612</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şıpıdık Ördek Zor Durumda</t>
+          <t>Filler Geliyooor! Karınca Mudi</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056686382</t>
+          <t>9786056686399</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Kelebek Londi</t>
+          <t>Sincap Riprip</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058109605</t>
+          <t>9786058109667</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tilki Riki Keşfediyor</t>
+          <t>Şıpıdık Ördek Zor Durumda</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056686351</t>
+          <t>9786056686382</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Duvarı Aşan Minik Tırtıl Yumi</t>
+          <t>Canı Sıkılan Kelebek Londi</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056686337</t>
+          <t>9786058109605</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Teravihte Gülen Çocuklar</t>
+          <t>Tilki Riki Keşfediyor</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>219</v>
+        <v>145</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056686320</t>
+          <t>9786056686351</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yakata Ekibi - Zoru Başarma Peşinde</t>
+          <t>Duvarı Aşan Minik Tırtıl Yumi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>139</v>
+        <v>145</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
+          <t>9786056686337</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Teravihte Gülen Çocuklar</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786056686320</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Yakata Ekibi - Zoru Başarma Peşinde</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
           <t>9786059779975</t>
         </is>
       </c>
-      <c r="B30" s="1" t="inlineStr">
+      <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Korsan Muhyittin - Piri Reis</t>
         </is>
       </c>
-      <c r="C30" s="1">
+      <c r="C32" s="1">
         <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>