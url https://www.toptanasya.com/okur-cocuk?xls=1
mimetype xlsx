--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -85,505 +85,535 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057708212</t>
+          <t>9786057708151</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Adil Dede Evin Yolunu Unuttu</t>
+          <t>Dünya Tamirhanesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>175</v>
+        <v>199</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057708205</t>
+          <t>9786057708229</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kim Ne Yapsın Tableti</t>
+          <t>Masal Diyarı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>139</v>
+        <v>219</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057708182</t>
+          <t>9786057708212</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Bilgiye “Gül”Ce Şiirler</t>
+          <t>Adil Dede Evin Yolunu Unuttu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>239</v>
+        <v>175</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057708199</t>
+          <t>9786057708205</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Fısılda</t>
+          <t>Kim Ne Yapsın Tableti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>359</v>
+        <v>139</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057708175</t>
+          <t>9786057708182</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Topağacı</t>
+          <t>Şiirden Bilgiye “Gül”Ce Şiirler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>199</v>
+        <v>239</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057708137</t>
+          <t>9786057708199</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yusuf'un Dünyası</t>
+          <t>Gökyüzüne Fısılda</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>235</v>
+        <v>359</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057708083</t>
+          <t>9786057708175</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Adı Geçen Hayvanlar Boyama Kitabı</t>
+          <t>Topağacı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057708076</t>
+          <t>9786057708137</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>A’kıl Gözüme Kaçtı</t>
+          <t>Yusuf'un Dünyası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>189</v>
+        <v>235</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057708069</t>
+          <t>9786057708083</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Mutlu Çocukları</t>
+          <t>Kur'an'da Adı Geçen Hayvanlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057708021</t>
+          <t>9786057708076</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Kur’an’da Adı Geçen Hayvanlar</t>
+          <t>A’kıl Gözüme Kaçtı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>269</v>
+        <v>189</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057708014</t>
+          <t>9786057708069</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Eşyaların Dilinden Hadisler</t>
+          <t>Dünyanın En Mutlu Çocukları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057708007</t>
+          <t>9786057708021</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bahar Getiren Masal (Ciltli)</t>
+          <t>Öykülerle Kur’an’da Adı Geçen Hayvanlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>365</v>
+        <v>269</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786058109681</t>
+          <t>9786057708014</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Vecihi Hürkedi - Bir Kedinin Günlüğü</t>
+          <t>Neşeli Eşyaların Dilinden Hadisler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>155</v>
+        <v>189</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786058109698</t>
+          <t>9786057708007</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İyilik Çetesi 2</t>
+          <t>Bahar Getiren Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786058109674</t>
+          <t>9786058109681</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İyilik Çetesi 1</t>
+          <t>Vecihi Hürkedi - Bir Kedinin Günlüğü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>235</v>
+        <v>155</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058109650</t>
+          <t>9786058109698</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Erdemler Eğitimi Seti (5 Kitap Takım)</t>
+          <t>İyilik Çetesi 2</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>689</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056686368</t>
+          <t>9786058109674</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın İsimlerini Masallarla Öğrenelim Seti (5 Kitap Takım)</t>
+          <t>İyilik Çetesi 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>669</v>
+        <v>235</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786058109643</t>
+          <t>9786058109650</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Terlik Papuç İsteyen Uçuç Böceği Fuli</t>
+          <t>Masallarla Erdemler Eğitimi Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>149</v>
+        <v>689</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056686375</t>
+          <t>9786056686368</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ayı Bombi Bal Yemek İstiyor</t>
+          <t>Allah'ın İsimlerini Masallarla Öğrenelim Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>145</v>
+        <v>669</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056686344</t>
+          <t>9786058109643</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dünya Çocuklarından Mektuplar</t>
+          <t>Terlik Papuç İsteyen Uçuç Böceği Fuli</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786058109636</t>
+          <t>9786056686375</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Küçük Deniz Atı Mati</t>
+          <t>Ayı Bombi Bal Yemek İstiyor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058109629</t>
+          <t>9786056686344</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Köye Giden Meraklı Fil Fabi</t>
+          <t>Dünya Çocuklarından Mektuplar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058109612</t>
+          <t>9786058109636</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Filler Geliyooor! Karınca Mudi</t>
+          <t>Küçük Deniz Atı Mati</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786056686399</t>
+          <t>9786058109629</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sincap Riprip</t>
+          <t>Köye Giden Meraklı Fil Fabi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058109667</t>
+          <t>9786058109612</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şıpıdık Ördek Zor Durumda</t>
+          <t>Filler Geliyooor! Karınca Mudi</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056686382</t>
+          <t>9786056686399</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Kelebek Londi</t>
+          <t>Sincap Riprip</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058109605</t>
+          <t>9786058109667</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tilki Riki Keşfediyor</t>
+          <t>Şıpıdık Ördek Zor Durumda</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056686351</t>
+          <t>9786056686382</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Duvarı Aşan Minik Tırtıl Yumi</t>
+          <t>Canı Sıkılan Kelebek Londi</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786056686337</t>
+          <t>9786058109605</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Teravihte Gülen Çocuklar</t>
+          <t>Tilki Riki Keşfediyor</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>219</v>
+        <v>145</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056686320</t>
+          <t>9786056686351</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yakata Ekibi - Zoru Başarma Peşinde</t>
+          <t>Duvarı Aşan Minik Tırtıl Yumi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>199</v>
+        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
+          <t>9786056686337</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Teravihte Gülen Çocuklar</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786056686320</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Yakata Ekibi - Zoru Başarma Peşinde</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
           <t>9786059779975</t>
         </is>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Korsan Muhyittin - Piri Reis</t>
         </is>
       </c>
-      <c r="C32" s="1">
+      <c r="C34" s="1">
         <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>