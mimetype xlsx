--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,4645 +85,4750 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052903506</t>
+          <t>9786052900666</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Ayıklayamadığımız Taşları</t>
+          <t>Ebabillerin Ölümü Öldürdüğü Gece</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>185</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052903483</t>
+          <t>9786052901045</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme – Kitap İzleri</t>
+          <t>Raz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>279</v>
+        <v>229</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052903490</t>
+          <t>9786052903698</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dünya Döner Gam İçinde</t>
+          <t>Gazze - Yara Kalbimizde</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>229</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052903476</t>
+          <t>9786056881951</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Alametler Kumpanyası</t>
+          <t>Ramazan Sarısakal Felsefe Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>149</v>
+        <v>875</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052900925</t>
+          <t>9786052901144</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Parçalanan Ruhlar</t>
+          <t>Osmanlı Kültürü Etütleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>209</v>
+        <v>595</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052903117</t>
+          <t>9786052900932</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Neden Sanat</t>
+          <t>Borderline</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>269</v>
+        <v>239</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052902707</t>
+          <t>9786052903681</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kesik Yansımalar</t>
+          <t>Kısa Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>209</v>
+        <v>235</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052903469</t>
+          <t>9786052903506</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Üsküp Kitap Kulübü</t>
+          <t>Dünyanın Ayıklayamadığımız Taşları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>169</v>
+        <v>185</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052903452</t>
+          <t>9786052903483</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Şato Kumarbazları</t>
+          <t>Yüzleşme – Kitap İzleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>299</v>
+        <v>279</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052903445</t>
+          <t>9786052903490</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Harman Yeri</t>
+          <t>Dünya Döner Gam İçinde</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052903438</t>
+          <t>9786052903476</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ferdi Tayfur Kapaklı Kış Defteri</t>
+          <t>Alametler Kumpanyası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052903407</t>
+          <t>9786052900925</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hira'dan Olimpos'a Medeniyet</t>
+          <t>Parçalanan Ruhlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>245</v>
+        <v>209</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052903414</t>
+          <t>9786052903117</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Hakikat Adamları</t>
+          <t>Neden Sanat</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>299</v>
+        <v>269</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052903421</t>
+          <t>9786052902707</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Balkan Günlüğü</t>
+          <t>Kesik Yansımalar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>235</v>
+        <v>209</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052900376</t>
+          <t>9786052903469</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Hatıralar</t>
+          <t>Üsküp Kitap Kulübü</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>349</v>
+        <v>169</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052903377</t>
+          <t>9786052903452</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hiç Aylar Üç Aylar ve Ramazan</t>
+          <t>Kızıl Şato Kumarbazları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>239</v>
+        <v>299</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052903353</t>
+          <t>9786052903445</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Borderline</t>
+          <t>Ömrümün Harman Yeri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052903315</t>
+          <t>9786052903438</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Ferdi Tayfur Kapaklı Kış Defteri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052903339</t>
+          <t>9786052903407</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sarmaşık</t>
+          <t>Hira'dan Olimpos'a Medeniyet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>169</v>
+        <v>245</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052903322</t>
+          <t>9786052903414</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cahit Koytak’a Mektuplar</t>
+          <t>Hayal ve Hakikat Adamları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052903308</t>
+          <t>9786052903421</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Öğretmenim</t>
+          <t>Balkan Günlüğü</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>215</v>
+        <v>235</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052902646</t>
+          <t>9786052900376</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Roman ve Coğrafya</t>
+          <t>Yaşayan Hatıralar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>259</v>
+        <v>349</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058286122</t>
+          <t>9786052903377</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Marifetleri</t>
+          <t>Hiç Aylar Üç Aylar ve Ramazan</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>245</v>
+        <v>239</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052903155</t>
+          <t>9786052903353</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Aporia - Düşünceler - 1</t>
+          <t>Borderline</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052903148</t>
+          <t>9786052903315</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Melalistan</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>189</v>
+        <v>185</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052900734</t>
+          <t>9786052903339</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Dağı 5137</t>
+          <t>Sarmaşık</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>209</v>
+        <v>169</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052903087</t>
+          <t>9786052903322</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Vuslatın Son Çağrısı</t>
+          <t>Cahit Koytak’a Mektuplar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>169</v>
+        <v>389</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052903131</t>
+          <t>9786052903308</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağarken</t>
+          <t>İyi Ki Öğretmenim</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>309</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052903124</t>
+          <t>9786052902646</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hasreti Ömer</t>
+          <t>Roman ve Coğrafya</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>259</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052903100</t>
+          <t>9786058286122</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yunus Olmak</t>
+          <t>Kalbin Marifetleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>219</v>
+        <v>245</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052903094</t>
+          <t>9786052903155</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ardıç Kuşu</t>
+          <t>Aporia - Düşünceler - 1</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>185</v>
+        <v>169</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052903070</t>
+          <t>9786052903148</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Düştüğü</t>
+          <t>Melalistan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>389</v>
+        <v>189</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052902714</t>
+          <t>9786052900734</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Denilen</t>
+          <t>Ağrı Dağı 5137</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>229</v>
+        <v>209</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052903063</t>
+          <t>9786052903087</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Süreyya Aynası</t>
+          <t>Vuslatın Son Çağrısı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052900857</t>
+          <t>9786052903131</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Anlatacak Bir Şey Yok</t>
+          <t>Kar Yağarken</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>199</v>
+        <v>309</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052903056</t>
+          <t>9786052903124</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İshak Paşa</t>
+          <t>Hasreti Ömer</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>185</v>
+        <v>259</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052903025</t>
+          <t>9786052903100</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kültür Edebiyat ve Siyaset Asyalı Ozan Cilt-4</t>
+          <t>Yunus Olmak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>409</v>
+        <v>219</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052903032</t>
+          <t>9786052903094</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Has Odasında Asyalı Ozan Cilt-3</t>
+          <t>Ardıç Kuşu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>369</v>
+        <v>185</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052903001</t>
+          <t>9786052903070</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Şehirdeki Haberci Bendim Asyalı Ozan Cilt-2</t>
+          <t>İnsanın Düştüğü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>379</v>
+        <v>389</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052903018</t>
+          <t>9786052902714</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Diken Üstünde Bir Hayat Asyalı Ozan Cilt-1</t>
+          <t>Yaşamak Denilen</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>429</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052902998</t>
+          <t>9786052903063</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dair</t>
+          <t>Süreyya Aynası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>189</v>
+        <v>239</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052902776</t>
+          <t>9786052900857</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Havva'nın Sustuğuna Cevap</t>
+          <t>Anlatacak Bir Şey Yok</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>169</v>
+        <v>199</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052902745</t>
+          <t>9786052903056</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bizim En Güzel Yokuşumuz</t>
+          <t>İshak Paşa</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>215</v>
+        <v>185</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052902752</t>
+          <t>9786052903025</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yol İşaretleri</t>
+          <t>Kültür Edebiyat ve Siyaset Asyalı Ozan Cilt-4</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>249</v>
+        <v>409</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052902769</t>
+          <t>9786052903032</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Difenbahya</t>
+          <t>Düşüncenin Has Odasında Asyalı Ozan Cilt-3</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>209</v>
+        <v>369</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052902721</t>
+          <t>9786052903001</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mount Ararat 5137</t>
+          <t>Şehirdeki Haberci Bendim Asyalı Ozan Cilt-2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>219</v>
+        <v>379</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052902738</t>
+          <t>9786052903018</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tabular ve Tabutlar</t>
+          <t>Diken Üstünde Bir Hayat Asyalı Ozan Cilt-1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>259</v>
+        <v>429</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052902660</t>
+          <t>9786052902998</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Efrumiyye - Bir Destanın Romanı</t>
+          <t>Dair</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>459</v>
+        <v>189</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052902691</t>
+          <t>9786052902776</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kayıp İnsanlar</t>
+          <t>Havva'nın Sustuğuna Cevap</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>185</v>
+        <v>169</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052902684</t>
+          <t>9786052902745</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Elif Kuşağı</t>
+          <t>Bizim En Güzel Yokuşumuz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>199</v>
+        <v>215</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052902677</t>
+          <t>9786052902752</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şehirler</t>
+          <t>Yol İşaretleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>239</v>
+        <v>249</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056881953</t>
+          <t>9786052902769</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Erol Yalçın Roman Üçlemesi Seti</t>
+          <t>Difenbahya</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>939</v>
+        <v>209</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052902653</t>
+          <t>9786052902721</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma - Yeni Stratejiler</t>
+          <t>Mount Ararat 5137</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>525</v>
+        <v>219</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052902622</t>
+          <t>9786052902738</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kedi Balı</t>
+          <t>Tabular ve Tabutlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>279</v>
+        <v>259</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052902639</t>
+          <t>9786052902660</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Repliği</t>
+          <t>Efrumiyye - Bir Destanın Romanı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>127</v>
+        <v>459</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052902615</t>
+          <t>9786052902691</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kelimenin Çağrısı</t>
+          <t>Kayıp İnsanlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>309</v>
+        <v>185</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052902608</t>
+          <t>9786052902684</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Belki Mutlu Oluruz Gitme</t>
+          <t>Elif Kuşağı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>209</v>
+        <v>199</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052902592</t>
+          <t>9786052902677</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu Öykünün Başı</t>
+          <t>Kadim Şehirler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>169</v>
+        <v>239</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052902578</t>
+          <t>9786056881953</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Medya Popüler Kültür ve Psikoloji</t>
+          <t>Erol Yalçın Roman Üçlemesi Seti</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>329</v>
+        <v>939</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052902561</t>
+          <t>9786052902653</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Daka</t>
+          <t>Hızlı Okuma - Yeni Stratejiler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>339</v>
+        <v>525</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052902585</t>
+          <t>9786052902622</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Takipçiniz Var</t>
+          <t>Kedi Balı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>359</v>
+        <v>279</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052902400</t>
+          <t>9786052902639</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Huzur Koleksiyoncusu</t>
+          <t>Dünyanın Repliği</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>259</v>
+        <v>149</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052902363</t>
+          <t>9786052902615</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Süveyda</t>
+          <t>Kelimenin Çağrısı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>289</v>
+        <v>309</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052902356</t>
+          <t>9786052902608</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Senden Daha Güzeli Yok</t>
+          <t>Belki Mutlu Oluruz Gitme</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>209</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052902370</t>
+          <t>9786052902592</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Issız Zaman Fotoğrafları</t>
+          <t>Dünyanın Sonu Öykünün Başı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>215</v>
+        <v>169</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054494330</t>
+          <t>9786052902578</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Avarakasnak</t>
+          <t>Medya Popüler Kültür ve Psikoloji</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>159</v>
+        <v>329</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052901106</t>
+          <t>9786052902561</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Okul İnşa Etmek</t>
+          <t>Daka</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>279</v>
+        <v>339</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052902394</t>
+          <t>9786052902585</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Harmança</t>
+          <t>Takipçiniz Var</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>385</v>
+        <v>359</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052902387</t>
+          <t>9786052902400</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Celi</t>
+          <t>Huzur Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>289</v>
+        <v>259</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052902349</t>
+          <t>9786052902363</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Plüton'u Öldürmek</t>
+          <t>Süveyda</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>279</v>
+        <v>289</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052902332</t>
+          <t>9786052902356</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>One Black and One White for the Dawah</t>
+          <t>Senden Daha Güzeli Yok</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>229</v>
+        <v>209</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052902318</t>
+          <t>9786052902370</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ağrı'nın Yüzü (Ciltli)</t>
+          <t>Issız Zaman Fotoğrafları</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>1140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052902325</t>
+          <t>9786054494330</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Gün</t>
+          <t>Avarakasnak</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>189</v>
+        <v>159</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052902295</t>
+          <t>9786052901106</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sana Anlatacaklarım Var</t>
+          <t>Bir Okul İnşa Etmek</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>185</v>
+        <v>279</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052902288</t>
+          <t>9786052902394</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Huzursuzluk</t>
+          <t>Harmança</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>239</v>
+        <v>385</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052902264</t>
+          <t>9786052902387</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gitmek</t>
+          <t>Celi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>149</v>
+        <v>289</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052902257</t>
+          <t>9786052902349</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar Kitabı</t>
+          <t>Plüton'u Öldürmek</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>289</v>
+        <v>279</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052902271</t>
+          <t>9786052902332</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Filler Ölüme Yalnız Gider</t>
+          <t>One Black and One White for the Dawah</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>219</v>
+        <v>229</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052901922</t>
+          <t>9786052902318</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Karaca Gözü</t>
+          <t>Ağrı'nın Yüzü (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>209</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052901939</t>
+          <t>9786052902325</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Anlam Arayışı 2</t>
+          <t>Sıradan Bir Gün</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>309</v>
+        <v>189</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056881950</t>
+          <t>9786052902295</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Kitap Seti (8 Kitap Takım)</t>
+          <t>Sana Anlatacaklarım Var</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1530</v>
+        <v>185</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052901915</t>
+          <t>9786052902288</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzlerinde Yürüyenler</t>
+          <t>Seçilmiş Huzursuzluk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>255</v>
+        <v>239</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052901892</t>
+          <t>9786052902264</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>251 Mektup - 15 Temmuz Şehitlerine Mektuplar (Ciltli)</t>
+          <t>Gitmek</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>759</v>
+        <v>149</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052901199</t>
+          <t>9786052902257</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bosna Hersek Savaşının Kalıntıları Tomaşitsa - Toplu Mezarı (Ciltli)</t>
+          <t>Konuşmalar Kitabı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>990</v>
+        <v>289</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052901182</t>
+          <t>9786052902271</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yorgunum Mitral</t>
+          <t>Filler Ölüme Yalnız Gider</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>189</v>
+        <v>219</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052901175</t>
+          <t>9786052901922</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Gangaster Daş</t>
+          <t>Karaca Gözü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>319</v>
+        <v>209</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052901168</t>
+          <t>9786052901939</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Karantinası</t>
+          <t>Anlam Arayışı 2</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>209</v>
+        <v>309</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052901151</t>
+          <t>9786056881950</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Anlam Arayışı 1</t>
+          <t>Osmanlı Türkçesi Kitap Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>229</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052901137</t>
+          <t>9786052901915</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>100. Kabul Yıldönümünde İslam Milletinin İstiklal Marşı</t>
+          <t>Geçmişin İzlerinde Yürüyenler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>239</v>
+        <v>255</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052901090</t>
+          <t>9786052901892</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Elma Isırığı</t>
+          <t>251 Mektup - 15 Temmuz Şehitlerine Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>189</v>
+        <v>759</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052901120</t>
+          <t>9786052901199</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Güzün Son Konuğu</t>
+          <t>Bosna Hersek Savaşının Kalıntıları Tomaşitsa - Toplu Mezarı (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>255</v>
+        <v>990</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052901113</t>
+          <t>9786052901182</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Siyah Zamanlar</t>
+          <t>Yorgunum Mitral</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052901083</t>
+          <t>9786052901175</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Okur’ken</t>
+          <t>Gangaster Daş</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>305</v>
+        <v>319</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052901038</t>
+          <t>9786052901168</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Arınma Zamanlarına</t>
+          <t>Yalnızlık Karantinası</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>215</v>
+        <v>209</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052900956</t>
+          <t>9786052901151</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Eser-i Cedit’in Mor Kalemleri</t>
+          <t>Anlam Arayışı 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>259</v>
+        <v>229</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052901052</t>
+          <t>9786052901137</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Nim</t>
+          <t>100. Kabul Yıldönümünde İslam Milletinin İstiklal Marşı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>209</v>
+        <v>239</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052900994</t>
+          <t>9786052901090</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Nuri Pakdil</t>
+          <t>Elma Isırığı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>575</v>
+        <v>189</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052901007</t>
+          <t>9786052901120</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Kitabı</t>
+          <t>Güzün Son Konuğu</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>189</v>
+        <v>255</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052901014</t>
+          <t>9786052901113</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüzgar Geçti</t>
+          <t>Siyah Zamanlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>415</v>
+        <v>185</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052900987</t>
+          <t>9786052901083</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Benlik Avcıları</t>
+          <t>Yeniden Okur’ken</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>369</v>
+        <v>305</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052900970</t>
+          <t>9786052901038</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Hikayemin İncindiği Yerdeyim</t>
+          <t>Arınma Zamanlarına</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052900963</t>
+          <t>9786052900956</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Günleri Büyütürken</t>
+          <t>Eser-i Cedit’in Mor Kalemleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>169</v>
+        <v>259</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052900918</t>
+          <t>9786052901052</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Üflenmemiş Kemik</t>
+          <t>Nim</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>149</v>
+        <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052900888</t>
+          <t>9786052900994</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yolun Daraldığı Yerden</t>
+          <t>Nuri Pakdil</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>349</v>
+        <v>575</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052900949</t>
+          <t>9786052901007</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Android Park'a Hoş Geldiniz</t>
+          <t>Dostluk Kitabı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>185</v>
+        <v>189</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052900901</t>
+          <t>9786052901014</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Var Ama Yok - Bir Mektep Hikayesi</t>
+          <t>Bir Rüzgar Geçti</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>395</v>
+        <v>415</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052900864</t>
+          <t>9786052900987</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Boşluk</t>
+          <t>Benlik Avcıları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>185</v>
+        <v>369</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052900871</t>
+          <t>9786052900970</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Susmak Körlük ve Kırmızı</t>
+          <t>Hikayemin İncindiği Yerdeyim</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>185</v>
+        <v>215</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052900833</t>
+          <t>9786052900963</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İki Gözüm</t>
+          <t>Günleri Büyütürken</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052900840</t>
+          <t>9786052900918</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hatır Defteri</t>
+          <t>Üflenmemiş Kemik</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>159</v>
+        <v>149</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052900826</t>
+          <t>9786052900888</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sinekler de Uyur</t>
+          <t>Yolun Daraldığı Yerden</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>209</v>
+        <v>349</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052900802</t>
+          <t>9786052900949</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hep Dilemma</t>
+          <t>Android Park'a Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>299</v>
+        <v>185</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052900819</t>
+          <t>9786052900901</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Biz Devrimi Çok Sevmiştik</t>
+          <t>Var Ama Yok - Bir Mektep Hikayesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>209</v>
+        <v>395</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052900796</t>
+          <t>9786052900864</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kintsugi</t>
+          <t>Turuncu Boşluk</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>245</v>
+        <v>185</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052900772</t>
+          <t>9786052900871</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Anlatmayan Hikayelerin İkincisi (Osmanlı Türkçesiyle)</t>
+          <t>Susmak Körlük ve Kırmızı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>239</v>
+        <v>185</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052900765</t>
+          <t>9786052900833</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Allah Her Yüreğe Dokunur (Osmanlı Türkçesiyle)</t>
+          <t>İki Gözüm</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>219</v>
+        <v>189</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052900758</t>
+          <t>9786052900840</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Gülendamın Renkleri (Osmanlı Türkçesiyle)</t>
+          <t>Hatır Defteri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>215</v>
+        <v>159</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052900789</t>
+          <t>9786052900826</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sen Gittin Hüzünler Şiir oldu</t>
+          <t>Sinekler de Uyur</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>185</v>
+        <v>209</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052900741</t>
+          <t>9786052900802</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Noah’s Ark</t>
+          <t>Hep Dilemma</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>289</v>
+        <v>299</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052900727</t>
+          <t>9786052900819</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Notlar</t>
+          <t>Biz Devrimi Çok Sevmiştik</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>215</v>
+        <v>209</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052900697</t>
+          <t>9786052900796</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kara Kıtanın İktisatçısı</t>
+          <t>Kintsugi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052900710</t>
+          <t>9786052900772</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kuyudaki Züleyha</t>
+          <t>Hiçbir Şey Anlatmayan Hikayelerin İkincisi (Osmanlı Türkçesiyle)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>305</v>
+        <v>239</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052900659</t>
+          <t>9786052900765</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Notları</t>
+          <t>Allah Her Yüreğe Dokunur (Osmanlı Türkçesiyle)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>215</v>
+        <v>219</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052900628</t>
+          <t>9786052900758</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şehir Yollarında Bir Şair Gezgin</t>
+          <t>Gülendamın Renkleri (Osmanlı Türkçesiyle)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>299</v>
+        <v>215</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052900604</t>
+          <t>9786052900789</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gel En Sevgili</t>
+          <t>Sen Gittin Hüzünler Şiir oldu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>329</v>
+        <v>185</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052900598</t>
+          <t>9786052900741</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gazi Hüsrev Bey</t>
+          <t>Noah’s Ark</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>279</v>
+        <v>289</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786052900581</t>
+          <t>9786052900727</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Çarın Gözleri</t>
+          <t>Ay Işığında Notlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>249</v>
+        <v>215</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052900574</t>
+          <t>9786052900697</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kültüre Adanmış Bir Ömür - D. Mehmet Doğan</t>
+          <t>Kara Kıtanın İktisatçısı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>189</v>
+        <v>215</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786052900567</t>
+          <t>9786052900710</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>7 Epik Figür ve Nabız Vuruşları</t>
+          <t>Kuyudaki Züleyha</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>185</v>
+        <v>305</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052900482</t>
+          <t>9786052900659</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Darbe ve Din</t>
+          <t>Ahir Zaman Notları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>365</v>
+        <v>215</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052900499</t>
+          <t>9786052900628</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İlhami Çiçek</t>
+          <t>Şehir Yollarında Bir Şair Gezgin</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052900512</t>
+          <t>9786052900604</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Alnında Yıldızlar Taşıyan Adam</t>
+          <t>Gel En Sevgili</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>195</v>
+        <v>329</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052900529</t>
+          <t>9786052900598</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hayali Günlükler</t>
+          <t>Gazi Hüsrev Bey</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>215</v>
+        <v>279</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052900550</t>
+          <t>9786052900581</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğin Paradoksal Yenilgisi</t>
+          <t>Çarın Gözleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>415</v>
+        <v>249</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052900543</t>
+          <t>9786052900574</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hikayeleri (Osmanlı Türkçesiyle)</t>
+          <t>Kültüre Adanmış Bir Ömür - D. Mehmet Doğan</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>209</v>
+        <v>189</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052900536</t>
+          <t>9786052900567</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>D.r S (Osmanlı Türkçesiyle)</t>
+          <t>7 Epik Figür ve Nabız Vuruşları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>209</v>
+        <v>185</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052900505</t>
+          <t>9786052900482</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şairan (Ciltli)</t>
+          <t>15 Temmuz Darbe ve Din</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>439</v>
+        <v>365</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052900468</t>
+          <t>9786052900499</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Allah Her Yüreğe Dokunur</t>
+          <t>İlhami Çiçek</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>195</v>
+        <v>229</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052900475</t>
+          <t>9786052900512</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Lilipar</t>
+          <t>Alnında Yıldızlar Taşıyan Adam</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>305</v>
+        <v>195</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052900451</t>
+          <t>9786052900529</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Uzaktakiler</t>
+          <t>Hayali Günlükler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>219</v>
+        <v>215</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052900444</t>
+          <t>9786052900550</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Öteye Bakan</t>
+          <t>Gerçekliğin Paradoksal Yenilgisi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>155</v>
+        <v>415</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052900406</t>
+          <t>9786052900543</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnsana Şifadır</t>
+          <t>İstanbul Hikayeleri (Osmanlı Türkçesiyle)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>239</v>
+        <v>209</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052900390</t>
+          <t>9786052900536</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Nisan Çobanı</t>
+          <t>D.r S (Osmanlı Türkçesiyle)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>169</v>
+        <v>209</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052900352</t>
+          <t>9786052900505</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hızır'la Yolculuk</t>
+          <t>Şairan (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>209</v>
+        <v>439</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052900345</t>
+          <t>9786052900468</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Nuh'un Gemisi - Noah's Ark</t>
+          <t>Allah Her Yüreğe Dokunur</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>229</v>
+        <v>195</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052900291</t>
+          <t>9786052900475</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Son Günün Şiiri</t>
+          <t>Lilipar</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>155</v>
+        <v>305</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052900321</t>
+          <t>9786052900451</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kamigazze</t>
+          <t>Uzaktakiler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>199</v>
+        <v>219</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052900314</t>
+          <t>9786052900444</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Uzak Ülke</t>
+          <t>Öteye Bakan</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>249</v>
+        <v>155</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052900307</t>
+          <t>9786052900406</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Zamanı</t>
+          <t>İnsan İnsana Şifadır</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>259</v>
+        <v>239</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052900277</t>
+          <t>9786052900390</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İspanya Baharı</t>
+          <t>Nisan Çobanı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>185</v>
+        <v>169</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052900246</t>
+          <t>9786052900352</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Beyzade</t>
+          <t>Hızır'la Yolculuk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>309</v>
+        <v>209</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052900222</t>
+          <t>9786052900345</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç: Felsefe Sıfır Din Bir'di</t>
+          <t>Nuh'un Gemisi - Noah's Ark</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>335</v>
+        <v>229</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052900161</t>
+          <t>9786052900291</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sesimin Avlusunda</t>
+          <t>Son Günün Şiiri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>189</v>
+        <v>155</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052900178</t>
+          <t>9786052900321</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bidatim</t>
+          <t>Kamigazze</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>189</v>
+        <v>199</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052900154</t>
+          <t>9786052900314</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Islak Çıra</t>
+          <t>Uzak Ülke</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>189</v>
+        <v>249</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052900185</t>
+          <t>9786052900307</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Zaman Irmağı</t>
+          <t>İslam'ın Zamanı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>229</v>
+        <v>259</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052900192</t>
+          <t>9786052900277</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çay Molası</t>
+          <t>İspanya Baharı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>245</v>
+        <v>185</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052900130</t>
+          <t>9786052900246</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Apophenia</t>
+          <t>Beyzade</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>229</v>
+        <v>309</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052900000</t>
+          <t>9786052900222</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Hikaye</t>
+          <t>Sezai Karakoç: Felsefe Sıfır Din Bir'di</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>279</v>
+        <v>335</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052900048</t>
+          <t>9786052900161</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gülendamın Renkleri</t>
+          <t>Sesimin Avlusunda</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>189</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052900031</t>
+          <t>9786052900178</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Geceleyin Bir Yolcu</t>
+          <t>Yeryüzünde Bidatim</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>245</v>
+        <v>189</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052900093</t>
+          <t>9786052900154</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis (Osmanlı Türkçe)</t>
+          <t>Islak Çıra</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>219</v>
+        <v>189</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052900055</t>
+          <t>9786052900185</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Oruç</t>
+          <t>Zaman Irmağı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>219</v>
+        <v>229</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052900017</t>
+          <t>9786052900192</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Meseli</t>
+          <t>Çay Molası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>189</v>
+        <v>245</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052900062</t>
+          <t>9786052900130</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Haber</t>
+          <t>Apophenia</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>169</v>
+        <v>229</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052900024</t>
+          <t>9786052900000</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Deneme Tahtası</t>
+          <t>Altıncı Hikaye</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>185</v>
+        <v>279</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786058286177</t>
+          <t>9786052900048</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Leyl ve Lir</t>
+          <t>Gülendamın Renkleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>175</v>
+        <v>189</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786058286160</t>
+          <t>9786052900031</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Aşk</t>
+          <t>Geceleyin Bir Yolcu</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>189</v>
+        <v>245</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786058286153</t>
+          <t>9786052900093</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tenden Alacaklı</t>
+          <t>Piri Reis (Osmanlı Türkçe)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>175</v>
+        <v>219</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786058286139</t>
+          <t>9786052900055</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Zihni Karışıklar İçin Alışkanlık Reçetesi</t>
+          <t>Ramazan ve Oruç</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>255</v>
+        <v>219</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059324083</t>
+          <t>9786052900017</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Arş İleri</t>
+          <t>Bir Yol Meseli</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>425</v>
+        <v>189</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059324106</t>
+          <t>9786052900062</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Macaristan’da Bir Osmanlı Padişahı (Ciltli)</t>
+          <t>Hayırlı Haber</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>1099</v>
+        <v>169</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786058286115</t>
+          <t>9786052900024</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan</t>
+          <t>Deneme Tahtası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>549</v>
+        <v>185</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059324090</t>
+          <t>9786058286177</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadınefendinin Masraf Defteri</t>
+          <t>Leyl ve Lir</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>405</v>
+        <v>175</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786054877270</t>
+          <t>9786058286160</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Yazgısı</t>
+          <t>Güzellik ve Aşk</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>209</v>
+        <v>189</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786058312982</t>
+          <t>9786058286153</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>Aşk Tenden Alacaklı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786058312975</t>
+          <t>9786058286139</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Duası</t>
+          <t>Zihni Karışıklar İçin Alışkanlık Reçetesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>249</v>
+        <v>255</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059324137</t>
+          <t>9786059324083</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlu Perçem</t>
+          <t>Arş İleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>145</v>
+        <v>425</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059324076</t>
+          <t>9786059324106</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Ördek Viran Kaldı Gölümüz</t>
+          <t>Macaristan’da Bir Osmanlı Padişahı (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>259</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059324007</t>
+          <t>9786058286115</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kaçırılmış Buluşmalar</t>
+          <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>185</v>
+        <v>549</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059779999</t>
+          <t>9786059324090</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sultanbeyli’den Nişantaşı’na Türk Şiiri</t>
+          <t>Bir Kadınefendinin Masraf Defteri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>155</v>
+        <v>405</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059779982</t>
+          <t>9786054877270</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Kalemin Yazgısı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>239</v>
+        <v>209</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786058312937</t>
+          <t>9786058312982</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Vahiy ve Sanat</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>299</v>
+        <v>245</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059779630</t>
+          <t>9786058312975</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid ve Diplomasi (Ciltli)</t>
+          <t>Kalbin Duası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1500</v>
+        <v>249</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059779890</t>
+          <t>9786059324137</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bedduası Uyuyan Havari</t>
+          <t>Yağmurlu Perçem</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059779722</t>
+          <t>9786059324076</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hafif Demir Kapılar</t>
+          <t>Uçtu Ördek Viran Kaldı Gölümüz</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>185</v>
+        <v>259</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059779968</t>
+          <t>9786059324007</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Gül Tableti</t>
+          <t>Kaçırılmış Buluşmalar</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>169</v>
+        <v>185</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059779883</t>
+          <t>9786059779999</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Adaleti</t>
+          <t>Sultanbeyli’den Nişantaşı’na Türk Şiiri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>379</v>
+        <v>155</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059779906</t>
+          <t>9786059779982</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Cennet Bülbülü Mahpeyker Kösem Sultan</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>289</v>
+        <v>239</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786058312944</t>
+          <t>9786058312937</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Şair Mehmed Akif</t>
+          <t>Vahiy ve Sanat</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>245</v>
+        <v>299</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059779593</t>
+          <t>9786059779630</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Tan Tan Traska!</t>
+          <t>Sultan 2. Abdülhamid ve Diplomasi (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>155</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052900383</t>
+          <t>9786059779890</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kırık Zamanlar</t>
+          <t>Bedduası Uyuyan Havari</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>185</v>
+        <v>149</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059779579</t>
+          <t>9786059779722</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Darbeden Kaleme Bir Yol Hikayesi</t>
+          <t>Hafif Demir Kapılar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>395</v>
+        <v>185</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059779555</t>
+          <t>9786059779968</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Ne Marka</t>
+          <t>Gül Tableti</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>229</v>
+        <v>169</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052900086</t>
+          <t>9786059779883</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Adem'in Öğrenmediği Kelimeler</t>
+          <t>Şiirin Adaleti</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>229</v>
+        <v>379</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052903391</t>
+          <t>9786059779906</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Posta Kodu Aşk - Osmanlı Türkçesiyle</t>
+          <t>Cennet Bülbülü Mahpeyker Kösem Sultan</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>215</v>
+        <v>289</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786054877294</t>
+          <t>9786058312944</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hiç Değilse Bugün</t>
+          <t>Müstesna Şair Mehmed Akif</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>169</v>
+        <v>245</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054877263</t>
+          <t>9786059779593</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Anladıkça Artan</t>
+          <t>Tan Tan Traska!</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>305</v>
+        <v>155</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052900215</t>
+          <t>9786052900383</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hayal Defteri</t>
+          <t>Kırık Zamanlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>149</v>
+        <v>185</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054877485</t>
+          <t>9786059779579</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kalaycının Dediği</t>
+          <t>Darbeden Kaleme Bir Yol Hikayesi</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>185</v>
+        <v>395</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786058312951</t>
+          <t>9786059779555</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yusufhan</t>
+          <t>Kalbin Ne Marka</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>199</v>
+        <v>229</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054877355</t>
+          <t>9786052900086</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Şairin Şiirle İmtihanı</t>
+          <t>Adem'in Öğrenmediği Kelimeler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>245</v>
+        <v>229</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054877362</t>
+          <t>9786052903391</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çatılan Kaşları</t>
+          <t>Posta Kodu Aşk - Osmanlı Türkçesiyle</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>185</v>
+        <v>215</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054877348</t>
+          <t>9786054877294</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Aşılmış Duvarlar</t>
+          <t>Hiç Değilse Bugün</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>149</v>
+        <v>169</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054877430</t>
+          <t>9786054877263</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Şiddeti</t>
+          <t>Anladıkça Artan</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>219</v>
+        <v>305</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054877423</t>
+          <t>9786052900215</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bilge Terzi Mehmet Said Çekmegil</t>
+          <t>Hayal Defteri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054877287</t>
+          <t>9786054877485</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türkiye’nin Kadınları</t>
+          <t>Kalaycının Dediği</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>379</v>
+        <v>185</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786054877201</t>
+          <t>9786058312951</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yara Bandı</t>
+          <t>Yusufhan</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>159</v>
+        <v>199</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052900147</t>
+          <t>9786054877355</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Artık Kuşlarını Uçur</t>
+          <t>Şairin Şiirle İmtihanı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059324021</t>
+          <t>9786054877362</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bize Kefen Biçene Bak</t>
+          <t>Ömer’in Çatılan Kaşları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>309</v>
+        <v>185</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059324038</t>
+          <t>9786054877348</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Lügatı</t>
+          <t>Aşılmış Duvarlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>195</v>
+        <v>149</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054877157</t>
+          <t>9786054877430</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Borges mi Ben mi</t>
+          <t>Şiirin Şiddeti</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>169</v>
+        <v>219</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052900208</t>
+          <t>9786054877423</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Şiir Taşı</t>
+          <t>Bilge Terzi Mehmet Said Çekmegil</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>155</v>
+        <v>229</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786054877003</t>
+          <t>9786054877287</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Çağımızın Tanıkları</t>
+          <t>Yeni Türkiye’nin Kadınları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>229</v>
+        <v>379</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054877119</t>
+          <t>9786054877201</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Şiirin İpek Sesi</t>
+          <t>Yara Bandı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>215</v>
+        <v>159</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786058312968</t>
+          <t>9786052900147</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çile Kırgını</t>
+          <t>Artık Kuşlarını Uçur</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054877096</t>
+          <t>9786059324021</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Durun Kalabalıklar</t>
+          <t>Bize Kefen Biçene Bak</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>335</v>
+        <v>309</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054877218</t>
+          <t>9786059324038</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Su Siyah</t>
+          <t>Köpekler Lügatı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>155</v>
+        <v>195</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059324069</t>
+          <t>9786054877157</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'ya Adını Veren Kadınlar</t>
+          <t>Borges mi Ben mi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>239</v>
+        <v>169</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054877171</t>
+          <t>9786052900208</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıl ve Gelecek</t>
+          <t>Şiir Taşı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>259</v>
+        <v>155</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054494958</t>
+          <t>9786054877003</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Zeliha’nın Ön Dişi</t>
+          <t>Çağımızın Tanıkları</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>185</v>
+        <v>229</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786056140174</t>
+          <t>9786054877119</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yoksa</t>
+          <t>Şiirin İpek Sesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>219</v>
+        <v>215</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786054494576</t>
+          <t>9786058312968</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yerler Mühürlendi</t>
+          <t>Çile Kırgını</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>329</v>
+        <v>195</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054494705</t>
+          <t>9786054877096</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünyadan Eski Dünyaya</t>
+          <t>Durun Kalabalıklar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>445</v>
+        <v>335</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786056140129</t>
+          <t>9786054877218</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yazının Gizledikleri</t>
+          <t>Su Siyah</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>305</v>
+        <v>155</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054494965</t>
+          <t>9786059324069</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Üç Sütun: Şiir, Hikaye, Eleştiri</t>
+          <t>Anadolu'ya Adını Veren Kadınlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>279</v>
+        <v>239</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786054494439</t>
+          <t>9786054877171</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Taşlar ve Küller</t>
+          <t>Yüzyıl ve Gelecek</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>329</v>
+        <v>259</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054494972</t>
+          <t>9786054494958</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Şiirimin Şehirleri</t>
+          <t>Zeliha’nın Ön Dişi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>175</v>
+        <v>185</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786056114427</t>
+          <t>9786056140174</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Şehri Terketmeden Önce</t>
+          <t>Yoksa</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>219</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054494361</t>
+          <t>9786054494576</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sündüs Döşeği</t>
+          <t>Yerler Mühürlendi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>189</v>
+        <v>329</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054494309</t>
+          <t>9786054494705</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Suçsuzluğumu Affet</t>
+          <t>Yeni Dünyadan Eski Dünyaya</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>449</v>
+        <v>445</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054494880</t>
+          <t>9786056140129</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Söyle Sessizlik</t>
+          <t>Yazının Gizledikleri</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>169</v>
+        <v>305</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054494477</t>
+          <t>9786054494965</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sonrası Şimendifer</t>
+          <t>Üç Sütun: Şiir, Hikaye, Eleştiri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>215</v>
+        <v>279</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052900116</t>
+          <t>9786054494439</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Harfler</t>
+          <t>Taşlar ve Küller</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>279</v>
+        <v>329</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052902783</t>
+          <t>9786054494972</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Savaşlar Kararında</t>
+          <t>Şiirimin Şehirleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054494941</t>
+          <t>9786056114427</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Safahat’ın Ulu Ortası: Fatih Kürsüsünde</t>
+          <t>Şehri Terketmeden Önce</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>259</v>
+        <v>219</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054494347</t>
+          <t>9786054494361</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Saati Geri Aldım</t>
+          <t>Sündüs Döşeği</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786056114403</t>
+          <t>9786054494309</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Suçsuzluğumu Affet</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>249</v>
+        <v>449</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054494767</t>
+          <t>9786054494880</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Posta Kodu Aşk</t>
+          <t>Söyle Sessizlik</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786058312999</t>
+          <t>9786054494477</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Pencere’DEN</t>
+          <t>Sonrası Şimendifer</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>259</v>
+        <v>215</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052900123</t>
+          <t>9786052900116</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Öptüm Kara Gözlerinden</t>
+          <t>Sessiz Harfler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>219</v>
+        <v>279</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786058312913</t>
+          <t>9786052902783</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ölü Serçe Dönemeci</t>
+          <t>Savaşlar Kararında</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054494620</t>
+          <t>9786054494941</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nda Teşrifat</t>
+          <t>Safahat’ın Ulu Ortası: Fatih Kürsüsünde</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1619</v>
+        <v>259</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054494507</t>
+          <t>9786054494347</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Neo-Epik Şiir</t>
+          <t>Saati Geri Aldım</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>429</v>
+        <v>190</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786056114465</t>
+          <t>9786056114403</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluk Fotoğrafları</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>189</v>
+        <v>249</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786058312906</t>
+          <t>9786054494767</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Yol Arkadaşı</t>
+          <t>Posta Kodu Aşk</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054494804</t>
+          <t>9786058312999</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mesafe Ayarı</t>
+          <t>Pencere’DEN</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>169</v>
+        <v>259</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054494651</t>
+          <t>9786052900123</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Merahi’nin Fetihname-i Sigetvar’ı</t>
+          <t>Öptüm Kara Gözlerinden</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>449</v>
+        <v>219</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052900284</t>
+          <t>9786058312913</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mağrur Öfke: Necip Fazıl</t>
+          <t>Ölü Serçe Dönemeci</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>219</v>
+        <v>249</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054494873</t>
+          <t>9786054494620</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kimliğin Fotoğrafsız Yaprağı</t>
+          <t>Osmanlı İmparatorluğu’nda Teşrifat</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>219</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786058286108</t>
+          <t>9786054494507</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kış Bahçesi</t>
+          <t>Neo-Epik Şiir</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>349</v>
+        <v>429</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054494354</t>
+          <t>9786056114465</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kanatlı Bahçe</t>
+          <t>Mutsuzluk Fotoğrafları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>195</v>
+        <v>189</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054494170</t>
+          <t>9786058312906</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kendi İçine Düşenler Ansiklopedisi</t>
+          <t>Musa ve Yol Arkadaşı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>369</v>
+        <v>249</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054494613</t>
+          <t>9786054494804</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Ka’riye Cami-i Şerifi</t>
+          <t>Mesafe Ayarı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>315</v>
+        <v>169</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054494316</t>
+          <t>9786054494651</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Mühürlenmeden (Ciltli)</t>
+          <t>Merahi’nin Fetihname-i Sigetvar’ı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>660</v>
+        <v>449</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786056114496</t>
+          <t>9786052900284</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kadim Kapı</t>
+          <t>Mağrur Öfke: Necip Fazıl</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>149</v>
+        <v>219</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052900680</t>
+          <t>9786054494873</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hikayeleri</t>
+          <t>Kimliğin Fotoğrafsız Yaprağı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>189</v>
+        <v>219</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054494071</t>
+          <t>9786058286108</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Aşan Kan</t>
+          <t>Kış Bahçesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>169</v>
+        <v>349</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054494279</t>
+          <t>9786054494354</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İmge, Gerçeklik ve Kültür</t>
+          <t>Kırk Kanatlı Bahçe</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>219</v>
+        <v>195</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054494262</t>
+          <t>9786054494170</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İlim Yayma’nın Penceresi</t>
+          <t>Kendi İçine Düşenler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>190</v>
+        <v>369</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054494460</t>
+          <t>9786054494613</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İlhan Berk’in Haşeması</t>
+          <t>Ka’riye Cami-i Şerifi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>249</v>
+        <v>315</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054494446</t>
+          <t>9786054494316</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Islak Kibritler</t>
+          <t>Kalbim Mühürlenmeden (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>209</v>
+        <v>660</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054494606</t>
+          <t>9786056114496</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Entarisi</t>
+          <t>Kadim Kapı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>259</v>
+        <v>149</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054494521</t>
+          <t>9786052900680</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Anlatmayan Hikayelerin İkincisi</t>
+          <t>İstanbul Hikayeleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>229</v>
+        <v>189</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786056114441</t>
+          <t>9786054494071</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Hakkında Bir Öykü</t>
+          <t>İnsanı Aşan Kan</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>189</v>
+        <v>169</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054494910</t>
+          <t>9786054494279</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Havada Bulut Var</t>
+          <t>İmge, Gerçeklik ve Kültür</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>199</v>
+        <v>219</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054494064</t>
+          <t>9786054494262</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Harput Şehrengizi</t>
+          <t>İlim Yayma’nın Penceresi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054494033</t>
+          <t>9786054494460</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hal Bu Ki Kral Şeffaf</t>
+          <t>İlhan Berk’in Haşeması</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>399</v>
+        <v>249</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786058312920</t>
+          <t>9786054494446</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Doğduğu Yerde</t>
+          <t>Islak Kibritler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>249</v>
+        <v>209</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786056140167</t>
+          <t>9786054494606</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Bir Mızrak Güneş</t>
+          <t>Hüzün Entarisi</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>159</v>
+        <v>259</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054494231</t>
+          <t>9786054494521</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve İkinci Yeni Şiiri</t>
+          <t>Hiçbir Şey Anlatmayan Hikayelerin İkincisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>649</v>
+        <v>229</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052903346</t>
+          <t>9786056114441</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Gavur Kayırıcılar</t>
+          <t>Her Şey Hakkında Bir Öykü</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>196</v>
+        <v>189</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054494101</t>
+          <t>9786054494910</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Endülüs</t>
+          <t>Havada Bulut Var</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>255</v>
+        <v>199</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054494118</t>
+          <t>9786054494064</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Sırça Kulesi</t>
+          <t>Harput Şehrengizi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>209</v>
+        <v>245</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054494538</t>
+          <t>9786054494033</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, İdeoloji ve Poetika</t>
+          <t>Hal Bu Ki Kral Şeffaf</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>305</v>
+        <v>399</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052900673</t>
+          <t>9786058312920</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Düşünmek Farzdır</t>
+          <t>Güneşin Doğduğu Yerde</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>245</v>
+        <v>249</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054494842</t>
+          <t>9786056140167</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Düş Kesiği</t>
+          <t>Gökyüzünde Bir Mızrak Güneş</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>390</v>
+        <v>159</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786054494668</t>
+          <t>9786054494231</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dün Biriktiren</t>
+          <t>Gelenek ve İkinci Yeni Şiiri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>324</v>
+        <v>649</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054494835</t>
+          <t>9786052903346</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Dr. S</t>
+          <t>Gavur Kayırıcılar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>179</v>
+        <v>196</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054494187</t>
+          <t>9786054494101</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Diri</t>
+          <t>Endülüs</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>235</v>
+        <v>255</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786054494132</t>
+          <t>9786054494118</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Dil Yarası</t>
+          <t>Edebiyatın Sırça Kulesi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>479</v>
+        <v>209</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054494712</t>
+          <t>9786054494538</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Köpük</t>
+          <t>Edebiyat, İdeoloji ve Poetika</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>149</v>
+        <v>305</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054494484</t>
+          <t>9786052900673</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Deneme Bir İki</t>
+          <t>Düşünmek Farzdır</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>259</v>
+        <v>245</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786054494491</t>
+          <t>9786054494842</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Davul Tozu Minare Gölgesi</t>
+          <t>Düş Kesiği</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>179</v>
+        <v>390</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054494781</t>
+          <t>9786054494668</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Çok Üzgünüm</t>
+          <t>Dün Biriktiren</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>285</v>
+        <v>324</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786054494583</t>
+          <t>9786054494835</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Cape Town Öyküleri</t>
+          <t>Dr. S</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>159</v>
+        <v>179</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786056140105</t>
+          <t>9786054494187</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Subayının Kaleminden Sultan Ahmed Semti</t>
+          <t>Diri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>389</v>
+        <v>235</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054494750</t>
+          <t>9786054494132</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bir Kriz Sürecinde Strateji Arayışları</t>
+          <t>Dil Yarası</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>445</v>
+        <v>479</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786054494194</t>
+          <t>9786054494712</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Bir Kelime Mesafesi</t>
+          <t>Dikkat Köpük</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>359</v>
+        <v>149</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054494590</t>
+          <t>9786054494484</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Biriktirdim</t>
+          <t>Deneme Bir İki</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>329</v>
+        <v>259</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786056140143</t>
+          <t>9786054494491</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bıçağa Basar Gibi</t>
+          <t>Davul Tozu Minare Gölgesi</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>169</v>
+        <v>179</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054494040</t>
+          <t>9786054494781</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Ben Yok İken</t>
+          <t>Çok Üzgünüm</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>219</v>
+        <v>285</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052901076</t>
+          <t>9786054494583</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ben İsmet Özel, Şair (Ciltli)</t>
+          <t>Cape Town Öyküleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>599</v>
+        <v>159</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786054494514</t>
+          <t>9786056140105</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ben Asyalı Bir Ozan</t>
+          <t>Bir Osmanlı Subayının Kaleminden Sultan Ahmed Semti</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>209</v>
+        <v>389</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786054494682</t>
+          <t>9786054494750</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Bellekteki Huriler</t>
+          <t>Bir Kriz Sürecinde Strateji Arayışları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>209</v>
+        <v>445</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054494545</t>
+          <t>9786054494194</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Ali’nin Dikenleri</t>
+          <t>Bir Kelime Mesafesi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>250</v>
+        <v>359</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054494828</t>
+          <t>9786054494590</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Rüya</t>
+          <t>Bir İnsan Biriktirdim</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>280</v>
+        <v>329</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054494729</t>
+          <t>9786056140143</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Arakan Müslümanları</t>
+          <t>Bıçağa Basar Gibi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>175</v>
+        <v>169</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054494163</t>
+          <t>9786054494040</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Anzelha ile İbrahim</t>
+          <t>Ben Yok İken</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>229</v>
+        <v>219</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054494422</t>
+          <t>9786052901076</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm</t>
+          <t>Ben İsmet Özel, Şair (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>449</v>
+        <v>599</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786054494200</t>
+          <t>9786054494514</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm</t>
+          <t>Ben Asyalı Bir Ozan</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>219</v>
+        <v>209</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052900253</t>
+          <t>9786054494682</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Ermiş Kadınları</t>
+          <t>Bellekteki Huriler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>279</v>
+        <v>209</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786056140136</t>
+          <t>9786054494545</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Aklın Hakikati Aşkın Şiiri</t>
+          <t>Bab-ı Ali’nin Dikenleri</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>389</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786056140181</t>
+          <t>9786054494828</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>AK Parti ve Kürtler</t>
+          <t>Aynadaki Rüya</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054494637</t>
+          <t>9786054494729</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman Abdi Paşa Kanunnamesi</t>
+          <t>Arakan Müslümanları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>416</v>
+        <v>175</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786056140198</t>
+          <t>9786054494163</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat Sürecinde Medya</t>
+          <t>Anzelha ile İbrahim</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>414</v>
+        <v>229</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
+          <t>9786054494422</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Anarşizm</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
+          <t>9786054494200</t>
+        </is>
+      </c>
+      <c r="B309" s="1" t="inlineStr">
+        <is>
+          <t>Anarşizm</t>
+        </is>
+      </c>
+      <c r="C309" s="1">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="310" spans="1:3">
+      <c r="A310" s="1" t="inlineStr">
+        <is>
+          <t>9786052900253</t>
+        </is>
+      </c>
+      <c r="B310" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’nun Ermiş Kadınları</t>
+        </is>
+      </c>
+      <c r="C310" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="311" spans="1:3">
+      <c r="A311" s="1" t="inlineStr">
+        <is>
+          <t>9786056140136</t>
+        </is>
+      </c>
+      <c r="B311" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Hakikati Aşkın Şiiri</t>
+        </is>
+      </c>
+      <c r="C311" s="1">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="312" spans="1:3">
+      <c r="A312" s="1" t="inlineStr">
+        <is>
+          <t>9786056140181</t>
+        </is>
+      </c>
+      <c r="B312" s="1" t="inlineStr">
+        <is>
+          <t>AK Parti ve Kürtler</t>
+        </is>
+      </c>
+      <c r="C312" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="313" spans="1:3">
+      <c r="A313" s="1" t="inlineStr">
+        <is>
+          <t>9786054494637</t>
+        </is>
+      </c>
+      <c r="B313" s="1" t="inlineStr">
+        <is>
+          <t>Abdurrahman Abdi Paşa Kanunnamesi</t>
+        </is>
+      </c>
+      <c r="C313" s="1">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="314" spans="1:3">
+      <c r="A314" s="1" t="inlineStr">
+        <is>
+          <t>9786056140198</t>
+        </is>
+      </c>
+      <c r="B314" s="1" t="inlineStr">
+        <is>
+          <t>28 Şubat Sürecinde Medya</t>
+        </is>
+      </c>
+      <c r="C314" s="1">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="315" spans="1:3">
+      <c r="A315" s="1" t="inlineStr">
+        <is>
           <t>9786054494095</t>
         </is>
       </c>
-      <c r="B308" s="1" t="inlineStr">
+      <c r="B315" s="1" t="inlineStr">
         <is>
           <t>2000 Sonrası Türk Sineması’na Eleştirel Bakış</t>
         </is>
       </c>
-      <c r="C308" s="1">
+      <c r="C315" s="1">
         <v>375</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>