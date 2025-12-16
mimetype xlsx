--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,1330 +85,1450 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255634238</t>
+          <t>9786255634382</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bizon Tıraş Olmak İstiyor</t>
+          <t>Luna’nın Tuvalet Macerası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257344036</t>
+          <t>9786255634399</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Deniz Yıldızı</t>
+          <t>Luna’nın Beslenme Macerası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255634115</t>
+          <t>9786255634375</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Akvaryumu</t>
+          <t>Luna'nın Uyku Macerası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255634108</t>
+          <t>9786255634337</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Bulut</t>
+          <t>Kıskanan Kitap</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>188.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256466661</t>
+          <t>9786255634344</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Hissettiğimde (Ciltli)</t>
+          <t>Hadi! Dedi Tavşan</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>195</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256466685</t>
+          <t>9786256466654</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şaşırmış Hissettiğimde</t>
+          <t>İlk 100 İngilizce Kelime Evim</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>195</v>
+        <v>495</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256466678</t>
+          <t>9786257344319</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Hissettiğimde (Ciltli)</t>
+          <t>Hayır Dedi Tavşan: Bağımsızlaşmak İsteyen Tavşanın İnatlaşma Hikayesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>195</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059318631</t>
+          <t>9786257344227</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Yalan Ölçeri</t>
+          <t>Tilki ve Orman Yangını</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>247</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059318204</t>
+          <t>9786255634238</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Basketbol: 1 Problem: 0</t>
+          <t>Mavi Bizon Tıraş Olmak İstiyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059318112</t>
+          <t>9786257344036</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Annie’nin Planı</t>
+          <t>Deniz Yıldızı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>28</v>
+        <v>275</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059318587</t>
+          <t>9786255634115</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Arkadaşım Kağıdımı Yırttı</t>
+          <t>Doğanın Akvaryumu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>215</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059318433</t>
+          <t>9786255634108</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İsteyen Tavşan</t>
+          <t>Kendini Arayan Bulut</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>235</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257344128</t>
+          <t>9786256466661</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem Bir Kaplan</t>
+          <t>Mutlu Hissettiğimde (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>198.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257344098</t>
+          <t>9786256466685</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bu Kese Çok Karışık</t>
+          <t>Şaşırmış Hissettiğimde</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255634078</t>
+          <t>9786256466678</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Annem Okuldan Korkuyor</t>
+          <t>Üzgün Hissettiğimde (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>158.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255634061</t>
+          <t>9786059318631</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım</t>
+          <t>Ali'nin Yalan Ölçeri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>178.5</v>
+        <v>247</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059318969</t>
+          <t>9786059318204</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kimse Mükemmel Değildir</t>
+          <t>Basketbol: 1 Problem: 0</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256466968</t>
+          <t>9786059318112</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Zihnini Okuyan Kitap</t>
+          <t>Annie’nin Planı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>188.5</v>
+        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256466975</t>
+          <t>9786059318587</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ben Hep Yanındayım</t>
+          <t>Öğretmenim Arkadaşım Kağıdımı Yırttı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>178.5</v>
+        <v>215</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256466906</t>
+          <t>9786059318433</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bir Fıskiye Gibi Ağlarsan Ne Olur?</t>
+          <t>Uyumak İsteyen Tavşan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>188.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256466913</t>
+          <t>9786257344128</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kediş ve Kayıp Ceviz</t>
+          <t>Benim Annem Bir Kaplan</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>158.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256466777</t>
+          <t>9786257344098</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Daha Önce Hiç Açılmamış Kapı/ Merak ve Keşif Üzerine Heyecanlı Bir Hikâye</t>
+          <t>Bu Kese Çok Karışık</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256466586</t>
+          <t>9786255634078</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Sevmeyen Yaban Tavşanı</t>
+          <t>Annem Okuldan Korkuyor</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>178.5</v>
+        <v>158.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256466579</t>
+          <t>9786255634061</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şapkasız Girilmez</t>
+          <t>Adım Adım</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>178.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059318990</t>
+          <t>9786059318969</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz İkili - 1</t>
+          <t>Kimse Mükemmel Değildir</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256466524</t>
+          <t>9786256466968</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz İkili 2</t>
+          <t>Zihnini Okuyan Kitap</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>198.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256466760</t>
+          <t>9786256466975</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Taco</t>
+          <t>Ben Hep Yanındayım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>198.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059318884</t>
+          <t>9786256466906</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Luna ve Büyük Bulanıklık</t>
+          <t>Bir Fıskiye Gibi Ağlarsan Ne Olur?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059318556</t>
+          <t>9786256466913</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ezik Kokarca</t>
+          <t>Dedektif Kediş ve Kayıp Ceviz</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>158.5</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256466715</t>
+          <t>9786256466777</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bezelye Sevmeyen Prenses</t>
+          <t>Daha Önce Hiç Açılmamış Kapı/ Merak ve Keşif Üzerine Heyecanlı Bir Hikâye</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256466647</t>
+          <t>9786256466586</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Çilekli Süt İçmez</t>
+          <t>Paylaşmayı Sevmeyen Yaban Tavşanı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>188.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256466593</t>
+          <t>9786256466579</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kara Bulut</t>
+          <t>Şapkasız Girilmez</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>188.5</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256466548</t>
+          <t>9786059318990</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Gemisi</t>
+          <t>Ayrılmaz İkili - 1</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257344241</t>
+          <t>9786256466524</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Kulübe</t>
+          <t>Ayrılmaz İkili 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>235</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256466487</t>
+          <t>9786256466760</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Renkli Duygular Oteli</t>
+          <t>Taco</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256466432</t>
+          <t>9786059318884</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Rüzgarlar Estiğinde</t>
+          <t>Luna ve Büyük Bulanıklık</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256466388</t>
+          <t>9786059318556</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Nasıl Yenir?</t>
+          <t>Ezik Kokarca</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256466357</t>
+          <t>9786256466715</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Bezelye Sevmeyen Prenses</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256466302</t>
+          <t>9786256466647</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Seni Görebiliyorum</t>
+          <t>Canavarlar Çilekli Süt İçmez</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256466258</t>
+          <t>9786256466593</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Seni Yıldızlardan Bile Daha Çok Seviyorum</t>
+          <t>Kara Bulut</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256466234</t>
+          <t>9786256466548</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Derin’in Fısıltıları</t>
+          <t>Rüyalar Gemisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256466180</t>
+          <t>9786257344241</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Yaratık Olmak</t>
+          <t>Küçük Mavi Kulübe</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256466135</t>
+          <t>9786256466487</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Balinam Olmadan Asla</t>
+          <t>Renkli Duygular Oteli</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256466081</t>
+          <t>9786256466432</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Demir Evde</t>
+          <t>Vahşi Rüzgarlar Estiğinde</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256466067</t>
+          <t>9786256466388</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kabuslarımı Seviyorum</t>
+          <t>Bir Kitap Nasıl Yenir?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256466036</t>
+          <t>9786256466357</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dış Dünya</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256466043</t>
+          <t>9786256466302</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kalesi</t>
+          <t>Seni Görebiliyorum</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>188.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257344968</t>
+          <t>9786256466258</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Penguen</t>
+          <t>Seni Yıldızlardan Bile Daha Çok Seviyorum</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257344951</t>
+          <t>9786256466234</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Zebra</t>
+          <t>Derin’in Fısıltıları</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257344999</t>
+          <t>9786256466180</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sana Sevgim Sonsuz</t>
+          <t>İyi Bir Yaratık Olmak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257344944</t>
+          <t>9786256466135</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yolculuk</t>
+          <t>Balinam Olmadan Asla</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257344876</t>
+          <t>9786256466081</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ortanca Çocuk</t>
+          <t>Demir Evde</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257344821</t>
+          <t>9786256466067</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Benim Gibi Cesur</t>
+          <t>Kabuslarımı Seviyorum</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257344746</t>
+          <t>9786256466036</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Suna Mars’a Gidiyor</t>
+          <t>Dış Dünya</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257344753</t>
+          <t>9786256466043</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Yapma Kılavuzu</t>
+          <t>Hayal Kalesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257344685</t>
+          <t>9786257344968</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bana Ninni Söyler Misin?</t>
+          <t>Yalnız Penguen</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257344616</t>
+          <t>9786257344951</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Utangaç Zebra</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257344654</t>
+          <t>9786257344999</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürü Baloncuk</t>
+          <t>Sana Sevgim Sonsuz</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257344609</t>
+          <t>9786257344944</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sindi - Gorilla</t>
+          <t>Büyük Yolculuk</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257344531</t>
+          <t>9786257344876</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bir Arada Tutan Şey</t>
+          <t>Ortanca Çocuk</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257344500</t>
+          <t>9786257344821</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Rabunzel - Cesur Kalpler İçin Peri Masalları</t>
+          <t>Benim Gibi Cesur</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257344425</t>
+          <t>9786257344746</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kuş Evi</t>
+          <t>Suna Mars’a Gidiyor</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257344388</t>
+          <t>9786257344753</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Prenses</t>
+          <t>Arkadaş Yapma Kılavuzu</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257344340</t>
+          <t>9786257344685</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Etrafımızdaki Çemberler</t>
+          <t>Bana Ninni Söyler Misin?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257344296</t>
+          <t>9786257344616</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Otizm: Kardeşimle Aramdaki Görünmez Bağ</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257344210</t>
+          <t>9786257344654</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ayın Peşinden Git Küçük Kaplumbağa</t>
+          <t>Bir Sürü Baloncuk</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257344166</t>
+          <t>9786257344609</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İstek Canavarları</t>
+          <t>Sindi - Gorilla</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257344067</t>
+          <t>9786257344531</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bir Karın Ağrısı Vakası - Mert Soran Çocuk Dedektif</t>
+          <t>Bizi Bir Arada Tutan Şey</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257344043</t>
+          <t>9786257344500</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bir Islak Yatak Vakası</t>
+          <t>Rabunzel - Cesur Kalpler İçin Peri Masalları</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257344012</t>
+          <t>9786257344425</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzündeki Parlak Şey</t>
+          <t>Kuş Evi</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059318914</t>
+          <t>9786257344388</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Olmak İstemeyen Çocuk</t>
+          <t>Savaşçı Prenses</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059318921</t>
+          <t>9786257344340</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hindi Tütü Möö’lemek İstiyor</t>
+          <t>Etrafımızdaki Çemberler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059318891</t>
+          <t>9786257344296</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ela’nın Kulakları</t>
+          <t>Otizm: Kardeşimle Aramdaki Görünmez Bağ</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059318860</t>
+          <t>9786257344210</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Her Prenses Şatoda Yaşamaz</t>
+          <t>Ayın Peşinden Git Küçük Kaplumbağa</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059318853</t>
+          <t>9786257344166</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mağara Adamı Grug!</t>
+          <t>İstek Canavarları</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059318808</t>
+          <t>9786257344067</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Gece Ziyaretçileri</t>
+          <t>Bir Karın Ağrısı Vakası - Mert Soran Çocuk Dedektif</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059318792</t>
+          <t>9786257344043</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ege Hastaneye Gidiyor</t>
+          <t>Bir Islak Yatak Vakası</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059318716</t>
+          <t>9786257344012</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Duygular Mutfağı</t>
+          <t>Gökyüzündeki Parlak Şey</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059318570</t>
+          <t>9786059318914</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Planı</t>
+          <t>Mutsuz Olmak İstemeyen Çocuk</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059318549</t>
+          <t>9786059318921</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Hindi Tütü Möö’lemek İstiyor</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059318532</t>
+          <t>9786059318891</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Uçup Giden Battaniye</t>
+          <t>Ela’nın Kulakları</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059318501</t>
+          <t>9786059318860</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol!</t>
+          <t>Her Prenses Şatoda Yaşamaz</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059318440</t>
+          <t>9786059318853</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çok Kötü Bir Şey Oldu</t>
+          <t>Küçük Mağara Adamı Grug!</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059318464</t>
+          <t>9786059318808</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kaybedince Kızan Selin</t>
+          <t>Korkunç Gece Ziyaretçileri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059318457</t>
+          <t>9786059318792</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Duygularıyla Arkadaş Olan Çocuk</t>
+          <t>Ege Hastaneye Gidiyor</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
+          <t>9786059318716</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Duygular Mutfağı</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786059318570</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Ada’nın Planı</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786059318549</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Sessizlik</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786059318532</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Uçup Giden Battaniye</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786059318501</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Sakin Ol!</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>168.5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786059318440</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kötü Bir Şey Oldu</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786059318464</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Kaybedince Kızan Selin</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786059318457</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Duygularıyla Arkadaş Olan Çocuk</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
           <t>9786059318099</t>
         </is>
       </c>
-      <c r="B87" s="1" t="inlineStr">
+      <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Kaka Yaparken Acıtıyor</t>
         </is>
       </c>
-      <c r="C87" s="1">
+      <c r="C95" s="1">
         <v>235</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>