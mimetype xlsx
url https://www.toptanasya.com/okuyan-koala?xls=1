--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -85,1450 +85,1510 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255634382</t>
+          <t>9786255634542</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Luna’nın Tuvalet Macerası</t>
+          <t>Yaramaz Kitap</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>198.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255634399</t>
+          <t>9786255634559</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Luna’nın Beslenme Macerası</t>
+          <t>Çok Güzel Bir Hikaye</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255634375</t>
+          <t>9786255634474</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Luna'nın Uyku Macerası</t>
+          <t>Korkan Kitap</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>198.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255634337</t>
+          <t>9786255634467</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kıskanan Kitap</t>
+          <t>Ay Dünya'ya Küserse</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>168</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255634344</t>
+          <t>9786255634382</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hadi! Dedi Tavşan</t>
+          <t>Luna’nın Tuvalet Macerası</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256466654</t>
+          <t>9786255634399</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlk 100 İngilizce Kelime Evim</t>
+          <t>Luna’nın Beslenme Macerası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>495</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257344319</t>
+          <t>9786255634375</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Hayır Dedi Tavşan: Bağımsızlaşmak İsteyen Tavşanın İnatlaşma Hikayesi</t>
+          <t>Luna'nın Uyku Macerası</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257344227</t>
+          <t>9786255634337</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tilki ve Orman Yangını</t>
+          <t>Kıskanan Kitap</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>198.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255634238</t>
+          <t>9786255634344</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bizon Tıraş Olmak İstiyor</t>
+          <t>Hadi! Dedi Tavşan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257344036</t>
+          <t>9786256466654</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Deniz Yıldızı</t>
+          <t>İlk 100 İngilizce Kelime Evim</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>275</v>
+        <v>545</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255634115</t>
+          <t>9786257344319</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Akvaryumu</t>
+          <t>Hayır Dedi Tavşan: Bağımsızlaşmak İsteyen Tavşanın İnatlaşma Hikayesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255634108</t>
+          <t>9786257344227</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Bulut</t>
+          <t>Tilki ve Orman Yangını</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256466661</t>
+          <t>9786255634238</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Hissettiğimde (Ciltli)</t>
+          <t>Mavi Bizon Tıraş Olmak İstiyor</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>195</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256466685</t>
+          <t>9786257344036</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şaşırmış Hissettiğimde</t>
+          <t>Deniz Yıldızı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256466678</t>
+          <t>9786255634115</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Hissettiğimde (Ciltli)</t>
+          <t>Doğanın Akvaryumu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>195</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059318631</t>
+          <t>9786255634108</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Yalan Ölçeri</t>
+          <t>Kendini Arayan Bulut</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>247</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059318204</t>
+          <t>9786256466661</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Basketbol: 1 Problem: 0</t>
+          <t>Mutlu Hissettiğimde (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059318112</t>
+          <t>9786256466685</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Annie’nin Planı</t>
+          <t>Şaşırmış Hissettiğimde</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>28</v>
+        <v>225</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059318587</t>
+          <t>9786256466678</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenim Arkadaşım Kağıdımı Yırttı</t>
+          <t>Üzgün Hissettiğimde (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059318433</t>
+          <t>9786059318631</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İsteyen Tavşan</t>
+          <t>Ali'nin Yalan Ölçeri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257344128</t>
+          <t>9786059318204</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem Bir Kaplan</t>
+          <t>Basketbol: 1 Problem: 0</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257344098</t>
+          <t>9786059318112</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bu Kese Çok Karışık</t>
+          <t>Annie’nin Planı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>395</v>
+        <v>28</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255634078</t>
+          <t>9786059318587</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Annem Okuldan Korkuyor</t>
+          <t>Öğretmenim Arkadaşım Kağıdımı Yırttı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>158.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255634061</t>
+          <t>9786059318433</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım</t>
+          <t>Uyumak İsteyen Tavşan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>178.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059318969</t>
+          <t>9786257344128</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kimse Mükemmel Değildir</t>
+          <t>Benim Annem Bir Kaplan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256466968</t>
+          <t>9786257344098</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zihnini Okuyan Kitap</t>
+          <t>Bu Kese Çok Karışık</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>188.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256466975</t>
+          <t>9786255634078</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ben Hep Yanındayım</t>
+          <t>Annem Okuldan Korkuyor</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>178.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256466906</t>
+          <t>9786255634061</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Fıskiye Gibi Ağlarsan Ne Olur?</t>
+          <t>Adım Adım</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256466913</t>
+          <t>9786059318969</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kediş ve Kayıp Ceviz</t>
+          <t>Kimse Mükemmel Değildir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>158.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256466777</t>
+          <t>9786256466968</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Daha Önce Hiç Açılmamış Kapı/ Merak ve Keşif Üzerine Heyecanlı Bir Hikâye</t>
+          <t>Zihnini Okuyan Kitap</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256466586</t>
+          <t>9786256466975</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmayı Sevmeyen Yaban Tavşanı</t>
+          <t>Ben Hep Yanındayım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256466579</t>
+          <t>9786256466906</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şapkasız Girilmez</t>
+          <t>Bir Fıskiye Gibi Ağlarsan Ne Olur?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059318990</t>
+          <t>9786256466913</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz İkili - 1</t>
+          <t>Dedektif Kediş ve Kayıp Ceviz</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>198.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256466524</t>
+          <t>9786256466777</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ayrılmaz İkili 2</t>
+          <t>Daha Önce Hiç Açılmamış Kapı/ Merak ve Keşif Üzerine Heyecanlı Bir Hikâye</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256466760</t>
+          <t>9786256466586</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Taco</t>
+          <t>Paylaşmayı Sevmeyen Yaban Tavşanı</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059318884</t>
+          <t>9786256466579</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Luna ve Büyük Bulanıklık</t>
+          <t>Şapkasız Girilmez</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059318556</t>
+          <t>9786059318990</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ezik Kokarca</t>
+          <t>Ayrılmaz İkili - 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256466715</t>
+          <t>9786256466524</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bezelye Sevmeyen Prenses</t>
+          <t>Ayrılmaz İkili 2</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256466647</t>
+          <t>9786256466760</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Çilekli Süt İçmez</t>
+          <t>Taco</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256466593</t>
+          <t>9786059318884</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kara Bulut</t>
+          <t>Luna ve Büyük Bulanıklık</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>188.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256466548</t>
+          <t>9786059318556</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar Gemisi</t>
+          <t>Ezik Kokarca</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>198.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257344241</t>
+          <t>9786256466715</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Kulübe</t>
+          <t>Bezelye Sevmeyen Prenses</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256466487</t>
+          <t>9786256466647</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Renkli Duygular Oteli</t>
+          <t>Canavarlar Çilekli Süt İçmez</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256466432</t>
+          <t>9786256466593</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Rüzgarlar Estiğinde</t>
+          <t>Kara Bulut</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256466388</t>
+          <t>9786256466548</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitap Nasıl Yenir?</t>
+          <t>Rüyalar Gemisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256466357</t>
+          <t>9786257344241</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yuva</t>
+          <t>Küçük Mavi Kulübe</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>198.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256466302</t>
+          <t>9786256466487</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Seni Görebiliyorum</t>
+          <t>Renkli Duygular Oteli</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256466258</t>
+          <t>9786256466432</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Seni Yıldızlardan Bile Daha Çok Seviyorum</t>
+          <t>Vahşi Rüzgarlar Estiğinde</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256466234</t>
+          <t>9786256466388</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Derin’in Fısıltıları</t>
+          <t>Bir Kitap Nasıl Yenir?</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256466180</t>
+          <t>9786256466357</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Yaratık Olmak</t>
+          <t>Yuva</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256466135</t>
+          <t>9786256466302</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Balinam Olmadan Asla</t>
+          <t>Seni Görebiliyorum</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256466081</t>
+          <t>9786256466258</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Demir Evde</t>
+          <t>Seni Yıldızlardan Bile Daha Çok Seviyorum</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256466067</t>
+          <t>9786256466234</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kabuslarımı Seviyorum</t>
+          <t>Derin’in Fısıltıları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>188.5</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256466036</t>
+          <t>9786256466180</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dış Dünya</t>
+          <t>İyi Bir Yaratık Olmak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>188.5</v>
+        <v>260</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256466043</t>
+          <t>9786256466135</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kalesi</t>
+          <t>Balinam Olmadan Asla</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>188.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257344968</t>
+          <t>9786256466081</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Penguen</t>
+          <t>Demir Evde</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257344951</t>
+          <t>9786256466067</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Utangaç Zebra</t>
+          <t>Kabuslarımı Seviyorum</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257344999</t>
+          <t>9786256466036</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sana Sevgim Sonsuz</t>
+          <t>Dış Dünya</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257344944</t>
+          <t>9786256466043</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yolculuk</t>
+          <t>Hayal Kalesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257344876</t>
+          <t>9786257344968</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ortanca Çocuk</t>
+          <t>Yalnız Penguen</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257344821</t>
+          <t>9786257344951</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Benim Gibi Cesur</t>
+          <t>Utangaç Zebra</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257344746</t>
+          <t>9786257344999</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Suna Mars’a Gidiyor</t>
+          <t>Sana Sevgim Sonsuz</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257344753</t>
+          <t>9786257344944</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Yapma Kılavuzu</t>
+          <t>Büyük Yolculuk</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257344685</t>
+          <t>9786257344876</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bana Ninni Söyler Misin?</t>
+          <t>Ortanca Çocuk</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257344616</t>
+          <t>9786257344821</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Benim Gibi Cesur</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257344654</t>
+          <t>9786257344746</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürü Baloncuk</t>
+          <t>Suna Mars’a Gidiyor</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257344609</t>
+          <t>9786257344753</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sindi - Gorilla</t>
+          <t>Arkadaş Yapma Kılavuzu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257344531</t>
+          <t>9786257344685</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bir Arada Tutan Şey</t>
+          <t>Bana Ninni Söyler Misin?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257344500</t>
+          <t>9786257344616</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Rabunzel - Cesur Kalpler İçin Peri Masalları</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257344425</t>
+          <t>9786257344654</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kuş Evi</t>
+          <t>Bir Sürü Baloncuk</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257344388</t>
+          <t>9786257344609</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı Prenses</t>
+          <t>Sindi - Gorilla</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257344340</t>
+          <t>9786257344531</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Etrafımızdaki Çemberler</t>
+          <t>Bizi Bir Arada Tutan Şey</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257344296</t>
+          <t>9786257344500</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Otizm: Kardeşimle Aramdaki Görünmez Bağ</t>
+          <t>Rabunzel - Cesur Kalpler İçin Peri Masalları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257344210</t>
+          <t>9786257344425</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ayın Peşinden Git Küçük Kaplumbağa</t>
+          <t>Kuş Evi</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257344166</t>
+          <t>9786257344388</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İstek Canavarları</t>
+          <t>Savaşçı Prenses</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257344067</t>
+          <t>9786257344340</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Karın Ağrısı Vakası - Mert Soran Çocuk Dedektif</t>
+          <t>Etrafımızdaki Çemberler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257344043</t>
+          <t>9786257344296</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bir Islak Yatak Vakası</t>
+          <t>Otizm: Kardeşimle Aramdaki Görünmez Bağ</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257344012</t>
+          <t>9786257344210</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzündeki Parlak Şey</t>
+          <t>Ayın Peşinden Git Küçük Kaplumbağa</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059318914</t>
+          <t>9786257344166</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Olmak İstemeyen Çocuk</t>
+          <t>İstek Canavarları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059318921</t>
+          <t>9786257344067</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Hindi Tütü Möö’lemek İstiyor</t>
+          <t>Bir Karın Ağrısı Vakası - Mert Soran Çocuk Dedektif</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059318891</t>
+          <t>9786257344043</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ela’nın Kulakları</t>
+          <t>Bir Islak Yatak Vakası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059318860</t>
+          <t>9786257344012</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Her Prenses Şatoda Yaşamaz</t>
+          <t>Gökyüzündeki Parlak Şey</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059318853</t>
+          <t>9786059318914</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mağara Adamı Grug!</t>
+          <t>Mutsuz Olmak İstemeyen Çocuk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059318808</t>
+          <t>9786059318921</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Gece Ziyaretçileri</t>
+          <t>Hindi Tütü Möö’lemek İstiyor</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059318792</t>
+          <t>9786059318891</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Ege Hastaneye Gidiyor</t>
+          <t>Ela’nın Kulakları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059318716</t>
+          <t>9786059318860</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Duygular Mutfağı</t>
+          <t>Her Prenses Şatoda Yaşamaz</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059318570</t>
+          <t>9786059318853</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ada’nın Planı</t>
+          <t>Küçük Mağara Adamı Grug!</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059318549</t>
+          <t>9786059318808</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Korkunç Gece Ziyaretçileri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059318532</t>
+          <t>9786059318792</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Uçup Giden Battaniye</t>
+          <t>Ege Hastaneye Gidiyor</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059318501</t>
+          <t>9786059318716</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ol!</t>
+          <t>Duygular Mutfağı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>168.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059318440</t>
+          <t>9786059318570</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çok Kötü Bir Şey Oldu</t>
+          <t>Ada’nın Planı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059318464</t>
+          <t>9786059318549</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kaybedince Kızan Selin</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059318457</t>
+          <t>9786059318532</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Duygularıyla Arkadaş Olan Çocuk</t>
+          <t>Uçup Giden Battaniye</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
+          <t>9786059318501</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Sakin Ol!</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>188.5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786059318440</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Çok Kötü Bir Şey Oldu</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786059318464</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Kaybedince Kızan Selin</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786059318457</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Duygularıyla Arkadaş Olan Çocuk</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
           <t>9786059318099</t>
         </is>
       </c>
-      <c r="B95" s="1" t="inlineStr">
+      <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Kaka Yaparken Acıtıyor</t>
         </is>
       </c>
-      <c r="C95" s="1">
-        <v>235</v>
+      <c r="C99" s="1">
+        <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>