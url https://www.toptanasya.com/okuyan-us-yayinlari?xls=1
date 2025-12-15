--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,7570 +85,7735 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255634283</t>
+          <t>9786255634436</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Debelenirken</t>
+          <t>Kendini Ölçme, Sev: Özsaygı Özsevgi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>595</v>
+        <v>245</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255634221</t>
+          <t>9786255634313</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Baloncuk Bizon Banyo Yapmak İstiyor</t>
+          <t>Kirpiye Sarılmak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>188.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255634269</t>
+          <t>9786255634351</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>K-Pop Sözlüğü</t>
+          <t>Dört Kapı Bir Oda</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055134778</t>
+          <t>9786255634290</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>8-9 Senedir Kendimi İyi Hissetmiyorum</t>
+          <t>Haz İçin Yaşamak</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255634252</t>
+          <t>9786255634306</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ile Düşünmek</t>
+          <t>Gözyüzüyle Yüz Yüze</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>375</v>
+        <v>595</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255634245</t>
+          <t>9786255634320</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğü Seçmek</t>
+          <t>Efsane Futbol - 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255634276</t>
+          <t>9786257344463</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbol - 1</t>
+          <t>Mutfak Filede Başlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>245</v>
+        <v>795</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059318709</t>
+          <t>9786257344456</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Masumiyet</t>
+          <t>Kendin Olma Hakkı ve Sınırlarına Hakim Olmak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>495</v>
+        <v>345</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255634122</t>
+          <t>9786059318051</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hamamböceğine Dokunmak</t>
+          <t>İçeride Kalanlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>345</v>
+        <v>235</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055134495</t>
+          <t>9786059318822</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Bey'in Değersiz Hayatı</t>
+          <t>Görünmeyen Yaralar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>198.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758420445</t>
+          <t>9786059318785</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Tarihi</t>
+          <t>Kaygılı İnsanın Büyük Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054054954</t>
+          <t>9786255634283</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karizma Miti</t>
+          <t>Türkiye Debelenirken</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>375</v>
+        <v>595</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054054695</t>
+          <t>9786255634221</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Alex Değilim</t>
+          <t>Baloncuk Bizon Banyo Yapmak İstiyor</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>198.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255634153</t>
+          <t>9786255634269</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Utancı Sahiplenmek</t>
+          <t>K-Pop Sözlüğü</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257344258</t>
+          <t>9786055134778</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Döngüsünü Kırmak</t>
+          <t>8-9 Senedir Kendimi İyi Hissetmiyorum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059318976</t>
+          <t>9786255634252</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Anneler, Kızları ve Beden Algısı</t>
+          <t>Yapay Zeka ile Düşünmek</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255634160</t>
+          <t>9786255634245</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Guru, Pazarlamacı, Şüpheci</t>
+          <t>Özgürlüğü Seçmek</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255634139</t>
+          <t>9786255634276</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer’in Kirpileri</t>
+          <t>Efsane Futbol - 1</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255634146</t>
+          <t>9786059318709</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak ve Dönüşmek</t>
+          <t>Güç ve Masumiyet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054054657</t>
+          <t>9786255634122</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Keşfi</t>
+          <t>Hamamböceğine Dokunmak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255634085</t>
+          <t>9786055134495</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çok - Açık Evlilik Anıları</t>
+          <t>Muazzam Bey'in Değersiz Hayatı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>395</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255634023</t>
+          <t>9789758420445</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Uzak Bir Ülkede</t>
+          <t>Psikiyatri Tarihi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257344715</t>
+          <t>9786054054954</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Miras</t>
+          <t>Karizma Miti</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257344524</t>
+          <t>9786054054695</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hass*ktir Ölüyorum Galiba</t>
+          <t>Bir Alex Değilim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055134327</t>
+          <t>9786255634153</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Sevgi</t>
+          <t>Utancı Sahiplenmek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257344272</t>
+          <t>9786257344258</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Acı Çekme Cesareti</t>
+          <t>Kaygı Döngüsünü Kırmak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257344357</t>
+          <t>9786059318976</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kabul ve Kararlılık Terapisi</t>
+          <t>Anneler, Kızları ve Beden Algısı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054054923</t>
+          <t>9786255634160</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yarının İnsanı</t>
+          <t>Guru, Pazarlamacı, Şüpheci</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>57.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054054466</t>
+          <t>9786255634139</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yahşi Batı - Senaryo</t>
+          <t>Schopenhauer’in Kirpileri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756287170</t>
+          <t>9786255634146</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ütopya: Hayali Ahali Projesi</t>
+          <t>Var Olmak ve Dönüşmek</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>36</v>
+        <v>345</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789786054052</t>
+          <t>9786054054657</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Çocuklar: Şizofreni Yazıları</t>
+          <t>Varoluşun Keşfi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>20</v>
+        <v>445</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054054862</t>
+          <t>9786255634085</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Sosyal Medya</t>
+          <t>Çok - Açık Evlilik Anıları</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>59.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756287965</t>
+          <t>9786255634023</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türk Diplomatın Kızı</t>
+          <t>Uzak Bir Ülkede</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>28</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758420940</t>
+          <t>9786257344715</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Samuraylar Arasında Aşk</t>
+          <t>Duygusal Miras</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>20</v>
+        <v>395</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786055134075</t>
+          <t>9786257344524</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Risale Fi Etvar’is - Süluk (Ciltli)</t>
+          <t>Hass*ktir Ölüyorum Galiba</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9799758420703</t>
+          <t>9786055134327</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Pus</t>
+          <t>Güç ve Sevgi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>23</v>
+        <v>245</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055134563</t>
+          <t>9786257344272</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Maymun Aklı</t>
+          <t>Acı Çekme Cesareti</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054054558</t>
+          <t>9786257344357</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yaratma Savaşı</t>
+          <t>Kabul ve Kararlılık Terapisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055134709</t>
+          <t>9786054054923</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçu - Hümanistik Terapi</t>
+          <t>Yarının İnsanı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>395</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054054070</t>
+          <t>9786054054466</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mücadele Eden Herkes İçin Strateji</t>
+          <t>Yahşi Batı - Senaryo</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>18</v>
+        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054054008</t>
+          <t>9789756287170</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Çılgın Türkler?</t>
+          <t>Ütopya: Hayali Ahali Projesi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>26</v>
+        <v>36</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789756287941</t>
+          <t>9789786054052</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui Pusula İçinizde</t>
+          <t>Uykusuz Çocuklar: Şizofreni Yazıları</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789756287927</t>
+          <t>9786054054862</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Rolkesen</t>
+          <t>Türkiye ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>30</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756287736</t>
+          <t>9789756287965</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Sembolleri</t>
+          <t>Türk Diplomatın Kızı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>39</v>
+        <v>28</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789756287118</t>
+          <t>9789758420940</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Acayip Hisli</t>
+          <t>Samuraylar Arasında Aşk</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756287064</t>
+          <t>9786055134075</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sallama Klasikler</t>
+          <t>Risale Fi Etvar’is - Süluk (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>22</v>
+        <v>595</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9759786287020</t>
+          <t>9799758420703</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Güllerim Açtı Seni Görünce</t>
+          <t>Pus</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758420988</t>
+          <t>9786055134563</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Z Son İnsan mı?</t>
+          <t>Maymun Aklı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>23</v>
+        <v>445</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758420926</t>
+          <t>9786054054558</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalem Un Ufak</t>
+          <t>Yaratma Savaşı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>29</v>
+        <v>345</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789758420889</t>
+          <t>9786055134709</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Selkie’lerin Şarkısı</t>
+          <t>Varoluşçu - Hümanistik Terapi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>24</v>
+        <v>395</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789758420810</t>
+          <t>9786054054070</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Avukat Olacaktı Muhterem</t>
+          <t>Mücadele Eden Herkes İçin Strateji</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789758420780</t>
+          <t>9786054054008</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Erotik Öyküler</t>
+          <t>Kim Bu Çılgın Türkler?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9799758420697</t>
+          <t>9789756287941</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kıskançlık</t>
+          <t>Feng Shui Pusula İçinizde</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9799758420680</t>
+          <t>9789756287927</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Salta Dur</t>
+          <t>Rolkesen</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9799756287728</t>
+          <t>9789756287736</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Basın İlanı Böyle Yapılır?</t>
+          <t>İnsan ve Sembolleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>42</v>
+        <v>39</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799756287704</t>
+          <t>9789756287118</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Acayip Hisli</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>21</v>
+        <v>30</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9799756287674</t>
+          <t>9789756287064</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yarım Asırlık Asker</t>
+          <t>Sallama Klasikler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>39</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799756287568</t>
+          <t>9759786287020</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Saatçi Bayırı</t>
+          <t>Güllerim Açtı Seni Görünce</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789756287484</t>
+          <t>9789758420988</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kış Bakışı</t>
+          <t>Z Son İnsan mı?</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>14</v>
+        <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799758420659</t>
+          <t>9789758420926</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Adam</t>
+          <t>Bu Kalem Un Ufak</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789758420346</t>
+          <t>9789758420889</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzgun Yaz</t>
+          <t>Selkie’lerin Şarkısı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789758420223</t>
+          <t>9789758420810</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gogol’un Paltosun’dan Çıktık</t>
+          <t>Avukat Olacaktı Muhterem</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758420254</t>
+          <t>9789758420780</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Öyküler</t>
+          <t>Erotik Öyküler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789758420162</t>
+          <t>9799758420697</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Buradan Böyle</t>
+          <t>Aşk ve Kıskançlık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789758420070</t>
+          <t>9799758420680</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Duygudurum Bozukluklarında Atipik Antipsikotik Kullanımı</t>
+          <t>Salta Dur</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789758420049</t>
+          <t>9799756287728</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Psikiyatri Kavşağında</t>
+          <t>Basın İlanı Böyle Yapılır?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>22</v>
+        <v>42</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789758420032</t>
+          <t>9799756287704</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Majör Depresif Bozukluk Hastalarının Tedavileri İçin Uygulama Kılavuzu</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>15</v>
+        <v>21</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789756287408</t>
+          <t>9799756287674</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Konuşmayan Tavus Kuşu Camio</t>
+          <t>Yarım Asırlık Asker</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>88.5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789756287392</t>
+          <t>9799756287568</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bittiği Yerden</t>
+          <t>Saatçi Bayırı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>23</v>
+        <v>21</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756287361</t>
+          <t>9789756287484</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Fener Sokağı</t>
+          <t>Kış Bakışı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756287309</t>
+          <t>9799758420659</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Beni Kalbimden Vuranlar Var Ya!</t>
+          <t>Şanslı Adam</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789756287286</t>
+          <t>9789758420346</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni;Sesler,Yüzler,Öyküler</t>
+          <t>Bir Kuzgun Yaz</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>18</v>
+        <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799756287605</t>
+          <t>9789758420223</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yoncimik'in Maceraları Bayram - 1</t>
+          <t>Hepimiz Gogol’un Paltosun’dan Çıktık</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054054060</t>
+          <t>9789758420254</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasasını Yaşamanın Anahtar'ı</t>
+          <t>Cinsel Öyküler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9799758420673</t>
+          <t>9789758420162</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Öyküler</t>
+          <t>Buradan Böyle</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>98.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758420483</t>
+          <t>9789758420070</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yatağında Yalnız mısın?</t>
+          <t>Duygudurum Bozukluklarında Atipik Antipsikotik Kullanımı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>225</v>
+        <v>20</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054054305</t>
+          <t>9789758420049</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot'un Dönüşü</t>
+          <t>Şiir ve Psikiyatri Kavşağında</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>40.6</v>
+        <v>22</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789756287835</t>
+          <t>9789758420032</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sinema Köşelerinde</t>
+          <t>Majör Depresif Bozukluk Hastalarının Tedavileri İçin Uygulama Kılavuzu</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>42</v>
+        <v>15</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789758420117</t>
+          <t>9789756287408</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yamyamın Yemek Kitabı</t>
+          <t>Konuşmayan Tavus Kuşu Camio</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>695</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756287194</t>
+          <t>9789756287392</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Buda</t>
+          <t>Her Şeyin Bittiği Yerden</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054054589</t>
+          <t>9789756287361</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>1 Kadın 2 Salak</t>
+          <t>Kırmızı Fener Sokağı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756287491</t>
+          <t>9789756287309</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Noel Baba'dan Mektuplar (Ciltli)</t>
+          <t>Beni Kalbimden Vuranlar Var Ya!</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>45</v>
+        <v>22</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054054640</t>
+          <t>9789756287286</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük - 2 : Ve Geri Kalan Her Şey</t>
+          <t>Şizofreni;Sesler,Yüzler,Öyküler</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>128.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054054930</t>
+          <t>9799756287605</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük - 3 : Allah Beni Böyle Yaratmış</t>
+          <t>Yoncimik'in Maceraları Bayram - 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>88.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054054343</t>
+          <t>9786054054060</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İtalya'da Rönesans Kültürü</t>
+          <t>Çekim Yasasını Yaşamanın Anahtar'ı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>475</v>
+        <v>27</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055134471</t>
+          <t>9799758420673</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Cafe Fernando (Ciltli)</t>
+          <t>Suçlu Öyküler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055134105</t>
+          <t>9789758420483</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bakırköy Akıl Hastanesi'nden Anılar</t>
+          <t>Yatağında Yalnız mısın?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>88.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054054497</t>
+          <t>9786054054305</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Nasıl Pişirirsiniz?</t>
+          <t>Don Kişot'un Dönüşü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>36</v>
+        <v>40.6</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756287460</t>
+          <t>9789756287835</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yusufçuk Gece Gelir</t>
+          <t>Sinema Köşelerinde</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>15</v>
+        <v>42</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056287008</t>
+          <t>9789758420117</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Diyet</t>
+          <t>Yamyamın Yemek Kitabı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>128.5</v>
+        <v>695</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9799758420574</t>
+          <t>9789756287194</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Ziyaretçiler</t>
+          <t>Dikkat! Buda</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>188.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054054107</t>
+          <t>9786054054589</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kim Olmak İstiyorsunuz?</t>
+          <t>1 Kadın 2 Salak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>42</v>
+        <v>225</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756287422</t>
+          <t>9789756287491</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Körü Körüne İnanç</t>
+          <t>Noel Baba'dan Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>37</v>
+        <v>45</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789758420513</t>
+          <t>9786054054640</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Konuşmadığı Dil</t>
+          <t>Pucca Günlük - 2 : Ve Geri Kalan Her Şey</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>17</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756587751</t>
+          <t>9786054054930</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Kişiliğiniz</t>
+          <t>Pucca Günlük - 3 : Allah Beni Böyle Yaratmış</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>50</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756287859</t>
+          <t>9786054054343</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mevt - Tek Hecelik Uyku</t>
+          <t>İtalya'da Rönesans Kültürü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>15</v>
+        <v>475</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758420506</t>
+          <t>9786055134471</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Erotik Astroloji</t>
+          <t>Cafe Fernando (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059318396</t>
+          <t>9786055134105</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Son</t>
+          <t>Bakırköy Akıl Hastanesi'nden Anılar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>36</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059318242</t>
+          <t>9786054054497</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Beynin Mutluluk Ayarları</t>
+          <t>Hayatınızı Nasıl Pişirirsiniz?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055134846</t>
+          <t>9789756287460</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gölgene Sahip Çık</t>
+          <t>Yusufçuk Gece Gelir</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>225</v>
+        <v>15</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055134990</t>
+          <t>9786056287008</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Renkli Rüyalar Oteli</t>
+          <t>Fark Etmeden Diyet</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>108.5</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055134877</t>
+          <t>9799758420574</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Bir Paraşüt</t>
+          <t>Ziyaretçiler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>29</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055134686</t>
+          <t>9786054054107</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tanrılara Neden İnanırız?</t>
+          <t>Kim Olmak İstiyorsunuz?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055134594</t>
+          <t>9789756287422</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Zelot</t>
+          <t>Körü Körüne İnanç</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>66</v>
+        <v>37</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055134235</t>
+          <t>9789758420513</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Yiyenler</t>
+          <t>Kimsenin Konuşmadığı Dil</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>46</v>
+        <v>17</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055134488</t>
+          <t>9789756587751</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İyi Hemşire</t>
+          <t>A’dan Z’ye Kişiliğiniz</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055134617</t>
+          <t>9789756287859</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yalan (Ciltli)</t>
+          <t>Mevt - Tek Hecelik Uyku</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>167</v>
+        <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758420834</t>
+          <t>9789758420506</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Beyin</t>
+          <t>Erotik Astroloji</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>225</v>
+        <v>26</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059318068</t>
+          <t>9786059318396</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Buz İkizler</t>
+          <t>Mükemmel Bir Son</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>275</v>
+        <v>36</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055134754</t>
+          <t>9786059318242</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Terapisi</t>
+          <t>Beynin Mutluluk Ayarları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>475</v>
+        <v>38</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055134303</t>
+          <t>9786055134846</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalaka</t>
+          <t>Gölgene Sahip Çık</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>119</v>
+        <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055134969</t>
+          <t>9786055134990</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayan Yaşlılar</t>
+          <t>Renkli Rüyalar Oteli</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>88.5</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055134259</t>
+          <t>9786055134877</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gizli Aşk Bu</t>
+          <t>Ev Yapımı Bir Paraşüt</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>275</v>
+        <v>29</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055134242</t>
+          <t>9786055134686</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Piyon</t>
+          <t>Tanrılara Neden İnanırız?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>445</v>
+        <v>36</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055134839</t>
+          <t>9786055134594</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Masum Uyku</t>
+          <t>Zelot</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>78.5</v>
+        <v>66</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9799756287544</t>
+          <t>9786055134235</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Pornovida</t>
+          <t>Karanlığı Yiyenler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>168.5</v>
+        <v>46</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054054411</t>
+          <t>9786055134488</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>P*ç Güveysinden Hallice</t>
+          <t>İyi Hemşire</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>151</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055134051</t>
+          <t>9786055134617</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yok Korku Yok</t>
+          <t>Yalan (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>295</v>
+        <v>167</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055134044</t>
+          <t>9789758420834</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğulları’nın Varlıkları ve 2. Abdülhamid’in Emlaki</t>
+          <t>Cesur Yeni Beyin</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>595</v>
+        <v>225</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756287378</t>
+          <t>9786059318068</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Orson Welles</t>
+          <t>Buz İkizler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054054985</t>
+          <t>9786055134754</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Olsa Dükkan Senin</t>
+          <t>Gerçeklik Terapisi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>88.5</v>
+        <v>475</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758420407</t>
+          <t>9786055134303</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Çatışması ve Dünya Düzeninin Yeniden Kurulması</t>
+          <t>Beyaz Yalaka</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>119</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054054817</t>
+          <t>9786055134969</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Makber</t>
+          <t>Yaşlanmayan Yaşlılar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9799756287667</t>
+          <t>9786055134259</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Penisin Katı Gerçekleri</t>
+          <t>Gizli Aşk Bu</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054054800</t>
+          <t>9786055134242</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Likya Yolu Fethiye’den Antalya’ya</t>
+          <t>Piyon</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1640</v>
+        <v>445</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054054176</t>
+          <t>9786055134839</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılın Penceresi</t>
+          <t>Masum Uyku</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>198.5</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789758420827</t>
+          <t>9799756287544</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kentlerin Kraliçesi</t>
+          <t>Pornovida</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789758420100</t>
+          <t>9786054054411</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Kafadanbacaklılar</t>
+          <t>P*ç Güveysinden Hallice</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>225</v>
+        <v>151</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756287019</t>
+          <t>9786055134051</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İstifa</t>
+          <t>Ölüm Yok Korku Yok</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756287323</t>
+          <t>9786055134044</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Yolunda</t>
+          <t>Osmanoğulları’nın Varlıkları ve 2. Abdülhamid’in Emlaki</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054054459</t>
+          <t>9789756287378</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hokkabaz - Senaryo</t>
+          <t>Orson Welles</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756287903</t>
+          <t>9786054054985</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hey Nostradamus!</t>
+          <t>Olsa Dükkan Senin</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>25</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756287972</t>
+          <t>9789758420407</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gertrude 2’ye Nasıl Bölündü?</t>
+          <t>Medeniyetler Çatışması ve Dünya Düzeninin Yeniden Kurulması</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>445</v>
+        <v>119</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9799756287575</t>
+          <t>9786054054817</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gece Gelini</t>
+          <t>Makber</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>36</v>
+        <v>275</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054054053</t>
+          <t>9799756287667</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Diyet’le Kalıcı Kilo Verme</t>
+          <t>Penisin Katı Gerçekleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054054794</t>
+          <t>9786054054800</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Erkek Dedikodusu 2</t>
+          <t>Likya Yolu Fethiye’den Antalya’ya</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>138.5</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756287330</t>
+          <t>9786054054176</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Filmimin Hikayesi</t>
+          <t>Kırk Yılın Penceresi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054054626</t>
+          <t>9789758420827</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Erkek Dedikodusu</t>
+          <t>Kentlerin Kraliçesi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>520</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054054237</t>
+          <t>9789758420100</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Düş Sandığım</t>
+          <t>Kafadanbacaklılar</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9799758420642</t>
+          <t>9789756287019</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Deli Öyküler</t>
+          <t>İstifa</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>26</v>
+        <v>395</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054054367</t>
+          <t>9789756287323</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dante ve İslam</t>
+          <t>Hz. Muhammed’in Yolunda</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9799758420772</t>
+          <t>9786054054459</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Sanat</t>
+          <t>Hokkabaz - Senaryo</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789758420872</t>
+          <t>9789756287903</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Cowrie</t>
+          <t>Hey Nostradamus!</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>198.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789758420155</t>
+          <t>9789756287972</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Biz Romantik Aşkın Psikolojisi</t>
+          <t>Gertrude 2’ye Nasıl Bölündü?</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>23</v>
+        <v>445</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054054140</t>
+          <t>9799756287575</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Romanı</t>
+          <t>Gece Gelini</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>188.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054054893</t>
+          <t>9786054054053</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı 2 - Kebabman</t>
+          <t>Fark Etmeden Diyet’le Kalıcı Kilo Verme</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>198.5</v>
+        <v>475</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054054824</t>
+          <t>9786054054794</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Buda Aşık Olsaydı</t>
+          <t>Erkek Dedikodusu 2</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>37</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054054633</t>
+          <t>9789756287330</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı - Ayran Geven</t>
+          <t>Filmimin Hikayesi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>59.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789758420131</t>
+          <t>9786054054626</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Kabusları ve Diğer Öyküler</t>
+          <t>Erkek Dedikodusu</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>35</v>
+        <v>520</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055134082</t>
+          <t>9786054054237</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Beni Hep Sev</t>
+          <t>Düş Sandığım</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054054886</t>
+          <t>9799758420642</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>Deli Öyküler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>78</v>
+        <v>26</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054054541</t>
+          <t>9786054054367</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bayılmışım... Kendime Geldiğimde 40 Yaşındaydım</t>
+          <t>Dante ve İslam</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054054572</t>
+          <t>9799758420772</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bana Diyet Deme</t>
+          <t>Çocuk ve Sanat</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>36</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054054718</t>
+          <t>9789758420872</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Atlarla Yaşayan Kadın</t>
+          <t>Cowrie</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789756287156</t>
+          <t>9789758420155</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Öbür Duygular</t>
+          <t>Biz Romantik Aşkın Psikolojisi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>245</v>
+        <v>23</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789756287279</t>
+          <t>9786054054140</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Varmış Bir Yokmuş</t>
+          <t>Bir Yazarın Romanı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>98.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054054138</t>
+          <t>9786054054893</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Aradım Yaz Dediniz</t>
+          <t>Bir Apaçi Masalı 2 - Kebabman</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>395</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055134143</t>
+          <t>9786054054824</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Aktif Umut</t>
+          <t>Buda Aşık Olsaydı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>88.5</v>
+        <v>37</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059318815</t>
+          <t>9786054054633</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Agile Devri</t>
+          <t>Bir Apaçi Masalı - Ayran Geven</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>395</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059318693</t>
+          <t>9789758420131</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bar Psikoloğu</t>
+          <t>Beyoğlu Kabusları ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>345</v>
+        <v>35</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758420018</t>
+          <t>9786055134082</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Artrit ve Sanat</t>
+          <t>Beni Hep Sev</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>12</v>
+        <v>375</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789758420025</t>
+          <t>9786054054886</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Desen mi, Demesen mi?</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>36</v>
+        <v>78</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786255634092</t>
+          <t>9786054054541</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kendini Alt Et</t>
+          <t>Bayılmışım... Kendime Geldiğimde 40 Yaşındaydım</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789756287415</t>
+          <t>9786054054572</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kokoloji 1 - Bil Bakalım Sen Kimsin ?</t>
+          <t>Bana Diyet Deme</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>295</v>
+        <v>36</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059318150</t>
+          <t>9786054054718</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Maestra</t>
+          <t>Atlarla Yaşayan Kadın</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>275</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257344203</t>
+          <t>9789756287156</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Keskin Sirke: Öfkenizi Olumlu Bir Değişim İçin Kullanmanın Yolları</t>
+          <t>Aşk ve Öbür Duygular</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055134402</t>
+          <t>9789756287279</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kişilerarası Psikoterapi</t>
+          <t>Aşk Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>395</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054054190</t>
+          <t>9786054054138</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bakırköy Akıl Hastanesi’nin Gizli Tarihi</t>
+          <t>Aradım Yaz Dediniz</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256466708</t>
+          <t>9786055134143</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Otizmi Yönetmek</t>
+          <t>Aktif Umut</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>395</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256466692</t>
+          <t>9786059318815</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Girişiminiz Kendiniz</t>
+          <t>Agile Devri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257344890</t>
+          <t>9786059318693</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm</t>
+          <t>Bar Psikoloğu</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257344487</t>
+          <t>9789758420018</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk</t>
+          <t>Artrit ve Sanat</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>395</v>
+        <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059318167</t>
+          <t>9789758420025</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Cennette Uzun Bir Kış</t>
+          <t>Desen mi, Demesen mi?</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>495</v>
+        <v>36</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055134396</t>
+          <t>9786255634092</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Psikanalitik Terapiler</t>
+          <t>Kendini Alt Et</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>445</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257344234</t>
+          <t>9789756287415</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Gözetleme Kapitalizmi Çağı</t>
+          <t>Kokoloji 1 - Bil Bakalım Sen Kimsin ?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>795</v>
+        <v>295</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054054961</t>
+          <t>9786059318150</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Kadının Peşinde</t>
+          <t>Maestra</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>445</v>
+        <v>275</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257344029</t>
+          <t>9786257344203</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Seks, Yalanlar ve Psikanaliz</t>
+          <t>Keskin Sirke: Öfkenizi Olumlu Bir Değişim İçin Kullanmanın Yolları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059318655</t>
+          <t>9786055134402</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yogası</t>
+          <t>Kişilerarası Psikoterapi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786255634054</t>
+          <t>9786054054190</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Hakkında Acı Gerçek</t>
+          <t>Bakırköy Akıl Hastanesi’nin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786255634047</t>
+          <t>9786256466708</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Öğrenmek</t>
+          <t>Otizmi Yönetmek</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786255634030</t>
+          <t>9786256466692</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Nihan Kaya - 3 Kitaplık Set</t>
+          <t>Girişiminiz Kendiniz</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>668.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786255634016</t>
+          <t>9786257344890</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Neden Kendimizi Gıdıklayamayız?</t>
+          <t>Narsisizm</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256466999</t>
+          <t>9786257344487</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tedirgin Yeni Dünya</t>
+          <t>Bir Çocuk</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786255634009</t>
+          <t>9786059318167</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kar ve İnci</t>
+          <t>Cennette Uzun Bir Kış</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256466982</t>
+          <t>9786055134396</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Söz Akçesi</t>
+          <t>Psikanaliz ve Psikanalitik Terapiler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256466784</t>
+          <t>9786257344234</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığının Örüntüsü</t>
+          <t>Gözetleme Kapitalizmi Çağı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>345</v>
+        <v>795</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256466944</t>
+          <t>9786054054961</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İyi Evlat Sendromu</t>
+          <t>Kusursuz Kadının Peşinde</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>345</v>
+        <v>445</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256466951</t>
+          <t>9786257344029</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çatışmalı Çiftler</t>
+          <t>Seks, Yalanlar ve Psikanaliz</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256466920</t>
+          <t>9786059318655</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Masterson Yaklaşımında Borderline Kişilik Bozukluğuna Gelişimsel Yaklaşım</t>
+          <t>Çocuk Yogası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256466937</t>
+          <t>9786255634054</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yazma Cesareti</t>
+          <t>Mutluluk Hakkında Acı Gerçek</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256466876</t>
+          <t>9786255634047</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Beklediğin Kişi Sensin</t>
+          <t>Hayattan Öğrenmek</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256466883</t>
+          <t>9786255634030</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bütün Çocuklar İyidir</t>
+          <t>Nihan Kaya - 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>148.5</v>
+        <v>668.5</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256466869</t>
+          <t>9786255634016</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Ayna/ Narsist Bireyleri Tanımak ve Kendinizi İyileştirmek</t>
+          <t>Neden Kendimizi Gıdıklayamayız?</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256466890</t>
+          <t>9786256466999</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Tedirgin Yeni Dünya</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256466838</t>
+          <t>9786255634009</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hatalarımızdan Öğrenmek</t>
+          <t>Kar ve İnci</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256466845</t>
+          <t>9786256466982</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İyi Toplum Yoktur</t>
+          <t>Söz Akçesi</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256466821</t>
+          <t>9786256466784</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kafası/ Sanat Beyni Nasıl Dönüştürür?</t>
+          <t>Akıl Sağlığının Örüntüsü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256466852</t>
+          <t>9786256466944</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Duyulmayanı Dinlemek/ Gerçek Bir Hikâye</t>
+          <t>İyi Evlat Sendromu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>178.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055134914</t>
+          <t>9786256466951</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>99 Soruda Hayvan Hakları</t>
+          <t>Çatışmalı Çiftler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059318600</t>
+          <t>9786256466920</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Aşığın Aynası</t>
+          <t>Masterson Yaklaşımında Borderline Kişilik Bozukluğuna Gelişimsel Yaklaşım</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>188.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054054756</t>
+          <t>9786256466937</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kere Sekiz</t>
+          <t>Yazma Cesareti</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>98.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054054565</t>
+          <t>9786256466876</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yap + Ye = Mutlu Ol!</t>
+          <t>Beklediğin Kişi Sensin</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>128.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789756287453</t>
+          <t>9786256466883</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Kadın</t>
+          <t>Bütün Çocuklar İyidir</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>34</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789758420056</t>
+          <t>9786256466869</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Terapi Şeysi</t>
+          <t>Bozuk Ayna/ Narsist Bireyleri Tanımak ve Kendinizi İyileştirmek</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054054725</t>
+          <t>9786256466890</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sorun Bendeymiş</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>168.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786054054503</t>
+          <t>9786256466838</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sorun Bende Değil, Sende</t>
+          <t>Hatalarımızdan Öğrenmek</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>128.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9799756287780</t>
+          <t>9786256466845</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sana Bi’Şey Olmasın!</t>
+          <t>İyi Toplum Yoktur</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758420452</t>
+          <t>9786256466821</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>R Öyküler 1985-2001</t>
+          <t>Sanat Kafası/ Sanat Beyni Nasıl Dönüştürür?</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>29</v>
+        <v>445</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786054054428</t>
+          <t>9786256466852</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bizim de Renkli Televizyonumuz Vardı</t>
+          <t>Duyulmayanı Dinlemek/ Gerçek Bir Hikâye</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>395</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786054054114</t>
+          <t>9786055134914</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>99 Soruda Hayvan Hakları</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>30</v>
+        <v>225</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054054152</t>
+          <t>9786059318600</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Kemal’e Eren Kadınlar</t>
+          <t>Aşığın Aynası</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>38</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055134198</t>
+          <t>9786054054756</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Etkili Düşünmenin 5 Elementi (Ciltli)</t>
+          <t>Yedi Kere Sekiz</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>104</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756287811</t>
+          <t>9786054054565</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yoncimik'in Maceraları Doğum - 2</t>
+          <t>Yap + Ye = Mutlu Ol!</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>225</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758420384</t>
+          <t>9789756287453</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Mavi Beyaz Kırmızı 3. Cilt</t>
+          <t>Tuhaf Bir Kadın</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>66</v>
+        <v>34</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054054787</t>
+          <t>9789758420056</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bizim de Renkli Televizyonumuz Vardı</t>
+          <t>Terapi Şeysi</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>36</v>
+        <v>195</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9799756287650</t>
+          <t>9786054054725</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>7 Gece</t>
+          <t>Sorun Bendeymiş</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>345</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789758420285</t>
+          <t>9786054054503</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>Sorun Bende Değil, Sende</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>1150</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789756287293</t>
+          <t>9799756287780</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yatmadan Önce 100 Fırça Darbesi</t>
+          <t>Sana Bi’Şey Olmasın!</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>20</v>
+        <v>475</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054054374</t>
+          <t>9789758420452</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Cinayet</t>
+          <t>R Öyküler 1985-2001</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>1232</v>
+        <v>29</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054054442</t>
+          <t>9786054054428</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>G.O.R.A</t>
+          <t>Bizim de Renkli Televizyonumuz Vardı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054054398</t>
+          <t>9786054054114</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mucizesiz Zayıflama</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>225</v>
+        <v>30</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054054244</t>
+          <t>9786054054152</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Seks</t>
+          <t>Kemal’e Eren Kadınlar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>136</v>
+        <v>38</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9799756287742</t>
+          <t>9786055134198</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bu İşte</t>
+          <t>Etkili Düşünmenin 5 Elementi (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>188.5</v>
+        <v>104</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756287163</t>
+          <t>9789756287811</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Koza</t>
+          <t>Yoncimik'in Maceraları Doğum - 2</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>48</v>
+        <v>225</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059318518</t>
+          <t>9789758420384</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Brain Up</t>
+          <t>Mavi Beyaz Kırmızı 3. Cilt</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>108.5</v>
+        <v>66</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059318495</t>
+          <t>9786054054787</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tebrikler Kovuldunuz!</t>
+          <t>Bizim de Renkli Televizyonumuz Vardı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>225</v>
+        <v>36</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059318075</t>
+          <t>9799756287650</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Yemek</t>
+          <t>7 Gece</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>198.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059318624</t>
+          <t>9789758420285</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>111 Soruda Hayvan Hakları</t>
+          <t>7</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>445</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055134938</t>
+          <t>9789756287293</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Beni Ağlayacaksın</t>
+          <t>Yatmadan Önce 100 Fırça Darbesi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>395</v>
+        <v>20</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055134747</t>
+          <t>9786054054374</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kadük</t>
+          <t>Sıradan Bir Cinayet</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>225</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055134211</t>
+          <t>9786054054442</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ellerinden Kaydı Hayat</t>
+          <t>G.O.R.A</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055134808</t>
+          <t>9786054054398</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Her Şey O Yaz Oldu</t>
+          <t>Mucizesiz Zayıflama</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>58.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055134648</t>
+          <t>9786054054244</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Üç Renkli Deniz</t>
+          <t>Muhteşem Seks</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>445</v>
+        <v>136</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055134334</t>
+          <t>9799756287742</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Katili</t>
+          <t>Hayat Bu İşte</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>198.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054054121</t>
+          <t>9789756287163</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Obsesif-Kompulsif Bozukluk ve Bağlantılı Sorunlar El Kitabı</t>
+          <t>Koza</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>54</v>
+        <v>48</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256466791</t>
+          <t>9786059318518</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsanı Nasıl Tanırsınız?</t>
+          <t>Brain Up</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>345</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256466807</t>
+          <t>9786059318495</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Öğrenmede Hipnoz</t>
+          <t>Tebrikler Kovuldunuz!</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256466814</t>
+          <t>9786059318075</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İyi Aile Yoktur</t>
+          <t>Müzik ve Yemek</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256466739</t>
+          <t>9786059318624</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yolda Öğrenmek</t>
+          <t>111 Soruda Hayvan Hakları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256466746</t>
+          <t>9786055134938</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Travmanın İç Dünyası</t>
+          <t>Bir Gün Beni Ağlayacaksın</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>545</v>
+        <v>395</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256466753</t>
+          <t>9786055134747</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Yaratıcılık ve Duygudurum Bozukluğu</t>
+          <t>Kadük</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257344364</t>
+          <t>9786055134211</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kıyamıyorum Derken…</t>
+          <t>Ellerinden Kaydı Hayat</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054054480</t>
+          <t>9786055134808</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin Sırt Çantası</t>
+          <t>Her Şey O Yaz Oldu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>275</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054054770</t>
+          <t>9786055134648</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Alkali Diyet</t>
+          <t>Üç Renkli Deniz</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055134532</t>
+          <t>9786055134334</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Nefs Yolu</t>
+          <t>Hayvan Katili</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059318525</t>
+          <t>9786054054121</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Delicesine Mutlu</t>
+          <t>Obsesif-Kompulsif Bozukluk ve Bağlantılı Sorunlar El Kitabı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>395</v>
+        <v>54</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059318372</t>
+          <t>9786256466791</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Good Business</t>
+          <t>Bir İnsanı Nasıl Tanırsınız?</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059318471</t>
+          <t>9786256466807</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Beslenme</t>
+          <t>Eğitim ve Öğrenmede Hipnoz</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059318235</t>
+          <t>9786256466814</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sufi’nin Bilgi Yolu</t>
+          <t>İyi Aile Yoktur</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>795</v>
+        <v>275</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059318983</t>
+          <t>9786256466739</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Toksik Zihin</t>
+          <t>Yolda Öğrenmek</t>
         </is>
       </c>
       <c r="C251" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789758420216</t>
+          <t>9786256466746</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri ve Sinema</t>
+          <t>Travmanın İç Dünyası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>475</v>
+        <v>545</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789758420865</t>
+          <t>9786256466753</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Mazruf</t>
+          <t>Sanatsal Yaratıcılık ve Duygudurum Bozukluğu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789758420742</t>
+          <t>9786257344364</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Kahkaha</t>
+          <t>Kıyamıyorum Derken…</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789756287262</t>
+          <t>9786054054480</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Bir Adamla / Çocukla Yaşıyorum</t>
+          <t>Yöneticinin Sırt Çantası</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054054992</t>
+          <t>9786054054770</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İlginç Psikiyatrik Sendromlar</t>
+          <t>Alkali Diyet</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054054947</t>
+          <t>9786055134532</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Binbir İnsan Masalları 1-139 (Ciltli)</t>
+          <t>Nefs Yolu</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>445</v>
+        <v>275</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059318747</t>
+          <t>9786059318525</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Senden Kurtuluş Yok mu?</t>
+          <t>Delicesine Mutlu</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059318686</t>
+          <t>9786059318372</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kulaktan Dolma Tarifler</t>
+          <t>Good Business</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>795</v>
+        <v>395</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256466722</t>
+          <t>9786059318471</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Buğu</t>
+          <t>Kuantum Beslenme</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786054054749</t>
+          <t>9786059318235</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ben Ok’im Sen Ok’sin</t>
+          <t>Sufi’nin Bilgi Yolu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>545</v>
+        <v>795</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789756287101</t>
+          <t>9786059318983</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Atlası</t>
+          <t>Toksik Zihin</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>695</v>
+        <v>395</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256466630</t>
+          <t>9789758420216</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yeni Narsisizm Bilimi</t>
+          <t>Psikiyatri ve Sinema</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>345</v>
+        <v>475</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256466623</t>
+          <t>9789758420865</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolumda</t>
+          <t>Mazruf</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786054054978</t>
+          <t>9789758420742</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Subliminal</t>
+          <t>Kozmik Kahkaha</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256466616</t>
+          <t>9789756287262</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Deli Dünya</t>
+          <t>İmdat! Bir Adamla / Çocukla Yaşıyorum</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256466609</t>
+          <t>9786054054992</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Psikoloji</t>
+          <t>İlginç Psikiyatrik Sendromlar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>495</v>
+        <v>375</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256466562</t>
+          <t>9786054054947</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Totalitarizm Çağında Psikanaliz</t>
+          <t>Binbir İnsan Masalları 1-139 (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>595</v>
+        <v>445</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256466555</t>
+          <t>9786059318747</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yalan Söylemek ve Aldatmak</t>
+          <t>Senden Kurtuluş Yok mu?</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256466531</t>
+          <t>9786059318686</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Gizli Özne</t>
+          <t>Kulaktan Dolma Tarifler</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>395</v>
+        <v>795</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256466470</t>
+          <t>9786256466722</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kırgınlık ve Sonrası Artık Neden Kırgın Değilim</t>
+          <t>Buğu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256466517</t>
+          <t>9786054054749</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Köpeğinize Ekonomiyi Nasıl Öğretirsiniz?</t>
+          <t>Ben Ok’im Sen Ok’sin</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>345</v>
+        <v>545</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256466494</t>
+          <t>9789756287101</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Disparöni ya da Yaşama Korkusu</t>
+          <t>Depresyon Atlası</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>345</v>
+        <v>695</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256466500</t>
+          <t>9786256466630</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Apaçık Psikoterapi</t>
+          <t>Yeni Narsisizm Bilimi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786054054527</t>
+          <t>9786256466623</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Kader</t>
+          <t>Kendi Yolumda</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>495</v>
+        <v>225</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256466463</t>
+          <t>9786054054978</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Haberler Seni Korkuttuğunda Ne Yapabilirsin?</t>
+          <t>Subliminal</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>188.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256466456</t>
+          <t>9786256466616</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kendi Çığlığını Duymak ve İyileşmek</t>
+          <t>Deli Dünya</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054054329</t>
+          <t>9786256466609</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bahar Korçan (Ciltli)</t>
+          <t>Çocuklar İçin Psikoloji</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257344197</t>
+          <t>9786256466562</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Zihnini Anlamak: Yeni Nesil Ebeveynlik Rehberi</t>
+          <t>Totalitarizm Çağında Psikanaliz</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>275</v>
+        <v>595</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256466425</t>
+          <t>9786256466555</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Karakter ve Nevroz</t>
+          <t>Yalan Söylemek ve Aldatmak</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>495</v>
+        <v>275</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256466418</t>
+          <t>9786256466531</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Fildişi Kuyu (Cilt 2)</t>
+          <t>Gizli Özne</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256466401</t>
+          <t>9786256466470</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Fildişi Kuyu (Cilt 1)</t>
+          <t>Kırgınlık ve Sonrası Artık Neden Kırgın Değilim</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256466449</t>
+          <t>9786256466517</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ceset Sendromu Hezeyanlar Tarihi</t>
+          <t>Köpeğinize Ekonomiyi Nasıl Öğretirsiniz?</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256466364</t>
+          <t>9786256466494</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olma Cesareti</t>
+          <t>Disparöni ya da Yaşama Korkusu</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256466371</t>
+          <t>9786256466500</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Bağlanma</t>
+          <t>Apaçık Psikoterapi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>695</v>
+        <v>395</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256466333</t>
+          <t>9786054054527</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Nevrotik Tarzlar</t>
+          <t>Özgürlük ve Kader</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256466340</t>
+          <t>9786256466463</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Büyük Armağan: Korku</t>
+          <t>Haberler Seni Korkuttuğunda Ne Yapabilirsin?</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>495</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786257344173</t>
+          <t>9786256466456</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sahici Aşklar Külliyatı</t>
+          <t>Kendi Çığlığını Duymak ve İyileşmek</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256466326</t>
+          <t>9786054054329</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Beni Zorla Sağma, Bırak Ben Emzireyim Seni</t>
+          <t>Bahar Korçan (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256466319</t>
+          <t>9786257344197</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Gölge Canavarları ve Cesur Yürekler</t>
+          <t>Çocuk Zihnini Anlamak: Yeni Nesil Ebeveynlik Rehberi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256466272</t>
+          <t>9786256466425</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Sevgi</t>
+          <t>Karakter ve Nevroz</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256466296</t>
+          <t>9786256466418</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Neşenin Psikolojisi</t>
+          <t>Fildişi Kuyu (Cilt 2)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256466289</t>
+          <t>9786256466401</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren İlişkiler</t>
+          <t>Fildişi Kuyu (Cilt 1)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256466265</t>
+          <t>9786256466449</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Burnout</t>
+          <t>Yürüyen Ceset Sendromu Hezeyanlar Tarihi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256466050</t>
+          <t>9786256466364</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik”le Zehirlenmiş Erkek</t>
+          <t>İnsan Olma Cesareti</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256466241</t>
+          <t>9786256466371</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sen Yaratmak - Kendini Yeniden Yaratma Yolculuğu</t>
+          <t>Psikoterapide Bağlanma</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>395</v>
+        <v>695</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256466210</t>
+          <t>9786256466333</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çöktüğünde</t>
+          <t>Nevrotik Tarzlar</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256466203</t>
+          <t>9786256466340</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik Bilincinin Üç Aşaması</t>
+          <t>Büyük Armağan: Korku</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>198.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256466227</t>
+          <t>9786257344173</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kederi Anlamak</t>
+          <t>Sahici Aşklar Külliyatı</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256466197</t>
+          <t>9786256466326</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>55 Terapist 55 Psikoterapistin Seans Odası</t>
+          <t>Beni Zorla Sağma, Bırak Ben Emzireyim Seni</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>795</v>
+        <v>295</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256466166</t>
+          <t>9786256466319</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İzci Gibi Düşünmek</t>
+          <t>Gölge Canavarları ve Cesur Yürekler</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256466173</t>
+          <t>9786256466272</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Narsist Annenin Kızı Olmak</t>
+          <t>Çarpık Sevgi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256466159</t>
+          <t>9786256466296</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kalabalıkların Hezeyanı</t>
+          <t>Neşenin Psikolojisi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>545</v>
+        <v>245</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256466142</t>
+          <t>9786256466289</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kaynak</t>
+          <t>İyileştiren İlişkiler</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256466128</t>
+          <t>9786256466265</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Bilgeliği</t>
+          <t>Burnout</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256466111</t>
+          <t>9786256466050</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Etkili Oyuncular - Liderliği Nasıl Ele Alır, Daha Büyük Oynar ve Etkinizi Artırırsınız?</t>
+          <t>Erkeklik”le Zehirlenmiş Erkek</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256466104</t>
+          <t>9786256466241</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Bilimcinin El Kitabı</t>
+          <t>Yeni Bir Sen Yaratmak - Kendini Yeniden Yaratma Yolculuğu</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256466098</t>
+          <t>9786256466210</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bir Sanat Olarak Ebeveyn Baskısı</t>
+          <t>Karanlık Çöktüğünde</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256466074</t>
+          <t>9786256466203</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sana Aşktan Soruyorlar</t>
+          <t>Erkeklik Bilincinin Üç Aşaması</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>345</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256466029</t>
+          <t>9786256466227</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Köpeğinize Felsefeyi Nasıl Öğretirsiniz?</t>
+          <t>Kederi Anlamak</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256466012</t>
+          <t>9786256466197</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Düşünmemenin Gücü</t>
+          <t>55 Terapist 55 Psikoterapistin Seans Odası</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>295</v>
+        <v>795</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256466005</t>
+          <t>9786256466166</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Son Sevişmenden Başlayalım Mı?</t>
+          <t>İzci Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257344982</t>
+          <t>9786256466173</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluğun Kökenleri</t>
+          <t>Narsist Annenin Kızı Olmak</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786257344975</t>
+          <t>9786256466159</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kolajen Detoksu</t>
+          <t>Kalabalıkların Hezeyanı</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786257344937</t>
+          <t>9786256466142</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Yutmak</t>
+          <t>Gizli Kaynak</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786257344913</t>
+          <t>9786256466128</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalan - Kayıpla Yaralanmış Bir Ruhun İyileşme Hikayesi</t>
+          <t>Bedenin Bilgeliği</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786257344920</t>
+          <t>9786256466111</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Nöropsikanaliz</t>
+          <t>Etkili Oyuncular - Liderliği Nasıl Ele Alır, Daha Büyük Oynar ve Etkinizi Artırırsınız?</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786257344906</t>
+          <t>9786256466104</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Kadınlardan Neden Korkar?</t>
+          <t>Şaşmaz Bilimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786257344883</t>
+          <t>9786256466098</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Senin Suçun Değildi</t>
+          <t>Bir Sanat Olarak Ebeveyn Baskısı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786257344852</t>
+          <t>9786256466074</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sürprizin Gücü</t>
+          <t>Sana Aşktan Soruyorlar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786257344869</t>
+          <t>9786256466029</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Nefretin Bilimi</t>
+          <t>Köpeğinize Felsefeyi Nasıl Öğretirsiniz?</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257344845</t>
+          <t>9786256466012</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Yönetici</t>
+          <t>Düşünmemenin Gücü</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786257344838</t>
+          <t>9786256466005</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İnsanlaşması</t>
+          <t>Son Sevişmenden Başlayalım Mı?</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257344814</t>
+          <t>9786257344982</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Travma - Görünmez Salgın</t>
+          <t>Mutsuzluğun Kökenleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257344807</t>
+          <t>9786257344975</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Akılcı Duygusal Davranışçı Terapi</t>
+          <t>Kolajen Detoksu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257344791</t>
+          <t>9786257344937</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Öfkeden Cesarete</t>
+          <t>Acıyı Yutmak</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257344760</t>
+          <t>9786257344913</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Parçalı Bulutlu</t>
+          <t>Geride Kalan - Kayıpla Yaralanmış Bir Ruhun İyileşme Hikayesi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257344777</t>
+          <t>9786257344920</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan'daki Kahin</t>
+          <t>Nöropsikanaliz</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257344784</t>
+          <t>9786257344906</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Parçan Yok</t>
+          <t>Erkekler Kadınlardan Neden Korkar?</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257344708</t>
+          <t>9786257344883</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Hisseden Beyin</t>
+          <t>Senin Suçun Değildi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257344739</t>
+          <t>9786257344852</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerini Unut</t>
+          <t>Sürprizin Gücü</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257344722</t>
+          <t>9786257344869</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel - Kültürel Terapi</t>
+          <t>Nefretin Bilimi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257344692</t>
+          <t>9786257344845</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Emdr</t>
+          <t>Dördüncü Yönetici</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257344661</t>
+          <t>9786257344838</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Politik Psikoloji Notları</t>
+          <t>Doğanın İnsanlaşması</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>345</v>
+        <v>445</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257344678</t>
+          <t>9786257344814</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Duygusal - Duygular Düşünceyi Nasıl Şekillendirir?</t>
+          <t>Travma - Görünmez Salgın</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257344623</t>
+          <t>9786257344807</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Lacan Rehberi</t>
+          <t>Akılcı Duygusal Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257344630</t>
+          <t>9786257344791</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Aktif Umut</t>
+          <t>Öfkeden Cesarete</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>295</v>
+        <v>545</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257344586</t>
+          <t>9786257344760</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Davranışlarımızın Kökeni</t>
+          <t>Parçalı Bulutlu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>545</v>
+        <v>245</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257344593</t>
+          <t>9786257344777</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisi</t>
+          <t>Aşiyan'daki Kahin</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257344579</t>
+          <t>9786257344784</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kullanışlı Yanılgılar</t>
+          <t>Bozuk Parçan Yok</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257344562</t>
+          <t>9786257344708</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yorgun Gibisin</t>
+          <t>Hisseden Beyin</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257344470</t>
+          <t>9786257344739</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Karşılamak</t>
+          <t>Bildiklerini Unut</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257344432</t>
+          <t>9786257344722</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ekonomi</t>
+          <t>İlişkisel - Kültürel Terapi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054054671</t>
+          <t>9786257344692</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>2011'in Bobiler Tarihi</t>
+          <t>Herkes İçin Emdr</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>198.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786055134341</t>
+          <t>9786257344661</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Olur Öyle</t>
+          <t>Politik Psikoloji Notları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>42</v>
+        <v>345</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257344555</t>
+          <t>9786257344678</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Feminist Terapi</t>
+          <t>Duygusal - Duygular Düşünceyi Nasıl Şekillendirir?</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257344548</t>
+          <t>9786257344623</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Melankoli</t>
+          <t>Çizgilerle Lacan Rehberi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257344517</t>
+          <t>9786257344630</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hastadan Öğrenmek</t>
+          <t>Aktif Umut</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>475</v>
+        <v>295</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257344494</t>
+          <t>9786257344586</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Bu Şaka Çalışır Mı?</t>
+          <t>Davranışlarımızın Kökeni</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>395</v>
+        <v>545</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257344395</t>
+          <t>9786257344593</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kadın psikolojisini Anlamak</t>
+          <t>Aile Terapisi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257344401</t>
+          <t>9786257344579</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Erkek Psikolojisini Anlamak</t>
+          <t>Kullanışlı Yanılgılar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257344418</t>
+          <t>9786257344562</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Psikolojisini Anlamak</t>
+          <t>Biraz Yorgun Gibisin</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257344371</t>
+          <t>9786257344470</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Kimse Normal Değil</t>
+          <t>Yaşamı Karşılamak</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257344302</t>
+          <t>9786257344432</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Bir Sığınak Olarak Tuvalet</t>
+          <t>Kutsal Ekonomi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786257344333</t>
+          <t>9786054054671</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>"Yas"lanma Kitabı</t>
+          <t>2011'in Bobiler Tarihi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257344326</t>
+          <t>9786055134341</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Düşünür?</t>
+          <t>Olur Öyle</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>375</v>
+        <v>42</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257344289</t>
+          <t>9786257344555</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gibi Dalga Gibi</t>
+          <t>Feminist Terapi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257344265</t>
+          <t>9786257344548</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Böyle Bir Dünyaya Çocuk Getirmek</t>
+          <t>Melankoli</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>275</v>
+        <v>545</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257344180</t>
+          <t>9786257344517</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Psikoterapinin Temel İlkeleri</t>
+          <t>Hastadan Öğrenmek</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>445</v>
+        <v>475</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257344159</t>
+          <t>9786257344494</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Islak Menü (Ciltli)</t>
+          <t>Bu Şaka Çalışır Mı?</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>895</v>
+        <v>395</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257344142</t>
+          <t>9786257344395</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce Mümkünse Yaşamanız Gereken 1 Hayat</t>
+          <t>Kadın psikolojisini Anlamak</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257344135</t>
+          <t>9786257344401</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Düşünceler</t>
+          <t>Erkek Psikolojisini Anlamak</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257344111</t>
+          <t>9786257344418</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kendini Sevdiğinde Ağırlıklarından Kurtulacaksın</t>
+          <t>Aşkın Psikolojisini Anlamak</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257344104</t>
+          <t>9786257344371</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Aktif Hayal Gücüyle Bilinçdışına Yolculuk</t>
+          <t>Kimse Normal Değil</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257344081</t>
+          <t>9786257344302</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlam Arayışı (Ciltli)</t>
+          <t>Bir Sığınak Olarak Tuvalet</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257344074</t>
+          <t>9786257344333</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ötekinin Ağıdı</t>
+          <t>"Yas"lanma Kitabı</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257344050</t>
+          <t>9786257344326</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kadının Hiç Suçu Yok</t>
+          <t>İnsan Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>495</v>
+        <v>375</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257344005</t>
+          <t>9786257344289</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Son Yok</t>
+          <t>Rüzgar Gibi Dalga Gibi</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059318952</t>
+          <t>9786257344265</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sezgisel Yeme Uygulama Kitabı</t>
+          <t>Böyle Bir Dünyaya Çocuk Getirmek</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>545</v>
+        <v>275</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059318945</t>
+          <t>9786257344180</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>"İş"te Şimdi</t>
+          <t>Yoğun Psikoterapinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>375</v>
+        <v>445</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059318938</t>
+          <t>9786257344159</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Her Hücresiyle Çekici</t>
+          <t>Islak Menü (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>295</v>
+        <v>895</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059318907</t>
+          <t>9786257344142</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sahte Peygamberler Yalan Cemaatler</t>
+          <t>Ölmeden Önce Mümkünse Yaşamanız Gereken 1 Hayat</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059318839</t>
+          <t>9786257344135</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Modern Love</t>
+          <t>Müşterek Düşünceler</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059318846</t>
+          <t>9786257344111</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>La Balanza de Las Almas Sensibles</t>
+          <t>Kendini Sevdiğinde Ağırlıklarından Kurtulacaksın</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059318877</t>
+          <t>9786257344104</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Terapi Odası Konuları</t>
+          <t>Düşler ve Aktif Hayal Gücüyle Bilinçdışına Yolculuk</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>395</v>
+        <v>545</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059318778</t>
+          <t>9786257344081</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Kaygının Anlamı</t>
+          <t>İnsanın Anlam Arayışı (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>675</v>
+        <v>395</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059318761</t>
+          <t>9786257344074</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çok Öfkeliyim</t>
+          <t>Ötekinin Ağıdı</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059318754</t>
+          <t>9786257344050</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Naturopatik - Beslenme Terapisi</t>
+          <t>Kadının Hiç Suçu Yok</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>395</v>
+        <v>495</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059318730</t>
+          <t>9786257344005</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik İlk Yardım</t>
+          <t>Son Yok</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059318723</t>
+          <t>9786059318952</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Mutfağın Sihirli Kapısı (Ciltli)</t>
+          <t>Sezgisel Yeme Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>345</v>
+        <v>545</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059318679</t>
+          <t>9786059318945</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Duyguya Tarif Gerek</t>
+          <t>"İş"te Şimdi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059318662</t>
+          <t>9786059318938</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Çiçek (Ciltli)</t>
+          <t>Her Hücresiyle Çekici</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059318594</t>
+          <t>9786059318907</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Boş Ayna</t>
+          <t>Sahte Peygamberler Yalan Cemaatler</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059318617</t>
+          <t>9786059318839</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kafese Konan Adam</t>
+          <t>Modern Love</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059318648</t>
+          <t>9786059318846</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Ah Olsun</t>
+          <t>La Balanza de Las Almas Sensibles</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059318563</t>
+          <t>9786059318877</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İlk Isırıkta Aşk (Ciltli)</t>
+          <t>Terapi Odası Konuları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059318419</t>
+          <t>9786059318778</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sil Makyajını</t>
+          <t>Kaygının Anlamı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>345</v>
+        <v>675</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059318358</t>
+          <t>9786059318761</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Çok Öfkeliyim</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>33</v>
+        <v>295</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059318402</t>
+          <t>9786059318754</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık Sarmaşık</t>
+          <t>Naturopatik - Beslenme Terapisi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059318198</t>
+          <t>9786059318730</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>EMDR: Göz Hareketleriyle Duyarsızlaştırma ve Yeniden İşleme</t>
+          <t>Psikolojik İlk Yardım</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>795</v>
+        <v>295</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059318181</t>
+          <t>9786059318723</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Lupu</t>
+          <t>Mutfağın Sihirli Kapısı (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>198.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059318174</t>
+          <t>9786059318679</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kokoloji 3</t>
+          <t>Duyguya Tarif Gerek</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059318136</t>
+          <t>9786059318662</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’a Çapkın Bakış</t>
+          <t>Müzik ve Çiçek (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059318105</t>
+          <t>9786059318594</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Talih Kuşu</t>
+          <t>Boş Ayna</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055134204</t>
+          <t>9786059318617</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kızsız Adam</t>
+          <t>Kafese Konan Adam</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>198.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055134976</t>
+          <t>9786059318648</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Naratif Terapi</t>
+          <t>Senin Adın Ah Olsun</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789756287910</t>
+          <t>9786059318563</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Bütün Hikayeleri - Fikret Ürgüp</t>
+          <t>İlk Isırıkta Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>188.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059318006</t>
+          <t>9786059318419</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Yok Oluş</t>
+          <t>Sil Makyajını</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>545</v>
+        <v>345</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055134983</t>
+          <t>9786059318358</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Müdürden Sonra Müdür</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>275</v>
+        <v>33</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786055134860</t>
+          <t>9786059318402</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Business Romantik</t>
+          <t>Karmakarışık Sarmaşık</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789758420797</t>
+          <t>9786059318198</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Sevda Lugati</t>
+          <t>EMDR: Göz Hareketleriyle Duyarsızlaştırma ve Yeniden İşleme</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>198.5</v>
+        <v>795</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054054435</t>
+          <t>9786059318181</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Arog</t>
+          <t>Lupu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054054220</t>
+          <t>9786059318174</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Yolculuğu</t>
+          <t>Kokoloji 3</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055134921</t>
+          <t>9786059318136</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Başladıysa Biter, O Yüzden Güzel (Ciltli)</t>
+          <t>İstanbul’a Çapkın Bakış</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>375</v>
+        <v>445</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055134907</t>
+          <t>9786059318105</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>İnternette Ünlü Olma El Kitabı</t>
+          <t>Talih Kuşu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>198.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055134952</t>
+          <t>9786055134204</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Aşka 20 Kilomu Verdim</t>
+          <t>Kızsız Adam</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059318013</t>
+          <t>9786055134976</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Arılar ve Taklitçiler</t>
+          <t>Naratif Terapi</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055134891</t>
+          <t>9789756287910</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sade</t>
+          <t>Bütün Hikayeleri - Fikret Ürgüp</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>375</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055134884</t>
+          <t>9786059318006</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sen Dünkü Sen Olacak mısın?</t>
+          <t>Altıncı Yok Oluş</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>275</v>
+        <v>545</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055134853</t>
+          <t>9786055134983</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı 5: Artık Bu Numarayı Arama Anne</t>
+          <t>Müdürden Sonra Müdür</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055134822</t>
+          <t>9786055134860</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Şafağı</t>
+          <t>Business Romantik</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055134815</t>
+          <t>9789758420797</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ben Hiç Giden Olmadım</t>
+          <t>Sevda Lugati</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055134785</t>
+          <t>9786054054435</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Dinle Harun Reşit</t>
+          <t>Arog</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055134792</t>
+          <t>9786054054220</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Mualla'ya Sor</t>
+          <t>Yazarın Yolculuğu</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055134761</t>
+          <t>9786055134921</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Nasıl Oldum?</t>
+          <t>Başladıysa Biter, O Yüzden Güzel (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>475</v>
+        <v>375</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055134228</t>
+          <t>9786055134907</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Psiko 101</t>
+          <t>İnternette Ünlü Olma El Kitabı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>545</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789756287088</t>
+          <t>9786055134952</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Çıplak Tarihi</t>
+          <t>Ben Bu Aşka 20 Kilomu Verdim</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>445</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055134716</t>
+          <t>9786059318013</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kafa</t>
+          <t>Kraliçe Arılar ve Taklitçiler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>198.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055134723</t>
+          <t>9786055134891</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Kızlardan Değil</t>
+          <t>Sade</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055134693</t>
+          <t>9786055134884</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Oda</t>
+          <t>Sen Dünkü Sen Olacak mısın?</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055134679</t>
+          <t>9786055134853</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Çuvallama Ustası</t>
+          <t>Bir Apaçi Masalı 5: Artık Bu Numarayı Arama Anne</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055134662</t>
+          <t>9786055134822</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Yoktur Allah'tan Başka</t>
+          <t>Cinselliğin Şafağı</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055134624</t>
+          <t>9786055134815</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Gülfim Abla Yüzük Bekliyor</t>
+          <t>Ben Hiç Giden Olmadım</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055134600</t>
+          <t>9786055134785</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Saklan Kaç Vur</t>
+          <t>Dinle Harun Reşit</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055134631</t>
+          <t>9786055134792</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı 4: Biz Ucuz Adamlardık</t>
+          <t>Mualla'ya Sor</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059318044</t>
+          <t>9786055134761</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Başladıysa Biter, O Yüzden Güzel (Ciltsiz)</t>
+          <t>Anne Ben Nasıl Oldum?</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789758420193</t>
+          <t>9786055134228</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bir Gamze Bir Kuştüyü Yastık</t>
+          <t>Psiko 101</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>188.5</v>
+        <v>545</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789758420278</t>
+          <t>9789756287088</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Altın</t>
+          <t>Türkiye'nin Çıplak Tarihi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789756287989</t>
+          <t>9786055134716</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve İrade</t>
+          <t>Kafa</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>595</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055134068</t>
+          <t>9786055134723</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Diyet'le Sorular - Cevaplar</t>
+          <t>Bildiğin Kızlardan Değil</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786054054909</t>
+          <t>9786055134693</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Kansız</t>
+          <t>Oda</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786054054312</t>
+          <t>9786055134679</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Hareket İblisi</t>
+          <t>Çuvallama Ustası</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789756287347</t>
+          <t>9786055134662</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hassas Ruhlar Terazisi</t>
+          <t>Tanrı Yoktur Allah'tan Başka</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786054054039</t>
+          <t>9786055134624</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gerçeğe Perde</t>
+          <t>Gülfim Abla Yüzük Bekliyor</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789756287514</t>
+          <t>9786055134600</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kırıklığı</t>
+          <t>Saklan Kaç Vur</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055134099</t>
+          <t>9786055134631</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı Yılları ve Kafkas Cephesi Anıları</t>
+          <t>Bir Apaçi Masalı 4: Biz Ucuz Adamlardık</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789756287187</t>
+          <t>9786059318044</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Komet Koşarak Geldim Çorabı Deldim</t>
+          <t>Başladıysa Biter, O Yüzden Güzel (Ciltsiz)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>188.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055134365</t>
+          <t>9789758420193</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Olmak Cesareti</t>
+          <t>Bir Gamze Bir Kuştüyü Yastık</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>295</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055134570</t>
+          <t>9789758420278</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Popom Olmadan Asla</t>
+          <t>Altın</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789756287866</t>
+          <t>9789756287989</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kokoloji 2 - Bil Bakalım Sen Kimsin?</t>
+          <t>Aşk ve İrade</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055134457</t>
+          <t>9786055134068</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ben 5 Kere İyilik Yaptım!</t>
+          <t>Fark Etmeden Diyet'le Sorular - Cevaplar</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055134549</t>
+          <t>9786054054909</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Fedai</t>
+          <t>Kansız</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055134464</t>
+          <t>9786054054312</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Peki Ben Şimdi Ne Yiycem?</t>
+          <t>Hareket İblisi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054054213</t>
+          <t>9789756287347</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Haram</t>
+          <t>Hassas Ruhlar Terazisi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054056640</t>
+          <t>9786054054039</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Bakma Bana Öyle Seni Tanımıyorum</t>
+          <t>Hayat Gerçeğe Perde</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055134310</t>
+          <t>9789756287514</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Rıfkı Almaz - Arabesk Bir Fikşın!</t>
+          <t>Hayat Kırıklığı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055134655</t>
+          <t>9786055134099</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Beden Asla Yalan Söylemez</t>
+          <t>1. Dünya Savaşı Yılları ve Kafkas Cephesi Anıları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055134440</t>
+          <t>9789756287187</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Birey Odaklı Psikoterapiler</t>
+          <t>Komet Koşarak Geldim Çorabı Deldim</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>395</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055134433</t>
+          <t>9786055134365</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sanat Psikodrama</t>
+          <t>Olmak Cesareti</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055134426</t>
+          <t>9786055134570</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>"Tutunamayanlar"ın Politik Psikolojisi</t>
+          <t>Popom Olmadan Asla</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>545</v>
+        <v>225</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059318037</t>
+          <t>9789756287866</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar da Duygusal Bir Kitap</t>
+          <t>Kokoloji 2 - Bil Bakalım Sen Kimsin?</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>188.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055134419</t>
+          <t>9786055134457</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Dua</t>
+          <t>Ben 5 Kere İyilik Yaptım!</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789758420896</t>
+          <t>9786055134549</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bir Peri Masalı</t>
+          <t>Fedai</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>545</v>
+        <v>275</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055134525</t>
+          <t>9786055134464</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Sen Yokken Yine Yanlış Yaptım</t>
+          <t>Peki Ben Şimdi Ne Yiycem?</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054054619</t>
+          <t>9786054054213</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Elimi Bırakma Ne Olur</t>
+          <t>Haram</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789758420087</t>
+          <t>9786054056640</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Vakti Tohumları</t>
+          <t>Bakma Bana Öyle Seni Tanımıyorum</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>188.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789756287996</t>
+          <t>9786055134310</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba ve Çocuk Arasında</t>
+          <t>Rıfkı Almaz - Arabesk Bir Fikşın!</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055134136</t>
+          <t>9786055134655</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Aptal</t>
+          <t>Beden Asla Yalan Söylemez</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789758420148</t>
+          <t>9786055134440</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Enel Aşk</t>
+          <t>Birey Odaklı Psikoterapiler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>188.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055134518</t>
+          <t>9786055134433</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Garson ve Mutlu</t>
+          <t>Sanat Psikodrama</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055134501</t>
+          <t>9786055134426</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Şiir Terapi - Teori ve Pratik</t>
+          <t>"Tutunamayanlar"ın Politik Psikolojisi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>395</v>
+        <v>545</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055134389</t>
+          <t>9786059318037</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Zik Zak</t>
+          <t>Ne Kadar da Duygusal Bir Kitap</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>275</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055134297</t>
+          <t>9786055134419</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Rüya</t>
+          <t>Dua</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055134556</t>
+          <t>9789758420896</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Atanamayanlar</t>
+          <t>Bilimsel Bir Peri Masalı</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>245</v>
+        <v>545</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786054054855</t>
+          <t>9786055134525</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Olduğu Kadar</t>
+          <t>Sen Yokken Yine Yanlış Yaptım</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789758420414</t>
+          <t>9786054054619</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Muallakta, Araf’ta ve Düşlerde</t>
+          <t>Elimi Bırakma Ne Olur</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055134945</t>
+          <t>9789758420087</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>O İş Bende</t>
+          <t>Ahkam Vakti Tohumları</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>395</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059318020</t>
+          <t>9789756287996</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapist ve Mitlere Yolculuk</t>
+          <t>Anne Baba ve Çocuk Arasında</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>545</v>
+        <v>375</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055134280</t>
+          <t>9786055134136</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Atarlı Romantik</t>
+          <t>Aptal</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055134266</t>
+          <t>9789758420148</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük - 4 : Ay Hadi İnşallah!</t>
+          <t>Enel Aşk</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>245</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789758420995</t>
+          <t>9786055134518</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sidre</t>
+          <t>Garson ve Mutlu</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>188.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054054510</t>
+          <t>9786055134501</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kişi Olmaya Dair</t>
+          <t>Şiir Terapi - Teori ve Pratik</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>695</v>
+        <v>395</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055134174</t>
+          <t>9786055134389</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Gülfim Abla</t>
+          <t>Zik Zak</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054054602</t>
+          <t>9786055134297</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Köpeğin Gölgesi</t>
+          <t>Günaydın Rüya</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>275</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789756287354</t>
+          <t>9786055134556</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>ABD'de Eğitimin ABC'si</t>
+          <t>Atanamayanlar</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054054473</t>
+          <t>9786054054855</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>15:21 Yöneticinin Beslenme Çantası</t>
+          <t>Olduğu Kadar</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055134181</t>
+          <t>9789758420414</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı 3 - Gurbet Kuşu</t>
+          <t>Muallakta, Araf’ta ve Düşlerde</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055134167</t>
+          <t>9786055134945</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Düşme</t>
+          <t>O İş Bende</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>188.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786054054831</t>
+          <t>9786059318020</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Kıran Beş Adam</t>
+          <t>Psikoterapist ve Mitlere Yolculuk</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>275</v>
+        <v>545</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786054054206</t>
+          <t>9786055134280</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlam Arayışı</t>
+          <t>Atarlı Romantik</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789758420186</t>
+          <t>9786055134266</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İç Bahçe - Toptaşı’ndan Bakırköy’e Akıl Hastanesi</t>
+          <t>Pucca Günlük - 4 : Ay Hadi İnşallah!</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>30</v>
+        <v>245</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789758420759</t>
+          <t>9789758420995</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Öyküler</t>
+          <t>Sidre</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789756287828</t>
+          <t>9786054054510</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Diyet’le Yeni Bir Hayat</t>
+          <t>Kişi Olmaya Dair</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>188.5</v>
+        <v>695</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9799758420628</t>
+          <t>9786055134174</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Ezgiler Ezgisi Neşideler Neşidesi</t>
+          <t>Gülfim Abla</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054054848</t>
+          <t>9786054054602</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Aşk Var mı?</t>
+          <t>Köpeğin Gölgesi</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>198.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786054054022</t>
+          <t>9789756287354</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Psikiyatri Kuramı ve Uygulaması</t>
+          <t>ABD'de Eğitimin ABC'si</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>595</v>
+        <v>275</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789758420179</t>
+          <t>9786054054473</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Yorumu Kitabı</t>
+          <t>15:21 Yöneticinin Beslenme Çantası</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786054054336</t>
+          <t>9786055134181</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bay Miller</t>
+          <t>Bir Apaçi Masalı 3 - Gurbet Kuşu</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9799758420604</t>
+          <t>9786055134167</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Aşık Öyküler</t>
+          <t>Kalpten Düşme</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054054596</t>
+          <t>9786054054831</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Asla Yalnız Yürümeyeceksin - Tribün Hikayeleri</t>
+          <t>Kalbimi Kıran Beş Adam</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>188.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055134112</t>
+          <t>9786054054206</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Allah Belanı Versin Brokoli</t>
+          <t>İnsanın Anlam Arayışı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789758420711</t>
+          <t>9789758420186</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>"B" Mizah Yazıları</t>
+          <t>İç Bahçe - Toptaşı’ndan Bakırköy’e Akıl Hastanesi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>138.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786257344449</t>
+          <t>9789758420759</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü ile Konuşma Sanatı</t>
+          <t>Gelecek Öyküler</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789758420209</t>
+          <t>9789756287828</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Sayfa Güzeli</t>
+          <t>Fark Etmeden Diyet’le Yeni Bir Hayat</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>275</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789756287507</t>
+          <t>9799758420628</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Üç Başlı Ejderha</t>
+          <t>Ezgiler Ezgisi Neşideler Neşidesi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>33</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789756287439</t>
+          <t>9786054054848</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Tül</t>
+          <t>Dünyada Aşk Var mı?</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786055134013</t>
+          <t>9786054054022</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid Midhat ve Mahmud Paşaları Nasıl Katlettirdi?</t>
+          <t>Dinamik Psikiyatri Kuramı ve Uygulaması</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789756287385</t>
+          <t>9789758420179</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Su Kedileri</t>
+          <t>Bir Sevda Yorumu Kitabı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>188.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789756287842</t>
+          <t>9786054054336</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>Bay Miller</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786054054299</t>
+          <t>9799758420604</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Orada</t>
+          <t>Aşık Öyküler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054054763</t>
+          <t>9786054054596</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Mtsensk İlçesi’nin Lady Macbeth’i</t>
+          <t>Asla Yalnız Yürümeyeceksin - Tribün Hikayeleri</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>198.5</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055134020</t>
+          <t>9786055134112</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan İnsan</t>
+          <t>Allah Belanı Versin Brokoli</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
+          <t>9789758420711</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>"B" Mizah Yazıları</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>138.5</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786257344449</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü ile Konuşma Sanatı</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9789758420209</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Üçüncü Sayfa Güzeli</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9789756287507</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Üç Başlı Ejderha</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9789756287439</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Tül</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>188.5</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786055134013</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Abdülhamid Midhat ve Mahmud Paşaları Nasıl Katlettirdi?</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9789756287385</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Su Kedileri</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>188.5</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9789756287842</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>P</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9786054054299</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Orada</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786054054763</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Mtsensk İlçesi’nin Lady Macbeth’i</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786055134020</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Arayan İnsan</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
           <t>9786054054534</t>
         </is>
       </c>
-      <c r="B503" s="1" t="inlineStr">
+      <c r="B514" s="1" t="inlineStr">
         <is>
           <t>Kendine Bakma Kitabı</t>
         </is>
       </c>
-      <c r="C503" s="1">
+      <c r="C514" s="1">
         <v>445</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>