--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,7735 +85,8425 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255634436</t>
+          <t>9786255634528</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kendini Ölçme, Sev: Özsaygı Özsevgi</t>
+          <t>Berrak Bir Görüş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255634313</t>
+          <t>9786255634511</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kirpiye Sarılmak</t>
+          <t>Aşk Sürebilir mi?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255634351</t>
+          <t>9786255634498</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Bir Oda</t>
+          <t>Düşkün Bir Psikanalistin Günlüğü: Masud Khan'ın Not Defterleri 1967-1972</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255634290</t>
+          <t>9786255634535</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Haz İçin Yaşamak</t>
+          <t>Sana</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255634306</t>
+          <t>9786255634481</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gözyüzüyle Yüz Yüze</t>
+          <t>İnsanları Bağlama Sanatı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255634320</t>
+          <t>9786255634504</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbol - 2</t>
+          <t>Öteki Yol</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257344463</t>
+          <t>9786255634429</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Filede Başlar</t>
+          <t>Zıvanadan Çıkmış Dünyada Hayatta Kalma Becerileri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>795</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257344456</t>
+          <t>9786255634412</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olma Hakkı ve Sınırlarına Hakim Olmak</t>
+          <t>Zombiler de Koyun Sayar mı?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>345</v>
+        <v>445</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059318051</t>
+          <t>9786255634443</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İçeride Kalanlar</t>
+          <t>Halkın Otium’u</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>235</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059318822</t>
+          <t>9786255634450</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Yaralar</t>
+          <t>Anlam Özgürlük ve Sorumluluk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059318785</t>
+          <t>9786255634405</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaygılı İnsanın Büyük Aktivite Kitabı</t>
+          <t>Ahlaklı Olmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255634283</t>
+          <t>9786055134587</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Debelenirken</t>
+          <t>İnsanın 8 Evresi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255634221</t>
+          <t>9786054054701</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Baloncuk Bizon Banyo Yapmak İstiyor</t>
+          <t>Yalan Söylediğimi Nasıl Anladın?!</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>188.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255634269</t>
+          <t>9786055134730</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>K-Pop Sözlüğü</t>
+          <t>Reca’nın Mutfağı (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>245</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055134778</t>
+          <t>9786055134273</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>8-9 Senedir Kendimi İyi Hissetmiyorum</t>
+          <t>Çarşı Geliyooor!</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>395</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255634252</t>
+          <t>9789756287125</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ile Düşünmek</t>
+          <t>Pop Lisans</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>375</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255634245</t>
+          <t>9789758420230</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğü Seçmek</t>
+          <t>Planımız Katliam</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>395</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255634276</t>
+          <t>9786054054879</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Efsane Futbol - 1</t>
+          <t>Özerk Benlik, Kul Benlik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>245</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059318709</t>
+          <t>9789758420094</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Masumiyet</t>
+          <t>Öteki Peygamberler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>495</v>
+        <v>25</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255634122</t>
+          <t>9799756287681</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hamamböceğine Dokunmak</t>
+          <t>Melekler Okulu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>345</v>
+        <v>28</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055134495</t>
+          <t>9799758420376</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Muazzam Bey'in Değersiz Hayatı</t>
+          <t>Mavi Beyaz Kırmızı 2. Cilt</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>198.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789758420445</t>
+          <t>9799758420369</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Tarihi</t>
+          <t>Mavi Beyaz Kırmızı 1. Cilt</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>395</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054054954</t>
+          <t>9789756287804</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Karizma Miti</t>
+          <t>Lulu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>375</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054054695</t>
+          <t>9789756287255</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bir Alex Değilim</t>
+          <t>Labirentin Tarihi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>198.5</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255634153</t>
+          <t>9786054054381</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Utancı Sahiplenmek</t>
+          <t>Pucca Günlük - 1 : Küçük Aptalın Büyük Dünyası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>345</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257344258</t>
+          <t>9786054054916</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Döngüsünü Kırmak</t>
+          <t>Kutsal Ekonomi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>445</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059318976</t>
+          <t>9786055134129</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Anneler, Kızları ve Beden Algısı</t>
+          <t>Kusursuz Aşklar, Kusurlu İlişkiler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>345</v>
+        <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255634160</t>
+          <t>9786054054688</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Guru, Pazarlamacı, Şüpheci</t>
+          <t>Köpek Gibi Büyütülmüş Çocuk</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>395</v>
+        <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255634139</t>
+          <t>9786055134150</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer’in Kirpileri</t>
+          <t>Keşke Ben Uyurken Gitseydin</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>395</v>
+        <v>36</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255634146</t>
+          <t>9789756287934</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak ve Dönüşmek</t>
+          <t>Kaseden Hisse</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>345</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054054657</t>
+          <t>9789758420933</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Keşfi</t>
+          <t>Kahramanlar Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>445</v>
+        <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255634085</t>
+          <t>9786055134006</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çok - Açık Evlilik Anıları</t>
+          <t>İnsanın Görkemi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255634023</t>
+          <t>9799756287520</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Uzak Bir Ülkede</t>
+          <t>Hazdan Kaçan Kadınlar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>225</v>
+        <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257344715</t>
+          <t>9799756287629</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Miras</t>
+          <t>Hayta</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>395</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257344524</t>
+          <t>9789758420582</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hass*ktir Ölüyorum Galiba</t>
+          <t>F Mizah Yazıları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>295</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055134327</t>
+          <t>9789756287217</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Sevgi</t>
+          <t>Evden Uzakta</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>245</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257344272</t>
+          <t>9799758420437</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Acı Çekme Cesareti</t>
+          <t>Din Üzerine Paşama Mektuplar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>295</v>
+        <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257344357</t>
+          <t>9789758420247</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kabul ve Kararlılık Terapisi</t>
+          <t>Diderot’dan İnternete Medya Tarihi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>395</v>
+        <v>36</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054054923</t>
+          <t>9799758420499</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yarının İnsanı</t>
+          <t>Çifte Alev</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>57.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054054466</t>
+          <t>9799756287766</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yahşi Batı - Senaryo</t>
+          <t>Canavar ve Kurbanı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>225</v>
+        <v>11</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756287170</t>
+          <t>9789756287958</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ütopya: Hayali Ahali Projesi</t>
+          <t>Bostancı Masalları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>36</v>
+        <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789786054052</t>
+          <t>9799756287612</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Uykusuz Çocuklar: Şizofreni Yazıları</t>
+          <t>Biri</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054054862</t>
+          <t>9789758420957</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Sosyal Medya</t>
+          <t>Bedava Gergedan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>59.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789756287965</t>
+          <t>9799756287698</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Türk Diplomatın Kızı</t>
+          <t>Aşk Yüzünden</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789758420940</t>
+          <t>9799758420635</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Samuraylar Arasında Aşk</t>
+          <t>Aşiyan’daki Kahin Tevfik Fikret’in Melankolik Dünyası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055134075</t>
+          <t>9799758420611</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Risale Fi Etvar’is - Süluk (Ciltli)</t>
+          <t>Geç</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>595</v>
+        <v>28</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9799758420703</t>
+          <t>9786255634436</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Pus</t>
+          <t>Kendini Ölçme, Sev: Özsaygı Özsevgi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>23</v>
+        <v>275</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055134563</t>
+          <t>9786255634313</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Maymun Aklı</t>
+          <t>Kirpiye Sarılmak</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054054558</t>
+          <t>9786255634351</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yaratma Savaşı</t>
+          <t>Dört Kapı Bir Oda</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055134709</t>
+          <t>9786255634290</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçu - Hümanistik Terapi</t>
+          <t>Haz İçin Yaşamak</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054054070</t>
+          <t>9786255634306</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Mücadele Eden Herkes İçin Strateji</t>
+          <t>Gözyüzüyle Yüz Yüze</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>18</v>
+        <v>595</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054054008</t>
+          <t>9786255634320</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu Çılgın Türkler?</t>
+          <t>Efsane Futbol - 2</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>26</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756287941</t>
+          <t>9786257344463</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Feng Shui Pusula İçinizde</t>
+          <t>Mutfak Filede Başlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>25</v>
+        <v>795</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756287927</t>
+          <t>9786257344456</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rolkesen</t>
+          <t>Kendin Olma Hakkı ve Sınırlarına Hakim Olmak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>30</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789756287736</t>
+          <t>9786059318051</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Sembolleri</t>
+          <t>İçeride Kalanlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>39</v>
+        <v>245</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789756287118</t>
+          <t>9786059318822</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Acayip Hisli</t>
+          <t>Görünmeyen Yaralar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>30</v>
+        <v>495</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789756287064</t>
+          <t>9786059318785</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sallama Klasikler</t>
+          <t>Kaygılı İnsanın Büyük Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>22</v>
+        <v>445</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9759786287020</t>
+          <t>9786255634283</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Güllerim Açtı Seni Görünce</t>
+          <t>Türkiye Debelenirken</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>20</v>
+        <v>595</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789758420988</t>
+          <t>9786255634221</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Z Son İnsan mı?</t>
+          <t>Baloncuk Bizon Banyo Yapmak İstiyor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>23</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789758420926</t>
+          <t>9786255634269</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Bu Kalem Un Ufak</t>
+          <t>K-Pop Sözlüğü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>29</v>
+        <v>275</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789758420889</t>
+          <t>9786055134778</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Selkie’lerin Şarkısı</t>
+          <t>8-9 Senedir Kendimi İyi Hissetmiyorum</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>24</v>
+        <v>445</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789758420810</t>
+          <t>9786255634252</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Avukat Olacaktı Muhterem</t>
+          <t>Yapay Zeka ile Düşünmek</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>15</v>
+        <v>395</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758420780</t>
+          <t>9786255634245</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Erotik Öyküler</t>
+          <t>Özgürlüğü Seçmek</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>20</v>
+        <v>445</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9799758420697</t>
+          <t>9786255634276</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kıskançlık</t>
+          <t>Efsane Futbol - 1</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>23</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9799758420680</t>
+          <t>9786059318709</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Salta Dur</t>
+          <t>Güç ve Masumiyet</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>23</v>
+        <v>495</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799756287728</t>
+          <t>9786255634122</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Basın İlanı Böyle Yapılır?</t>
+          <t>Hamamböceğine Dokunmak</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>42</v>
+        <v>395</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9799756287704</t>
+          <t>9786055134495</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kurban</t>
+          <t>Muazzam Bey'in Değersiz Hayatı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>21</v>
+        <v>235</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9799756287674</t>
+          <t>9789758420445</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yarım Asırlık Asker</t>
+          <t>Psikiyatri Tarihi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>39</v>
+        <v>445</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9799756287568</t>
+          <t>9786054054954</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Saatçi Bayırı</t>
+          <t>Karizma Miti</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>21</v>
+        <v>445</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756287484</t>
+          <t>9786054054695</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kış Bakışı</t>
+          <t>Bir Alex Değilim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>14</v>
+        <v>235</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799758420659</t>
+          <t>9786255634153</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Adam</t>
+          <t>Utancı Sahiplenmek</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>30</v>
+        <v>375</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758420346</t>
+          <t>9786257344258</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuzgun Yaz</t>
+          <t>Kaygı Döngüsünü Kırmak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>16</v>
+        <v>475</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758420223</t>
+          <t>9786059318976</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Gogol’un Paltosun’dan Çıktık</t>
+          <t>Anneler, Kızları ve Beden Algısı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>16</v>
+        <v>375</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758420254</t>
+          <t>9786255634160</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Öyküler</t>
+          <t>Guru, Pazarlamacı, Şüpheci</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>19</v>
+        <v>445</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758420162</t>
+          <t>9786255634139</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Buradan Böyle</t>
+          <t>Schopenhauer’in Kirpileri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>20</v>
+        <v>395</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758420070</t>
+          <t>9786255634146</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Duygudurum Bozukluklarında Atipik Antipsikotik Kullanımı</t>
+          <t>Var Olmak ve Dönüşmek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>20</v>
+        <v>375</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789758420049</t>
+          <t>9786054054657</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Psikiyatri Kavşağında</t>
+          <t>Varoluşun Keşfi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>22</v>
+        <v>445</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758420032</t>
+          <t>9786255634085</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Majör Depresif Bozukluk Hastalarının Tedavileri İçin Uygulama Kılavuzu</t>
+          <t>Çok - Açık Evlilik Anıları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>15</v>
+        <v>445</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789756287408</t>
+          <t>9786255634023</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Konuşmayan Tavus Kuşu Camio</t>
+          <t>Uzak Bir Ülkede</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>88.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789756287392</t>
+          <t>9786257344715</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bittiği Yerden</t>
+          <t>Duygusal Miras</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>23</v>
+        <v>395</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789756287361</t>
+          <t>9786257344524</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Fener Sokağı</t>
+          <t>Hass*ktir Ölüyorum Galiba</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>22</v>
+        <v>345</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789756287309</t>
+          <t>9786055134327</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Beni Kalbimden Vuranlar Var Ya!</t>
+          <t>Güç ve Sevgi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>22</v>
+        <v>245</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789756287286</t>
+          <t>9786257344272</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Şizofreni;Sesler,Yüzler,Öyküler</t>
+          <t>Acı Çekme Cesareti</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>18</v>
+        <v>345</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9799756287605</t>
+          <t>9786257344357</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yoncimik'in Maceraları Bayram - 1</t>
+          <t>Kabul ve Kararlılık Terapisi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>15</v>
+        <v>395</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054054060</t>
+          <t>9786054054923</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çekim Yasasını Yaşamanın Anahtar'ı</t>
+          <t>Yarının İnsanı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>27</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9799758420673</t>
+          <t>9786054054466</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Öyküler</t>
+          <t>Yahşi Batı - Senaryo</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>98.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758420483</t>
+          <t>9789756287170</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yatağında Yalnız mısın?</t>
+          <t>Ütopya: Hayali Ahali Projesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>225</v>
+        <v>36</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054054305</t>
+          <t>9789786054052</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot'un Dönüşü</t>
+          <t>Uykusuz Çocuklar: Şizofreni Yazıları</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>40.6</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789756287835</t>
+          <t>9786054054862</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sinema Köşelerinde</t>
+          <t>Türkiye ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>42</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758420117</t>
+          <t>9789756287965</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yamyamın Yemek Kitabı</t>
+          <t>Türk Diplomatın Kızı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>695</v>
+        <v>28</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756287194</t>
+          <t>9789758420940</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Buda</t>
+          <t>Samuraylar Arasında Aşk</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054054589</t>
+          <t>9786055134075</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>1 Kadın 2 Salak</t>
+          <t>Risale Fi Etvar’is - Süluk (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>225</v>
+        <v>695</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756287491</t>
+          <t>9799758420703</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Noel Baba'dan Mektuplar (Ciltli)</t>
+          <t>Pus</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>45</v>
+        <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054054640</t>
+          <t>9786055134563</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük - 2 : Ve Geri Kalan Her Şey</t>
+          <t>Maymun Aklı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>128.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054054930</t>
+          <t>9786054054558</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük - 3 : Allah Beni Böyle Yaratmış</t>
+          <t>Yaratma Savaşı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>88.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054054343</t>
+          <t>9786055134709</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İtalya'da Rönesans Kültürü</t>
+          <t>Varoluşçu - Hümanistik Terapi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>475</v>
+        <v>445</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055134471</t>
+          <t>9786054054070</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Cafe Fernando (Ciltli)</t>
+          <t>Mücadele Eden Herkes İçin Strateji</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>250</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055134105</t>
+          <t>9786054054008</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bakırköy Akıl Hastanesi'nden Anılar</t>
+          <t>Kim Bu Çılgın Türkler?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>88.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054054497</t>
+          <t>9789756287941</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızı Nasıl Pişirirsiniz?</t>
+          <t>Feng Shui Pusula İçinizde</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>36</v>
+        <v>25</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756287460</t>
+          <t>9789756287927</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yusufçuk Gece Gelir</t>
+          <t>Rolkesen</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786056287008</t>
+          <t>9789756287736</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Diyet</t>
+          <t>İnsan ve Sembolleri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>128.5</v>
+        <v>39</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9799758420574</t>
+          <t>9789756287118</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ziyaretçiler</t>
+          <t>Acayip Hisli</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>188.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054054107</t>
+          <t>9789756287064</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kim Olmak İstiyorsunuz?</t>
+          <t>Sallama Klasikler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>42</v>
+        <v>22</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756287422</t>
+          <t>9759786287020</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Körü Körüne İnanç</t>
+          <t>Güllerim Açtı Seni Görünce</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>37</v>
+        <v>20</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758420513</t>
+          <t>9789758420988</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Konuşmadığı Dil</t>
+          <t>Z Son İnsan mı?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756587751</t>
+          <t>9789758420926</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Kişiliğiniz</t>
+          <t>Bu Kalem Un Ufak</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>50</v>
+        <v>29</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756287859</t>
+          <t>9789758420889</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Mevt - Tek Hecelik Uyku</t>
+          <t>Selkie’lerin Şarkısı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789758420506</t>
+          <t>9789758420810</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Erotik Astroloji</t>
+          <t>Avukat Olacaktı Muhterem</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059318396</t>
+          <t>9789758420780</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Bir Son</t>
+          <t>Erotik Öyküler</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059318242</t>
+          <t>9799758420697</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Beynin Mutluluk Ayarları</t>
+          <t>Aşk ve Kıskançlık</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>38</v>
+        <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055134846</t>
+          <t>9799758420680</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gölgene Sahip Çık</t>
+          <t>Salta Dur</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055134990</t>
+          <t>9799756287728</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Renkli Rüyalar Oteli</t>
+          <t>Basın İlanı Böyle Yapılır?</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>108.5</v>
+        <v>42</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055134877</t>
+          <t>9799756287704</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Bir Paraşüt</t>
+          <t>Kurban</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>29</v>
+        <v>21</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055134686</t>
+          <t>9799756287674</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tanrılara Neden İnanırız?</t>
+          <t>Yarım Asırlık Asker</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055134594</t>
+          <t>9799756287568</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Zelot</t>
+          <t>Saatçi Bayırı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>66</v>
+        <v>21</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055134235</t>
+          <t>9789756287484</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Yiyenler</t>
+          <t>Kış Bakışı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>46</v>
+        <v>14</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055134488</t>
+          <t>9799758420659</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İyi Hemşire</t>
+          <t>Şanslı Adam</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055134617</t>
+          <t>9789758420346</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yalan (Ciltli)</t>
+          <t>Bir Kuzgun Yaz</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>167</v>
+        <v>16</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758420834</t>
+          <t>9789758420223</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Cesur Yeni Beyin</t>
+          <t>Hepimiz Gogol’un Paltosun’dan Çıktık</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>225</v>
+        <v>16</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059318068</t>
+          <t>9789758420254</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Buz İkizler</t>
+          <t>Cinsel Öyküler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>275</v>
+        <v>19</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055134754</t>
+          <t>9789758420162</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklik Terapisi</t>
+          <t>Buradan Böyle</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>475</v>
+        <v>20</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055134303</t>
+          <t>9789758420070</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalaka</t>
+          <t>Duygudurum Bozukluklarında Atipik Antipsikotik Kullanımı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>119</v>
+        <v>20</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055134969</t>
+          <t>9789758420049</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayan Yaşlılar</t>
+          <t>Şiir ve Psikiyatri Kavşağında</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>88.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055134259</t>
+          <t>9789758420032</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gizli Aşk Bu</t>
+          <t>Majör Depresif Bozukluk Hastalarının Tedavileri İçin Uygulama Kılavuzu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>275</v>
+        <v>15</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055134242</t>
+          <t>9789756287408</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Piyon</t>
+          <t>Konuşmayan Tavus Kuşu Camio</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>445</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055134839</t>
+          <t>9789756287392</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Masum Uyku</t>
+          <t>Her Şeyin Bittiği Yerden</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>78.5</v>
+        <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9799756287544</t>
+          <t>9789756287361</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Pornovida</t>
+          <t>Kırmızı Fener Sokağı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>168.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054054411</t>
+          <t>9789756287309</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>P*ç Güveysinden Hallice</t>
+          <t>Beni Kalbimden Vuranlar Var Ya!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>151</v>
+        <v>22</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055134051</t>
+          <t>9789756287286</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Yok Korku Yok</t>
+          <t>Şizofreni;Sesler,Yüzler,Öyküler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>295</v>
+        <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055134044</t>
+          <t>9799756287605</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Osmanoğulları’nın Varlıkları ve 2. Abdülhamid’in Emlaki</t>
+          <t>Yoncimik'in Maceraları Bayram - 1</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>595</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756287378</t>
+          <t>9786054054060</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Orson Welles</t>
+          <t>Çekim Yasasını Yaşamanın Anahtar'ı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>395</v>
+        <v>27</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786054054985</t>
+          <t>9799758420673</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Olsa Dükkan Senin</t>
+          <t>Suçlu Öyküler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>88.5</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789758420407</t>
+          <t>9789758420483</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Çatışması ve Dünya Düzeninin Yeniden Kurulması</t>
+          <t>Yatağında Yalnız mısın?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>119</v>
+        <v>225</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054054817</t>
+          <t>9786054054305</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Makber</t>
+          <t>Don Kişot'un Dönüşü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>275</v>
+        <v>40.6</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9799756287667</t>
+          <t>9789756287835</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Penisin Katı Gerçekleri</t>
+          <t>Sinema Köşelerinde</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>275</v>
+        <v>42</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786054054800</t>
+          <t>9789758420117</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Likya Yolu Fethiye’den Antalya’ya</t>
+          <t>Yamyamın Yemek Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1640</v>
+        <v>695</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054054176</t>
+          <t>9789756287194</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılın Penceresi</t>
+          <t>Dikkat! Buda</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>198.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789758420827</t>
+          <t>9786054054589</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kentlerin Kraliçesi</t>
+          <t>1 Kadın 2 Salak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>168.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789758420100</t>
+          <t>9789756287491</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kafadanbacaklılar</t>
+          <t>Noel Baba'dan Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>225</v>
+        <v>45</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756287019</t>
+          <t>9786054054640</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İstifa</t>
+          <t>Pucca Günlük - 2 : Ve Geri Kalan Her Şey</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>395</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756287323</t>
+          <t>9786054054930</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Yolunda</t>
+          <t>Pucca Günlük - 3 : Allah Beni Böyle Yaratmış</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>395</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054054459</t>
+          <t>9786054054343</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Hokkabaz - Senaryo</t>
+          <t>İtalya'da Rönesans Kültürü</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>198.5</v>
+        <v>545</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756287903</t>
+          <t>9786055134471</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Hey Nostradamus!</t>
+          <t>Cafe Fernando (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>25</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756287972</t>
+          <t>9786055134105</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gertrude 2’ye Nasıl Bölündü?</t>
+          <t>Bakırköy Akıl Hastanesi'nden Anılar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>445</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9799756287575</t>
+          <t>9786054054497</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gece Gelini</t>
+          <t>Hayatınızı Nasıl Pişirirsiniz?</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>36</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054054053</t>
+          <t>9789756287460</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Diyet’le Kalıcı Kilo Verme</t>
+          <t>Yusufçuk Gece Gelir</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>475</v>
+        <v>15</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054054794</t>
+          <t>9786056287008</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Erkek Dedikodusu 2</t>
+          <t>Fark Etmeden Diyet</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>138.5</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789756287330</t>
+          <t>9799758420574</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Filmimin Hikayesi</t>
+          <t>Ziyaretçiler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054054626</t>
+          <t>9786054054107</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Erkek Dedikodusu</t>
+          <t>Kim Olmak İstiyorsunuz?</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>520</v>
+        <v>42</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054054237</t>
+          <t>9789756287422</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Düş Sandığım</t>
+          <t>Körü Körüne İnanç</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>225</v>
+        <v>37</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9799758420642</t>
+          <t>9789758420513</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Deli Öyküler</t>
+          <t>Kimsenin Konuşmadığı Dil</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054054367</t>
+          <t>9789756587751</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dante ve İslam</t>
+          <t>A’dan Z’ye Kişiliğiniz</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>275</v>
+        <v>50</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9799758420772</t>
+          <t>9789756287859</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Sanat</t>
+          <t>Mevt - Tek Hecelik Uyku</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>198.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789758420872</t>
+          <t>9789758420506</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cowrie</t>
+          <t>Erotik Astroloji</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>198.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789758420155</t>
+          <t>9786059318396</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Biz Romantik Aşkın Psikolojisi</t>
+          <t>Mükemmel Bir Son</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>23</v>
+        <v>36</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054054140</t>
+          <t>9786059318242</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazarın Romanı</t>
+          <t>Beynin Mutluluk Ayarları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>188.5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054054893</t>
+          <t>9786055134846</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı 2 - Kebabman</t>
+          <t>Gölgene Sahip Çık</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054054824</t>
+          <t>9786055134990</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Buda Aşık Olsaydı</t>
+          <t>Renkli Rüyalar Oteli</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>37</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786054054633</t>
+          <t>9786055134877</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı - Ayran Geven</t>
+          <t>Ev Yapımı Bir Paraşüt</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>59.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758420131</t>
+          <t>9786055134686</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Beyoğlu Kabusları ve Diğer Öyküler</t>
+          <t>Tanrılara Neden İnanırız?</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055134082</t>
+          <t>9786055134594</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Beni Hep Sev</t>
+          <t>Zelot</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>375</v>
+        <v>66</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054054886</t>
+          <t>9786055134235</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ben</t>
+          <t>Karanlığı Yiyenler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>78</v>
+        <v>46</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786054054541</t>
+          <t>9786055134488</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bayılmışım... Kendime Geldiğimde 40 Yaşındaydım</t>
+          <t>İyi Hemşire</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>198.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054054572</t>
+          <t>9786055134617</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bana Diyet Deme</t>
+          <t>Yalan (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>36</v>
+        <v>167</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054054718</t>
+          <t>9789758420834</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Atlarla Yaşayan Kadın</t>
+          <t>Cesur Yeni Beyin</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>188.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789756287156</t>
+          <t>9786059318068</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Öbür Duygular</t>
+          <t>Buz İkizler</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756287279</t>
+          <t>9786055134754</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Varmış Bir Yokmuş</t>
+          <t>Gerçeklik Terapisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>98.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054054138</t>
+          <t>9786055134303</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aradım Yaz Dediniz</t>
+          <t>Beyaz Yalaka</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>395</v>
+        <v>119</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055134143</t>
+          <t>9786055134969</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Aktif Umut</t>
+          <t>Yaşlanmayan Yaşlılar</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>88.5</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059318815</t>
+          <t>9786055134259</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Agile Devri</t>
+          <t>Gizli Aşk Bu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059318693</t>
+          <t>9786055134242</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bar Psikoloğu</t>
+          <t>Piyon</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>345</v>
+        <v>445</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789758420018</t>
+          <t>9786055134839</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Artrit ve Sanat</t>
+          <t>Masum Uyku</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>12</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789758420025</t>
+          <t>9799756287544</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Desen mi, Demesen mi?</t>
+          <t>Pornovida</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>36</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786255634092</t>
+          <t>9786054054411</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kendini Alt Et</t>
+          <t>P*ç Güveysinden Hallice</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>198.5</v>
+        <v>151</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756287415</t>
+          <t>9786055134051</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kokoloji 1 - Bil Bakalım Sen Kimsin ?</t>
+          <t>Ölüm Yok Korku Yok</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059318150</t>
+          <t>9786055134044</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Maestra</t>
+          <t>Osmanoğulları’nın Varlıkları ve 2. Abdülhamid’in Emlaki</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>275</v>
+        <v>595</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257344203</t>
+          <t>9789756287378</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Keskin Sirke: Öfkenizi Olumlu Bir Değişim İçin Kullanmanın Yolları</t>
+          <t>Orson Welles</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055134402</t>
+          <t>9786054054985</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kişilerarası Psikoterapi</t>
+          <t>Olsa Dükkan Senin</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>395</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786054054190</t>
+          <t>9789758420407</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bakırköy Akıl Hastanesi’nin Gizli Tarihi</t>
+          <t>Medeniyetler Çatışması ve Dünya Düzeninin Yeniden Kurulması</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>595</v>
+        <v>119</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256466708</t>
+          <t>9786054054817</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Otizmi Yönetmek</t>
+          <t>Makber</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256466692</t>
+          <t>9799756287667</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Girişiminiz Kendiniz</t>
+          <t>Penisin Katı Gerçekleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257344890</t>
+          <t>9786054054800</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm</t>
+          <t>Likya Yolu Fethiye’den Antalya’ya</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>295</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257344487</t>
+          <t>9786054054176</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuk</t>
+          <t>Kırk Yılın Penceresi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059318167</t>
+          <t>9789758420827</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Cennette Uzun Bir Kış</t>
+          <t>Kentlerin Kraliçesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>495</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055134396</t>
+          <t>9789758420100</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Psikanalitik Terapiler</t>
+          <t>Kafadanbacaklılar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257344234</t>
+          <t>9789756287019</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gözetleme Kapitalizmi Çağı</t>
+          <t>İstifa</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>795</v>
+        <v>395</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054054961</t>
+          <t>9789756287323</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Kadının Peşinde</t>
+          <t>Hz. Muhammed’in Yolunda</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257344029</t>
+          <t>9786054054459</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Seks, Yalanlar ve Psikanaliz</t>
+          <t>Hokkabaz - Senaryo</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>495</v>
+        <v>235</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059318655</t>
+          <t>9789756287903</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yogası</t>
+          <t>Hey Nostradamus!</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>245</v>
+        <v>25</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786255634054</t>
+          <t>9789756287972</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Hakkında Acı Gerçek</t>
+          <t>Gertrude 2’ye Nasıl Bölündü?</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>345</v>
+        <v>445</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786255634047</t>
+          <t>9799756287575</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Öğrenmek</t>
+          <t>Gece Gelini</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>395</v>
+        <v>36</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786255634030</t>
+          <t>9786054054053</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Nihan Kaya - 3 Kitaplık Set</t>
+          <t>Fark Etmeden Diyet’le Kalıcı Kilo Verme</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>668.5</v>
+        <v>475</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786255634016</t>
+          <t>9786054054794</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Neden Kendimizi Gıdıklayamayız?</t>
+          <t>Erkek Dedikodusu 2</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>595</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256466999</t>
+          <t>9789756287330</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tedirgin Yeni Dünya</t>
+          <t>Filmimin Hikayesi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786255634009</t>
+          <t>9786054054626</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kar ve İnci</t>
+          <t>Erkek Dedikodusu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>295</v>
+        <v>520</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256466982</t>
+          <t>9786054054237</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Söz Akçesi</t>
+          <t>Düş Sandığım</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256466784</t>
+          <t>9799758420642</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Akıl Sağlığının Örüntüsü</t>
+          <t>Deli Öyküler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>345</v>
+        <v>26</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256466944</t>
+          <t>9786054054367</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İyi Evlat Sendromu</t>
+          <t>Dante ve İslam</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256466951</t>
+          <t>9799758420772</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çatışmalı Çiftler</t>
+          <t>Çocuk ve Sanat</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256466920</t>
+          <t>9789758420872</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Masterson Yaklaşımında Borderline Kişilik Bozukluğuna Gelişimsel Yaklaşım</t>
+          <t>Cowrie</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>375</v>
+        <v>235</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256466937</t>
+          <t>9789758420155</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yazma Cesareti</t>
+          <t>Biz Romantik Aşkın Psikolojisi</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>345</v>
+        <v>23</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256466876</t>
+          <t>9786054054140</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Beklediğin Kişi Sensin</t>
+          <t>Bir Yazarın Romanı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256466883</t>
+          <t>9786054054893</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bütün Çocuklar İyidir</t>
+          <t>Bir Apaçi Masalı 2 - Kebabman</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>148.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256466869</t>
+          <t>9786054054824</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Ayna/ Narsist Bireyleri Tanımak ve Kendinizi İyileştirmek</t>
+          <t>Buda Aşık Olsaydı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>345</v>
+        <v>37</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256466890</t>
+          <t>9786054054633</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Konuşmalar</t>
+          <t>Bir Apaçi Masalı - Ayran Geven</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>225</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256466838</t>
+          <t>9789758420131</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hatalarımızdan Öğrenmek</t>
+          <t>Beyoğlu Kabusları ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>345</v>
+        <v>35</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256466845</t>
+          <t>9786055134082</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İyi Toplum Yoktur</t>
+          <t>Beni Hep Sev</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256466821</t>
+          <t>9786054054886</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sanat Kafası/ Sanat Beyni Nasıl Dönüştürür?</t>
+          <t>Ben</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>445</v>
+        <v>78</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256466852</t>
+          <t>9786054054541</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Duyulmayanı Dinlemek/ Gerçek Bir Hikâye</t>
+          <t>Bayılmışım... Kendime Geldiğimde 40 Yaşındaydım</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>178.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055134914</t>
+          <t>9786054054572</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>99 Soruda Hayvan Hakları</t>
+          <t>Bana Diyet Deme</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>225</v>
+        <v>36</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059318600</t>
+          <t>9786054054718</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Aşığın Aynası</t>
+          <t>Atlarla Yaşayan Kadın</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054054756</t>
+          <t>9789756287156</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kere Sekiz</t>
+          <t>Aşk ve Öbür Duygular</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>98.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054054565</t>
+          <t>9789756287279</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yap + Ye = Mutlu Ol!</t>
+          <t>Aşk Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>128.5</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789756287453</t>
+          <t>9786054054138</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Kadın</t>
+          <t>Aradım Yaz Dediniz</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>34</v>
+        <v>395</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789758420056</t>
+          <t>9786055134143</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Terapi Şeysi</t>
+          <t>Aktif Umut</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>195</v>
+        <v>88.5</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054054725</t>
+          <t>9786059318815</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sorun Bendeymiş</t>
+          <t>Agile Devri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>168.5</v>
+        <v>445</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054054503</t>
+          <t>9786059318693</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sorun Bende Değil, Sende</t>
+          <t>Bar Psikoloğu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>128.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9799756287780</t>
+          <t>9789758420018</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sana Bi’Şey Olmasın!</t>
+          <t>Artrit ve Sanat</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>475</v>
+        <v>12</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758420452</t>
+          <t>9789758420025</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>R Öyküler 1985-2001</t>
+          <t>Desen mi, Demesen mi?</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054054428</t>
+          <t>9786255634092</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bizim de Renkli Televizyonumuz Vardı</t>
+          <t>Kendini Alt Et</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786054054114</t>
+          <t>9789756287415</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk</t>
+          <t>Kokoloji 1 - Bil Bakalım Sen Kimsin ?</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>30</v>
+        <v>295</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786054054152</t>
+          <t>9786059318150</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kemal’e Eren Kadınlar</t>
+          <t>Maestra</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>38</v>
+        <v>295</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055134198</t>
+          <t>9786257344203</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Etkili Düşünmenin 5 Elementi (Ciltli)</t>
+          <t>Keskin Sirke: Öfkenizi Olumlu Bir Değişim İçin Kullanmanın Yolları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>104</v>
+        <v>295</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789756287811</t>
+          <t>9786055134402</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yoncimik'in Maceraları Doğum - 2</t>
+          <t>Kişilerarası Psikoterapi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789758420384</t>
+          <t>9786054054190</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Mavi Beyaz Kırmızı 3. Cilt</t>
+          <t>Bakırköy Akıl Hastanesi’nin Gizli Tarihi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>66</v>
+        <v>695</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054054787</t>
+          <t>9786256466708</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bizim de Renkli Televizyonumuz Vardı</t>
+          <t>Otizmi Yönetmek</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>36</v>
+        <v>445</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9799756287650</t>
+          <t>9786256466692</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>7 Gece</t>
+          <t>Girişiminiz Kendiniz</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789758420285</t>
+          <t>9786257344890</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>7</t>
+          <t>Narsisizm</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>1150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789756287293</t>
+          <t>9786257344487</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yatmadan Önce 100 Fırça Darbesi</t>
+          <t>Bir Çocuk</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>20</v>
+        <v>445</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054054374</t>
+          <t>9786059318167</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Cinayet</t>
+          <t>Cennette Uzun Bir Kış</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>1232</v>
+        <v>575</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054054442</t>
+          <t>9786055134396</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>G.O.R.A</t>
+          <t>Psikanaliz ve Psikanalitik Terapiler</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054054398</t>
+          <t>9786257344234</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Mucizesiz Zayıflama</t>
+          <t>Gözetleme Kapitalizmi Çağı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>225</v>
+        <v>895</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054054244</t>
+          <t>9786054054961</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Seks</t>
+          <t>Kusursuz Kadının Peşinde</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>136</v>
+        <v>495</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9799756287742</t>
+          <t>9786257344029</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bu İşte</t>
+          <t>Seks, Yalanlar ve Psikanaliz</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>188.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789756287163</t>
+          <t>9786059318655</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Koza</t>
+          <t>Çocuk Yogası</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>48</v>
+        <v>275</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059318518</t>
+          <t>9786255634054</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Brain Up</t>
+          <t>Mutluluk Hakkında Acı Gerçek</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>108.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059318495</t>
+          <t>9786255634047</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tebrikler Kovuldunuz!</t>
+          <t>Hayattan Öğrenmek</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059318075</t>
+          <t>9786255634030</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Yemek</t>
+          <t>Nihan Kaya - 3 Kitaplık Set</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>198.5</v>
+        <v>738.5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059318624</t>
+          <t>9786255634016</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>111 Soruda Hayvan Hakları</t>
+          <t>Neden Kendimizi Gıdıklayamayız?</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>445</v>
+        <v>675</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055134938</t>
+          <t>9786256466999</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Beni Ağlayacaksın</t>
+          <t>Tedirgin Yeni Dünya</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055134747</t>
+          <t>9786255634009</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kadük</t>
+          <t>Kar ve İnci</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055134211</t>
+          <t>9786256466982</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ellerinden Kaydı Hayat</t>
+          <t>Söz Akçesi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055134808</t>
+          <t>9786256466784</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Her Şey O Yaz Oldu</t>
+          <t>Akıl Sağlığının Örüntüsü</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>58.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055134648</t>
+          <t>9786256466944</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Üç Renkli Deniz</t>
+          <t>İyi Evlat Sendromu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055134334</t>
+          <t>9786256466951</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Katili</t>
+          <t>Çatışmalı Çiftler</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>198.5</v>
+        <v>325</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054054121</t>
+          <t>9786256466920</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Obsesif-Kompulsif Bozukluk ve Bağlantılı Sorunlar El Kitabı</t>
+          <t>Masterson Yaklaşımında Borderline Kişilik Bozukluğuna Gelişimsel Yaklaşım</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>54</v>
+        <v>445</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256466791</t>
+          <t>9786256466937</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsanı Nasıl Tanırsınız?</t>
+          <t>Yazma Cesareti</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256466807</t>
+          <t>9786256466876</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Öğrenmede Hipnoz</t>
+          <t>Beklediğin Kişi Sensin</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256466814</t>
+          <t>9786256466883</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İyi Aile Yoktur</t>
+          <t>Bütün Çocuklar İyidir</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>275</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256466739</t>
+          <t>9786256466869</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Yolda Öğrenmek</t>
+          <t>Bozuk Ayna/ Narsist Bireyleri Tanımak ve Kendinizi İyileştirmek</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256466746</t>
+          <t>9786256466890</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Travmanın İç Dünyası</t>
+          <t>Konuşmalar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>545</v>
+        <v>225</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256466753</t>
+          <t>9786256466838</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sanatsal Yaratıcılık ve Duygudurum Bozukluğu</t>
+          <t>Hatalarımızdan Öğrenmek</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257344364</t>
+          <t>9786256466845</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kıyamıyorum Derken…</t>
+          <t>İyi Toplum Yoktur</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054054480</t>
+          <t>9786256466821</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin Sırt Çantası</t>
+          <t>Sanat Kafası/ Sanat Beyni Nasıl Dönüştürür?</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054054770</t>
+          <t>9786256466852</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Alkali Diyet</t>
+          <t>Duyulmayanı Dinlemek/ Gerçek Bir Hikâye</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055134532</t>
+          <t>9786055134914</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Nefs Yolu</t>
+          <t>99 Soruda Hayvan Hakları</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059318525</t>
+          <t>9786059318600</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Delicesine Mutlu</t>
+          <t>Aşığın Aynası</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059318372</t>
+          <t>9786054054756</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Good Business</t>
+          <t>Yedi Kere Sekiz</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>395</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059318471</t>
+          <t>9786054054565</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Beslenme</t>
+          <t>Yap + Ye = Mutlu Ol!</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>275</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059318235</t>
+          <t>9789756287453</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sufi’nin Bilgi Yolu</t>
+          <t>Tuhaf Bir Kadın</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>795</v>
+        <v>34</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059318983</t>
+          <t>9789758420056</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Toksik Zihin</t>
+          <t>Terapi Şeysi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789758420216</t>
+          <t>9786054054725</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri ve Sinema</t>
+          <t>Sorun Bendeymiş</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>475</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789758420865</t>
+          <t>9786054054503</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mazruf</t>
+          <t>Sorun Bende Değil, Sende</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>225</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789758420742</t>
+          <t>9799756287780</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Kahkaha</t>
+          <t>Sana Bi’Şey Olmasın!</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789756287262</t>
+          <t>9789758420452</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İmdat! Bir Adamla / Çocukla Yaşıyorum</t>
+          <t>R Öyküler 1985-2001</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>198.5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054054992</t>
+          <t>9786054054428</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İlginç Psikiyatrik Sendromlar</t>
+          <t>Bizim de Renkli Televizyonumuz Vardı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054054947</t>
+          <t>9786054054114</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Binbir İnsan Masalları 1-139 (Ciltli)</t>
+          <t>Mutluluk</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>445</v>
+        <v>30</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059318747</t>
+          <t>9786054054152</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Senden Kurtuluş Yok mu?</t>
+          <t>Kemal’e Eren Kadınlar</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>395</v>
+        <v>38</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059318686</t>
+          <t>9786055134198</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kulaktan Dolma Tarifler</t>
+          <t>Etkili Düşünmenin 5 Elementi (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>795</v>
+        <v>104</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256466722</t>
+          <t>9789756287811</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Buğu</t>
+          <t>Yoncimik'in Maceraları Doğum - 2</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054054749</t>
+          <t>9789758420384</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ben Ok’im Sen Ok’sin</t>
+          <t>Mavi Beyaz Kırmızı 3. Cilt</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>545</v>
+        <v>66</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789756287101</t>
+          <t>9786054054787</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Depresyon Atlası</t>
+          <t>Bizim de Renkli Televizyonumuz Vardı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>695</v>
+        <v>36</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256466630</t>
+          <t>9799756287650</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Yeni Narsisizm Bilimi</t>
+          <t>7 Gece</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256466623</t>
+          <t>9789758420285</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kendi Yolumda</t>
+          <t>7</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>225</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054054978</t>
+          <t>9789756287293</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Subliminal</t>
+          <t>Yatmadan Önce 100 Fırça Darbesi</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>295</v>
+        <v>20</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256466616</t>
+          <t>9786054054374</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Deli Dünya</t>
+          <t>Sıradan Bir Cinayet</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>225</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256466609</t>
+          <t>9786054054442</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Psikoloji</t>
+          <t>G.O.R.A</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256466562</t>
+          <t>9786054054398</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Totalitarizm Çağında Psikanaliz</t>
+          <t>Mucizesiz Zayıflama</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>595</v>
+        <v>225</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256466555</t>
+          <t>9786054054244</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yalan Söylemek ve Aldatmak</t>
+          <t>Muhteşem Seks</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>275</v>
+        <v>136</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256466531</t>
+          <t>9799756287742</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Gizli Özne</t>
+          <t>Hayat Bu İşte</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>395</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256466470</t>
+          <t>9789756287163</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kırgınlık ve Sonrası Artık Neden Kırgın Değilim</t>
+          <t>Koza</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>345</v>
+        <v>48</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256466517</t>
+          <t>9786059318518</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Köpeğinize Ekonomiyi Nasıl Öğretirsiniz?</t>
+          <t>Brain Up</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>345</v>
+        <v>108.5</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256466494</t>
+          <t>9786059318495</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Disparöni ya da Yaşama Korkusu</t>
+          <t>Tebrikler Kovuldunuz!</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256466500</t>
+          <t>9786059318075</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Apaçık Psikoterapi</t>
+          <t>Müzik ve Yemek</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>395</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054054527</t>
+          <t>9786059318624</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Kader</t>
+          <t>111 Soruda Hayvan Hakları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>495</v>
+        <v>445</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256466463</t>
+          <t>9786055134938</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Haberler Seni Korkuttuğunda Ne Yapabilirsin?</t>
+          <t>Bir Gün Beni Ağlayacaksın</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>188.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256466456</t>
+          <t>9786055134747</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kendi Çığlığını Duymak ve İyileşmek</t>
+          <t>Kadük</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054054329</t>
+          <t>9786055134211</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bahar Korçan (Ciltli)</t>
+          <t>Ellerinden Kaydı Hayat</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786257344197</t>
+          <t>9786055134808</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Zihnini Anlamak: Yeni Nesil Ebeveynlik Rehberi</t>
+          <t>Her Şey O Yaz Oldu</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>275</v>
+        <v>58.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256466425</t>
+          <t>9786055134648</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Karakter ve Nevroz</t>
+          <t>Üç Renkli Deniz</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>495</v>
+        <v>445</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256466418</t>
+          <t>9786055134334</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Fildişi Kuyu (Cilt 2)</t>
+          <t>Hayvan Katili</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256466401</t>
+          <t>9786054054121</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Fildişi Kuyu (Cilt 1)</t>
+          <t>Obsesif-Kompulsif Bozukluk ve Bağlantılı Sorunlar El Kitabı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>275</v>
+        <v>54</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256466449</t>
+          <t>9786256466791</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Yürüyen Ceset Sendromu Hezeyanlar Tarihi</t>
+          <t>Bir İnsanı Nasıl Tanırsınız?</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256466364</t>
+          <t>9786256466807</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olma Cesareti</t>
+          <t>Eğitim ve Öğrenmede Hipnoz</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256466371</t>
+          <t>9786256466814</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Bağlanma</t>
+          <t>İyi Aile Yoktur</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>695</v>
+        <v>295</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256466333</t>
+          <t>9786256466739</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Nevrotik Tarzlar</t>
+          <t>Yolda Öğrenmek</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256466340</t>
+          <t>9786256466746</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Büyük Armağan: Korku</t>
+          <t>Travmanın İç Dünyası</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257344173</t>
+          <t>9786256466753</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sahici Aşklar Külliyatı</t>
+          <t>Sanatsal Yaratıcılık ve Duygudurum Bozukluğu</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256466326</t>
+          <t>9786257344364</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Beni Zorla Sağma, Bırak Ben Emzireyim Seni</t>
+          <t>Kıyamıyorum Derken…</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256466319</t>
+          <t>9786054054480</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Gölge Canavarları ve Cesur Yürekler</t>
+          <t>Yöneticinin Sırt Çantası</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256466272</t>
+          <t>9786054054770</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Sevgi</t>
+          <t>Alkali Diyet</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256466296</t>
+          <t>9786055134532</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Neşenin Psikolojisi</t>
+          <t>Nefs Yolu</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256466289</t>
+          <t>9786059318525</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren İlişkiler</t>
+          <t>Delicesine Mutlu</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256466265</t>
+          <t>9786059318372</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Burnout</t>
+          <t>Good Business</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256466050</t>
+          <t>9786059318471</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik”le Zehirlenmiş Erkek</t>
+          <t>Kuantum Beslenme</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256466241</t>
+          <t>9786059318235</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Sen Yaratmak - Kendini Yeniden Yaratma Yolculuğu</t>
+          <t>Sufi’nin Bilgi Yolu</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>395</v>
+        <v>895</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256466210</t>
+          <t>9786059318983</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Çöktüğünde</t>
+          <t>Toksik Zihin</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256466203</t>
+          <t>9789758420216</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik Bilincinin Üç Aşaması</t>
+          <t>Psikiyatri ve Sinema</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>198.5</v>
+        <v>475</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256466227</t>
+          <t>9789758420865</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kederi Anlamak</t>
+          <t>Mazruf</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256466197</t>
+          <t>9789758420742</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>55 Terapist 55 Psikoterapistin Seans Odası</t>
+          <t>Kozmik Kahkaha</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>795</v>
+        <v>295</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786256466166</t>
+          <t>9789756287262</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>İzci Gibi Düşünmek</t>
+          <t>İmdat! Bir Adamla / Çocukla Yaşıyorum</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786256466173</t>
+          <t>9786054054992</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Narsist Annenin Kızı Olmak</t>
+          <t>İlginç Psikiyatrik Sendromlar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256466159</t>
+          <t>9786054054947</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kalabalıkların Hezeyanı</t>
+          <t>Binbir İnsan Masalları 1-139 (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>545</v>
+        <v>445</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256466142</t>
+          <t>9786059318747</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Gizli Kaynak</t>
+          <t>Senden Kurtuluş Yok mu?</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256466128</t>
+          <t>9786059318686</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Bilgeliği</t>
+          <t>Kulaktan Dolma Tarifler</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>395</v>
+        <v>795</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256466111</t>
+          <t>9786256466722</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Etkili Oyuncular - Liderliği Nasıl Ele Alır, Daha Büyük Oynar ve Etkinizi Artırırsınız?</t>
+          <t>Buğu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256466104</t>
+          <t>9786054054749</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Şaşmaz Bilimcinin El Kitabı</t>
+          <t>Ben Ok’im Sen Ok’sin</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256466098</t>
+          <t>9789756287101</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bir Sanat Olarak Ebeveyn Baskısı</t>
+          <t>Depresyon Atlası</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>345</v>
+        <v>695</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256466074</t>
+          <t>9786256466630</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Sana Aşktan Soruyorlar</t>
+          <t>Yeni Narsisizm Bilimi</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256466029</t>
+          <t>9786256466623</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Köpeğinize Felsefeyi Nasıl Öğretirsiniz?</t>
+          <t>Kendi Yolumda</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786256466012</t>
+          <t>9786054054978</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Düşünmemenin Gücü</t>
+          <t>Subliminal</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786256466005</t>
+          <t>9786256466616</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Son Sevişmenden Başlayalım Mı?</t>
+          <t>Deli Dünya</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>445</v>
+        <v>275</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257344982</t>
+          <t>9786256466609</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluğun Kökenleri</t>
+          <t>Çocuklar İçin Psikoloji</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786257344975</t>
+          <t>9786256466562</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kolajen Detoksu</t>
+          <t>Totalitarizm Çağında Psikanaliz</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>295</v>
+        <v>675</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786257344937</t>
+          <t>9786256466555</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Acıyı Yutmak</t>
+          <t>Yalan Söylemek ve Aldatmak</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786257344913</t>
+          <t>9786256466531</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalan - Kayıpla Yaralanmış Bir Ruhun İyileşme Hikayesi</t>
+          <t>Gizli Özne</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786257344920</t>
+          <t>9786256466470</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Nöropsikanaliz</t>
+          <t>Kırgınlık ve Sonrası Artık Neden Kırgın Değilim</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>595</v>
+        <v>375</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786257344906</t>
+          <t>9786256466517</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Kadınlardan Neden Korkar?</t>
+          <t>Köpeğinize Ekonomiyi Nasıl Öğretirsiniz?</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786257344883</t>
+          <t>9786256466494</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Senin Suçun Değildi</t>
+          <t>Disparöni ya da Yaşama Korkusu</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786257344852</t>
+          <t>9786256466500</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Sürprizin Gücü</t>
+          <t>Apaçık Psikoterapi</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786257344869</t>
+          <t>9786054054527</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Nefretin Bilimi</t>
+          <t>Özgürlük ve Kader</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786257344845</t>
+          <t>9786256466463</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Yönetici</t>
+          <t>Haberler Seni Korkuttuğunda Ne Yapabilirsin?</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>295</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786257344838</t>
+          <t>9786256466456</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Doğanın İnsanlaşması</t>
+          <t>Kendi Çığlığını Duymak ve İyileşmek</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786257344814</t>
+          <t>9786054054329</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Travma - Görünmez Salgın</t>
+          <t>Bahar Korçan (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786257344807</t>
+          <t>9786257344197</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Akılcı Duygusal Davranışçı Terapi</t>
+          <t>Çocuk Zihnini Anlamak: Yeni Nesil Ebeveynlik Rehberi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786257344791</t>
+          <t>9786256466425</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Öfkeden Cesarete</t>
+          <t>Karakter ve Nevroz</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>545</v>
+        <v>575</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786257344760</t>
+          <t>9786256466418</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Parçalı Bulutlu</t>
+          <t>Fildişi Kuyu (Cilt 2)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786257344777</t>
+          <t>9786256466401</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Aşiyan'daki Kahin</t>
+          <t>Fildişi Kuyu (Cilt 1)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786257344784</t>
+          <t>9786256466449</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bozuk Parçan Yok</t>
+          <t>Yürüyen Ceset Sendromu Hezeyanlar Tarihi</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786257344708</t>
+          <t>9786256466364</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Hisseden Beyin</t>
+          <t>İnsan Olma Cesareti</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786257344739</t>
+          <t>9786256466371</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerini Unut</t>
+          <t>Psikoterapide Bağlanma</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>295</v>
+        <v>795</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786257344722</t>
+          <t>9786256466333</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel - Kültürel Terapi</t>
+          <t>Nevrotik Tarzlar</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786257344692</t>
+          <t>9786256466340</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Emdr</t>
+          <t>Büyük Armağan: Korku</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>345</v>
+        <v>575</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786257344661</t>
+          <t>9786257344173</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Politik Psikoloji Notları</t>
+          <t>Sahici Aşklar Külliyatı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786257344678</t>
+          <t>9786256466326</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Duygusal - Duygular Düşünceyi Nasıl Şekillendirir?</t>
+          <t>Beni Zorla Sağma, Bırak Ben Emzireyim Seni</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786257344623</t>
+          <t>9786256466319</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle Lacan Rehberi</t>
+          <t>Gölge Canavarları ve Cesur Yürekler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786257344630</t>
+          <t>9786256466272</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Aktif Umut</t>
+          <t>Çarpık Sevgi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786257344586</t>
+          <t>9786256466296</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Davranışlarımızın Kökeni</t>
+          <t>Neşenin Psikolojisi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>545</v>
+        <v>245</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786257344593</t>
+          <t>9786256466289</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisi</t>
+          <t>İyileştiren İlişkiler</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786257344579</t>
+          <t>9786256466265</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kullanışlı Yanılgılar</t>
+          <t>Burnout</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786257344562</t>
+          <t>9786256466050</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Biraz Yorgun Gibisin</t>
+          <t>Erkeklik”le Zehirlenmiş Erkek</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786257344470</t>
+          <t>9786256466241</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Karşılamak</t>
+          <t>Yeni Bir Sen Yaratmak - Kendini Yeniden Yaratma Yolculuğu</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786257344432</t>
+          <t>9786256466210</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Ekonomi</t>
+          <t>Karanlık Çöktüğünde</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054054671</t>
+          <t>9786256466203</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>2011'in Bobiler Tarihi</t>
+          <t>Erkeklik Bilincinin Üç Aşaması</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055134341</t>
+          <t>9786256466227</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Olur Öyle</t>
+          <t>Kederi Anlamak</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>42</v>
+        <v>395</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257344555</t>
+          <t>9786256466197</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Feminist Terapi</t>
+          <t>55 Terapist 55 Psikoterapistin Seans Odası</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>245</v>
+        <v>895</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257344548</t>
+          <t>9786256466166</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Melankoli</t>
+          <t>İzci Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>545</v>
+        <v>245</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786257344517</t>
+          <t>9786256466173</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hastadan Öğrenmek</t>
+          <t>Narsist Annenin Kızı Olmak</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>475</v>
+        <v>275</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786257344494</t>
+          <t>9786256466159</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bu Şaka Çalışır Mı?</t>
+          <t>Kalabalıkların Hezeyanı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>395</v>
+        <v>545</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786257344395</t>
+          <t>9786256466142</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kadın psikolojisini Anlamak</t>
+          <t>Gizli Kaynak</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257344401</t>
+          <t>9786256466128</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Erkek Psikolojisini Anlamak</t>
+          <t>Bedenin Bilgeliği</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257344418</t>
+          <t>9786256466111</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Psikolojisini Anlamak</t>
+          <t>Etkili Oyuncular - Liderliği Nasıl Ele Alır, Daha Büyük Oynar ve Etkinizi Artırırsınız?</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257344371</t>
+          <t>9786256466104</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kimse Normal Değil</t>
+          <t>Şaşmaz Bilimcinin El Kitabı</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>495</v>
+        <v>295</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257344302</t>
+          <t>9786256466098</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Bir Sığınak Olarak Tuvalet</t>
+          <t>Bir Sanat Olarak Ebeveyn Baskısı</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786257344333</t>
+          <t>9786256466074</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>"Yas"lanma Kitabı</t>
+          <t>Sana Aşktan Soruyorlar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786257344326</t>
+          <t>9786256466029</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nasıl Düşünür?</t>
+          <t>Köpeğinize Felsefeyi Nasıl Öğretirsiniz?</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257344289</t>
+          <t>9786256466012</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Gibi Dalga Gibi</t>
+          <t>Düşünmemenin Gücü</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257344265</t>
+          <t>9786256466005</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Böyle Bir Dünyaya Çocuk Getirmek</t>
+          <t>Son Sevişmenden Başlayalım Mı?</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257344180</t>
+          <t>9786257344982</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yoğun Psikoterapinin Temel İlkeleri</t>
+          <t>Mutsuzluğun Kökenleri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257344159</t>
+          <t>9786257344975</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Islak Menü (Ciltli)</t>
+          <t>Kolajen Detoksu</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>895</v>
+        <v>295</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257344142</t>
+          <t>9786257344937</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce Mümkünse Yaşamanız Gereken 1 Hayat</t>
+          <t>Acıyı Yutmak</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257344135</t>
+          <t>9786257344913</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Düşünceler</t>
+          <t>Geride Kalan - Kayıpla Yaralanmış Bir Ruhun İyileşme Hikayesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257344111</t>
+          <t>9786257344920</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kendini Sevdiğinde Ağırlıklarından Kurtulacaksın</t>
+          <t>Nöropsikanaliz</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>275</v>
+        <v>695</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257344104</t>
+          <t>9786257344906</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Aktif Hayal Gücüyle Bilinçdışına Yolculuk</t>
+          <t>Erkekler Kadınlardan Neden Korkar?</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>545</v>
+        <v>345</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257344081</t>
+          <t>9786257344883</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlam Arayışı (Ciltli)</t>
+          <t>Senin Suçun Değildi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257344074</t>
+          <t>9786257344852</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ötekinin Ağıdı</t>
+          <t>Sürprizin Gücü</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257344050</t>
+          <t>9786257344869</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kadının Hiç Suçu Yok</t>
+          <t>Nefretin Bilimi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>495</v>
+        <v>595</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257344005</t>
+          <t>9786257344845</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Son Yok</t>
+          <t>Dördüncü Yönetici</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059318952</t>
+          <t>9786257344838</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sezgisel Yeme Uygulama Kitabı</t>
+          <t>Doğanın İnsanlaşması</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059318945</t>
+          <t>9786257344814</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>"İş"te Şimdi</t>
+          <t>Travma - Görünmez Salgın</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059318938</t>
+          <t>9786257344807</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Her Hücresiyle Çekici</t>
+          <t>Akılcı Duygusal Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059318907</t>
+          <t>9786257344791</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Sahte Peygamberler Yalan Cemaatler</t>
+          <t>Öfkeden Cesarete</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>395</v>
+        <v>545</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059318839</t>
+          <t>9786257344760</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Modern Love</t>
+          <t>Parçalı Bulutlu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059318846</t>
+          <t>9786257344777</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>La Balanza de Las Almas Sensibles</t>
+          <t>Aşiyan'daki Kahin</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059318877</t>
+          <t>9786257344784</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Terapi Odası Konuları</t>
+          <t>Bozuk Parçan Yok</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059318778</t>
+          <t>9786257344708</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kaygının Anlamı</t>
+          <t>Hisseden Beyin</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>675</v>
+        <v>395</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059318761</t>
+          <t>9786257344739</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Çok Öfkeliyim</t>
+          <t>Bildiklerini Unut</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059318754</t>
+          <t>9786257344722</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Naturopatik - Beslenme Terapisi</t>
+          <t>İlişkisel - Kültürel Terapi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059318730</t>
+          <t>9786257344692</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik İlk Yardım</t>
+          <t>Herkes İçin Emdr</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059318723</t>
+          <t>9786257344661</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Mutfağın Sihirli Kapısı (Ciltli)</t>
+          <t>Politik Psikoloji Notları</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059318679</t>
+          <t>9786257344678</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Duyguya Tarif Gerek</t>
+          <t>Duygusal - Duygular Düşünceyi Nasıl Şekillendirir?</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059318662</t>
+          <t>9786257344623</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Müzik ve Çiçek (Ciltli)</t>
+          <t>Çizgilerle Lacan Rehberi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059318594</t>
+          <t>9786257344630</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Boş Ayna</t>
+          <t>Aktif Umut</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059318617</t>
+          <t>9786257344586</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kafese Konan Adam</t>
+          <t>Davranışlarımızın Kökeni</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>445</v>
+        <v>545</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059318648</t>
+          <t>9786257344593</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Senin Adın Ah Olsun</t>
+          <t>Aile Terapisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059318563</t>
+          <t>9786257344579</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İlk Isırıkta Aşk (Ciltli)</t>
+          <t>Kullanışlı Yanılgılar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059318419</t>
+          <t>9786257344562</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sil Makyajını</t>
+          <t>Biraz Yorgun Gibisin</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059318358</t>
+          <t>9786257344470</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun</t>
+          <t>Yaşamı Karşılamak</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>33</v>
+        <v>295</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059318402</t>
+          <t>9786257344432</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık Sarmaşık</t>
+          <t>Kutsal Ekonomi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059318198</t>
+          <t>9786054054671</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>EMDR: Göz Hareketleriyle Duyarsızlaştırma ve Yeniden İşleme</t>
+          <t>2011'in Bobiler Tarihi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>795</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059318181</t>
+          <t>9786055134341</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Lupu</t>
+          <t>Olur Öyle</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>198.5</v>
+        <v>42</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059318174</t>
+          <t>9786257344555</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kokoloji 3</t>
+          <t>Feminist Terapi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059318136</t>
+          <t>9786257344548</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’a Çapkın Bakış</t>
+          <t>Melankoli</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>445</v>
+        <v>545</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059318105</t>
+          <t>9786257344517</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Talih Kuşu</t>
+          <t>Hastadan Öğrenmek</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055134204</t>
+          <t>9786257344494</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kızsız Adam</t>
+          <t>Bu Şaka Çalışır Mı?</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055134976</t>
+          <t>9786257344395</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Naratif Terapi</t>
+          <t>Kadın psikolojisini Anlamak</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>445</v>
+        <v>225</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789756287910</t>
+          <t>9786257344401</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bütün Hikayeleri - Fikret Ürgüp</t>
+          <t>Erkek Psikolojisini Anlamak</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059318006</t>
+          <t>9786257344418</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Yok Oluş</t>
+          <t>Aşkın Psikolojisini Anlamak</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>545</v>
+        <v>295</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055134983</t>
+          <t>9786257344371</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Müdürden Sonra Müdür</t>
+          <t>Kimse Normal Değil</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055134860</t>
+          <t>9786257344302</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Business Romantik</t>
+          <t>Bir Sığınak Olarak Tuvalet</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789758420797</t>
+          <t>9786257344333</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sevda Lugati</t>
+          <t>"Yas"lanma Kitabı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>198.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786054054435</t>
+          <t>9786257344326</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Arog</t>
+          <t>İnsan Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054054220</t>
+          <t>9786257344289</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Yolculuğu</t>
+          <t>Rüzgar Gibi Dalga Gibi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>595</v>
+        <v>345</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055134921</t>
+          <t>9786257344265</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Başladıysa Biter, O Yüzden Güzel (Ciltli)</t>
+          <t>Böyle Bir Dünyaya Çocuk Getirmek</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055134907</t>
+          <t>9786257344180</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İnternette Ünlü Olma El Kitabı</t>
+          <t>Yoğun Psikoterapinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>198.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055134952</t>
+          <t>9786257344159</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Aşka 20 Kilomu Verdim</t>
+          <t>Islak Menü (Ciltli)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>198.5</v>
+        <v>995</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059318013</t>
+          <t>9786257344142</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kraliçe Arılar ve Taklitçiler</t>
+          <t>Ölmeden Önce Mümkünse Yaşamanız Gereken 1 Hayat</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>445</v>
+        <v>325</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055134891</t>
+          <t>9786257344135</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Sade</t>
+          <t>Müşterek Düşünceler</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786055134884</t>
+          <t>9786257344111</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sen Dünkü Sen Olacak mısın?</t>
+          <t>Kendini Sevdiğinde Ağırlıklarından Kurtulacaksın</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055134853</t>
+          <t>9786257344104</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı 5: Artık Bu Numarayı Arama Anne</t>
+          <t>Düşler ve Aktif Hayal Gücüyle Bilinçdışına Yolculuk</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>275</v>
+        <v>545</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055134822</t>
+          <t>9786257344081</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Cinselliğin Şafağı</t>
+          <t>İnsanın Anlam Arayışı (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055134815</t>
+          <t>9786257344074</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ben Hiç Giden Olmadım</t>
+          <t>Ötekinin Ağıdı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055134785</t>
+          <t>9786257344050</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Dinle Harun Reşit</t>
+          <t>Kadının Hiç Suçu Yok</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>225</v>
+        <v>575</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055134792</t>
+          <t>9786257344005</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Mualla'ya Sor</t>
+          <t>Son Yok</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055134761</t>
+          <t>9786059318952</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Anne Ben Nasıl Oldum?</t>
+          <t>Sezgisel Yeme Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>475</v>
+        <v>595</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055134228</t>
+          <t>9786059318945</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Psiko 101</t>
+          <t>"İş"te Şimdi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>545</v>
+        <v>375</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789756287088</t>
+          <t>9786059318938</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Çıplak Tarihi</t>
+          <t>Her Hücresiyle Çekici</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055134716</t>
+          <t>9786059318907</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kafa</t>
+          <t>Sahte Peygamberler Yalan Cemaatler</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055134723</t>
+          <t>9786059318839</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Kızlardan Değil</t>
+          <t>Modern Love</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055134693</t>
+          <t>9786059318846</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Oda</t>
+          <t>La Balanza de Las Almas Sensibles</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055134679</t>
+          <t>9786059318877</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Çuvallama Ustası</t>
+          <t>Terapi Odası Konuları</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055134662</t>
+          <t>9786059318778</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Yoktur Allah'tan Başka</t>
+          <t>Kaygının Anlamı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>295</v>
+        <v>695</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055134624</t>
+          <t>9786059318761</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Gülfim Abla Yüzük Bekliyor</t>
+          <t>Çok Öfkeliyim</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>198.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055134600</t>
+          <t>9786059318754</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Saklan Kaç Vur</t>
+          <t>Naturopatik - Beslenme Terapisi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055134631</t>
+          <t>9786059318730</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı 4: Biz Ucuz Adamlardık</t>
+          <t>Psikolojik İlk Yardım</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059318044</t>
+          <t>9786059318723</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Başladıysa Biter, O Yüzden Güzel (Ciltsiz)</t>
+          <t>Mutfağın Sihirli Kapısı (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789758420193</t>
+          <t>9786059318679</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Bir Gamze Bir Kuştüyü Yastık</t>
+          <t>Duyguya Tarif Gerek</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>188.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789758420278</t>
+          <t>9786059318662</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Altın</t>
+          <t>Müzik ve Çiçek (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789756287989</t>
+          <t>9786059318594</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve İrade</t>
+          <t>Boş Ayna</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055134068</t>
+          <t>9786059318617</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Diyet'le Sorular - Cevaplar</t>
+          <t>Kafese Konan Adam</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786054054909</t>
+          <t>9786059318648</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kansız</t>
+          <t>Senin Adın Ah Olsun</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786054054312</t>
+          <t>9786059318563</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Hareket İblisi</t>
+          <t>İlk Isırıkta Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>188.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789756287347</t>
+          <t>9786059318419</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Hassas Ruhlar Terazisi</t>
+          <t>Sil Makyajını</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054054039</t>
+          <t>9786059318358</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Hayat Gerçeğe Perde</t>
+          <t>Aşk Olsun</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>295</v>
+        <v>33</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789756287514</t>
+          <t>9786059318402</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kırıklığı</t>
+          <t>Karmakarışık Sarmaşık</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055134099</t>
+          <t>9786059318198</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Savaşı Yılları ve Kafkas Cephesi Anıları</t>
+          <t>EMDR: Göz Hareketleriyle Duyarsızlaştırma ve Yeniden İşleme</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>198.5</v>
+        <v>895</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789756287187</t>
+          <t>9786059318181</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Komet Koşarak Geldim Çorabı Deldim</t>
+          <t>Lupu</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>188.5</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055134365</t>
+          <t>9786059318174</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Olmak Cesareti</t>
+          <t>Kokoloji 3</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055134570</t>
+          <t>9786059318136</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Popom Olmadan Asla</t>
+          <t>İstanbul’a Çapkın Bakış</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789756287866</t>
+          <t>9786059318105</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kokoloji 2 - Bil Bakalım Sen Kimsin?</t>
+          <t>Talih Kuşu</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055134457</t>
+          <t>9786055134204</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Ben 5 Kere İyilik Yaptım!</t>
+          <t>Kızsız Adam</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055134549</t>
+          <t>9786055134976</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Fedai</t>
+          <t>Naratif Terapi</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055134464</t>
+          <t>9789756287910</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Peki Ben Şimdi Ne Yiycem?</t>
+          <t>Bütün Hikayeleri - Fikret Ürgüp</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>225</v>
+        <v>188.5</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054054213</t>
+          <t>9786059318006</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Haram</t>
+          <t>Altıncı Yok Oluş</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>198.5</v>
+        <v>595</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054056640</t>
+          <t>9786055134983</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Bakma Bana Öyle Seni Tanımıyorum</t>
+          <t>Müdürden Sonra Müdür</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055134310</t>
+          <t>9786055134860</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Rıfkı Almaz - Arabesk Bir Fikşın!</t>
+          <t>Business Romantik</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055134655</t>
+          <t>9789758420797</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Beden Asla Yalan Söylemez</t>
+          <t>Sevda Lugati</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055134440</t>
+          <t>9786054054435</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Birey Odaklı Psikoterapiler</t>
+          <t>Arog</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055134433</t>
+          <t>9786054054220</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Sanat Psikodrama</t>
+          <t>Yazarın Yolculuğu</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>395</v>
+        <v>675</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055134426</t>
+          <t>9786055134921</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>"Tutunamayanlar"ın Politik Psikolojisi</t>
+          <t>Başladıysa Biter, O Yüzden Güzel (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>545</v>
+        <v>375</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059318037</t>
+          <t>9786055134907</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar da Duygusal Bir Kitap</t>
+          <t>İnternette Ünlü Olma El Kitabı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>188.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055134419</t>
+          <t>9786055134952</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Dua</t>
+          <t>Ben Bu Aşka 20 Kilomu Verdim</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>198.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789758420896</t>
+          <t>9786059318013</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Bir Peri Masalı</t>
+          <t>Kraliçe Arılar ve Taklitçiler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>545</v>
+        <v>495</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055134525</t>
+          <t>9786055134891</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Sen Yokken Yine Yanlış Yaptım</t>
+          <t>Sade</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>198.5</v>
+        <v>425</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054054619</t>
+          <t>9786055134884</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Elimi Bırakma Ne Olur</t>
+          <t>Sen Dünkü Sen Olacak mısın?</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>198.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789758420087</t>
+          <t>9786055134853</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ahkam Vakti Tohumları</t>
+          <t>Bir Apaçi Masalı 5: Artık Bu Numarayı Arama Anne</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>188.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789756287996</t>
+          <t>9786055134822</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba ve Çocuk Arasında</t>
+          <t>Cinselliğin Şafağı</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>375</v>
+        <v>675</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055134136</t>
+          <t>9786055134815</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Aptal</t>
+          <t>Ben Hiç Giden Olmadım</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789758420148</t>
+          <t>9786055134785</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Enel Aşk</t>
+          <t>Dinle Harun Reşit</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>188.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055134518</t>
+          <t>9786055134792</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Garson ve Mutlu</t>
+          <t>Mualla'ya Sor</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055134501</t>
+          <t>9786055134761</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Şiir Terapi - Teori ve Pratik</t>
+          <t>Anne Ben Nasıl Oldum?</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>395</v>
+        <v>475</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055134389</t>
+          <t>9786055134228</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Zik Zak</t>
+          <t>Psiko 101</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>275</v>
+        <v>595</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055134297</t>
+          <t>9789756287088</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Rüya</t>
+          <t>Türkiye'nin Çıplak Tarihi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>188.5</v>
+        <v>495</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055134556</t>
+          <t>9786055134716</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Atanamayanlar</t>
+          <t>Kafa</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786054054855</t>
+          <t>9786055134723</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Olduğu Kadar</t>
+          <t>Bildiğin Kızlardan Değil</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789758420414</t>
+          <t>9786055134693</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Muallakta, Araf’ta ve Düşlerde</t>
+          <t>Oda</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055134945</t>
+          <t>9786055134679</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>O İş Bende</t>
+          <t>Çuvallama Ustası</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059318020</t>
+          <t>9786055134662</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapist ve Mitlere Yolculuk</t>
+          <t>Tanrı Yoktur Allah'tan Başka</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>545</v>
+        <v>395</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055134280</t>
+          <t>9786055134624</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Atarlı Romantik</t>
+          <t>Gülfim Abla Yüzük Bekliyor</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055134266</t>
+          <t>9786055134600</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Pucca Günlük - 4 : Ay Hadi İnşallah!</t>
+          <t>Saklan Kaç Vur</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789758420995</t>
+          <t>9786055134631</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sidre</t>
+          <t>Bir Apaçi Masalı 4: Biz Ucuz Adamlardık</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>188.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054054510</t>
+          <t>9786059318044</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kişi Olmaya Dair</t>
+          <t>Başladıysa Biter, O Yüzden Güzel (Ciltsiz)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>695</v>
+        <v>295</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055134174</t>
+          <t>9789758420193</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Gülfim Abla</t>
+          <t>Bir Gamze Bir Kuştüyü Yastık</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>198.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054054602</t>
+          <t>9789758420278</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Köpeğin Gölgesi</t>
+          <t>Altın</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789756287354</t>
+          <t>9789756287989</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>ABD'de Eğitimin ABC'si</t>
+          <t>Aşk ve İrade</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>275</v>
+        <v>675</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054054473</t>
+          <t>9786055134068</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>15:21 Yöneticinin Beslenme Çantası</t>
+          <t>Fark Etmeden Diyet'le Sorular - Cevaplar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786055134181</t>
+          <t>9786054054909</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bir Apaçi Masalı 3 - Gurbet Kuşu</t>
+          <t>Kansız</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055134167</t>
+          <t>9786054054312</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Düşme</t>
+          <t>Hareket İblisi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786054054831</t>
+          <t>9789756287347</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kalbimi Kıran Beş Adam</t>
+          <t>Hassas Ruhlar Terazisi</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786054054206</t>
+          <t>9786054054039</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Anlam Arayışı</t>
+          <t>Hayat Gerçeğe Perde</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789758420186</t>
+          <t>9789756287514</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İç Bahçe - Toptaşı’ndan Bakırköy’e Akıl Hastanesi</t>
+          <t>Hayat Kırıklığı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>30</v>
+        <v>395</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789758420759</t>
+          <t>9786055134099</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Öyküler</t>
+          <t>1. Dünya Savaşı Yılları ve Kafkas Cephesi Anıları</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789756287828</t>
+          <t>9789756287187</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Fark Etmeden Diyet’le Yeni Bir Hayat</t>
+          <t>Komet Koşarak Geldim Çorabı Deldim</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>188.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9799758420628</t>
+          <t>9786055134365</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Ezgiler Ezgisi Neşideler Neşidesi</t>
+          <t>Olmak Cesareti</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>188.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054054848</t>
+          <t>9786055134570</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Aşk Var mı?</t>
+          <t>Popom Olmadan Asla</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>198.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054054022</t>
+          <t>9789756287866</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Psikiyatri Kuramı ve Uygulaması</t>
+          <t>Kokoloji 2 - Bil Bakalım Sen Kimsin?</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>595</v>
+        <v>295</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789758420179</t>
+          <t>9786055134457</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Yorumu Kitabı</t>
+          <t>Ben 5 Kere İyilik Yaptım!</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054054336</t>
+          <t>9786055134549</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Bay Miller</t>
+          <t>Fedai</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9799758420604</t>
+          <t>9786055134464</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Aşık Öyküler</t>
+          <t>Peki Ben Şimdi Ne Yiycem?</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786054054596</t>
+          <t>9786054054213</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Asla Yalnız Yürümeyeceksin - Tribün Hikayeleri</t>
+          <t>Haram</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>188.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055134112</t>
+          <t>9786054056640</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Allah Belanı Versin Brokoli</t>
+          <t>Bakma Bana Öyle Seni Tanımıyorum</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789758420711</t>
+          <t>9786055134310</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>"B" Mizah Yazıları</t>
+          <t>Rıfkı Almaz - Arabesk Bir Fikşın!</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>138.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786257344449</t>
+          <t>9786055134655</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü ile Konuşma Sanatı</t>
+          <t>Beden Asla Yalan Söylemez</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789758420209</t>
+          <t>9786055134440</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Sayfa Güzeli</t>
+          <t>Birey Odaklı Psikoterapiler</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>275</v>
+        <v>445</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789756287507</t>
+          <t>9786055134433</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Üç Başlı Ejderha</t>
+          <t>Sanat Psikodrama</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>33</v>
+        <v>395</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789756287439</t>
+          <t>9786055134426</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Tül</t>
+          <t>"Tutunamayanlar"ın Politik Psikolojisi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>188.5</v>
+        <v>545</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786055134013</t>
+          <t>9786059318037</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid Midhat ve Mahmud Paşaları Nasıl Katlettirdi?</t>
+          <t>Ne Kadar da Duygusal Bir Kitap</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789756287385</t>
+          <t>9786055134419</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Su Kedileri</t>
+          <t>Dua</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>188.5</v>
+        <v>235</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789756287842</t>
+          <t>9789758420896</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>P</t>
+          <t>Bilimsel Bir Peri Masalı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>225</v>
+        <v>545</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786054054299</t>
+          <t>9786055134525</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Orada</t>
+          <t>Sen Yokken Yine Yanlış Yaptım</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>275</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786054054763</t>
+          <t>9786054054619</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Mtsensk İlçesi’nin Lady Macbeth’i</t>
+          <t>Elimi Bırakma Ne Olur</t>
         </is>
       </c>
       <c r="C512" s="1">
         <v>198.5</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786055134020</t>
+          <t>9789758420087</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan İnsan</t>
+          <t>Ahkam Vakti Tohumları</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>445</v>
+        <v>225</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
+          <t>9789756287996</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Anne Baba ve Çocuk Arasında</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9786055134136</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Aptal</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9789758420148</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Enel Aşk</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9786055134518</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Garson ve Mutlu</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786055134501</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Terapi - Teori ve Pratik</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786055134389</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Zik Zak</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786055134297</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın Rüya</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>188.5</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786055134556</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Atanamayanlar</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786054054855</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Olduğu Kadar</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9789758420414</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Muallakta, Araf’ta ve Düşlerde</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786055134945</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>O İş Bende</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786059318020</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Psikoterapist ve Mitlere Yolculuk</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786055134280</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Atarlı Romantik</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786055134266</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Pucca Günlük - 4 : Ay Hadi İnşallah!</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9789758420995</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Sidre</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786054054510</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Kişi Olmaya Dair</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786055134174</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Gülfim Abla</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786054054602</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Köpeğin Gölgesi</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9789756287354</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>ABD'de Eğitimin ABC'si</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786054054473</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>15:21 Yöneticinin Beslenme Çantası</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786055134181</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Bir Apaçi Masalı 3 - Gurbet Kuşu</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786055134167</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Kalpten Düşme</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>188.5</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786054054831</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimi Kıran Beş Adam</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786054054206</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Anlam Arayışı</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9789758420186</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>İç Bahçe - Toptaşı’ndan Bakırköy’e Akıl Hastanesi</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9789758420759</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek Öyküler</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9789756287828</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Fark Etmeden Diyet’le Yeni Bir Hayat</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>188.5</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9799758420628</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Ezgiler Ezgisi Neşideler Neşidesi</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786054054848</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Dünyada Aşk Var mı?</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786054054022</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Dinamik Psikiyatri Kuramı ve Uygulaması</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9789758420179</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sevda Yorumu Kitabı</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786054054336</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Bay Miller</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9799758420604</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Öyküler</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786054054596</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Asla Yalnız Yürümeyeceksin - Tribün Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786055134112</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Allah Belanı Versin Brokoli</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9789758420711</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>"B" Mizah Yazıları</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>168.5</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786257344449</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzü ile Konuşma Sanatı</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9789758420209</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Üçüncü Sayfa Güzeli</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9789756287507</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Üç Başlı Ejderha</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9789756287439</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Tül</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786055134013</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Sultan Abdülhamid Midhat ve Mahmud Paşaları Nasıl Katlettirdi?</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9789756287385</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Su Kedileri</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9789756287842</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>P</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786054054299</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Orada</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786054054763</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Mtsensk İlçesi’nin Lady Macbeth’i</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786055134020</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Kendini Arayan İnsan</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
           <t>9786054054534</t>
         </is>
       </c>
-      <c r="B514" s="1" t="inlineStr">
+      <c r="B560" s="1" t="inlineStr">
         <is>
           <t>Kendine Bakma Kitabı</t>
         </is>
       </c>
-      <c r="C514" s="1">
-        <v>445</v>
+      <c r="C560" s="1">
+        <v>495</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>