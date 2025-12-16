--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,2185 +85,2320 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255919830</t>
+          <t>9786258729078</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 5: Tehlikeli Hatalar</t>
+          <t>Meraklı Mine</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255919823</t>
+          <t>9786258729030</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 4: Gizli Öfke</t>
+          <t>Ejderha Ustaları 1 - Toprak Ejderhasının Yükselişi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256411449</t>
+          <t>9786258729047</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Gümüş Gözler Çizgi Roman</t>
+          <t>Ejderha Ustaları 2 - Güneş Ejderhasını Kurtarma</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256411463</t>
+          <t>9786258729054</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - 4. Dolap Çizgi Roman</t>
+          <t>Ejderha Ustaları 3 - Su Ejderhasının Sırrı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255919663</t>
+          <t>9786258729092</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Kraliçesi / Moonwınd Gizemleri - 2</t>
+          <t>Meraklı Mine ve Harika Yılbaşı Hediyesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>249</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255919656</t>
+          <t>9786258729085</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuzgunu / Moonwınd Gizemleri - 1</t>
+          <t>Meraklı Mine ve Sürpriz Parti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>249</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255919588</t>
+          <t>9786255919991</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece Fazbear'ın Korkunç Tipleri Grafik Roman Serisi 5</t>
+          <t>Dedektif Timsahlar 6: Kayıp Tablolar Vakası</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255919571</t>
+          <t>9786255919984</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear'ın Korkunç Tipleri Grafik Roman Serisi 4</t>
+          <t>Dedektif Timsahlar 5: Taşların Sırrı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255919519</t>
+          <t>9786255919977</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Kamyonetin Yolu</t>
+          <t>Dedektif Timsahlar 4: Dev Karıncalara Karşı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255919502</t>
+          <t>9786255919830</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Kamyonet</t>
+          <t>Merhaba Komşu 5: Tehlikeli Hatalar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255919526</t>
+          <t>9786255919823</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Küçük Mavi Kamyonet</t>
+          <t>Merhaba Komşu 4: Gizli Öfke</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255919489</t>
+          <t>9786256411449</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Defne ile Mete Dünya Hazinelerinin Peşinde</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Gümüş Gözler Çizgi Roman</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255919359</t>
+          <t>9786256411463</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzlar 2: Taklitçi Bilmecesi</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - 4. Dolap Çizgi Roman</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>329</v>
+        <v>349</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255919342</t>
+          <t>9786255919663</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzlar 1: Kraliyet Bilmecesi</t>
+          <t>Hırsızlar Kraliçesi / Moonwınd Gizemleri - 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>329</v>
+        <v>249</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255919304</t>
+          <t>9786255919656</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanında Beş Gece Anormaller</t>
+          <t>Gece Kuzgunu / Moonwınd Gizemleri - 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>329</v>
+        <v>249</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255919083</t>
+          <t>9786255919588</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eylem</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece Fazbear'ın Korkunç Tipleri Grafik Roman Serisi 5</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255919076</t>
+          <t>9786255919571</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kamp</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear'ın Korkunç Tipleri Grafik Roman Serisi 4</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255919069</t>
+          <t>9786255919519</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Uyum</t>
+          <t>Küçük Mavi Kamyonetin Yolu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258043174</t>
+          <t>9786255919502</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama (5 Kitap Takım)</t>
+          <t>Küçük Mavi Kamyonet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>259.9</v>
+        <v>199</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258043167</t>
+          <t>9786255919526</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama (5 Kitap Takım)</t>
+          <t>İyi Uykular Küçük Mavi Kamyonet</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>259.9</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258043242</t>
+          <t>9786255919489</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>3-4 Yaş Çocuklar İçin Etkinlik Serisi Set (3 Kitap Takım)</t>
+          <t>Defne ile Mete Dünya Hazinelerinin Peşinde</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>99.9</v>
+        <v>199</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258043259</t>
+          <t>9786255919359</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>5-6 Yaş Çocuklar İçin Etkinlik Serisi Set (3 Kitap Takım)</t>
+          <t>Uyumsuzlar 2: Taklitçi Bilmecesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>279.9</v>
+        <v>329</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257135245</t>
+          <t>9786255919342</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>365 Aktivite</t>
+          <t>Uyumsuzlar 1: Kraliyet Bilmecesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>249</v>
+        <v>329</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257135207</t>
+          <t>9786255919304</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>60 Etkinlik</t>
+          <t>Freddy’nin Pizza Dükkanında Beş Gece Anormaller</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>98</v>
+        <v>329</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257135238</t>
+          <t>9786255919083</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>90 Etkinlik</t>
+          <t>Eylem</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>105</v>
+        <v>349</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257135177</t>
+          <t>9786255919076</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama - 3</t>
+          <t>Kamp</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>55</v>
+        <v>349</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257135146</t>
+          <t>9786255919069</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 5</t>
+          <t>Uyum</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>55</v>
+        <v>349</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257135139</t>
+          <t>9786258043174</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 4</t>
+          <t>Ponçik Boyama (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>55</v>
+        <v>259.9</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257135184</t>
+          <t>9786258043167</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama - 5</t>
+          <t>Sevimli Boyama (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>55</v>
+        <v>259.9</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257135191</t>
+          <t>9786258043242</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama - 4</t>
+          <t>3-4 Yaş Çocuklar İçin Etkinlik Serisi Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>55</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257135115</t>
+          <t>9786258043259</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 2</t>
+          <t>5-6 Yaş Çocuklar İçin Etkinlik Serisi Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>55</v>
+        <v>279.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257135108</t>
+          <t>9786257135245</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 1</t>
+          <t>365 Aktivite</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>55</v>
+        <v>249</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059609098</t>
+          <t>9786257135207</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 6</t>
+          <t>60 Etkinlik</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>90</v>
+        <v>98</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059609081</t>
+          <t>9786257135238</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 5</t>
+          <t>90 Etkinlik</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>105</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059609074</t>
+          <t>9786257135177</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 4</t>
+          <t>Sevimli Boyama - 3</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059609111</t>
+          <t>9786257135146</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 8</t>
+          <t>Ponçik Boyama - 5</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059609104</t>
+          <t>9786257135139</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 7</t>
+          <t>Ponçik Boyama - 4</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059609067</t>
+          <t>9786257135184</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 3</t>
+          <t>Sevimli Boyama - 5</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059609050</t>
+          <t>9786257135191</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 2</t>
+          <t>Sevimli Boyama - 4</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059609135</t>
+          <t>9786257135115</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 10</t>
+          <t>Ponçik Boyama - 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059609043</t>
+          <t>9786257135108</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 1</t>
+          <t>Ponçik Boyama - 1</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>58</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059609128</t>
+          <t>9786059609098</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 9</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 6</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255919045</t>
+          <t>9786059609081</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Okulu - 3 Ormanda Çılgın Teneffüs</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>199</v>
+        <v>90</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255919038</t>
+          <t>9786059609074</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Okulu 2 - Dolap Lucy'yi Yedi!</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>199</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255919021</t>
+          <t>9786059609111</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Okulu 1 - Okul Canlanıyor!</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 8</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>199</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259731926</t>
+          <t>9786059609104</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yerler</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 7</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259731933</t>
+          <t>9786059609067</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ölü Sesler</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257135283</t>
+          <t>9786059609050</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>6+ Yaş Matematik</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>249</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257135764</t>
+          <t>9786059609135</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Zeka Geliştirme - Etkinlik Kitabı (3-4 Yaş)</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 10</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>239</v>
+        <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256029217</t>
+          <t>9786059609043</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 9: Kuklacı</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>299</v>
+        <v>58</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256411067</t>
+          <t>9786059609128</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizaa Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 11 : Şakacı</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 9</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>329</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256411029</t>
+          <t>9786255919045</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizaa Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 10 : Dost Yüzü</t>
+          <t>Tuhaflıklar Okulu - 3 Ormanda Çılgın Teneffüs</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>329</v>
+        <v>199</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256029774</t>
+          <t>9786255919038</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 3: Gömülü Sırlar</t>
+          <t>Tuhaflıklar Okulu 2 - Dolap Lucy'yi Yedi!</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256029767</t>
+          <t>9786255919021</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 2: Gündüz Kabusu</t>
+          <t>Tuhaflıklar Okulu 1 - Okul Canlanıyor!</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256029750</t>
+          <t>9786259731926</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 1: Kayıp Parçalar</t>
+          <t>Küçük Yerler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>349</v>
+        <v>280</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256029866</t>
+          <t>9786259731933</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece - Çizim Kitabı</t>
+          <t>Ölü Sesler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>199</v>
+        <v>280</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256029873</t>
+          <t>9786257135283</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece - Boyama Kitabı</t>
+          <t>6+ Yaş Matematik</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256029743</t>
+          <t>9786257135764</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Timsahlar 3: Kancanın Ucunda</t>
+          <t>Yaratıcı Zeka Geliştirme - Etkinlik Kitabı (3-4 Yaş)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>349</v>
+        <v>239</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256029736</t>
+          <t>9786256029217</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Timsahlar 2: Maceraya Akmak</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 9: Kuklacı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256029729</t>
+          <t>9786256411067</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Timsahlar 1: Kırıntıların Peşinde</t>
+          <t>Freddy’nin Pizaa Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 11 : Şakacı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>349</v>
+        <v>329</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256029583</t>
+          <t>9786256411029</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Somnia'nın Dünyası</t>
+          <t>Freddy’nin Pizaa Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 10 : Dost Yüzü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256029569</t>
+          <t>9786256029774</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Puella Kalesi</t>
+          <t>Merhaba Komşu 3: Gömülü Sırlar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256029576</t>
+          <t>9786256029767</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Pirum Ağacı</t>
+          <t>Merhaba Komşu 2: Gündüz Kabusu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>8785451413051</t>
+          <t>9786256029750</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Fazbear’ın Korkunç Tipleri 9 Kitaplık Kutulu Set (Poster Hediyeli)</t>
+          <t>Merhaba Komşu 1: Kayıp Parçalar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>2800</v>
+        <v>349</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256029323</t>
+          <t>9786256029866</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 8 - Birincilik Ödülü</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece - Çizim Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256029316</t>
+          <t>9786256029873</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 7 - Dilek Yıldızı</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256029309</t>
+          <t>9786256029743</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 6 - Konuşan Hayvanlar</t>
+          <t>Dedektif Timsahlar 3: Kancanın Ucunda</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256029293</t>
+          <t>9786256029736</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 5 - Kurtarma Operasyonu</t>
+          <t>Dedektif Timsahlar 2: Maceraya Akmak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256029286</t>
+          <t>9786256029729</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 4 - Tatil Macerası</t>
+          <t>Dedektif Timsahlar 1: Kırıntıların Peşinde</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256029279</t>
+          <t>9786256029583</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 3 - Kötü Büyü</t>
+          <t>Somnia'nın Dünyası</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256029262</t>
+          <t>9786256029569</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 2 - Okul Başlıyor</t>
+          <t>Puella Kalesi</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256029255</t>
+          <t>9786256029576</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 1 - Sakar Cadı</t>
+          <t>Pirum Ağacı</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>8785451413037</t>
+          <t>8785451413051</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Fazbear'in Korkunç Tipleri Poster Hediyeli Kutulu Set (7-8-9)</t>
+          <t>Fazbear’ın Korkunç Tipleri 9 Kitaplık Kutulu Set (Poster Hediyeli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>920</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059176057</t>
+          <t>9786256029323</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 4</t>
+          <t>Cadılar Okulu 8 - Birincilik Ödülü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>99</v>
+        <v>199</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256029422</t>
+          <t>9786256029316</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Okyanusya Turu</t>
+          <t>Cadılar Okulu 7 - Dilek Yıldızı</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256029415</t>
+          <t>9786256029309</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde Amerika Turu</t>
+          <t>Cadılar Okulu 6 - Konuşan Hayvanlar</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256411753</t>
+          <t>9786256029293</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Afrika Turu</t>
+          <t>Cadılar Okulu 5 - Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256411746</t>
+          <t>9786256029286</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Asya Turu</t>
+          <t>Cadılar Okulu 4 - Tatil Macerası</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256411739</t>
+          <t>9786256029279</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Avrupa Turu 2</t>
+          <t>Cadılar Okulu 3 - Kötü Büyü</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256411722</t>
+          <t>9786256029262</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Avrupa Turu I</t>
+          <t>Cadılar Okulu 2 - Okul Başlıyor</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256029453</t>
+          <t>9786256029255</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hilo 3 : Koca Büyük Patlama</t>
+          <t>Cadılar Okulu 1 - Sakar Cadı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256029446</t>
+          <t>8785451413037</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hilo 2 : Koca Dünya’yı Kurtarıyor</t>
+          <t>Fazbear'in Korkunç Tipleri Poster Hediyeli Kutulu Set (7-8-9)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>349</v>
+        <v>920</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256029439</t>
+          <t>9786059176057</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hilo 1 : Dünya’ya Düşen Çocuk</t>
+          <t>Çocuklar İçin Sudoku 4</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>349</v>
+        <v>99</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057404725</t>
+          <t>9786256029422</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Ne İş Yapar? (Ciltli)</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Okyanusya Turu</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>320</v>
+        <v>199</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256029248</t>
+          <t>9786256029415</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkânı’nda Beş Gece: Freddy Dosyaları</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde Amerika Turu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>8785452411537</t>
+          <t>9786256411753</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Fazbear'ın Korkunç Tipleri Çizgi Roman Seti</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Afrika Turu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1040</v>
+        <v>199</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256029231</t>
+          <t>9786256411746</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 8: Sakızdan Melek</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Asya Turu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>329</v>
+        <v>199</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256029224</t>
+          <t>9786256411739</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 7: Kayalıklar</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Avrupa Turu 2</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256029088</t>
+          <t>9786256411722</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #3</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Avrupa Turu I</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256029071</t>
+          <t>9786256029453</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #2</t>
+          <t>Hilo 3 : Koca Büyük Patlama</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256029064</t>
+          <t>9786256029446</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #1</t>
+          <t>Hilo 2 : Koca Dünya’yı Kurtarıyor</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>8785452418086</t>
+          <t>9786256029439</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fazbear’ın Korkunç Tipleri Serisi 6 Kitap - Poster Hediyeli Kutulu Set</t>
+          <t>Hilo 1 : Dünya’ya Düşen Çocuk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1940</v>
+        <v>349</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>8785452411018</t>
+          <t>9786057404725</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanında Beş Gece Çizgi Roman Poster Hediyeli Kutulu Set</t>
+          <t>Dahiler Ne İş Yapar? (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1040</v>
+        <v>320</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>8785452411025</t>
+          <t>9786256029248</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Fazbearin Korkunç Tipleri Poster Hediyeli Kutulu Set</t>
+          <t>Freddy’nin Pizza Dükkânı’nda Beş Gece: Freddy Dosyaları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>980</v>
+        <v>349</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256411531</t>
+          <t>8785452411537</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Karabakal</t>
+          <t>Fazbear'ın Korkunç Tipleri Çizgi Roman Seti</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>329</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256411524</t>
+          <t>9786256029231</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Tavşan Çağrısı</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 8: Sakızdan Melek</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>329</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256411517</t>
+          <t>9786256029224</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Yaklaş Bakalım</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 7: Kayalıklar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>329</v>
+        <v>299</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255919427</t>
+          <t>9786256029088</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Gümüş Gözler</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #3</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>329</v>
+        <v>349</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256411456</t>
+          <t>9786256029071</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Anormaller Çizgi Roman</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #2</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255919434</t>
+          <t>9786256029064</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - 4. Dolap</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>329</v>
+        <v>349</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>8785451412221</t>
+          <t>8785452418086</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Freddy Pizza Dükkanı 6 Kitap Set</t>
+          <t>Fazbear’ın Korkunç Tipleri Serisi 6 Kitap - Poster Hediyeli Kutulu Set</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>1940</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>8785451411118</t>
+          <t>8785452411018</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Fazbear'in Korkunç Tipleri 3 Kitap Set</t>
+          <t>Freddy'nin Pizza Dükkanında Beş Gece Çizgi Roman Poster Hediyeli Kutulu Set</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>950</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258043716</t>
+          <t>8785452411025</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri: Fetch</t>
+          <t>Fazbearin Korkunç Tipleri Poster Hediyeli Kutulu Set</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>329</v>
+        <v>980</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258043693</t>
+          <t>9786256411531</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri : Top Havuzunun Derinliklerinde</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Karabakal</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258043709</t>
+          <t>9786256411524</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri: 1:35</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Tavşan Çağrısı</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>329</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258043235</t>
+          <t>9786256411517</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Farkındayım Serisi (5 Kitap Takım)</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Yaklaş Bakalım</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>329</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258043204</t>
+          <t>9786255919427</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama Set 1 (5 Kitap Takım)</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Gümüş Gözler</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>990</v>
+        <v>329</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258043211</t>
+          <t>9786256411456</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama Set 2 (5 Kitap Takım)</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Anormaller Çizgi Roman</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>990</v>
+        <v>349</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057404756</t>
+          <t>9786255919434</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hello English! 9-10 Years</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - 4. Dolap</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>239</v>
+        <v>329</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057404749</t>
+          <t>8785451412221</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hello English! 7-8 Years</t>
+          <t>Freddy Pizza Dükkanı 6 Kitap Set</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>239</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057404763</t>
+          <t>8785451411118</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Hello English! 5-6 Years</t>
+          <t>Fazbear'in Korkunç Tipleri 3 Kitap Set</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>239</v>
+        <v>950</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057404732</t>
+          <t>9786258043716</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hello English! 3-4 Years</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri: Fetch</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>239</v>
+        <v>329</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257135924</t>
+          <t>9786258043693</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayılarını Kurtarma Ekibi</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri : Top Havuzunun Derinliklerinde</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>80</v>
+        <v>299</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257135931</t>
+          <t>9786258043709</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kampa Yolculuk</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri: 1:35</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>80</v>
+        <v>329</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257135948</t>
+          <t>9786258043235</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Gidince</t>
+          <t>Farkındayım Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257135900</t>
+          <t>9786258043204</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Kardeşi Oluyor</t>
+          <t>Koparmalı Boyama Set 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>80</v>
+        <v>990</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257135917</t>
+          <t>9786258043211</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Barış'ın ve Bobo'nun Yeni Takvimi</t>
+          <t>Koparmalı Boyama Set 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>80</v>
+        <v>990</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257135825</t>
+          <t>9786057404756</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Değil Şimdi Anlatın</t>
+          <t>Hello English! 9-10 Years</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>249</v>
+        <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257135788</t>
+          <t>9786057404749</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Zeka Geliştirme - Etkinlik Kitabı (5-6 Yaş)</t>
+          <t>Hello English! 7-8 Years</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>239</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257135771</t>
+          <t>9786057404763</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme - Etkinlik Kitabı (5-6 Yaş)</t>
+          <t>Hello English! 5-6 Years</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>239</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257135757</t>
+          <t>9786057404732</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme - Etkinlik Kitabı (3-4 Yaş)</t>
+          <t>Hello English! 3-4 Years</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>239</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257135221</t>
+          <t>9786257135924</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>30 Etkinlik</t>
+          <t>Kutup Ayılarını Kurtarma Ekibi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>85</v>
+        <v>80</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257135276</t>
+          <t>9786257135931</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>5+ Yaş Matematik</t>
+          <t>Kampa Yolculuk</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>249</v>
+        <v>80</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257135269</t>
+          <t>9786257135948</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>4+ Yaş Matematik</t>
+          <t>Işıklar Gidince</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>249</v>
+        <v>80</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257135252</t>
+          <t>9786257135900</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Matematik</t>
+          <t>Defne'nin Kardeşi Oluyor</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>249</v>
+        <v>80</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257135122</t>
+          <t>9786257135917</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 3</t>
+          <t>Barış'ın ve Bobo'nun Yeni Takvimi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>55</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257135153</t>
+          <t>9786257135825</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama - 2</t>
+          <t>Büyüyünce Değil Şimdi Anlatın</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>55</v>
+        <v>249</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257135160</t>
+          <t>9786257135788</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama -1</t>
+          <t>Yaratıcı Zeka Geliştirme - Etkinlik Kitabı (5-6 Yaş)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>55</v>
+        <v>239</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059176071</t>
+          <t>9786257135771</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku (5 Kitap Takım)</t>
+          <t>Dikkat Geliştirme - Etkinlik Kitabı (5-6 Yaş)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>470</v>
+        <v>239</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059176064</t>
+          <t>9786257135757</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 5</t>
+          <t>Dikkat Geliştirme - Etkinlik Kitabı (3-4 Yaş)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>99</v>
+        <v>239</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059176040</t>
+          <t>9786257135221</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 3</t>
+          <t>30 Etkinlik</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059176033</t>
+          <t>9786257135276</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 2</t>
+          <t>5+ Yaş Matematik</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>99</v>
+        <v>249</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059176026</t>
+          <t>9786257135269</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 1</t>
+          <t>4+ Yaş Matematik</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>99</v>
+        <v>249</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786056530227</t>
+          <t>9786257135252</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 5</t>
+          <t>3+ Yaş Matematik</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786056530210</t>
+          <t>9786257135122</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 4</t>
+          <t>Ponçik Boyama - 3</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>199</v>
+        <v>55</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786056530203</t>
+          <t>9786257135153</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 3</t>
+          <t>Sevimli Boyama - 2</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>199</v>
+        <v>55</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786058484986</t>
+          <t>9786257135160</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 2</t>
+          <t>Sevimli Boyama -1</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>199</v>
+        <v>55</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786058484993</t>
+          <t>9786059176071</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 1</t>
+          <t>Çocuklar İçin Sudoku (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>199</v>
+        <v>470</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059176880</t>
+          <t>9786059176064</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 8</t>
+          <t>Çocuklar İçin Sudoku 5</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059176897</t>
+          <t>9786059176040</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 9</t>
+          <t>Çocuklar İçin Sudoku 3</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059176873</t>
+          <t>9786059176033</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 10</t>
+          <t>Çocuklar İçin Sudoku 2</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059176859</t>
+          <t>9786059176026</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 6</t>
+          <t>Çocuklar İçin Sudoku 1</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
+          <t>9786056530227</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 5</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786056530210</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 4</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786056530203</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 3</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9786058484986</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 2</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786058484993</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 1</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786059176880</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 8</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786059176897</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 9</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786059176873</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 10</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786059176859</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 6</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
           <t>9786059176866</t>
         </is>
       </c>
-      <c r="B144" s="1" t="inlineStr">
+      <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Koparmalı Boyama 7</t>
         </is>
       </c>
-      <c r="C144" s="1">
+      <c r="C153" s="1">
         <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>