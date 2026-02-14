--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -85,2320 +85,2410 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258729078</t>
+          <t>9786258729023</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mine</t>
+          <t>Ezber Bozan Kızlar Akademisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258729030</t>
+          <t>9786258729009</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Ustaları 1 - Toprak Ejderhasının Yükselişi</t>
+          <t>Bir Kış Hikayesi: Kız, Orman ve Cadı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>365</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258729047</t>
+          <t>9786258729016</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Ustaları 2 - Güneş Ejderhasını Kurtarma</t>
+          <t>Tavan Arasındaki Fısıltılar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>365</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258729054</t>
+          <t>8785451414041</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ejderha Ustaları 3 - Su Ejderhasının Sırrı</t>
+          <t>Merhaba Komşu 5 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258729092</t>
+          <t>8785451416069</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mine ve Harika Yılbaşı Hediyesi</t>
+          <t>Dedektif Timsahlar 3 Kitaplık Kutulu Set (4-5-6)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>260</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258729085</t>
+          <t>8785451412023</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mine ve Sürpriz Parti</t>
+          <t>Dedektif Timsahlar 3 Kitaplık Kutulu Set (1-2-3)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255919991</t>
+          <t>9786258729078</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Timsahlar 6: Kayıp Tablolar Vakası</t>
+          <t>Meraklı Mine</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255919984</t>
+          <t>9786258729030</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Timsahlar 5: Taşların Sırrı</t>
+          <t>Ejderha Ustaları 1 - Toprak Ejderhasının Yükselişi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255919977</t>
+          <t>9786258729047</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Timsahlar 4: Dev Karıncalara Karşı</t>
+          <t>Ejderha Ustaları 2 - Güneş Ejderhasını Kurtarma</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255919830</t>
+          <t>9786258729054</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 5: Tehlikeli Hatalar</t>
+          <t>Ejderha Ustaları 3 - Su Ejderhasının Sırrı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255919823</t>
+          <t>9786258729092</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 4: Gizli Öfke</t>
+          <t>Meraklı Mine ve Harika Yılbaşı Hediyesi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256411449</t>
+          <t>9786258729085</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Gümüş Gözler Çizgi Roman</t>
+          <t>Meraklı Mine ve Sürpriz Parti</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256411463</t>
+          <t>9786255919991</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - 4. Dolap Çizgi Roman</t>
+          <t>Dedektif Timsahlar 6: Kayıp Tablolar Vakası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>349</v>
+        <v>390</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255919663</t>
+          <t>9786255919984</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hırsızlar Kraliçesi / Moonwınd Gizemleri - 2</t>
+          <t>Dedektif Timsahlar 5: Taşların Sırrı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>249</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255919656</t>
+          <t>9786255919977</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuzgunu / Moonwınd Gizemleri - 1</t>
+          <t>Dedektif Timsahlar 4: Dev Karıncalara Karşı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>249</v>
+        <v>390</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255919588</t>
+          <t>9786255919830</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece Fazbear'ın Korkunç Tipleri Grafik Roman Serisi 5</t>
+          <t>Merhaba Komşu 5: Tehlikeli Hatalar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>349</v>
+        <v>365</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255919571</t>
+          <t>9786255919823</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear'ın Korkunç Tipleri Grafik Roman Serisi 4</t>
+          <t>Merhaba Komşu 4: Gizli Öfke</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>349</v>
+        <v>365</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255919519</t>
+          <t>9786256411449</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Kamyonetin Yolu</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Gümüş Gözler Çizgi Roman</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>199</v>
+        <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255919502</t>
+          <t>9786256411463</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mavi Kamyonet</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - 4. Dolap Çizgi Roman</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>199</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255919526</t>
+          <t>9786255919663</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Küçük Mavi Kamyonet</t>
+          <t>Hırsızlar Kraliçesi / Moonwınd Gizemleri - 2</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255919489</t>
+          <t>9786255919656</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Defne ile Mete Dünya Hazinelerinin Peşinde</t>
+          <t>Gece Kuzgunu / Moonwınd Gizemleri - 1</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255919359</t>
+          <t>9786255919588</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzlar 2: Taklitçi Bilmecesi</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece Fazbear'ın Korkunç Tipleri Grafik Roman Serisi 5</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>329</v>
+        <v>390</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255919342</t>
+          <t>9786255919571</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuzlar 1: Kraliyet Bilmecesi</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear'ın Korkunç Tipleri Grafik Roman Serisi 4</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>329</v>
+        <v>390</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255919304</t>
+          <t>9786255919519</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanında Beş Gece Anormaller</t>
+          <t>Küçük Mavi Kamyonetin Yolu</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>329</v>
+        <v>260</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255919083</t>
+          <t>9786255919502</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Eylem</t>
+          <t>Küçük Mavi Kamyonet</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255919076</t>
+          <t>9786255919526</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kamp</t>
+          <t>İyi Uykular Küçük Mavi Kamyonet</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255919069</t>
+          <t>9786255919489</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Uyum</t>
+          <t>Defne ile Mete Dünya Hazinelerinin Peşinde</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258043174</t>
+          <t>9786255919359</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama (5 Kitap Takım)</t>
+          <t>Uyumsuzlar 2: Taklitçi Bilmecesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>259.9</v>
+        <v>365</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258043167</t>
+          <t>9786255919342</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama (5 Kitap Takım)</t>
+          <t>Uyumsuzlar 1: Kraliyet Bilmecesi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>259.9</v>
+        <v>365</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258043242</t>
+          <t>9786255919304</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>3-4 Yaş Çocuklar İçin Etkinlik Serisi Set (3 Kitap Takım)</t>
+          <t>Freddy’nin Pizza Dükkanında Beş Gece Anormaller</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>99.9</v>
+        <v>365</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258043259</t>
+          <t>9786255919083</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>5-6 Yaş Çocuklar İçin Etkinlik Serisi Set (3 Kitap Takım)</t>
+          <t>Eylem</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>279.9</v>
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257135245</t>
+          <t>9786255919076</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>365 Aktivite</t>
+          <t>Kamp</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>249</v>
+        <v>390</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257135207</t>
+          <t>9786255919069</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>60 Etkinlik</t>
+          <t>Uyum</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>98</v>
+        <v>390</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257135238</t>
+          <t>9786258043174</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>90 Etkinlik</t>
+          <t>Ponçik Boyama (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>105</v>
+        <v>259.9</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257135177</t>
+          <t>9786258043167</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama - 3</t>
+          <t>Sevimli Boyama (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>55</v>
+        <v>259.9</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257135146</t>
+          <t>9786258043242</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 5</t>
+          <t>3-4 Yaş Çocuklar İçin Etkinlik Serisi Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>55</v>
+        <v>99.9</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257135139</t>
+          <t>9786258043259</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 4</t>
+          <t>5-6 Yaş Çocuklar İçin Etkinlik Serisi Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>55</v>
+        <v>279.9</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257135184</t>
+          <t>9786257135245</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama - 5</t>
+          <t>365 Aktivite</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>55</v>
+        <v>249</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257135191</t>
+          <t>9786257135207</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama - 4</t>
+          <t>60 Etkinlik</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>55</v>
+        <v>98</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257135115</t>
+          <t>9786257135238</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 2</t>
+          <t>90 Etkinlik</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>55</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257135108</t>
+          <t>9786257135177</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 1</t>
+          <t>Sevimli Boyama - 3</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059609098</t>
+          <t>9786257135146</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 6</t>
+          <t>Ponçik Boyama - 5</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059609081</t>
+          <t>9786257135139</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 5</t>
+          <t>Ponçik Boyama - 4</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059609074</t>
+          <t>9786257135184</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 4</t>
+          <t>Sevimli Boyama - 5</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059609111</t>
+          <t>9786257135191</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 8</t>
+          <t>Sevimli Boyama - 4</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059609104</t>
+          <t>9786257135115</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 7</t>
+          <t>Ponçik Boyama - 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059609067</t>
+          <t>9786257135108</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 3</t>
+          <t>Ponçik Boyama - 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>90</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059609050</t>
+          <t>9786059609098</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 2</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 6</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059609135</t>
+          <t>9786059609081</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 10</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 5</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059609043</t>
+          <t>9786059609074</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 1</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 4</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>58</v>
+        <v>90</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059609128</t>
+          <t>9786059609111</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Boyuyorum İngilizce Öğreniyorum 9</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 8</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255919045</t>
+          <t>9786059609104</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Okulu - 3 Ormanda Çılgın Teneffüs</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 7</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>199</v>
+        <v>90</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255919038</t>
+          <t>9786059609067</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Okulu 2 - Dolap Lucy'yi Yedi!</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 3</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>199</v>
+        <v>90</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255919021</t>
+          <t>9786059609050</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tuhaflıklar Okulu 1 - Okul Canlanıyor!</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 2</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>199</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259731926</t>
+          <t>9786059609135</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yerler</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 10</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259731933</t>
+          <t>9786059609043</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ölü Sesler</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>280</v>
+        <v>58</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257135283</t>
+          <t>9786059609128</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>6+ Yaş Matematik</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 9</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>249</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257135764</t>
+          <t>9786255919045</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Zeka Geliştirme - Etkinlik Kitabı (3-4 Yaş)</t>
+          <t>Tuhaflıklar Okulu - 3 Ormanda Çılgın Teneffüs</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>239</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256029217</t>
+          <t>9786255919038</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 9: Kuklacı</t>
+          <t>Tuhaflıklar Okulu 2 - Dolap Lucy'yi Yedi!</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256411067</t>
+          <t>9786255919021</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizaa Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 11 : Şakacı</t>
+          <t>Tuhaflıklar Okulu 1 - Okul Canlanıyor!</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>329</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256411029</t>
+          <t>9786259731926</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizaa Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 10 : Dost Yüzü</t>
+          <t>Küçük Yerler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>329</v>
+        <v>365</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256029774</t>
+          <t>9786259731933</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 3: Gömülü Sırlar</t>
+          <t>Ölü Sesler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>349</v>
+        <v>365</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256029767</t>
+          <t>9786257135283</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 2: Gündüz Kabusu</t>
+          <t>6+ Yaş Matematik</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>349</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256029750</t>
+          <t>9786257135764</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Komşu 1: Kayıp Parçalar</t>
+          <t>Yaratıcı Zeka Geliştirme - Etkinlik Kitabı (3-4 Yaş)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>349</v>
+        <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256029866</t>
+          <t>9786256029217</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece - Çizim Kitabı</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 9: Kuklacı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>199</v>
+        <v>365</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256029873</t>
+          <t>9786256411067</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece - Boyama Kitabı</t>
+          <t>Freddy’nin Pizaa Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 11 : Şakacı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>199</v>
+        <v>365</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256029743</t>
+          <t>9786256411029</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Timsahlar 3: Kancanın Ucunda</t>
+          <t>Freddy’nin Pizaa Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 10 : Dost Yüzü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>349</v>
+        <v>365</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256029736</t>
+          <t>9786256029774</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Timsahlar 2: Maceraya Akmak</t>
+          <t>Merhaba Komşu 3: Gömülü Sırlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>349</v>
+        <v>365</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256029729</t>
+          <t>9786256029767</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Timsahlar 1: Kırıntıların Peşinde</t>
+          <t>Merhaba Komşu 2: Gündüz Kabusu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>349</v>
+        <v>365</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256029583</t>
+          <t>9786256029750</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Somnia'nın Dünyası</t>
+          <t>Merhaba Komşu 1: Kayıp Parçalar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>199</v>
+        <v>365</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256029569</t>
+          <t>9786256029866</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Puella Kalesi</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece - Çizim Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>199</v>
+        <v>220</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256029576</t>
+          <t>9786256029873</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Pirum Ağacı</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece - Boyama Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>199</v>
+        <v>220</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>8785451413051</t>
+          <t>9786256029743</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Fazbear’ın Korkunç Tipleri 9 Kitaplık Kutulu Set (Poster Hediyeli)</t>
+          <t>Dedektif Timsahlar 3: Kancanın Ucunda</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>2800</v>
+        <v>390</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256029323</t>
+          <t>9786256029736</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 8 - Birincilik Ödülü</t>
+          <t>Dedektif Timsahlar 2: Maceraya Akmak</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>199</v>
+        <v>390</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256029316</t>
+          <t>9786256029729</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 7 - Dilek Yıldızı</t>
+          <t>Dedektif Timsahlar 1: Kırıntıların Peşinde</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>199</v>
+        <v>390</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256029309</t>
+          <t>9786256029583</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 6 - Konuşan Hayvanlar</t>
+          <t>Somnia'nın Dünyası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256029293</t>
+          <t>9786256029569</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 5 - Kurtarma Operasyonu</t>
+          <t>Puella Kalesi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256029286</t>
+          <t>9786256029576</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 4 - Tatil Macerası</t>
+          <t>Pirum Ağacı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256029279</t>
+          <t>8785451413051</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 3 - Kötü Büyü</t>
+          <t>Fazbear’ın Korkunç Tipleri 9 Kitaplık Kutulu Set (Poster Hediyeli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>199</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256029262</t>
+          <t>9786256029323</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 2 - Okul Başlıyor</t>
+          <t>Cadılar Okulu 8 - Birincilik Ödülü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256029255</t>
+          <t>9786256029316</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Cadılar Okulu 1 - Sakar Cadı</t>
+          <t>Cadılar Okulu 7 - Dilek Yıldızı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>8785451413037</t>
+          <t>9786256029309</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Fazbear'in Korkunç Tipleri Poster Hediyeli Kutulu Set (7-8-9)</t>
+          <t>Cadılar Okulu 6 - Konuşan Hayvanlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>920</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059176057</t>
+          <t>9786256029293</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 4</t>
+          <t>Cadılar Okulu 5 - Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256029422</t>
+          <t>9786256029286</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Okyanusya Turu</t>
+          <t>Cadılar Okulu 4 - Tatil Macerası</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256029415</t>
+          <t>9786256029279</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde Amerika Turu</t>
+          <t>Cadılar Okulu 3 - Kötü Büyü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256411753</t>
+          <t>9786256029262</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Afrika Turu</t>
+          <t>Cadılar Okulu 2 - Okul Başlıyor</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256411746</t>
+          <t>9786256029255</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Asya Turu</t>
+          <t>Cadılar Okulu 1 - Sakar Cadı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256411739</t>
+          <t>8785451413037</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Avrupa Turu 2</t>
+          <t>Fazbear'in Korkunç Tipleri Poster Hediyeli Kutulu Set (7-8-9)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>199</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256411722</t>
+          <t>9786059176057</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Avrupa Turu I</t>
+          <t>Çocuklar İçin Sudoku 4</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256029453</t>
+          <t>9786256029422</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hilo 3 : Koca Büyük Patlama</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Okyanusya Turu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256029446</t>
+          <t>9786256029415</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hilo 2 : Koca Dünya’yı Kurtarıyor</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde Amerika Turu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256029439</t>
+          <t>9786256411753</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hilo 1 : Dünya’ya Düşen Çocuk</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Afrika Turu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057404725</t>
+          <t>9786256411746</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dahiler Ne İş Yapar? (Ciltli)</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Asya Turu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256029248</t>
+          <t>9786256411739</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkânı’nda Beş Gece: Freddy Dosyaları</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Avrupa Turu 2</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>8785452411537</t>
+          <t>9786256411722</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Fazbear'ın Korkunç Tipleri Çizgi Roman Seti</t>
+          <t>Defne İle Mete Dünya Hazinelerinin Peşinde - Avrupa Turu I</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>1040</v>
+        <v>250</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256029231</t>
+          <t>9786256029453</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 8: Sakızdan Melek</t>
+          <t>Hilo 3 : Koca Büyük Patlama</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>329</v>
+        <v>365</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256029224</t>
+          <t>9786256029446</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 7: Kayalıklar</t>
+          <t>Hilo 2 : Koca Dünya’yı Kurtarıyor</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>299</v>
+        <v>365</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256029088</t>
+          <t>9786256029439</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #3</t>
+          <t>Hilo 1 : Dünya’ya Düşen Çocuk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>349</v>
+        <v>365</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256029071</t>
+          <t>9786057404725</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #2</t>
+          <t>Dahiler Ne İş Yapar? (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>349</v>
+        <v>365</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256029064</t>
+          <t>9786256029248</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #1</t>
+          <t>Freddy’nin Pizza Dükkânı’nda Beş Gece: Freddy Dosyaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>349</v>
+        <v>390</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>8785452418086</t>
+          <t>8785452411537</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fazbear’ın Korkunç Tipleri Serisi 6 Kitap - Poster Hediyeli Kutulu Set</t>
+          <t>Fazbear'ın Korkunç Tipleri Çizgi Roman Seti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1940</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>8785452411018</t>
+          <t>9786256029231</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanında Beş Gece Çizgi Roman Poster Hediyeli Kutulu Set</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 8: Sakızdan Melek</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1040</v>
+        <v>365</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>8785452411025</t>
+          <t>9786256029224</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Fazbearin Korkunç Tipleri Poster Hediyeli Kutulu Set</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece Fazbear’ın Korkunç Tipleri 7: Kayalıklar</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>980</v>
+        <v>365</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256411531</t>
+          <t>9786256029088</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Karabakal</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #3</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>329</v>
+        <v>390</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256411524</t>
+          <t>9786256029071</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Tavşan Çağrısı</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #2</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>329</v>
+        <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256411517</t>
+          <t>9786256029064</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Yaklaş Bakalım</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece: Fazbear’ın Korkunç Tipleri Grafik Roman Serisi #1</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>329</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255919427</t>
+          <t>8785452418086</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Gümüş Gözler</t>
+          <t>Fazbear’ın Korkunç Tipleri Serisi 6 Kitap - Poster Hediyeli Kutulu Set</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>329</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256411456</t>
+          <t>8785452411018</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Anormaller Çizgi Roman</t>
+          <t>Freddy'nin Pizza Dükkanında Beş Gece Çizgi Roman Poster Hediyeli Kutulu Set</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>349</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255919434</t>
+          <t>8785452411025</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - 4. Dolap</t>
+          <t>Fazbearin Korkunç Tipleri Poster Hediyeli Kutulu Set</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>329</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>8785451412221</t>
+          <t>9786256411531</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Freddy Pizza Dükkanı 6 Kitap Set</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Karabakal</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1940</v>
+        <v>365</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>8785451411118</t>
+          <t>9786256411524</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Fazbear'in Korkunç Tipleri 3 Kitap Set</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Tavşan Çağrısı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>950</v>
+        <v>365</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258043716</t>
+          <t>9786256411517</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri: Fetch</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Fazbear'ın Korkunç Tipleri: Yaklaş Bakalım</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>329</v>
+        <v>365</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258043693</t>
+          <t>9786255919427</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri : Top Havuzunun Derinliklerinde</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Gümüş Gözler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>299</v>
+        <v>365</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258043709</t>
+          <t>9786256411456</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri: 1:35</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - Anormaller Çizgi Roman</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>329</v>
+        <v>390</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258043235</t>
+          <t>9786255919434</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Farkındayım Serisi (5 Kitap Takım)</t>
+          <t>Freddy'nin Pizza Dükkanı'nda Beş Gece - 4. Dolap</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>365</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258043204</t>
+          <t>8785451412221</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama Set 1 (5 Kitap Takım)</t>
+          <t>Freddy Pizza Dükkanı 6 Kitap Set</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>990</v>
+        <v>1940</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258043211</t>
+          <t>8785451411118</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama Set 2 (5 Kitap Takım)</t>
+          <t>Fazbear'in Korkunç Tipleri 3 Kitap Set</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>990</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057404756</t>
+          <t>9786258043716</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hello English! 9-10 Years</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri: Fetch</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>239</v>
+        <v>365</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057404749</t>
+          <t>9786258043693</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hello English! 7-8 Years</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri : Top Havuzunun Derinliklerinde</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>239</v>
+        <v>365</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057404763</t>
+          <t>9786258043709</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hello English! 5-6 Years</t>
+          <t>Freddy’nin Pizza Dükkanı’nda Beş Gece : Fazbear’ın Korkunç Tipleri: 1:35</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>239</v>
+        <v>365</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057404732</t>
+          <t>9786258043235</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hello English! 3-4 Years</t>
+          <t>Farkındayım Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>239</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257135924</t>
+          <t>9786258043204</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kutup Ayılarını Kurtarma Ekibi</t>
+          <t>Koparmalı Boyama Set 1 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>80</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257135931</t>
+          <t>9786258043211</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kampa Yolculuk</t>
+          <t>Koparmalı Boyama Set 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>80</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257135948</t>
+          <t>9786057404756</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Gidince</t>
+          <t>Hello English! 9-10 Years</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>80</v>
+        <v>290</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257135900</t>
+          <t>9786057404749</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Defne'nin Kardeşi Oluyor</t>
+          <t>Hello English! 7-8 Years</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>290</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257135917</t>
+          <t>9786057404763</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Barış'ın ve Bobo'nun Yeni Takvimi</t>
+          <t>Hello English! 5-6 Years</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>80</v>
+        <v>290</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257135825</t>
+          <t>9786057404732</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Büyüyünce Değil Şimdi Anlatın</t>
+          <t>Hello English! 3-4 Years</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>249</v>
+        <v>290</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257135788</t>
+          <t>9786257135924</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Zeka Geliştirme - Etkinlik Kitabı (5-6 Yaş)</t>
+          <t>Kutup Ayılarını Kurtarma Ekibi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>239</v>
+        <v>95</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257135771</t>
+          <t>9786257135931</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme - Etkinlik Kitabı (5-6 Yaş)</t>
+          <t>Kampa Yolculuk</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>239</v>
+        <v>95</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257135757</t>
+          <t>9786257135948</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme - Etkinlik Kitabı (3-4 Yaş)</t>
+          <t>Işıklar Gidince</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>239</v>
+        <v>95</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257135221</t>
+          <t>9786257135900</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>30 Etkinlik</t>
+          <t>Defne'nin Kardeşi Oluyor</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>85</v>
+        <v>95</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257135276</t>
+          <t>9786257135917</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>5+ Yaş Matematik</t>
+          <t>Barış'ın ve Bobo'nun Yeni Takvimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>249</v>
+        <v>95</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257135269</t>
+          <t>9786257135825</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>4+ Yaş Matematik</t>
+          <t>Büyüyünce Değil Şimdi Anlatın</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>249</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257135252</t>
+          <t>9786257135788</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>3+ Yaş Matematik</t>
+          <t>Yaratıcı Zeka Geliştirme - Etkinlik Kitabı (5-6 Yaş)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>249</v>
+        <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257135122</t>
+          <t>9786257135771</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Ponçik Boyama - 3</t>
+          <t>Dikkat Geliştirme - Etkinlik Kitabı (5-6 Yaş)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>55</v>
+        <v>290</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257135153</t>
+          <t>9786257135757</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama - 2</t>
+          <t>Dikkat Geliştirme - Etkinlik Kitabı (3-4 Yaş)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>55</v>
+        <v>290</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257135160</t>
+          <t>9786257135221</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama -1</t>
+          <t>30 Etkinlik</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059176071</t>
+          <t>9786257135276</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku (5 Kitap Takım)</t>
+          <t>5+ Yaş Matematik</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059176064</t>
+          <t>9786257135269</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 5</t>
+          <t>4+ Yaş Matematik</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>99</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059176040</t>
+          <t>9786257135252</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 3</t>
+          <t>3+ Yaş Matematik</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>99</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059176033</t>
+          <t>9786257135122</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 2</t>
+          <t>Ponçik Boyama - 3</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059176026</t>
+          <t>9786257135153</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sudoku 1</t>
+          <t>Sevimli Boyama - 2</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>99</v>
+        <v>55</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786056530227</t>
+          <t>9786257135160</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 5</t>
+          <t>Sevimli Boyama -1</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>199</v>
+        <v>55</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786056530210</t>
+          <t>9786059176071</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 4</t>
+          <t>Çocuklar İçin Sudoku (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>199</v>
+        <v>495</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786056530203</t>
+          <t>9786059176064</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 3</t>
+          <t>Çocuklar İçin Sudoku 5</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786058484986</t>
+          <t>9786059176040</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 2</t>
+          <t>Çocuklar İçin Sudoku 3</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786058484993</t>
+          <t>9786059176033</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 1</t>
+          <t>Çocuklar İçin Sudoku 2</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059176880</t>
+          <t>9786059176026</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 8</t>
+          <t>Çocuklar İçin Sudoku 1</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059176897</t>
+          <t>9786056530227</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 9</t>
+          <t>Koparmalı Boyama 5</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059176873</t>
+          <t>9786056530210</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 10</t>
+          <t>Koparmalı Boyama 4</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059176859</t>
+          <t>9786056530203</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Koparmalı Boyama 6</t>
+          <t>Koparmalı Boyama 3</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>199</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
+          <t>9786058484986</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 2</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786058484993</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 1</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786059176880</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 8</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786059176897</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 9</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786059176873</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 10</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786059176859</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Koparmalı Boyama 6</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
           <t>9786059176866</t>
         </is>
       </c>
-      <c r="B153" s="1" t="inlineStr">
+      <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Koparmalı Boyama 7</t>
         </is>
       </c>
-      <c r="C153" s="1">
-        <v>199</v>
+      <c r="C159" s="1">
+        <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>