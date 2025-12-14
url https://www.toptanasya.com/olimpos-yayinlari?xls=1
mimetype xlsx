--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -85,7795 +85,8125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255919755</t>
+          <t>9786258729108</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Düğün</t>
+          <t>Aşk Şarkısı - Lakefront Milyarderleri 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>299</v>
+        <v>390</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255919731</t>
+          <t>9786258729061</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Derin Kesikleri</t>
+          <t>Zorunlu Bağlılık - Windsor Ailesi 3</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>299</v>
+        <v>349</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255919687</t>
+          <t>9786258729221</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest</t>
+          <t>Hizmetçi - Film Özel Baskı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255919762</t>
+          <t>9786258729122</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Sıcak Elleri</t>
+          <t>Dize Getirilen Dük</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255919724</t>
+          <t>8785452412008</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aynı Ağacın Gölgesinde</t>
+          <t>Lanetli Aşık Serisi (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>890</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255919717</t>
+          <t>8785452411308</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölmeden Önce</t>
+          <t>Dedektif Josie Quinn Serisi (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>299</v>
+        <v>930</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8785452415504</t>
+          <t>8785452412510</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kanat - 3 Kitaplık Kutulu Set</t>
+          <t>All Saints Lisesi Serisi (4 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1670</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255919595</t>
+          <t>8785452411353</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sadakat ve İhanet Arasında</t>
+          <t>Alfred Adler Seti 3 (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>349</v>
+        <v>560</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255919632</t>
+          <t>9786255919953</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Cadı - Muhafız Cadılar</t>
+          <t>Eski Bir Düşman</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255919649</t>
+          <t>9786255919878</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Cadı - Muhafız Cadılar (Ciltli)</t>
+          <t>Zoraki Bağlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255919670</t>
+          <t>9786255919854</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçinin Düğünü</t>
+          <t>Şövalye ve Güve</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8785452416877</t>
+          <t>9786255919939</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Murdle (3 Kitaplık Kutulu Set)</t>
+          <t>Karanlık Prensim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>930</v>
+        <v>390</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>8785452416860</t>
+          <t>9786255919946</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Yarışı Serisi (4 Kitap Kutulu Set)</t>
+          <t>Karanlık Prensim (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1200</v>
+        <v>499</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255919557</t>
+          <t>9786255919861</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sana Ulaşmaması Dileğiyle</t>
+          <t>Şövalye ve Güve (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>299</v>
+        <v>490</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255919540</t>
+          <t>9786255919885</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen</t>
+          <t>Zoraki Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255919533</t>
+          <t>9786255919960</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Göründüğü Gibi Değil</t>
+          <t>Eski Bir Düşman (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255919564</t>
+          <t>9786255919908</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aşk Projesi - Lakefront Milyarderleri - 1</t>
+          <t>Marina Fisher Ne Saklıyor?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>349</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255919441</t>
+          <t>9786255919892</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Son Mektup</t>
+          <t>Erkek Arkadaş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>349</v>
+        <v>320</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255919472</t>
+          <t>9786255919700</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sana Teslim Oldum</t>
+          <t>Kurtların Uluduğu Yer (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255919465</t>
+          <t>9786255919694</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Kurtların Uluduğu Yer</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>349</v>
+        <v>450</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256411432</t>
+          <t>9786255919847</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dreamland Milyarderleri Set Kutulu</t>
+          <t>Kurtların Uluduğu Yer - Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1067</v>
+        <v>650</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258043525</t>
+          <t>9786255919748</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Meral Kır - Sancaktar Serisi (5 Kitap Takım)</t>
+          <t>Kalbin Derin Kesikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>780</v>
+        <v>490</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258043037</t>
+          <t>9786255919755</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth and Margaret</t>
+          <t>Lanetli Düğün</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057436757</t>
+          <t>9786255919731</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Kalbin Derin Kesikleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>139</v>
+        <v>299</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257135573</t>
+          <t>9786255919687</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Beth Revis Seti (3 Kitap Takım)</t>
+          <t>Hayalperest</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>620</v>
+        <v>299</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059609678</t>
+          <t>9786255919762</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Gölgesi Evrenin Ötesi Üçlemesi -3-</t>
+          <t>Hayaletin Sıcak Elleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257135665</t>
+          <t>9786255919724</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ölüm - Derin Düşünceler</t>
+          <t>Aynı Ağacın Gölgesinde</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257135658</t>
+          <t>9786255919717</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk - Derin Düşünceler</t>
+          <t>Ben Ölmeden Önce</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>75</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257135641</t>
+          <t>8785452415504</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dostluk - Derin Düşünceler</t>
+          <t>Dördüncü Kanat - 3 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>75</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257135672</t>
+          <t>9786255919595</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aşk - Derin Düşünceler</t>
+          <t>Sadakat ve İhanet Arasında</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>75</v>
+        <v>349</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057906847</t>
+          <t>9786255919632</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Seti (6 Kitap)</t>
+          <t>Kurt ve Cadı - Muhafız Cadılar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>649</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057906434</t>
+          <t>9786255919649</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Kurt ve Cadı - Muhafız Cadılar (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>189</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255919328</t>
+          <t>9786255919670</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Senden Vazgeçemem</t>
+          <t>Hizmetçinin Düğünü</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255919335</t>
+          <t>8785452416877</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalara Yolculuk</t>
+          <t>Murdle (3 Kitaplık Kutulu Set)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>260</v>
+        <v>930</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255919311</t>
+          <t>8785452416860</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Mezarı</t>
+          <t>Yıldızlar Yarışı Serisi (4 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>299</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255919380</t>
+          <t>9786255919557</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 15</t>
+          <t>Sana Ulaşmaması Dileğiyle</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255919373</t>
+          <t>9786255919540</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 14</t>
+          <t>Öğretmen</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255919366</t>
+          <t>9786255919533</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 13</t>
+          <t>Hiçbir Şey Göründüğü Gibi Değil</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255919410</t>
+          <t>9786255919564</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 15</t>
+          <t>Aşk Projesi - Lakefront Milyarderleri - 1</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255919403</t>
+          <t>9786255919441</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 14</t>
+          <t>Son Mektup</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255919397</t>
+          <t>9786255919472</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 13</t>
+          <t>Sana Teslim Oldum</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059176767</t>
+          <t>9786255919465</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sudoku</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255919274</t>
+          <t>9786256411432</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Elf Kraliçesi Çok Yaşa (Ciltli)</t>
+          <t>Dreamland Milyarderleri Set Kutulu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>490</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255919250</t>
+          <t>9786258043525</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Bağlar (Ciltli)</t>
+          <t>Meral Kır - Sancaktar Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>490</v>
+        <v>780</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255919236</t>
+          <t>9786258043037</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yeminler Evi (Ciltli)</t>
+          <t>Elizabeth and Margaret</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>499</v>
+        <v>249</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255919175</t>
+          <t>9786057436757</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yılan Denizi (Ciltli)</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>499</v>
+        <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255919205</t>
+          <t>9786257135573</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yeminler (Ciltli)</t>
+          <t>Beth Revis Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>499</v>
+        <v>620</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255919199</t>
+          <t>9786059609678</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yeminler</t>
+          <t>Dünyanın Gölgesi Evrenin Ötesi Üçlemesi -3-</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>389</v>
+        <v>299</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255919168</t>
+          <t>9786257135665</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yılan Denizi</t>
+          <t>Ölüm - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>389</v>
+        <v>75</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255919212</t>
+          <t>9786257135658</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Varis</t>
+          <t>Mutluluk - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>299</v>
+        <v>75</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255919243</t>
+          <t>9786257135641</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Bağlar</t>
+          <t>Dostluk - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>75</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255919229</t>
+          <t>9786257135672</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yeminler Evi</t>
+          <t>Aşk - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>389</v>
+        <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255919267</t>
+          <t>9786057906847</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Elf Kraliçesi Çok Yaşa</t>
+          <t>Franz Kafka Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>349</v>
+        <v>649</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255919182</t>
+          <t>9786057906434</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sözde Evlilik</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>319</v>
+        <v>189</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255919090</t>
+          <t>9786255919328</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Varis</t>
+          <t>Senden Vazgeçemem</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255919113</t>
+          <t>9786255919335</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gavin Parrie Masum mu?</t>
+          <t>Kayıp Eşyalara Yolculuk</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255919137</t>
+          <t>9786255919311</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İş Arkadaşı</t>
+          <t>Bir Annenin Mezarı</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255919120</t>
+          <t>9786255919380</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bir Anda Yok Oldu</t>
+          <t>Sudoku Uzman Seviye 15</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255919106</t>
+          <t>9786255919373</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ailede Bir Yabancı</t>
+          <t>Sudoku Uzman Seviye 14</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>8785452411117</t>
+          <t>9786255919366</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Özkan 3 Kitap Set</t>
+          <t>Sudoku Uzman Seviye 13</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258043556</t>
+          <t>9786255919410</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Songül Ünsal Seti - 6 Kitap Takım</t>
+          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 15</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>830</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258043570</t>
+          <t>9786255919403</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Songül Ünsal Seti 2 - 3 Kitap Takım</t>
+          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 14</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>410</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258043532</t>
+          <t>9786255919397</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Nebi Yıldız Seti - 3 Kitap Takım</t>
+          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 13</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>410</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258043518</t>
+          <t>9786059176767</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 5 (3 Kitap Takım)</t>
+          <t>Sudoku</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>474.9</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258043471</t>
+          <t>9786255919274</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 4 - 3 Kitap Takım</t>
+          <t>Elf Kraliçesi Çok Yaşa (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>494.9</v>
+        <v>490</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258043501</t>
+          <t>9786255919250</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 3 - 3 Kitap Takım</t>
+          <t>Sonsuz Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>479.9</v>
+        <v>490</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258043464</t>
+          <t>9786255919236</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 2 - 3 Kitap Takım</t>
+          <t>Ölümcül Yeminler Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>469.9</v>
+        <v>499</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258043495</t>
+          <t>9786255919175</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 1 - 3 Kitap Takım</t>
+          <t>Yılan Denizi (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>449.9</v>
+        <v>499</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258043129</t>
+          <t>9786255919205</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Polisiye Set 2 (3 Kitap Takım)</t>
+          <t>Sonsuz Yeminler (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>489.9</v>
+        <v>499</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258043228</t>
+          <t>9786255919199</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Serisi (6 Kitap Takım)</t>
+          <t>Sonsuz Yeminler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>529.9</v>
+        <v>389</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258043075</t>
+          <t>9786255919168</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim (5 Kitap Takım)</t>
+          <t>Yılan Denizi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>824.9</v>
+        <v>389</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258043105</t>
+          <t>9786255919212</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Polisiye Set 4 (3 Kitap Takım)</t>
+          <t>Varis</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>404.9</v>
+        <v>299</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258043112</t>
+          <t>9786255919243</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Polisiye Set 1 (3 Kitap Takım)</t>
+          <t>Sonsuz Bağlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>539.9</v>
+        <v>320</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258043099</t>
+          <t>9786255919229</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Polisiye Set 3 (3 Kitap Takım)</t>
+          <t>Ölümcül Yeminler Evi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>549.9</v>
+        <v>389</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258043068</t>
+          <t>9786255919267</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bestseller Polisiye Seti (5 Kitap Takım)</t>
+          <t>Elf Kraliçesi Çok Yaşa</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>990</v>
+        <v>349</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258043266</t>
+          <t>9786255919182</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Derin Düşünceler Set (5 Kitap Takım)</t>
+          <t>Sözde Evlilik</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>349.9</v>
+        <v>319</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057906229</t>
+          <t>9786255919090</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Umutsuz Varis</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>209</v>
+        <v>349</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052063545</t>
+          <t>9786255919113</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Anlaşıldık</t>
+          <t>Gavin Parrie Masum mu?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>145</v>
+        <v>349</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052063248</t>
+          <t>9786255919137</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Sesini Dinle</t>
+          <t>İş Arkadaşı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>30</v>
+        <v>299</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059176828</t>
+          <t>9786255919120</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Seti - 5 Kitap Takım Kutulu</t>
+          <t>Bir Anda Yok Oldu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>939.9</v>
+        <v>299</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059609593</t>
+          <t>9786255919106</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Manastır</t>
+          <t>Ailede Bir Yabancı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>220</v>
+        <v>349</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057906908</t>
+          <t>8785452411117</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayat Senin Adın</t>
+          <t>Mustafa Özkan 3 Kitap Set</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057906632</t>
+          <t>9786258043556</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Umudun Beşinci Mevsimi</t>
+          <t>Songül Ünsal Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>145</v>
+        <v>830</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057906687</t>
+          <t>9786258043570</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yarın Ola Hayrola</t>
+          <t>Songül Ünsal Seti 2 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>145</v>
+        <v>410</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257135955</t>
+          <t>9786258043532</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar Güzel Kapılar Açar</t>
+          <t>Nebi Yıldız Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>145</v>
+        <v>410</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057906120</t>
+          <t>9786258043518</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kaktüsler de Çiçek Açar</t>
+          <t>Kişisel Gelişim Seti 5 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>145</v>
+        <v>474.9</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052063941</t>
+          <t>9786258043471</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Genetik Komplo</t>
+          <t>Kişisel Gelişim Seti 4 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>179</v>
+        <v>494.9</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259568188</t>
+          <t>9786258043501</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Demir Çiçek (Ciltli)</t>
+          <t>Kişisel Gelişim Seti 3 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>499</v>
+        <v>479.9</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259568171</t>
+          <t>9786258043464</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Demir Çiçek</t>
+          <t>Kişisel Gelişim Seti 2 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>399</v>
+        <v>469.9</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786259568133</t>
+          <t>9786258043495</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bıraktığımız Şeyler</t>
+          <t>Kişisel Gelişim Seti 1 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>349</v>
+        <v>449.9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259568157</t>
+          <t>9786258043129</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Öteki Gelin</t>
+          <t>Jane Casey Polisiye Set 2 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>319</v>
+        <v>489.9</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259568140</t>
+          <t>9786258043228</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eski Kitapların Yankısı</t>
+          <t>Filozoflar Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>349</v>
+        <v>529.9</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255919014</t>
+          <t>9786258043075</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Murdle/ Cilt-3</t>
+          <t>Kişisel Gelişim (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>320</v>
+        <v>824.9</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255919007</t>
+          <t>9786258043105</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Murdle/ Cilt-2</t>
+          <t>Jane Casey Polisiye Set 4 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>320</v>
+        <v>404.9</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259568126</t>
+          <t>9786258043112</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Murdle/ Cilt-1</t>
+          <t>Jane Casey Polisiye Set 1 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>320</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255919052</t>
+          <t>9786258043099</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Alışkanlıkların Anahtarı Senin Elinde</t>
+          <t>Jane Casey Polisiye Set 3 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>249</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259568164</t>
+          <t>9786258043068</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kilitli Kapı</t>
+          <t>Bestseller Polisiye Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>299</v>
+        <v>990</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259731940</t>
+          <t>9786258043266</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Bıçağı (Ciltli)</t>
+          <t>Derin Düşünceler Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>499</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256029941</t>
+          <t>9786057906229</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şehir (Ciltli)</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>499</v>
+        <v>209</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259731957</t>
+          <t>9786052063545</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Kraliçe Doğuyor (Ciltli)</t>
+          <t>Yalnız Anlaşıldık</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>499</v>
+        <v>145</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059176613</t>
+          <t>9786052063248</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Oniks Fırtına (Ciltli)</t>
+          <t>Kalbinin Sesini Dinle</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>790</v>
+        <v>30</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786259731971</t>
+          <t>9786059176828</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İlgi</t>
+          <t>Jane Casey Seti - 5 Kitap Takım Kutulu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>199</v>
+        <v>939.9</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259731988</t>
+          <t>9786059609593</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Nevroz Problemleri</t>
+          <t>Manastır</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259731964</t>
+          <t>9786057906908</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bayan R. Vakası</t>
+          <t>Hayat Senin Adın</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>199</v>
+        <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057906564</t>
+          <t>9786057906632</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 20</t>
+          <t>Umudun Beşinci Mevsimi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057906939</t>
+          <t>9786057906687</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 19</t>
+          <t>Yarın Ola Hayrola</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259731995</t>
+          <t>9786257135955</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 18</t>
+          <t>Zor Zamanlar Güzel Kapılar Açar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052063576</t>
+          <t>9786057906120</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 17</t>
+          <t>Kaktüsler de Çiçek Açar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057906380</t>
+          <t>9786052063941</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 16</t>
+          <t>Genetik Komplo</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>190</v>
+        <v>179</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256029972</t>
+          <t>9786259568188</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Kraliçe Doğuyor</t>
+          <t>Demir Çiçek (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>389</v>
+        <v>499</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256029996</t>
+          <t>9786259568171</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Esaret Altındaki İlişkiler</t>
+          <t>Demir Çiçek</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>299</v>
+        <v>399</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256029903</t>
+          <t>9786259568133</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şehir</t>
+          <t>Yarım Bıraktığımız Şeyler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>389</v>
+        <v>349</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256029965</t>
+          <t>9786259568157</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>On Bir’i Yok Etmek</t>
+          <t>Öteki Gelin</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>299</v>
+        <v>319</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256029989</t>
+          <t>9786259568140</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Bıçağı</t>
+          <t>Eski Kitapların Yankısı</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>389</v>
+        <v>349</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786259731902</t>
+          <t>9786255919014</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Tek Dileğim Sensin</t>
+          <t>Murdle/ Cilt-3</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052063880</t>
+          <t>9786255919007</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Murdle/ Cilt-2</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257135832</t>
+          <t>9786259568126</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Ebeveynlik</t>
+          <t>Murdle/ Cilt-1</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>8785452413333</t>
+          <t>9786255919052</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye Seti 2 - 4 Kitap Takım</t>
+          <t>Alışkanlıkların Anahtarı Senin Elinde</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>730</v>
+        <v>249</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>8785452415559</t>
+          <t>9786259568164</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 5 Kitap Set</t>
+          <t>Kilitli Kapı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>915</v>
+        <v>299</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786258043549</t>
+          <t>9786259731940</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Rolan Seti - 3 Kitap Takım</t>
+          <t>Ölümün Bıçağı (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>490</v>
+        <v>499</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057906878</t>
+          <t>9786256029941</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı İyilik Kurtaracak</t>
+          <t>Kadim Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>45</v>
+        <v>499</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059609821</t>
+          <t>9786259731957</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 7</t>
+          <t>Bir Kraliçe Doğuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>190</v>
+        <v>499</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786056540707</t>
+          <t>9786059176613</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 2</t>
+          <t>Oniks Fırtına (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>190</v>
+        <v>790</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257135634</t>
+          <t>9786259731971</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık - Derin Düşünceler</t>
+          <t>Sosyal İlgi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>75</v>
+        <v>199</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057906953</t>
+          <t>9786259731988</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Günümüz Türkçesiyle)</t>
+          <t>Nevroz Problemleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>129</v>
+        <v>170</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057906823</t>
+          <t>9786259731964</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti</t>
+          <t>Bayan R. Vakası</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>610</v>
+        <v>199</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256029958</t>
+          <t>9786057906564</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Oniks Fırtına</t>
+          <t>Süper Çengel Bulmaca 20</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>590</v>
+        <v>190</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>8785452412589</t>
+          <t>9786057906939</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Demir Alev (Ciltli-Kutulu Set)</t>
+          <t>Süper Çengel Bulmaca 19</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256411074</t>
+          <t>9786259731995</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Rekabet (Ciltli)</t>
+          <t>Süper Çengel Bulmaca 18</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256029934</t>
+          <t>9786052063576</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mahkum</t>
+          <t>Süper Çengel Bulmaca 17</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256029910</t>
+          <t>9786057906380</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitabevi</t>
+          <t>Süper Çengel Bulmaca 16</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256029927</t>
+          <t>9786256029972</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eylül Evi</t>
+          <t>Bir Kraliçe Doğuyor</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>320</v>
+        <v>389</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052063989</t>
+          <t>9786256029996</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Rekabet</t>
+          <t>Esaret Altındaki İlişkiler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256411104</t>
+          <t>9786256029903</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Seni Kaybedemem</t>
+          <t>Kadim Şehir</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>260</v>
+        <v>389</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256029781</t>
+          <t>9786256029965</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İlişki Durumu Karışık</t>
+          <t>On Bir’i Yok Etmek</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256029880</t>
+          <t>9786256029989</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Yarasıdır Aile</t>
+          <t>Ölümün Bıçağı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>260</v>
+        <v>389</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>8785452413432</t>
+          <t>9786259731902</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mapple Hills Serisi</t>
+          <t>Tek Dileğim Sensin</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>999</v>
+        <v>299</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>8785452412381</t>
+          <t>9786052063880</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Kardeşliği Serisi</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>990</v>
+        <v>235</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256029798</t>
+          <t>9786257135832</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kanat Defter (Ciltli)</t>
+          <t>Pozitif Ebeveynlik</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256029682</t>
+          <t>8785452413333</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Bağlar</t>
+          <t>Sudoku Uzman Seviye Seti 2 - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>320</v>
+        <v>730</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256029699</t>
+          <t>8785452415559</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Bağlar (Ciltli)</t>
+          <t>Sudoku 5 Kitap Set</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>490</v>
+        <v>915</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256029651</t>
+          <t>9786258043549</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Parçalanma</t>
+          <t>Rolan Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>319</v>
+        <v>490</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256029705</t>
+          <t>9786057906878</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Marigold Kalp Fotoğrafçısı</t>
+          <t>Dünyayı İyilik Kurtaracak</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>249</v>
+        <v>45</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256029675</t>
+          <t>9786059609821</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Daydream</t>
+          <t>Süper Çengel Bulmaca 7</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256029668</t>
+          <t>9786056540707</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Boğulan Kadın</t>
+          <t>Süper Çengel Bulmaca - 2</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256029828</t>
+          <t>9786257135634</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Rosie ve Rüyaların Romeo’su - Beklenmedik Karşılaştırmalar 3</t>
+          <t>Yalnızlık - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>149</v>
+        <v>75</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>8785452413739</t>
+          <t>9786057906953</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Karşılaşmalar Serisi Kutulu Set - 6 Kitap</t>
+          <t>Araba Sevdası (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>899</v>
+        <v>129</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256029859</t>
+          <t>9786057906823</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sevgililer Günü Masalı - Beklenmedik Karşılaşmalar 6</t>
+          <t>Sabahattin Ali Seti</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>159</v>
+        <v>610</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256029842</t>
+          <t>9786256029958</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Şans Oyunu - Beklenmedik Karşılaşmalar 5</t>
+          <t>Oniks Fırtına</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>149</v>
+        <v>590</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256029835</t>
+          <t>8785452412589</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bir Kaza - Beklenmedik Karşılaşmalar 4</t>
+          <t>Demir Alev (Ciltli-Kutulu Set)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>149</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256029811</t>
+          <t>9786256411074</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Kötü Ekürisi - Beklenmedik Karşılaşmalar 2</t>
+          <t>Ebedi Rekabet (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>149</v>
+        <v>490</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256029804</t>
+          <t>9786256029934</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kuralın İstisnası - Beklenmedik Karşılaşmalar 1</t>
+          <t>Mahkum</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>179</v>
+        <v>299</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256029637</t>
+          <t>9786256029910</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Öpücük</t>
+          <t>Kayıp Kitabevi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256029613</t>
+          <t>9786256029927</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Tutkum</t>
+          <t>Eylül Evi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>369</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256029590</t>
+          <t>9786052063989</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Güneş Getiren</t>
+          <t>Ebedi Rekabet</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256029712</t>
+          <t>9786256411104</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>D Koğuşu</t>
+          <t>Seni Kaybedemem</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>299</v>
+        <v>260</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256029606</t>
+          <t>9786256029781</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çarpıcı Güzellik</t>
+          <t>İlişki Durumu Karışık</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258043822</t>
+          <t>9786256029880</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bir Kayıp Daha</t>
+          <t>Herkesin Yarasıdır Aile</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258043853</t>
+          <t>8785452413432</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Güneşgetiren (Ciltli)</t>
+          <t>Mapple Hills Serisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>490</v>
+        <v>999</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256029620</t>
+          <t>8785452412381</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Tutkum (Ciltli)</t>
+          <t>Kuzgun Kardeşliği Serisi</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>490</v>
+        <v>990</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>8785452415139</t>
+          <t>9786256029798</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi Serisi - 3 Kitaplık Kutulu Set</t>
+          <t>Dördüncü Kanat Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>930</v>
+        <v>299</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>8785451415154</t>
+          <t>9786256029682</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud 5 Kitaplık Kutulu Set</t>
+          <t>Vahşi Bağlar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>870</v>
+        <v>320</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256029491</t>
+          <t>9786256029699</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzmanı Seviye 12</t>
+          <t>Vahşi Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256029484</t>
+          <t>9786256029651</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzmanı Seviye 11</t>
+          <t>Parçalanma</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>190</v>
+        <v>319</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256029477</t>
+          <t>9786256029705</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzmanı Seviye 10</t>
+          <t>Marigold Kalp Fotoğrafçısı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>190</v>
+        <v>249</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256029460</t>
+          <t>9786256029675</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzmanı Seviye 9</t>
+          <t>Daydream</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256411081</t>
+          <t>9786256029668</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cadı</t>
+          <t>Boğulan Kadın</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>399</v>
+        <v>299</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256029538</t>
+          <t>9786256029828</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cadı (Ciltli)</t>
+          <t>Rosie ve Rüyaların Romeo’su - Beklenmedik Karşılaştırmalar 3</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>499</v>
+        <v>149</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256029507</t>
+          <t>8785452413739</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bu Defa Sahiden</t>
+          <t>Beklenmedik Karşılaşmalar Serisi Kutulu Set - 6 Kitap</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>299</v>
+        <v>899</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256029514</t>
+          <t>9786256029859</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bitiş Çizgisi</t>
+          <t>Sevgililer Günü Masalı - Beklenmedik Karşılaşmalar 6</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>369</v>
+        <v>159</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256029545</t>
+          <t>9786256029842</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi İzliyor</t>
+          <t>Aşk ve Şans Oyunu - Beklenmedik Karşılaşmalar 5</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>320</v>
+        <v>149</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057906571</t>
+          <t>9786256029835</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri - Palto - Burun</t>
+          <t>Tatlı Bir Kaza - Beklenmedik Karşılaşmalar 4</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>8785452412558</t>
+          <t>9786256029811</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Bağlar - Kutulu Set (Ciltli)</t>
+          <t>Dünyanın En Kötü Ekürisi - Beklenmedik Karşılaşmalar 2</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>999</v>
+        <v>149</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256029354</t>
+          <t>9786256029804</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Villa</t>
+          <t>Kuralın İstisnası - Beklenmedik Karşılaşmalar 1</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>299</v>
+        <v>179</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256029330</t>
+          <t>9786256029637</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Bağlar</t>
+          <t>Lanetli Öpücük</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256029392</t>
+          <t>9786256029613</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Gümüş İpleri</t>
+          <t>Karanlık Tutkum</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>320</v>
+        <v>369</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256029378</t>
+          <t>9786256029590</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Maeve Kerrigan Serisi 10 - Çıkmaz</t>
+          <t>Güneş Getiren</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>349</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256029385</t>
+          <t>9786256029712</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Bir İhtimal Daha</t>
+          <t>D Koğuşu</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256029361</t>
+          <t>9786256029606</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Aileden Kalanlar</t>
+          <t>Çarpıcı Güzellik</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>299</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256029347</t>
+          <t>9786258043822</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Bağlar (Ciltli)</t>
+          <t>Bir Kayıp Daha</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>490</v>
+        <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256029408</t>
+          <t>9786258043853</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Gümüş İpleri (Ciltli)</t>
+          <t>Güneşgetiren (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256029149</t>
+          <t>9786256029620</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyat Üzerine Yazılar</t>
+          <t>Karanlık Tutkum (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256029163</t>
+          <t>8785452415139</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci’nin Psikanalitik Biyografisi</t>
+          <t>Hizmetçi Serisi - 3 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>930</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256029156</t>
+          <t>8785451415154</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanılsamanın Geleceği ve Neden Savaş?</t>
+          <t>Sigmund Freud 5 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>870</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256029132</t>
+          <t>9786256029491</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Histeri Vakası Analizi</t>
+          <t>Sudoku Uzmanı Seviye 12</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256029170</t>
+          <t>9786256029484</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Günlüğü</t>
+          <t>Sudoku Uzmanı Seviye 11</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256029200</t>
+          <t>9786256029477</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Yıkım Krallığı</t>
+          <t>Sudoku Uzmanı Seviye 10</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256029187</t>
+          <t>9786256029460</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Leydi Tan’ın Kadın Çemberi</t>
+          <t>Sudoku Uzmanı Seviye 9</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256029194</t>
+          <t>9786256411081</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma</t>
+          <t>Karanlık Cadı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256029125</t>
+          <t>9786256029538</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İki Çarpık Taç (Ciltli)</t>
+          <t>Karanlık Cadı (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>490</v>
+        <v>499</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>8785452412596</t>
+          <t>9786256029507</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dikenler Şehri Serisi - Kutulu Set</t>
+          <t>Bu Defa Sahiden</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>800</v>
+        <v>299</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>8785452412565</t>
+          <t>9786256029514</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Adam Fawley Serisi 3 Kitap - Kutulu Set</t>
+          <t>Bitiş Çizgisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>900</v>
+        <v>369</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256029101</t>
+          <t>9786256029545</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Demir Alev (Ciltli)</t>
+          <t>Hizmetçi İzliyor</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>790</v>
+        <v>320</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256029118</t>
+          <t>9786057906571</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İki Çarpık Taç</t>
+          <t>Bir Delinin Hatıra Defteri - Palto - Burun</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>349</v>
+        <v>129</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256029095</t>
+          <t>8785452412558</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Demir Alev</t>
+          <t>Kopuk Bağlar - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>590</v>
+        <v>999</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256029057</t>
+          <t>9786256029354</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Baharat Yolu (Ciltli)</t>
+          <t>Villa</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>490</v>
+        <v>299</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256029026</t>
+          <t>9786256029330</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Elf Kraliçesi'ne İtaat Edeceksiniz (Ciltli)</t>
+          <t>Kopuk Bağlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>499</v>
+        <v>299</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258043877</t>
+          <t>9786256029392</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Marigold Kalp Çamaşırhanesi</t>
+          <t>Kaderin Gümüş İpleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>249</v>
+        <v>320</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256029033</t>
+          <t>9786256029378</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kendine Üç Adım</t>
+          <t>Maeve Kerrigan Serisi 10 - Çıkmaz</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258043907</t>
+          <t>9786256029385</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kız</t>
+          <t>Bir İhtimal Daha</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>320</v>
+        <v>299</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256029019</t>
+          <t>9786256029361</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Elf Kraliçesi’ne İtaat Edeceksiniz</t>
+          <t>Aileden Kalanlar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>389</v>
+        <v>320</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256029040</t>
+          <t>9786256029347</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Baharat Yolu</t>
+          <t>Kopuk Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>349</v>
+        <v>490</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256029002</t>
+          <t>9786256029408</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Cinayet</t>
+          <t>Kaderin Gümüş İpleri (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>369</v>
+        <v>490</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256411906</t>
+          <t>9786256029149</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bir Varis Yükseliyor - Ciltli</t>
+          <t>Sanat ve Edebiyat Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256411036</t>
+          <t>9786256029163</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Cadı Toplayıcısı - Ciltli</t>
+          <t>Leonardo Da Vinci’nin Psikanalitik Biyografisi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>490</v>
+        <v>160</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258043891</t>
+          <t>9786256029156</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çarpan Yürekler Evi - Ciltli</t>
+          <t>Bir Yanılsamanın Geleceği ve Neden Savaş?</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>499</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258043815</t>
+          <t>9786256029132</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Lordu - Ciltli</t>
+          <t>Bir Histeri Vakası Analizi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>430</v>
+        <v>170</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258043938</t>
+          <t>9786256029170</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dikenler Şehri - Ciltli</t>
+          <t>Bir Genç Kızın Günlüğü</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>430</v>
+        <v>199</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258043792</t>
+          <t>9786256029200</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar Bahçesi - Ciltli</t>
+          <t>Yıkım Krallığı</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>450</v>
+        <v>349</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256411098</t>
+          <t>9786256029187</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ruhunuzun Haritası</t>
+          <t>Leydi Tan’ın Kadın Çemberi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258043884</t>
+          <t>9786256029194</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çarpan Yürekler Evi</t>
+          <t>Çarpışma</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>389</v>
+        <v>319</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256411050</t>
+          <t>9786256029125</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Cadı Toplayıcısı</t>
+          <t>İki Çarpık Taç (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>349</v>
+        <v>490</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256411890</t>
+          <t>8785452412596</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bir Varis Yükseliyor</t>
+          <t>Dikenler Şehri Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>349</v>
+        <v>800</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>8785452412022</t>
+          <t>8785452412565</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 5 Kitap - Kutulu Set</t>
+          <t>Dedektif Adam Fawley Serisi 3 Kitap - Kutulu Set</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>915</v>
+        <v>900</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256411128</t>
+          <t>9786256029101</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar Bahçesi</t>
+          <t>Demir Alev (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>280</v>
+        <v>790</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256411111</t>
+          <t>9786256029118</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Felix Evi'nde Neler Oldu?</t>
+          <t>İki Çarpık Taç</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256411012</t>
+          <t>9786256029095</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Aura</t>
+          <t>Demir Alev</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>180</v>
+        <v>590</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256411968</t>
+          <t>9786256029057</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Elveda Yorgunluk</t>
+          <t>Baharat Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>249</v>
+        <v>490</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256411876</t>
+          <t>9786256029026</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Wildfire</t>
+          <t>Elf Kraliçesi'ne İtaat Edeceksiniz (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>319</v>
+        <v>499</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256411937</t>
+          <t>9786258043877</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bir Kahraman</t>
+          <t>Marigold Kalp Çamaşırhanesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>389</v>
+        <v>249</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256411944</t>
+          <t>9786256029033</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bir Kahraman (Ciltli)</t>
+          <t>Kendine Üç Adım</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>499</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256411951</t>
+          <t>9786258043907</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Sakın Yalan Söyleme</t>
+          <t>İsimsiz Kız</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256411005</t>
+          <t>9786256029019</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 5</t>
+          <t>Elf Kraliçesi’ne İtaat Edeceksiniz</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>190</v>
+        <v>389</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256411975</t>
+          <t>9786256029040</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 1</t>
+          <t>Baharat Yolu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256411562</t>
+          <t>9786256029002</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 4</t>
+          <t>Aile İçi Cinayet</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>190</v>
+        <v>369</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256411999</t>
+          <t>9786256411906</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 3</t>
+          <t>Bir Varis Yükseliyor - Ciltli</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256411982</t>
+          <t>9786256411036</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 2</t>
+          <t>Cadı Toplayıcısı - Ciltli</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>190</v>
+        <v>490</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>8785452414040</t>
+          <t>9786258043891</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Maeve Kerrigan Serisi 3 - Kutulu Set</t>
+          <t>Çarpan Yürekler Evi - Ciltli</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>950</v>
+        <v>499</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>8785452413036</t>
+          <t>9786258043815</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Maeve Kerrigan Serisi 2 - Kutulu Set</t>
+          <t>Alevlerin Lordu - Ciltli</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>980</v>
+        <v>430</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>8785452419090</t>
+          <t>9786258043938</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Maeve Kerrigan Serisi 1 - Kutulu Set</t>
+          <t>Dikenler Şehri - Ciltli</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>1080</v>
+        <v>430</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>8785452415054</t>
+          <t>9786258043792</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Jess Tennant Serisi - Kutulu Set</t>
+          <t>Yılanlar Bahçesi - Ciltli</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>810</v>
+        <v>450</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256411715</t>
+          <t>9786256411098</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 12</t>
+          <t>Ruhunuzun Haritası</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256411708</t>
+          <t>9786258043884</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 11</t>
+          <t>Çarpan Yürekler Evi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>190</v>
+        <v>389</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256411692</t>
+          <t>9786256411050</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 10</t>
+          <t>Cadı Toplayıcısı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256411920</t>
+          <t>9786256411890</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Canavar (Ciltli)</t>
+          <t>Bir Varis Yükseliyor</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>490</v>
+        <v>349</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256411852</t>
+          <t>8785452412022</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İşaretli’nin Şarkısı (Ciltli)</t>
+          <t>Süper Kare Bulmaca 5 Kitap - Kutulu Set</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>490</v>
+        <v>915</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256411883</t>
+          <t>9786256411128</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Üst Kattaki Aile</t>
+          <t>Yılanlar Bahçesi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>299</v>
+        <v>280</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256411913</t>
+          <t>9786256411111</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kokusu</t>
+          <t>Felix Evi'nde Neler Oldu?</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>249</v>
+        <v>320</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256411869</t>
+          <t>9786256411012</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İşaretli’nin Şarkısı</t>
+          <t>Aura</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>349</v>
+        <v>180</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256411784</t>
+          <t>9786256411968</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Öldüren Nezaket</t>
+          <t>Elveda Yorgunluk</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256411821</t>
+          <t>9786256411876</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Wildfire</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>349</v>
+        <v>319</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256411845</t>
+          <t>9786256411937</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Efsane</t>
+          <t>Unutulmuş Bir Kahraman</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>299</v>
+        <v>389</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256411807</t>
+          <t>9786256411944</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Romeo’m (Ciltli)</t>
+          <t>Unutulmuş Bir Kahraman (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>490</v>
+        <v>499</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256411838</t>
+          <t>9786256411951</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bir Karanlık Pencere (Ciltli)</t>
+          <t>Sakın Yalan Söyleme</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>490</v>
+        <v>299</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256411814</t>
+          <t>9786256411005</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Romeo’m</t>
+          <t>Süper Kare Bulmaca 5</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256411760</t>
+          <t>9786256411975</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Biri</t>
+          <t>Süper Kare Bulmaca 1</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256411777</t>
+          <t>9786256411562</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bir Karanlık Pencere</t>
+          <t>Süper Kare Bulmaca 4</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256411791</t>
+          <t>9786256411999</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Noel’de Aşk Başkadır</t>
+          <t>Süper Kare Bulmaca 3</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>8785451419091</t>
+          <t>9786256411982</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>All Saınts Lisesi Serisi</t>
+          <t>Süper Kare Bulmaca 2</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>920</v>
+        <v>190</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256411661</t>
+          <t>8785452414040</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Burası Yangın Yeri</t>
+          <t>Jane Casey Maeve Kerrigan Serisi 3 - Kutulu Set</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256411609</t>
+          <t>8785452413036</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kanat</t>
+          <t>Jane Casey Maeve Kerrigan Serisi 2 - Kutulu Set</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>490</v>
+        <v>980</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256411616</t>
+          <t>8785452419090</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kanat (Ciltli)</t>
+          <t>Jane Casey Maeve Kerrigan Serisi 1 - Kutulu Set</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>700</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256411579</t>
+          <t>8785452415054</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Burada Sadece İyiler Var</t>
+          <t>Jane Casey Jess Tennant Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>299</v>
+        <v>810</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256411630</t>
+          <t>9786256411715</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Işıltılı Tanrılar</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 12</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256411623</t>
+          <t>9786256411708</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçinin Sırrı</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 11</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256411685</t>
+          <t>9786256411692</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Tanrıkatili (Ciltli)</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 10</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256411654</t>
+          <t>9786256411920</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Aşık</t>
+          <t>Sadece Bir Canavar (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>299</v>
+        <v>490</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256411647</t>
+          <t>9786256411852</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kapalı Kapılar Ardında</t>
+          <t>İşaretli’nin Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>349</v>
+        <v>490</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256411678</t>
+          <t>9786256411883</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Tanrıkatili</t>
+          <t>Üst Kattaki Aile</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>320</v>
+        <v>299</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256411586</t>
+          <t>9786256411913</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Tanrı</t>
+          <t>Mutluluğun Kokusu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>319</v>
+        <v>249</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256411548</t>
+          <t>9786256411869</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Kızlar</t>
+          <t>İşaretli’nin Şarkısı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256411555</t>
+          <t>9786256411784</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kabil’in Çene Kemiği</t>
+          <t>Öldüren Nezaket</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>249</v>
+        <v>349</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256411593</t>
+          <t>9786256411821</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Eğer Beni Görebilseydiniz</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>279</v>
+        <v>349</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256411487</t>
+          <t>9786256411845</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Sürü</t>
+          <t>Efsane</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256411470</t>
+          <t>9786256411807</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>On Bir’i Yıkmak</t>
+          <t>Karanlık Romeo’m (Ciltli)</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>299</v>
+        <v>490</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256411494</t>
+          <t>9786256411838</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>O Gece</t>
+          <t>Bir Karanlık Pencere (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>349</v>
+        <v>490</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256411500</t>
+          <t>9786256411814</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Lordu</t>
+          <t>Karanlık Romeo’m</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>279</v>
+        <v>349</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256411425</t>
+          <t>9786256411760</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çırpınan Kanatlar Evi - Ciltli</t>
+          <t>İçimizden Biri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>499</v>
+        <v>320</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256411395</t>
+          <t>9786256411777</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Son Teklif</t>
+          <t>Bir Karanlık Pencere</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>369</v>
+        <v>349</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256411401</t>
+          <t>9786256411791</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yıkılmış Taht</t>
+          <t>Noel’de Aşk Başkadır</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256411418</t>
+          <t>8785451419091</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çırpınan Kanatlar Evi</t>
+          <t>All Saınts Lisesi Serisi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>389</v>
+        <v>920</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256411388</t>
+          <t>9786256411661</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçilmezliğin Manifestosu</t>
+          <t>Burası Yangın Yeri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>8785452412220</t>
+          <t>9786256411609</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye Seti - 4 Kitap Takım</t>
+          <t>Dördüncü Kanat</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>730</v>
+        <v>490</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>8785451415550</t>
+          <t>9786256411616</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti 3 - 5 Kitap Takım</t>
+          <t>Dördüncü Kanat (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>980</v>
+        <v>700</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>8785451416663</t>
+          <t>9786256411579</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti 2 - 5 Kitap Takım</t>
+          <t>Burada Sadece İyiler Var</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>900</v>
+        <v>299</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256411364</t>
+          <t>9786256411630</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Adam</t>
+          <t>Işıltılı Tanrılar</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>320</v>
+        <v>299</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256411333</t>
+          <t>9786256411623</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bizi Öldürmeyen Şey Güçlendirir Mi?</t>
+          <t>Hizmetçinin Sırrı</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256411326</t>
+          <t>9786256411685</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>56 Gün</t>
+          <t>Tanrıkatili (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256411340</t>
+          <t>9786256411654</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İçsel Keşfi</t>
+          <t>Lanetli Aşık</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>260</v>
+        <v>299</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256411357</t>
+          <t>9786256411647</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Icebreaker</t>
+          <t>Kapalı Kapılar Ardında</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>369</v>
+        <v>349</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256411203</t>
+          <t>9786256411678</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Değer</t>
+          <t>Tanrıkatili</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256411319</t>
+          <t>9786256411586</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Öfkeli Tanrı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>169</v>
+        <v>319</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256411289</t>
+          <t>9786256411548</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Güçlü Olmak Senin Elinde</t>
+          <t>Kaybolan Kızlar</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>249</v>
+        <v>320</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256411265</t>
+          <t>9786256411555</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Dikenler Şehri</t>
+          <t>Kabil’in Çene Kemiği</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>279</v>
+        <v>249</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256411296</t>
+          <t>9786256411593</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şövalye</t>
+          <t>Eğer Beni Görebilseydiniz</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>319</v>
+        <v>279</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256411272</t>
+          <t>9786256411487</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>La Tahzen</t>
+          <t>Sürü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>160</v>
+        <v>299</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256411302</t>
+          <t>9786256411470</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi</t>
+          <t>On Bir’i Yıkmak</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>320</v>
+        <v>299</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>8785451418889</t>
+          <t>9786256411494</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Alfred Adler Seti 2 - 3 Kitap Set</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>620</v>
+        <v>349</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>8785451417776</t>
+          <t>9786256411500</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Alfred Adler 6 Kitap Set</t>
+          <t>Alevlerin Lordu</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>1150</v>
+        <v>279</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786257135580</t>
+          <t>9786256411425</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti - 5 Kitap Takım</t>
+          <t>Çırpınan Kanatlar Evi - Ciltli</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>870</v>
+        <v>499</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>8785452415658</t>
+          <t>9786256411395</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 4 Kitap Kutulu Set</t>
+          <t>Son Teklif</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>730</v>
+        <v>369</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>8785452415511</t>
+          <t>9786256411401</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 4 Kitap Set</t>
+          <t>Yıkılmış Taht</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>730</v>
+        <v>349</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256411227</t>
+          <t>9786256411418</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ben De Sevdim</t>
+          <t>Çırpınan Kanatlar Evi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>260</v>
+        <v>389</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256411234</t>
+          <t>9786256411388</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Yer Yanlış Zaman</t>
+          <t>Vazgeçilmezliğin Manifestosu</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256411241</t>
+          <t>8785452412220</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hannah Gardıner’ı Kim Öldürdü</t>
+          <t>Sudoku Uzman Seviye Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>320</v>
+        <v>730</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256411258</t>
+          <t>8785451415550</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zekalı Çocuk</t>
+          <t>Sigmund Freud Seti 3 - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>299</v>
+        <v>980</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256411210</t>
+          <t>8785451416663</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ben Zaten Aşıktım Sen Üstüne Geldin</t>
+          <t>Sigmund Freud Seti 2 - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>150</v>
+        <v>900</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256411197</t>
+          <t>9786256411364</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ben Her Şeyim Benim Adım Kadın</t>
+          <t>Hayalet Adam</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786257135047</t>
+          <t>9786256411333</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>Bizi Öldürmeyen Şey Güçlendirir Mi?</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>139</v>
+        <v>240</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057906946</t>
+          <t>9786256411326</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>56 Gün</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>139</v>
+        <v>320</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786257135016</t>
+          <t>9786256411340</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>İnsanın İçsel Keşfi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>169</v>
+        <v>260</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256411180</t>
+          <t>9786256411357</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Pratik Zihin Geliştirme Kılavuzu</t>
+          <t>Icebreaker</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>249</v>
+        <v>369</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256411173</t>
+          <t>9786256411203</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Güllerin Yıkımı</t>
+          <t>Değer</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>279</v>
+        <v>320</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256411159</t>
+          <t>9786256411319</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Affetmek Üzerine</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>320</v>
+        <v>169</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256411142</t>
+          <t>9786256411289</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Koşullar</t>
+          <t>Her Gün Güçlü Olmak Senin Elinde</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>349</v>
+        <v>249</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256411166</t>
+          <t>9786256411265</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Biz Olmak</t>
+          <t>Dikenler Şehri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>180</v>
+        <v>279</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052063996</t>
+          <t>9786256411296</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kader Gayrete Aşıktır</t>
+          <t>Yaralı Şövalye</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>260</v>
+        <v>319</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258043990</t>
+          <t>9786256411272</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 15</t>
+          <t>La Tahzen</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258043983</t>
+          <t>9786256411302</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 14</t>
+          <t>Hizmetçi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258043976</t>
+          <t>8785451418889</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 13</t>
+          <t>Alfred Adler Seti 2 - 3 Kitap Set</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>190</v>
+        <v>620</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258043969</t>
+          <t>8785451417776</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca- 12</t>
+          <t>Alfred Adler 6 Kitap Set</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>190</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057906243</t>
+          <t>9786257135580</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe On Altı Adım</t>
+          <t>Sigmund Freud Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>249</v>
+        <v>870</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057906236</t>
+          <t>8785452415658</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Canavar</t>
+          <t>Süper Çengel Bulmaca 4 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>349</v>
+        <v>730</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258043952</t>
+          <t>8785452415511</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Serseri Prens</t>
+          <t>Sudoku 4 Kitap Set</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>319</v>
+        <v>730</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258043778</t>
+          <t>9786256411227</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Kendine Yolculuğu</t>
+          <t>Ben De Sevdim</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>199</v>
+        <v>260</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258043761</t>
+          <t>9786256411234</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi</t>
+          <t>Yanlış Yer Yanlış Zaman</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>199</v>
+        <v>320</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258043785</t>
+          <t>9786256411241</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Hannah Gardıner’ı Kim Öldürdü</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258043747</t>
+          <t>9786256411258</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>On Bir'den Kaçış</t>
+          <t>Duygusal Zekalı Çocuk</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258043754</t>
+          <t>9786256411210</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Küçük Detaylar</t>
+          <t>Ben Zaten Aşıktım Sen Üstüne Geldin</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>349</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258043723</t>
+          <t>9786256411197</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Ben Her Şeyim Benim Adım Kadın</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>249</v>
+        <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258043730</t>
+          <t>9786257135047</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Daisy Mason Nerede?</t>
+          <t>Victoria</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258043563</t>
+          <t>9786057906946</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Şebnem Tacigut Seti - 3 Kitap Takım</t>
+          <t>Pan</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>750</v>
+        <v>139</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258043488</t>
+          <t>9786257135016</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Meral Kır - 2 Kitap Takım</t>
+          <t>Açlık</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>290</v>
+        <v>169</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258043457</t>
+          <t>9786256411180</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hakan Özkan 5 Kitap Set</t>
+          <t>Pratik Zihin Geliştirme Kılavuzu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>820</v>
+        <v>249</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258043440</t>
+          <t>9786256411173</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ethem Emin Nemutlu 4 Kitap Set</t>
+          <t>Güllerin Yıkımı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>990</v>
+        <v>279</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258043082</t>
+          <t>9786256411159</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Alfred Adler Set (3 Kitap Takım)</t>
+          <t>Affetmek Üzerine</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>570</v>
+        <v>320</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059609029</t>
+          <t>9786256411142</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca- 3</t>
+          <t>Beklenmedik Koşullar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258043648</t>
+          <t>9786256411166</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocukluk Nevrozu Hikayesi: Kurt Adam Vakası</t>
+          <t>Yeniden Biz Olmak</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>199</v>
+        <v>180</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258043679</t>
+          <t>9786052063996</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Fobinin Analizi: Küçük Hans Vakası</t>
+          <t>Kader Gayrete Aşıktır</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258043686</t>
+          <t>9786258043990</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Espriler ve Bilinç Dışı ile İlişkileri</t>
+          <t>Süper Çengel Bulmaca - 15</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258043655</t>
+          <t>9786258043983</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Haz İlkesinin Ötesinde &amp; Ego ve İd</t>
+          <t>Süper Çengel Bulmaca - 14</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258043662</t>
+          <t>9786258043976</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Tek Tanrıcılık</t>
+          <t>Süper Çengel Bulmaca - 13</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258043631</t>
+          <t>9786258043969</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kendine Geç Kalma</t>
+          <t>Süper Çengel Bulmaca- 12</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258043624</t>
+          <t>9786057906243</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hayat Senin Kuralları Sen Koy</t>
+          <t>Özgürlüğe On Altı Adım</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>320</v>
+        <v>249</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258043426</t>
+          <t>9786057906236</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ali ve Nino</t>
+          <t>Sadece Bir Canavar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>260</v>
+        <v>349</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258043310</t>
+          <t>9786258043952</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Seçtim</t>
+          <t>Serseri Prens</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>165</v>
+        <v>319</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258043358</t>
+          <t>9786258043778</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yolum Aşka Düştü</t>
+          <t>İnsanın Kendine Yolculuğu</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>165</v>
+        <v>199</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258043327</t>
+          <t>9786258043761</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kokusunu Aldım</t>
+          <t>Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>165</v>
+        <v>199</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258043341</t>
+          <t>9786258043785</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sana Aşk Getirdim</t>
+          <t>Bireysel Psikoloji</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258043334</t>
+          <t>9786258043747</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Aylardan Aşk</t>
+          <t>On Bir'den Kaçış</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>165</v>
+        <v>299</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258043136</t>
+          <t>9786258043754</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca Seti - 4 Kitap Takım</t>
+          <t>Küçük Detaylar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>730</v>
+        <v>349</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258043150</t>
+          <t>9786258043723</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 6 Kitap Kutulu Set</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>1100</v>
+        <v>249</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258043143</t>
+          <t>9786258043730</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 5 Kitap Kutulu Set</t>
+          <t>Daisy Mason Nerede?</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>915</v>
+        <v>299</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258043303</t>
+          <t>9786258043563</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğun Zaman Hatırlanırsın</t>
+          <t>Şebnem Tacigut Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258043051</t>
+          <t>9786258043488</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Siri Ben Kimim?</t>
+          <t>Meral Kır - 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258043044</t>
+          <t>9786258043457</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Dr. Love</t>
+          <t>Hakan Özkan 5 Kitap Set</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>160</v>
+        <v>820</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057404794</t>
+          <t>9786258043440</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Ethem Emin Nemutlu 4 Kitap Set</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>99</v>
+        <v>990</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258043013</t>
+          <t>9786258043082</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Angel Dayı</t>
+          <t>Alfred Adler Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>99</v>
+        <v>570</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057404770</t>
+          <t>9786059609029</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>İletişim Şah Mat</t>
+          <t>Süper Kral Bulmaca- 3</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057436795</t>
+          <t>9786258043648</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Sensin</t>
+          <t>Bir Çocukluk Nevrozu Hikayesi: Kurt Adam Vakası</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>165</v>
+        <v>199</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057436771</t>
+          <t>9786258043679</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Çocukta Fobinin Analizi: Küçük Hans Vakası</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>119</v>
+        <v>170</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057436764</t>
+          <t>9786258043686</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Ivan Ilyiç'in Ölümü</t>
+          <t>Espriler ve Bilinç Dışı ile İlişkileri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786057436719</t>
+          <t>9786258043655</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Anadolu İrfanı - Filozoflarla Beş Çayı</t>
+          <t>Haz İlkesinin Ötesinde &amp; Ego ve İd</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057436726</t>
+          <t>9786258043662</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Stoa Felsefesi - Filozoflarla Beş Çayı</t>
+          <t>Musa ve Tek Tanrıcılık</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>135</v>
+        <v>199</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786057404701</t>
+          <t>9786258043631</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Kendine Geç Kalma</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057436788</t>
+          <t>9786258043624</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İnşirah</t>
+          <t>Hayat Senin Kuralları Sen Koy</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786257135986</t>
+          <t>9786258043426</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Psikolojisi</t>
+          <t>Ali ve Nino</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>199</v>
+        <v>260</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786057436702</t>
+          <t>9786258043310</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kıblesi</t>
+          <t>Aşkı Seçtim</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057436733</t>
+          <t>9786258043358</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Yolum Aşka Düştü</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057436740</t>
+          <t>9786258043327</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamın Psikopatolojisi</t>
+          <t>Aşkın Kokusunu Aldım</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>199</v>
+        <v>165</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786257135993</t>
+          <t>9786258043341</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumu</t>
+          <t>Sana Aşk Getirdim</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>290</v>
+        <v>165</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786257135962</t>
+          <t>9786258043334</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Aylardan Aşk</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>199</v>
+        <v>165</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786257135894</t>
+          <t>9786258043136</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Maeve Kerrigan Serisi 8 - Sessizliğin Peşinde</t>
+          <t>Temalarla Çengel Bulmaca Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>320</v>
+        <v>730</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786257135368</t>
+          <t>9786258043150</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Son Savaşçı</t>
+          <t>Süper Çengel Bulmaca 6 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>110</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057906458</t>
+          <t>9786258043143</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Alfa Kadını Olmak</t>
+          <t>Süper Çengel Bulmaca 5 Kitap Kutulu Set</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>180</v>
+        <v>915</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057906465</t>
+          <t>9786258043303</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Hayat Doğru Yaşanmaz</t>
+          <t>Unuttuğun Zaman Hatırlanırsın</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786257135849</t>
+          <t>9786258043051</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hamilelik Rehberi</t>
+          <t>Siri Ben Kimim?</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786257135856</t>
+          <t>9786258043044</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca - Edebiyat</t>
+          <t>Dr. Love</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786257135863</t>
+          <t>9786057404794</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca - Felsefe</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786257135870</t>
+          <t>9786258043013</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca - Sanat</t>
+          <t>Angel Dayı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786257135887</t>
+          <t>9786057404770</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca - Spor</t>
+          <t>İletişim Şah Mat</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786257135566</t>
+          <t>9786057436795</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Simon Kernick Seti - Geri Sayım Başladı (3 Kitap Takım)</t>
+          <t>Gerçek Sensin</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>850</v>
+        <v>165</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786257135559</t>
+          <t>9786057436771</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Simon Kernick Seti - Hayatta Kal (3 Kitap Takım)</t>
+          <t>İnsan Neyle Yaşar?</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>900</v>
+        <v>119</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786257135818</t>
+          <t>9786057436764</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlam ve Amacı</t>
+          <t>Ivan Ilyiç'in Ölümü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786257135801</t>
+          <t>9786057436719</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Anadolu İrfanı - Filozoflarla Beş Çayı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>199</v>
+        <v>135</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786257135795</t>
+          <t>9786057436726</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Stoa Felsefesi - Filozoflarla Beş Çayı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>199</v>
+        <v>135</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786257135719</t>
+          <t>9786057404701</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>98</v>
+        <v>260</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786257135689</t>
+          <t>9786057436788</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Zamana Karşı</t>
+          <t>İnşirah</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257135696</t>
+          <t>9786257135986</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Felaketler Erdemleri Sergileme Zamanıdır.</t>
+          <t>Aşkın Psikolojisi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>135</v>
+        <v>199</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786257135597</t>
+          <t>9786057436702</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Beş Çayı: Doğu Bilgeliği</t>
+          <t>Kalbin Kıblesi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>135</v>
+        <v>260</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786257135627</t>
+          <t>9786057436733</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Beş Çayı: Doğa Filozofları</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786257135610</t>
+          <t>9786057436740</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Beş Çayı: Batı Bilgeliği</t>
+          <t>Günlük Yaşamın Psikopatolojisi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>135</v>
+        <v>199</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257135603</t>
+          <t>9786257135993</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Beni Unutma Ben Sana Sevmeyi Öğrettim</t>
+          <t>Rüyaların Yorumu</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257135535</t>
+          <t>9786257135962</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bana Baba Yap</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>70</v>
+        <v>199</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257135450</t>
+          <t>9786257135894</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Zamanı</t>
+          <t>Maeve Kerrigan Serisi 8 - Sessizliğin Peşinde</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257135528</t>
+          <t>9786257135368</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Güzel Olsun Diye</t>
+          <t>Son Savaşçı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>90</v>
+        <v>110</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786257135337</t>
+          <t>9786057906458</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine</t>
+          <t>Alfa Kadını Olmak</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>199</v>
+        <v>180</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786257135351</t>
+          <t>9786057906465</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm Üzerine</t>
+          <t>Yanlış Hayat Doğru Yaşanmaz</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257135344</t>
+          <t>9786257135849</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Zihin Haritalama</t>
+          <t>Doğal Hamilelik Rehberi</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786057906960</t>
+          <t>9786257135856</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma</t>
+          <t>Temalarla Çengel Bulmaca - Edebiyat</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786057906984</t>
+          <t>9786257135863</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Temalarla Çengel Bulmaca - Felsefe</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>169</v>
+        <v>190</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786057906977</t>
+          <t>9786257135870</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Temalarla Çengel Bulmaca - Sanat</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786057906892</t>
+          <t>9786257135887</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Vaktinden Önce Mutsuz Olma</t>
+          <t>Temalarla Çengel Bulmaca - Spor</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>249</v>
+        <v>190</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786057906830</t>
+          <t>9786257135566</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (6 Kitap)</t>
+          <t>Simon Kernick Seti - Geri Sayım Başladı (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>429</v>
+        <v>850</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786057906816</t>
+          <t>9786257135559</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Yoksun</t>
+          <t>Simon Kernick Seti - Hayatta Kal (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052063231</t>
+          <t>9786257135818</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Freya'dan Haberi Yok</t>
+          <t>Yaşamın Anlam ve Amacı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057906885</t>
+          <t>9786257135801</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Söz Mühendisi 2</t>
+          <t>Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>85</v>
+        <v>199</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057906861</t>
+          <t>9786257135795</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Üçe Kadar Say</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>270</v>
+        <v>199</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057906854</t>
+          <t>9786257135719</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Casus</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>490</v>
+        <v>98</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786057906779</t>
+          <t>9786257135689</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Zamana Karşı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>99</v>
+        <v>320</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786057906755</t>
+          <t>9786257135696</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Ermiş'in Bahçesi</t>
+          <t>Felaketler Erdemleri Sergileme Zamanıdır.</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>89</v>
+        <v>135</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786057906762</t>
+          <t>9786257135597</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Filozoflarla Beş Çayı: Doğu Bilgeliği</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>89</v>
+        <v>135</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786057906809</t>
+          <t>9786257135627</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Filozoflarla Beş Çayı: Doğa Filozofları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>99</v>
+        <v>135</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786057906793</t>
+          <t>9786257135610</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Filozoflarla Beş Çayı: Batı Bilgeliği</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>119</v>
+        <v>135</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786057906151</t>
+          <t>9786257135603</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 9</t>
+          <t>Beni Unutma Ben Sana Sevmeyi Öğrettim</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786057906724</t>
+          <t>9786257135535</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Mucize Kendine İnanmaktır</t>
+          <t>Hadi Bana Baba Yap</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>260</v>
+        <v>70</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786057906588</t>
+          <t>9786257135450</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Uyanış Zamanı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>139</v>
+        <v>260</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786057906595</t>
+          <t>9786257135528</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Yarınlar Güzel Olsun Diye</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>139</v>
+        <v>90</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786057906694</t>
+          <t>9786257135337</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Hedef Sensin</t>
+          <t>Cinsellik Üzerine</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>165</v>
+        <v>199</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786057906618</t>
+          <t>9786257135351</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kendini İfade Etmenin 125 Yolu</t>
+          <t>Narsisizm Üzerine</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786057906625</t>
+          <t>9786257135344</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Tevekkül</t>
+          <t>Zihin Haritalama</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057906373</t>
+          <t>9786057906960</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Dışı</t>
+          <t>Anlayarak Hızlı Okuma</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>199</v>
+        <v>320</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057906335</t>
+          <t>9786057906984</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kitle Psikolojisi</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>160</v>
+        <v>169</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057906359</t>
+          <t>9786057906977</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>199</v>
+        <v>230</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057906489</t>
+          <t>9786057906892</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Dert İnsana Yol Gösterir</t>
+          <t>Vaktinden Önce Mutsuz Olma</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>125</v>
+        <v>249</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057906557</t>
+          <t>9786057906830</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Nora'nın Günlüğü: Bir Gün Yine Aşığım</t>
+          <t>Stefan Zweig Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>85</v>
+        <v>429</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057906519</t>
+          <t>9786057906816</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>İyi Ki Yoksun</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>99</v>
+        <v>180</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057906410</t>
+          <t>9786052063231</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Kimsenin Freya'dan Haberi Yok</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>99</v>
+        <v>299</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057906366</t>
+          <t>9786057906885</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Söz Mühendisi 2</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>99</v>
+        <v>85</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057906496</t>
+          <t>9786057906861</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Üçe Kadar Say</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>99</v>
+        <v>270</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057906397</t>
+          <t>9786057906854</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Casus</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>99</v>
+        <v>490</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057906441</t>
+          <t>9786057906779</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>189</v>
+        <v>99</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057906403</t>
+          <t>9786057906755</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Ermiş'in Bahçesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>99</v>
+        <v>89</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057906526</t>
+          <t>9786057906762</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>99</v>
+        <v>89</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057906502</t>
+          <t>9786057906809</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057906427</t>
+          <t>9786057906793</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Deniz Feneri</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>189</v>
+        <v>119</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057906533</t>
+          <t>9786057906151</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 9</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>99</v>
+        <v>190</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057906342</t>
+          <t>9786057906724</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Denizde Boğulurum Dedi Balık</t>
+          <t>Gerçek Mucize Kendine İnanmaktır</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057906472</t>
+          <t>9786057906588</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 8</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057906328</t>
+          <t>9786057906595</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Tahıl Yok Dert Yok</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>349</v>
+        <v>139</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057906311</t>
+          <t>9786057906694</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bundan Kimseye Bahsetme</t>
+          <t>Hedef Sensin</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>299</v>
+        <v>165</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057906113</t>
+          <t>9786057906618</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Kendini İfade Etmenin 125 Yolu</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>89</v>
+        <v>320</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057906069</t>
+          <t>9786057906625</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Tevekkül</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>119</v>
+        <v>260</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057906090</t>
+          <t>9786057906373</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Bilinç Dışı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>109</v>
+        <v>199</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057906083</t>
+          <t>9786057906335</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kitle Psikolojisi</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057906106</t>
+          <t>9786057906359</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Psikanaliz Üzerine</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057906144</t>
+          <t>9786057906489</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 11</t>
+          <t>Dert İnsana Yol Gösterir</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>190</v>
+        <v>125</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057906175</t>
+          <t>9786057906557</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Ültimatom</t>
+          <t>Nora'nın Günlüğü: Bir Gün Yine Aşığım</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>299</v>
+        <v>85</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057909091</t>
+          <t>9786057906519</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Songül Ünsal Seti (3 Kitap Takım)</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>410</v>
+        <v>99</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057906205</t>
+          <t>9786057906410</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Soru Sorma Sanatı</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>320</v>
+        <v>99</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057906212</t>
+          <t>9786057906366</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Nasip Niyete Vurgundur</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>260</v>
+        <v>99</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059176996</t>
+          <t>9786057906496</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 2</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052063637</t>
+          <t>9786057906397</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 7</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059609722</t>
+          <t>9786057906441</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 5</t>
+          <t>Şato</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>190</v>
+        <v>189</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057906014</t>
+          <t>9786057906403</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 10</t>
+          <t>Aforizmalar</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057906007</t>
+          <t>9786057906526</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 8</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052063859</t>
+          <t>9786057906502</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Allah’a Emanet</t>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>145</v>
+        <v>99</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786052063873</t>
+          <t>9786057906427</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Terk Edilenler</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>249</v>
+        <v>189</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052063798</t>
+          <t>9786057906533</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Süper Mozaik Bulmaca 2</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>120</v>
+        <v>99</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052063767</t>
+          <t>9786057906342</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 7</t>
+          <t>Ben Bu Denizde Boğulurum Dedi Balık</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052063774</t>
+          <t>9786057906472</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 9</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 8</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052063651</t>
+          <t>9786057906328</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Konuşmasına İzin Ver</t>
+          <t>Tahıl Yok Dert Yok</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786052063620</t>
+          <t>9786057906311</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 8</t>
+          <t>Bundan Kimseye Bahsetme</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052063583</t>
+          <t>9786057906113</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Hangimiz Sevmedik</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>260</v>
+        <v>89</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059609760</t>
+          <t>9786057906069</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Dağların Issızlığında On Binler</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>490</v>
+        <v>119</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786052063491</t>
+          <t>9786057906090</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Gücün Sırrı</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>249</v>
+        <v>109</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052063538</t>
+          <t>9786057906083</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Para Kazanmak Senin Elinde</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>299</v>
+        <v>99</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786052063507</t>
+          <t>9786057906106</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Olduğun Yerde Kal</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>320</v>
+        <v>129</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052063347</t>
+          <t>9786057906144</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Benimle Boşanır mısın?</t>
+          <t>Süper Çengel Bulmaca 11</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>19</v>
+        <v>190</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786052063323</t>
+          <t>9786057906175</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Dua Kader Değiştirir</t>
+          <t>Ültimatom</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>260</v>
+        <v>299</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059609487</t>
+          <t>9786057909091</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe ( 2 Kitap Set )</t>
+          <t>Songül Ünsal Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052063200</t>
+          <t>9786057906205</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kız Arkadaşım Dokuz Kuyruklu Bir Tilki - Set</t>
+          <t>Güçlü Soru Sorma Sanatı</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>309.9</v>
+        <v>320</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052063262</t>
+          <t>9786057906212</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Odaklanmanın Gücü</t>
+          <t>Nasip Niyete Vurgundur</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>349</v>
+        <v>260</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786052063170</t>
+          <t>9786059176996</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili Hakkında Her Şey</t>
+          <t>Sudoku 2</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052063163</t>
+          <t>9786052063637</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ritimsiz Ruh</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 7</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786052063156</t>
+          <t>9786059609722</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Kaygı Çözümleri</t>
+          <t>Sudoku Uzman Seviye 5</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786052063125</t>
+          <t>9786057906014</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca- 6</t>
+          <t>Süper Çengel Bulmaca 10</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052063187</t>
+          <t>9786057906007</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kız Arkadaşım 9 Kuyruklu Bir Tilki - 2. Kitap</t>
+          <t>Sudoku Uzman Seviye 8</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>168</v>
+        <v>190</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059609838</t>
+          <t>9786052063859</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye - 6</t>
+          <t>Hayallerin Allah’a Emanet</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059609814</t>
+          <t>9786052063873</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Dünyanın En Sevilen Bulmacası 6</t>
+          <t>Ölüme Terk Edilenler</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>190</v>
+        <v>249</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059609791</t>
+          <t>9786052063798</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca- 5</t>
+          <t>Süper Mozaik Bulmaca 2</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059609692</t>
+          <t>9786052063767</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Sızım</t>
+          <t>Sudoku Uzman Seviye 7</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059609463</t>
+          <t>9786052063774</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca-4</t>
+          <t>Süper Çengel Bulmaca 9</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059609470</t>
+          <t>9786052063651</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 5</t>
+          <t>Ölülerin Konuşmasına İzin Ver</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059609036</t>
+          <t>9786052063620</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca- 2</t>
+          <t>Süper Çengel Bulmaca 8</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052063903</t>
+          <t>9786052063583</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca-1</t>
+          <t>Hangimiz Sevmedik</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059609654</t>
+          <t>9786059609760</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Kız Arkadaşım 9 Kuyruklu Bir Tilki - 1. Kitap</t>
+          <t>Dağların Issızlığında On Binler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>168</v>
+        <v>490</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059609562</t>
+          <t>9786052063491</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 6</t>
+          <t>İçindeki Gücün Sırrı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>190</v>
+        <v>249</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059609531</t>
+          <t>9786052063538</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye - 4</t>
+          <t>Para Kazanmak Senin Elinde</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059609647</t>
+          <t>9786052063507</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Güneş</t>
+          <t>Olduğun Yerde Kal</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>299</v>
+        <v>320</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059609623</t>
+          <t>9786052063347</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili Rehberi</t>
+          <t>Benimle Boşanır mısın?</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>299</v>
+        <v>19</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059609586</t>
+          <t>9786052063323</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Son 48 Saat</t>
+          <t>Dua Kader Değiştirir</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>299</v>
+        <v>260</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059609364</t>
+          <t>9786059609487</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Numaralı Yetim</t>
+          <t>Gizli Bahçe ( 2 Kitap Set )</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>139</v>
+        <v>300</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059609524</t>
+          <t>9786052063200</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 1</t>
+          <t>Kız Arkadaşım Dokuz Kuyruklu Bir Tilki - Set</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>190</v>
+        <v>309.9</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059609548</t>
+          <t>9786052063262</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 5</t>
+          <t>Odaklanmanın Gücü</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059609579</t>
+          <t>9786052063170</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>11. Kat</t>
+          <t>Beden Dili Hakkında Her Şey</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>320</v>
+        <v>349</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059609227</t>
+          <t>9786052063163</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 2</t>
+          <t>Ritimsiz Ruh</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>190</v>
+        <v>299</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059609234</t>
+          <t>9786052063156</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 3</t>
+          <t>Korku ve Kaygı Çözümleri</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>190</v>
+        <v>349</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059609258</t>
+          <t>9786052063125</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 3</t>
+          <t>Süper Kral Bulmaca- 6</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059609241</t>
+          <t>9786052063187</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 4</t>
+          <t>Kız Arkadaşım 9 Kuyruklu Bir Tilki - 2. Kitap</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>190</v>
+        <v>168</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059609371</t>
+          <t>9786059609838</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe 2</t>
+          <t>Sudoku Uzman Seviye - 6</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>149</v>
+        <v>190</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059609210</t>
+          <t>9786059609814</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Söz Mühendisi</t>
+          <t>Sudoku Dünyanın En Sevilen Bulmacası 6</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>85</v>
+        <v>190</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059176972</t>
+          <t>9786059609791</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sakın Hata Yapma</t>
+          <t>Süper Kral Bulmaca- 5</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059609265</t>
+          <t>9786059609692</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kontrol Rehberi</t>
+          <t>Günaydın Sızım</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>349</v>
+        <v>145</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059609197</t>
+          <t>9786059609463</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 4</t>
+          <t>Süper Kral Bulmaca-4</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059609180</t>
+          <t>9786059609470</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>3:01</t>
+          <t>Süper Çengel Bulmaca 5</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059176903</t>
+          <t>9786059609036</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Einstein Gibi Düşünmek</t>
+          <t>Süper Kral Bulmaca- 2</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059176156</t>
+          <t>9786052063903</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Risk</t>
+          <t>Süper Kral Bulmaca-1</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>299</v>
+        <v>190</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059176132</t>
+          <t>9786059609654</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Limit</t>
+          <t>Kız Arkadaşım 9 Kuyruklu Bir Tilki - 1. Kitap</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>249</v>
+        <v>168</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059176149</t>
+          <t>9786059609562</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Parafili</t>
+          <t>Süper Çengel Bulmaca - 6</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059176088</t>
+          <t>9786059609531</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak Senin Elinde</t>
+          <t>Sudoku Uzman Seviye - 4</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059176095</t>
+          <t>9786059609647</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Uygulamaları</t>
+          <t>Bir Milyon Güneş</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>349</v>
+        <v>299</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059176019</t>
+          <t>9786059609623</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Denklemler</t>
+          <t>Beden Dili Rehberi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>369</v>
+        <v>299</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786056540738</t>
+          <t>9786059609586</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kurban</t>
+          <t>Son 48 Saat</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>369</v>
+        <v>299</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786056540745</t>
+          <t>9786059609364</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 3</t>
+          <t>Sekiz Numaralı Yetim</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>190</v>
+        <v>139</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786058484917</t>
+          <t>9786059609524</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Yanmış Kalemler</t>
+          <t>Sudoku Uzman Seviye 1</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>20</v>
+        <v>190</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059176545</t>
+          <t>9786059609548</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Haritalı Adam</t>
+          <t>Sudoku 5</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059609418</t>
+          <t>9786059609579</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Oyuk İğne</t>
+          <t>11. Kat</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786059609609</t>
+          <t>9786059609227</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Gizli Yüzü</t>
+          <t>Sudoku Uzman Seviye 2</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059609012</t>
+          <t>9786059609234</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 3</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059176941</t>
+          <t>9786059609258</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Soğuk Sesi</t>
+          <t>Sudoku Uzman Seviye 3</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>349</v>
+        <v>190</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786059176804</t>
+          <t>9786059609241</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Bana Seni Seviyorum Deme Evlen Benimle</t>
+          <t>Sudoku 4</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>25</v>
+        <v>190</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052063149</t>
+          <t>9786059609371</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Son 10 Saniye</t>
+          <t>Gizli Bahçe 2</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>320</v>
+        <v>149</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059176330</t>
+          <t>9786059609210</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Etki</t>
+          <t>Söz Mühendisi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059176934</t>
+          <t>9786059176972</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Acımasız</t>
+          <t>Sakın Hata Yapma</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>369</v>
+        <v>349</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059176958</t>
+          <t>9786059609265</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Maeve Kerrigan Serisi 1 - 5. Kurban</t>
+          <t>Öfke Kontrol Rehberi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>369</v>
+        <v>349</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
+          <t>9786059609197</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 4</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9786059609180</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>3:01</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9786059176903</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Gibi Düşünmek</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9786059176156</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Risk</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9786059176132</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Sınırsız Limit</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786059176149</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Parafili</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9786059176088</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Var Olmak Senin Elinde</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786059176095</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9786059176019</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Denklemler</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9786056540738</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Kurban</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9786056540745</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 3</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786058484917</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ile Yanmış Kalemler</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786059176545</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Haritalı Adam</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786059609418</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Arsen Lüpen: Oyuk İğne</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786059609609</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Gizli Yüzü</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786059609012</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9786059176941</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Soğuk Sesi</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9786059176804</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Bana Seni Seviyorum Deme Evlen Benimle</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786052063149</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Son 10 Saniye</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9786059176330</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Etki</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9786059176934</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Acımasız</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786059176958</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Maeve Kerrigan Serisi 1 - 5. Kurban</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
           <t>9786059609708</t>
         </is>
       </c>
-      <c r="B518" s="1" t="inlineStr">
+      <c r="B540" s="1" t="inlineStr">
         <is>
           <t>Evrenin Ötesi</t>
         </is>
       </c>
-      <c r="C518" s="1">
+      <c r="C540" s="1">
         <v>299</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>