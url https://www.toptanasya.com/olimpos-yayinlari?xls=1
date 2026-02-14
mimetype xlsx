--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,8125 +85,11665 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258729108</t>
+          <t>9786258729375</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şarkısı - Lakefront Milyarderleri 2</t>
+          <t>Sen İhtimali</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258729061</t>
+          <t>9786258729337</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Bağlılık - Windsor Ailesi 3</t>
+          <t>Biz Şimdi Neyiz?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>349</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258729221</t>
+          <t>9786258729290</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi - Film Özel Baskı</t>
+          <t>Süper Çengel Bulmaca 25</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258729122</t>
+          <t>9786258729283</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dize Getirilen Dük</t>
+          <t>Süper Çengel Bulmaca 24</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>8785452412008</t>
+          <t>9786258729276</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Aşık Serisi (3 Kitap Kutulu)</t>
+          <t>Süper Çengel Bulmaca 23</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>890</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>8785452411308</t>
+          <t>9786258729269</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Josie Quinn Serisi (3 Kitap Kutulu)</t>
+          <t>Süper Çengel Bulmaca 22</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>930</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>8785452412510</t>
+          <t>9786258729252</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>All Saints Lisesi Serisi (4 Kitap Kutulu)</t>
+          <t>Süper Çengel Bulmaca 21</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8785452411353</t>
+          <t>9786258729177</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Alfred Adler Seti 3 (3 Kitap Kutulu)</t>
+          <t>Zodyak Akademi 1 - Uyanış (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>560</v>
+        <v>700</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255919953</t>
+          <t>9786258729160</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Düşman</t>
+          <t>Zodyak Akademi 1 - Uyanış</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>349</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255919878</t>
+          <t>8785452411841</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Bağlar</t>
+          <t>Sudoku Uzman Seviye 5 Kitap Set</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255919854</t>
+          <t>8785452416020</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Şövalye ve Güve</t>
+          <t>Sudoku Uzman Seviye 5 Kitap Set</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>349</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255919939</t>
+          <t>8785452414569</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Prensim</t>
+          <t>Sudoku Uzman Seviye 5 Kitap Set</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>390</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255919946</t>
+          <t>8785452416068</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Prensim (Ciltli)</t>
+          <t>Jane Casey Maeve Kerrigan Serisi Tüm Kitaplar - Kutulu Set</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>499</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255919861</t>
+          <t>8785451413334</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şövalye ve Güve (Ciltli)</t>
+          <t>Knut Hamsun 3 Kitap Set</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>490</v>
+        <v>249.9</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255919885</t>
+          <t>9786258043198</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Bağlar (Ciltli)</t>
+          <t>Mandala (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>490</v>
+        <v>159.9</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255919960</t>
+          <t>9786258043181</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir Düşman (Ciltli)</t>
+          <t>Panait Istrati (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>490</v>
+        <v>329.9</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255919908</t>
+          <t>9786059176170</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Marina Fisher Ne Saklıyor?</t>
+          <t>Renklerin Büyüsü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255919892</t>
+          <t>9786057906915</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Erkek Arkadaş</t>
+          <t>Dünya Klasikleri 6'lı Set</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>479.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255919700</t>
+          <t>9786258043280</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Uluduğu Yer (Ciltli)</t>
+          <t>Arsen Lüpen Set 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>650</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255919694</t>
+          <t>9786052063422</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Uluduğu Yer</t>
+          <t>Son 10 Saniye (Özel Baskı) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>450</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255919847</t>
+          <t>9786052063460</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kurtların Uluduğu Yer - Özel Baskı (Ciltli)</t>
+          <t>Gerçeklerle Yüzleşme Vakti 3:01Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>650</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255919748</t>
+          <t>9786059609142</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Derin Kesikleri (Ciltli)</t>
+          <t>Boyuyorum İngilizce Öğreniyorum 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>490</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255919755</t>
+          <t>9786055433994</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Düğün</t>
+          <t>Kral Bulmaca 2</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>299</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255919731</t>
+          <t>9786052063477</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Derin Kesikleri</t>
+          <t>Ölümcül Risk - Özel Baskı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>299</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255919687</t>
+          <t>9786052063446</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hayalperest</t>
+          <t>Haritalı Adam - Özel Baskı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>299</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255919762</t>
+          <t>9786258043297</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hayaletin Sıcak Elleri</t>
+          <t>Kırıldığın Yerden Çiçek Açacaksın</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255919724</t>
+          <t>3035052021119</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aynı Ağacın Gölgesinde</t>
+          <t>Sigmund Freud 10 Kitap Set</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>341</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255919717</t>
+          <t>9786057404718</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ben Ölmeden Önce</t>
+          <t>Bibury Cadısı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>299</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>8785452415504</t>
+          <t>9786057404787</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kanat - 3 Kitaplık Kutulu Set</t>
+          <t>Acıyla Evli</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1670</v>
+        <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255919595</t>
+          <t>9786258043020</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sadakat ve İhanet Arasında</t>
+          <t>Akdeniz</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>349</v>
+        <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255919632</t>
+          <t>9786258043006</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Cadı - Muhafız Cadılar</t>
+          <t>Kira Kiralina</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255919649</t>
+          <t>9786057906601</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kurt ve Cadı - Muhafız Cadılar (Ciltli)</t>
+          <t>Anlat Sen Seversin Yalanı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>420</v>
+        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255919670</t>
+          <t>9786057906168</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçinin Düğünü</t>
+          <t>Kün Fe Yekün</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>199</v>
+        <v>28</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>8785452416877</t>
+          <t>9786057906281</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Murdle (3 Kitaplık Kutulu Set)</t>
+          <t>Sen Gibi Değil</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>930</v>
+        <v>28</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>8785452416860</t>
+          <t>9786052063590</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Yarışı Serisi (4 Kitap Kutulu Set)</t>
+          <t>Mirasçılar (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255919557</t>
+          <t>9786052063521</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sana Ulaşmaması Dileğiyle</t>
+          <t>Mirasçılar - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>299</v>
+        <v>42</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255919540</t>
+          <t>9786052063514</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen</t>
+          <t>Zehirci - Kingfountain Serisi 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>35</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255919533</t>
+          <t>9786057906274</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hiçbir Şey Göründüğü Gibi Değil</t>
+          <t>Kişisel Gelişim Set 2 (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255919564</t>
+          <t>9786057906267</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Aşk Projesi - Lakefront Milyarderleri - 1</t>
+          <t>Kişisel Gelişim Set 1 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>349</v>
+        <v>155</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255919441</t>
+          <t>9786052063644</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Son Mektup</t>
+          <t>Senin İçin Geldim</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>349</v>
+        <v>38</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255919472</t>
+          <t>9786057906076</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sana Teslim Oldum</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>320</v>
+        <v>99</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255919465</t>
+          <t>9786057906250</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Miraç Çağrı Aktaş Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>349</v>
+        <v>120</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256411432</t>
+          <t>9786052063842</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dreamland Milyarderleri Set Kutulu</t>
+          <t>Peki!</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1067</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258043525</t>
+          <t>9786052063743</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Meral Kır - Sancaktar Serisi (5 Kitap Takım)</t>
+          <t>Üç Derin Nefes</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>780</v>
+        <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258043037</t>
+          <t>9786059609517</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Elizabeth and Margaret</t>
+          <t>Süper Bulmaca &amp; Zeka Oyunları 2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>249</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057436757</t>
+          <t>9786052063705</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Kurbanın Adını Söyle</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>139</v>
+        <v>35</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257135573</t>
+          <t>9786052063712</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Beth Revis Seti (3 Kitap Takım)</t>
+          <t>Kutsal Üçlemenin Sırrı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>620</v>
+        <v>32</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059609678</t>
+          <t>9786052063194</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Gölgesi Evrenin Ötesi Üçlemesi -3-</t>
+          <t>Fakat İyi Aldandık</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>299</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257135665</t>
+          <t>9786052063217</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ölüm - Derin Düşünceler</t>
+          <t>Yağmur’un Gözyaşları</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257135658</t>
+          <t>9786052063002</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk - Derin Düşünceler</t>
+          <t>Sendeki Ben</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>75</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257135641</t>
+          <t>9786056540783</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dostluk - Derin Düşünceler</t>
+          <t>Erkeklere (?) Ölüm</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>75</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257135672</t>
+          <t>9786055098377</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aşk - Derin Düşünceler</t>
+          <t>Yasak</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>75</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057906847</t>
+          <t>9786055098261</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Franz Kafka Seti (6 Kitap)</t>
+          <t>S*ktirgitli Aşklar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>649</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057906434</t>
+          <t>9786052063750</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Alice Cheongdamdong'da 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>189</v>
+        <v>42</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255919328</t>
+          <t>9786052063682</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Senden Vazgeçemem</t>
+          <t>Süper Kare Bulmaca 5</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>349</v>
+        <v>120</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255919335</t>
+          <t>9786052063668</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Eşyalara Yolculuk</t>
+          <t>Sana Güvenmiştim</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255919311</t>
+          <t>9786052063309</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bir Annenin Mezarı</t>
+          <t>Bir Çay Kaşığı Toprak ve Deniz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>299</v>
+        <v>35</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255919380</t>
+          <t>9786052063279</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 15</t>
+          <t>Hassas Anne</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255919373</t>
+          <t>9786057906137</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 14</t>
+          <t>Bir Kadın Ağladığında</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>190</v>
+        <v>27</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255919366</t>
+          <t>9786052063835</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 13</t>
+          <t>Esaretten Kurtuluş Musa - 2</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255919410</t>
+          <t>9786059609739</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 15</t>
+          <t>Avuçlarıma Konan Yıldızlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>190</v>
+        <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255919403</t>
+          <t>9786059609807</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 14</t>
+          <t>Cansu ile Lezzetli Sunumlar (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255919397</t>
+          <t>9786057906038</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 13</t>
+          <t>Gülümseyebilmek</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059176767</t>
+          <t>9786052063828</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sudoku</t>
+          <t>Esaretten Kurtuluş - Musa 1</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>190</v>
+        <v>45</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255919274</t>
+          <t>9786052063811</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Elf Kraliçesi Çok Yaşa (Ciltli)</t>
+          <t>Birazcık Evli</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>490</v>
+        <v>32</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255919250</t>
+          <t>9786052063804</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Bağlar (Ciltli)</t>
+          <t>Adam Sandıklarımız</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>490</v>
+        <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255919236</t>
+          <t>9786052063699</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yeminler Evi (Ciltli)</t>
+          <t>Artık Kimsenin Hiç Kimsesi Olmayacağım</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>499</v>
+        <v>27</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255919175</t>
+          <t>9786052063484</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yılan Denizi (Ciltli)</t>
+          <t>On Derste Allah’ı Buldum</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>499</v>
+        <v>20</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255919205</t>
+          <t>9786059609777</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yeminler (Ciltli)</t>
+          <t>Akıl Tutulması</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>499</v>
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255919199</t>
+          <t>9786052063613</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yeminler</t>
+          <t>Sıfır Teorisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>389</v>
+        <v>40</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255919168</t>
+          <t>9786052063224</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yılan Denizi</t>
+          <t>Mirasçılar (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>389</v>
+        <v>63</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255919212</t>
+          <t>9786059609845</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Varis</t>
+          <t>Süper Kare Bulmaca 4</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>299</v>
+        <v>120</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255919243</t>
+          <t>9786052063729</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Bağlar</t>
+          <t>Sıra Dışı İşaret</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>320</v>
+        <v>32</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255919229</t>
+          <t>9786052063736</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yeminler Evi</t>
+          <t>Ölümcül Paradoks</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>389</v>
+        <v>32</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255919267</t>
+          <t>9786052063552</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Elf Kraliçesi Çok Yaşa</t>
+          <t>Bu Şarkı Bizim Olsun</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>349</v>
+        <v>20</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255919182</t>
+          <t>9786052063606</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sözde Evlilik</t>
+          <t>Cebimdeki Gözyaşları (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>319</v>
+        <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255919090</t>
+          <t>9786059609883</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Varis</t>
+          <t>Kendine Yabancı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>349</v>
+        <v>35</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255919113</t>
+          <t>9786059609685</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gavin Parrie Masum mu?</t>
+          <t>Ömür Akkor ile Osmanlı'dan Günümüze Türk Mutfağı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>349</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255919137</t>
+          <t>9786052063330</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İş Arkadaşı</t>
+          <t>Alice Cheongdamdong'da 1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>299</v>
+        <v>45</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255919120</t>
+          <t>9786052063781</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir Anda Yok Oldu</t>
+          <t>Süper Şifreli Metin Bulmaca 2</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>299</v>
+        <v>20</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255919106</t>
+          <t>9786052063361</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ailede Bir Yabancı</t>
+          <t>Otuzundan Sonra</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>349</v>
+        <v>25</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>8785452411117</t>
+          <t>9786052063354</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Özkan 3 Kitap Set</t>
+          <t>Yine de Sevdik</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258043556</t>
+          <t>9786052063316</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Songül Ünsal Seti - 6 Kitap Takım</t>
+          <t>Tanrının Kırbacı Attila (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>830</v>
+        <v>79.9</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258043570</t>
+          <t>3990000072013</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Songül Ünsal Seti 2 - 3 Kitap Takım</t>
+          <t>Kral Bulmaca Özel Cilt 3</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>410</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258043532</t>
+          <t>9786059609432</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Nebi Yıldız Seti - 3 Kitap Takım</t>
+          <t>Süper Mozaik Bulmaca 1</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>410</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258043518</t>
+          <t>9786059609449</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 5 (3 Kitap Takım)</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 10</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>474.9</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258043471</t>
+          <t>9786059609456</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 4 - 3 Kitap Takım</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 9</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>494.9</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258043501</t>
+          <t>9786052063293</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 3 - 3 Kitap Takım</t>
+          <t>Sensiz Bir Hayat</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>479.9</v>
+        <v>40</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258043464</t>
+          <t>9786052063132</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 2 - 3 Kitap Takım</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 12</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>469.9</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258043495</t>
+          <t>9786059609661</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Seti 1 - 3 Kitap Takım</t>
+          <t>Vasiyetname</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>449.9</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258043129</t>
+          <t>9786059609630</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Polisiye Set 2 (3 Kitap Takım)</t>
+          <t>Dolunay Operasyonu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>489.9</v>
+        <v>70</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258043228</t>
+          <t>9786059609746</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Filozoflar Serisi (6 Kitap Takım)</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 6</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>529.9</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258043075</t>
+          <t>2789788611131</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim (5 Kitap Takım)</t>
+          <t>Otuzundan Sonra (İmzalı)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>824.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258043105</t>
+          <t>2789788611124</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Polisiye Set 4 (3 Kitap Takım)</t>
+          <t>Yine de Sevdik (İmzalı)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>404.9</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258043112</t>
+          <t>9786052063101</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Polisiye Set 1 (3 Kitap Takım)</t>
+          <t>Prensesim (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>539.9</v>
+        <v>45</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258043099</t>
+          <t>9786052063095</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Polisiye Set 3 (3 Kitap Takım)</t>
+          <t>Ölümsüzlük Arayışı Gılgameş</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>549.9</v>
+        <v>55</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258043068</t>
+          <t>9786059609784</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bestseller Polisiye Seti (5 Kitap Takım)</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 11</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>990</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258043266</t>
+          <t>9786059609173</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Derin Düşünceler Set (5 Kitap Takım)</t>
+          <t>Sil Baştan</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>349.9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057906229</t>
+          <t>9786059176262</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kavgam</t>
+          <t>Rüyalar Gerçek Oldu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>209</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052063545</t>
+          <t>9786059176255</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Anlaşıldık</t>
+          <t>Rüyalar Gerçek Olsa</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>145</v>
+        <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052063248</t>
+          <t>9786052063255</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Sesini Dinle</t>
+          <t>İnanna: Bir Tanrıçanın Yolculuğu</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>30</v>
+        <v>55</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059176828</t>
+          <t>9786052063286</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Seti - 5 Kitap Takım Kutulu</t>
+          <t>Matrix ve Felsefe</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>939.9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059609593</t>
+          <t>9786059176187</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Manastır</t>
+          <t>Renklerin Gizemi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057906908</t>
+          <t>9786257135313</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hayat Senin Adın</t>
+          <t>Renklerin Büyüsü</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057906632</t>
+          <t>9786059176194</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Umudun Beşinci Mevsimi</t>
+          <t>Renklerin Hayali</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>145</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057906687</t>
+          <t>9786059176200</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yarın Ola Hayrola</t>
+          <t>Renklerin Melodisi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>145</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257135955</t>
+          <t>9786059176217</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zor Zamanlar Güzel Kapılar Açar</t>
+          <t>Renklerin Sihri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>145</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057906120</t>
+          <t>9786055433970</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kaktüsler de Çiçek Açar</t>
+          <t>Süper Bulmaca ve Zeka Oyunları Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>145</v>
+        <v>109.9</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052063941</t>
+          <t>9786059609555</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Genetik Komplo</t>
+          <t>Süper Kare Bulmaca 2</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>179</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259568188</t>
+          <t>9786059176569</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Demir Çiçek (Ciltli)</t>
+          <t>Komplo</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>499</v>
+        <v>85</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786259568171</t>
+          <t>9786059176576</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Demir Çiçek</t>
+          <t>Kalbimizin Not Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>399</v>
+        <v>25</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786259568133</t>
+          <t>9786059176323</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bıraktığımız Şeyler</t>
+          <t>İki Ada Bir Kadın</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>349</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786259568157</t>
+          <t>9786059176231</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Öteki Gelin</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>319</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786259568140</t>
+          <t>9786055098100</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Eski Kitapların Yankısı</t>
+          <t>Bir Çay Kaşığı Toprak ve Deniz</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>349</v>
+        <v>35</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255919014</t>
+          <t>9786059176811</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Murdle/ Cilt-3</t>
+          <t>Miraç Çağrı Aktaş Set Kutu</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>69.9</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255919007</t>
+          <t>9786059176101</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Murdle/ Cilt-2</t>
+          <t>Gizemli Dünya</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786259568126</t>
+          <t>9786059176118</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Murdle/ Cilt-1</t>
+          <t>Hayal Dünyası</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255919052</t>
+          <t>9786059176125</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alışkanlıkların Anahtarı Senin Elinde</t>
+          <t>Sihirli Dünyam</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>249</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786259568164</t>
+          <t>9786056540714</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kilitli Kapı</t>
+          <t>Beyaza Tutsak</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>299</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786259731940</t>
+          <t>9786056540790</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Bıçağı (Ciltli)</t>
+          <t>Bana Seni Seviyorum Deme Hissettir</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>499</v>
+        <v>35</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256029941</t>
+          <t>9786059609852</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şehir (Ciltli)</t>
+          <t>Parla</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>499</v>
+        <v>19</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259731957</t>
+          <t>9786059609869</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bir Kraliçe Doğuyor (Ciltli)</t>
+          <t>Tanrının Kırbacı Attila 1</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>499</v>
+        <v>55</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059176613</t>
+          <t>9786059609876</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Oniks Fırtına (Ciltli)</t>
+          <t>Tanrının Kırbacı Attila 2</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>790</v>
+        <v>55</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786259731971</t>
+          <t>9786059609302</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İlgi</t>
+          <t>Edgar Casey Akademisi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>199</v>
+        <v>35</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786259731988</t>
+          <t>9786059176989</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nevroz Problemleri</t>
+          <t>Bereketli Soframız</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>170</v>
+        <v>30</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786259731964</t>
+          <t>9786059176927</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bayan R. Vakası</t>
+          <t>Bana Bir Masal Anlatsana</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>199</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057906564</t>
+          <t>9786059176729</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 20</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 8</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057906939</t>
+          <t>9786059176002</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 19</t>
+          <t>Bana Seni Seviyorum Deme Sev</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786259731995</t>
+          <t>9786056540752</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 18</t>
+          <t>Akıllı Kadınlar Yanlış Seçimler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052063576</t>
+          <t>9786059609715</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 17</t>
+          <t>Süper Kare Bulmaca 3</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057906380</t>
+          <t>9786059609616</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 16</t>
+          <t>Aklını En İyi Şekilde Kullan</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256029972</t>
+          <t>9786059609289</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bir Kraliçe Doğuyor</t>
+          <t>Mandalina ve Umut</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>389</v>
+        <v>32</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256029996</t>
+          <t>9786059609272</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Esaret Altındaki İlişkiler</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256029903</t>
+          <t>9786059609166</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kadim Şehir</t>
+          <t>Yemin Bozdum Yolunda (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>389</v>
+        <v>35</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256029965</t>
+          <t>9786059176842</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>On Bir’i Yok Etmek</t>
+          <t>Yapay Düş</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>299</v>
+        <v>38</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256029989</t>
+          <t>9786055098353</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Bıçağı</t>
+          <t>Aklını En İyi Şekilde Kullan</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>389</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786259731902</t>
+          <t>9786059176910</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tek Dileğim Sensin</t>
+          <t>Bizim Tanışmamız Lazım</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>299</v>
+        <v>22</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052063880</t>
+          <t>9789750178054</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Aldatma</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>235</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257135832</t>
+          <t>9786059609395</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Ebeveynlik</t>
+          <t>Bilmem Seviyor Gibiydi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>299</v>
+        <v>22</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>8785452413333</t>
+          <t>9786059609388</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye Seti 2 - 4 Kitap Takım</t>
+          <t>Sen On Yedi Yaşımsın</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>730</v>
+        <v>26.54</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>8785452415559</t>
+          <t>9786059609296</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 5 Kitap Set</t>
+          <t>Bizim Sevmemiz Lazım</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>915</v>
+        <v>22</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258043549</t>
+          <t>9786059176798</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Rolan Seti - 3 Kitap Takım</t>
+          <t>Bana Ellerini Ver</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>490</v>
+        <v>22</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057906878</t>
+          <t>9786059176286</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı İyilik Kurtaracak</t>
+          <t>Aşk-ı Kıyamet</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059609821</t>
+          <t>9786059176293</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 7</t>
+          <t>Raslantı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>190</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786056540707</t>
+          <t>9786056540776</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 2</t>
+          <t>Bırakma Ellerimi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>190</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257135634</t>
+          <t>9786056540769</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık - Derin Düşünceler</t>
+          <t>İngiliz Gelin Annabel</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>75</v>
+        <v>19</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057906953</t>
+          <t>9786056540721</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Günümüz Türkçesiyle)</t>
+          <t>Bilinmeyen Serisi : Tesadüfler</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>129</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057906823</t>
+          <t>9786055098360</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti</t>
+          <t>Üç Buçuk Atan Aşklar (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>610</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256029958</t>
+          <t>9786058484900</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Oniks Fırtına</t>
+          <t>Geceyi Keşfet</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>590</v>
+        <v>20</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>8785452412589</t>
+          <t>3990000055612</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Demir Alev (Ciltli-Kutulu Set)</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 4</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1160</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256411074</t>
+          <t>3990000055613</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Rekabet (Ciltli)</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 5</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>490</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256029934</t>
+          <t>3990000055611</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mahkum</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 3</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>299</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256029910</t>
+          <t>9786056530388</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kitabevi</t>
+          <t>Polisiye Gerilim Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>320</v>
+        <v>54.63</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256029927</t>
+          <t>9786056530319</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eylül Evi</t>
+          <t>Historical Romans Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>320</v>
+        <v>51.85</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052063989</t>
+          <t>9786056530371</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Rekabet</t>
+          <t>Aşk Romanları Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>349</v>
+        <v>48.15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256411104</t>
+          <t>3990000027953</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Seni Kaybedemem</t>
+          <t>Yetişkinler İçin Sudoku (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>260</v>
+        <v>85.65</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256029781</t>
+          <t>9786056530395</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İlişki Durumu Karışık</t>
+          <t>Romans Dizisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>299</v>
+        <v>54.63</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256029880</t>
+          <t>9786055098315</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Yarasıdır Aile</t>
+          <t>Kader Ağları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>260</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>8785452413432</t>
+          <t>3990000063945</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mapple Hills Serisi</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 2</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>999</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>8785452412381</t>
+          <t>9786059609753</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun Kardeşliği Serisi</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 7</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>990</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256029798</t>
+          <t>9786059609203</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kanat Defter (Ciltli)</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 1</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>299</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256029682</t>
+          <t>9786058484924</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Bağlar</t>
+          <t>Kızkafası</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>320</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256029699</t>
+          <t>9786058484931</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Bağlar (Ciltli)</t>
+          <t>Tahrik</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>490</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256029651</t>
+          <t>9786056530296</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Parçalanma</t>
+          <t>Masum Koza</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>319</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256029705</t>
+          <t>9786059609425</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Marigold Kalp Fotoğrafçısı</t>
+          <t>Arsen Lüpen - Herlock Sholmes'e Karşı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>249</v>
+        <v>40</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256029675</t>
+          <t>9786059176248</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Daydream</t>
+          <t>Kalp Hırsızı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>349</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256029668</t>
+          <t>9786055098063</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Boğulan Kadın</t>
+          <t>Süper Şifreli Metin Bulmaca</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>299</v>
+        <v>22</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256029828</t>
+          <t>9786059609494</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Rosie ve Rüyaların Romeo’su - Beklenmedik Karşılaştırmalar 3</t>
+          <t>Süper Kare Bulmaca 1</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>149</v>
+        <v>45</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>8785452413739</t>
+          <t>9786055098087</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Karşılaşmalar Serisi Kutulu Set - 6 Kitap</t>
+          <t>Karanlığın Ateşi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>899</v>
+        <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256029859</t>
+          <t>9786059176309</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sevgililer Günü Masalı - Beklenmedik Karşılaşmalar 6</t>
+          <t>Sen Benim Kaderimsin</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>159</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256029842</t>
+          <t>9786059176316</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Şans Oyunu - Beklenmedik Karşılaşmalar 5</t>
+          <t>Destan</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>149</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256029835</t>
+          <t>3990000019373</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bir Kaza - Beklenmedik Karşılaşmalar 4</t>
+          <t>Gizli Bahçe 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>149</v>
+        <v>35</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256029811</t>
+          <t>9786257135740</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Kötü Ekürisi - Beklenmedik Karşılaşmalar 2</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>149</v>
+        <v>38</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256029804</t>
+          <t>9786257135702</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kuralın İstisnası - Beklenmedik Karşılaşmalar 1</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>179</v>
+        <v>20</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256029637</t>
+          <t>9786257135733</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Öpücük</t>
+          <t>Geçmiş Susarak Silinmez</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>299</v>
+        <v>38</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256029613</t>
+          <t>9786257135542</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Tutkum</t>
+          <t>Çok Şeyden Habersizdim</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>369</v>
+        <v>145</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256029590</t>
+          <t>9786257135320</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Güneş Getiren</t>
+          <t>Tılsımlı Renkler - Mandala</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>349</v>
+        <v>25</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256029712</t>
+          <t>9786057906991</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>D Koğuşu</t>
+          <t>İntibah (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>299</v>
+        <v>90</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256029606</t>
+          <t>9786057906304</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çarpıcı Güzellik</t>
+          <t>Goblin 1. Kitap</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>299</v>
+        <v>168</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258043822</t>
+          <t>9786057906649</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bir Kayıp Daha</t>
+          <t>Ne Kadar Uzak O Kadar Yakın</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>38</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258043853</t>
+          <t>9771309862101</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Güneşgetiren (Ciltli)</t>
+          <t>Kral Bulmaca Sayı: 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>490</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256029620</t>
+          <t>9786057906748</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Tutkum (Ciltli)</t>
+          <t>Herşey Senin İçin</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>490</v>
+        <v>25</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>8785452415139</t>
+          <t>9786052063675</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi Serisi - 3 Kitaplık Kutulu Set</t>
+          <t>Süper Bulmaca ve Zeka Oyunları 13</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>930</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>8785451415154</t>
+          <t>9786052063972</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud 5 Kitaplık Kutulu Set</t>
+          <t>Alice Cheongdamdong'da Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>870</v>
+        <v>70</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256029491</t>
+          <t>9786051102219</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzmanı Seviye 12</t>
+          <t>Kore Kitapları Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>190</v>
+        <v>324.07</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256029484</t>
+          <t>9786057906731</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzmanı Seviye 11</t>
+          <t>Bir İnattır Yaşamak</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>190</v>
+        <v>27</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256029477</t>
+          <t>9786057906298</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzmanı Seviye 10</t>
+          <t>Bizden Sonra Ben</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256029460</t>
+          <t>9786057906045</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzmanı Seviye 9</t>
+          <t>Araf’ta Çay Çekirdek</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>190</v>
+        <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256411081</t>
+          <t>9786057906052</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cadı</t>
+          <t>Rötarsız Kariyer</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>399</v>
+        <v>35</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256029538</t>
+          <t>9786052063934</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Cadı (Ciltli)</t>
+          <t>Adanmış Hayatlar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>499</v>
+        <v>35</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256029507</t>
+          <t>9786257135979</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bu Defa Sahiden</t>
+          <t>Yolun Ortasından Sesleniyorum</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>299</v>
+        <v>85</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256029514</t>
+          <t>9786055433338</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Bitiş Çizgisi</t>
+          <t>Sevgi Denizi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>369</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256029545</t>
+          <t>9786055433673</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi İzliyor</t>
+          <t>Sen Yokken</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>320</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057906571</t>
+          <t>9786058860827</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri - Palto - Burun</t>
+          <t>Selvinin Gölgesinde</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>129</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>8785452412558</t>
+          <t>9786055433611</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Bağlar - Kutulu Set (Ciltli)</t>
+          <t>Parıltı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>999</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256029354</t>
+          <t>9786058860841</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Villa</t>
+          <t>Ölümsüz Aşk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>299</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256029330</t>
+          <t>9786055433581</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Bağlar</t>
+          <t>Ölmeden Önce Son Ders</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>299</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256029392</t>
+          <t>9786055433543</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Gümüş İpleri</t>
+          <t>Mango Sokağı’ndaki Ev</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>320</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256029378</t>
+          <t>9786058860803</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Maeve Kerrigan Serisi 10 - Çıkmaz</t>
+          <t>Lüks</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>349</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256029385</t>
+          <t>9786055433659</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir İhtimal Daha</t>
+          <t>Lady Chatterley’in Aşığı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>299</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256029361</t>
+          <t>9786055433536</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aileden Kalanlar</t>
+          <t>Kraliçe’nin Piyonu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>320</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256029347</t>
+          <t>9786055433871</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Bağlar (Ciltli)</t>
+          <t>Yedi Gün Yedi Gece</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>490</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256029408</t>
+          <t>9786055433321</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Gümüş İpleri (Ciltli)</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>490</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256029149</t>
+          <t>3990000016070</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Edebiyat Üzerine Yazılar</t>
+          <t>Kıvılcım</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>220</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256029163</t>
+          <t>9786055433314</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci’nin Psikanalitik Biyografisi</t>
+          <t>Kırık Kalpler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>160</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786256029156</t>
+          <t>9786055433956</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanılsamanın Geleceği ve Neden Savaş?</t>
+          <t>Katran Karası</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>160</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256029132</t>
+          <t>9786055433888</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Bir Histeri Vakası Analizi</t>
+          <t>Kana Susamış</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256029170</t>
+          <t>9786058860858</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Günlüğü</t>
+          <t>Kan Yemini</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>199</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256029200</t>
+          <t>9786055433512</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yıkım Krallığı</t>
+          <t>İlişkiler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>349</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256029187</t>
+          <t>9786055433987</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Leydi Tan’ın Kadın Çemberi</t>
+          <t>İçimin Tavan Arasındayım</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>349</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256029194</t>
+          <t>9786055433550</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma</t>
+          <t>Çan</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>319</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256029125</t>
+          <t>9786055433505</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İki Çarpık Taç (Ciltli)</t>
+          <t>Cehennem Taşı</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>490</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>8785452412596</t>
+          <t>9786055433291</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dikenler Şehri Serisi - Kutulu Set</t>
+          <t>Casuslar Kitabı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>800</v>
+        <v>35</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>8785452412565</t>
+          <t>9786058860810</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Adam Fawley Serisi 3 Kitap - Kutulu Set</t>
+          <t>Aşk Falcısı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>900</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256029101</t>
+          <t>9786058860834</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Demir Alev (Ciltli)</t>
+          <t>Aşk Biterse</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>790</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256029118</t>
+          <t>9786055433529</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İki Çarpık Taç</t>
+          <t>Askerin Karısı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>349</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256029095</t>
+          <t>9786059609401</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Demir Alev</t>
+          <t>Arsen Lüpen - Kibar Hırsız</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>590</v>
+        <v>115</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256029057</t>
+          <t>9786055433598</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Baharat Yolu (Ciltli)</t>
+          <t>6. His</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>490</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256029026</t>
+          <t>9786057906717</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Elf Kraliçesi'ne İtaat Edeceksiniz (Ciltli)</t>
+          <t>Batı’nın İmparatoru Büyük Şarlman</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>499</v>
+        <v>55</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258043877</t>
+          <t>9786057906540</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Marigold Kalp Çamaşırhanesi</t>
+          <t>Kendine Hoş Geldin</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>249</v>
+        <v>25</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256029033</t>
+          <t>9786052063965</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kendine Üç Adım</t>
+          <t>Uruk Aslanı Gılgameş</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>320</v>
+        <v>55</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258043907</t>
+          <t>9786052063866</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kız</t>
+          <t>İlişki Durumu: Çevrimiçi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>320</v>
+        <v>32</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256029019</t>
+          <t>9786052063569</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Elf Kraliçesi’ne İtaat Edeceksiniz</t>
+          <t>Geçmişe Teşekkür Geleceğe Şükür</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>389</v>
+        <v>25</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256029040</t>
+          <t>9786052063958</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Baharat Yolu</t>
+          <t>Kahve Prensi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>349</v>
+        <v>45</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786256029002</t>
+          <t>9786052063927</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Aile İçi Cinayet</t>
+          <t>Ekşi Vişneler Gibi Küçük Neşeler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>369</v>
+        <v>38</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256411906</t>
+          <t>9786057906021</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Bir Varis Yükseliyor - Ciltli</t>
+          <t>Bir Şansım Olsun</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>490</v>
+        <v>35</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786256411036</t>
+          <t>9786052063910</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Cadı Toplayıcısı - Ciltli</t>
+          <t>Candan Öte</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>490</v>
+        <v>30</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258043891</t>
+          <t>9786052063897</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Çarpan Yürekler Evi - Ciltli</t>
+          <t>Çarpışma</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>499</v>
+        <v>30</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258043815</t>
+          <t>9786057906786</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Lordu - Ciltli</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>430</v>
+        <v>109</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258043938</t>
+          <t>8785452413555</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Dikenler Şehri - Ciltli</t>
+          <t>Sudoku Dünyanın En Sevilen Bulmacası 5 Kitap Set</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>430</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258043792</t>
+          <t>8785452418024</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar Bahçesi - Ciltli</t>
+          <t>Sudoku Dünyanın En Sevilen Bulmacası 5 Kitap Set</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256411098</t>
+          <t>8785452415146</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Ruhunuzun Haritası</t>
+          <t>Freida Mcfadden - 5 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>320</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258043884</t>
+          <t>8785452417072</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çarpan Yürekler Evi</t>
+          <t>Romantik Temalı Yeni Yıl Kutusu (3 Kitap)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>389</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786256411050</t>
+          <t>8785452410318</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Cadı Toplayıcısı</t>
+          <t>Canavarlar Üçlemesi (3 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>349</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256411890</t>
+          <t>9786258729184</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bir Varis Yükseliyor</t>
+          <t>Noel'de Sonsuz Aşk</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>349</v>
+        <v>420</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>8785452412022</t>
+          <t>9786258729115</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 5 Kitap - Kutulu Set</t>
+          <t>Murdle Kayıp Noel Baba</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>915</v>
+        <v>450</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256411128</t>
+          <t>9786258729108</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar Bahçesi</t>
+          <t>Aşk Şarkısı - Lakefront Milyarderleri 2</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786256411111</t>
+          <t>9786258729061</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Felix Evi'nde Neler Oldu?</t>
+          <t>Zorunlu Bağlılık - Windsor Ailesi 3</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256411012</t>
+          <t>9786258729221</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Aura</t>
+          <t>Hizmetçi - Film Özel Baskı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786256411968</t>
+          <t>9786258729122</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Elveda Yorgunluk</t>
+          <t>Dize Getirilen Dük</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>249</v>
+        <v>420</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786256411876</t>
+          <t>8785452412008</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Wildfire</t>
+          <t>Lanetli Aşık Serisi (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>319</v>
+        <v>990</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256411937</t>
+          <t>8785452411308</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bir Kahraman</t>
+          <t>Dedektif Josie Quinn Serisi (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>389</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786256411944</t>
+          <t>8785452412510</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bir Kahraman (Ciltli)</t>
+          <t>All Saints Lisesi Serisi (4 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>499</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256411951</t>
+          <t>8785452411353</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sakın Yalan Söyleme</t>
+          <t>Alfred Adler Seti 3 (3 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>299</v>
+        <v>560</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786256411005</t>
+          <t>9786255919953</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 5</t>
+          <t>Eski Bir Düşman</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256411975</t>
+          <t>9786255919878</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 1</t>
+          <t>Zoraki Bağlar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256411562</t>
+          <t>9786255919854</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 4</t>
+          <t>Şövalye ve Güve</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256411999</t>
+          <t>9786255919939</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 3</t>
+          <t>Karanlık Prensim</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256411982</t>
+          <t>9786255919946</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Süper Kare Bulmaca 2</t>
+          <t>Karanlık Prensim (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>8785452414040</t>
+          <t>9786255919861</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Maeve Kerrigan Serisi 3 - Kutulu Set</t>
+          <t>Şövalye ve Güve (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>950</v>
+        <v>550</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>8785452413036</t>
+          <t>9786255919885</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Maeve Kerrigan Serisi 2 - Kutulu Set</t>
+          <t>Zoraki Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>980</v>
+        <v>500</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>8785452419090</t>
+          <t>9786255919960</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Maeve Kerrigan Serisi 1 - Kutulu Set</t>
+          <t>Eski Bir Düşman (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>1080</v>
+        <v>600</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>8785452415054</t>
+          <t>9786255919908</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Jane Casey Jess Tennant Serisi - Kutulu Set</t>
+          <t>Marina Fisher Ne Saklıyor?</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>810</v>
+        <v>420</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256411715</t>
+          <t>9786255919892</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 12</t>
+          <t>Erkek Arkadaş</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256411708</t>
+          <t>9786255919700</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 11</t>
+          <t>Kurtların Uluduğu Yer (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>190</v>
+        <v>650</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256411692</t>
+          <t>9786255919694</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 10</t>
+          <t>Kurtların Uluduğu Yer</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256411920</t>
+          <t>9786255919847</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Canavar (Ciltli)</t>
+          <t>Kurtların Uluduğu Yer - Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>490</v>
+        <v>650</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256411852</t>
+          <t>9786255919748</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İşaretli’nin Şarkısı (Ciltli)</t>
+          <t>Kalbin Derin Kesikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256411883</t>
+          <t>9786255919755</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Üst Kattaki Aile</t>
+          <t>Lanetli Düğün</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256411913</t>
+          <t>9786255919731</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kokusu</t>
+          <t>Kalbin Derin Kesikleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>249</v>
+        <v>400</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256411869</t>
+          <t>9786255919687</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İşaretli’nin Şarkısı</t>
+          <t>Hayalperest</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>349</v>
+        <v>420</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256411784</t>
+          <t>9786255919762</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Öldüren Nezaket</t>
+          <t>Hayaletin Sıcak Elleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>349</v>
+        <v>320</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256411821</t>
+          <t>9786255919724</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Aynı Ağacın Gölgesinde</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>349</v>
+        <v>450</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256411845</t>
+          <t>9786255919717</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Efsane</t>
+          <t>Ben Ölmeden Önce</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>299</v>
+        <v>350</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256411807</t>
+          <t>8785452415504</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Romeo’m (Ciltli)</t>
+          <t>Dördüncü Kanat - 3 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>490</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256411838</t>
+          <t>9786255919595</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Bir Karanlık Pencere (Ciltli)</t>
+          <t>Sadakat ve İhanet Arasında</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256411814</t>
+          <t>9786255919632</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Romeo’m</t>
+          <t>Kurt ve Cadı - Muhafız Cadılar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256411760</t>
+          <t>9786255919649</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Biri</t>
+          <t>Kurt ve Cadı - Muhafız Cadılar (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786256411777</t>
+          <t>9786255919670</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bir Karanlık Pencere</t>
+          <t>Hizmetçinin Düğünü</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>349</v>
+        <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256411791</t>
+          <t>8785452416877</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Noel’de Aşk Başkadır</t>
+          <t>Murdle (3 Kitaplık Kutulu Set)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>299</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>8785451419091</t>
+          <t>8785452416860</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>All Saınts Lisesi Serisi</t>
+          <t>Yıldızlar Yarışı Serisi (4 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>920</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256411661</t>
+          <t>9786255919557</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Burası Yangın Yeri</t>
+          <t>Sana Ulaşmaması Dileğiyle</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786256411609</t>
+          <t>9786255919540</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kanat</t>
+          <t>Öğretmen</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786256411616</t>
+          <t>9786255919533</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Kanat (Ciltli)</t>
+          <t>Hiçbir Şey Göründüğü Gibi Değil</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>700</v>
+        <v>420</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786256411579</t>
+          <t>9786255919564</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Burada Sadece İyiler Var</t>
+          <t>Aşk Projesi - Lakefront Milyarderleri - 1</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>299</v>
+        <v>450</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786256411630</t>
+          <t>9786255919441</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Işıltılı Tanrılar</t>
+          <t>Son Mektup</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>299</v>
+        <v>450</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786256411623</t>
+          <t>9786255919472</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçinin Sırrı</t>
+          <t>Sana Teslim Oldum</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256411685</t>
+          <t>9786255919465</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Tanrıkatili (Ciltli)</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256411654</t>
+          <t>9786256411432</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Aşık</t>
+          <t>Dreamland Milyarderleri Set Kutulu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>299</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256411647</t>
+          <t>9786258043525</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kapalı Kapılar Ardında</t>
+          <t>Meral Kır - Sancaktar Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>349</v>
+        <v>780</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256411678</t>
+          <t>9786258043037</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tanrıkatili</t>
+          <t>Elizabeth and Margaret</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>320</v>
+        <v>249</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256411586</t>
+          <t>9786057436757</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Öfkeli Tanrı</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>319</v>
+        <v>150</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256411548</t>
+          <t>9786257135573</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Kızlar</t>
+          <t>Beth Revis Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>320</v>
+        <v>620</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256411555</t>
+          <t>9786059609678</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kabil’in Çene Kemiği</t>
+          <t>Dünyanın Gölgesi Evrenin Ötesi Üçlemesi -3-</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>249</v>
+        <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256411593</t>
+          <t>9786257135665</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Eğer Beni Görebilseydiniz</t>
+          <t>Ölüm - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>279</v>
+        <v>75</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256411487</t>
+          <t>9786257135658</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sürü</t>
+          <t>Mutluluk - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>299</v>
+        <v>75</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256411470</t>
+          <t>9786257135641</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>On Bir’i Yıkmak</t>
+          <t>Dostluk - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>299</v>
+        <v>75</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256411494</t>
+          <t>9786257135672</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>O Gece</t>
+          <t>Aşk - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>349</v>
+        <v>75</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256411500</t>
+          <t>9786057906847</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Alevlerin Lordu</t>
+          <t>Franz Kafka Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>279</v>
+        <v>649</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256411425</t>
+          <t>9786057906434</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Çırpınan Kanatlar Evi - Ciltli</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>499</v>
+        <v>200</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256411395</t>
+          <t>9786255919328</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Son Teklif</t>
+          <t>Senden Vazgeçemem</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>369</v>
+        <v>420</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256411401</t>
+          <t>9786255919335</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yıkılmış Taht</t>
+          <t>Kayıp Eşyalara Yolculuk</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>349</v>
+        <v>320</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256411418</t>
+          <t>9786255919311</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Çırpınan Kanatlar Evi</t>
+          <t>Bir Annenin Mezarı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>389</v>
+        <v>420</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256411388</t>
+          <t>9786255919380</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçilmezliğin Manifestosu</t>
+          <t>Sudoku Uzman Seviye 15</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>8785452412220</t>
+          <t>9786255919373</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye Seti - 4 Kitap Takım</t>
+          <t>Sudoku Uzman Seviye 14</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>730</v>
+        <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>8785451415550</t>
+          <t>9786255919366</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti 3 - 5 Kitap Takım</t>
+          <t>Sudoku Uzman Seviye 13</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>980</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>8785451416663</t>
+          <t>9786255919410</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti 2 - 5 Kitap Takım</t>
+          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 15</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256411364</t>
+          <t>9786255919403</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Adam</t>
+          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 14</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786256411333</t>
+          <t>9786255919397</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bizi Öldürmeyen Şey Güçlendirir Mi?</t>
+          <t>Sudoku Dünyanın En Sevilen Sevilen Bulmacası 13</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786256411326</t>
+          <t>9786059176767</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>56 Gün</t>
+          <t>Sudoku</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256411340</t>
+          <t>9786255919274</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>İnsanın İçsel Keşfi</t>
+          <t>Elf Kraliçesi Çok Yaşa (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256411357</t>
+          <t>9786255919250</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Icebreaker</t>
+          <t>Sonsuz Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>369</v>
+        <v>550</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256411203</t>
+          <t>9786255919236</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Değer</t>
+          <t>Ölümcül Yeminler Evi (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256411319</t>
+          <t>9786255919175</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Yılan Denizi (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>169</v>
+        <v>600</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256411289</t>
+          <t>9786255919205</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Her Gün Güçlü Olmak Senin Elinde</t>
+          <t>Sonsuz Yeminler (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>249</v>
+        <v>600</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256411265</t>
+          <t>9786255919199</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Dikenler Şehri</t>
+          <t>Sonsuz Yeminler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>279</v>
+        <v>450</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786256411296</t>
+          <t>9786255919168</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Şövalye</t>
+          <t>Yılan Denizi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>319</v>
+        <v>450</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256411272</t>
+          <t>9786255919212</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>La Tahzen</t>
+          <t>Varis</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256411302</t>
+          <t>9786255919243</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hizmetçi</t>
+          <t>Sonsuz Bağlar</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>8785451418889</t>
+          <t>9786255919229</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Alfred Adler Seti 2 - 3 Kitap Set</t>
+          <t>Ölümcül Yeminler Evi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>620</v>
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>8785451417776</t>
+          <t>9786255919267</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Alfred Adler 6 Kitap Set</t>
+          <t>Elf Kraliçesi Çok Yaşa</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>1150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786257135580</t>
+          <t>9786255919182</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sigmund Freud Seti - 5 Kitap Takım</t>
+          <t>Sözde Evlilik</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>870</v>
+        <v>420</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>8785452415658</t>
+          <t>9786255919090</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 4 Kitap Kutulu Set</t>
+          <t>Umutsuz Varis</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>730</v>
+        <v>420</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>8785452415511</t>
+          <t>9786255919113</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 4 Kitap Set</t>
+          <t>Gavin Parrie Masum mu?</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>730</v>
+        <v>450</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256411227</t>
+          <t>9786255919137</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Ben De Sevdim</t>
+          <t>İş Arkadaşı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786256411234</t>
+          <t>9786255919120</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Yer Yanlış Zaman</t>
+          <t>Bir Anda Yok Oldu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786256411241</t>
+          <t>9786255919106</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hannah Gardıner’ı Kim Öldürdü</t>
+          <t>Ailede Bir Yabancı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786256411258</t>
+          <t>8785452411117</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zekalı Çocuk</t>
+          <t>Mustafa Özkan 3 Kitap Set</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>299</v>
+        <v>450</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256411210</t>
+          <t>9786258043556</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ben Zaten Aşıktım Sen Üstüne Geldin</t>
+          <t>Songül Ünsal Seti - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>150</v>
+        <v>830</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256411197</t>
+          <t>9786258043570</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ben Her Şeyim Benim Adım Kadın</t>
+          <t>Songül Ünsal Seti 2 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>160</v>
+        <v>410</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786257135047</t>
+          <t>9786258043532</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Victoria</t>
+          <t>Nebi Yıldız Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>139</v>
+        <v>410</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057906946</t>
+          <t>9786258043518</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Pan</t>
+          <t>Kişisel Gelişim Seti 5 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>139</v>
+        <v>474.9</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786257135016</t>
+          <t>9786258043471</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Açlık</t>
+          <t>Kişisel Gelişim Seti 4 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>169</v>
+        <v>494.9</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786256411180</t>
+          <t>9786258043501</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Pratik Zihin Geliştirme Kılavuzu</t>
+          <t>Kişisel Gelişim Seti 3 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>249</v>
+        <v>479.9</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786256411173</t>
+          <t>9786258043464</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Güllerin Yıkımı</t>
+          <t>Kişisel Gelişim Seti 2 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>279</v>
+        <v>469.9</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786256411159</t>
+          <t>9786258043495</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Affetmek Üzerine</t>
+          <t>Kişisel Gelişim Seti 1 - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>320</v>
+        <v>449.9</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786256411142</t>
+          <t>9786258043129</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Koşullar</t>
+          <t>Jane Casey Polisiye Set 2 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>349</v>
+        <v>489.9</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786256411166</t>
+          <t>9786258043228</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Biz Olmak</t>
+          <t>Filozoflar Serisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>180</v>
+        <v>529.9</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052063996</t>
+          <t>9786258043075</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kader Gayrete Aşıktır</t>
+          <t>Kişisel Gelişim (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>260</v>
+        <v>824.9</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258043990</t>
+          <t>9786258043105</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 15</t>
+          <t>Jane Casey Polisiye Set 4 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>190</v>
+        <v>404.9</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258043983</t>
+          <t>9786258043112</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 14</t>
+          <t>Jane Casey Polisiye Set 1 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>190</v>
+        <v>539.9</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258043976</t>
+          <t>9786258043099</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 13</t>
+          <t>Jane Casey Polisiye Set 3 (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>190</v>
+        <v>549.9</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258043969</t>
+          <t>9786258043068</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca- 12</t>
+          <t>Bestseller Polisiye Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>190</v>
+        <v>990</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786057906243</t>
+          <t>9786258043266</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe On Altı Adım</t>
+          <t>Derin Düşünceler Set (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>249</v>
+        <v>349.9</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786057906236</t>
+          <t>9786057906229</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sadece Bir Canavar</t>
+          <t>Kavgam</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>349</v>
+        <v>209</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258043952</t>
+          <t>9786052063545</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Serseri Prens</t>
+          <t>Yalnız Anlaşıldık</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>319</v>
+        <v>145</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258043778</t>
+          <t>9786052063248</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Kendine Yolculuğu</t>
+          <t>Kalbinin Sesini Dinle</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>199</v>
+        <v>30</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258043761</t>
+          <t>9786059176828</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitimi</t>
+          <t>Jane Casey Seti - 5 Kitap Takım Kutulu</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>199</v>
+        <v>939.9</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258043785</t>
+          <t>9786059609593</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Psikoloji</t>
+          <t>Manastır</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258043747</t>
+          <t>9786057906908</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>On Bir'den Kaçış</t>
+          <t>Hayat Senin Adın</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>299</v>
+        <v>90</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258043754</t>
+          <t>9786057906632</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Küçük Detaylar</t>
+          <t>Umudun Beşinci Mevsimi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>349</v>
+        <v>145</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258043723</t>
+          <t>9786057906687</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Yarın Ola Hayrola</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>249</v>
+        <v>145</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258043730</t>
+          <t>9786257135955</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Daisy Mason Nerede?</t>
+          <t>Zor Zamanlar Güzel Kapılar Açar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>299</v>
+        <v>145</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258043563</t>
+          <t>9786057906120</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Şebnem Tacigut Seti - 3 Kitap Takım</t>
+          <t>Kaktüsler de Çiçek Açar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>750</v>
+        <v>145</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258043488</t>
+          <t>9786052063941</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Meral Kır - 2 Kitap Takım</t>
+          <t>Genetik Komplo</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>290</v>
+        <v>179</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258043457</t>
+          <t>9786259568188</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Hakan Özkan 5 Kitap Set</t>
+          <t>Demir Çiçek (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>820</v>
+        <v>600</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258043440</t>
+          <t>9786259568171</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ethem Emin Nemutlu 4 Kitap Set</t>
+          <t>Demir Çiçek</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>990</v>
+        <v>450</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258043082</t>
+          <t>9786259568133</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Alfred Adler Set (3 Kitap Takım)</t>
+          <t>Yarım Bıraktığımız Şeyler</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>570</v>
+        <v>450</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059609029</t>
+          <t>9786259568157</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca- 3</t>
+          <t>Öteki Gelin</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258043648</t>
+          <t>9786259568140</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocukluk Nevrozu Hikayesi: Kurt Adam Vakası</t>
+          <t>Eski Kitapların Yankısı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>199</v>
+        <v>349</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258043679</t>
+          <t>9786255919014</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Fobinin Analizi: Küçük Hans Vakası</t>
+          <t>Murdle/ Cilt-3</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258043686</t>
+          <t>9786255919007</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Espriler ve Bilinç Dışı ile İlişkileri</t>
+          <t>Murdle/ Cilt-2</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>199</v>
+        <v>450</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258043655</t>
+          <t>9786259568126</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Haz İlkesinin Ötesinde &amp; Ego ve İd</t>
+          <t>Murdle/ Cilt-1</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258043662</t>
+          <t>9786255919052</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Tek Tanrıcılık</t>
+          <t>Alışkanlıkların Anahtarı Senin Elinde</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>199</v>
+        <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258043631</t>
+          <t>9786259568164</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kendine Geç Kalma</t>
+          <t>Kilitli Kapı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258043624</t>
+          <t>9786259731940</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hayat Senin Kuralları Sen Koy</t>
+          <t>Ölümün Bıçağı (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258043426</t>
+          <t>9786256029941</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Ali ve Nino</t>
+          <t>Kadim Şehir (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258043310</t>
+          <t>9786259731957</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Seçtim</t>
+          <t>Bir Kraliçe Doğuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>165</v>
+        <v>600</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258043358</t>
+          <t>9786059176613</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Yolum Aşka Düştü</t>
+          <t>Oniks Fırtına (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>165</v>
+        <v>885</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258043327</t>
+          <t>9786259731971</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kokusunu Aldım</t>
+          <t>Sosyal İlgi</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258043341</t>
+          <t>9786259731988</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sana Aşk Getirdim</t>
+          <t>Nevroz Problemleri</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258043334</t>
+          <t>9786259731964</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aylardan Aşk</t>
+          <t>Bayan R. Vakası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258043136</t>
+          <t>9786057906564</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca Seti - 4 Kitap Takım</t>
+          <t>Süper Çengel Bulmaca 20</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>730</v>
+        <v>250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258043150</t>
+          <t>9786057906939</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 6 Kitap Kutulu Set</t>
+          <t>Süper Çengel Bulmaca 19</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258043143</t>
+          <t>9786259731995</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 5 Kitap Kutulu Set</t>
+          <t>Süper Çengel Bulmaca 18</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>915</v>
+        <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258043303</t>
+          <t>9786052063576</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Unuttuğun Zaman Hatırlanırsın</t>
+          <t>Süper Çengel Bulmaca 17</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258043051</t>
+          <t>9786057906380</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Siri Ben Kimim?</t>
+          <t>Süper Çengel Bulmaca 16</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258043044</t>
+          <t>9786256029972</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Dr. Love</t>
+          <t>Bir Kraliçe Doğuyor</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057404794</t>
+          <t>9786256029996</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Esaret Altındaki İlişkiler</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>99</v>
+        <v>420</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258043013</t>
+          <t>9786256029903</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Angel Dayı</t>
+          <t>Kadim Şehir</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>99</v>
+        <v>450</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057404770</t>
+          <t>9786256029965</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İletişim Şah Mat</t>
+          <t>On Bir’i Yok Etmek</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786057436795</t>
+          <t>9786256029989</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Sensin</t>
+          <t>Ölümün Bıçağı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>165</v>
+        <v>450</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057436771</t>
+          <t>9786259731902</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>İnsan Neyle Yaşar?</t>
+          <t>Tek Dileğim Sensin</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>119</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786057436764</t>
+          <t>9786052063880</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ivan Ilyiç'in Ölümü</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>129</v>
+        <v>235</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786057436719</t>
+          <t>9786257135832</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Anadolu İrfanı - Filozoflarla Beş Çayı</t>
+          <t>Pozitif Ebeveynlik</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786057436726</t>
+          <t>8785452413333</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Stoa Felsefesi - Filozoflarla Beş Çayı</t>
+          <t>Sudoku Uzman Seviye Seti 2 - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>135</v>
+        <v>730</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786057404701</t>
+          <t>8785452415559</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Sudoku 5 Kitap Set</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>260</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786057436788</t>
+          <t>9786258043549</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İnşirah</t>
+          <t>Rolan Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>160</v>
+        <v>490</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786257135986</t>
+          <t>9786057906878</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Psikolojisi</t>
+          <t>Dünyayı İyilik Kurtaracak</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>199</v>
+        <v>45</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786057436702</t>
+          <t>9786059609821</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Kıblesi</t>
+          <t>Süper Çengel Bulmaca 7</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786057436733</t>
+          <t>9786056540707</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Süper Çengel Bulmaca - 2</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786057436740</t>
+          <t>9786257135634</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamın Psikopatolojisi</t>
+          <t>Yalnızlık - Derin Düşünceler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>199</v>
+        <v>75</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786257135993</t>
+          <t>9786057906953</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumu</t>
+          <t>Araba Sevdası (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>290</v>
+        <v>129</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786257135962</t>
+          <t>9786057906823</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Sabahattin Ali Seti</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>199</v>
+        <v>610</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786257135894</t>
+          <t>9786256029958</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Maeve Kerrigan Serisi 8 - Sessizliğin Peşinde</t>
+          <t>Oniks Fırtına</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>320</v>
+        <v>665</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786257135368</t>
+          <t>8785452412589</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Son Savaşçı</t>
+          <t>Demir Alev (Ciltli-Kutulu Set)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>110</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786057906458</t>
+          <t>9786256411074</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Alfa Kadını Olmak</t>
+          <t>Ebedi Rekabet (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786057906465</t>
+          <t>9786256029934</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Hayat Doğru Yaşanmaz</t>
+          <t>Mahkum</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257135849</t>
+          <t>9786256029910</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hamilelik Rehberi</t>
+          <t>Kayıp Kitabevi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786257135856</t>
+          <t>9786256029927</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca - Edebiyat</t>
+          <t>Eylül Evi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257135863</t>
+          <t>9786052063989</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca - Felsefe</t>
+          <t>Ebedi Rekabet</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786257135870</t>
+          <t>9786256411104</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca - Sanat</t>
+          <t>Seni Kaybedemem</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786257135887</t>
+          <t>9786256029781</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Temalarla Çengel Bulmaca - Spor</t>
+          <t>İlişki Durumu Karışık</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786257135566</t>
+          <t>9786256029880</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Simon Kernick Seti - Geri Sayım Başladı (3 Kitap Takım)</t>
+          <t>Herkesin Yarasıdır Aile</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>850</v>
+        <v>320</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257135559</t>
+          <t>8785452413432</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Simon Kernick Seti - Hayatta Kal (3 Kitap Takım)</t>
+          <t>Mapple Hills Serisi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>900</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257135818</t>
+          <t>8785452412381</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Anlam ve Amacı</t>
+          <t>Kuzgun Kardeşliği Serisi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>199</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257135801</t>
+          <t>9786256029798</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sanatı</t>
+          <t>Dördüncü Kanat Defter (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>199</v>
+        <v>350</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786257135795</t>
+          <t>9786256029682</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Vahşi Bağlar</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>199</v>
+        <v>400</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257135719</t>
+          <t>9786256029699</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Vahşi Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>98</v>
+        <v>550</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257135689</t>
+          <t>9786256029651</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Zamana Karşı</t>
+          <t>Parçalanma</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257135696</t>
+          <t>9786256029705</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Felaketler Erdemleri Sergileme Zamanıdır.</t>
+          <t>Marigold Kalp Fotoğrafçısı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257135597</t>
+          <t>9786256029675</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Beş Çayı: Doğu Bilgeliği</t>
+          <t>Daydream</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>135</v>
+        <v>450</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257135627</t>
+          <t>9786256029668</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Beş Çayı: Doğa Filozofları</t>
+          <t>Boğulan Kadın</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>135</v>
+        <v>420</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786257135610</t>
+          <t>9786256029828</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Filozoflarla Beş Çayı: Batı Bilgeliği</t>
+          <t>Rosie ve Rüyaların Romeo’su - Beklenmedik Karşılaştırmalar 3</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257135603</t>
+          <t>8785452413739</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Beni Unutma Ben Sana Sevmeyi Öğrettim</t>
+          <t>Beklenmedik Karşılaşmalar Serisi Kutulu Set - 6 Kitap</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>180</v>
+        <v>900</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786257135535</t>
+          <t>9786256029859</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bana Baba Yap</t>
+          <t>Sevgililer Günü Masalı - Beklenmedik Karşılaşmalar 6</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786257135450</t>
+          <t>9786256029842</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Zamanı</t>
+          <t>Aşk ve Şans Oyunu - Beklenmedik Karşılaşmalar 5</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786257135528</t>
+          <t>9786256029835</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yarınlar Güzel Olsun Diye</t>
+          <t>Tatlı Bir Kaza - Beklenmedik Karşılaşmalar 4</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786257135337</t>
+          <t>9786256029811</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine</t>
+          <t>Dünyanın En Kötü Ekürisi - Beklenmedik Karşılaşmalar 2</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786257135351</t>
+          <t>9786256029804</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Narsisizm Üzerine</t>
+          <t>Kuralın İstisnası - Beklenmedik Karşılaşmalar 1</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786257135344</t>
+          <t>9786256029637</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Zihin Haritalama</t>
+          <t>Lanetli Öpücük</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786057906960</t>
+          <t>9786256029613</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Anlayarak Hızlı Okuma</t>
+          <t>Karanlık Tutkum</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786057906984</t>
+          <t>9786256029590</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Güneş Getiren</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>169</v>
+        <v>400</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786057906977</t>
+          <t>9786256029712</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>D Koğuşu</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786057906892</t>
+          <t>9786256029606</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Vaktinden Önce Mutsuz Olma</t>
+          <t>Çarpıcı Güzellik</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>249</v>
+        <v>420</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786057906830</t>
+          <t>9786258043822</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (6 Kitap)</t>
+          <t>Bir Kayıp Daha</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>429</v>
+        <v>420</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057906816</t>
+          <t>9786258043853</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Yoksun</t>
+          <t>Güneşgetiren (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786052063231</t>
+          <t>9786256029620</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kimsenin Freya'dan Haberi Yok</t>
+          <t>Karanlık Tutkum (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>299</v>
+        <v>600</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057906885</t>
+          <t>8785452415139</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Söz Mühendisi 2</t>
+          <t>Hizmetçi Serisi - 3 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>85</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057906861</t>
+          <t>8785451415154</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Üçe Kadar Say</t>
+          <t>Sigmund Freud 5 Kitaplık Kutulu Set</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>270</v>
+        <v>870</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057906854</t>
+          <t>9786256029491</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Casus</t>
+          <t>Sudoku Uzmanı Seviye 12</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786057906779</t>
+          <t>9786256029484</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Sudoku Uzmanı Seviye 11</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057906755</t>
+          <t>9786256029477</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Ermiş'in Bahçesi</t>
+          <t>Sudoku Uzmanı Seviye 10</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>89</v>
+        <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786057906762</t>
+          <t>9786256029460</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Sudoku Uzmanı Seviye 9</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>89</v>
+        <v>250</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057906809</t>
+          <t>9786256411081</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Karanlık Cadı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>99</v>
+        <v>450</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057906793</t>
+          <t>9786256029538</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Deniz Feneri</t>
+          <t>Karanlık Cadı (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>119</v>
+        <v>600</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786057906151</t>
+          <t>9786256029507</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 9</t>
+          <t>Bu Defa Sahiden</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057906724</t>
+          <t>9786256029514</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Mucize Kendine İnanmaktır</t>
+          <t>Bitiş Çizgisi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057906588</t>
+          <t>9786256029545</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Hizmetçi İzliyor</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>139</v>
+        <v>420</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057906595</t>
+          <t>9786057906571</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Bir Delinin Hatıra Defteri - Palto - Burun</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>139</v>
+        <v>150</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786057906694</t>
+          <t>8785452412558</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Hedef Sensin</t>
+          <t>Kopuk Bağlar - Kutulu Set (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>165</v>
+        <v>999</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057906618</t>
+          <t>9786256029354</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kendini İfade Etmenin 125 Yolu</t>
+          <t>Villa</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057906625</t>
+          <t>9786256029330</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Tevekkül</t>
+          <t>Kopuk Bağlar</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057906373</t>
+          <t>9786256029392</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Dışı</t>
+          <t>Kaderin Gümüş İpleri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>199</v>
+        <v>400</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057906335</t>
+          <t>9786256029378</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kitle Psikolojisi</t>
+          <t>Maeve Kerrigan Serisi 10 - Çıkmaz</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786057906359</t>
+          <t>9786256029385</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz Üzerine</t>
+          <t>Bir İhtimal Daha</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>199</v>
+        <v>420</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057906489</t>
+          <t>9786256029361</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Dert İnsana Yol Gösterir</t>
+          <t>Aileden Kalanlar</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>125</v>
+        <v>420</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057906557</t>
+          <t>9786256029347</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Nora'nın Günlüğü: Bir Gün Yine Aşığım</t>
+          <t>Kopuk Bağlar (Ciltli)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>85</v>
+        <v>500</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057906519</t>
+          <t>9786256029408</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Kaderin Gümüş İpleri (Ciltli)</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>99</v>
+        <v>550</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057906410</t>
+          <t>9786256029149</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Sanat ve Edebiyat Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>99</v>
+        <v>250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057906366</t>
+          <t>9786256029163</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Leonardo Da Vinci’nin Psikanalitik Biyografisi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057906496</t>
+          <t>9786256029156</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Bir Yanılsamanın Geleceği ve Neden Savaş?</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>99</v>
+        <v>160</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057906397</t>
+          <t>9786256029132</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Bir Histeri Vakası Analizi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>99</v>
+        <v>170</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057906441</t>
+          <t>9786256029170</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Şato</t>
+          <t>Bir Genç Kızın Günlüğü</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>189</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057906403</t>
+          <t>9786256029200</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar</t>
+          <t>Yıkım Krallığı</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>99</v>
+        <v>400</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057906526</t>
+          <t>9786256029187</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Leydi Tan’ın Kadın Çemberi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>99</v>
+        <v>420</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057906502</t>
+          <t>9786256029194</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından 24 Saat</t>
+          <t>Çarpışma</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>99</v>
+        <v>420</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057906427</t>
+          <t>9786256029125</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>İki Çarpık Taç (Ciltli)</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>189</v>
+        <v>550</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057906533</t>
+          <t>8785452412596</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Dikenler Şehri Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>99</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057906342</t>
+          <t>8785452412565</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ben Bu Denizde Boğulurum Dedi Balık</t>
+          <t>Dedektif Adam Fawley Serisi 3 Kitap - Kutulu Set</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>110</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057906472</t>
+          <t>9786256029101</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 8</t>
+          <t>Demir Alev (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>190</v>
+        <v>885</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057906328</t>
+          <t>9786256029118</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Tahıl Yok Dert Yok</t>
+          <t>İki Çarpık Taç</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>349</v>
+        <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057906311</t>
+          <t>9786256029095</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Bundan Kimseye Bahsetme</t>
+          <t>Demir Alev</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>299</v>
+        <v>665</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786057906113</t>
+          <t>9786256029057</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Baharat Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>89</v>
+        <v>550</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786057906069</t>
+          <t>9786256029026</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Elf Kraliçesi'ne İtaat Edeceksiniz (Ciltli)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>119</v>
+        <v>600</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786057906090</t>
+          <t>9786258043877</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Marigold Kalp Çamaşırhanesi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>109</v>
+        <v>350</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057906083</t>
+          <t>9786256029033</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kendine Üç Adım</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>99</v>
+        <v>420</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786057906106</t>
+          <t>9786258043907</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>İsimsiz Kız</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>129</v>
+        <v>420</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057906144</t>
+          <t>9786256029019</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 11</t>
+          <t>Elf Kraliçesi’ne İtaat Edeceksiniz</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786057906175</t>
+          <t>9786256029040</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ültimatom</t>
+          <t>Baharat Yolu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786057909091</t>
+          <t>9786256029002</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Songül Ünsal Seti (3 Kitap Takım)</t>
+          <t>Aile İçi Cinayet</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786057906205</t>
+          <t>9786256411906</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Soru Sorma Sanatı</t>
+          <t>Bir Varis Yükseliyor - Ciltli</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057906212</t>
+          <t>9786256411036</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Nasip Niyete Vurgundur</t>
+          <t>Cadı Toplayıcısı - Ciltli</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059176996</t>
+          <t>9786258043891</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 2</t>
+          <t>Çarpan Yürekler Evi - Ciltli</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786052063637</t>
+          <t>9786258043815</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 7</t>
+          <t>Alevlerin Lordu - Ciltli</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059609722</t>
+          <t>9786258043938</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 5</t>
+          <t>Dikenler Şehri - Ciltli</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786057906014</t>
+          <t>9786258043792</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 10</t>
+          <t>Yılanlar Bahçesi - Ciltli</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786057906007</t>
+          <t>9786256411098</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 8</t>
+          <t>Ruhunuzun Haritası</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786052063859</t>
+          <t>9786258043884</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Hayallerin Allah’a Emanet</t>
+          <t>Çarpan Yürekler Evi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786052063873</t>
+          <t>9786256411050</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Ölüme Terk Edilenler</t>
+          <t>Cadı Toplayıcısı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>249</v>
+        <v>400</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786052063798</t>
+          <t>9786256411890</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Süper Mozaik Bulmaca 2</t>
+          <t>Bir Varis Yükseliyor</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786052063767</t>
+          <t>8785452412022</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 7</t>
+          <t>Süper Kare Bulmaca 5 Kitap - Kutulu Set</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>190</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052063774</t>
+          <t>9786256411128</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 9</t>
+          <t>Yılanlar Bahçesi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786052063651</t>
+          <t>9786256411111</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Konuşmasına İzin Ver</t>
+          <t>Felix Evi'nde Neler Oldu?</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786052063620</t>
+          <t>9786256411012</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 8</t>
+          <t>Aura</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786052063583</t>
+          <t>9786256411968</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Hangimiz Sevmedik</t>
+          <t>Elveda Yorgunluk</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059609760</t>
+          <t>9786256411876</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Dağların Issızlığında On Binler</t>
+          <t>Wildfire</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052063491</t>
+          <t>9786256411937</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Gücün Sırrı</t>
+          <t>Unutulmuş Bir Kahraman</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>249</v>
+        <v>450</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052063538</t>
+          <t>9786256411944</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Para Kazanmak Senin Elinde</t>
+          <t>Unutulmuş Bir Kahraman (Ciltli)</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>299</v>
+        <v>600</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052063507</t>
+          <t>9786256411951</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Olduğun Yerde Kal</t>
+          <t>Sakın Yalan Söyleme</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052063347</t>
+          <t>9786256411005</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Benimle Boşanır mısın?</t>
+          <t>Süper Kare Bulmaca 5</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>19</v>
+        <v>250</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052063323</t>
+          <t>9786256411975</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Dua Kader Değiştirir</t>
+          <t>Süper Kare Bulmaca 1</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059609487</t>
+          <t>9786256411562</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe ( 2 Kitap Set )</t>
+          <t>Süper Kare Bulmaca 4</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052063200</t>
+          <t>9786256411999</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kız Arkadaşım Dokuz Kuyruklu Bir Tilki - Set</t>
+          <t>Süper Kare Bulmaca 3</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>309.9</v>
+        <v>250</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052063262</t>
+          <t>9786256411982</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Odaklanmanın Gücü</t>
+          <t>Süper Kare Bulmaca 2</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>349</v>
+        <v>250</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052063170</t>
+          <t>8785452414040</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili Hakkında Her Şey</t>
+          <t>Jane Casey Maeve Kerrigan Serisi 3 - Kutulu Set</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>349</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052063163</t>
+          <t>8785452413036</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Ritimsiz Ruh</t>
+          <t>Jane Casey Maeve Kerrigan Serisi 2 - Kutulu Set</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>299</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052063156</t>
+          <t>8785452419090</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Kaygı Çözümleri</t>
+          <t>Jane Casey Maeve Kerrigan Serisi 1 - Kutulu Set</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>349</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052063125</t>
+          <t>8785452415054</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca- 6</t>
+          <t>Jane Casey Jess Tennant Serisi - Kutulu Set</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>190</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052063187</t>
+          <t>9786256411715</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Kız Arkadaşım 9 Kuyruklu Bir Tilki - 2. Kitap</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 12</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>168</v>
+        <v>250</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059609838</t>
+          <t>9786256411708</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye - 6</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 11</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059609814</t>
+          <t>9786256411692</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Dünyanın En Sevilen Bulmacası 6</t>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 10</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059609791</t>
+          <t>9786256411920</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca- 5</t>
+          <t>Sadece Bir Canavar (Ciltli)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059609692</t>
+          <t>9786256411852</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Günaydın Sızım</t>
+          <t>İşaretli’nin Şarkısı (Ciltli)</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>145</v>
+        <v>550</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059609463</t>
+          <t>9786256411883</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca-4</t>
+          <t>Üst Kattaki Aile</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059609470</t>
+          <t>9786256411913</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 5</t>
+          <t>Mutluluğun Kokusu</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059609036</t>
+          <t>9786256411869</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca- 2</t>
+          <t>İşaretli’nin Şarkısı</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052063903</t>
+          <t>9786256411784</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Süper Kral Bulmaca-1</t>
+          <t>Öldüren Nezaket</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059609654</t>
+          <t>9786256411821</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Kız Arkadaşım 9 Kuyruklu Bir Tilki - 1. Kitap</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>168</v>
+        <v>450</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059609562</t>
+          <t>9786256411845</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca - 6</t>
+          <t>Efsane</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059609531</t>
+          <t>9786256411807</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye - 4</t>
+          <t>Karanlık Romeo’m (Ciltli)</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059609647</t>
+          <t>9786256411838</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Bir Milyon Güneş</t>
+          <t>Bir Karanlık Pencere (Ciltli)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>299</v>
+        <v>550</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059609623</t>
+          <t>9786256411814</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili Rehberi</t>
+          <t>Karanlık Romeo’m</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>299</v>
+        <v>450</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786059609586</t>
+          <t>9786256411760</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Son 48 Saat</t>
+          <t>İçimizden Biri</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>299</v>
+        <v>420</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059609364</t>
+          <t>9786256411777</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Numaralı Yetim</t>
+          <t>Bir Karanlık Pencere</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>139</v>
+        <v>400</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059609524</t>
+          <t>9786256411791</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 1</t>
+          <t>Noel’de Aşk Başkadır</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059609548</t>
+          <t>8785451419091</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 5</t>
+          <t>All Saınts Lisesi Serisi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>190</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059609579</t>
+          <t>9786256411661</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>11. Kat</t>
+          <t>Burası Yangın Yeri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786059609227</t>
+          <t>9786256411609</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 2</t>
+          <t>Dördüncü Kanat</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059609234</t>
+          <t>9786256411616</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sudoku - Dünyanın En Sevilen Bulmacası 3</t>
+          <t>Dördüncü Kanat (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>190</v>
+        <v>800</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059609258</t>
+          <t>9786256411579</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sudoku Uzman Seviye 3</t>
+          <t>Burada Sadece İyiler Var</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786059609241</t>
+          <t>9786256411630</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sudoku 4</t>
+          <t>Işıltılı Tanrılar</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786059609371</t>
+          <t>9786256411623</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe 2</t>
+          <t>Hizmetçinin Sırrı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>149</v>
+        <v>420</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059609210</t>
+          <t>9786256411685</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Söz Mühendisi</t>
+          <t>Tanrıkatili (Ciltli)</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>85</v>
+        <v>550</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786059176972</t>
+          <t>9786256411654</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Sakın Hata Yapma</t>
+          <t>Lanetli Aşık</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059609265</t>
+          <t>9786256411647</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kontrol Rehberi</t>
+          <t>Kapalı Kapılar Ardında</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>349</v>
+        <v>450</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786059609197</t>
+          <t>9786256411678</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 4</t>
+          <t>Tanrıkatili</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059609180</t>
+          <t>9786256411586</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>3:01</t>
+          <t>Öfkeli Tanrı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>299</v>
+        <v>420</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786059176903</t>
+          <t>9786256411548</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Einstein Gibi Düşünmek</t>
+          <t>Kaybolan Kızlar</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786059176156</t>
+          <t>9786256411555</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Risk</t>
+          <t>Kabil’in Çene Kemiği</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>299</v>
+        <v>250</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059176132</t>
+          <t>9786256411593</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Sınırsız Limit</t>
+          <t>Eğer Beni Görebilseydiniz</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>249</v>
+        <v>350</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786059176149</t>
+          <t>9786256411487</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Parafili</t>
+          <t>Sürü</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>349</v>
+        <v>420</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786059176088</t>
+          <t>9786256411470</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Var Olmak Senin Elinde</t>
+          <t>On Bir’i Yıkmak</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059176095</t>
+          <t>9786256411494</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Uygulamaları</t>
+          <t>O Gece</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>349</v>
+        <v>420</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786059176019</t>
+          <t>9786256411500</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Denklemler</t>
+          <t>Alevlerin Lordu</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>369</v>
+        <v>350</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786056540738</t>
+          <t>9786256411425</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Kurban</t>
+          <t>Çırpınan Kanatlar Evi - Ciltli</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>369</v>
+        <v>600</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786056540745</t>
+          <t>9786256411395</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca 3</t>
+          <t>Son Teklif</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786058484917</t>
+          <t>9786256411401</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Yanmış Kalemler</t>
+          <t>Yıkılmış Taht</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>20</v>
+        <v>400</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059176545</t>
+          <t>9786256411418</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Haritalı Adam</t>
+          <t>Çırpınan Kanatlar Evi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059609418</t>
+          <t>9786256411388</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen: Oyuk İğne</t>
+          <t>Vazgeçilmezliğin Manifestosu</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>95</v>
+        <v>180</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059609609</t>
+          <t>8785452412220</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Gizli Yüzü</t>
+          <t>Sudoku Uzman Seviye Seti - 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>320</v>
+        <v>730</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786059609012</t>
+          <t>8785451415550</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Süper Çengel Bulmaca</t>
+          <t>Sigmund Freud Seti 3 - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>190</v>
+        <v>990</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059176941</t>
+          <t>8785451416663</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Soğuk Sesi</t>
+          <t>Sigmund Freud Seti 2 - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>349</v>
+        <v>900</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786059176804</t>
+          <t>9786256411364</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Bana Seni Seviyorum Deme Evlen Benimle</t>
+          <t>Hayalet Adam</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>25</v>
+        <v>420</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052063149</t>
+          <t>9786256411333</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Son 10 Saniye</t>
+          <t>Bizi Öldürmeyen Şey Güçlendirir Mi?</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059176330</t>
+          <t>9786256411326</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Etki</t>
+          <t>56 Gün</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059176934</t>
+          <t>9786256411340</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Acımasız</t>
+          <t>İnsanın İçsel Keşfi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>369</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786059176958</t>
+          <t>9786256411357</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Maeve Kerrigan Serisi 1 - 5. Kurban</t>
+          <t>Icebreaker</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>369</v>
+        <v>450</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
+          <t>9786256411203</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Değer</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786256411319</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786256411289</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Her Gün Güçlü Olmak Senin Elinde</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786256411265</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Dikenler Şehri</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786256411296</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Şövalye</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786256411272</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>La Tahzen</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786256411302</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Hizmetçi</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>8785451418889</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Alfred Adler Seti 2 - 3 Kitap Set</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>8785451417776</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Alfred Adler 6 Kitap Set</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786257135580</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Sigmund Freud Seti - 5 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>8785452415658</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 4 Kitap Kutulu Set</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>8785452415511</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 4 Kitap Set</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786256411227</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Ben De Sevdim</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786256411234</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Yer Yanlış Zaman</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786256411241</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Hannah Gardıner’ı Kim Öldürdü</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786256411258</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal Zekalı Çocuk</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786256411210</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Ben Zaten Aşıktım Sen Üstüne Geldin</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786256411197</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Ben Her Şeyim Benim Adım Kadın</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786257135047</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Victoria</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786057906946</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Pan</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786257135016</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Açlık</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786256411180</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Pratik Zihin Geliştirme Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786256411173</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Güllerin Yıkımı</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786256411159</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Affetmek Üzerine</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786256411142</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Beklenmedik Koşullar</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9786256411166</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Biz Olmak</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9786052063996</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Kader Gayrete Aşıktır</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9786258043990</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca - 15</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9786258043983</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca - 14</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9786258043976</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca - 13</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9786258043969</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca- 12</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786057906243</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlüğe On Altı Adım</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786057906236</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Sadece Bir Canavar</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9786258043952</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Serseri Prens</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9786258043778</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>İnsanın Kendine Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9786258043761</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786258043785</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Psikoloji</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9786258043747</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>On Bir'den Kaçış</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9786258043754</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Detaylar</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9786258043723</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Özgüven</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9786258043730</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Daisy Mason Nerede?</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786258043563</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Şebnem Tacigut Seti - 3 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9786258043488</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Meral Kır - 2 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9786258043457</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Hakan Özkan 5 Kitap Set</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9786258043440</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Ethem Emin Nemutlu 4 Kitap Set</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786258043082</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Alfred Adler Set (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786059609029</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Süper Kral Bulmaca- 3</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9786258043648</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çocukluk Nevrozu Hikayesi: Kurt Adam Vakası</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9786258043679</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Çocukta Fobinin Analizi: Küçük Hans Vakası</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786258043686</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Espriler ve Bilinç Dışı ile İlişkileri</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786258043655</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Haz İlkesinin Ötesinde &amp; Ego ve İd</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9786258043662</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Musa ve Tek Tanrıcılık</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786258043631</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Geç Kalma</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786258043624</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Senin Kuralları Sen Koy</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786258043426</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Ali ve Nino</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786258043310</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Aşkı Seçtim</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786258043358</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Yolum Aşka Düştü</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786258043327</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Kokusunu Aldım</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786258043341</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Sana Aşk Getirdim</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786258043334</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Aylardan Aşk</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>9786258043136</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Temalarla Çengel Bulmaca Seti - 4 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786258043150</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 6 Kitap Kutulu Set</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786258043143</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 5 Kitap Kutulu Set</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786258043303</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Unuttuğun Zaman Hatırlanırsın</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786258043051</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Siri Ben Kimim?</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786258043044</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Dr. Love</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786057404794</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaş</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>9786258043013</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>Angel Dayı</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786057404770</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Şah Mat</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786057436795</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Sensin</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786057436771</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Neyle Yaşar?</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786057436764</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Ivan Ilyiç'in Ölümü</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786057436719</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu İrfanı - Filozoflarla Beş Çayı</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9786057436726</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Stoa Felsefesi - Filozoflarla Beş Çayı</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9786057404701</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Kadın</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9786057436788</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>İnşirah</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9786257135986</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9786057436702</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Kıblesi</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9786057436733</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlığın Huzursuzluğu</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9786057436740</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Yaşamın Psikopatolojisi</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9786257135993</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Rüyaların Yorumu</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786257135962</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Totem ve Tabu</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786257135894</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Maeve Kerrigan Serisi 8 - Sessizliğin Peşinde</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9786257135368</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>Son Savaşçı</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786057906458</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Alfa Kadını Olmak</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786057906465</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Yanlış Hayat Doğru Yaşanmaz</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786257135849</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Doğal Hamilelik Rehberi</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786257135856</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Temalarla Çengel Bulmaca - Edebiyat</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786257135863</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Temalarla Çengel Bulmaca - Felsefe</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786257135870</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Temalarla Çengel Bulmaca - Sanat</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786257135887</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Temalarla Çengel Bulmaca - Spor</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786257135566</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Simon Kernick Seti - Geri Sayım Başladı (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786257135559</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>Simon Kernick Seti - Hayatta Kal (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786257135818</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamın Anlam ve Amacı</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786257135801</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Yaşama Sanatı</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9786257135795</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>İnsanı Tanıma Sanatı</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786257135719</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>1984</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786257135689</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Zamana Karşı</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786257135696</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Felaketler Erdemleri Sergileme Zamanıdır.</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786257135597</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Filozoflarla Beş Çayı: Doğu Bilgeliği</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786257135627</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Filozoflarla Beş Çayı: Doğa Filozofları</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786257135610</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Filozoflarla Beş Çayı: Batı Bilgeliği</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786257135603</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Beni Unutma Ben Sana Sevmeyi Öğrettim</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786257135535</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Hadi Bana Baba Yap</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786257135450</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Uyanış Zamanı</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786257135528</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Yarınlar Güzel Olsun Diye</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786257135337</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Cinsellik Üzerine</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786257135351</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Narsisizm Üzerine</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786257135344</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Haritalama</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786057906960</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Anlayarak Hızlı Okuma</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786057906984</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786057906977</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Martin Eden</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786057906892</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Vaktinden Önce Mutsuz Olma</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786057906830</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Stefan Zweig Seti (6 Kitap)</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786057906816</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>İyi Ki Yoksun</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786052063231</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Kimsenin Freya'dan Haberi Yok</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786057906885</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Söz Mühendisi 2</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786057906861</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Üçe Kadar Say</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786057906854</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>Casus</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786057906779</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Ermiş</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786057906755</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Ermiş'in Bahçesi</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786057906762</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Meczup</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9786057906809</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Kendine Ait Bir Oda</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9786057906793</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Feneri</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786057906151</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 9</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9786057906724</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek Mucize Kendine İnanmaktır</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9786057906588</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Genç Werther’in Acıları</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>9786057906595</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Bir İdam Mahkumunun Son Günü</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9786057906694</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Hedef Sensin</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>9786057906618</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Kendini İfade Etmenin 125 Yolu</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9786057906625</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Tevekkül</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786057906373</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç Dışı</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9786057906335</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Kitle Psikolojisi</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>9786057906359</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz Üzerine</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786057906489</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Dert İnsana Yol Gösterir</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786057906557</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Nora'nın Günlüğü: Bir Gün Yine Aşığım</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786057906519</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Korku</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786057906410</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Babaya Mektup</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786057906366</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786057906496</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Amok Koşucusu</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786057906397</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Dönüşüm</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786057906441</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>Şato</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786057906403</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Aforizmalar</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786057906526</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Satranç</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786057906502</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kadının Yaşamından 24 Saat</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786057906427</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Dava</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786057906533</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>Olağanüstü Bir Gece</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786057906342</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bu Denizde Boğulurum Dedi Balık</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786057906472</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 8</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786057906328</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Tahıl Yok Dert Yok</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786057906311</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Bundan Kimseye Bahsetme</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786057906113</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Değirmen</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786057906069</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786057906090</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786057906083</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Sırça Köşk</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786057906106</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786057906144</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 11</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786057906175</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Ültimatom</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786057909091</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Songül Ünsal Seti (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786057906205</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Güçlü Soru Sorma Sanatı</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786057906212</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Nasip Niyete Vurgundur</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786059176996</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 2</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786052063637</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 7</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786059609722</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Uzman Seviye 5</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786057906014</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 10</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786057906007</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Uzman Seviye 8</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9786052063859</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerin Allah’a Emanet</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786052063873</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Ölüme Terk Edilenler</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786052063798</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Süper Mozaik Bulmaca 2</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786052063767</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Uzman Seviye 7</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786052063774</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 9</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786052063651</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Ölülerin Konuşmasına İzin Ver</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786052063620</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 8</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786052063583</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Hangimiz Sevmedik</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786059609760</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Dağların Issızlığında On Binler</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786052063491</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>İçindeki Gücün Sırrı</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786052063538</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Para Kazanmak Senin Elinde</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786052063507</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Olduğun Yerde Kal</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786052063347</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Benimle Boşanır mısın?</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786052063323</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Dua Kader Değiştirir</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9786059609487</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Bahçe ( 2 Kitap Set )</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786052063200</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Kız Arkadaşım Dokuz Kuyruklu Bir Tilki - Set</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>309.9</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786052063262</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Odaklanmanın Gücü</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9786052063170</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Beden Dili Hakkında Her Şey</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786052063163</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Ritimsiz Ruh</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9786052063156</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Korku ve Kaygı Çözümleri</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786052063125</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Süper Kral Bulmaca- 6</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786052063187</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Kız Arkadaşım 9 Kuyruklu Bir Tilki - 2. Kitap</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786059609838</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Uzman Seviye - 6</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786059609814</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Dünyanın En Sevilen Bulmacası 6</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786059609791</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Süper Kral Bulmaca- 5</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786059609692</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın Sızım</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786059609463</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Süper Kral Bulmaca-4</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786059609470</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 5</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786059609036</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Süper Kral Bulmaca- 2</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786052063903</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Süper Kral Bulmaca-1</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786059609654</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Kız Arkadaşım 9 Kuyruklu Bir Tilki - 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786059609562</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca - 6</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786059609531</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Uzman Seviye - 4</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786059609647</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Bir Milyon Güneş</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786059609623</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Beden Dili Rehberi</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786059609586</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Son 48 Saat</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786059609364</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Sekiz Numaralı Yetim</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786059609524</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Uzman Seviye 1</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786059609548</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 5</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786059609579</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>11. Kat</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786059609227</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Uzman Seviye 2</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786059609234</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku - Dünyanın En Sevilen Bulmacası 3</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786059609258</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku Uzman Seviye 3</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786059609241</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Sudoku 4</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786059609371</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Bahçe 2</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786059609210</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Söz Mühendisi</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786059176972</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Sakın Hata Yapma</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786059609265</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Öfke Kontrol Rehberi</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786059609197</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 4</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786059609180</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>3:01</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786059176903</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Einstein Gibi Düşünmek</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786059176156</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Ölümcül Risk</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786059176132</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Sınırsız Limit</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786059176149</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Parafili</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786059176088</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Var Olmak Senin Elinde</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786059176095</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Mutluluk Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786059176019</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Denklemler</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786056540738</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Sessiz Kurban</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786056540745</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca 3</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786058484917</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ile Yanmış Kalemler</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786059176545</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Haritalı Adam</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786059609418</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Arsen Lüpen: Oyuk İğne</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786059609609</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Gizli Yüzü</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786059609012</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Süper Çengel Bulmaca</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786059176941</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Soğuk Sesi</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786059176804</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Bana Seni Seviyorum Deme Evlen Benimle</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786052063149</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Son 10 Saniye</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786059176330</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Pozitif Etki</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786059176934</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Acımasız</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786059176958</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Maeve Kerrigan Serisi 1 - 5. Kurban</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
           <t>9786059609708</t>
         </is>
       </c>
-      <c r="B540" s="1" t="inlineStr">
+      <c r="B776" s="1" t="inlineStr">
         <is>
           <t>Evrenin Ötesi</t>
         </is>
       </c>
-      <c r="C540" s="1">
-        <v>299</v>
+      <c r="C776" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>