--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -184,51 +184,51 @@
         <is>
           <t>9786257027441</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Soytarı Çiçekleri</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786257027489</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Martin Eden</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786257027465</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Dokuz Bulut Rüyası</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786257027403</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
@@ -244,51 +244,51 @@
         <is>
           <t>9786257027410</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Bulutlar</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786257027342</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Günün İlk Işıkları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786257027304</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Bayan Caldwell Oğluyla Konuşuyor</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786257027236</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
@@ -409,51 +409,51 @@
         <is>
           <t>9786058259386</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Tanrısız Din</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786058259348</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Pascual Duarte ve Ailesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786058259324</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>İnsan Varlığının Anlamı</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786056663796</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>