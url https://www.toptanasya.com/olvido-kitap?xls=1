--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -199,141 +199,141 @@
         <is>
           <t>9786257027489</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Martin Eden</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786257027465</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Dokuz Bulut Rüyası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786257027403</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Ölüm Başpiskopos İçin Geliyor</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786257027410</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Bulutlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786257027342</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Günün İlk Işıkları</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786257027304</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Bayan Caldwell Oğluyla Konuşuyor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786257027236</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Koş Melos!</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786257027212</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>İvan Osokin’in Tuhaf Hayatı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786257027182</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>İnsanlığımı Kaybedişim</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786257027199</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
@@ -349,96 +349,96 @@
         <is>
           <t>9786257027045</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Waldemar Hansen’in Ani Ölümü</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786056923975</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kesin İnançlılar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786056923906</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Marx’tan Sonra</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786056840517</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Sis</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786058259386</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Tanrısız Din</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786058259348</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Pascual Duarte ve Ailesi</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786058259324</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>