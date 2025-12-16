--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,2875 +85,2935 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259586083</t>
+          <t>9786259279923</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Özündeki Işığı Keşfet</t>
+          <t>Kadınlar İçin Longevity</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259586069</t>
+          <t>9786259279909</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Beynini Resetle</t>
+          <t>Ergenlikte Sağlıklı İletişim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259586076</t>
+          <t>9786259279916</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyetin Gücü</t>
+          <t>And Dağları Şamanları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786050202069</t>
+          <t>9786259586090</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>100 Şifalı Bitki 100 Şifalı İçecek</t>
+          <t>Neyin Yasını Tutuyorsun?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259586052</t>
+          <t>9786259586083</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Dönüşen Zihin</t>
+          <t>Özündeki Işığı Keşfet</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259586045</t>
+          <t>9786259586069</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Dansı</t>
+          <t>Beynini Resetle</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259586038</t>
+          <t>9786259586076</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Güç</t>
+          <t>Teslimiyetin Gücü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259586021</t>
+          <t>9786050202069</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ya Şimdi Ya Hiç</t>
+          <t>100 Şifalı Bitki 100 Şifalı İçecek</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259525594</t>
+          <t>9786259586052</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Ustalaş - Doğal Taşlar</t>
+          <t>Birlikte Dönüşen Zihin</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259525587</t>
+          <t>9786259586045</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Harika İlişkiler Kurmanın Yolları</t>
+          <t>Duyguların Dansı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259525563</t>
+          <t>9786259586038</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Travmalardan Özgürleşmek</t>
+          <t>Vahşi Güç</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259463902</t>
+          <t>9786259586021</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Vahşi ve Dişil Arketiplerle Kendini Keşfet</t>
+          <t>Ya Şimdi Ya Hiç</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259525570</t>
+          <t>9786259525594</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Ustalaş - Olumlamalar</t>
+          <t>21 Günde Ustalaş - Doğal Taşlar</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259525532</t>
+          <t>9786259525587</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayan Beden</t>
+          <t>Harika İlişkiler Kurmanın Yolları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259525525</t>
+          <t>9786259525563</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Arınma</t>
+          <t>Travmalardan Özgürleşmek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259812168</t>
+          <t>9786259463902</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Ustalaş - Rüyalar</t>
+          <t>Vahşi ve Dişil Arketiplerle Kendini Keşfet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259812151</t>
+          <t>9786259525570</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Atalardan Gelen Şifayı Uyandırmak</t>
+          <t>21 Günde Ustalaş - Olumlamalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259812120</t>
+          <t>9786259525532</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yoga Hayatımızı Nasıl Değiştirir?</t>
+          <t>Yaşlanmayan Beden</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259812137</t>
+          <t>9786259525525</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şaman, Şifa, Ritüel</t>
+          <t>Spiritüel Arınma</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259463995</t>
+          <t>9786259812168</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Ustalaş Numeroloji</t>
+          <t>21 Günde Ustalaş - Rüyalar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259463964</t>
+          <t>9786259812151</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Şifalandır</t>
+          <t>Atalardan Gelen Şifayı Uyandırmak</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259463940</t>
+          <t>9786259812120</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Nöro-Dharma</t>
+          <t>Yoga Hayatımızı Nasıl Değiştirir?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259463919</t>
+          <t>9786259812137</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaratıcılık Dişil Özün İlhamıyla Potansiyelini Keşfet</t>
+          <t>Şaman, Şifa, Ritüel</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259864297</t>
+          <t>9786259463995</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Korkmadan Yaşamak</t>
+          <t>21 Günde Ustalaş Numeroloji</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259864242</t>
+          <t>9786259463964</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yoga Nefesinin Gücü</t>
+          <t>Kalbini Şifalandır</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259993591</t>
+          <t>9786259463940</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Şamanı Uyandır</t>
+          <t>Nöro-Dharma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259864211</t>
+          <t>9786259463919</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılığını Keşfet</t>
+          <t>Vahşi Yaratıcılık Dişil Özün İlhamıyla Potansiyelini Keşfet</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259864235</t>
+          <t>9786259864297</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Beden Şifresi - Bedenin Kendini İyileştirme Yeteneğini Keşfedin!</t>
+          <t>Korkmadan Yaşamak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259864204</t>
+          <t>9786259864242</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olmak Cesaret İster</t>
+          <t>Yoga Nefesinin Gücü</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259993584</t>
+          <t>9786259993591</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Sığınak Sensin</t>
+          <t>İçindeki Şamanı Uyandır</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259993577</t>
+          <t>9786259864211</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bilge Şamanların Yolu</t>
+          <t>Yaratıcılığını Keşfet</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259993560</t>
+          <t>9786259864235</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Empat</t>
+          <t>Beden Şifresi - Bedenin Kendini İyileştirme Yeteneğini Keşfedin!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259993553</t>
+          <t>9786259864204</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bildiğiniz Gibi Değil!</t>
+          <t>Kendin Olmak Cesaret İster</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259993546</t>
+          <t>9786259993584</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Jung ve Yoga</t>
+          <t>Gerçek Sığınak Sensin</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057216564</t>
+          <t>9786259993577</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçalar Tanrılar ve Koruyucu Ruhlar</t>
+          <t>Bilge Şamanların Yolu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259993539</t>
+          <t>9786259993560</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Rehber Hayvanlar</t>
+          <t>Mutlu Empat</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259993522</t>
+          <t>9786259993553</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bilinçdışı Anlaşmalardan Özgürleşmek</t>
+          <t>Bildiğiniz Gibi Değil!</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259993515</t>
+          <t>9786259993546</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Anne Yarasını İyileştirmek</t>
+          <t>Jung ve Yoga</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259993508</t>
+          <t>9786057216564</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Toksik Düşüncelerden Nasıl Kurtuluruz?</t>
+          <t>Tanrıçalar Tanrılar ve Koruyucu Ruhlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057216595</t>
+          <t>9786259993539</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sevilmek, Başarılı Olmak ve Hayallerini Gerçekleştirmek İçin Yeterlisin</t>
+          <t>Rehber Hayvanlar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057216588</t>
+          <t>9786259993522</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Gizemli Hazinesi</t>
+          <t>Bilinçdışı Anlaşmalardan Özgürleşmek</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057216571</t>
+          <t>9786259993515</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İhtiyacın Olana Dönüşmek</t>
+          <t>Anne Yarasını İyileştirmek</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057216557</t>
+          <t>9786259993508</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda</t>
+          <t>Toksik Düşüncelerden Nasıl Kurtuluruz?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057216540</t>
+          <t>9786057216595</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşarsak Öyle Ölürüz</t>
+          <t>Sevilmek, Başarılı Olmak ve Hayallerini Gerçekleştirmek İçin Yeterlisin</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057216533</t>
+          <t>9786057216588</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuantum ve Spiritüellik</t>
+          <t>Astrolojinin Gizemli Hazinesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057216526</t>
+          <t>9786057216571</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şaman’ın Yaşam ve Ölüm Kitabı</t>
+          <t>İhtiyacın Olana Dönüşmek</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057216519</t>
+          <t>9786057216557</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bilgenin Yolu</t>
+          <t>Ayurveda</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057216502</t>
+          <t>9786057216540</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Bir Bardak Farkındalık - Hayata, Meditasyona ve Farkındalığa Dair Mektuplar</t>
+          <t>Nasıl Yaşarsak Öyle Ölürüz</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057178589</t>
+          <t>9786057216533</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yoga: Bir Dönüşüm Kılavuzu</t>
+          <t>Kuantum ve Spiritüellik</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057178596</t>
+          <t>9786057216526</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Koşulsuz Şefkat</t>
+          <t>Şaman’ın Yaşam ve Ölüm Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057178572</t>
+          <t>9786057216519</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Tarotun Bilgeliği</t>
+          <t>Bilgenin Yolu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057178558</t>
+          <t>9786057216502</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Çocuğu İyileştirmek</t>
+          <t>Bir Bardak Farkındalık - Hayata, Meditasyona ve Farkındalığa Dair Mektuplar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057178534</t>
+          <t>9786057178589</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Tao Hakikatin Yolu 2 Cilt Takım</t>
+          <t>Yoga: Bir Dönüşüm Kılavuzu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>700</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057178541</t>
+          <t>9786057178596</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nihan ile Yüz Yogasını Keşfet</t>
+          <t>Koşulsuz Şefkat</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057448293</t>
+          <t>9786057178572</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Temel Çakra Yoga</t>
+          <t>Tarotun Bilgeliği</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057448279</t>
+          <t>9786057178558</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zen Büyük Patlama</t>
+          <t>İçimizdeki Çocuğu İyileştirmek</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057448262</t>
+          <t>9786057178534</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pratik Tarot Destesi</t>
+          <t>Tao Hakikatin Yolu 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057448255</t>
+          <t>9786057178541</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Nihan ile Yüz Yogasını Keşfet</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057178503</t>
+          <t>9786057448293</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yoga Zihni</t>
+          <t>Temel Çakra Yoga</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057448286</t>
+          <t>9786057448279</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Light on Pranayama - Nefese Işık</t>
+          <t>Zen Büyük Patlama</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057448248</t>
+          <t>9786057448262</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dişilik</t>
+          <t>Pratik Tarot Destesi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057448224</t>
+          <t>9786057448255</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Ufo Temasları</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>650</v>
+        <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050208573</t>
+          <t>9786057178503</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Şaman, Şifacı, Bilge</t>
+          <t>Yoga Zihni</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057448217</t>
+          <t>9786057448286</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Erkek</t>
+          <t>Light on Pranayama - Nefese Işık</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057448200</t>
+          <t>9786057448248</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Nefesin Şifa Veren Gücü</t>
+          <t>Vahşi Dişilik</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786050208313</t>
+          <t>9786057448224</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kolay Tarot Kiti</t>
+          <t>Gizlenen Ufo Temasları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050208337</t>
+          <t>9786050208573</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Topraklanma</t>
+          <t>Şaman, Şifacı, Bilge</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050208115</t>
+          <t>9786057448217</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Erkek</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786050208054</t>
+          <t>9786057448200</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Buda'nın Kalbi</t>
+          <t>Nefesin Şifa Veren Gücü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050207996</t>
+          <t>9786050208313</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kara Köken</t>
+          <t>Kolay Tarot Kiti</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050207927</t>
+          <t>9786050208337</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ego - Yeni İnsanlığın Temelleri 1</t>
+          <t>Topraklanma</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050207880</t>
+          <t>9786050208115</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İçsel Yolculuk</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050207798</t>
+          <t>9786050208054</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kozmosun Aklı: Niçin Buradayız?</t>
+          <t>Buda'nın Kalbi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050207729</t>
+          <t>9786050207996</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Aşık Olmak</t>
+          <t>Kara Köken</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050207347</t>
+          <t>9786050207927</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Thoth Tarot Takımı</t>
+          <t>Ego - Yeni İnsanlığın Temelleri 1</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050207354</t>
+          <t>9786050207880</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun İçine Yolculuk</t>
+          <t>İçsel Yolculuk</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050207279</t>
+          <t>9786050207798</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Light On Life - Hayata Işık</t>
+          <t>Kozmosun Aklı: Niçin Buradayız?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050207064</t>
+          <t>9786050207729</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık: Bir Antik Mısır Dini</t>
+          <t>Karanlığa Aşık Olmak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050206913</t>
+          <t>9786050207347</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Titreşimsel Ses Terapisi ile Şifa</t>
+          <t>Thoth Tarot Takımı</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050206845</t>
+          <t>9786050207354</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Buda'nın Beyni</t>
+          <t>Boşluğun İçine Yolculuk</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050206838</t>
+          <t>9786050207279</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gizemi Yaşamak</t>
+          <t>Light On Life - Hayata Işık</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050206807</t>
+          <t>9786050207064</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Bitince</t>
+          <t>Hristiyanlık: Bir Antik Mısır Dini</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050206661</t>
+          <t>9786050206913</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mistisizm ve Modern Fizik</t>
+          <t>Titreşimsel Ses Terapisi ile Şifa</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050206692</t>
+          <t>9786050206845</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bulmak</t>
+          <t>Buda'nın Beyni</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050206623</t>
+          <t>9786050206838</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Hologram</t>
+          <t>Gizemi Yaşamak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050206418</t>
+          <t>9786050206807</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yogaya Işık - Light on Yoga (Ciltli)</t>
+          <t>Çikolata Bitince</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050206333</t>
+          <t>9786050206661</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Evren</t>
+          <t>Mistisizm ve Modern Fizik</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050206234</t>
+          <t>9786050206692</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yasak Evren</t>
+          <t>Kendini Bulmak</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050206166</t>
+          <t>9786050206623</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Kozmik Hologram</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050206043</t>
+          <t>9786050206418</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Huzur Arayışı</t>
+          <t>Yogaya Işık - Light on Yoga (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>850</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050205909</t>
+          <t>9786050206333</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Özgür Zihin</t>
+          <t>Bilinçli Evren</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050205701</t>
+          <t>9786050206234</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Duvarlar</t>
+          <t>Yasak Evren</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050205718</t>
+          <t>9786050206166</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dingin Ruh Gürültücü Zihin</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050205657</t>
+          <t>9786050206043</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Kitabı</t>
+          <t>Huzur Arayışı</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050205619</t>
+          <t>9786050205909</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Krallar Vadisi'ndeki Yabancı</t>
+          <t>Özgür Zihin</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050205541</t>
+          <t>9786050205701</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Ruhu</t>
+          <t>İçimdeki Duvarlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050205244</t>
+          <t>9786050205718</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Öyküsü Sensin</t>
+          <t>Dingin Ruh Gürültücü Zihin</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050205213</t>
+          <t>9786050205657</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Ölümsüz Alevi</t>
+          <t>Yaşam Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050205077</t>
+          <t>9786050205619</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İkna Etme Sanatı</t>
+          <t>Krallar Vadisi'ndeki Yabancı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050205107</t>
+          <t>9786050205541</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehir</t>
+          <t>Evrenin Ruhu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050205060</t>
+          <t>9786050205244</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kendinin Aynasıdır</t>
+          <t>İnsanlığın Öyküsü Sensin</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050204650</t>
+          <t>9786050205213</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Tibet'in Yaşam ve Ölüm Kitabı</t>
+          <t>Bilincin Ölümsüz Alevi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050203202</t>
+          <t>9786050205077</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kumların Bilgeliği</t>
+          <t>İkna Etme Sanatı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050204865</t>
+          <t>9786050205107</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Akhenaton</t>
+          <t>Kayıp Şehir</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754688405</t>
+          <t>9786050205060</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Vadisi</t>
+          <t>İnsan Kendinin Aynasıdır</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050204704</t>
+          <t>9786050204650</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Seçme Sanatı</t>
+          <t>Tibet'in Yaşam ve Ölüm Kitabı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050204605</t>
+          <t>9786050203202</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kitabı : Yaşamın Sırrına Ulaşmak İçin 112 Meditasyon (Ciltli)</t>
+          <t>Kumların Bilgeliği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050204612</t>
+          <t>9786050204865</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Holografik Evren</t>
+          <t>Musa ve Akhenaton</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786050204575</t>
+          <t>9789754688405</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Değişebilir mi?</t>
+          <t>Kelebek Vadisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050204445</t>
+          <t>9786050204704</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Refleksoloji</t>
+          <t>Seçme Sanatı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754683868</t>
+          <t>9786050204605</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Meditasyon : İlk ve Son Özgürlük</t>
+          <t>Sırlar Kitabı : Yaşamın Sırrına Ulaşmak İçin 112 Meditasyon (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>700</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050204070</t>
+          <t>9786050204612</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Nü Halleri</t>
+          <t>Holografik Evren</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050201833</t>
+          <t>9786050204575</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Düşünce</t>
+          <t>İnsanlık Değişebilir mi?</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050203813</t>
+          <t>9786050204445</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yaşamın Sırrı</t>
+          <t>Cinsel Refleksoloji</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754688412</t>
+          <t>9789754683868</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Meditasyon : İlk ve Son Özgürlük</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050202861</t>
+          <t>9786050204070</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Sanatı (Ciltli)</t>
+          <t>Aşkın Nü Halleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050202564</t>
+          <t>9786050201833</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Platon Bugün Yaşasaydı</t>
+          <t>Yenilmez Düşünce</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050202427</t>
+          <t>9786050203813</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak</t>
+          <t>İkinci Yaşamın Sırrı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786050203745</t>
+          <t>9789754688412</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabun Köpüğüdür Hayat</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050203622</t>
+          <t>9786050202861</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Uygarlıklar Muamması</t>
+          <t>Konuşma Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050202434</t>
+          <t>9786050202564</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Tarot</t>
+          <t>Platon Bugün Yaşasaydı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050202410</t>
+          <t>9786050202427</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Tarot (Kutulu)</t>
+          <t>İnsan Olmak</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050202441</t>
+          <t>9786050203745</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Klimt Altın Tarot</t>
+          <t>Bir Sabun Köpüğüdür Hayat</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754683875</t>
+          <t>9786050203622</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tantra, Spiritüellik ve Cinsellik</t>
+          <t>Kayıp Uygarlıklar Muamması</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754685572</t>
+          <t>9786050202434</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Sözlüğü</t>
+          <t>Evrensel Tarot</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050203905</t>
+          <t>9786050202410</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Aşkı</t>
+          <t>Herkes İçin Tarot (Kutulu)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050204216</t>
+          <t>9786050202441</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Parmak İzleri</t>
+          <t>Klimt Altın Tarot</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786050204124</t>
+          <t>9789754683875</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tartışma ve Kazanma Sanatı</t>
+          <t>Tantra, Spiritüellik ve Cinsellik</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786050203523</t>
+          <t>9789754685572</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ölmeyi Reddeden Kral</t>
+          <t>Şeytanın Sözlüğü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050203264</t>
+          <t>9786050203905</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Oyun</t>
+          <t>Yaşam Aşkı</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050201505</t>
+          <t>9786050204216</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bar Filozofu</t>
+          <t>Tanrıların Parmak İzleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789754684957</t>
+          <t>9786050204124</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Abc’si</t>
+          <t>Tartışma ve Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050202496</t>
+          <t>9786050203523</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Erkekliğin 100 Kuralı</t>
+          <t>Ölmeyi Reddeden Kral</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050203042</t>
+          <t>9786050203264</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kötü Çocuklarından 33 Ders</t>
+          <t>Kozmik Oyun</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050202892</t>
+          <t>9786050201505</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Birey ve Toplum</t>
+          <t>Bar Filozofu</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786050200584</t>
+          <t>9789754684957</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Kurtuluş</t>
+          <t>Aydınlanmanın Abc’si</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050200362</t>
+          <t>9786050202496</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Zafere ve Mutluluğa Giden Yol</t>
+          <t>Erkekliğin 100 Kuralı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789754684964</t>
+          <t>9786050203042</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yoga 2 - Zamanın, Mekanın ve Arzunun Ötesinde</t>
+          <t>Felsefenin Kötü Çocuklarından 33 Ders</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754684971</t>
+          <t>9786050202892</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yoga - 1</t>
+          <t>Birey ve Toplum</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754685220</t>
+          <t>9786050200584</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki İste</t>
+          <t>Zihinsel Kurtuluş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754688351</t>
+          <t>9786050200362</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Türkü</t>
+          <t>Zafere ve Mutluluğa Giden Yol</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754687118</t>
+          <t>9789754684964</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’yi Doğru, Etkili ve Güzel Konuşma Kit-Hapı</t>
+          <t>Yoga 2 - Zamanın, Mekanın ve Arzunun Ötesinde</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786050201536</t>
+          <t>9789754684971</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tembel Entel</t>
+          <t>Yoga - 1</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754685497</t>
+          <t>9789754685220</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sözler ve Gerçekler</t>
+          <t>Yeter ki İste</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754685091</t>
+          <t>9789754688351</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kitabı</t>
+          <t>Yarım Kalan Türkü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754685237</t>
+          <t>9789754687118</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Rüya Yorumları</t>
+          <t>Türkçe’yi Doğru, Etkili ve Güzel Konuşma Kit-Hapı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050202151</t>
+          <t>9786050201536</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eczanesi</t>
+          <t>Tembel Entel</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754684407</t>
+          <t>9789754685497</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Provokatör Mistik</t>
+          <t>Sözler ve Gerçekler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754683882</t>
+          <t>9789754685091</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Osho Zen Tarot Transandantal Zen Oyunu</t>
+          <t>Sırlar Kitabı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754685381</t>
+          <t>9789754685237</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Oltaya Takılan Her Balık Güzeldir</t>
+          <t>Rüya Yorumları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754684735</t>
+          <t>9786050202151</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Özgürlük Savaşçısı</t>
+          <t>Ruh Eczanesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754685411</t>
+          <t>9789754684407</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Neden Sarışınlar Saf, Erkekler Çapkın Olur?</t>
+          <t>Provokatör Mistik</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754688115</t>
+          <t>9789754683882</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Modern Beynin Evrimi / E-Beyin</t>
+          <t>Osho Zen Tarot Transandantal Zen Oyunu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050202298</t>
+          <t>9789754685381</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Meleğim</t>
+          <t>Oltaya Takılan Her Balık Güzeldir</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786050200393</t>
+          <t>9789754684735</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Kutsal Sembolleri</t>
+          <t>Nietzsche Özgürlük Savaşçısı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754688535</t>
+          <t>9789754685411</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Kozmik Güçleri 2</t>
+          <t>Neden Sarışınlar Saf, Erkekler Çapkın Olur?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754688597</t>
+          <t>9789754688115</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Kozmik Güçleri 1</t>
+          <t>Modern Beynin Evrimi / E-Beyin</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754689112</t>
+          <t>9786050202298</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Çocukları</t>
+          <t>Koruyucu Meleğim</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050200348</t>
+          <t>9786050200393</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta - Mu</t>
+          <t>Kayıp Kıta Mu’nun Kutsal Sembolleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754688368</t>
+          <t>9789754688535</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kapı Kapı</t>
+          <t>Kayıp Kıta Mu’nun Kozmik Güçleri 2</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786050202229</t>
+          <t>9789754688597</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kanat Açmış Kuş</t>
+          <t>Kayıp Kıta Mu’nun Kozmik Güçleri 1</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754688399</t>
+          <t>9789754689112</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sevdikçe Güzelleşir</t>
+          <t>Kayıp Kıta Mu’nun Çocukları</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789754689211</t>
+          <t>9786050200348</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İçsel Devrim</t>
+          <t>Kayıp Kıta - Mu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050201055</t>
+          <t>9789754688368</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Huzura ve Barışa Doğru</t>
+          <t>Kapı Kapı</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050201529</t>
+          <t>9786050202229</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bakım İster</t>
+          <t>Kanat Açmış Kuş</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754685282</t>
+          <t>9789754688399</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hafızanın Kutsal Kitabı</t>
+          <t>İnsan Sevdikçe Güzelleşir</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057448231</t>
+          <t>9789754689211</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Gölge Etkisi</t>
+          <t>İçsel Devrim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050208238</t>
+          <t>9786050201055</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Genç Kal Uzun Yaşa</t>
+          <t>Huzura ve Barışa Doğru</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050200027</t>
+          <t>9786050201529</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Başarı Öyküleri</t>
+          <t>Hayat Bakım İster</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754685695</t>
+          <t>9789754685282</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Doğuya Kadınlar Sağa</t>
+          <t>Hafızanın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786050200386</t>
+          <t>9786057448231</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Enerjik Yaratıcılık</t>
+          <t>Gölge Etkisi</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754685329</t>
+          <t>9786050208238</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Mutfağından  Ağzınıza Layık 400 Tarif (Ciltli)</t>
+          <t>Genç Kal Uzun Yaşa</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754688382</t>
+          <t>9786050200027</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Kitabı</t>
+          <t>Geçmişten Geleceğe Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786050201727</t>
+          <t>9789754685695</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bunalımda</t>
+          <t>Erkekler Doğuya Kadınlar Sağa</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050201406</t>
+          <t>9786050200386</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Duygu Şifresi</t>
+          <t>Enerjik Yaratıcılık</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>475</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050201161</t>
+          <t>9789754685329</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Harita</t>
+          <t>Elif’in Mutfağından  Ağzınıza Layık 400 Tarif (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786050201246</t>
+          <t>9789754688382</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filozofların Tuhaf Fikirleri</t>
+          <t>Dünyanın En Güzel Kitabı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050201048</t>
+          <t>9786050201727</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Büyük Aptallıklar Kitabı</t>
+          <t>Dünya Bunalımda</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754685886</t>
+          <t>9786050201406</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Burcunuza Göre Aşk ve Evlilik Hayatınız</t>
+          <t>Duygu Şifresi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754688108</t>
+          <t>9786050201161</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Bunları Düşün</t>
+          <t>Büyülü Harita</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754687583</t>
+          <t>9786050201246</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Sözlüğü</t>
+          <t>Büyük Filozofların Tuhaf Fikirleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754685466</t>
+          <t>9786050201048</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Sözlüğü</t>
+          <t>Büyük Aptallıklar Kitabı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754688290</t>
+          <t>9789754685886</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bilinenden Kurtulmak</t>
+          <t>Burcunuza Göre Aşk ve Evlilik Hayatınız</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754686708</t>
+          <t>9789754688108</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Hipnoz</t>
+          <t>Bunları Düşün</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754687354</t>
+          <t>9789754687583</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yarışması</t>
+          <t>Bulmaca Sözlüğü</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786050202052</t>
+          <t>9789754685466</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Başardım, Çünkü...</t>
+          <t>Bulmaca Sözlüğü</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786050201581</t>
+          <t>9789754688290</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Seks ve Namus</t>
+          <t>Bilinenden Kurtulmak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754688276</t>
+          <t>9789754686708</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Antidepresan Olarak Aşk</t>
+          <t>Bilinçli Hipnoz</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
+          <t>9789754687354</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Yarışması</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786050202052</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Başardım, Çünkü...</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786050201581</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Aşk, Seks ve Namus</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789754688276</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Antidepresan Olarak Aşk</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
           <t>9789754684131</t>
         </is>
       </c>
-      <c r="B190" s="1" t="inlineStr">
+      <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Ansiklopedik Çocuk Adları Sözlüğü</t>
         </is>
       </c>
-      <c r="C190" s="1">
+      <c r="C194" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>