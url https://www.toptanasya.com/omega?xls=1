--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -85,2935 +85,2980 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259279923</t>
+          <t>9786259279954</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar İçin Longevity</t>
+          <t>Hayallerini Yaşamak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259279909</t>
+          <t>9786259279947</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ergenlikte Sağlıklı İletişim</t>
+          <t>Tantra</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259279916</t>
+          <t>9786259279930</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>And Dağları Şamanları</t>
+          <t>Neden Bu İlişkiden Kopamıyorum?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259586090</t>
+          <t>9786259279923</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Neyin Yasını Tutuyorsun?</t>
+          <t>Kadınlar İçin Longevity</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259586083</t>
+          <t>9786259279909</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Özündeki Işığı Keşfet</t>
+          <t>Ergenlikte Sağlıklı İletişim</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259586069</t>
+          <t>9786259279916</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beynini Resetle</t>
+          <t>And Dağları Şamanları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259586076</t>
+          <t>9786259586090</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyetin Gücü</t>
+          <t>Neyin Yasını Tutuyorsun?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786050202069</t>
+          <t>9786259586083</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>100 Şifalı Bitki 100 Şifalı İçecek</t>
+          <t>Özündeki Işığı Keşfet</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259586052</t>
+          <t>9786259586069</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Dönüşen Zihin</t>
+          <t>Beynini Resetle</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259586045</t>
+          <t>9786259586076</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Dansı</t>
+          <t>Teslimiyetin Gücü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259586038</t>
+          <t>9786050202069</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Güç</t>
+          <t>100 Şifalı Bitki 100 Şifalı İçecek</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259586021</t>
+          <t>9786259586052</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ya Şimdi Ya Hiç</t>
+          <t>Birlikte Dönüşen Zihin</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259525594</t>
+          <t>9786259586045</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Ustalaş - Doğal Taşlar</t>
+          <t>Duyguların Dansı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259525587</t>
+          <t>9786259586038</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Harika İlişkiler Kurmanın Yolları</t>
+          <t>Vahşi Güç</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259525563</t>
+          <t>9786259586021</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Travmalardan Özgürleşmek</t>
+          <t>Ya Şimdi Ya Hiç</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259463902</t>
+          <t>9786259525594</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Vahşi ve Dişil Arketiplerle Kendini Keşfet</t>
+          <t>21 Günde Ustalaş - Doğal Taşlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259525570</t>
+          <t>9786259525587</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Ustalaş - Olumlamalar</t>
+          <t>Harika İlişkiler Kurmanın Yolları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259525532</t>
+          <t>9786259525563</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayan Beden</t>
+          <t>Travmalardan Özgürleşmek</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259525525</t>
+          <t>9786259463902</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Arınma</t>
+          <t>Vahşi ve Dişil Arketiplerle Kendini Keşfet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259812168</t>
+          <t>9786259525570</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Ustalaş - Rüyalar</t>
+          <t>21 Günde Ustalaş - Olumlamalar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259812151</t>
+          <t>9786259525532</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Atalardan Gelen Şifayı Uyandırmak</t>
+          <t>Yaşlanmayan Beden</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259812120</t>
+          <t>9786259525525</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yoga Hayatımızı Nasıl Değiştirir?</t>
+          <t>Spiritüel Arınma</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259812137</t>
+          <t>9786259812168</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Şaman, Şifa, Ritüel</t>
+          <t>21 Günde Ustalaş - Rüyalar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259463995</t>
+          <t>9786259812151</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>21 Günde Ustalaş Numeroloji</t>
+          <t>Atalardan Gelen Şifayı Uyandırmak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259463964</t>
+          <t>9786259812120</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Şifalandır</t>
+          <t>Yoga Hayatımızı Nasıl Değiştirir?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259463940</t>
+          <t>9786259812137</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nöro-Dharma</t>
+          <t>Şaman, Şifa, Ritüel</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259463919</t>
+          <t>9786259463995</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Yaratıcılık Dişil Özün İlhamıyla Potansiyelini Keşfet</t>
+          <t>21 Günde Ustalaş Numeroloji</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259864297</t>
+          <t>9786259463964</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Korkmadan Yaşamak</t>
+          <t>Kalbini Şifalandır</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259864242</t>
+          <t>9786259463940</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yoga Nefesinin Gücü</t>
+          <t>Nöro-Dharma</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259993591</t>
+          <t>9786259463919</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Şamanı Uyandır</t>
+          <t>Vahşi Yaratıcılık Dişil Özün İlhamıyla Potansiyelini Keşfet</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>455</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259864211</t>
+          <t>9786259864297</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılığını Keşfet</t>
+          <t>Korkmadan Yaşamak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259864235</t>
+          <t>9786259864242</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Beden Şifresi - Bedenin Kendini İyileştirme Yeteneğini Keşfedin!</t>
+          <t>Yoga Nefesinin Gücü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259864204</t>
+          <t>9786259993591</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kendin Olmak Cesaret İster</t>
+          <t>İçindeki Şamanı Uyandır</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259993584</t>
+          <t>9786259864211</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Sığınak Sensin</t>
+          <t>Yaratıcılığını Keşfet</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259993577</t>
+          <t>9786259864235</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bilge Şamanların Yolu</t>
+          <t>Beden Şifresi - Bedenin Kendini İyileştirme Yeteneğini Keşfedin!</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259993560</t>
+          <t>9786259864204</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Empat</t>
+          <t>Kendin Olmak Cesaret İster</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259993553</t>
+          <t>9786259993584</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bildiğiniz Gibi Değil!</t>
+          <t>Gerçek Sığınak Sensin</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259993546</t>
+          <t>9786259993577</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Jung ve Yoga</t>
+          <t>Bilge Şamanların Yolu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057216564</t>
+          <t>9786259993560</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçalar Tanrılar ve Koruyucu Ruhlar</t>
+          <t>Mutlu Empat</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>600</v>
+        <v>275</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259993539</t>
+          <t>9786259993553</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rehber Hayvanlar</t>
+          <t>Bildiğiniz Gibi Değil!</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259993522</t>
+          <t>9786259993546</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bilinçdışı Anlaşmalardan Özgürleşmek</t>
+          <t>Jung ve Yoga</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259993515</t>
+          <t>9786057216564</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Anne Yarasını İyileştirmek</t>
+          <t>Tanrıçalar Tanrılar ve Koruyucu Ruhlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259993508</t>
+          <t>9786259993539</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Toksik Düşüncelerden Nasıl Kurtuluruz?</t>
+          <t>Rehber Hayvanlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057216595</t>
+          <t>9786259993522</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sevilmek, Başarılı Olmak ve Hayallerini Gerçekleştirmek İçin Yeterlisin</t>
+          <t>Bilinçdışı Anlaşmalardan Özgürleşmek</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057216588</t>
+          <t>9786259993515</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Gizemli Hazinesi</t>
+          <t>Anne Yarasını İyileştirmek</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057216571</t>
+          <t>9786259993508</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İhtiyacın Olana Dönüşmek</t>
+          <t>Toksik Düşüncelerden Nasıl Kurtuluruz?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057216557</t>
+          <t>9786057216595</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda</t>
+          <t>Sevilmek, Başarılı Olmak ve Hayallerini Gerçekleştirmek İçin Yeterlisin</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057216540</t>
+          <t>9786057216588</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yaşarsak Öyle Ölürüz</t>
+          <t>Astrolojinin Gizemli Hazinesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057216533</t>
+          <t>9786057216571</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kuantum ve Spiritüellik</t>
+          <t>İhtiyacın Olana Dönüşmek</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057216526</t>
+          <t>9786057216557</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şaman’ın Yaşam ve Ölüm Kitabı</t>
+          <t>Ayurveda</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057216519</t>
+          <t>9786057216540</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilgenin Yolu</t>
+          <t>Nasıl Yaşarsak Öyle Ölürüz</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057216502</t>
+          <t>9786057216533</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Bardak Farkındalık - Hayata, Meditasyona ve Farkındalığa Dair Mektuplar</t>
+          <t>Kuantum ve Spiritüellik</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057178589</t>
+          <t>9786057216526</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yoga: Bir Dönüşüm Kılavuzu</t>
+          <t>Şaman’ın Yaşam ve Ölüm Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057178596</t>
+          <t>9786057216519</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Koşulsuz Şefkat</t>
+          <t>Bilgenin Yolu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057178572</t>
+          <t>9786057216502</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tarotun Bilgeliği</t>
+          <t>Bir Bardak Farkındalık - Hayata, Meditasyona ve Farkındalığa Dair Mektuplar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057178558</t>
+          <t>9786057178589</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Çocuğu İyileştirmek</t>
+          <t>Yoga: Bir Dönüşüm Kılavuzu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057178534</t>
+          <t>9786057178596</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tao Hakikatin Yolu 2 Cilt Takım</t>
+          <t>Koşulsuz Şefkat</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057178541</t>
+          <t>9786057178572</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nihan ile Yüz Yogasını Keşfet</t>
+          <t>Tarotun Bilgeliği</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057448293</t>
+          <t>9786057178558</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Temel Çakra Yoga</t>
+          <t>İçimizdeki Çocuğu İyileştirmek</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057448279</t>
+          <t>9786057178534</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Zen Büyük Patlama</t>
+          <t>Tao Hakikatin Yolu 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057448262</t>
+          <t>9786057178541</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Pratik Tarot Destesi</t>
+          <t>Nihan ile Yüz Yogasını Keşfet</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057448255</t>
+          <t>9786057448293</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Temel Çakra Yoga</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057178503</t>
+          <t>9786057448279</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yoga Zihni</t>
+          <t>Zen Büyük Patlama</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057448286</t>
+          <t>9786057448262</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Light on Pranayama - Nefese Işık</t>
+          <t>Pratik Tarot Destesi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057448248</t>
+          <t>9786057448255</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Dişilik</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057448224</t>
+          <t>9786057178503</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gizlenen Ufo Temasları</t>
+          <t>Yoga Zihni</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050208573</t>
+          <t>9786057448286</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Şaman, Şifacı, Bilge</t>
+          <t>Light on Pranayama - Nefese Işık</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057448217</t>
+          <t>9786057448248</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Erkek</t>
+          <t>Vahşi Dişilik</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057448200</t>
+          <t>9786057448224</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Nefesin Şifa Veren Gücü</t>
+          <t>Gizlenen Ufo Temasları</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786050208313</t>
+          <t>9786050208573</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kolay Tarot Kiti</t>
+          <t>Şaman, Şifacı, Bilge</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786050208337</t>
+          <t>9786057448217</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Topraklanma</t>
+          <t>Erkek</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786050208115</t>
+          <t>9786057448200</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kadın</t>
+          <t>Nefesin Şifa Veren Gücü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786050208054</t>
+          <t>9786050208313</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Buda'nın Kalbi</t>
+          <t>Kolay Tarot Kiti</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786050207996</t>
+          <t>9786050208337</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kara Köken</t>
+          <t>Topraklanma</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786050207927</t>
+          <t>9786050208115</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ego - Yeni İnsanlığın Temelleri 1</t>
+          <t>Kadın</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786050207880</t>
+          <t>9786050208054</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İçsel Yolculuk</t>
+          <t>Buda'nın Kalbi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786050207798</t>
+          <t>9786050207996</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kozmosun Aklı: Niçin Buradayız?</t>
+          <t>Kara Köken</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786050207729</t>
+          <t>9786050207927</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Aşık Olmak</t>
+          <t>Ego - Yeni İnsanlığın Temelleri 1</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786050207347</t>
+          <t>9786050207880</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Thoth Tarot Takımı</t>
+          <t>İçsel Yolculuk</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786050207354</t>
+          <t>9786050207798</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun İçine Yolculuk</t>
+          <t>Kozmosun Aklı: Niçin Buradayız?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786050207279</t>
+          <t>9786050207729</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Light On Life - Hayata Işık</t>
+          <t>Karanlığa Aşık Olmak</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786050207064</t>
+          <t>9786050207347</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hristiyanlık: Bir Antik Mısır Dini</t>
+          <t>Thoth Tarot Takımı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786050206913</t>
+          <t>9786050207354</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Titreşimsel Ses Terapisi ile Şifa</t>
+          <t>Boşluğun İçine Yolculuk</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786050206845</t>
+          <t>9786050207279</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Buda'nın Beyni</t>
+          <t>Light On Life - Hayata Işık</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786050206838</t>
+          <t>9786050207064</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gizemi Yaşamak</t>
+          <t>Hristiyanlık: Bir Antik Mısır Dini</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786050206807</t>
+          <t>9786050206913</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Bitince</t>
+          <t>Titreşimsel Ses Terapisi ile Şifa</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786050206661</t>
+          <t>9786050206845</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mistisizm ve Modern Fizik</t>
+          <t>Buda'nın Beyni</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786050206692</t>
+          <t>9786050206838</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bulmak</t>
+          <t>Gizemi Yaşamak</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786050206623</t>
+          <t>9786050206807</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Hologram</t>
+          <t>Çikolata Bitince</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786050206418</t>
+          <t>9786050206661</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yogaya Işık - Light on Yoga (Ciltli)</t>
+          <t>Mistisizm ve Modern Fizik</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786050206333</t>
+          <t>9786050206692</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Evren</t>
+          <t>Kendini Bulmak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786050206234</t>
+          <t>9786050206623</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yasak Evren</t>
+          <t>Kozmik Hologram</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786050206166</t>
+          <t>9786050206418</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Yogaya Işık - Light on Yoga (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>275</v>
+        <v>850</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786050206043</t>
+          <t>9786050206333</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Huzur Arayışı</t>
+          <t>Bilinçli Evren</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786050205909</t>
+          <t>9786050206234</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Özgür Zihin</t>
+          <t>Yasak Evren</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786050205701</t>
+          <t>9786050206166</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Duvarlar</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786050205718</t>
+          <t>9786050206043</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dingin Ruh Gürültücü Zihin</t>
+          <t>Huzur Arayışı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786050205657</t>
+          <t>9786050205909</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Kitabı</t>
+          <t>Özgür Zihin</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050205619</t>
+          <t>9786050205701</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Krallar Vadisi'ndeki Yabancı</t>
+          <t>İçimdeki Duvarlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786050205541</t>
+          <t>9786050205718</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Ruhu</t>
+          <t>Dingin Ruh Gürültücü Zihin</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786050205244</t>
+          <t>9786050205657</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Öyküsü Sensin</t>
+          <t>Yaşam Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786050205213</t>
+          <t>9786050205619</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bilincin Ölümsüz Alevi</t>
+          <t>Krallar Vadisi'ndeki Yabancı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786050205077</t>
+          <t>9786050205541</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İkna Etme Sanatı</t>
+          <t>Evrenin Ruhu</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786050205107</t>
+          <t>9786050205244</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şehir</t>
+          <t>İnsanlığın Öyküsü Sensin</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786050205060</t>
+          <t>9786050205213</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kendinin Aynasıdır</t>
+          <t>Bilincin Ölümsüz Alevi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786050204650</t>
+          <t>9786050205077</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tibet'in Yaşam ve Ölüm Kitabı</t>
+          <t>İkna Etme Sanatı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786050203202</t>
+          <t>9786050205107</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kumların Bilgeliği</t>
+          <t>Kayıp Şehir</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786050204865</t>
+          <t>9786050205060</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Musa ve Akhenaton</t>
+          <t>İnsan Kendinin Aynasıdır</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754688405</t>
+          <t>9786050204650</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Vadisi</t>
+          <t>Tibet'in Yaşam ve Ölüm Kitabı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786050204704</t>
+          <t>9786050203202</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Seçme Sanatı</t>
+          <t>Kumların Bilgeliği</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786050204605</t>
+          <t>9786050204865</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kitabı : Yaşamın Sırrına Ulaşmak İçin 112 Meditasyon (Ciltli)</t>
+          <t>Musa ve Akhenaton</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786050204612</t>
+          <t>9789754688405</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Holografik Evren</t>
+          <t>Kelebek Vadisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786050204575</t>
+          <t>9786050204704</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Değişebilir mi?</t>
+          <t>Seçme Sanatı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786050204445</t>
+          <t>9786050204605</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Refleksoloji</t>
+          <t>Sırlar Kitabı : Yaşamın Sırrına Ulaşmak İçin 112 Meditasyon (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>450</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754683868</t>
+          <t>9786050204612</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Meditasyon : İlk ve Son Özgürlük</t>
+          <t>Holografik Evren</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786050204070</t>
+          <t>9786050204575</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Nü Halleri</t>
+          <t>İnsanlık Değişebilir mi?</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786050201833</t>
+          <t>9786050204445</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yenilmez Düşünce</t>
+          <t>Cinsel Refleksoloji</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786050203813</t>
+          <t>9789754683868</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İkinci Yaşamın Sırrı</t>
+          <t>Meditasyon : İlk ve Son Özgürlük</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754688412</t>
+          <t>9786050204070</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Aşkın Nü Halleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786050202861</t>
+          <t>9786050201833</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Konuşma Sanatı (Ciltli)</t>
+          <t>Yenilmez Düşünce</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786050202564</t>
+          <t>9786050203813</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Platon Bugün Yaşasaydı</t>
+          <t>İkinci Yaşamın Sırrı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786050202427</t>
+          <t>9789754688412</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786050203745</t>
+          <t>9786050202861</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bir Sabun Köpüğüdür Hayat</t>
+          <t>Konuşma Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786050203622</t>
+          <t>9786050202564</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Uygarlıklar Muamması</t>
+          <t>Platon Bugün Yaşasaydı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786050202434</t>
+          <t>9786050202427</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Tarot</t>
+          <t>İnsan Olmak</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786050202410</t>
+          <t>9786050203745</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Tarot (Kutulu)</t>
+          <t>Bir Sabun Köpüğüdür Hayat</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786050202441</t>
+          <t>9786050203622</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Klimt Altın Tarot</t>
+          <t>Kayıp Uygarlıklar Muamması</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754683875</t>
+          <t>9786050202434</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tantra, Spiritüellik ve Cinsellik</t>
+          <t>Evrensel Tarot</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789754685572</t>
+          <t>9786050202410</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Sözlüğü</t>
+          <t>Herkes İçin Tarot (Kutulu)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786050203905</t>
+          <t>9786050202441</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Aşkı</t>
+          <t>Klimt Altın Tarot</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786050204216</t>
+          <t>9789754683875</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Parmak İzleri</t>
+          <t>Tantra, Spiritüellik ve Cinsellik</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050204124</t>
+          <t>9789754685572</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tartışma ve Kazanma Sanatı</t>
+          <t>Şeytanın Sözlüğü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050203523</t>
+          <t>9786050203905</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Ölmeyi Reddeden Kral</t>
+          <t>Yaşam Aşkı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050203264</t>
+          <t>9786050204216</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Oyun</t>
+          <t>Tanrıların Parmak İzleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050201505</t>
+          <t>9786050204124</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bar Filozofu</t>
+          <t>Tartışma ve Kazanma Sanatı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754684957</t>
+          <t>9786050203523</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Abc’si</t>
+          <t>Ölmeyi Reddeden Kral</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786050202496</t>
+          <t>9786050203264</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Erkekliğin 100 Kuralı</t>
+          <t>Kozmik Oyun</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786050203042</t>
+          <t>9786050201505</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Kötü Çocuklarından 33 Ders</t>
+          <t>Bar Filozofu</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786050202892</t>
+          <t>9789754684957</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Birey ve Toplum</t>
+          <t>Aydınlanmanın Abc’si</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786050200584</t>
+          <t>9786050202496</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Kurtuluş</t>
+          <t>Erkekliğin 100 Kuralı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786050200362</t>
+          <t>9786050203042</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Zafere ve Mutluluğa Giden Yol</t>
+          <t>Felsefenin Kötü Çocuklarından 33 Ders</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754684964</t>
+          <t>9786050202892</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yoga 2 - Zamanın, Mekanın ve Arzunun Ötesinde</t>
+          <t>Birey ve Toplum</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789754684971</t>
+          <t>9786050200584</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yoga - 1</t>
+          <t>Zihinsel Kurtuluş</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754685220</t>
+          <t>9786050200362</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yeter ki İste</t>
+          <t>Zafere ve Mutluluğa Giden Yol</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754688351</t>
+          <t>9789754684964</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Türkü</t>
+          <t>Yoga 2 - Zamanın, Mekanın ve Arzunun Ötesinde</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754687118</t>
+          <t>9789754684971</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’yi Doğru, Etkili ve Güzel Konuşma Kit-Hapı</t>
+          <t>Yoga - 1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786050201536</t>
+          <t>9789754685220</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tembel Entel</t>
+          <t>Yeter ki İste</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754685497</t>
+          <t>9789754688351</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sözler ve Gerçekler</t>
+          <t>Yarım Kalan Türkü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754685091</t>
+          <t>9789754687118</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Kitabı</t>
+          <t>Türkçe’yi Doğru, Etkili ve Güzel Konuşma Kit-Hapı</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754685237</t>
+          <t>9786050201536</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Rüya Yorumları</t>
+          <t>Tembel Entel</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786050202151</t>
+          <t>9789754685497</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eczanesi</t>
+          <t>Sözler ve Gerçekler</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754684407</t>
+          <t>9789754685091</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Provokatör Mistik</t>
+          <t>Sırlar Kitabı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754683882</t>
+          <t>9789754685237</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Osho Zen Tarot Transandantal Zen Oyunu</t>
+          <t>Rüya Yorumları</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754685381</t>
+          <t>9786050202151</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Oltaya Takılan Her Balık Güzeldir</t>
+          <t>Ruh Eczanesi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754684735</t>
+          <t>9789754684407</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Özgürlük Savaşçısı</t>
+          <t>Provokatör Mistik</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754685411</t>
+          <t>9789754683882</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Neden Sarışınlar Saf, Erkekler Çapkın Olur?</t>
+          <t>Osho Zen Tarot Transandantal Zen Oyunu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754688115</t>
+          <t>9789754685381</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Modern Beynin Evrimi / E-Beyin</t>
+          <t>Oltaya Takılan Her Balık Güzeldir</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786050202298</t>
+          <t>9789754684735</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Koruyucu Meleğim</t>
+          <t>Nietzsche Özgürlük Savaşçısı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786050200393</t>
+          <t>9789754685411</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Kutsal Sembolleri</t>
+          <t>Neden Sarışınlar Saf, Erkekler Çapkın Olur?</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789754688535</t>
+          <t>9789754688115</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Kozmik Güçleri 2</t>
+          <t>Modern Beynin Evrimi / E-Beyin</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754688597</t>
+          <t>9786050202298</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Kozmik Güçleri 1</t>
+          <t>Koruyucu Meleğim</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754689112</t>
+          <t>9786050200393</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Çocukları</t>
+          <t>Kayıp Kıta Mu’nun Kutsal Sembolleri</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786050200348</t>
+          <t>9789754688535</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta - Mu</t>
+          <t>Kayıp Kıta Mu’nun Kozmik Güçleri 2</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789754688368</t>
+          <t>9789754688597</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kapı Kapı</t>
+          <t>Kayıp Kıta Mu’nun Kozmik Güçleri 1</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050202229</t>
+          <t>9789754689112</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kanat Açmış Kuş</t>
+          <t>Kayıp Kıta Mu’nun Çocukları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754688399</t>
+          <t>9786050200348</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sevdikçe Güzelleşir</t>
+          <t>Kayıp Kıta - Mu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754689211</t>
+          <t>9789754688368</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>İçsel Devrim</t>
+          <t>Kapı Kapı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050201055</t>
+          <t>9786050202229</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Huzura ve Barışa Doğru</t>
+          <t>Kanat Açmış Kuş</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050201529</t>
+          <t>9789754688399</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bakım İster</t>
+          <t>İnsan Sevdikçe Güzelleşir</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754685282</t>
+          <t>9789754689211</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Hafızanın Kutsal Kitabı</t>
+          <t>İçsel Devrim</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057448231</t>
+          <t>9786050201055</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Gölge Etkisi</t>
+          <t>Huzura ve Barışa Doğru</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786050208238</t>
+          <t>9786050201529</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Genç Kal Uzun Yaşa</t>
+          <t>Hayat Bakım İster</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786050200027</t>
+          <t>9789754685282</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Başarı Öyküleri</t>
+          <t>Hafızanın Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754685695</t>
+          <t>9786057448231</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Doğuya Kadınlar Sağa</t>
+          <t>Gölge Etkisi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050200386</t>
+          <t>9786050208238</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Enerjik Yaratıcılık</t>
+          <t>Genç Kal Uzun Yaşa</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754685329</t>
+          <t>9786050200027</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Elif’in Mutfağından  Ağzınıza Layık 400 Tarif (Ciltli)</t>
+          <t>Geçmişten Geleceğe Başarı Öyküleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789754688382</t>
+          <t>9789754685695</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Kitabı</t>
+          <t>Erkekler Doğuya Kadınlar Sağa</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786050201727</t>
+          <t>9786050200386</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dünya Bunalımda</t>
+          <t>Enerjik Yaratıcılık</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786050201406</t>
+          <t>9789754685329</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Duygu Şifresi</t>
+          <t>Elif’in Mutfağından  Ağzınıza Layık 400 Tarif (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786050201161</t>
+          <t>9789754688382</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Harita</t>
+          <t>Dünyanın En Güzel Kitabı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786050201246</t>
+          <t>9786050201727</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Büyük Filozofların Tuhaf Fikirleri</t>
+          <t>Dünya Bunalımda</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786050201048</t>
+          <t>9786050201406</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Büyük Aptallıklar Kitabı</t>
+          <t>Duygu Şifresi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754685886</t>
+          <t>9786050201161</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Burcunuza Göre Aşk ve Evlilik Hayatınız</t>
+          <t>Büyülü Harita</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789754688108</t>
+          <t>9786050201246</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Bunları Düşün</t>
+          <t>Büyük Filozofların Tuhaf Fikirleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754687583</t>
+          <t>9786050201048</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Sözlüğü</t>
+          <t>Büyük Aptallıklar Kitabı</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754685466</t>
+          <t>9789754685886</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Sözlüğü</t>
+          <t>Burcunuza Göre Aşk ve Evlilik Hayatınız</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754688290</t>
+          <t>9789754688108</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bilinenden Kurtulmak</t>
+          <t>Bunları Düşün</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754686708</t>
+          <t>9789754687583</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Hipnoz</t>
+          <t>Bulmaca Sözlüğü</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754687354</t>
+          <t>9789754685466</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yarışması</t>
+          <t>Bulmaca Sözlüğü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786050202052</t>
+          <t>9789754688290</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Başardım, Çünkü...</t>
+          <t>Bilinenden Kurtulmak</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786050201581</t>
+          <t>9789754686708</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Seks ve Namus</t>
+          <t>Bilinçli Hipnoz</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754688276</t>
+          <t>9789754687354</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Antidepresan Olarak Aşk</t>
+          <t>Bilgi Yarışması</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
+          <t>9786050202052</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Başardım, Çünkü...</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786050201581</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Aşk, Seks ve Namus</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9789754688276</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Antidepresan Olarak Aşk</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
           <t>9789754684131</t>
         </is>
       </c>
-      <c r="B194" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Ansiklopedik Çocuk Adları Sözlüğü</t>
         </is>
       </c>
-      <c r="C194" s="1">
+      <c r="C197" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>