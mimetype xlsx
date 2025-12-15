--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,30805 +85,31390 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255823892</t>
+          <t>9786258506310</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Yatırım Kuruluşlarının Pay Sahibi Oldukları Halka Açık Anonim Ortaklıkların Yönetimine Katılmaları (Ciltli)</t>
+          <t>Milletlerarası Özel Hukukta Medikal Turizm (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>925</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255823885</t>
+          <t>9786258506303</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Hukuku Açısından Limited Şirket Müdür ve Ortakları</t>
+          <t>The Principle Of Digital Exhaustion An Analysis Based on EU, US &amp; Turkish Laws</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255823854</t>
+          <t>9786258506297</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Satış Sözleşmesinin Tarafları İle Aracı Hizmet Sağlayıcı Arasındaki Hukuki İlişkiler</t>
+          <t>English Contract Law General Principles (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>375</v>
+        <v>975</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255823861</t>
+          <t>9786258506280</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Kültür: Kesişim ve Etkileşim Hatları</t>
+          <t>İngiliz Sözleşmeler Hukuku Genel Esaslar (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>625</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255823878</t>
+          <t>9786258506273</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Salamanca Hukuku: Erken Modern Dönem'de Hukuk ve Adalet Düşüncesi</t>
+          <t>Kefalet Sigortası Sözleşmesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>430</v>
+        <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255823816</t>
+          <t>9786258506259</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yüksek İdare Mahkemesi Kararları Işığında Menfaat Koşulu</t>
+          <t>Tüketici Hukukunda Bağlı Kredi Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>440</v>
+        <v>850</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255823793</t>
+          <t>9786257773270</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Eş Zamanlı Sermaye Azaltımı ve Artırımı Yapılması (Ciltli)</t>
+          <t>Anayasa Mahkemeleri Arası Etkileşim ve Yargısal Diyalog</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255823762</t>
+          <t>9786258506235</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Adalete Erişim (Ciltli)</t>
+          <t>Nükleer Santral İşletenin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1180</v>
+        <v>575</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255823755</t>
+          <t>9786258506228</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Verilen İptal ve Yürütmenin Durdurulması Kararlarının Zaman Bakımından Uygulanması</t>
+          <t>Tele Çalışmada İzleme ve Gözetleme Araçlarının Kişisel Verilerin Korunması Bağlamında Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>875</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255823731</t>
+          <t>9786258506204</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Sorumluluğu Bağlamında Mahrum Kalınan Karın Tazmini</t>
+          <t>1924 Anayasası Döneminde Cumhurbaşkanının Tarafsızlığı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>365</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255823724</t>
+          <t>9786258506068</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu'nda Alım veya Satım Komisyonculuğu Sözleşmesi (Ciltli)</t>
+          <t>Yolsuzluğun Milletlerarası Ticari Tahkim Anlaşmasına Etkisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255823717</t>
+          <t>9786258506266</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Alman ve Avrupa Anayasa Hukuku</t>
+          <t>Kefilin Talilik İlkesini Haciz Yoluyla Takipte İleri Sürmesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>600</v>
+        <v>680</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255823700</t>
+          <t>9786258506150</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar - 6 (Ciltli)</t>
+          <t>Vergi Ceza Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>870</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255823687</t>
+          <t>9786258506112</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku Bağlamında Dezenformasyonun Demokratik Toplum Üzerindeki Etkileri - I</t>
+          <t>Pay Satış Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>620</v>
+        <v>875</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255823663</t>
+          <t>9786258506174</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve Carl Schmitt'in Kuramlarında Siyasal Anayasa</t>
+          <t>Limited Şirket Genel Kurulunda Yeter Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255823656</t>
+          <t>9786258506198</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu'nda Tahkim İlk İtirazı</t>
+          <t>Space Law and Policy in the Republic of Türkiye (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>890</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255823786</t>
+          <t>9786258506211</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Viyana Satım Sözleşmesinin (CISG) Yorumlanması ve Boşluklarının Doldurulması</t>
+          <t>Milletlerarası Özel Hukukta Cezalandırıcı Tazminat</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255823748</t>
+          <t>9786258506181</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>2547 Sayılı Yükseköğretim Kanunu Çerçevesinde Öğrenci Disiplin Suç ve Cezaları</t>
+          <t>Milletlerarası Tahkimde İptal Davası Açma Hakkından Feragat</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255823908</t>
+          <t>9786258506167</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Uluslararası Terörizmin Finansmanının Önlenmesi Amacıyla Malvarlıklarının Dondurulması Yaptırımı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1600</v>
+        <v>490</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255823915</t>
+          <t>9786258506136</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kender Sigorta Hukuku</t>
+          <t>Anayasayla İlişkilenmek - Kent ve Çevre Davalarında Arendt'in Politik Yurttaşı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255823823</t>
+          <t>9786258506129</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku (Ciltli)</t>
+          <t>Kadına Yönelik Şiddetin Münhasır Bir Suç Olarak Düzenlenmesinin Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255823809</t>
+          <t>9786258506051</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Maritime Law in Türkiye</t>
+          <t>Modern Teminatlı İşlemler Hukuku</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>385</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255823847</t>
+          <t>9786258506044</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hava Hukuku</t>
+          <t>KHAS Hukuk Bülteni 2022-2024 Akademik Yılları Derlemesi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255823601</t>
+          <t>9786258506020</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. O. Gökhan Antalya'ya Meslekte 50. Yıl Armağanı (4 Cilt) (Ciltli)</t>
+          <t>Boşanma Sonrası Ortak Velayet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>10000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255823830</t>
+          <t>9786258506143</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Pratik Çalışmalar</t>
+          <t>Yargıtay Hukuk ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları (2024) (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>700</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255823779</t>
+          <t>9786258506037</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Pratik Çalışmalar</t>
+          <t>Birleşme ve Devralmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>700</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255823472</t>
+          <t>9786255823946</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinin Zayi Olması ve İptali (Ciltli)</t>
+          <t>Marka Değerlemesinde Finansal Perspektif - Paraya Dönüşen Marka</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1100</v>
+        <v>440</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255823489</t>
+          <t>9786255823991</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Vergi Ziyaı ve Yaptırımları (Ciltli)</t>
+          <t>Avrupa Birliği Genel Veri Koruma Tüzüğü ve Kişisel Verilerin Korunması Kanunu Kapsamında İlgili Kişinin Erişim Hakkı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>790</v>
+        <v>375</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255823519</t>
+          <t>9786258506006</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Olmayan Anonim Şirketlerde Hamiline Yazılı Payın Devri (Ciltli)</t>
+          <t>Şirketler Topluluğunda Topluluk Menfaati Kavramı ve Hakimiyetin Kullanılmasına Olan Etkisi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1000</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255823571</t>
+          <t>9786255823939</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Hukukunda Göçmen İşçiler (Ciltli)</t>
+          <t>Milletlerarası Özel Hukukta Merkeziyetsiz Otonom Organizasyonlara (DAO'lara) Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255823588</t>
+          <t>9786255823922</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Vesayet Altına Alınan Küçüğün Katılım Hakkı</t>
+          <t>Avrupa İnsan Hakları Sözleşmesi Bağlamında Uluslararası Çocuk Kaçırma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255823120</t>
+          <t>9786255823960</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk (Ciltli)</t>
+          <t>Elektronik Ticaret Pazaryerinde Ana Sözleşmenin İhlali: Aracı Hizmet Sağlayıcının Alıcılara Karşı Hukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>900</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255823311</t>
+          <t>9786258506105</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku (Ciltli)</t>
+          <t>Milletlerarası Miras Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>900</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255823458</t>
+          <t>9786258506099</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Antlaşmaların Yorumlanması Bağlamında Uluslararası Yatırım Hukuku ve Hukukun Parçalanması (Ciltli)</t>
+          <t>Anonim Ortaklıkta Sermaye Kaybı ve Yönetim Kurulunun Finansal Yönetime Dair Yükümlülükleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1400</v>
+        <v>560</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255823441</t>
+          <t>9786258506075</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ve Uluslararası Hukuk</t>
+          <t>Yargıtay ve Bölge Adliye Mahkemeleri'nin İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2023</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>600</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255823410</t>
+          <t>9786255823984</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Örtülü İrade Açıklaması</t>
+          <t>ICSID Tahkiminde Hakem Kararlarının İptali (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>820</v>
+        <v>810</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255823427</t>
+          <t>9786255823977</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirket Esas Sermaye Payının Miras, Eşler Arası Mal Rejimi ve Cebri İcra Yoluyla İktisap Edilmesi (TTK m. 596) (Ciltli)</t>
+          <t>Cumhuriyet Anayasacılığının Doğuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>890</v>
+        <v>900</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255823373</t>
+          <t>9786258506013</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Teorisi Bağlamında Hukukun Zorlayıcılığı</t>
+          <t>Hukuki Mütalaalar (Mahkeme Kararları ile Birlikte) (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>410</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255823366</t>
+          <t>9786255823953</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklık Genel Kurul Kararlarının Hükümsüzlüğü (Ciltli)</t>
+          <t>Hukuk Teorileri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255823359</t>
+          <t>9786255823892</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Adalet Divanı Kararlarının Uluslararası Hukukun Gelişimine Etkisi</t>
+          <t>Kolektif Yatırım Kuruluşlarının Pay Sahibi Oldukları Halka Açık Anonim Ortaklıkların Yönetimine Katılmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>620</v>
+        <v>925</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255823335</t>
+          <t>9786255823885</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Takdiri İndirim Nedenleri</t>
+          <t>İş ve Sosyal Güvenlik Hukuku Açısından Limited Şirket Müdür ve Ortakları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255823397</t>
+          <t>9786255823854</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şirket Yönetimi İçin Kayyım Tayini (CMK m. 133)</t>
+          <t>Elektronik Satış Sözleşmesinin Tarafları İle Aracı Hizmet Sağlayıcı Arasındaki Hukuki İlişkiler</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255823328</t>
+          <t>9786255823861</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İlamlı İcra Takibinde İcranın Durdurulması (Ciltli)</t>
+          <t>Hukuk ve Kültür: Kesişim ve Etkileşim Hatları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1000</v>
+        <v>625</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255823670</t>
+          <t>9786255823878</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Temel Kavramlar ve Uygulama Esasları</t>
+          <t>Salamanca Hukuku: Erken Modern Dönem'de Hukuk ve Adalet Düşüncesi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>1000</v>
+        <v>430</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255823564</t>
+          <t>9786255823816</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hukuku</t>
+          <t>Yüksek İdare Mahkemesi Kararları Işığında Menfaat Koşulu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>380</v>
+        <v>440</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255823557</t>
+          <t>9786255823793</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Anonim Şirketlerde Eş Zamanlı Sermaye Azaltımı ve Artırımı Yapılması (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255823526</t>
+          <t>9786255823762</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Temel Bilgiler</t>
+          <t>Medeni Usul Hukukunda Adalete Erişim (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>600</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255823540</t>
+          <t>9786255823755</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>İdari Yargıda Verilen İptal ve Yürütmenin Durdurulması Kararlarının Zaman Bakımından Uygulanması</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255823595</t>
+          <t>9786255823731</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Berner Kommentar İsviçre Borçlar Kanunu (Madde 97-109) Şerhi (Ciltli)</t>
+          <t>İdarenin Sorumluluğu Bağlamında Mahrum Kalınan Karın Tazmini</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1250</v>
+        <v>365</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254326646</t>
+          <t>9786255823724</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Temel Hukuk Bilgisi</t>
+          <t>Türk Borçlar Kanunu'nda Alım veya Satım Komisyonculuğu Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>365</v>
+        <v>850</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254325878</t>
+          <t>9786255823717</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Ders Kitabı (Ciltli)</t>
+          <t>Alman ve Avrupa Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255823533</t>
+          <t>9786255823700</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Ders Kitabı (Ciltli)</t>
+          <t>Hukuki Mütalaalar - 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>1200</v>
+        <v>870</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255823342</t>
+          <t>9786255823687</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Notlu Türk Ticaret Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>İnsan Hakları Hukuku Bağlamında Dezenformasyonun Demokratik Toplum Üzerindeki Etkileri - I</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>2700</v>
+        <v>620</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255823465</t>
+          <t>9786255823663</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Hukuku</t>
+          <t>Aristoteles ve Carl Schmitt'in Kuramlarında Siyasal Anayasa</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786255823434</t>
+          <t>9786255823656</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Hukuku Saha Rehberi (Ciltli)</t>
+          <t>Hukuk Muhakemeleri Kanunu'nda Tahkim İlk İtirazı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>675</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255823267</t>
+          <t>9786255823786</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>MTK ve HMK Kapsamında Hakem Kararlarına Karşı İptal Davası</t>
+          <t>Viyana Satım Sözleşmesinin (CISG) Yorumlanması ve Boşluklarının Doldurulması</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255878663</t>
+          <t>9786255823748</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Krizlerden Çözümlere Küresel Adaletin İnşası</t>
+          <t>2547 Sayılı Yükseköğretim Kanunu Çerçevesinde Öğrenci Disiplin Suç ve Cezaları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1450</v>
+        <v>450</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786255823229</t>
+          <t>9786255823908</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Delillerin Engellenmesi (Ciltli)</t>
+          <t>İcra ve İflas Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>980</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255823250</t>
+          <t>9786255823915</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ürün Sorumluluk Sigortasında Teminatın Kapsamı</t>
+          <t>Kender Sigorta Hukuku</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1150</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255823274</t>
+          <t>9786255823823</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Anayasa Hukukunda ve Türk Hukukunda Milletlerarası Antlaşmaların Normlar Hiyerarşisindeki Yeri</t>
+          <t>Eşya Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>290</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255823298</t>
+          <t>9786255823809</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Taşıyanın Mutlak Sorumsuzluk Sebepleri</t>
+          <t>Maritime Law in Türkiye</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>515</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255823502</t>
+          <t>9786255823847</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Temel Bilgiler</t>
+          <t>Hava Hukuku</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255823496</t>
+          <t>9786255823601</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku (Ciltli)</t>
+          <t>Prof. Dr. O. Gökhan Antalya'ya Meslekte 50. Yıl Armağanı (4 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1200</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255823236</t>
+          <t>9786255823830</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Hükümet Sistemleri</t>
+          <t>Medeni Usul Hukuku Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>370</v>
+        <v>700</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257334419</t>
+          <t>9786255823779</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hukuk ve Edebiyat Yazıları</t>
+          <t>İcra ve İflas Hukuku Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>440</v>
+        <v>700</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255823304</t>
+          <t>9786255823472</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Pratik Eşya Hukuku Eşya Hukuku Cilt - II</t>
+          <t>Kambiyo Senetlerinin Zayi Olması ve İptali (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>490</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255823380</t>
+          <t>9786255823489</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Teorik Eşya Hukuku Eşya Hukuku Cilt - I</t>
+          <t>Türk Vergi Hukukunda Vergi Ziyaı ve Yaptırımları (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1100</v>
+        <v>790</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255823403</t>
+          <t>9786255823519</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku Pratik Çalışmaları</t>
+          <t>Halka Açık Olmayan Anonim Şirketlerde Hamiline Yazılı Payın Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>625</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255823243</t>
+          <t>9786255823571</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı-Notlu İdari Yargılama Usulü Kanunu</t>
+          <t>İş ve Sosyal Güvenlik Hukukunda Göçmen İşçiler (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1100</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255823281</t>
+          <t>9786255823588</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuka Giriş ve Temel Kavramlar Pratik Çalışmaları</t>
+          <t>Vesayet Altına Alınan Küçüğün Katılım Hakkı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255823212</t>
+          <t>9786255823120</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İdari Usul Hukukunda Dinlenilme Hakkı (Ciltli)</t>
+          <t>Medeni Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1025</v>
+        <v>900</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255823168</t>
+          <t>9786255823311</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İmar Planına Karşı Açılacak İptal Davasında Davacı (Ciltli)</t>
+          <t>Kıymetli Evrak Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>925</v>
+        <v>900</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255823137</t>
+          <t>9786255823458</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Biyometrik Verilerin İşlenmesi (Ciltli)</t>
+          <t>Antlaşmaların Yorumlanması Bağlamında Uluslararası Yatırım Hukuku ve Hukukun Parçalanması (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>750</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255823113</t>
+          <t>9786255823441</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklık Payı Bağlamında Opsiyon Kavramı ve Pay Devrinde Özellik Arz Eden Haklar (Ciltli)</t>
+          <t>İklim Değişikliği ve Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>1050</v>
+        <v>600</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255823106</t>
+          <t>9786255823410</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku 1 - Ders Notları</t>
+          <t>Örtülü İrade Açıklaması</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>425</v>
+        <v>820</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255823175</t>
+          <t>9786255823427</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>2872 Sayılı Çevre Kanunu Kapsamında Ürünlerin Çevreye Verdiği Zararlardan Hukuki Sorumluluk</t>
+          <t>Limited Şirket Esas Sermaye Payının Miras, Eşler Arası Mal Rejimi ve Cebri İcra Yoluyla İktisap Edilmesi (TTK m. 596) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>690</v>
+        <v>890</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255823182</t>
+          <t>9786255823373</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Muhasebe Denetimi: Gelecekteki Rolü</t>
+          <t>Hukuk Teorisi Bağlamında Hukukun Zorlayıcılığı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>410</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255823199</t>
+          <t>9786255823366</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kabahatlerin Sorumluluk Rejimi Bağlamında Düzenleyici ve Denetleyici Kurumların İdari Yaptırım Uygulamaları İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 83</t>
+          <t>Anonim Ortaklık Genel Kurul Kararlarının Hükümsüzlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>875</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255823205</t>
+          <t>9786255823359</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuku'nda Nemo Tenetur İlkesi İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 82</t>
+          <t>Uluslararası Adalet Divanı Kararlarının Uluslararası Hukukun Gelişimine Etkisi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>600</v>
+        <v>620</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255823144</t>
+          <t>9786255823335</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Mevzuatı</t>
+          <t>Türk Ceza Hukukunda Takdiri İndirim Nedenleri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255878939</t>
+          <t>9786255823397</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargıda Dijitalleşmenin Etkileri (Ciltli)</t>
+          <t>Şirket Yönetimi İçin Kayyım Tayini (CMK m. 133)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>1000</v>
+        <v>310</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255878922</t>
+          <t>9786255823328</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargısında Karşı Vekalet Ücretine İlişkin Hukuki Sorunlar ve Çözüm Önerileri (Ciltli)</t>
+          <t>İlamlı İcra Takibinde İcranın Durdurulması (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255878885</t>
+          <t>9786255823670</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyası ve İnsan Hakları (Ciltli)</t>
+          <t>Sağlık Hukuku Temel Kavramlar ve Uygulama Esasları</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255878892</t>
+          <t>9786255823564</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Çocuk Hakları (Ciltli)</t>
+          <t>Çocuk Hukuku</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>1175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255878908</t>
+          <t>9786255823557</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Borçlanma Aracı Sahiplerinin Hukuken Korunması (Ciltli)</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>1100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255878915</t>
+          <t>9786255823526</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Öğrencilerinden Prof. Dr. Burak Özen'e Saygı Armağanı (Ciltli)</t>
+          <t>İcra ve İflas Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>3400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255878946</t>
+          <t>9786255823540</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türk Sosyal Güvenlik Hukukunda İşsizlik Sigortası (Ciltli)</t>
+          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1225</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255878977</t>
+          <t>9786255823595</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ölünceye Kadar Bakma Sözleşmesi (Ciltli)</t>
+          <t>Berner Kommentar İsviçre Borçlar Kanunu (Madde 97-109) Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>850</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255878960</t>
+          <t>9786254326646</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Adi Ortaklık Sözleşmesinin İradi Sona Ermesi ve Hukuki Sonuçları (Ciltli)</t>
+          <t>Temel Hukuk Bilgisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1050</v>
+        <v>365</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255878984</t>
+          <t>9786254325878</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Şirket ve Menfaat Sahipleri Açısından Grup İçi Kredi Kullanım (Ciltli)</t>
+          <t>İcra ve İflas Hukuku Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>725</v>
+        <v>375</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255878861</t>
+          <t>9786255823533</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Bu Hakkın Kötüye Kullanılması / İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 58 (Ciltli)</t>
+          <t>İcra ve İflas Hukuku Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>950</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255823038</t>
+          <t>9786255823342</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yürürlüğünün 12. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu -VIII- (Tebliğler ve Tartışmalar) 01 Kasım 2024 (Ciltli)</t>
+          <t>Notlu Türk Ticaret Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1400</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255823151</t>
+          <t>9786255823465</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku - Temel Kavramlar ve Genel Esaslar (Ciltli)</t>
+          <t>Sorumluluk Hukuku</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255878823</t>
+          <t>9786255823434</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Hukukun Genel İlkeleri</t>
+          <t>Yapay Zeka Hukuku Saha Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>525</v>
+        <v>675</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255823052</t>
+          <t>9786255823267</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İklim Koruma Hukuku Bağlamında Enerjiye Erişim Hakkı ve Karbon Vergisi Uygulaması</t>
+          <t>MTK ve HMK Kapsamında Hakem Kararlarına Karşı İptal Davası</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>275</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255823045</t>
+          <t>9786255878663</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Kişisel Verilerinin İşlenmesinde Açık Rıza</t>
+          <t>Krizlerden Çözümlere Küresel Adaletin İnşası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>460</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255823021</t>
+          <t>9786255823229</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Aleniyet İlkesi</t>
+          <t>Medeni Usul Hukukunda Delillerin Engellenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>510</v>
+        <v>980</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255823014</t>
+          <t>9786255823250</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Genç Hukukçuların Perspektifinden İnsan Hakları Hukuku</t>
+          <t>Ürün Sorumluluk Sigortasında Teminatın Kapsamı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>385</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255823007</t>
+          <t>9786255823274</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Çok Failli Suçlar</t>
+          <t>Karşılaştırmalı Anayasa Hukukunda ve Türk Hukukunda Milletlerarası Antlaşmaların Normlar Hiyerarşisindeki Yeri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255878991</t>
+          <t>9786255823298</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>The Security Of Energy Supplies Between Turkey and The European Union - The Case Of Renewable Energy</t>
+          <t>Taşıyanın Mutlak Sorumsuzluk Sebepleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>460</v>
+        <v>515</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255878953</t>
+          <t>9786255823502</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türk ve İsviçre Karşılaştırmalı Hukukunda Kripto Paraların Anonim Şirket Kuruluşunda Sermaye Olarak Getirilmesi</t>
+          <t>Medeni Usul Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255878878</t>
+          <t>9786255823496</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Hukuku Çerçevesinde Merkeziyetsiz Otonom Organizasyonlar (DAO'lar)</t>
+          <t>Medeni Usul Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>450</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255878571</t>
+          <t>9786255823236</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İş Uyuşmazlıklarında İspat (3 Cilt) (Ciltli)</t>
+          <t>Devlet ve Hükümet Sistemleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>8500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255878656</t>
+          <t>9786257334419</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde Temsilcinin Yargılamadan Men'i (Ciltli)</t>
+          <t>Hukuk ve Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>665</v>
+        <v>440</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255878687</t>
+          <t>9786255823304</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Limited Ortaklıkta Çıkma ve Çıkmaya Katılma (Ciltli)</t>
+          <t>Pratik Eşya Hukuku Eşya Hukuku Cilt - II</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>810</v>
+        <v>490</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255878717</t>
+          <t>9786255823380</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Boyutuyla Blokzincir Teknolojisi ve Kripto Varlıklar (Ciltli)</t>
+          <t>Teorik Eşya Hukuku Eşya Hukuku Cilt - I</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>990</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255878786</t>
+          <t>9786255823403</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. H. Cumhur Özakman'a Armağan</t>
+          <t>Eşya Hukuku Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>2200</v>
+        <v>625</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786255878809</t>
+          <t>9786255823243</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Hakem-Bilirkişilik (Ciltli)</t>
+          <t>Açıklamalı-Notlu İdari Yargılama Usulü Kanunu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1225</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055878854</t>
+          <t>9786255823281</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Patent Hukukunda İstemlerin Yorumlanması ve Koruma Kapsamının Belirlenmesi (Ciltli)</t>
+          <t>Medeni Hukuka Giriş ve Temel Kavramlar Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>775</v>
+        <v>600</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255878670</t>
+          <t>9786255823212</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Hukukunda Adil ve Hakkaniyetli Muamele (Ciltli)</t>
+          <t>İdari Usul Hukukunda Dinlenilme Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1250</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255878816</t>
+          <t>9786255823168</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu Kapsamında Verileri Yok Etmeme Suçu</t>
+          <t>İmar Planına Karşı Açılacak İptal Davasında Davacı (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>925</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255878793</t>
+          <t>9786255823137</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>AİHM Kararlarından Yapılan Hukuki Nakillerin Danıştay'ın İdare Hukuku Yaklaşımına Etkisi</t>
+          <t>Yapay Zeka ve Biyometrik Verilerin İşlenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>715</v>
+        <v>750</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255878779</t>
+          <t>9786255823113</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Deepfake Teknolojisinin Hukuka Aykırı Kullanımından Doğan Hukuki ve Cezai Sorumluluk</t>
+          <t>Anonim Ortaklık Payı Bağlamında Opsiyon Kavramı ve Pay Devrinde Özellik Arz Eden Haklar (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>205</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255878762</t>
+          <t>9786255823106</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Barış Hakkı ve Jus ad Bellum: Eleştirel Bir Bakış</t>
+          <t>Ceza Muhakemesi Hukuku 1 - Ders Notları</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255878755</t>
+          <t>9786255823175</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Sağlık Mesleği Mensubu Olarak Psikologların Suçu Bildirmeme Suçu</t>
+          <t>2872 Sayılı Çevre Kanunu Kapsamında Ürünlerin Çevreye Verdiği Zararlardan Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>285</v>
+        <v>690</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786255878748</t>
+          <t>9786255823182</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesinde Kölelik - Kökenleri, Meşrulaştırılması, Kaldırılması</t>
+          <t>Yapay Zeka ve Muhasebe Denetimi: Gelecekteki Rolü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786255878731</t>
+          <t>9786255823199</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İşkence ve Kötü Muamele Yasağı Bağlamında Devletin Etkili Soruşturma Yükümlülüğü</t>
+          <t>Kabahatlerin Sorumluluk Rejimi Bağlamında Düzenleyici ve Denetleyici Kurumların İdari Yaptırım Uygulamaları İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 83</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>875</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786255878724</t>
+          <t>9786255823205</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Sisteminde Vergi İncelemesinin Hukuki Niteliği ve Sonuçları</t>
+          <t>Türk Hukuku'nda Nemo Tenetur İlkesi İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 82</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>800</v>
+        <v>600</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786255878700</t>
+          <t>9786255823144</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İdari Faaliyetlerin Yürütülmesinde Kişisel Verilerin İşlenmesi</t>
+          <t>Milletlerarası Özel Hukuk Mevzuatı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>480</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255878694</t>
+          <t>9786255878939</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Bağlamında Hukuk ve Sinema Perspektifinde Yaşam Hakkı ve Ölüm Cezası</t>
+          <t>Medeni Yargıda Dijitalleşmenin Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>230</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255878625</t>
+          <t>9786255878922</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukukunda Dürüst Kullanım Marmara Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 14 (Ciltli)</t>
+          <t>Vergi Yargısında Karşı Vekalet Ücretine İlişkin Hukuki Sorunlar ve Çözüm Önerileri (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255878533</t>
+          <t>9786255878885</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Tahkimde Vasıflandırma (Ciltli)</t>
+          <t>İş Dünyası ve İnsan Hakları (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>675</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255878519</t>
+          <t>9786255878892</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Adalet Divanı ve Avrupa İnsan Hakları Mahkemesi Kararlarında Unutulma Hakkı (Ciltli)</t>
+          <t>Modern Dünyada Çocuk Hakları (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>900</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255878502</t>
+          <t>9786255878908</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda İthalata Konu Eşyanın Gümrük Kıymeti İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Doktora Tezleri Dizisi No: 6 (Ciltli)</t>
+          <t>Borçlanma Aracı Sahiplerinin Hukuken Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1400</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255878496</t>
+          <t>9786255878915</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Sürpriz Karar Verme Yasağı Milletlerarası Uyuşmazlık Çözümü Dizisi No: 11 (Ciltli)</t>
+          <t>Öğrencilerinden Prof. Dr. Burak Özen'e Saygı Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1100</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255878465</t>
+          <t>9786255878946</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sahibinin İzniyle Kullananlar Tarafından Markanın Üçüncü Kişilere Karşı Korunması (Ciltli)</t>
+          <t>Türk Sosyal Güvenlik Hukukunda İşsizlik Sigortası (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>925</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255878632</t>
+          <t>9786255878977</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İpoteğin Paraya Çevrilmesi (Ciltli)</t>
+          <t>Ölünceye Kadar Bakma Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786254320804</t>
+          <t>9786255878960</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>H. L. A. Hart'ın Hukuk Kavramı</t>
+          <t>Adi Ortaklık Sözleşmesinin İradi Sona Ermesi ve Hukuki Sonuçları (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>315</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255878564</t>
+          <t>9786255878984</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Celal Göle'ye Armağan (Ciltli)</t>
+          <t>Şirket ve Menfaat Sahipleri Açısından Grup İçi Kredi Kullanım (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>3850</v>
+        <v>725</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255878649</t>
+          <t>9786255878861</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Platformların Rekabet Hukuku Açısından Düzenlenmesinde Yeni Bir Araç Olarak Ağ Bekçisi ve Yükümlülükleri</t>
+          <t>Bu Hakkın Kötüye Kullanılması / İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 58 (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>375</v>
+        <v>950</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786255878618</t>
+          <t>9786255823038</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Yarımada'nın İmar Rejimi</t>
+          <t>Yürürlüğünün 12. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu -VIII- (Tebliğler ve Tartışmalar) 01 Kasım 2024 (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>275</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255878557</t>
+          <t>9786255823151</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet Hallerinden İş Şartlarına Uymama</t>
+          <t>Anayasa Hukuku - Temel Kavramlar ve Genel Esaslar (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255878526</t>
+          <t>9786255878823</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yargıç Davranışı - Türk Anayasa Mahkemesi Norm Denetimi Kararlarında Ayrışık Oylar: Ampirik Bir Analiz</t>
+          <t>Uluslararası Hukukta Hukukun Genel İlkeleri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>310</v>
+        <v>525</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255878489</t>
+          <t>9786255823052</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kira Sözleşmelerinin Kiracı Tarafından Sona Erdirilmesi</t>
+          <t>İklim Koruma Hukuku Bağlamında Enerjiye Erişim Hakkı ve Karbon Vergisi Uygulaması</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255878472</t>
+          <t>9786255823045</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde Grup Şirketler Doktrini Çerçevesinde Tahkim Anlaşmasının Üçüncü Kişilere Teşmili</t>
+          <t>Çocukların Kişisel Verilerinin İşlenmesinde Açık Rıza</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>275</v>
+        <v>460</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255878458</t>
+          <t>9786255823021</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Kadın Hakları</t>
+          <t>Ceza Muhakemesinde Aleniyet İlkesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1000</v>
+        <v>510</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255878441</t>
+          <t>9786255823014</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka, Demokrasi ve İnsan Hakları</t>
+          <t>Genç Hukukçuların Perspektifinden İnsan Hakları Hukuku</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>525</v>
+        <v>385</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255878434</t>
+          <t>9786255823007</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Kavramının Hukuk Felsefesi Bağlamında Değerlendirilmesi (İrade Hürriyeti Bağlamında Cezai Sorumluluğun Esası)</t>
+          <t>Türk Ceza Kanunu'nda Çok Failli Suçlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>560</v>
+        <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255878540</t>
+          <t>9786255878991</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hak Kavramı: Toplumdan Bireye Doğru</t>
+          <t>The Security Of Energy Supplies Between Turkey and The European Union - The Case Of Renewable Energy</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786254324819</t>
+          <t>9786255878953</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kaba Yapı Kira Sözleşmesi</t>
+          <t>Türk ve İsviçre Karşılaştırmalı Hukukunda Kripto Paraların Anonim Şirket Kuruluşunda Sermaye Olarak Getirilmesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>485</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255878342</t>
+          <t>9786255878878</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Deniz İş Hukuku ve 2006 Denizcilik Çalışma Sözleşmesi Kapsamında Çalışma ve Dinlenme Süreleri (Ciltli)</t>
+          <t>Türk Ticaret Hukuku Çerçevesinde Merkeziyetsiz Otonom Organizasyonlar (DAO'lar)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>730</v>
+        <v>450</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786255878380</t>
+          <t>9786255878571</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Siber Risk Sigortasında Riziko (Ciltli)</t>
+          <t>İş Uyuşmazlıklarında İspat (3 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>975</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786255878397</t>
+          <t>9786255878656</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tasarruf Finansman Sözleşmesinden Doğan Uyuşmazlıkların Tahkim ve Diğer Alternatif Uyuşmazlık Çözüm Yöntemleri ile Çözümü (Ciltli)</t>
+          <t>Milletlerarası Ticari Tahkimde Temsilcinin Yargılamadan Men'i (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>680</v>
+        <v>665</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786255878427</t>
+          <t>9786255878687</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Fiyatlandırma Algoritmaları Yoluyla Koordinasyon ve Rekabet Hukukuna Etkileri (Ciltli)</t>
+          <t>Limited Ortaklıkta Çıkma ve Çıkmaya Katılma (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>1100</v>
+        <v>810</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255878410</t>
+          <t>9786255878717</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Roma Hukukunda Paylı Mülkiyet</t>
+          <t>Ceza Hukuku Boyutuyla Blokzincir Teknolojisi ve Kripto Varlıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>990</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786255878373</t>
+          <t>9786255878786</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ticari İfadelerin İfade Özgürlüğü Kapsamında Korunması: ABD Yüksek Mahkemesi Örneği İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 28</t>
+          <t>Prof. Dr. H. Cumhur Özakman'a Armağan</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>310</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786255878366</t>
+          <t>9786255878809</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>4483 Sayılı Memurlar ve Diğer Kamu Görevlilerinin Yargılanması Hakkında Kanun Çerçevesinde Soruşturma Usulü</t>
+          <t>Medeni Usul Hukukunda Hakem-Bilirkişilik (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>225</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786255878359</t>
+          <t>9786055878854</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Elektrik Piyasasındaki Sözleşmelere Müdahalesi</t>
+          <t>Patent Hukukunda İstemlerin Yorumlanması ve Koruma Kapsamının Belirlenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>450</v>
+        <v>775</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255878328</t>
+          <t>9786255878670</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tekne ve Yük Sigortalarında Sigortacının Kanuni Halefiyeti</t>
+          <t>Uluslararası Yatırım Hukukunda Adil ve Hakkaniyetli Muamele (Ciltli)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>210</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786255878335</t>
+          <t>9786255878816</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu Kapsamında İşverenin Haklı Nedenle Fesih Hakkı</t>
+          <t>Türk Ceza Kanunu Kapsamında Verileri Yok Etmeme Suçu</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786255878144</t>
+          <t>9786255878793</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bağışlamanın Geri Alınması</t>
+          <t>AİHM Kararlarından Yapılan Hukuki Nakillerin Danıştay'ın İdare Hukuku Yaklaşımına Etkisi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>390</v>
+        <v>715</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786255878281</t>
+          <t>9786255878779</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Edinilmiş Mallara Katılma Rejiminde Değer Artış Payı Alacağı</t>
+          <t>Deepfake Teknolojisinin Hukuka Aykırı Kullanımından Doğan Hukuki ve Cezai Sorumluluk</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786255878267</t>
+          <t>9786255878762</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Hukukunda Adın Belirtilmesi Hakkı</t>
+          <t>Uluslararası Hukukta Barış Hakkı ve Jus ad Bellum: Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>425</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786255878311</t>
+          <t>9786255878755</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ürün Kirası</t>
+          <t>Türk Ceza Hukukunda Sağlık Mesleği Mensubu Olarak Psikologların Suçu Bildirmeme Suçu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>460</v>
+        <v>285</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786255878298</t>
+          <t>9786255878748</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Pay Devir Sözleşmelerinde Earn Out Klozları</t>
+          <t>Hukuk Felsefesinde Kölelik - Kökenleri, Meşrulaştırılması, Kaldırılması</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786255878052</t>
+          <t>9786255878731</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Pekcanıtez Usul - Medeni Usul Hukuku (5 Cilt) (Ciltli)</t>
+          <t>İşkence ve Kötü Muamele Yasağı Bağlamında Devletin Etkili Soruşturma Yükümlülüğü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>12000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786255878304</t>
+          <t>9786255878724</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Hukuku (Ciltli)</t>
+          <t>Türk Vergi Sisteminde Vergi İncelemesinin Hukuki Niteliği ve Sonuçları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>1500</v>
+        <v>800</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254324109</t>
+          <t>9786255878700</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkim Anlaşmasının Kurulması ve Etkisi (Ciltli)</t>
+          <t>İdari Faaliyetlerin Yürütülmesinde Kişisel Verilerin İşlenmesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786255994912</t>
+          <t>9786255878694</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Boşanmada Kusur Belirlemesine İlişkin Usul ve Esas Meseleleri</t>
+          <t>İnsan Hakları Bağlamında Hukuk ve Sinema Perspektifinde Yaşam Hakkı ve Ölüm Cezası</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786255994585</t>
+          <t>9786255878625</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Hukuku Anlaşmaları ve Tahkim Uygulamalarının Evrimi: Dolaylı Kamulaştırma ile Adil ve Hakkaniyetli Muamele</t>
+          <t>Marka Hukukunda Dürüst Kullanım Marmara Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 14 (Ciltli)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786255994493</t>
+          <t>9786255878533</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Mahkemesi İçtihadı Işığında Hakim ve Savcıların İfade Özgürlüğü</t>
+          <t>Uluslararası Tahkimde Vasıflandırma (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>325</v>
+        <v>675</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786255994486</t>
+          <t>9786255878519</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Uyuşmazlık Çözümü ve Türkiye'deki Uygulamaları</t>
+          <t>Avrupa Birliği Adalet Divanı ve Avrupa İnsan Hakları Mahkemesi Kararlarında Unutulma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786255994592</t>
+          <t>9786255878502</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>The Emergence of Hyper-Presidentialism: A Study on Political Opposition in Turkey's New Presidential System</t>
+          <t>Vergi Hukukunda İthalata Konu Eşyanın Gümrük Kıymeti İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Doktora Tezleri Dizisi No: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786255994547</t>
+          <t>9786255878496</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Kanun Yolundan Vazgeçme Kurumu</t>
+          <t>Medeni Usul Hukukunda Sürpriz Karar Verme Yasağı Milletlerarası Uyuşmazlık Çözümü Dizisi No: 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>230</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786255994530</t>
+          <t>9786255878465</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yalan Tanıklık Suçu</t>
+          <t>Sahibinin İzniyle Kullananlar Tarafından Markanın Üçüncü Kişilere Karşı Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>240</v>
+        <v>925</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786255994509</t>
+          <t>9786255878632</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Can AI Be Confused: AI and the Concepts of Average Consumer and Likelihood of Confusion</t>
+          <t>İpoteğin Paraya Çevrilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786255994523</t>
+          <t>9786254320804</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Anayasa Hukukunda Halka Ait Anayasacılık</t>
+          <t>H. L. A. Hart'ın Hukuk Kavramı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054396818</t>
+          <t>9786255878564</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Eğitimi Yöntemi Olarak İdare Hukukunda Sanal Mahkemeler</t>
+          <t>Prof. Dr. Celal Göle'ye Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>140</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786051522494</t>
+          <t>9786255878649</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hukuku</t>
+          <t>Çevrimiçi Platformların Rekabet Hukuku Açısından Düzenlenmesinde Yeni Bir Araç Olarak Ağ Bekçisi ve Yükümlülükleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>125</v>
+        <v>375</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257334310</t>
+          <t>9786255878618</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Anayasa Hukukunda Halka Ait Anayasacılık</t>
+          <t>Tarihi Yarımada'nın İmar Rejimi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>135</v>
+        <v>275</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786255878120</t>
+          <t>9786255878557</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İşçinin İfade Özgürlüğü (Ciltli)</t>
+          <t>Haksız Rekabet Hallerinden İş Şartlarına Uymama</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>1300</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786255878168</t>
+          <t>9786255878526</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Tarım, Gıda Uyuşmazlıkları ve Tahkim (Ciltli)</t>
+          <t>Yargıç Davranışı - Türk Anayasa Mahkemesi Norm Denetimi Kararlarında Ayrışık Oylar: Ampirik Bir Analiz</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>850</v>
+        <v>310</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786255878045</t>
+          <t>9786255878489</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Şükran Şıpka'ya Meslekte 40. Yıl Armağanı (Ciltli)</t>
+          <t>Konut ve Çatılı İşyeri Kira Sözleşmelerinin Kiracı Tarafından Sona Erdirilmesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>1900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786255878021</t>
+          <t>9786255878472</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>GDPR Işığında Kişisel Verilerin Korunmasında Akreditasyon ve Sertifikasyon Sistemi (Ciltli)</t>
+          <t>Milletlerarası Ticari Tahkimde Grup Şirketler Doktrini Çerçevesinde Tahkim Anlaşmasının Üçüncü Kişilere Teşmili</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>675</v>
+        <v>275</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786255878199</t>
+          <t>9786255878458</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Forum Non Conveniens Doktrini ve Doktrinin Türk Milletlerarası Usul Hukukuna Etkisi</t>
+          <t>Uluslararası Hukukta Kadın Hakları</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>240</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786255878182</t>
+          <t>9786255878441</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku Kapsamında Mülkiyet Hakkı</t>
+          <t>Yapay Zeka, Demokrasi ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>550</v>
+        <v>525</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786255878175</t>
+          <t>9786255878434</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku - Genel Hükümler ve Türk Vergi Sistemi</t>
+          <t>Sorumluluk Kavramının Hukuk Felsefesi Bağlamında Değerlendirilmesi (İrade Hürriyeti Bağlamında Cezai Sorumluluğun Esası)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>975</v>
+        <v>560</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786255878151</t>
+          <t>9786255878540</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlileri Sendikaları Hukuku</t>
+          <t>Hak Kavramı: Toplumdan Bireye Doğru</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>510</v>
+        <v>430</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786255878137</t>
+          <t>9786254324819</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Vergi İncelemesine İbraz Edilmeyen Defter ve Belgelerin Yargılama Aşamasında İbrazı</t>
+          <t>Kaba Yapı Kira Sözleşmesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>485</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786255878113</t>
+          <t>9786255878342</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-ı Ceza</t>
+          <t>Türk Deniz İş Hukuku ve 2006 Denizcilik Çalışma Sözleşmesi Kapsamında Çalışma ve Dinlenme Süreleri (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>390</v>
+        <v>730</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786255878038</t>
+          <t>9786255878380</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Prof. H.C. Dr. Bülent Sözer Anısına Deniz ve Sigorta Hukukunda Güncel Gelişmeler Uluslararası Sempozyumu Tam Metin Bildiri Kitabı</t>
+          <t>Siber Risk Sigortasında Riziko (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>850</v>
+        <v>975</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786255878014</t>
+          <t>9786255878397</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkimde Hakem Tayini Usulü</t>
+          <t>Tasarruf Finansman Sözleşmesinden Doğan Uyuşmazlıkların Tahkim ve Diğer Alternatif Uyuşmazlık Çözüm Yöntemleri ile Çözümü (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>325</v>
+        <v>680</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786255878007</t>
+          <t>9786255878427</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türk Rekabet Hukukunda Uzlaşma Prosedürü</t>
+          <t>Fiyatlandırma Algoritmaları Yoluyla Koordinasyon ve Rekabet Hukukuna Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786254323546</t>
+          <t>9786255878410</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Nedir? (Seçme Metinler)</t>
+          <t>Klasik Dönem Roma Hukukunda Paylı Mülkiyet</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257334709</t>
+          <t>9786255878373</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukuku</t>
+          <t>Ticari İfadelerin İfade Özgürlüğü Kapsamında Korunması: ABD Yüksek Mahkemesi Örneği İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 28</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>40</v>
+        <v>310</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786255930996</t>
+          <t>9786255878366</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesinde İlerleme</t>
+          <t>4483 Sayılı Memurlar ve Diğer Kamu Görevlilerinin Yargılanması Hakkında Kanun Çerçevesinde Soruşturma Usulü</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>490</v>
+        <v>225</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786255930965</t>
+          <t>9786255878359</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>60 Soruda Yat ve Marina İşletmeciliğinden Kaynaklanan Hukuki Sorunlar</t>
+          <t>İdarenin Elektrik Piyasasındaki Sözleşmelere Müdahalesi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786255930903</t>
+          <t>9786255878328</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku Uyuşmazlıklarına Özgü Kurumsal Tahkim Kuralları (Ciltli)</t>
+          <t>Tekne ve Yük Sigortalarında Sigortacının Kanuni Halefiyeti</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>800</v>
+        <v>210</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786255930972</t>
+          <t>9786255878335</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Normatif Açıdan Kamu Kurumu Niteliğindeki Meslek Kuruluşları (Ciltli)</t>
+          <t>4857 Sayılı İş Kanunu Kapsamında İşverenin Haklı Nedenle Fesih Hakkı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>1100</v>
+        <v>330</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786255930880</t>
+          <t>9786255878144</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Hukuk ve Uzay Hukuku Çerçevesinde Uydu Karşıtı Silah Denemelerine İlişkin Hukuki Çerçeve</t>
+          <t>Bağışlamanın Geri Alınması</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786255930897</t>
+          <t>9786255878281</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Hukukunda Ev Sahibi Devletin Tam Koruma ve Güvenlik Yükümlülüğü (Ciltli)</t>
+          <t>Edinilmiş Mallara Katılma Rejiminde Değer Artış Payı Alacağı</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>950</v>
+        <v>240</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786255930958</t>
+          <t>9786255878267</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Rekabet Hukuku Seminerleri 2024</t>
+          <t>Fikir ve Sanat Eserleri Hukukunda Adın Belirtilmesi Hakkı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>685</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786255930910</t>
+          <t>9786255878311</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Spor Tahkim Yargılamalarında İspat ve Deliller (Ciltli)</t>
+          <t>Ürün Kirası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>865</v>
+        <v>460</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786255930927</t>
+          <t>9786255878298</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Pişmanlık Kurumları</t>
+          <t>Pay Devir Sözleşmelerinde Earn Out Klozları</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786255930934</t>
+          <t>9786255878052</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Tüzel Kişiliği Kurma İşlemi (Ciltli)</t>
+          <t>Pekcanıtez Usul - Medeni Usul Hukuku (5 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>800</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786255930989</t>
+          <t>9786255878304</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Blok Zincir Tabanlı Uyuşmazlık Çözüm Yöntemleri ve Tahkim (Ciltli)</t>
+          <t>Toplu İş Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>775</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786255930873</t>
+          <t>9786254324109</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesinin Temel Kararları Cilt 2</t>
+          <t>Milletlerarası Tahkim Anlaşmasının Kurulması ve Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>460</v>
+        <v>240</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786255930866</t>
+          <t>9786255994912</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Growth Strategies in Turkish Fintech Ecosystem</t>
+          <t>Boşanmada Kusur Belirlemesine İlişkin Usul ve Esas Meseleleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786255930859</t>
+          <t>9786255994585</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Fintek Ekosisteminde Büyüme Stratejileri</t>
+          <t>Uluslararası Yatırım Hukuku Anlaşmaları ve Tahkim Uygulamalarının Evrimi: Dolaylı Kamulaştırma ile Adil ve Hakkaniyetli Muamele</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786255930736</t>
+          <t>9786255994493</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukukunda Dijital Pazarlardaki Teşebbüslerin Kendini Kayırması (Ciltli)</t>
+          <t>İnsan Hakları Avrupa Mahkemesi İçtihadı Işığında Hakim ve Savcıların İfade Özgürlüğü</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>700</v>
+        <v>325</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786255930385</t>
+          <t>9786255994486</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerin Dijital Dönüşümündeki Belirsizliklerin Değerlendirilmesi ve Giderilmesi Çalıştayı Kitabı (Ciltli)</t>
+          <t>Çevrimiçi Uyuşmazlık Çözümü ve Türkiye'deki Uygulamaları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786255930767</t>
+          <t>9786255994592</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargısında Karşı Vekalet Ücretine İlişkin Hukuki Sorunlar ve Çözüm Önerileri (Ciltli)</t>
+          <t>The Emergence of Hyper-Presidentialism: A Study on Political Opposition in Turkey's New Presidential System</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786255930774</t>
+          <t>9786255994547</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Pay Sahibinin Bilgi Alma ve İnceleme Hakkı (Ciltli)</t>
+          <t>Türk Vergi Hukukunda Kanun Yolundan Vazgeçme Kurumu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>745</v>
+        <v>230</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786255930842</t>
+          <t>9786255994530</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İfade Özgürlüğü Kapsamında Nefret Söylemi: Kuramsal ve Kavramsal Bir İnceleme (Ciltli)</t>
+          <t>Yalan Tanıklık Suçu</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786255930682</t>
+          <t>9786255994509</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Benzersiz Zamanlar (Ciltli)</t>
+          <t>Can AI Be Confused: AI and the Concepts of Average Consumer and Likelihood of Confusion</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786255930941</t>
+          <t>9786255994523</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Hukuku (Ciltli)</t>
+          <t>Karşılaştırmalı Anayasa Hukukunda Halka Ait Anayasacılık</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>725</v>
+        <v>275</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786255930729</t>
+          <t>9786054396818</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku (Ciltli)</t>
+          <t>Hukuk Eğitimi Yöntemi Olarak İdare Hukukunda Sanal Mahkemeler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786255930781</t>
+          <t>9786051522494</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İpoteğin Paraya Çevrilmesi Yoluyla Takip - Şerh (Ciltli)</t>
+          <t>Çevre Hukuku</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>1250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786255930828</t>
+          <t>9786257334310</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-ı Düvel</t>
+          <t>Karşılaştırmalı Anayasa Hukukunda Halka Ait Anayasacılık</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786255930811</t>
+          <t>9786255878120</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Özel Hukuk Boyutuyla Sürdürülebilirlik ve Döngüsel Ekonomi</t>
+          <t>İşçinin İfade Özgürlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>400</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786255930804</t>
+          <t>9786255878168</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Fikri Mülkiyet Hukuku Fasikülleri I: Fikri ve Sınai Hakların Korunması</t>
+          <t>Tarım, Gıda Uyuşmazlıkları ve Tahkim (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>850</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786255930750</t>
+          <t>9786255878045</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkimde Hakemin Hukuku Kendiliğinden Uygulaması</t>
+          <t>Prof. Dr. Şükran Şıpka'ya Meslekte 40. Yıl Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>195</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786255930743</t>
+          <t>9786255878021</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sürücü Asistan Sistemli Taşıtlarda Sigorta</t>
+          <t>GDPR Işığında Kişisel Verilerin Korunmasında Akreditasyon ve Sertifikasyon Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>490</v>
+        <v>675</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786255930835</t>
+          <t>9786255878199</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Risk İlkesi Işığında Doğal Afetler, Toplantı ve Gösteri Yürüyüşleri ile Terör Olaylarından Kaynaklı Zararların Tazmini</t>
+          <t>Forum Non Conveniens Doktrini ve Doktrinin Türk Milletlerarası Usul Hukukuna Etkisi</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257899734</t>
+          <t>9786255878182</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunun Avrupa'da Kanunlaştırma Hareketlerini ve Hukuk Bilimini Etkileme Süreci</t>
+          <t>Vergi Hukuku Kapsamında Mülkiyet Hakkı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786255930606</t>
+          <t>9786255878175</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirketten Çıkma veya Çıkarılmaya Dair Mahkeme Kararının Alınması ve İcrasına İlişkin Sorunlar (Ciltli)</t>
+          <t>Vergi Hukuku - Genel Hükümler ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>875</v>
+        <v>975</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786255930637</t>
+          <t>9786255878151</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Yatırım Sözleşmelerinin Yeniden Müzakeresi ve Uyarlanması (Ciltli)</t>
+          <t>Kamu Görevlileri Sendikaları Hukuku</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>800</v>
+        <v>510</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786255930712</t>
+          <t>9786255878137</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İpoteğin Paraya Çevrilmesi (Ciltli)</t>
+          <t>Vergi İncelemesine İbraz Edilmeyen Defter ve Belgelerin Yargılama Aşamasında İbrazı</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>1400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786255930644</t>
+          <t>9786255878113</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Kanunu Kapsamında Hazırlanan Metinlerin Genel İşlem Şartı Perspektifinden Değerlendirilmesi</t>
+          <t>Hukuk-ı Ceza</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786255930651</t>
+          <t>9786255878038</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağında Algoritmik İş İlişkileri</t>
+          <t>Prof. H.C. Dr. Bülent Sözer Anısına Deniz ve Sigorta Hukukunda Güncel Gelişmeler Uluslararası Sempozyumu Tam Metin Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>325</v>
+        <v>850</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786255930668</t>
+          <t>9786255878014</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Genel Kredi Sözleşmesinde Şahsi Teminat Aracı Olarak Kefalet</t>
+          <t>Milletlerarası Tahkimde Hakem Tayini Usulü</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786255930675</t>
+          <t>9786255878007</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Kamusal Ortaklıklar</t>
+          <t>Türk Rekabet Hukukunda Uzlaşma Prosedürü</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>915</v>
+        <v>350</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786255930705</t>
+          <t>9786254323546</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yargısal Tutum - Anayasa Mahkemesi'nin Sosyal ve Ekonomik Hak Kararları Üzerinden Bir İnceleme</t>
+          <t>Hukuk Nedir? (Seçme Metinler)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786255930583</t>
+          <t>9786257334709</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Belge Suçları (TCK m. 204-212) (Ciltli)</t>
+          <t>Aile Hukuku</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786255930576</t>
+          <t>9786255930996</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İhtiyati Tedbir Yargılaması (Ciltli)</t>
+          <t>Hukuk Felsefesinde İlerleme</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>1300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786254320071</t>
+          <t>9786255930965</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu ve İlgili Mevzuat</t>
+          <t>60 Soruda Yat ve Marina İşletmeciliğinden Kaynaklanan Hukuki Sorunlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786254321160</t>
+          <t>9786255930903</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Özel Sağlık Sigortası</t>
+          <t>Şirketler Hukuku Uyuşmazlıklarına Özgü Kurumsal Tahkim Kuralları (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>90</v>
+        <v>800</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786254321108</t>
+          <t>9786255930972</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Genel Kurul Kararlarının Hükümsüzlüğü (Ciltli)</t>
+          <t>Teorik ve Normatif Açıdan Kamu Kurumu Niteliğindeki Meslek Kuruluşları (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>170</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786254320279</t>
+          <t>9786255930880</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Hususi Sigorta Hukuku</t>
+          <t>Milletlerarası Hukuk ve Uzay Hukuku Çerçevesinde Uydu Karşıtı Silah Denemelerine İlişkin Hukuki Çerçeve</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>205</v>
+        <v>260</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786255930613</t>
+          <t>9786255930897</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İnternet Şirketlerinin İnsan Hakları Yükümlülükleri</t>
+          <t>Uluslararası Yatırım Hukukunda Ev Sahibi Devletin Tam Koruma ve Güvenlik Yükümlülüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>500</v>
+        <v>950</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786255930552</t>
+          <t>9786255930958</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Law, Norm, And System: An Introductıon To Legal Theory</t>
+          <t>Uygulamalı Rekabet Hukuku Seminerleri 2024</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>600</v>
+        <v>685</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786255930620</t>
+          <t>9786255930910</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İnternet Aktörleri ve Egemenliğin Değişen Boyutları</t>
+          <t>Spor Tahkim Yargılamalarında İspat ve Deliller (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>475</v>
+        <v>865</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786255930590</t>
+          <t>9786255930927</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Mesleklerine Giriş Sınavı Soru Bankası</t>
+          <t>Vergi Hukukunda Pişmanlık Kurumları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>525</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051526485</t>
+          <t>9786255930934</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ön Ödemeli Konut Satışı (Ciltli)</t>
+          <t>Medeni Hukuk Tüzel Kişiliği Kurma İşlemi (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>55.56</v>
+        <v>800</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051526454</t>
+          <t>9786255930989</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Akaryakıt İstasyonu Bayilik Sözleşmesi</t>
+          <t>Blok Zincir Tabanlı Uyuşmazlık Çözüm Yöntemleri ve Tahkim (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>104</v>
+        <v>775</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752449749</t>
+          <t>9786255930873</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Hukuku Dersleri</t>
+          <t>Anayasa Mahkemesinin Temel Kararları Cilt 2</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>75</v>
+        <v>460</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051526256</t>
+          <t>9786255930866</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletmenin Devri (Ciltli)</t>
+          <t>Growth Strategies in Turkish Fintech Ecosystem</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>87.96</v>
+        <v>275</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257953740</t>
+          <t>9786255930859</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticaret Hukuku (Ciltli)</t>
+          <t>Türkiye Fintek Ekosisteminde Büyüme Stratejileri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786255930460</t>
+          <t>9786255930736</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kefilin Talilik İlkesini Haciz Yoluyla Takipte İleri Sürmesi</t>
+          <t>Rekabet Hukukunda Dijital Pazarlardaki Teşebbüslerin Kendini Kayırması (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>580</v>
+        <v>700</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786255930354</t>
+          <t>9786255930385</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Uzay ve Vergilendirme (Ciltli)</t>
+          <t>Anonim Şirketlerin Dijital Dönüşümündeki Belirsizliklerin Değerlendirilmesi ve Giderilmesi Çalıştayı Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>870</v>
+        <v>700</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786255994455</t>
+          <t>9786255930767</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>14. Türk Ceza Hukuku Günleri</t>
+          <t>Vergi Yargısında Karşı Vekalet Ücretine İlişkin Hukuki Sorunlar ve Çözüm Önerileri (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>990</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786255930446</t>
+          <t>9786255930774</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Kişilik Hakkının Anne Baba Tarafından Sosyal Medya Yoluyla İhlali ve Hukuki Korunma Yolları (Ciltli)</t>
+          <t>Anonim Şirket Pay Sahibinin Bilgi Alma ve İnceleme Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1050</v>
+        <v>745</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786255930453</t>
+          <t>9786255930842</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Devletleşme Süreci</t>
+          <t>İfade Özgürlüğü Kapsamında Nefret Söylemi: Kuramsal ve Kavramsal Bir İnceleme (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786255930477</t>
+          <t>9786255930682</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu'na Göre İşçinin Yıllık Ücretli İzin Hakkı</t>
+          <t>Benzersiz Zamanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>310</v>
+        <v>550</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786255930484</t>
+          <t>9786255930941</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukukunda Kamu Görevlilerinin İfade Özgürlüğü (Ciltli)</t>
+          <t>Kişisel Verilerin Korunması Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>950</v>
+        <v>725</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786255930491</t>
+          <t>9786255930729</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Taşıyıcı Annelik</t>
+          <t>Miras Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>385</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786255930507</t>
+          <t>9786255930781</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>İyi İdare İlkesi Çerçevesinde Vergi Yükümlülerinin İdari Sürece Katılımı</t>
+          <t>İpoteğin Paraya Çevrilmesi Yoluyla Takip - Şerh (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>625</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786255930521</t>
+          <t>9786255930828</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Ceza Yargılamasında Savunma Hakkı: Nitel Bir Araştırma</t>
+          <t>Hukuk-ı Düvel</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786255930538</t>
+          <t>9786255930811</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Mirasa Uygulanacak Hukuk (Ciltli)</t>
+          <t>Özel Hukuk Boyutuyla Sürdürülebilirlik ve Döngüsel Ekonomi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1050</v>
+        <v>400</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786255930439</t>
+          <t>9786255930804</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukuku Bakımından Arabuluculuk</t>
+          <t>Fikri Mülkiyet Hukuku Fasikülleri I: Fikri ve Sınai Hakların Korunması</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786255930392</t>
+          <t>9786255930750</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay ve Bölge Adliye Mahkemeleri'nin İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2022</t>
+          <t>Milletlerarası Tahkimde Hakemin Hukuku Kendiliğinden Uygulaması</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>1400</v>
+        <v>195</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786255930378</t>
+          <t>9786255930743</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Özel Hükümler</t>
+          <t>Sürücü Asistan Sistemli Taşıtlarda Sigorta</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>520</v>
+        <v>490</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786255930361</t>
+          <t>9786255930835</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler</t>
+          <t>Sosyal Risk İlkesi Işığında Doğal Afetler, Toplantı ve Gösteri Yürüyüşleri ile Terör Olaylarından Kaynaklı Zararların Tazmini</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>560</v>
+        <v>240</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786255930408</t>
+          <t>9786257899734</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>KVKK Reformu: 2024 Değişiklikleri</t>
+          <t>Roma Hukukunun Avrupa'da Kanunlaştırma Hareketlerini ve Hukuk Bilimini Etkileme Süreci</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786255930422</t>
+          <t>9786255930606</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Hakkın Kötüye Kullanılması ve ABD'nin Tek Taraflı Yaptırımları</t>
+          <t>Limited Şirketten Çıkma veya Çıkarılmaya Dair Mahkeme Kararının Alınması ve İcrasına İlişkin Sorunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>875</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786255930514</t>
+          <t>9786255930637</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhalelerine Katılmada Yeterlik</t>
+          <t>Yabancı Yatırım Sözleşmelerinin Yeniden Müzakeresi ve Uyarlanması (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786255930545</t>
+          <t>9786255930712</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hakkaniyet Kavramı - Hukuki Esneklik Problemi Bağlamında Bir İnceleme</t>
+          <t>İpoteğin Paraya Çevrilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786255930293</t>
+          <t>9786255930644</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>5403 Sayılı Toprak Koruma ve Arazi Kullanımı Kanunu'na Göre Tarımsal Arazilerin Miras Yoluyla İntikali (Ciltli)</t>
+          <t>Kişisel Verilerin Korunması Kanunu Kapsamında Hazırlanan Metinlerin Genel İşlem Şartı Perspektifinden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>890</v>
+        <v>290</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786255930279</t>
+          <t>9786255930651</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Yeni Vergi Bağlantı Noktası: OECD Birinci Sütun Çalışmaları (Ciltli)</t>
+          <t>Yapay Zeka Çağında Algoritmik İş İlişkileri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786255930217</t>
+          <t>9786255930668</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukundaki Nefret ve Ayrımcılık Suçuna Sosyal Kimlik Kuramı Açısından Bir Bakış (Ciltli)</t>
+          <t>Genel Kredi Sözleşmesinde Şahsi Teminat Aracı Olarak Kefalet</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>590</v>
+        <v>490</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786255930347</t>
+          <t>9786255930675</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunun Genel Esasları (Ciltli)</t>
+          <t>Türk Hukukunda Kamusal Ortaklıklar</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>1100</v>
+        <v>915</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786255930415</t>
+          <t>9786255930705</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Kapuçin Maymunları Neden Salatalık Sevmez? - Hukuku Anlamak için Kısa Bir Giriş</t>
+          <t>Yargısal Tutum - Anayasa Mahkemesi'nin Sosyal ve Ekonomik Hak Kararları Üzerinden Bir İnceleme</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786255930330</t>
+          <t>9786255930583</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Anoreksiya Nervoza'nın Zorla Tedavisinin AİHS'e Düzenlenen Temel Hak ve Özgürlükler Kapsamında Değerlendirilmesi</t>
+          <t>Belge Suçları (TCK m. 204-212) (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>240</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786255930323</t>
+          <t>9786255930576</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Ticaret Hukuku</t>
+          <t>İhtiyati Tedbir Yargılaması (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>560</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786255930224</t>
+          <t>9786254320071</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Israrlı Takip Suçu</t>
+          <t>İcra ve İflas Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>590</v>
+        <v>135</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786255994448</t>
+          <t>9786254321160</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Engelli Hakları I-II - 2023-2024 Akademik Yılı Konferansları</t>
+          <t>Özel Sağlık Sigortası</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>425</v>
+        <v>90</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786255930248</t>
+          <t>9786254321108</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yabancılık Unsuru İçeren Tüketici Sözleşmelerinden Doğan Hukuk Uyuşmazlıklarında Türk Mahkemelerinin Yetkisi</t>
+          <t>Anonim Şirket Genel Kurul Kararlarının Hükümsüzlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>310</v>
+        <v>170</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786255930262</t>
+          <t>9786254320279</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bir Demokrasi Hakkı Olarak Serbest Seçim</t>
+          <t>Türkiye’de Hususi Sigorta Hukuku</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786255930286</t>
+          <t>9786255930613</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Dijital Varlıklar Üzerindeki Hakkın Hukuki Niteliği</t>
+          <t>İnternet Şirketlerinin İnsan Hakları Yükümlülükleri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786255930309</t>
+          <t>9786255930552</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Karayolları Motorlu Araçlar Zorunlu Mali Sorumluluk Sigortası Kapsamına GirenTeminat Türleri</t>
+          <t>Law, Norm, And System: An Introductıon To Legal Theory</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786255930316</t>
+          <t>9786255930620</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Eşitliği Bakımından Vergilendirme</t>
+          <t>İnternet Aktörleri ve Egemenliğin Değişen Boyutları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>275</v>
+        <v>475</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254320750</t>
+          <t>9786255930590</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Gelir Paylaşımlı İnşaat Sözleşmesi (Ciltli)</t>
+          <t>Hukuk Mesleklerine Giriş Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>580</v>
+        <v>525</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786255930255</t>
+          <t>9786051526485</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Kolluk Faaliyeti Olarak Genel Ahlakın Korunması</t>
+          <t>Ön Ödemeli Konut Satışı (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786254324192</t>
+          <t>9786051526454</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Haksız Fiillerinden Doğan Hukuki Sorumluluk</t>
+          <t>Akaryakıt İstasyonu Bayilik Sözleşmesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>195</v>
+        <v>104</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786254323911</t>
+          <t>9789752449749</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Arabuluculuk</t>
+          <t>Toplu İş Hukuku Dersleri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>340</v>
+        <v>75</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786255930156</t>
+          <t>9786051526256</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Pay Defteri (Ciltli)</t>
+          <t>Ticari İşletmenin Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1200</v>
+        <v>87.96</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786255930125</t>
+          <t>9786257953740</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Siber Alanda Sunulan Kamu Hizmetinde Erişilebilirlik İlkesi (Ciltli)</t>
+          <t>Milletlerarası Ticaret Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>850</v>
+        <v>130</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786255930101</t>
+          <t>9786255930460</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Aydın Başbuğ'a Armağan Teknolojinin Hukuki Yansımaları (Ciltli)</t>
+          <t>Kefilin Talilik İlkesini Haciz Yoluyla Takipte İleri Sürmesi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>875</v>
+        <v>580</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786255930200</t>
+          <t>9786255930354</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hakem Kararlarının Tanınması ve Tenfizinde Hakem Heyetinin Teşekkülüne İlişkin Hususların Etkisi</t>
+          <t>Uzay ve Vergilendirme (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>230</v>
+        <v>870</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786255930194</t>
+          <t>9786255994455</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Epistemesinin Dönüşümü</t>
+          <t>14. Türk Ceza Hukuku Günleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>390</v>
+        <v>990</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786255930163</t>
+          <t>9786255930446</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Genç Tahkim Hukukçuları Konferansı 18-19 Ekim 2024 Konferans Tebliğ Tam Metinleri</t>
+          <t>Çocuğun Kişilik Hakkının Anne Baba Tarafından Sosyal Medya Yoluyla İhlali ve Hukuki Korunma Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>1300</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786255930149</t>
+          <t>9786255930453</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu Kapsamında Karayolu ile Yurt İçi Eşya Taşımacılığında Taşıyıcının Sorumluluğunun Sınırlandırılması</t>
+          <t>Türklerin Devletleşme Süreci</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786255930132</t>
+          <t>9786255930477</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bölge İdare Mahkemelerinin Kararları Arası Aykırılığın Giderilmesi</t>
+          <t>4857 Sayılı İş Kanunu'na Göre İşçinin Yıllık Ücretli İzin Hakkı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>475</v>
+        <v>310</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786255930118</t>
+          <t>9786255930484</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Evaluation Of The Question As To Whether Artificial Intelligence Can Be Recognised As An Inventor In Australia Within The Context Of Patent Law, Ethics, Economy, And Liability</t>
+          <t>Türk İdare Hukukunda Kamu Görevlilerinin İfade Özgürlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>95</v>
+        <v>950</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786255930095</t>
+          <t>9786255930491</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Gemi Geri Dönüşüm Sözleşmeleri</t>
+          <t>Milletlerarası Özel Hukukta Taşıyıcı Annelik</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786255930071</t>
+          <t>9786255930507</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Maddi ve Manevi Varlığı Koruma ve Geliştirme Hakkının Feminist Bir Perspektiften Yorumu</t>
+          <t>İyi İdare İlkesi Çerçevesinde Vergi Yükümlülerinin İdari Sürece Katılımı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>315</v>
+        <v>625</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786255994929</t>
+          <t>9786255930521</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Yabancıların Ceza Yargılamasında Savunma Hakkı: Nitel Bir Araştırma</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>1700</v>
+        <v>225</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786255930088</t>
+          <t>9786255930538</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Mirasa Uygulanacak Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>1500</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786255930170</t>
+          <t>9786255930439</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Olaylarla Tebligat Hukuku</t>
+          <t>İcra Hukuku Bakımından Arabuluculuk</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>390</v>
+        <v>310</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786255930187</t>
+          <t>9786255930392</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Candır</t>
+          <t>Yargıtay ve Bölge Adliye Mahkemeleri'nin İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2022</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>250</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786255994981</t>
+          <t>9786255930378</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Sigortaları Hukuku - I (Ciltli)</t>
+          <t>Borçlar Hukuku Özel Hükümler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>900</v>
+        <v>520</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786255994998</t>
+          <t>9786255930361</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Tele Çalışma (Ciltli)</t>
+          <t>Borçlar Hukuku Genel Hükümler</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>1250</v>
+        <v>560</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786255930026</t>
+          <t>9786255930408</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Video Kamera Kayıtla (Ciltli)</t>
+          <t>KVKK Reformu: 2024 Değişiklikleri</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>1450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786255930033</t>
+          <t>9786255930422</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukukunda Kamu Mallarının Yatırımlara Tahsisi (Ciltli)</t>
+          <t>Uluslararası Hukukta Hakkın Kötüye Kullanılması ve ABD'nin Tek Taraflı Yaptırımları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>890</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786255930064</t>
+          <t>9786255930514</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukukunda Taleple Bağlılık İlkesi (Ciltli)</t>
+          <t>Kamu İhalelerine Katılmada Yeterlik</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786255930019</t>
+          <t>9786255930545</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Açıdan Açık Bankacılık ve Dijital Bankalar</t>
+          <t>Hakkaniyet Kavramı - Hukuki Esneklik Problemi Bağlamında Bir İnceleme</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786255878403</t>
+          <t>9786255930293</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Çalışma Süreleri</t>
+          <t>5403 Sayılı Toprak Koruma ve Arazi Kullanımı Kanunu'na Göre Tarımsal Arazilerin Miras Yoluyla İntikali (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>675</v>
+        <v>890</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786255994974</t>
+          <t>9786255930279</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük ve Egemenlik Arasında "Bölünmüş İnternet"</t>
+          <t>Dijital Çağda Yeni Vergi Bağlantı Noktası: OECD Birinci Sütun Çalışmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>240</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786255994851</t>
+          <t>9786255930217</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Baki Kuru Anısına Armağan (4 Cilt) (Ciltli)</t>
+          <t>Türk Ceza Hukukundaki Nefret ve Ayrımcılık Suçuna Sosyal Kimlik Kuramı Açısından Bir Bakış (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>8750</v>
+        <v>590</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786255994905</t>
+          <t>9786255930347</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Miras Paylaşma Sözleşmesi (Ciltli)</t>
+          <t>Anayasa Hukukunun Genel Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>825</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786255994943</t>
+          <t>9786255930415</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Hamiline Yazılı Pay (Ciltli)</t>
+          <t>Kapuçin Maymunları Neden Salatalık Sevmez? - Hukuku Anlamak için Kısa Bir Giriş</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>1250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786255994783</t>
+          <t>9786255930330</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesinde İfa İmkansızlığı (Ciltli)</t>
+          <t>Anoreksiya Nervoza'nın Zorla Tedavisinin AİHS'e Düzenlenen Temel Hak ve Özgürlükler Kapsamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>725</v>
+        <v>240</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786255994790</t>
+          <t>9786255930323</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukuku'nda İş Sözleşmesinin Geçersizliği (Ciltli)</t>
+          <t>Elektronik Ticaret Hukuku</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>1050</v>
+        <v>560</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786255994844</t>
+          <t>9786255930224</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Alt Yüklenicilik Sözleşmeleri (Ciltli)</t>
+          <t>Israrlı Takip Suçu</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>775</v>
+        <v>590</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786255994950</t>
+          <t>9786255994448</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde Tanıma ve Tenfize Direnme Hakkının Bir Sınırı Olarak Hakkın Kötüye Kullanılması Yasağı (Ciltli)</t>
+          <t>Engelli Hakları I-II - 2023-2024 Akademik Yılı Konferansları</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>675</v>
+        <v>425</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786255994936</t>
+          <t>9786255930248</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Vergi Ceza Hukuku (Ciltli)</t>
+          <t>Yabancılık Unsuru İçeren Tüketici Sözleşmelerinden Doğan Hukuk Uyuşmazlıklarında Türk Mahkemelerinin Yetkisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>1450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786255994967</t>
+          <t>9786255930262</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Uzun Süreli Sözleşmeler</t>
+          <t>Bir Demokrasi Hakkı Olarak Serbest Seçim</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786255994837</t>
+          <t>9786255930286</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti ve Kuzey Kıbrıs Türk Cumhuriyeti'nde Anayasa Mahkemesi İptal Kararlarının Geriye Yürümezliği</t>
+          <t>Dijital Varlıklar Üzerindeki Hakkın Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786255994813</t>
+          <t>9786255930309</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Telekomünikasyon Sektöründe Rekabet Kolluğu Yetkilerinin Yarışması</t>
+          <t>Karayolları Motorlu Araçlar Zorunlu Mali Sorumluluk Sigortası Kapsamına GirenTeminat Türleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786255994806</t>
+          <t>9786255930316</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Blokzinciri Teknolojisinin Veri Koruma Hukuku Bağlamında Değerlendirilmesi</t>
+          <t>Toplumsal Cinsiyet Eşitliği Bakımından Vergilendirme</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786255994820</t>
+          <t>9786254320750</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukuku</t>
+          <t>Gelir Paylaşımlı İnşaat Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>590</v>
+        <v>580</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786255994776</t>
+          <t>9786255930255</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kamu Alacağının Takibinde Rüçhan Hakkı İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Yüksek Lisans Tezleri Dizisi No: 8</t>
+          <t>İdarenin Kolluk Faaliyeti Olarak Genel Ahlakın Korunması</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786255994769</t>
+          <t>9786254324192</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Mutual Agreement Procedure in International Taxation The Netherlands and Germany Cases</t>
+          <t>Yapay Zekanın Haksız Fiillerinden Doğan Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786255994752</t>
+          <t>9786254323911</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Vergilendirmede Karşılıklı Anlaşma Usulü, Hollanda ve Almanya Örnekleriyle</t>
+          <t>Milletlerarası Özel Hukukta Arabuluculuk</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786255994745</t>
+          <t>9786255930156</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı Kararlarında İstikrar Arayışına Katkı Emsal Karar Doktrini (Ciltli)</t>
+          <t>Pay Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>650</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786254329975</t>
+          <t>9786255930125</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Serap Helvacı'nın Anısına Armağan (3 Cilt) (Ciltli)</t>
+          <t>Siber Alanda Sunulan Kamu Hizmetinde Erişilebilirlik İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>6500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786255994554</t>
+          <t>9786255930101</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklığın Temsili (Ciltli)</t>
+          <t>Aydın Başbuğ'a Armağan Teknolojinin Hukuki Yansımaları (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>790</v>
+        <v>875</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786255994738</t>
+          <t>9786255930200</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Ulusal ve Uluslararası Taşımacılıkta Karayolu Taşıma Senedi (Ciltli)</t>
+          <t>Yabancı Hakem Kararlarının Tanınması ve Tenfizinde Hakem Heyetinin Teşekkülüne İlişkin Hususların Etkisi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>690</v>
+        <v>230</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786255994684</t>
+          <t>9786255930194</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Mülkiyetine Gerçekleşen Müdahaleler ve Elatmanın Önlenmesi Davası (Ciltli)</t>
+          <t>İnsan Hakları Epistemesinin Dönüşümü</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>650</v>
+        <v>390</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786255994639</t>
+          <t>9786255930163</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Gıda Üreticisinin Hukuki Sorumluluğu (Ciltli)</t>
+          <t>Genç Tahkim Hukukçuları Konferansı 18-19 Ekim 2024 Konferans Tebliğ Tam Metinleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>610</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786255994301</t>
+          <t>9786255930149</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Deniz Yoluyla Konteyner Taşımacılığında Taşıyanın Hukuki Sorumluluğu ve Sorumluluğun Sigortalanması (Ciltli)</t>
+          <t>6102 Sayılı Türk Ticaret Kanunu Kapsamında Karayolu ile Yurt İçi Eşya Taşımacılığında Taşıyıcının Sorumluluğunun Sınırlandırılması</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>700</v>
+        <v>275</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786254320767</t>
+          <t>9786255930132</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hans Kelsen'in Temel Norm Kuramı</t>
+          <t>Bölge İdare Mahkemelerinin Kararları Arası Aykırılığın Giderilmesi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>175</v>
+        <v>475</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789752449404</t>
+          <t>9786255930118</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Adi Ortaklıkta Temsil ve Borçlardan Sorumluluk</t>
+          <t>Evaluation Of The Question As To Whether Artificial Intelligence Can Be Recognised As An Inventor In Australia Within The Context Of Patent Law, Ethics, Economy, And Liability</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057542366</t>
+          <t>9786255930095</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Özel Ceza Hukuku - Cilt 4 (Ciltli)</t>
+          <t>Gemi Geri Dönüşüm Sözleşmeleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>460</v>
+        <v>360</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057909589</t>
+          <t>9786255930071</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İktidar Karşısında Çocuk ve Çocukluk</t>
+          <t>Maddi ve Manevi Varlığı Koruma ve Geliştirme Hakkının Feminist Bir Perspektiften Yorumu</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>80</v>
+        <v>315</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051529776</t>
+          <t>9786255994929</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Finansal Kiralama, Faktoring ve Finansman Şirketlerinde İç Kontrol</t>
+          <t>Gerekçeli Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>145</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786051527420</t>
+          <t>9786255930088</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sağ Kalan Eşin Mirasçılığı (Ciltli)</t>
+          <t>İcra ve İflas Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>230</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057622051</t>
+          <t>9786255930170</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkim Hukukunda Tahkim Anlaşmasının Esas Bakımından Geçerliliğine Uygulanacak Hukuk</t>
+          <t>Olaylarla Tebligat Hukuku</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051528526</t>
+          <t>9786255930187</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Vergi Usul Kanunu'na Göre Tebligat</t>
+          <t>Anayasa Candır</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786057909435</t>
+          <t>9786255994981</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>1958 Tarihli New York Sözleşmesi Çerçevesinde Yabancı Hakem Kararlarının Tanınması ve Tenfizi</t>
+          <t>Sorumluluk Sigortaları Hukuku - I (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>65</v>
+        <v>900</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057909350</t>
+          <t>9786255994998</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kozmopolisten Küreselleşen Dünyanın Devletine: Küresel Devlet</t>
+          <t>İş Hukukunda Tele Çalışma (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>235</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054396153</t>
+          <t>9786255930026</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Uyum Sürecinde Türk İhale Rejiminin Şeffaflık Açısından Değerlendirilmesi</t>
+          <t>Ceza Muhakemesi Hukukunda Video Kamera Kayıtla (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>90</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054396856</t>
+          <t>9786255930033</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>818 ve 6098 Sayılı Borçlar Kanunlarında Borçlular Arasında Teselsül</t>
+          <t>İdare Hukukunda Kamu Mallarının Yatırımlara Tahsisi (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>110</v>
+        <v>890</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786055373122</t>
+          <t>9786255930064</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>6098 Sayılı Yeni Türk Borçlar Kanunu ile Karşılaştırmalı Olarak</t>
+          <t>İdari Yargılama Hukukunda Taleple Bağlılık İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055865801</t>
+          <t>9786255930019</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Z.N.S. v. Türkiye Davası</t>
+          <t>Hukuki Açıdan Açık Bankacılık ve Dijital Bankalar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>40</v>
+        <v>285</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051520469</t>
+          <t>9786255878403</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerde Disiplin Soruşturmaları: Öğrencilerin İfade ve Örgütlenme Özgürlüğü</t>
+          <t>İş Hukukunda Çalışma Süreleri</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>130</v>
+        <v>675</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051520506</t>
+          <t>9786255994974</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Hedef Alarak Öldürme</t>
+          <t>Özgürlük ve Egemenlik Arasında "Bölünmüş İnternet"</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055865078</t>
+          <t>9786255994851</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İbni Haldun’un Toplum ve Devlet Kuramı</t>
+          <t>Prof. Dr. Baki Kuru Anısına Armağan (4 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>230</v>
+        <v>8750</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054687770</t>
+          <t>9786255994905</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>ICSID Tahkiminde Ev Sahibi Ülkenin Mevzuat Değişikliğinden Kaynaklanan Yatırım Uyuşmazlıkları</t>
+          <t>Miras Paylaşma Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>100</v>
+        <v>825</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055865726</t>
+          <t>9786255994943</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dışı Sigorta Şirketlerinin Denetimi</t>
+          <t>Hamiline Yazılı Pay (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>120</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786055865030</t>
+          <t>9786255994783</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fikri ve Sınai Haklar Hukukunda Entegre Devre Topografyaları</t>
+          <t>Eser Sözleşmesinde İfa İmkansızlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>75</v>
+        <v>725</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055865689</t>
+          <t>9786255994790</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Pişmanlık Yönetmelikleri</t>
+          <t>Türk İş Hukuku'nda İş Sözleşmesinin Geçersizliği (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>40</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051520643</t>
+          <t>9786255994844</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Devlet İlkesi Çerçevesinde Seçimlerin Yönetimi ve Denetimi</t>
+          <t>Milletlerarası Özel Hukukta Alt Yüklenicilik Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>100</v>
+        <v>775</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051521336</t>
+          <t>9786255994950</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Uluslaraarası Ticari Tahkim ve Yeni Lex Mercatoria (Ciltli)</t>
+          <t>Milletlerarası Ticari Tahkimde Tanıma ve Tenfize Direnme Hakkının Bir Sınırı Olarak Hakkın Kötüye Kullanılması Yasağı (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>180</v>
+        <v>675</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051520452</t>
+          <t>9786255994936</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Türk Parlamento Tarihinde Yasama Sorumsuzluğu ve Dokunulmazlığı</t>
+          <t>Vergi Ceza Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>125</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786057542656</t>
+          <t>9786255994967</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Türkiye'de İkamet ve Seyahat Hakkı</t>
+          <t>Uzun Süreli Sözleşmeler</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051526867</t>
+          <t>9786255994837</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Edinilmiş Mallara Katılma Rejiminde Taraf İradelerinin Etkisi</t>
+          <t>Türkiye Cumhuriyeti ve Kuzey Kıbrıs Türk Cumhuriyeti'nde Anayasa Mahkemesi İptal Kararlarının Geriye Yürümezliği</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>130</v>
+        <v>235</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057909176</t>
+          <t>9786255994813</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Sabih Arkan'a Armağan (Ciltli)</t>
+          <t>Telekomünikasyon Sektöründe Rekabet Kolluğu Yetkilerinin Yarışması</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>825</v>
+        <v>160</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786057622082</t>
+          <t>9786255994806</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukukunda Tanınmış Markanın Sulandırmaya Karşı Korunması (Ciltli)</t>
+          <t>Blokzinciri Teknolojisinin Veri Koruma Hukuku Bağlamında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>485</v>
+        <v>155</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057909183</t>
+          <t>9786255994820</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Hukuku (Ciltli)</t>
+          <t>Tüketici Hukuku</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>310</v>
+        <v>590</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051526874</t>
+          <t>9786255994776</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizmi ve Milletlerarası Tıp Hukuku Mevzuatı (Ciltli)</t>
+          <t>Kamu Alacağının Takibinde Rüçhan Hakkı İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Yüksek Lisans Tezleri Dizisi No: 8</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>600</v>
+        <v>385</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051526843</t>
+          <t>9786255994769</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Le Crime Passionnel, L'affect et la Responsabilite</t>
+          <t>Mutual Agreement Procedure in International Taxation The Netherlands and Germany Cases</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051525198</t>
+          <t>9786255994752</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Newsletter 2016 (Ciltli)</t>
+          <t>Uluslararası Vergilendirmede Karşılıklı Anlaşma Usulü, Hollanda ve Almanya Örnekleriyle</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057542915</t>
+          <t>9786255994745</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Viyana Satım Sözleşmesi'nin (CISG) 79. Maddesi Uyarınca Tazminat Sorumluluğundan Kurtulma</t>
+          <t>İdari Yargı Kararlarında İstikrar Arayışına Katkı Emsal Karar Doktrini (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051525754</t>
+          <t>9786254329975</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>İş Adamı Kararı İlkesi ve Türk Hukukunda Uygulanabilirliği (Ciltli)</t>
+          <t>Prof. Dr. Serap Helvacı'nın Anısına Armağan (3 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>170</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786057622365</t>
+          <t>9786255994554</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>TBK, CISG ve Karşılaştırmalı Hukukta Öngörülebilen İhlal (Anticipatory Breach-Antizipierter Vertragsbruch)</t>
+          <t>Anonim Ortaklığın Temsili (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>180</v>
+        <v>790</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051527284</t>
+          <t>9786255994738</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu'nda Yasal Danışmanlık</t>
+          <t>Ulusal ve Uluslararası Taşımacılıkta Karayolu Taşıma Senedi (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>85</v>
+        <v>690</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051527109</t>
+          <t>9786255994684</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukukunda Kadın ve Çocuğun Soyadı</t>
+          <t>Taşınmaz Mülkiyetine Gerçekleşen Müdahaleler ve Elatmanın Önlenmesi Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>105</v>
+        <v>650</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051525631</t>
+          <t>9786255994639</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Asgari Süreli İş Sözleşmesi</t>
+          <t>Gıda Üreticisinin Hukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>145</v>
+        <v>610</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051524337</t>
+          <t>9786255994301</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Genç Yaklaşımlar 2</t>
+          <t>Deniz Yoluyla Konteyner Taşımacılığında Taşıyanın Hukuki Sorumluluğu ve Sorumluluğun Sigortalanması (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>170</v>
+        <v>700</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051524184</t>
+          <t>9786254320767</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Spor Sponsorluğu Sözleşmesinin Hukuki Niteliği</t>
+          <t>Hans Kelsen'in Temel Norm Kuramı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051529110</t>
+          <t>9789752449404</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde Doğrudan Uygulanan Kurallar</t>
+          <t>Adi Ortaklıkta Temsil ve Borçlardan Sorumluluk</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051524702</t>
+          <t>9786057542366</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>2. Türk Hukuk Tarihi Kongresi Bildirileri (2 Cilt Takım)</t>
+          <t>Özel Ceza Hukuku - Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>680</v>
+        <v>460</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786051524580</t>
+          <t>9786057909589</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Anglo-Sakson Örnekler Işığında Siyasal Parti ve Seçim Yasaları</t>
+          <t>Siyasi İktidar Karşısında Çocuk ve Çocukluk</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051523989</t>
+          <t>9786051529776</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukukunda Kısmi İmkansızlık (Ciltli)</t>
+          <t>Finansal Kiralama, Faktoring ve Finansman Şirketlerinde İç Kontrol</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051526034</t>
+          <t>9786051527420</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Belirsiz Süreli Kefalet Sözleşmesinde Kefilin Sorumluluğunun Sona Ermesi</t>
+          <t>Sağ Kalan Eşin Mirasçılığı (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>115</v>
+        <v>230</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051523217</t>
+          <t>9786057622051</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>AİHM İçtihatları Bağlamında Kişisel Verilerin Kaydedilmesi Suçu</t>
+          <t>Milletlerarası Tahkim Hukukunda Tahkim Anlaşmasının Esas Bakımından Geçerliliğine Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>95</v>
+        <v>170</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051526348</t>
+          <t>9786051528526</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Meslek Hastalığının Tanımı ve Tespiti</t>
+          <t>Vergi Usul Kanunu'na Göre Tebligat</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051521176</t>
+          <t>9786057909435</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Sözleşmelerinin Değiştirilmesi ve Devri</t>
+          <t>1958 Tarihli New York Sözleşmesi Çerçevesinde Yabancı Hakem Kararlarının Tanınması ve Tenfizi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>100</v>
+        <v>65</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051520414</t>
+          <t>9786057909350</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Ceza İnfaz Hukuku 5275 Sayılı Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanunun Düzenlemesi Işığında</t>
+          <t>Kozmopolisten Küreselleşen Dünyanın Devletine: Küresel Devlet</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>75</v>
+        <v>235</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051520315</t>
+          <t>9786054396153</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku’nda İrtikap Suçu</t>
+          <t>Avrupa Birliği Uyum Sürecinde Türk İhale Rejiminin Şeffaflık Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>135</v>
+        <v>90</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055373528</t>
+          <t>9786054396856</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Boyutuyla Evrensel Hizmet</t>
+          <t>818 ve 6098 Sayılı Borçlar Kanunlarında Borçlular Arasında Teselsül</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055373726</t>
+          <t>9786055373122</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>CISG Gereğince Alıcının Satım Bedelini Ödeme Borcu</t>
+          <t>6098 Sayılı Yeni Türk Borçlar Kanunu ile Karşılaştırmalı Olarak</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051520599</t>
+          <t>9786055865801</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamacılık Sözleşmesi</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Z.N.S. v. Türkiye Davası</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051525532</t>
+          <t>9786051520469</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi Karar Gerekçelerinin Bağlayıcılığı Sorunu</t>
+          <t>Üniversitelerde Disiplin Soruşturmaları: Öğrencilerin İfade ve Örgütlenme Özgürlüğü</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>205</v>
+        <v>130</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051524436</t>
+          <t>9786051520506</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Aleyhe Değiştirme Yasağı</t>
+          <t>Uluslararası Hukukta Hedef Alarak Öldürme</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051524825</t>
+          <t>9786055865078</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Mahkeme Kararlarının Tenfizinde Karşılıklılık Esası</t>
+          <t>İbni Haldun’un Toplum ve Devlet Kuramı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>105</v>
+        <v>230</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051523569</t>
+          <t>9786054687770</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ulus-Devlet ve Gayrimüslim Azınlık</t>
+          <t>ICSID Tahkiminde Ev Sahibi Ülkenin Mevzuat Değişikliğinden Kaynaklanan Yatırım Uyuşmazlıkları</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051523033</t>
+          <t>9786055865726</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukuk ve Yeknesak Hukukta Sözleşmenin Yorumu (Ciltli)</t>
+          <t>Hayat Dışı Sigorta Şirketlerinin Denetimi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051524818</t>
+          <t>9786055865030</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Konkordato</t>
+          <t>Fikri ve Sınai Haklar Hukukunda Entegre Devre Topografyaları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051522463</t>
+          <t>9786055865689</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Değişen Finansal Kiralama Mevzuatı Işığında Finansal Kiralama Sözleşmesine İlişkin Uygulamadan Kaynaklanan Sorunların Değerlendirilmesi (Ciltli)</t>
+          <t>Ceza ve Pişmanlık Yönetmelikleri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051523866</t>
+          <t>9786051520643</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Tanıma ve Tenfiz Davalarında Kararı Veren Mahkemenin Yetkisinin Denetimi</t>
+          <t>Demokratik Devlet İlkesi Çerçevesinde Seçimlerin Yönetimi ve Denetimi</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051520438</t>
+          <t>9786051521336</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>AKP - CHP - Kadınlar</t>
+          <t>Uluslaraarası Ticari Tahkim ve Yeni Lex Mercatoria (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051522777</t>
+          <t>9786051520452</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Montreal Sözleşmesi Uyarınca Taşıyıcının Uluslararası Yolcu Taşıma Sözleşmesinden Doğan Sorumluluğu</t>
+          <t>Türk Parlamento Tarihinde Yasama Sorumsuzluğu ve Dokunulmazlığı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051521268</t>
+          <t>9786057542656</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Admin Kamu Yönetimi</t>
+          <t>Yabancıların Türkiye'de İkamet ve Seyahat Hakkı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051521343</t>
+          <t>9786051526867</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hukuksal ve Kurumsal Bağlamda Amerika Birleşik Devletleri ve Türkiye'de Doğrudan Yabancı Yatırımlar</t>
+          <t>Edinilmiş Mallara Katılma Rejiminde Taraf İradelerinin Etkisi</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051529820</t>
+          <t>9786057909176</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>İşletme İktisadı</t>
+          <t>Prof. Dr. Sabih Arkan'a Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>125</v>
+        <v>825</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051523910</t>
+          <t>9786057622082</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Gümrük Kabahatleri</t>
+          <t>Marka Hukukunda Tanınmış Markanın Sulandırmaya Karşı Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>250</v>
+        <v>485</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051522883</t>
+          <t>9786057909183</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Zorunlu Din Dersinin Hukukiliği Sorunu</t>
+          <t>Sorumluluk Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>95</v>
+        <v>310</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752449015</t>
+          <t>9786051526874</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Yazılmamış Sayılma (Ciltli)</t>
+          <t>Sağlık Turizmi ve Milletlerarası Tıp Hukuku Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>405</v>
+        <v>600</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051522555</t>
+          <t>9786051526843</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmetinde Eşitlik İlkesi</t>
+          <t>Le Crime Passionnel, L'affect et la Responsabilite</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>115</v>
+        <v>85</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051521213</t>
+          <t>9786051525198</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukukunda Müteselsil Kefalet Sözleşmesi (Ciltli)</t>
+          <t>Newsletter 2016 (Ciltli)</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>225</v>
+        <v>190</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051522074</t>
+          <t>9786057542915</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>KPSS Muhasebe</t>
+          <t>Viyana Satım Sözleşmesi'nin (CISG) 79. Maddesi Uyarınca Tazminat Sorumluluğundan Kurtulma</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786051522043</t>
+          <t>9786051525754</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Görsel İşitsel Sektörde Toplu Hak Yönetimi</t>
+          <t>İş Adamı Kararı İlkesi ve Türk Hukukunda Uygulanabilirliği (Ciltli)</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257598569</t>
+          <t>9786057622365</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kişi Yararına Sözleşme (Ciltli)</t>
+          <t>TBK, CISG ve Karşılaştırmalı Hukukta Öngörülebilen İhlal (Anticipatory Breach-Antizipierter Vertragsbruch)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>445</v>
+        <v>180</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786257528641</t>
+          <t>9786051527284</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Yeni Yaklaşımlar 3</t>
+          <t>Türk Medeni Kanunu'nda Yasal Danışmanlık</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>205</v>
+        <v>85</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786257334730</t>
+          <t>9786051527109</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Koruma Kurulu Kararları</t>
+          <t>Türk Medeni Hukukunda Kadın ve Çocuğun Soyadı</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057909206</t>
+          <t>9786051525631</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'ne Bireysel Başvuruda Masumiyet Karinesi</t>
+          <t>Türk İş Hukukunda Asgari Süreli İş Sözleşmesi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>130</v>
+        <v>145</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786257598613</t>
+          <t>9786051524337</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Anonim Şirketin Yönetim Kurulunda Yer Alması ve Bu Durumun Hukuki Sorumluluğa Etkisi</t>
+          <t>İş Hukukunda Genç Yaklaşımlar 2</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786051521015</t>
+          <t>9786051524184</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Serbest Bölgesi'nde Uygulanan İstisna, Muafiyet ve Destekler</t>
+          <t>Spor Sponsorluğu Sözleşmesinin Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786257293556</t>
+          <t>9786051529110</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Mali Sorumluluğu Bağlamında Kamu Görevlisine Rücu</t>
+          <t>Milletlerarası Ticari Tahkimde Doğrudan Uygulanan Kurallar</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786257334532</t>
+          <t>9786051524702</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Yargılama Hukukunda Tanıklık</t>
+          <t>2. Türk Hukuk Tarihi Kongresi Bildirileri (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>305</v>
+        <v>680</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055373375</t>
+          <t>9786051524580</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yük Alacaklısı Hakkı</t>
+          <t>Anglo-Sakson Örnekler Işığında Siyasal Parti ve Seçim Yasaları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054396863</t>
+          <t>9786051523989</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Muhasebesinde Zaman Odaklı Yaklaşımlar</t>
+          <t>Borçlar Hukukunda Kısmi İmkansızlık (Ciltli)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055373153</t>
+          <t>9786051526034</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yasama Dokunulmazlığı</t>
+          <t>Belirsiz Süreli Kefalet Sözleşmesinde Kefilin Sorumluluğunun Sona Ermesi</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>65</v>
+        <v>115</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055865849</t>
+          <t>9786051523217</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Vergi Hukuku’nda Tahkim</t>
+          <t>AİHM İçtihatları Bağlamında Kişisel Verilerin Kaydedilmesi Suçu</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055373382</t>
+          <t>9786051526348</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Kişiliğin Sona Ermesi ve Sonuçları (Gerçek Kişiler)</t>
+          <t>Meslek Hastalığının Tanımı ve Tespiti</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054687206</t>
+          <t>9786051521176</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 8 - Ulusal ve Uluslararası Piyasalar</t>
+          <t>Kamu İhale Sözleşmelerinin Değiştirilmesi ve Devri</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054687213</t>
+          <t>9786051520414</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 7 - Sermaye Piyasası Mevzuatı ve İlgili Mevzuat, Ticaret Hukuku ve Borçlar Hukuku</t>
+          <t>Ceza İnfaz Hukuku 5275 Sayılı Ceza ve Güvenlik Tedbirlerinin İnfazı Hakkında Kanunun Düzenlemesi Işığında</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>225</v>
+        <v>75</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054687220</t>
+          <t>9786051520315</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 6 Muhasebe, Denetim ve Etik Kurallar</t>
+          <t>Türk Ceza Hukuku’nda İrtikap Suçu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>65</v>
+        <v>135</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054687152</t>
+          <t>9786055373528</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Adaleti Sisteminin Basın Özgürlüğü Yönünden Yarattığı Temel Sorunlar ve Çözüm Önerileri Sempozyumu</t>
+          <t>Hukuki Boyutuyla Evrensel Hizmet</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055865924</t>
+          <t>9786055373726</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu’na Göre Zamanaşımı (Ciltli)</t>
+          <t>CISG Gereğince Alıcının Satım Bedelini Ödeme Borcu</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055373580</t>
+          <t>9786051520599</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Motorlu Taşıt Rehni</t>
+          <t>Pazarlamacılık Sözleşmesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054687879</t>
+          <t>9786051525532</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukukunda İhtiyati Tedbirler</t>
+          <t>Anayasa Mahkemesi Karar Gerekçelerinin Bağlayıcılığı Sorunu</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055373641</t>
+          <t>9786051524436</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Menkul Kıymetleştirme ve Varlığa Dayalı Menkul Kıymetler</t>
+          <t>Ceza Muhakemesi Hukukunda Aleyhe Değiştirme Yasağı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051520148</t>
+          <t>9786051524825</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkının İnternet Reklamcılığı Yoluyla İhlali ve Sorumluluk Rejimi</t>
+          <t>Yabancı Mahkeme Kararlarının Tenfizinde Karşılıklılık Esası</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>145</v>
+        <v>105</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055865368</t>
+          <t>9786051523569</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Konut Finansman Sisteminde İhraç Edilen Menkul Kıymetler ve Teminatları</t>
+          <t>Türkiye'de Ulus-Devlet ve Gayrimüslim Azınlık</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786054687336</t>
+          <t>9786051523033</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmetlerinin Süreklilik ve Düzenlilik İlkesi</t>
+          <t>Karşılaştırmalı Hukuk ve Yeknesak Hukukta Sözleşmenin Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786054396498</t>
+          <t>9786051524818</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinde Feshin Geçersizliğinin Tespiti ve Hukuki Sonuçları</t>
+          <t>Sorularla Konkordato</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054687886</t>
+          <t>9786051522463</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Doğal Gaz Piyasasını Düzenleme Faaliyeti</t>
+          <t>Değişen Finansal Kiralama Mevzuatı Işığında Finansal Kiralama Sözleşmesine İlişkin Uygulamadan Kaynaklanan Sorunların Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786054687237</t>
+          <t>9786051523866</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavları İleri Düzey Serisi:5 Menkul Kıymetler ve Diğer Sermaye Piyasası Araçları</t>
+          <t>Tanıma ve Tenfiz Davalarında Kararı Veren Mahkemenin Yetkisinin Denetimi</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786054687244</t>
+          <t>9786051520438</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 4 İlgili Vergi Mevzuatı</t>
+          <t>AKP - CHP - Kadınlar</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786054687251</t>
+          <t>9786051522777</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 3  Genel Ekonomi ve Mali Sistem</t>
+          <t>Montreal Sözleşmesi Uyarınca Taşıyıcının Uluslararası Yolcu Taşıma Sözleşmesinden Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054687275</t>
+          <t>9786051521268</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 1  Analiz Yöntemleri</t>
+          <t>Admin Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>50</v>
+        <v>380</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057820556</t>
+          <t>9786051521343</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Kamu Düzeni Müdahalesi</t>
+          <t>Hukuksal ve Kurumsal Bağlamda Amerika Birleşik Devletleri ve Türkiye'de Doğrudan Yabancı Yatırımlar</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>85</v>
+        <v>130</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786257899147</t>
+          <t>9786051529820</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Sporda Düzensizlik ve Şiddet</t>
+          <t>İşletme İktisadı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786257598514</t>
+          <t>9786051523910</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Almanca Türk Hukukuna Giriş Aile Hukuku Cilt 2 / Einführung in das Türkische Recht Familienrecht Band 2</t>
+          <t>Türk Hukukunda Gümrük Kabahatleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786257528221</t>
+          <t>9786051522883</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Temel Bilgiler</t>
+          <t>Zorunlu Din Dersinin Hukukiliği Sorunu</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>100</v>
+        <v>95</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786257334877</t>
+          <t>9789752449015</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Takdir Komisyonları</t>
+          <t>Yazılmamış Sayılma (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>100</v>
+        <v>405</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786257899956</t>
+          <t>9786051522555</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanının İşlemleri Hukuki Niteliği, Normlar Hiyerarşisindeki Yeri ve Denetimi</t>
+          <t>Kamu Hizmetinde Eşitlik İlkesi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>390</v>
+        <v>115</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789752449039</t>
+          <t>9786051521213</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Devlet Sırrı ve Devlet Sırlarına Karşı İşlenen Suçlar</t>
+          <t>Türk Borçlar Hukukunda Müteselsil Kefalet Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786257953399</t>
+          <t>9786051522074</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Ortamda İşlenen Haksız Rekabet Halleri</t>
+          <t>KPSS Muhasebe</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>135</v>
+        <v>280</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789752449985</t>
+          <t>9786051522043</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Is Google at Odds with the GDPR? Evaluation of Google's Personal Data Collection on Mobile Operating Systems in Light of the Principles of Purpose Limitation, Data Minimisation, and Accountability</t>
+          <t>Görsel İşitsel Sektörde Toplu Hak Yönetimi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057820730</t>
+          <t>9786257598569</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Deneme Süreli İş Sözleşmesi</t>
+          <t>Üçüncü Kişi Yararına Sözleşme (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786257953511</t>
+          <t>9786257528641</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Newsletter 2019 (Ciltli)</t>
+          <t>İş Hukukunda Yeni Yaklaşımlar 3</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786257899529</t>
+          <t>9786257334730</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>İçtihat ve Mukayeseli Hukuk Çerçevesinde Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
+          <t>Kişisel Verileri Koruma Kurulu Kararları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>150</v>
+        <v>105</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789752449183</t>
+          <t>9786057909206</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Alman ve Türk Hukukunda Cinsel Suçlar ve Cinsel Suçları Önleme Stratejileri</t>
+          <t>Anayasa Mahkemesi'ne Bireysel Başvuruda Masumiyet Karinesi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>230</v>
+        <v>130</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786254322389</t>
+          <t>9786257598613</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Sınavına Hazırlık Kitabı ve Soru Bankası</t>
+          <t>Yapay Zekanın Anonim Şirketin Yönetim Kurulunda Yer Alması ve Bu Durumun Hukuki Sorumluluğa Etkisi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>455</v>
+        <v>125</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786257899741</t>
+          <t>9786051521015</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sanat Özgürlüğü</t>
+          <t>Teknoloji Serbest Bölgesi'nde Uygulanan İstisna, Muafiyet ve Destekler</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>580</v>
+        <v>90</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786257899604</t>
+          <t>9786257293556</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Belediye İktisadi Teşebbüslerinin Hukuki Niteliği</t>
+          <t>İdarenin Mali Sorumluluğu Bağlamında Kamu Görevlisine Rücu</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>135</v>
+        <v>85</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057622242</t>
+          <t>9786257334532</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Çekin İptali</t>
+          <t>Klasik Dönem Osmanlı Yargılama Hukukunda Tanıklık</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>50</v>
+        <v>305</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057820143</t>
+          <t>9786055373375</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Velayet Kurumu ve Birlikte Velayete İlişkin Yabancı Mahkeme İlamlarının Tanınması ve Tenfizi</t>
+          <t>Yük Alacaklısı Hakkı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057820211</t>
+          <t>9786054396863</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Bir Vergiden Kaçınma Yöntemi Olarak Vergi Planlaması: Muhasebe Meslek Mensuplarının Vergi Planlaması ile İlgili Algılarına Yönelik Bir Araştırma</t>
+          <t>Yönetim Muhasebesinde Zaman Odaklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789752449718</t>
+          <t>9786055373153</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Tam Hastaneye Kabul Sözleşmesi Kapsamında Özel Hastanenin Hukuki Sorumluluğu</t>
+          <t>Yasama Dokunulmazlığı</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>165</v>
+        <v>65</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057820891</t>
+          <t>9786055865849</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesinde İş Sahibinin Vadeden Önce İşi Başkasına Yaptırma Hakkı (Ciltli)</t>
+          <t>Uluslararası Vergi Hukuku’nda Tahkim</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>315</v>
+        <v>120</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057820594</t>
+          <t>9786055373382</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Yargı Bağışıklığı ve AİHM</t>
+          <t>Türk Vergi Hukukunda Kişiliğin Sona Ermesi ve Sonuçları (Gerçek Kişiler)</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057820792</t>
+          <t>9786054687206</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Law in the Digitalization Era</t>
+          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 8 - Ulusal ve Uluslararası Piyasalar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786057622952</t>
+          <t>9786054687213</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Çevre Hedefinde Enerjinin Vergilendirilmesi</t>
+          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 7 - Sermaye Piyasası Mevzuatı ve İlgili Mevzuat, Ticaret Hukuku ve Borçlar Hukuku</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057542595</t>
+          <t>9786054687220</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Önemsizlik</t>
+          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 6 Muhasebe, Denetim ve Etik Kurallar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>180</v>
+        <v>65</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786057542519</t>
+          <t>9786054687152</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Öğretimde ve Uygulamada Anayasa Mahkemesi Kararlarının Bağlayıcılığı ve İcrası</t>
+          <t>Türk Ceza Adaleti Sisteminin Basın Özgürlüğü Yönünden Yarattığı Temel Sorunlar ve Çözüm Önerileri Sempozyumu</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>395</v>
+        <v>130</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057622754</t>
+          <t>9786055865924</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Sözleşmesi'nin Geri Göndermeme İlkesi Bağlamında Mültecilere Uygulanabilirliği</t>
+          <t>Türk Borçlar Kanunu’na Göre Zamanaşımı (Ciltli)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>115</v>
+        <v>110</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786057542922</t>
+          <t>9786055373580</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Feshin Geçersizliği ve İşçilik Alacakları</t>
+          <t>Motorlu Taşıt Rehni</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786057542540</t>
+          <t>9786054687879</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>2002 Atina Sözleşmesi Çerçevesi'nde Deniz Yolu İle Yolcu Taşımalarında Zorunlu Sorumluluk Sigortası</t>
+          <t>Milletlerarası Usul Hukukunda İhtiyati Tedbirler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789752449817</t>
+          <t>9786055373641</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Başvuru Yolunda Tutuklamanın Hukukiliğinin İncelenmesi</t>
+          <t>Menkul Kıymetleştirme ve Varlığa Dayalı Menkul Kıymetler</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752449978</t>
+          <t>9786051520148</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Velayet İlişkisi Bağlamında Çocuğun Ebeveyni Tarafından Temsili</t>
+          <t>Marka Hakkının İnternet Reklamcılığı Yoluyla İhlali ve Sorumluluk Rejimi</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752449060</t>
+          <t>9786055865368</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Themis Akademi - Tarih Soru Kitabı</t>
+          <t>Konut Finansman Sisteminde İhraç Edilen Menkul Kıymetler ve Teminatları</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786057622761</t>
+          <t>9786054687336</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasalarında Yakalama Gözaltı ve Tutuklama</t>
+          <t>Kamu Hizmetlerinin Süreklilik ve Düzenlilik İlkesi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786257953016</t>
+          <t>9786054396498</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Eşit işlem İlkesi</t>
+          <t>İş Sözleşmesinde Feshin Geçersizliğinin Tespiti ve Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>205</v>
+        <v>90</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786057909305</t>
+          <t>9786054687886</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu'nun 162. ve 163. Maddelerine Dayanılarak Açılan Boşanma Davaları</t>
+          <t>İdarenin Doğal Gaz Piyasasını Düzenleme Faaliyeti</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051529264</t>
+          <t>9786054687237</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Genç Yaklaşımlar 3</t>
+          <t>SPK Lisanslama Sınavları İleri Düzey Serisi:5 Menkul Kıymetler ve Diğer Sermaye Piyasası Araçları</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>225</v>
+        <v>65</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051527635</t>
+          <t>9786054687244</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Alanda Kameralı Gözetlemenin Suçun Önlenmesindeki Etkisi ve Elde Edilen Delillerin Hukuka Uygunluğu Sorunu</t>
+          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 4 İlgili Vergi Mevzuatı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789752449053</t>
+          <t>9786054687251</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesi Kapsamında İşçinin İş Görme Borcu</t>
+          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 3  Genel Ekonomi ve Mali Sistem</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786057820129</t>
+          <t>9786054687275</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>VEHUP 5. Ulusal Kongresi - Kurumlar Vergisinin Güncel Sorunları</t>
+          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 1  Analiz Yöntemleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>310</v>
+        <v>50</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786057622945</t>
+          <t>9786057820556</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İmtiyazlı Pay Sahipleri Özel Kurulu (Ciltli)</t>
+          <t>Milletlerarası Özel Hukukta Kamu Düzeni Müdahalesi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>260</v>
+        <v>85</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786057622662</t>
+          <t>9786257899147</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Merkezi Kira Sözleşmelerinde Ortak Gider</t>
+          <t>Türk Ceza Hukukunda Sporda Düzensizlik ve Şiddet</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786057622174</t>
+          <t>9786257598514</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Actiones Liberae in Causa Kuramı</t>
+          <t>Türkçe - Almanca Türk Hukukuna Giriş Aile Hukuku Cilt 2 / Einführung in das Türkische Recht Familienrecht Band 2</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786051528472</t>
+          <t>9786257528221</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku'nda Örtülü Kazanç Aktarımı ve Türk Ticaret Kanunu Açısından Değerlendirilmesi (Ciltli)</t>
+          <t>Medeni Usul Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789752449824</t>
+          <t>9786257334877</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>İngiliz ve Türk Yargılama Hukukunda Sözlülük İlkesi</t>
+          <t>Vergi Hukukunda Takdir Komisyonları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786057820952</t>
+          <t>9786257899956</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yerleşik ve Güncel Yargıtay Kararları ile Belirlenen Bireysel İş Hukuku ve Uygulaması (Ciltli)</t>
+          <t>Cumhurbaşkanının İşlemleri Hukuki Niteliği, Normlar Hiyerarşisindeki Yeri ve Denetimi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>560</v>
+        <v>390</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786051526416</t>
+          <t>9789752449039</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Amerika Birleşik Devletleri'nde Geri Çağırma Hakkı</t>
+          <t>Devlet Sırrı ve Devlet Sırlarına Karşı İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>395</v>
+        <v>245</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786251527598</t>
+          <t>9786257953399</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Auctoritas Sorumluluğu</t>
+          <t>Elektronik Ortamda İşlenen Haksız Rekabet Halleri</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786255994691</t>
+          <t>9789752449985</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Queer Hukuk Kuramı</t>
+          <t>Is Google at Odds with the GDPR? Evaluation of Google's Personal Data Collection on Mobile Operating Systems in Light of the Principles of Purpose Limitation, Data Minimisation, and Accountability</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>235</v>
+        <v>120</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786255994707</t>
+          <t>9786057820730</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Caydırıcılık Teorisi Bağlamında 6284 Sayılı Kanun Uygulamaları</t>
+          <t>Türk İş Hukukunda Deneme Süreli İş Sözleşmesi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786255994714</t>
+          <t>9786257953511</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Ceza Muhakemesi Hukukunda Etkin Pişmanlık</t>
+          <t>Newsletter 2019 (Ciltli)</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>590</v>
+        <v>215</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786255994721</t>
+          <t>9786257899529</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ceza Adaletinde Onarıcı Adalet</t>
+          <t>İçtihat ve Mukayeseli Hukuk Çerçevesinde Kamu Kurumu Niteliğindeki Meslek Kuruluşları</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786255994578</t>
+          <t>9789752449183</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Tutuklama Tedbiri ve Tutuklulukta Süre</t>
+          <t>Alman ve Türk Hukukunda Cinsel Suçlar ve Cinsel Suçları Önleme Stratejileri</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786255994608</t>
+          <t>9786254322389</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Görünüşte İçtima</t>
+          <t>Arabuluculuk Sınavına Hazırlık Kitabı ve Soru Bankası</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>525</v>
+        <v>455</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786255994615</t>
+          <t>9786257899741</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>A Critical Approach to the Regulation of a Public Corporation's Purchase of its Own Shares on the Open Market: Lessons from the Transatlantic Comparison</t>
+          <t>Sanat Özgürlüğü</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786255994622</t>
+          <t>9786257899604</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kiralarında Yeniden Kiralama Yasağı</t>
+          <t>Belediye İktisadi Teşebbüslerinin Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>190</v>
+        <v>135</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786255994646</t>
+          <t>9786057622242</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Açık Bankacılık Uygulamalarının Hukuki İncelemesi</t>
+          <t>Çekin İptali</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>225</v>
+        <v>50</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786255994653</t>
+          <t>9786057820143</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Mülteci Hukuku Bağlamında Denizden Gelenler ve Avrupa Birliği Uygulaması</t>
+          <t>Birlikte Velayet Kurumu ve Birlikte Velayete İlişkin Yabancı Mahkeme İlamlarının Tanınması ve Tenfizi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786255994660</t>
+          <t>9786057820211</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma Hukukuna Disiplinler Arası Yaklaşımlar</t>
+          <t>İşletmelerde Bir Vergiden Kaçınma Yöntemi Olarak Vergi Planlaması: Muhasebe Meslek Mensuplarının Vergi Planlaması ile İlgili Algılarına Yönelik Bir Araştırma</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>615</v>
+        <v>400</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786255994677</t>
+          <t>9789752449718</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Kesin Hükmün Olumlu Etkisi</t>
+          <t>Tam Hastaneye Kabul Sözleşmesi Kapsamında Özel Hastanenin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254326905</t>
+          <t>9786057820891</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Yüzüncü Yılına Kadın Hukukçuların Armağanı: Kamu Hukukunun Temel Sorunları ve Eleştirel Hukuk Çalışmalarına Bir Katkı</t>
+          <t>Eser Sözleşmesinde İş Sahibinin Vadeden Önce İşi Başkasına Yaptırma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>450</v>
+        <v>315</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254320637</t>
+          <t>9786057820594</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Modern Dönemde Devlet, Hukuk ve Genel Kamu Hukuku: Alternatif Bir Analiz</t>
+          <t>Uluslararası Hukukta Yargı Bağışıklığı ve AİHM</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786255994561</t>
+          <t>9786057820792</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kambiyo Senetlerinin Rehnedilmesi (Ciltli)</t>
+          <t>Law in the Digitalization Era</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>640</v>
+        <v>190</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786255994462</t>
+          <t>9786057622952</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Diplomatik Temsilcinin Yargı Bağışıklığı (Ciltli)</t>
+          <t>Sürdürülebilir Çevre Hedefinde Enerjinin Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786255994479</t>
+          <t>9786057542595</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Bağlamında Terörizmin Finansmanının Önlenmesi (Ciltli)</t>
+          <t>Ceza Hukukunda Önemsizlik</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>690</v>
+        <v>180</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786255994516</t>
+          <t>9786057542519</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kiracının Ayıp Sebebiyle Sözleşmeyi Feshetme Hakkı</t>
+          <t>Öğretimde ve Uygulamada Anayasa Mahkemesi Kararlarının Bağlayıcılığı ve İcrası</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>185</v>
+        <v>395</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786255994424</t>
+          <t>9786057622754</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>2886 Sayılı Devlet İhale Kanunu Temelinde İdare Mallarına İlişkin Sözleşmelerin Hukuki Rejimi (Ciltli)</t>
+          <t>İnsan Hakları Avrupa Sözleşmesi'nin Geri Göndermeme İlkesi Bağlamında Mültecilere Uygulanabilirliği</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>825</v>
+        <v>115</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786255994400</t>
+          <t>9786057542922</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Perspektifinden Türk Rekabet Hukukunda Yargısal Denetim Standartları: Kapsamlı ve Sınırlı Denetim (Ciltli)</t>
+          <t>Feshin Geçersizliği ve İşçilik Alacakları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>750</v>
+        <v>105</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786255994387</t>
+          <t>9786057542540</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>6458 Sayılı Yabancılar ve Uluslararası Koruma Kanunu'nun 10. Yılında Türkiye'de Uluslararası Koruma ve Göç</t>
+          <t>2002 Atina Sözleşmesi Çerçevesi'nde Deniz Yolu İle Yolcu Taşımalarında Zorunlu Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>735</v>
+        <v>325</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786255994370</t>
+          <t>9789752449817</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yetkisiz Temsilcinin Sorumluluğu (Ciltli)</t>
+          <t>Bireysel Başvuru Yolunda Tutuklamanın Hukukiliğinin İncelenmesi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786255994332</t>
+          <t>9789752449978</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Nedeniyle Edinilmiş Mallara Katılma Rejiminin Sona Erdiği Durumda Değer Artış Payının İstenmesine İlişkin Esaslar</t>
+          <t>Velayet İlişkisi Bağlamında Çocuğun Ebeveyni Tarafından Temsili</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>610</v>
+        <v>145</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786255994431</t>
+          <t>9789752449060</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Kanun-ı Esasi'de Egemenlik Anlayışı</t>
+          <t>Themis Akademi - Tarih Soru Kitabı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786255994394</t>
+          <t>9786057622761</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ürün Sorumluluğunda Ürün Kavramı</t>
+          <t>Türk Anayasalarında Yakalama Gözaltı ve Tutuklama</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786255994363</t>
+          <t>9786257953016</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Öznelerinin İfade Hürriyeti</t>
+          <t>Anonim Şirketlerde Eşit işlem İlkesi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>230</v>
+        <v>205</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786255994356</t>
+          <t>9786057909305</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu'nun 22. Maddesi Çerçevesinde Çalışma Koşullarında Değişiklik ve Değişiklik Feshi</t>
+          <t>Türk Medeni Kanunu'nun 162. ve 163. Maddelerine Dayanılarak Açılan Boşanma Davaları</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>375</v>
+        <v>85</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786255994349</t>
+          <t>9786051529264</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Commonwealth Tipi Yeni Anayasacılık Modelinin Bir Örneği Olarak Birleşik Krallık Parlamentosunun İnsan Haklarının Korunmasındaki Rolü</t>
+          <t>İş Hukukunda Genç Yaklaşımlar 3</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786255994325</t>
+          <t>9786051527635</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Bilkent Üniversitesi Hukuk Fakültesi IV. Genç Hukukçu Araştırmacılar Sempozyumu 20-21 Nisan 2024 Çevrim İçi</t>
+          <t>Kamusal Alanda Kameralı Gözetlemenin Suçun Önlenmesindeki Etkisi ve Elde Edilen Delillerin Hukuka Uygunluğu Sorunu</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>610</v>
+        <v>150</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254329937</t>
+          <t>9789752449053</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kefilin Talilik İlkesini Haciz Yoluyla Takipte İleri Sürmesi</t>
+          <t>İş Sözleşmesi Kapsamında İşçinin İş Görme Borcu</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254329586</t>
+          <t>9786057820129</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Atipik Sözleşmelere Uygulanacak Hukuk (Ciltli)</t>
+          <t>VEHUP 5. Ulusal Kongresi - Kurumlar Vergisinin Güncel Sorunları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>1100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254329760</t>
+          <t>9786057622945</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Çalışanların Meydana Getirdiği Eserler</t>
+          <t>İmtiyazlı Pay Sahipleri Özel Kurulu (Ciltli)</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786254329777</t>
+          <t>9786057622662</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Müdafaa-i Hukuk'tan İnşa-i Hukuka: Türk Devrimi'nin Hukuksal Yönleri</t>
+          <t>Alışveriş Merkezi Kira Sözleşmelerinde Ortak Gider</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>325</v>
+        <v>75</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786254329609</t>
+          <t>9786057622174</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Mukayeseli Hukukta Tacirler Arası Satış Sözleşmelerinin Kuruluşu (Ciltli)</t>
+          <t>Ceza Hukukunda Actiones Liberae in Causa Kuramı</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>975</v>
+        <v>250</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254329425</t>
+          <t>9786051528472</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Ceza Hukuku Uygulama Kitabı</t>
+          <t>Sermaye Piyasası Hukuku'nda Örtülü Kazanç Aktarımı ve Türk Ticaret Kanunu Açısından Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254329333</t>
+          <t>9789752449824</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Tesis İşletenin Hukuki Sorumluluğu Kapsamında Nükleer Risk Sigortaları</t>
+          <t>İngiliz ve Türk Yargılama Hukukunda Sözlülük İlkesi</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254329289</t>
+          <t>9786057820952</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Yönetim Kurulu Üyelerinin Hukuki Sorumluluğuna Etki Eden Haller (Ciltli)</t>
+          <t>Yerleşik ve Güncel Yargıtay Kararları ile Belirlenen Bireysel İş Hukuku ve Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>675</v>
+        <v>560</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254328053</t>
+          <t>9786051526416</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukukunda İhtiyati Haciz Hakkındaki Mahkeme Kararlarına ve İhtiyati Haczin İnfazına Karşı Konulması (Ciltli)</t>
+          <t>Amerika Birleşik Devletleri'nde Geri Çağırma Hakkı</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>550</v>
+        <v>395</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254327957</t>
+          <t>9786251527598</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklık Genel Kurulunun Gündem Kapsamında Toplantıya Çağrılması ile Kurula Katılım ve Temsil Hakkı</t>
+          <t>Roma Hukukunda Auctoritas Sorumluluğu</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254327407</t>
+          <t>9786255994691</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Queer Hukuk Kuramı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>1150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254326257</t>
+          <t>9786255994707</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Suçun Yapısında Hareketin Konusu</t>
+          <t>Caydırıcılık Teorisi Bağlamında 6284 Sayılı Kanun Uygulamaları</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254325793</t>
+          <t>9786255994714</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Vergi Ceza Hukuku</t>
+          <t>Ceza ve Ceza Muhakemesi Hukukunda Etkin Pişmanlık</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>750</v>
+        <v>590</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786254325779</t>
+          <t>9786255994721</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk (Ciltli)</t>
+          <t>Çocuk Ceza Adaletinde Onarıcı Adalet</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254325588</t>
+          <t>9786255994578</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Uygulama ve Öğretide İnşaat Hukuku (Ciltli)</t>
+          <t>Tutuklama Tedbiri ve Tutuklulukta Süre</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254324147</t>
+          <t>9786255994608</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Hukuk</t>
+          <t>Görünüşte İçtima</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>900</v>
+        <v>525</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254324086</t>
+          <t>9786255994615</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Meclis Hükümeti - Rousseau'dan Marx'a, Lenin'den Atatürk'e Bir Ortak Kesen</t>
+          <t>A Critical Approach to the Regulation of a Public Corporation's Purchase of its Own Shares on the Open Market: Lessons from the Transatlantic Comparison</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>110</v>
+        <v>360</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254321450</t>
+          <t>9786255994622</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Taşıyanın Gemiyi Denize, Yola ve Yüke Elverişli Bulundurma Borcu</t>
+          <t>Konut ve Çatılı İşyeri Kiralarında Yeniden Kiralama Yasağı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786257953597</t>
+          <t>9786255994646</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Legal English with 14 Lectures and Practical Tips</t>
+          <t>Açık Bankacılık Uygulamalarının Hukuki İncelemesi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>85</v>
+        <v>225</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786051524009</t>
+          <t>9786255994653</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Bilirkişi Raporları ve Hukuki Mütalaalar / 3 Fikri Mülkiyet Hukuku (Ciltli)</t>
+          <t>Mülteci Hukuku Bağlamında Denizden Gelenler ve Avrupa Birliği Uygulaması</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789750159909</t>
+          <t>9786255994660</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Federal Devlet (Ciltli)</t>
+          <t>Sürdürülebilir Kalkınma Hukukuna Disiplinler Arası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>36.11</v>
+        <v>615</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786051527000</t>
+          <t>9786255994677</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnşaat Sözleşmelerinde Gecikme ve Temerrüt</t>
+          <t>Kesin Hükmün Olumlu Etkisi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786051525488</t>
+          <t>9786254326905</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Pay Sahibi Haklarının Korunması Kapsamında Anonim Şirket Yönetim Kurulu Kararlarının Butlanı (Ciltli)</t>
+          <t>Cumhuriyet'in Yüzüncü Yılına Kadın Hukukçuların Armağanı: Kamu Hukukunun Temel Sorunları ve Eleştirel Hukuk Çalışmalarına Bir Katkı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786051521039</t>
+          <t>9786254320637</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Birleşmelerinde Ortaklık Paylarının ve Ortaklık Haklarının İncelenmesi Davası (Denkleştirme Davası)</t>
+          <t>Modern Dönemde Devlet, Hukuk ve Genel Kamu Hukuku: Alternatif Bir Analiz</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>58</v>
+        <v>175</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786257773423</t>
+          <t>9786255994561</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hukuku - Denizcilik Fakülteleri İçin (Ciltli)</t>
+          <t>Kambiyo Senetlerinin Rehnedilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>152</v>
+        <v>640</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786257953061</t>
+          <t>9786255994462</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık İş ve İşlemlerinde Kişisel Verilerin Korunması</t>
+          <t>Diplomatik Temsilcinin Yargı Bağışıklığı (Ciltli)</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>84</v>
+        <v>600</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786255994233</t>
+          <t>9786255994479</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette Kayyımlık (Ciltli)</t>
+          <t>Uluslararası Hukuk Bağlamında Terörizmin Finansmanının Önlenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>1050</v>
+        <v>690</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786255994202</t>
+          <t>9786255994516</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Uzay ve Vergilendirme</t>
+          <t>Kiracının Ayıp Sebebiyle Sözleşmeyi Feshetme Hakkı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786255994240</t>
+          <t>9786255994424</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Hukuku Sinemada Görmek II</t>
+          <t>2886 Sayılı Devlet İhale Kanunu Temelinde İdare Mallarına İlişkin Sözleşmelerin Hukuki Rejimi (Ciltli)</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>390</v>
+        <v>825</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786255994257</t>
+          <t>9786255994400</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sermayenin Ekonomik Büyümeye Etkisi: Kamu Kesimi Etkililiğine Dayalı Ampirik Bir İnceleme</t>
+          <t>Avrupa Birliği Perspektifinden Türk Rekabet Hukukunda Yargısal Denetim Standartları: Kapsamlı ve Sınırlı Denetim (Ciltli)</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>380</v>
+        <v>750</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786255994264</t>
+          <t>9786255994387</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Psikolojik Taciz</t>
+          <t>6458 Sayılı Yabancılar ve Uluslararası Koruma Kanunu'nun 10. Yılında Türkiye'de Uluslararası Koruma ve Göç</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>350</v>
+        <v>735</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786255994271</t>
+          <t>9786255994370</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Miras Paylaşma Sözleşmesi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 86</t>
+          <t>Yetkisiz Temsilcinin Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>170</v>
+        <v>900</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786255994288</t>
+          <t>9786255994332</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Mağduriyet Açısından Uluslararası Hukuk Bağlamında Üçüncü Dünya Ülkelerinin Egemenlik Hakkı</t>
+          <t>Boşanma Nedeniyle Edinilmiş Mallara Katılma Rejiminin Sona Erdiği Durumda Değer Artış Payının İstenmesine İlişkin Esaslar</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>445</v>
+        <v>610</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786255994219</t>
+          <t>9786255994431</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Çelişmeli Yargılama İlkesi Bağlamında Cumhuriyet Savcısının Duruşmadaki Rolü</t>
+          <t>Kanun-ı Esasi'de Egemenlik Anlayışı</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786255994318</t>
+          <t>9786255994394</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde Akıllı Şehir Uygulamalarının Mali Açıdan Değerlendirilmesi: Türkiye Deneyimi</t>
+          <t>Ürün Sorumluluğunda Ürün Kavramı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786051527086</t>
+          <t>9786255994363</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>İcra Dairelerinin Özerkleştirilmesi: Fransız İcra Görevliliği Modeli</t>
+          <t>Yeni Medya Öznelerinin İfade Hürriyeti</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786255994134</t>
+          <t>9786255994356</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Tazminat Hukuku (Ciltli)</t>
+          <t>4857 Sayılı İş Kanunu'nun 22. Maddesi Çerçevesinde Çalışma Koşullarında Değişiklik ve Değişiklik Feshi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>525</v>
+        <v>375</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786255994141</t>
+          <t>9786255994349</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yüzüncü Yılına Armağan (2 Cilt) (Ciltli)</t>
+          <t>Commonwealth Tipi Yeni Anayasacılık Modelinin Bir Örneği Olarak Birleşik Krallık Parlamentosunun İnsan Haklarının Korunmasındaki Rolü</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>2600</v>
+        <v>285</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786255994073</t>
+          <t>9786255994325</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda Davanın Konusuz Kalması (Ciltli)</t>
+          <t>Bilkent Üniversitesi Hukuk Fakültesi IV. Genç Hukukçu Araştırmacılar Sempozyumu 20-21 Nisan 2024 Çevrim İçi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>950</v>
+        <v>610</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786255994189</t>
+          <t>9786254329937</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirkette Ortakların Bağlılık Yükümlülüğü (Ciltli)</t>
+          <t>Kefilin Talilik İlkesini Haciz Yoluyla Takipte İleri Sürmesi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786255994028</t>
+          <t>9786254329586</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Adopting A Feminist Legal Perspective In Adjudication: A Comparative Analysis Of The Judgments Of The Constitutional Court Of Turkey And European Court Of Human Rights</t>
+          <t>Atipik Sözleşmelere Uygulanacak Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786255994035</t>
+          <t>9786254329760</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Çalışma Hürriyetinin İhlali (TCK m. 117)</t>
+          <t>Çalışanların Meydana Getirdiği Eserler</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786255994042</t>
+          <t>9786254329777</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Modern Uluslararası Hukukta Nükleer Enerji Santrallerinin Kritik Altyapı Güvenliği</t>
+          <t>Müdafaa-i Hukuk'tan İnşa-i Hukuka: Türk Devrimi'nin Hukuksal Yönleri</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>550</v>
+        <v>325</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786255994066</t>
+          <t>9786254329609</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>2547 sayılı Yükseköğretim Kanunu Çerçevesinde Öğrenci Disiplin Suç ve Cezaları</t>
+          <t>Mukayeseli Hukukta Tacirler Arası Satış Sözleşmelerinin Kuruluşu (Ciltli)</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>175</v>
+        <v>975</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786255994080</t>
+          <t>9786254329425</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Metalaşma Bağlamında Hukukta Yapısal Dönüşüm ve Uzlaştırma</t>
+          <t>Yapay Zeka ve Ceza Hukuku Uygulama Kitabı</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786255994103</t>
+          <t>9786254329333</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Vergi Planlaması Bağlamında Vergiden Kaçınma Hakkı</t>
+          <t>Nükleer Tesis İşletenin Hukuki Sorumluluğu Kapsamında Nükleer Risk Sigortaları</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786255994110</t>
+          <t>9786254329289</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devleti Bağlamında Genel Sağlığın Korunması</t>
+          <t>Anonim Şirketlerde Yönetim Kurulu Üyelerinin Hukuki Sorumluluğuna Etki Eden Haller (Ciltli)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>370</v>
+        <v>675</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786255994127</t>
+          <t>9786254328053</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Vergilendirme Alanında Kişisel Verilerin Korunması</t>
+          <t>İcra ve İflas Hukukunda İhtiyati Haciz Hakkındaki Mahkeme Kararlarına ve İhtiyati Haczin İnfazına Karşı Konulması (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786255994172</t>
+          <t>9786254327957</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Cilt - II Pratik Miras Hukuku</t>
+          <t>Anonim Ortaklık Genel Kurulunun Gündem Kapsamında Toplantıya Çağrılması ile Kurula Katılım ve Temsil Hakkı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786255994011</t>
+          <t>9786254327407</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kamu Barışına Karşı Suçlar Bağlamında Tehlike Unsuru</t>
+          <t>Gerekçeli Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>775</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786254329968</t>
+          <t>9786254326257</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Mahkemesi Kararlarında Çocuğun Anayasal Statüsü</t>
+          <t>Suçun Yapısında Hareketin Konusu</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786254329807</t>
+          <t>9786254325793</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Hanefi Mezhebi Bağlamında İslam Hukukunda Havale Sözleşmesi ve Osmanlı Uygulaması İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 24</t>
+          <t>Vergi Ceza Hukuku</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786254329784</t>
+          <t>9786254325779</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu'na Göre Sermaye Ortaklıklarında Önemli Miktarda Şirket Varlığının Toptan Satışı (Ciltli)</t>
+          <t>Medeni Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>675</v>
+        <v>285</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786254329920</t>
+          <t>9786254325588</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Cilt - I Teorik Miras Hukuku</t>
+          <t>Uygulama ve Öğretide İnşaat Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254329845</t>
+          <t>9786254324147</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukuku İstanbul Üniversitesi Hukuk Fakültesi Ders Kitapları Dizisi (Ciltli)</t>
+          <t>Yapay Zeka ve Hukuk</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>1300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786254329852</t>
+          <t>9786254324086</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Dersleri (Genel Hükümler) (Ciltli)</t>
+          <t>Meclis Hükümeti - Rousseau'dan Marx'a, Lenin'den Atatürk'e Bir Ortak Kesen</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>1350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254329708</t>
+          <t>9786254321450</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Maden İşçileri (Ciltli)</t>
+          <t>Taşıyanın Gemiyi Denize, Yola ve Yüke Elverişli Bulundurma Borcu</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>730</v>
+        <v>270</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786254329715</t>
+          <t>9786257953597</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Türk Anonim Şirketler Hukukunda Sıradan Çekilme (Ciltli)</t>
+          <t>Legal English with 14 Lectures and Practical Tips</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>785</v>
+        <v>85</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786254329821</t>
+          <t>9786051524009</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim Bakımından Şirketler Topluluğunda Piramit Yapılanma ve Buna Bağlanan Hukuki Sonuçlar (Ciltli)</t>
+          <t>Bilirkişi Raporları ve Hukuki Mütalaalar / 3 Fikri Mülkiyet Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>750</v>
+        <v>140</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786254329883</t>
+          <t>9789750159909</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Accountability Deficits in UN Peacekeeping: Challenges and Pathways to Reform</t>
+          <t>Federal Devlet (Ciltli)</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>525</v>
+        <v>36.11</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786254329890</t>
+          <t>9786051527000</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Hukukunda Gayrimüslimler</t>
+          <t>Uluslararası İnşaat Sözleşmelerinde Gecikme ve Temerrüt</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786254329906</t>
+          <t>9786051525488</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Acentelik ve Tekel Yetkisi Veren Diğer Sözleşmelerde Rekabet Yasağı</t>
+          <t>Pay Sahibi Haklarının Korunması Kapsamında Anonim Şirket Yönetim Kurulu Kararlarının Butlanı (Ciltli)</t>
         </is>
       </c>
       <c r="C563" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786254329869</t>
+          <t>9786051521039</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Prosedürel Doğal Hukuk: Lon L. Fuller'in Hukuk Kavramı</t>
+          <t>Anonim Şirket Birleşmelerinde Ortaklık Paylarının ve Ortaklık Haklarının İncelenmesi Davası (Denkleştirme Davası)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>185</v>
+        <v>58</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786254329654</t>
+          <t>9786257773423</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti Anayasa Mahkemesi</t>
+          <t>Deniz Hukuku - Denizcilik Fakülteleri İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>475</v>
+        <v>152</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786254329722</t>
+          <t>9786257953061</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar (Mahkeme Kararları ile Birlikte) (Ciltli)</t>
+          <t>Bankacılık İş ve İşlemlerinde Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>925</v>
+        <v>84</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786254329661</t>
+          <t>9786255994233</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Sempozyumu - VII (Ciltli)</t>
+          <t>Anonim Şirkette Kayyımlık (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>750</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254329616</t>
+          <t>9786255994202</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Sözleşmelerin Hazırlanması (Ciltli)</t>
+          <t>Uzay ve Vergilendirme</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>525</v>
+        <v>300</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786254329692</t>
+          <t>9786255994240</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku (Ciltli)</t>
+          <t>Hukuku Sinemada Görmek II</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>875</v>
+        <v>390</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786254329814</t>
+          <t>9786255994257</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Özel Hükümler Pratik Çalışmaları</t>
+          <t>Sosyal Sermayenin Ekonomik Büyümeye Etkisi: Kamu Kesimi Etkililiğine Dayalı Ampirik Bir İnceleme</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>460</v>
+        <v>380</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786254329593</t>
+          <t>9786255994264</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Limited Ortaklık Sözleşmesi (Ciltli)</t>
+          <t>İşyerinde Psikolojik Taciz</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>875</v>
+        <v>350</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786254329838</t>
+          <t>9786255994271</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hukuku (Ders Kitabı)</t>
+          <t>Miras Paylaşma Sözleşmesi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 86</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>490</v>
+        <v>170</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786254329432</t>
+          <t>9786255994288</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın İş İlişkisine Etkileri (Ciltli)</t>
+          <t>İktisadi Mağduriyet Açısından Uluslararası Hukuk Bağlamında Üçüncü Dünya Ülkelerinin Egemenlik Hakkı</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>675</v>
+        <v>445</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786254329449</t>
+          <t>9786255994219</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kişinin Zararının Tazmini (Ciltli)</t>
+          <t>Çelişmeli Yargılama İlkesi Bağlamında Cumhuriyet Savcısının Duruşmadaki Rolü</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>690</v>
+        <v>350</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786254329647</t>
+          <t>9786255994318</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Suçun Yapısında Hareketin Konusu</t>
+          <t>Yerel Yönetimlerde Akıllı Şehir Uygulamalarının Mali Açıdan Değerlendirilmesi: Türkiye Deneyimi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>700</v>
+        <v>195</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786254329685</t>
+          <t>9786051527086</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Türk Vatandaşlığının İradi Kaybı Halleri</t>
+          <t>İcra Dairelerinin Özerkleştirilmesi: Fransız İcra Görevliliği Modeli</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>285</v>
+        <v>370</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786254328749</t>
+          <t>9786255994134</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Uygulamalı Tazminat Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>975</v>
+        <v>525</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786254329487</t>
+          <t>9786255994141</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Mahkemesi Kararlarının Medeni Hukuktaki Kişilik Hakkı Kavramına Etkisi</t>
+          <t>Cumhuriyetin Yüzüncü Yılına Armağan (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>275</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786254329463</t>
+          <t>9786255994073</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İstismarı ve İhmaline Çok Bilimli Bakış</t>
+          <t>Medeni Yargılama Hukukunda Davanın Konusuz Kalması (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>540</v>
+        <v>950</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786254329401</t>
+          <t>9786255994189</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Blockchain Teknolojisine İlişkin Kanunlar İhtilafı Meseleleri (Ciltli)</t>
+          <t>Limited Şirkette Ortakların Bağlılık Yükümlülüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>850</v>
+        <v>800</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786254329388</t>
+          <t>9786255994028</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde Delillerin Değerlendirilmesi (Ciltli)</t>
+          <t>Adopting A Feminist Legal Perspective In Adjudication: A Comparative Analysis Of The Judgments Of The Constitutional Court Of Turkey And European Court Of Human Rights</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>690</v>
+        <v>350</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786254329340</t>
+          <t>9786255994035</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette Pay Sahibinin Oy Hakkından Yoksunluğu (Ciltli)</t>
+          <t>Türk Ceza Hukukunda Çalışma Hürriyetinin İhlali (TCK m. 117)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786254329562</t>
+          <t>9786255994042</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Başkanlık Sistemlerinde Başkanın Görev Süresi ve Dönem Sınırlamaları İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 23</t>
+          <t>Modern Uluslararası Hukukta Nükleer Enerji Santrallerinin Kritik Altyapı Güvenliği</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>440</v>
+        <v>550</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786254329555</t>
+          <t>9786255994066</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>5411 Sayılı Bankacılık Kanunu Bağlamında Mevduat Sigortasının Kapsamı</t>
+          <t>2547 sayılı Yükseköğretim Kanunu Çerçevesinde Öğrenci Disiplin Suç ve Cezaları</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786254329500</t>
+          <t>9786255994080</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Deniz Hukukunun Kökeni</t>
+          <t>Metalaşma Bağlamında Hukukta Yapısal Dönüşüm ve Uzlaştırma</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786254329517</t>
+          <t>9786255994103</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Disiplin Hukuku (Ciltli)</t>
+          <t>Vergi Planlaması Bağlamında Vergiden Kaçınma Hakkı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>675</v>
+        <v>265</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786254329241</t>
+          <t>9786255994110</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Hukuk Devleti Bağlamında Genel Sağlığın Korunması</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>850</v>
+        <v>370</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786254329234</t>
+          <t>9786255994127</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Ders Kitabı (Ciltli)</t>
+          <t>Vergilendirme Alanında Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>925</v>
+        <v>275</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786254329524</t>
+          <t>9786255994172</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısı Ders Notları</t>
+          <t>Miras Hukuku Cilt - II Pratik Miras Hukuku</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>370</v>
+        <v>385</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254329531</t>
+          <t>9786255994011</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Pratik Çalışmalar</t>
+          <t>Kamu Barışına Karşı Suçlar Bağlamında Tehlike Unsuru</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>410</v>
+        <v>775</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254329272</t>
+          <t>9786254329968</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Temel Bilgiler</t>
+          <t>Türk Anayasa Mahkemesi Kararlarında Çocuğun Anayasal Statüsü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786254329197</t>
+          <t>9786254329807</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Mevzuatı</t>
+          <t>Hanefi Mezhebi Bağlamında İslam Hukukunda Havale Sözleşmesi ve Osmanlı Uygulaması İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 24</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786254329265</t>
+          <t>9786254329784</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Temel Bilgiler</t>
+          <t>Türk Ticaret Kanunu'na Göre Sermaye Ortaklıklarında Önemli Miktarda Şirket Varlığının Toptan Satışı (Ciltli)</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>450</v>
+        <v>675</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254329067</t>
+          <t>9786254329920</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>12. Uluslararası Suç ve Ceza Film Festivali "Eşitiz" Tebliğler</t>
+          <t>Miras Hukuku Cilt - I Teorik Miras Hukuku</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254329418</t>
+          <t>9786254329845</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hukuku İlkelerinin İdari Yargı Kararlarına Yansıması</t>
+          <t>Bireysel İş Hukuku İstanbul Üniversitesi Hukuk Fakültesi Ders Kitapları Dizisi (Ciltli)</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>270</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254329364</t>
+          <t>9786254329852</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hukukçular Cumhuriyet'in Yüzüncü Yılında Kazanımları ve Güncel Sorunları Tartışıyor</t>
+          <t>Borçlar Hukuku Dersleri (Genel Hükümler) (Ciltli)</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>320</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254329326</t>
+          <t>9786254329708</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Boşanmada Maddi Tazminat</t>
+          <t>Türk İş Hukukunda Maden İşçileri (Ciltli)</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>275</v>
+        <v>730</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254329319</t>
+          <t>9786254329715</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Derinkurgu (Deepfake) Teknolojisi İle Üretilen Ses ve Görüntülerin Kullanılmasından Doğan Sorumluluk</t>
+          <t>Türk Anonim Şirketler Hukukunda Sıradan Çekilme (Ciltli)</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>275</v>
+        <v>785</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254329296</t>
+          <t>9786254329821</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Bağlamında Türkiye'de ve ABD'de Devlet Başkanının Cezai Sorumluluğu</t>
+          <t>Kurumsal Yönetim Bakımından Şirketler Topluluğunda Piramit Yapılanma ve Buna Bağlanan Hukuki Sonuçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254329470</t>
+          <t>9786254329883</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
+          <t>Accountability Deficits in UN Peacekeeping: Challenges and Pathways to Reform</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>1250</v>
+        <v>525</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786254329302</t>
+          <t>9786254329890</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Sözleşmeler ile Türk Hukukunda Deniz Alacağı (Ciltli)</t>
+          <t>Klasik Dönem Osmanlı Hukukunda Gayrimüslimler</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>575</v>
+        <v>235</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254329203</t>
+          <t>9786254329906</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrak Hukuku (Ciltli)</t>
+          <t>Acentelik ve Tekel Yetkisi Veren Diğer Sözleşmelerde Rekabet Yasağı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>675</v>
+        <v>250</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254329258</t>
+          <t>9786254329869</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Ders Kitabı (Ciltli)</t>
+          <t>Prosedürel Doğal Hukuk: Lon L. Fuller'in Hukuk Kavramı</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>925</v>
+        <v>185</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254329371</t>
+          <t>9786254329654</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukuku Açısından Dijital Platformlar Ve Satıcılar Arasındaki Dikey İlişki</t>
+          <t>Türkiye Cumhuriyeti Anayasa Mahkemesi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>255</v>
+        <v>475</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254329357</t>
+          <t>9786254329722</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Vatandaşlığın Kazanılması ve Kazanım Prensip ve Şartlarının Modern Kıta Avrupası Vatandaşlık Hukukuna Etkisi</t>
+          <t>Hukuki Mütalaalar (Mahkeme Kararları ile Birlikte) (Ciltli)</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>245</v>
+        <v>925</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786254329104</t>
+          <t>9786254329661</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda Yöneticilerin Türev Araçlar ile İlgili Hukuki İşlemlerden Yatırımcıya Karşı Sorumluluğunun Doğduğu Haller İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 49 (Ciltli)</t>
+          <t>Türk Ticaret Kanunu Sempozyumu - VII (Ciltli)</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>775</v>
+        <v>750</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786254329180</t>
+          <t>9786254329616</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıkta Yönetim ve Temsil Yetkisinin Devri İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 53 (Ciltli)</t>
+          <t>İngilizce Sözleşmelerin Hazırlanması (Ciltli)</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>775</v>
+        <v>525</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254329227</t>
+          <t>9786254329692</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Hazırlık Hareketlerinin Belirlenmesi ve Cezalandırılabilirliği</t>
+          <t>İdare Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>475</v>
+        <v>875</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786254329210</t>
+          <t>9786254329814</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda İşçinin İfade Özgürlüğü</t>
+          <t>Borçlar Hukuku Özel Hükümler Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>395</v>
+        <v>460</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786254329173</t>
+          <t>9786254329593</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Alacak Rehninin Kurulması</t>
+          <t>Limited Ortaklık Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>220</v>
+        <v>875</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254329166</t>
+          <t>9786254329838</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıldaki Gelişmeler Işığında Uluslararası Hukukta Evrensellik İlkesi: Ukrayna ve Doğu Türkistan Örnekleri</t>
+          <t>Çocuk Hukuku (Ders Kitabı)</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>185</v>
+        <v>490</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254329159</t>
+          <t>9786254329432</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Türk Sermaye Piyasası Hukukunda Tahvil (Ciltli)</t>
+          <t>Yapay Zekanın İş İlişkisine Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>830</v>
+        <v>675</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254329142</t>
+          <t>9786254329449</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Hava Taşıyıcısının Yolcu Taşımasındaki Gecikmeden Doğan Sorumluluğu</t>
+          <t>Üçüncü Kişinin Zararının Tazmini (Ciltli)</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>245</v>
+        <v>690</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254329135</t>
+          <t>9786254329647</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıkta Oydan Yoksunluk (Ciltli)</t>
+          <t>Suçun Yapısında Hareketin Konusu</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>840</v>
+        <v>700</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254329128</t>
+          <t>9786254329685</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Bulaşıcı Hastalıklara İlişkin Tedbirlere Aykırı Davranma Suçu (5237 Sayılı TCK m.195)</t>
+          <t>Türk Vatandaşlığının İradi Kaybı Halleri</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254329111</t>
+          <t>9786254328749</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Kadınların ve Kız Çocuklarının Adalete Erişimi: Türkiye Örneğinde Teorik ve Uygulamalı Bir İnceleme</t>
+          <t>Borçlar Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>415</v>
+        <v>975</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786254329098</t>
+          <t>9786254329487</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Hava Araçlarının Teminata Konu Olması</t>
+          <t>İnsan Hakları Avrupa Mahkemesi Kararlarının Medeni Hukuktaki Kişilik Hakkı Kavramına Etkisi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254329081</t>
+          <t>9786254329463</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Evde Tele Çalışan İşçinin Kişisel Verilerinin Korunması</t>
+          <t>Çocuk İstismarı ve İhmaline Çok Bilimli Bakış</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>285</v>
+        <v>540</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254329074</t>
+          <t>9786254329401</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kazandırmanın Hukuki Sebebi</t>
+          <t>Blockchain Teknolojisine İlişkin Kanunlar İhtilafı Meseleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>190</v>
+        <v>850</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786254329043</t>
+          <t>9786254329388</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku Açısından Özel Yaşamın Gizliliği Hakkı İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Doktora Tezleri Dizisi No: 5 (Ciltli)</t>
+          <t>Milletlerarası Ticari Tahkimde Delillerin Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>990</v>
+        <v>690</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786254328985</t>
+          <t>9786254329340</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Bankanın Mevduat Sözleşmesinden Doğan Hukuki Sorumluluğu (Ciltli)</t>
+          <t>Anonim Şirkette Pay Sahibinin Oy Hakkından Yoksunluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>575</v>
+        <v>700</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786254328770</t>
+          <t>9786254329562</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Matrah Aşındırma Kar Kaydırma (BEPS) Projesi ve Türk Vergi Sistemine Etkileri (Ciltli)</t>
+          <t>Başkanlık Sistemlerinde Başkanın Görev Süresi ve Dönem Sınırlamaları İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 23</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>590</v>
+        <v>440</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786254329036</t>
+          <t>9786254329555</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Kesişimsellik: Tarihi, Gelişimi ve Birleşmiş Milletler'deki Yansımaları</t>
+          <t>5411 Sayılı Bankacılık Kanunu Bağlamında Mevduat Sigortasının Kapsamı</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786254329050</t>
+          <t>9786254329500</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Pratik Çalışma Kitabı (Ciltli)</t>
+          <t>Deniz Hukukunun Kökeni</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254329029</t>
+          <t>9786254329517</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette İmtiyazlı Pay Sahipleri Özel Kurulu (Ciltli)</t>
+          <t>Disiplin Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>700</v>
+        <v>675</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786254328893</t>
+          <t>9786254329241</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Devlet Teorisi (Ciltli)</t>
+          <t>Hukuk Muhakemeleri Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>950</v>
+        <v>850</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254328909</t>
+          <t>9786254329234</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Notlu Türk Ticaret Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Medeni Usul Hukuku Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>1950</v>
+        <v>925</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254328855</t>
+          <t>9786254329524</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Maritime Law - Turkish Commercial Code Fifth Book Provisions (Ciltli)</t>
+          <t>Anayasa Yargısı Ders Notları</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>690</v>
+        <v>370</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254328794</t>
+          <t>9786254329531</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk (Ciltli)</t>
+          <t>Medeni Usul Hukuku Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>650</v>
+        <v>410</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786254320743</t>
+          <t>9786254329272</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Gelişen Teknolojiler ve Hukuk 3: Büyük Veri (Ciltli)</t>
+          <t>Medeni Usul Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786254328862</t>
+          <t>9786254329197</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler Pratik Çalışmaları</t>
+          <t>Milletlerarası Özel Hukuk Mevzuatı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>365</v>
+        <v>700</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786254328930</t>
+          <t>9786254329265</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Ortaklıklar Hukuku Uygulama Çalışmaları - I</t>
+          <t>İcra ve İflas Hukuku Temel Bilgiler</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786254328947</t>
+          <t>9786254329067</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Ortaklıklar Hukuku Uygulama Çalışmaları - II</t>
+          <t>12. Uluslararası Suç ve Ceza Film Festivali "Eşitiz" Tebliğler</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>340</v>
+        <v>950</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786254328701</t>
+          <t>9786254329418</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukukunda Münhasır Yetki (Ciltli)</t>
+          <t>Çevre Hukuku İlkelerinin İdari Yargı Kararlarına Yansıması</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>820</v>
+        <v>270</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786254328763</t>
+          <t>9786254329364</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Finansal Sigortalar Hukuku - Kefalet Sigortası, Emniyeti Suistimal Sigortası, Bina Tamamlama Sigortası (Ciltli)</t>
+          <t>Kadın Hukukçular Cumhuriyet'in Yüzüncü Yılında Kazanımları ve Güncel Sorunları Tartışıyor</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>570</v>
+        <v>320</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254328954</t>
+          <t>9786254329326</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Özel Hükümler Pratik Çalışmaları</t>
+          <t>Boşanmada Maddi Tazminat</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254326776</t>
+          <t>9786254329319</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Mecelle'de Havale Akdi</t>
+          <t>Derinkurgu (Deepfake) Teknolojisi İle Üretilen Ses ve Görüntülerin Kullanılmasından Doğan Sorumluluk</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>390</v>
+        <v>275</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254328879</t>
+          <t>9786254329296</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Salgını Sebebiyle Türkiye'de Alınan Tedbirlerin 1982 Anayasası ve Karşılaştırmalı Örnekler Çerçevesinde Değerlendirilmesi - İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 20</t>
+          <t>Anayasa Hukuku Bağlamında Türkiye'de ve ABD'de Devlet Başkanının Cezai Sorumluluğu</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786254328848</t>
+          <t>9786254329470</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Sözleşme Görüşmelerinde Karşı Tarafın Zarara Uğramasını Engelleme Yükümlülüğü ve Sonuçları - İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezizisi No: 82</t>
+          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>215</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254328916</t>
+          <t>9786254329302</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta ve Türk Ceza Hukukunda Soykırım Suçu</t>
+          <t>Milletlerarası Sözleşmeler ile Türk Hukukunda Deniz Alacağı (Ciltli)</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>560</v>
+        <v>575</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254328831</t>
+          <t>9786254329203</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet Hukuku Açısından Boykot - İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 80</t>
+          <t>Kıymetli Evrak Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>330</v>
+        <v>675</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254328824</t>
+          <t>9786254329258</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İş İnsanları İçin Doğrudan Yabancı Yatırım Rehberi</t>
+          <t>İcra ve İflas Hukuku Ders Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>170</v>
+        <v>925</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254328817</t>
+          <t>9786254329371</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Sürüş Otomasyon Sistemi İkilemleri</t>
+          <t>Rekabet Hukuku Açısından Dijital Platformlar Ve Satıcılar Arasındaki Dikey İlişki</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254328800</t>
+          <t>9786254329357</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirketlerde Ek Ödeme ve Yan Edim Yükümlülüğü</t>
+          <t>Roma Hukukunda Vatandaşlığın Kazanılması ve Kazanım Prensip ve Şartlarının Modern Kıta Avrupası Vatandaşlık Hukukuna Etkisi</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254320231</t>
+          <t>9786254329104</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku (Ciltli)</t>
+          <t>Sermaye Piyasası Hukukunda Yöneticilerin Türev Araçlar ile İlgili Hukuki İşlemlerden Yatırımcıya Karşı Sorumluluğunun Doğduğu Haller İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 49 (Ciltli)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>265</v>
+        <v>775</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254328732</t>
+          <t>9786254329180</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Politik Belirleyiciler Çerçevesinde Uluslararası Veri Transferi Güvenliğinin Doğrudan Yabancı Yatırımlara Etkisine Yönelik Ampirik Bir Değerlendirme</t>
+          <t>Anonim Ortaklıkta Yönetim ve Temsil Yetkisinin Devri İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 53 (Ciltli)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>250</v>
+        <v>775</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254328688</t>
+          <t>9786254329227</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Karbon Vergisinin Yönlendirici Niteliği</t>
+          <t>Türk Ceza Hukukunda Hazırlık Hareketlerinin Belirlenmesi ve Cezalandırılabilirliği</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786254328671</t>
+          <t>9786254329210</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Devlet Başkanlığı Makamının Gelişimi Hakkında Bir Çalışma, 1961-2017</t>
+          <t>İş Hukukunda İşçinin İfade Özgürlüğü</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786254328664</t>
+          <t>9786254329173</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Doktrin ve Yargıtay Kararları Işığında Kasten Öldürme Suçları</t>
+          <t>Alacak Rehninin Kurulması</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>1100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254328756</t>
+          <t>9786254329166</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Kant'da Cezanın Amacı - Ahlak ve Hukuk Felsefesi Çerçevesinde Bir Soruşturma</t>
+          <t>21. Yüzyıldaki Gelişmeler Işığında Uluslararası Hukukta Evrensellik İlkesi: Ukrayna ve Doğu Türkistan Örnekleri</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254328640</t>
+          <t>9786254329159</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Korunması Bağlamında Geri Göndermeme İlkesi (Non-Refoulement) (Ciltli)</t>
+          <t>Türk Sermaye Piyasası Hukukunda Tahvil (Ciltli)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>680</v>
+        <v>830</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786254328558</t>
+          <t>9786254329142</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Belirli Mal Vasiyeti (Ciltli)</t>
+          <t>Hava Taşıyıcısının Yolcu Taşımasındaki Gecikmeden Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>680</v>
+        <v>245</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254328602</t>
+          <t>9786254329135</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Hakkı Bakımından Para Alacağının Enflasyon Karşısındaki Değer Kaybı (Ciltli)</t>
+          <t>Anonim Ortaklıkta Oydan Yoksunluk (Ciltli)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>600</v>
+        <v>840</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254328657</t>
+          <t>9786254329128</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Konkordato Uygulama Rehberi</t>
+          <t>Bulaşıcı Hastalıklara İlişkin Tedbirlere Aykırı Davranma Suçu (5237 Sayılı TCK m.195)</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254328503</t>
+          <t>9786254329111</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Kurulu Kararlarının Hukuki Niteliği ve Yargısal Denetimi</t>
+          <t>Kadınların ve Kız Çocuklarının Adalete Erişimi: Türkiye Örneğinde Teorik ve Uygulamalı Bir İnceleme</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>380</v>
+        <v>415</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254328633</t>
+          <t>9786254329098</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargı kararlarının Etkinleştirilmesi Arayışında İdari Yargı İdari Yargıç ve Yargısal Emir</t>
+          <t>Milletlerarası Özel Hukukta Hava Araçlarının Teminata Konu Olması</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254328572</t>
+          <t>9786254329081</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Hukukta Yorumun Sınıfsallığı</t>
+          <t>Evde Tele Çalışan İşçinin Kişisel Verilerinin Korunması</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>190</v>
+        <v>285</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254328589</t>
+          <t>9786254329074</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletme Kirası</t>
+          <t>Kazandırmanın Hukuki Sebebi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254328596</t>
+          <t>9786254329043</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mülkiyet Teorisi ve P1-1 Özelinde Meşru Beklenti Uygulaması</t>
+          <t>Vergi Hukuku Açısından Özel Yaşamın Gizliliği Hakkı İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Doktora Tezleri Dizisi No: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>185</v>
+        <v>990</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254328619</t>
+          <t>9786254328985</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Tarımsal Kapitalizme Geçiş Sürecinde İngiliz Çitleme Hareketi ve Toprak Mülkiyetinin Hukuki Dönüşümü</t>
+          <t>Bankanın Mevduat Sözleşmesinden Doğan Hukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>315</v>
+        <v>575</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254328626</t>
+          <t>9786254328770</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Hukuk Devleti</t>
+          <t>Matrah Aşındırma Kar Kaydırma (BEPS) Projesi ve Türk Vergi Sistemine Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>520</v>
+        <v>590</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254327155</t>
+          <t>9786254329036</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Uyuşmazlıklarında Temel Sorunların Çözümü: Uluslararası Yatırım Mahkemesi ve Diğer Seçenekler</t>
+          <t>Kesişimsellik: Tarihi, Gelişimi ve Birleşmiş Milletler'deki Yansımaları</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254328442</t>
+          <t>9786254329050</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Olmayan Anonim Şirketlerde Rüçhan Hakkı ile Bu Hakkın Sınırlandırılması, Kaldırılması ve Engellenmesi (Ciltli)</t>
+          <t>İdare Hukuku Pratik Çalışma Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786255930569</t>
+          <t>9786254329029</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Yönleriyle Girişimciliğin Finansmanı ve Girişim Sermayesi (Venture Capital) (Ciltli)</t>
+          <t>Anonim Şirkette İmtiyazlı Pay Sahipleri Özel Kurulu (Ciltli)</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>1050</v>
+        <v>700</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254328466</t>
+          <t>9786254328893</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Weimar Cumhuriyeti, V. Cumhuriyet Fransa'sı ve Türkiye Modelleri Işığında 1919'dan 2024'e Anayasacılık</t>
+          <t>Devlet Teorisi (Ciltli)</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>170</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254328497</t>
+          <t>9786254328909</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yeniden Yapılandırma Sözleşmeleri</t>
+          <t>Notlu Türk Ticaret Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>190</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254328510</t>
+          <t>9786254328855</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Sözleşmeye Dayalı Kusursuz Sorumluluk Çerçevesinde Custodia'dan Diligentia'ya Geçiş</t>
+          <t>Maritime Law - Turkish Commercial Code Fifth Book Provisions (Ciltli)</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>275</v>
+        <v>690</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786254328527</t>
+          <t>9786254328794</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukukunda Zararın Varlığı Şartından Bağımsız Ödeme Yaptırımları</t>
+          <t>Medeni Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>425</v>
+        <v>650</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786254328565</t>
+          <t>9786254320743</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Sociological Factors Affecting The Judicial Decision Making Of Judges In Contentious Cases In Turkey</t>
+          <t>Gelişen Teknolojiler ve Hukuk 3: Büyük Veri (Ciltli)</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>130</v>
+        <v>355</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254328459</t>
+          <t>9786254328862</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İşverenin Kişisel Verileri Koruma Borcu</t>
+          <t>Borçlar Hukuku Genel Hükümler Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>360</v>
+        <v>365</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254328480</t>
+          <t>9786254328930</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Modernleşme Dönemi (1879-1924) Dava Belgelerinin Düzenlenme Biçimi</t>
+          <t>Ortaklıklar Hukuku Uygulama Çalışmaları - I</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254328541</t>
+          <t>9786254328947</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Belgeler Bağlamında Yargı Bağımsızlığı: Türkiye İçin Bir Model Önerisi</t>
+          <t>Ortaklıklar Hukuku Uygulama Çalışmaları - II</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254328404</t>
+          <t>9786254328701</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketler Hukukunda Finansal Tablo ve Raporların Denetimi (Ciltli)</t>
+          <t>Milletlerarası Usul Hukukunda Münhasır Yetki (Ciltli)</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>990</v>
+        <v>820</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254328374</t>
+          <t>9786254328763</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Dijital Tereke Kavramı ve Miras Hukukundaki Sorunları (Ciltli)</t>
+          <t>Finansal Sigortalar Hukuku - Kefalet Sigortası, Emniyeti Suistimal Sigortası, Bina Tamamlama Sigortası (Ciltli)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>625</v>
+        <v>570</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254328343</t>
+          <t>9786254328954</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Geminin Cebri İcra Yoluyla Satışı ve Sıra Cetveli (Deniz İcra Hukuku) (Ciltli)</t>
+          <t>Borçlar Hukuku Özel Hükümler Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254328367</t>
+          <t>9786254326776</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletlerinde Siyasi Partilerin Kurumsal Gelişimi: Pakistan ve İran Örnekleri (Ciltli)</t>
+          <t>Mecelle'de Havale Akdi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>930</v>
+        <v>390</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254328428</t>
+          <t>9786254328879</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Hak Arama ve Usul -Mahkemeler-</t>
+          <t>COVID-19 Salgını Sebebiyle Türkiye'de Alınan Tedbirlerin 1982 Anayasası ve Karşılaştırmalı Örnekler Çerçevesinde Değerlendirilmesi - İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 20</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254328398</t>
+          <t>9786254328848</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin Klasik Döneminde Gayrimüslim Tebaaya Tanınan Dini Güvenceler Bağlamında Kiliselerinin ve Sinagoglarının Tamiri</t>
+          <t>Sözleşme Görüşmelerinde Karşı Tarafın Zarara Uğramasını Engelleme Yükümlülüğü ve Sonuçları - İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezizisi No: 82</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254328350</t>
+          <t>9786254328916</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Der Grenzüberschreitende Unternehmenskauf im İnternationalen Vertragsrecht</t>
+          <t>Uluslararası Hukukta ve Türk Ceza Hukukunda Soykırım Suçu</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>275</v>
+        <v>560</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786254328336</t>
+          <t>9786254328831</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Şirketlerinde Şirket İçi Uyuşmazlıkların Tahkim Yoluyla Çözümlenmesi</t>
+          <t>Haksız Rekabet Hukuku Açısından Boykot - İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 80</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>215</v>
+        <v>330</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254328299</t>
+          <t>9786254328824</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklık Organlarının Kilitlenmesine İlişkin Sözleşmesel Düzen -Uyuşmazlık Çözüm Yöntemleri Bağlamında Bir İnceleme- (Ciltli)</t>
+          <t>İş İnsanları İçin Doğrudan Yabancı Yatırım Rehberi</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>780</v>
+        <v>170</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254328015</t>
+          <t>9786254328817</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Yönetim Kurulu Üyeliği Sıfatının Sona Ermesi (Ciltli)</t>
+          <t>Ceza Hukukunda Sürüş Otomasyon Sistemi İkilemleri</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>675</v>
+        <v>400</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786254328077</t>
+          <t>9786254328800</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticaret Hukuku (Ciltli)</t>
+          <t>Limited Şirketlerde Ek Ödeme ve Yan Edim Yükümlülüğü</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>1750</v>
+        <v>280</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254328329</t>
+          <t>9786254320231</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Sosyal Güvenlik Hukukunda İş Kazası Kavramı</t>
+          <t>Eşya Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254328312</t>
+          <t>9786254328732</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Siyasetin Hukuku</t>
+          <t>Kurumsal Politik Belirleyiciler Çerçevesinde Uluslararası Veri Transferi Güvenliğinin Doğrudan Yabancı Yatırımlara Etkisine Yönelik Ampirik Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254326936</t>
+          <t>9786254328688</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Edinilmiş Mallara Katılma Rejimi</t>
+          <t>Karbon Vergisinin Yönlendirici Niteliği</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254325304</t>
+          <t>9786254328671</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Mağdur Kavramı, Mağdur Hakları ve Mağdurun İkincil Mağduriyetten Korunması</t>
+          <t>Türkiye'de Devlet Başkanlığı Makamının Gelişimi Hakkında Bir Çalışma, 1961-2017</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254328206</t>
+          <t>9786254328664</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeden Doğan Yan Yükümlülüklerin İhlali (Ciltli)</t>
+          <t>Doktrin ve Yargıtay Kararları Işığında Kasten Öldürme Suçları</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254328275</t>
+          <t>9786254328756</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Miras Ortaklığı Temsilcisi</t>
+          <t>Kant'da Cezanın Amacı - Ahlak ve Hukuk Felsefesi Çerçevesinde Bir Soruşturma</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254328251</t>
+          <t>9786254328640</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Türk Marka Hukukunda Birlikte Var Olma Sözleşmesi</t>
+          <t>Çocuğun Korunması Bağlamında Geri Göndermeme İlkesi (Non-Refoulement) (Ciltli)</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>250</v>
+        <v>680</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254328268</t>
+          <t>9786254328558</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Rekabet Hukuku Seminerleri 2023</t>
+          <t>Belirli Mal Vasiyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>800</v>
+        <v>680</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254328220</t>
+          <t>9786254328602</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Taşınmazın Gayrimenkul Yatırım Ortaklığına Sermaye Olarak Konulması (Ciltli)</t>
+          <t>Mülkiyet Hakkı Bakımından Para Alacağının Enflasyon Karşısındaki Değer Kaybı (Ciltli)</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254328213</t>
+          <t>9786254328657</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Kuvvet Kullanma Tehdidi (Ciltli)</t>
+          <t>Konkordato Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254328114</t>
+          <t>9786254328503</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Dürtmelerin ("Nudge") İnsan Hakları Hukukuna Uygunluğu İstanbul Üniversitesi Hukuk Fakültesi İnsan Hakları Hukuku Çalışmaları Dizisi No: 4 (Ciltli)</t>
+          <t>Rekabet Kurulu Kararlarının Hukuki Niteliği ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>600</v>
+        <v>380</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254328107</t>
+          <t>9786254328633</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Siciline Tescilin Genel Esasları (Ciltli)</t>
+          <t>İdari Yargı kararlarının Etkinleştirilmesi Arayışında İdari Yargı İdari Yargıç ve Yargısal Emir</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254328152</t>
+          <t>9786254328572</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu'na Göre Anonim Şirketlerde Pay Sahiplerinin İmtiyaz Yoluyla Yönetim Kurulunda Temsili (Ciltli)</t>
+          <t>Hukukta Yorumun Sınıfsallığı</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>850</v>
+        <v>190</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254328190</t>
+          <t>9786254328589</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanununda Kadın İşçiler Cinsiyet Ayrımı ve Eşitlik İlkesi</t>
+          <t>Ticari İşletme Kirası</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254328138</t>
+          <t>9786254328596</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Sınai ve Ticari Kamu Hizmetlerinin Hukuki Rejimi ve Örgütlenmesi</t>
+          <t>Yeni Mülkiyet Teorisi ve P1-1 Özelinde Meşru Beklenti Uygulaması</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>260</v>
+        <v>185</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254328091</t>
+          <t>9786254328619</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Consumer Protection in Contracts for the Supply of Digital Content and Digital Services-An Analysis of Turkish Law in Light of the EU Directive 2019/770</t>
+          <t>Tarımsal Kapitalizme Geçiş Sürecinde İngiliz Çitleme Hareketi ve Toprak Mülkiyetinin Hukuki Dönüşümü</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254328084</t>
+          <t>9786254328626</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Futbolcu Sözleşmesinin Feshi Sonucunda Profesyonel Futbolcuya Ödenmesi Gereken Tazminatın Tayini</t>
+          <t>Uluslararası Hukukta Hukuk Devleti</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254328121</t>
+          <t>9786254327155</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Müdahale ve Kuvvet Kullanımının Yasaklanması İlkeleri Bağlamında Siber Saldırılar</t>
+          <t>Yatırım Uyuşmazlıklarında Temel Sorunların Çözümü: Uluslararası Yatırım Mahkemesi ve Diğer Seçenekler</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>190</v>
+        <v>285</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254328022</t>
+          <t>9786254328442</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Mali Durum Bozulması ve İyileştirme Önlemleri (Ciltli)</t>
+          <t>Halka Açık Olmayan Anonim Şirketlerde Rüçhan Hakkı ile Bu Hakkın Sınırlandırılması, Kaldırılması ve Engellenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>725</v>
+        <v>380</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254328039</t>
+          <t>9786255930569</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Açısından Hekim ve Hasta İlişkisinde Müdahale Aydınlatması</t>
+          <t>Hukuki Yönleriyle Girişimciliğin Finansmanı ve Girişim Sermayesi (Venture Capital) (Ciltli)</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>500</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254328008</t>
+          <t>9786254328466</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Kanun Yoluna Başvuru Hakkı İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 75</t>
+          <t>Weimar Cumhuriyeti, V. Cumhuriyet Fransa'sı ve Türkiye Modelleri Işığında 1919'dan 2024'e Anayasacılık</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254327988</t>
+          <t>9786254328497</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Devletler Üstü Hukukun Oluşumu ve Devletlerin Egemenlik Hakları: Avrupa Birliği Adalet Divanı Örneği</t>
+          <t>Finansal Yeniden Yapılandırma Sözleşmeleri</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254328046</t>
+          <t>9786254328510</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Suçlu Sayılmama Hakkı (Ciltli)</t>
+          <t>Roma Hukukunda Sözleşmeye Dayalı Kusursuz Sorumluluk Çerçevesinde Custodia'dan Diligentia'ya Geçiş</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>700</v>
+        <v>275</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254327971</t>
+          <t>9786254328527</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>International Business Law (Ciltli)</t>
+          <t>Borçlar Hukukunda Zararın Varlığı Şartından Bağımsız Ödeme Yaptırımları</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>750</v>
+        <v>425</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254327643</t>
+          <t>9786254328565</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Taşkın Yapıya Katlanma Yükümlülüğü İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 71 (Ciltli)</t>
+          <t>Sociological Factors Affecting The Judicial Decision Making Of Judges In Contentious Cases In Turkey</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>475</v>
+        <v>130</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254327773</t>
+          <t>9786254328459</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Hukuk (Ciltli)</t>
+          <t>İşverenin Kişisel Verileri Koruma Borcu</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786254327674</t>
+          <t>9786254328480</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>İş İlişkisinde İfade Özgürlüğü İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 44 (Ciltli)</t>
+          <t>Osmanlı Devleti'nde Modernleşme Dönemi (1879-1924) Dava Belgelerinin Düzenlenme Biçimi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254327599</t>
+          <t>9786254328541</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Yoluyla Kişilik Hakkı İhlalleri (Ciltli)</t>
+          <t>Uluslararası Belgeler Bağlamında Yargı Bağımsızlığı: Türkiye İçin Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>580</v>
+        <v>350</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254327940</t>
+          <t>9786254328404</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Çalışmada İşverenin İş Kazası ile Meslek Hastalığı Açısından Hukuki Sorumluluğu ve İşveren Sorumluluk Sigortası</t>
+          <t>Anonim Şirketler Hukukunda Finansal Tablo ve Raporların Denetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>215</v>
+        <v>990</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254327964</t>
+          <t>9786254328374</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Şehri ve Şehir Hukuku: Modern Kamu Hukukunun Tarihsel ve Toplumsal Kaynakları</t>
+          <t>Dijital Tereke Kavramı ve Miras Hukukundaki Sorunları (Ciltli)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>180</v>
+        <v>625</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254327810</t>
+          <t>9786254328343</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Hürriyeti Bağlayıcı Cezanın İnfazı Kapsamında İdari Faaliyetler ve İdarenin Sorumluluğu</t>
+          <t>Geminin Cebri İcra Yoluyla Satışı ve Sıra Cetveli (Deniz İcra Hukuku) (Ciltli)</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>835</v>
+        <v>700</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254327797</t>
+          <t>9786254328367</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Sınır Dışı Etme İşlemlerine İlişkin Türk İdare Mahkemelerince Verilen Kararların AİHM İçtihatlarına Uygunluğu İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 17</t>
+          <t>İslam Devletlerinde Siyasi Partilerin Kurumsal Gelişimi: Pakistan ve İran Örnekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>200</v>
+        <v>930</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254327780</t>
+          <t>9786254328428</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Temel Haklar Bağlamında Türk Ceza Kanunu'nda Düzenlenen Devlet Sırlarına Karşı Suçlar ve Casusluk Suçları İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 74</t>
+          <t>Uluslararası Hukukta Hak Arama ve Usul -Mahkemeler-</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>575</v>
+        <v>375</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254327803</t>
+          <t>9786254328398</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Hınç Adaleti ve Affetme</t>
+          <t>Osmanlı Devleti'nin Klasik Döneminde Gayrimüslim Tebaaya Tanınan Dini Güvenceler Bağlamında Kiliselerinin ve Sinagoglarının Tamiri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254327476</t>
+          <t>9786254328350</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Dersleri (Genel Hükümler)</t>
+          <t>Der Grenzüberschreitende Unternehmenskauf im İnternationalen Vertragsrecht</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>1250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254327681</t>
+          <t>9786254328336</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kiralarında Kiralananın Kiraya Verenden Kaynaklı İhtiyaç Sebebiyle Tahliyesi</t>
+          <t>Sermaye Şirketlerinde Şirket İçi Uyuşmazlıkların Tahkim Yoluyla Çözümlenmesi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>135</v>
+        <v>215</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254327544</t>
+          <t>9786254328299</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ortamda Hukukların Çatışması (Ciltli)</t>
+          <t>Anonim Ortaklık Organlarının Kilitlenmesine İlişkin Sözleşmesel Düzen -Uyuşmazlık Çözüm Yöntemleri Bağlamında Bir İnceleme- (Ciltli)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>575</v>
+        <v>780</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254327520</t>
+          <t>9786254328015</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Serozan Hukukta Yöntem - Mantık (Ciltli)</t>
+          <t>Anonim Şirket Yönetim Kurulu Üyeliği Sıfatının Sona Ermesi (Ciltli)</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>485</v>
+        <v>675</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254327605</t>
+          <t>9786254328077</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bağlı Şirket Yönetim Kurulu Üyelerinin Hukuki Sorumluluğu</t>
+          <t>Milletlerarası Ticaret Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>365</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254327612</t>
+          <t>9786254328329</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Çakışan Deniz Alanlarında Yer Alan Hidrokarbon Kaynakların Ortak Geliştirilmesi Doğu Akdeniz'de Pratik Çözüm İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 16</t>
+          <t>Türk ve Alman Sosyal Güvenlik Hukukunda İş Kazası Kavramı</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254327629</t>
+          <t>9786254328312</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Katılma Alacağının Hakim Kararıyla Azaltılması veya Kaldırılması</t>
+          <t>Uluslararası Siyasetin Hukuku</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254327636</t>
+          <t>9786254326936</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Leon Petrazycki'nin Hukuk Kuramı Bağlamında Hukuki Yorum Meselesi</t>
+          <t>Edinilmiş Mallara Katılma Rejimi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786254327650</t>
+          <t>9786254325304</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Arabağlantı Sözleşmesi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 78</t>
+          <t>Ceza Hukukunda Mağdur Kavramı, Mağdur Hakları ve Mağdurun İkincil Mağduriyetten Korunması</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786254327667</t>
+          <t>9786254328206</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Well-Known Marks Definition, Regulation and Protection</t>
+          <t>Sözleşmeden Doğan Yan Yükümlülüklerin İhlali (Ciltli)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786254327513</t>
+          <t>9786254328275</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Rights Of Future Generation: Right To Environment and Access to Natural Resources</t>
+          <t>Miras Ortaklığı Temsilcisi</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254327360</t>
+          <t>9786254328251</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Kurumunun Yerinde İnceleme Yetkisi İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 13 (Ciltli)</t>
+          <t>Türk Marka Hukukunda Birlikte Var Olma Sözleşmesi</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786254327278</t>
+          <t>9786254328268</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Vergi Hukukunda KDV'nin Oran Yapısı İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Doktora Tezleri Dizisi No: 4 (Ciltli)</t>
+          <t>Uygulamalı Rekabet Hukuku Seminerleri 2023</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>525</v>
+        <v>800</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254327230</t>
+          <t>9786254328220</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Adi Ortaklık Sözleşmesinin Sona Erme Sebepleri (Ciltli)</t>
+          <t>Taşınmazın Gayrimenkul Yatırım Ortaklığına Sermaye Olarak Konulması (Ciltli)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>550</v>
+        <v>330</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254327179</t>
+          <t>9786254328213</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Sözleşmesi Sisteminde Medeni Yargılamada Çocuğun Katılım Hakkı İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 14 (Ciltli)</t>
+          <t>Uluslararası Hukukta Kuvvet Kullanma Tehdidi (Ciltli)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>265</v>
+        <v>290</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254327377</t>
+          <t>9786254328114</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Kanunu Yönünden NFT'lerin Konumu ve NFT Satışı</t>
+          <t>Dürtmelerin ("Nudge") İnsan Hakları Hukukuna Uygunluğu İstanbul Üniversitesi Hukuk Fakültesi İnsan Hakları Hukuku Çalışmaları Dizisi No: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786254323560</t>
+          <t>9786254328107</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Malpraktis ve Tazminat Sorumluluğu</t>
+          <t>Ticaret Siciline Tescilin Genel Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>235</v>
+        <v>450</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786051523842</t>
+          <t>9786254328152</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Liberal Dağıtıcı Adalet Tartışmaları: Bentham, Mill, Rawls, Dworkin ve Nozick</t>
+          <t>Türk Ticaret Kanunu'na Göre Anonim Şirketlerde Pay Sahiplerinin İmtiyaz Yoluyla Yönetim Kurulunda Temsili (Ciltli)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254327537</t>
+          <t>9786254328190</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Kanunu'nun 25/A Hükmü Uyarınca Siyasi Temsilcilik Aracılığıyla Yurtdışında Bulunan Türk Vatandaşlarına Yapılacak Tebligat İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 77</t>
+          <t>4857 Sayılı İş Kanununda Kadın İşçiler Cinsiyet Ayrımı ve Eşitlik İlkesi</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254327582</t>
+          <t>9786254328138</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda ve İslam Hukukunda Tasarruf Finansman Sözleşmesi</t>
+          <t>Sınai ve Ticari Kamu Hizmetlerinin Hukuki Rejimi ve Örgütlenmesi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786254327575</t>
+          <t>9786254328091</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku Boyutuyla Umut Hakkı İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 68</t>
+          <t>Consumer Protection in Contracts for the Supply of Digital Content and Digital Services-An Analysis of Turkish Law in Light of the EU Directive 2019/770</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254327568</t>
+          <t>9786254328084</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Cezalandırılabilirliğin Öne Alınmasının Bir Görünüş Biçimi Olarak Hazırlık Hareketlerinden Doğan Ceza Sorumluluğu İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 72</t>
+          <t>Profesyonel Futbolcu Sözleşmesinin Feshi Sonucunda Profesyonel Futbolcuya Ödenmesi Gereken Tazminatın Tayini</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786254327483</t>
+          <t>9786254328121</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Hukuk - Cilt 5</t>
+          <t>Uluslararası Hukukta Müdahale ve Kuvvet Kullanımının Yasaklanması İlkeleri Bağlamında Siber Saldırılar</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>635</v>
+        <v>190</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786254327506</t>
+          <t>9786254328022</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Takdiri Cezalar ve Osmanlı Devleti 17. Yüzyıl Uygulaması</t>
+          <t>Anonim Şirketlerde Mali Durum Bozulması ve İyileştirme Önlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>300</v>
+        <v>725</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254327469</t>
+          <t>9786254328039</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Kripto Varlıkların Mukayeseli Hukuk Açısından İncelenmesi ve İncelemelerin Türk Hukukuna Uygulanabilirliği</t>
+          <t>Medeni Hukuk Açısından Hekim ve Hasta İlişkisinde Müdahale Aydınlatması</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786254327452</t>
+          <t>9786254328008</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Anayasa Hukuku Tartışmaları</t>
+          <t>Ceza Muhakemesinde Kanun Yoluna Başvuru Hakkı İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 75</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>1000</v>
+        <v>600</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254327490</t>
+          <t>9786254327988</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Gizlilik Sözleşmesi ve Türk Hukukunda Sır ve Sırların Korunması</t>
+          <t>Devletler Üstü Hukukun Oluşumu ve Devletlerin Egemenlik Hakları: Avrupa Birliği Adalet Divanı Örneği</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786254327292</t>
+          <t>9786254328046</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Medeni Usul ve İcra İflas Hukukumuzun Gelişim ve Değişim Süreci (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Suçlu Sayılmama Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>1400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254327261</t>
+          <t>9786254327971</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Galatasaray Liseli Hukukçuların Cumhuriyetin 100. Yılına Armağanı (Ciltli)</t>
+          <t>International Business Law (Ciltli)</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>875</v>
+        <v>750</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786254327087</t>
+          <t>9786254327643</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Burhan Kuzu'nun Anısına Armağan İstanbul Üniversitesi Hukuk Fakültesi Armağanlar Dizisi: 5</t>
+          <t>Taşkın Yapıya Katlanma Yükümlülüğü İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 71 (Ciltli)</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>1750</v>
+        <v>475</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254327438</t>
+          <t>9786254327773</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Çocuğun Mahremiyet Hakkının Korunması: Paylaşan Anne-Babalar Özelinde Sosyal Medya ve Çocuk İstismarı</t>
+          <t>Dijital Dönüşüm ve Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786254327421</t>
+          <t>9786254327674</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Bağlamında Türkiye'de ve ABD'de Devlet Başkanının Atama Yetkisi İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 15</t>
+          <t>İş İlişkisinde İfade Özgürlüğü İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 44 (Ciltli)</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>185</v>
+        <v>550</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254327414</t>
+          <t>9786254327599</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Sözleşmesi Kapsamında Mobil Uygulama Sözleşmelerine Uygulanacak Hukuk</t>
+          <t>Fikir ve Sanat Eserleri Yoluyla Kişilik Hakkı İhlalleri (Ciltli)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>350</v>
+        <v>580</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254327285</t>
+          <t>9786254327940</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumlarında Çalışan Akademik ve İdari Personelin Görev Suçu Nedeniyle Ceza Soruşturması Usulü</t>
+          <t>Uzaktan Çalışmada İşverenin İş Kazası ile Meslek Hastalığı Açısından Hukuki Sorumluluğu ve İşveren Sorumluluk Sigortası</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254327247</t>
+          <t>9786254327964</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>MÖHUK'ta Reform</t>
+          <t>Ortaçağ Şehri ve Şehir Hukuku: Modern Kamu Hukukunun Tarihsel ve Toplumsal Kaynakları</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254327186</t>
+          <t>9786254327810</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Discrimination in Recruitment and New Horizons for Turkey</t>
+          <t>Hürriyeti Bağlayıcı Cezanın İnfazı Kapsamında İdari Faaliyetler ve İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>115</v>
+        <v>835</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254326981</t>
+          <t>9786254327797</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukukunda Yersiz Ödemelerin Geri Alınması İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 76 (Ciltli)</t>
+          <t>Sınır Dışı Etme İşlemlerine İlişkin Türk İdare Mahkemelerince Verilen Kararların AİHM İçtihatlarına Uygunluğu İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 17</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254327025</t>
+          <t>9786254327780</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Mevduat Rehni (Ciltli)</t>
+          <t>Temel Haklar Bağlamında Türk Ceza Kanunu'nda Düzenlenen Devlet Sırlarına Karşı Suçlar ve Casusluk Suçları İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 74</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>400</v>
+        <v>575</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254327223</t>
+          <t>9786254327803</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Mülteci ve Sınır Adaleti</t>
+          <t>Hınç Adaleti ve Affetme</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254327148</t>
+          <t>9786254327476</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Çoban Toplumlarda Erken Devlet ve Hukukun Şekillenmesi</t>
+          <t>Borçlar Hukuku Dersleri (Genel Hükümler)</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>175</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254325298</t>
+          <t>9786254327681</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Serbest Ticaret Andlaşmalarında İlaçların Fikri Mülkiyeti ile Sağlık Hakkı Çatışması (Ciltli)</t>
+          <t>Konut ve Çatılı İşyeri Kiralarında Kiralananın Kiraya Verenden Kaynaklı İhtiyaç Sebebiyle Tahliyesi</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254327353</t>
+          <t>9786254327544</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Sanal Yargıç</t>
+          <t>Dijital Ortamda Hukukların Çatışması (Ciltli)</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>125</v>
+        <v>575</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786254327384</t>
+          <t>9786254327520</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İşçinin Ulaşılabilir Olmama Hakkı</t>
+          <t>Serozan Hukukta Yöntem - Mantık (Ciltli)</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>175</v>
+        <v>485</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786254327308</t>
+          <t>9786254327605</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>İvedi Yargılama Usulüne Tabi İhale İşlemleri ve Bu İşlemlere İlişkin Uyuşmazlıkların Giderilmesi</t>
+          <t>Bağlı Şirket Yönetim Kurulu Üyelerinin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>215</v>
+        <v>365</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786254327339</t>
+          <t>9786254327612</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>XXVI. Genç Hukuk Tarihçileri Konferansı Bildirileri</t>
+          <t>Çakışan Deniz Alanlarında Yer Alan Hidrokarbon Kaynakların Ortak Geliştirilmesi Doğu Akdeniz'de Pratik Çözüm İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 16</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>485</v>
+        <v>210</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786254327322</t>
+          <t>9786254327629</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Hakları Teorisi ve Pozitif Hukuk İncelemesi</t>
+          <t>Katılma Alacağının Hakim Kararıyla Azaltılması veya Kaldırılması</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254327315</t>
+          <t>9786254327636</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>BM Özel Prosedürlerinin İnsan Hakları Korumasındaki Yeri ve Önemi</t>
+          <t>Leon Petrazycki'nin Hukuk Kuramı Bağlamında Hukuki Yorum Meselesi</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254327193</t>
+          <t>9786254327650</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukukta Yaratılan Hukuki Görünüşe Güvenin Olumlu Korunması</t>
+          <t>Arabağlantı Sözleşmesi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 78</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>335</v>
+        <v>260</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254325526</t>
+          <t>9786254327667</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kamu Hizmetinde Dijital Dönüşüm ve E-İhale Süreci</t>
+          <t>Well-Known Marks Definition, Regulation and Protection</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>395</v>
+        <v>140</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254327346</t>
+          <t>9786254327513</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Perspektifinden Avcılık Faaliyetleri ile Av ve Yaban Hayatı Yönetimi</t>
+          <t>Rights Of Future Generation: Right To Environment and Access to Natural Resources</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254326912</t>
+          <t>9786254327360</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinin Taraflarca Değiştirilmesi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 75</t>
+          <t>Rekabet Kurumunun Yerinde İnceleme Yetkisi İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254326769</t>
+          <t>9786254327278</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Nafakası İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 73 (Ciltli)</t>
+          <t>Türk ve Alman Vergi Hukukunda KDV'nin Oran Yapısı İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Doktora Tezleri Dizisi No: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254326899</t>
+          <t>9786254327230</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Dijital İçerik ve Hizmetlerin Sözleşmeye Uygunluğu (Ciltli)</t>
+          <t>Adi Ortaklık Sözleşmesinin Sona Erme Sebepleri (Ciltli)</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254327100</t>
+          <t>9786254327179</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Ticarette Aldatıcı Reklamlara Karşı Tüketicinin Korunması Yolları ve Aldatıcı Reklamların Denetimi</t>
+          <t>Avrupa İnsan Hakları Sözleşmesi Sisteminde Medeni Yargılamada Çocuğun Katılım Hakkı İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 14 (Ciltli)</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254327162</t>
+          <t>9786254327377</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Haklarının Kapsamı ve Türk Anayasa Hukukundaki Yeri</t>
+          <t>Fikir ve Sanat Eserleri Kanunu Yönünden NFT'lerin Konumu ve NFT Satışı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254327018</t>
+          <t>9786254323560</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Yargıya Etikle Bakmak</t>
+          <t>Malpraktis ve Tazminat Sorumluluğu</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254327094</t>
+          <t>9786051523842</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda İhbarname</t>
+          <t>Liberal Dağıtıcı Adalet Tartışmaları: Bentham, Mill, Rawls, Dworkin ve Nozick</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786254327117</t>
+          <t>9786254327537</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Finansal Suçlar ve Muhabir Bankacılık</t>
+          <t>Tebligat Kanunu'nun 25/A Hükmü Uyarınca Siyasi Temsilcilik Aracılığıyla Yurtdışında Bulunan Türk Vatandaşlarına Yapılacak Tebligat İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 77</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254327056</t>
+          <t>9786254327582</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Modern Devletin Gözü: Gözetimin Doğuşu ve Dönüşümü</t>
+          <t>Türk Hukukunda ve İslam Hukukunda Tasarruf Finansman Sözleşmesi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>95</v>
+        <v>265</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254326493</t>
+          <t>9786254327575</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>6831 Sayılı Kanun Kapsamında Ormanların Ceza Hukuku Yoluyla Korunması</t>
+          <t>Ceza Hukuku Boyutuyla Umut Hakkı İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 68</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254326868</t>
+          <t>9786254327568</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Mahkeme Kararlarının Tanınması ve Tenfizine Engel Bir Sebep Olarak Hukuki Dinlenilme Hakkı İhlali (Ciltli)</t>
+          <t>Cezalandırılabilirliğin Öne Alınmasının Bir Görünüş Biçimi Olarak Hazırlık Hareketlerinden Doğan Ceza Sorumluluğu İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 72</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254326837</t>
+          <t>9786254327483</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Cezalandırıcı Tazminat (Ciltli)</t>
+          <t>Toplumsal Cinsiyet ve Hukuk - Cilt 5</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>450</v>
+        <v>635</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786254326806</t>
+          <t>9786254327506</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Konkordato Sürecinde Borçlunun Doğrudan Doğruya İflasına Karar Verilmesi (Ciltli)</t>
+          <t>Takdiri Cezalar ve Osmanlı Devleti 17. Yüzyıl Uygulaması</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254326875</t>
+          <t>9786254327469</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İcra ve İflas Hukuku Pratik Çalışmalar</t>
+          <t>Kripto Varlıkların Mukayeseli Hukuk Açısından İncelenmesi ve İncelemelerin Türk Hukukuna Uygulanabilirliği</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254327001</t>
+          <t>9786254327452</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>John Rawls ve Norman Barry'de Sosyal Adalet Düşüncesi</t>
+          <t>Cumhuriyet'in 100. Yılında Anayasa Hukuku Tartışmaları</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>125</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254326998</t>
+          <t>9786254327490</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kira İlişkisinin Devri</t>
+          <t>Gizlilik Sözleşmesi ve Türk Hukukunda Sır ve Sırların Korunması</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254326585</t>
+          <t>9786254327292</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kanundan ve Sözleşmeden Doğan Önalım Hakkı (Ciltli)</t>
+          <t>Cumhuriyetin 100. Yılında Medeni Usul ve İcra İflas Hukukumuzun Gelişim ve Değişim Süreci (Ciltli)</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254326967</t>
+          <t>9786254327261</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukukunda Arabuluculuk</t>
+          <t>Galatasaray Liseli Hukukçuların Cumhuriyetin 100. Yılına Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>360</v>
+        <v>875</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254326561</t>
+          <t>9786254327087</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Hukuk ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları (Ciltli)</t>
+          <t>Prof. Dr. Burhan Kuzu'nun Anısına Armağan İstanbul Üniversitesi Hukuk Fakültesi Armağanlar Dizisi: 5</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>725</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254326462</t>
+          <t>9786254327438</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirkette Sermaye Kaybı ve Borca Batıklık Marmara Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 10 (Ciltli)</t>
+          <t>Dijital Çağda Çocuğun Mahremiyet Hakkının Korunması: Paylaşan Anne-Babalar Özelinde Sosyal Medya ve Çocuk İstismarı</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254326950</t>
+          <t>9786254327421</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Yabancı Yatırımların Vergilendirilmesi: Türkiye Örneği</t>
+          <t>Anayasa Hukuku Bağlamında Türkiye'de ve ABD'de Devlet Başkanının Atama Yetkisi İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 15</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>235</v>
+        <v>185</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254326882</t>
+          <t>9786254327414</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Kira Sözleşmesinde Kiralananın Geri Verilmesi Borcu</t>
+          <t>Tüketici Sözleşmesi Kapsamında Mobil Uygulama Sözleşmelerine Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254326844</t>
+          <t>9786254327285</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Rekabeti Sınırlayıcı Anlaşma, Uyumlu Eylem ve Kararlardan Doğan Sorumluluk</t>
+          <t>Yükseköğretim Kurumlarında Çalışan Akademik ve İdari Personelin Görev Suçu Nedeniyle Ceza Soruşturması Usulü</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254326431</t>
+          <t>9786254327247</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Banka Anonim Ortaklığında Müşteri Sırrının Korunması (Ciltli)</t>
+          <t>MÖHUK'ta Reform</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254326745</t>
+          <t>9786254327186</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Göç ve Mülteci Hukuku Sempozyumu 11-12 Mayıs 2022 - International Symposium on Migration and Refugee Law 11-12 May 2022</t>
+          <t>Discrimination in Recruitment and New Horizons for Turkey</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>375</v>
+        <v>115</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786254326424</t>
+          <t>9786254326981</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkim Yargılamaları Kapsamında Tarafların Temsilcileri ve Temsilcilerin Tabi Olduğu Etik ve Mesleki Kuralların Hukuki Rejimi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 72</t>
+          <t>Sosyal Güvenlik Hukukunda Yersiz Ödemelerin Geri Alınması İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 76 (Ciltli)</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254326486</t>
+          <t>9786254327025</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Şirketler İçin Kişisel Verilerin Korunması Hukuku Rehberi (Ciltli)</t>
+          <t>Mevduat Rehni (Ciltli)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254326660</t>
+          <t>9786254327223</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. H. Ercüment Erdem'e Armağan (2 Cilt) (Ciltli)</t>
+          <t>Uluslararası Hukukta Mülteci ve Sınır Adaleti</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>3000</v>
+        <v>225</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254326509</t>
+          <t>9786254327148</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku Kavram ve Kurumları</t>
+          <t>Göçebe Çoban Toplumlarda Erken Devlet ve Hukukun Şekillenmesi</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786254326790</t>
+          <t>9786254325298</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Tescilsiz Tasarımların Hukuken Korunması</t>
+          <t>Yeni Nesil Serbest Ticaret Andlaşmalarında İlaçların Fikri Mülkiyeti ile Sağlık Hakkı Çatışması (Ciltli)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254326783</t>
+          <t>9786254327353</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Sosyal Medya Reklamları</t>
+          <t>Sanal Yargıç</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>260</v>
+        <v>125</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254326721</t>
+          <t>9786254327384</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Haklarının Korunması Çerçevesinde Sanal Evrenler</t>
+          <t>İşçinin Ulaşılabilir Olmama Hakkı</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254326714</t>
+          <t>9786254327308</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hukuku I ve II Sempozyum Tam Metin Kitabı</t>
+          <t>İvedi Yargılama Usulüne Tabi İhale İşlemleri ve Bu İşlemlere İlişkin Uyuşmazlıkların Giderilmesi</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254326707</t>
+          <t>9786254327339</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Yürütme Organının Siyasi Sorumluluğunun Sağlanmasında Alternatif Anayasal Müesseseler</t>
+          <t>XXVI. Genç Hukuk Tarihçileri Konferansı Bildirileri</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>160</v>
+        <v>485</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786254326738</t>
+          <t>9786254327322</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirkette Ayrılma Akçesi</t>
+          <t>Hayvan Hakları Teorisi ve Pozitif Hukuk İncelemesi</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786254326615</t>
+          <t>9786254327315</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Bilkent Üniversitesi Hukuk Fakültesi III. Genç Hukukçu Araştırmacılar Sempozyumu</t>
+          <t>BM Özel Prosedürlerinin İnsan Hakları Korumasındaki Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>490</v>
+        <v>315</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786254326820</t>
+          <t>9786254327193</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Maddi Hukuka İlişkin Savunma Vasıtaları</t>
+          <t>Medeni Hukukta Yaratılan Hukuki Görünüşe Güvenin Olumlu Korunması</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254326417</t>
+          <t>9786254325526</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Adi Ortaklıkta Ortaklık Borcunu İfa Eden Ortağın Rücu Talebi (Ciltli)</t>
+          <t>Kamu Hizmetinde Dijital Dönüşüm ve E-İhale Süreci</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>300</v>
+        <v>395</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254326370</t>
+          <t>9786254327346</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türk Veri Koruma Düzenlemeleri Kapsamında Çocuğun Kişisel Verilerinin Korunması (Ciltli)</t>
+          <t>İdare Hukuku Perspektifinden Avcılık Faaliyetleri ile Av ve Yaban Hayatı Yönetimi</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>330</v>
+        <v>430</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254326813</t>
+          <t>9786254326912</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkim Anlaşmasının Kurulması ve Etkisi</t>
+          <t>Toplu İş Sözleşmesinin Taraflarca Değiştirilmesi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 75</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>455</v>
+        <v>275</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254326608</t>
+          <t>9786254326769</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Online Ticarette En İyi Fiyat Garantisi Yoluyla Rekabet İhlali</t>
+          <t>Eğitim Nafakası İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 73 (Ciltli)</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254326691</t>
+          <t>9786254326899</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Modern Devletin Güvenlik Anlayışı ve Özel Hayat Hakkı</t>
+          <t>Dijital İçerik ve Hizmetlerin Sözleşmeye Uygunluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254326387</t>
+          <t>9786254327100</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyete Dayalı Ayrımcılık Yasağı Bağlamında Türk Hukukunda Kadının Soyadı</t>
+          <t>Elektronik Ticarette Aldatıcı Reklamlara Karşı Tüketicinin Korunması Yolları ve Aldatıcı Reklamların Denetimi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>105</v>
+        <v>180</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254326400</t>
+          <t>9786254327162</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukuku (Ciltli)</t>
+          <t>Çocuk Haklarının Kapsamı ve Türk Anayasa Hukukundaki Yeri</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>460</v>
+        <v>170</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254326592</t>
+          <t>9786254327018</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerin Bölünmesinde Yönetim Kurulunun Görev ve Sorumluluğu</t>
+          <t>Yargıya Etikle Bakmak</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254326530</t>
+          <t>9786254327094</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Rethinking Rightlessness: The "Right to Have Rights" and the EU-Turkey Statement</t>
+          <t>Türk Vergi Hukukunda İhbarname</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254326639</t>
+          <t>9786254327117</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay ve Bölge Adliye Mahkemeleri'nin İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2021</t>
+          <t>Finansal Suçlar ve Muhabir Bankacılık</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>750</v>
+        <v>195</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254326455</t>
+          <t>9786254327056</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Polisin Zor ve Silah Kullanma Yetkisi ve Bu Yetkinin İnsan Hakları Standartlarına Uygunluğu</t>
+          <t>Modern Devletin Gözü: Gözetimin Doğuşu ve Dönüşümü</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254326165</t>
+          <t>9786254326493</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>İçtihatlarla İnsan Hakları Ceza Hukukuna İlişkin Aihm Kararlarının İncelemeleri (1)</t>
+          <t>6831 Sayılı Kanun Kapsamında Ormanların Ceza Hukuku Yoluyla Korunması</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254326554</t>
+          <t>9786254326868</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Maliye Biliminde Yapay Zeka ve Makine Öğrenimi</t>
+          <t>Yabancı Mahkeme Kararlarının Tanınması ve Tenfizine Engel Bir Sebep Olarak Hukuki Dinlenilme Hakkı İhlali (Ciltli)</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254326264</t>
+          <t>9786254326837</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda Piyasa Bozucu Eylemler (Ciltli)</t>
+          <t>Cezalandırıcı Tazminat (Ciltli)</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786254326189</t>
+          <t>9786254326806</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Tokenize Edilmiş Konişmentolar</t>
+          <t>Konkordato Sürecinde Borçlunun Doğrudan Doğruya İflasına Karar Verilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786254326066</t>
+          <t>9786254326875</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Görüntü Üzerinde Kişilik Hakkı (Ciltli)</t>
+          <t>İcra ve İflas Hukuku Pratik Çalışmalar</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786254326226</t>
+          <t>9786254327001</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Mirasın Paylaşılması (Ciltli)</t>
+          <t>John Rawls ve Norman Barry'de Sosyal Adalet Düşüncesi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254326394</t>
+          <t>9786254326998</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Yargısal Emir Kavramı ve Türk Hukuk Uygulamasındaki Yansımaları</t>
+          <t>Kira İlişkisinin Devri</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>175</v>
+        <v>140</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254326233</t>
+          <t>9786254326585</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Paravan Şirket (Shell Company)</t>
+          <t>Kanundan ve Sözleşmeden Doğan Önalım Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786254326196</t>
+          <t>9786254326967</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Gelişen Teknolojiler ve Hukuk IV : Siber Güvenlik</t>
+          <t>Bireysel İş Hukukunda Arabuluculuk</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>290</v>
+        <v>360</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254326363</t>
+          <t>9786254326561</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklar Hukuku'nda Genel Kurulda Nisaplar</t>
+          <t>Yargıtay Hukuk ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>175</v>
+        <v>725</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254326332</t>
+          <t>9786254326462</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşlemlerde Taşınır Rehni Kanunu'na Göre İşletme Rehninin Kurulması, Konu Yönünden Kapsamı ve Paraya Çevrilmesinin Sözleşmelere Etkisi</t>
+          <t>Anonim Şirkette Sermaye Kaybı ve Borca Batıklık Marmara Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>185</v>
+        <v>400</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254326356</t>
+          <t>9786254326950</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Açısından Türk Devrimi: Cumhuriyet</t>
+          <t>Doğrudan Yabancı Yatırımların Vergilendirilmesi: Türkiye Örneği</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254326301</t>
+          <t>9786254326882</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Deniz Limanlarının İdare Hukuku Açısından Değerlendirilmesi</t>
+          <t>Kira Sözleşmesinde Kiralananın Geri Verilmesi Borcu</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254326349</t>
+          <t>9786254326844</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Bir Siyasal İktidar Modeli Olarak Anarşizm</t>
+          <t>Rekabeti Sınırlayıcı Anlaşma, Uyumlu Eylem ve Kararlardan Doğan Sorumluluk</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254326318</t>
+          <t>9786254326431</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Yönetim Sözleşmesi</t>
+          <t>Banka Anonim Ortaklığında Müşteri Sırrının Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254326288</t>
+          <t>9786254326745</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukuku Açısından Teknoloji Teşebbüslerinin Birleşme ve Devralmaları (Ciltli)</t>
+          <t>Uluslararası Göç ve Mülteci Hukuku Sempozyumu 11-12 Mayıs 2022 - International Symposium on Migration and Refugee Law 11-12 May 2022</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254325991</t>
+          <t>9786254326424</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Finansal Teknoloji Ortaklıkları ve Ödeme Hizmetleri Rejimi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 70 (Ciltli)</t>
+          <t>Milletlerarası Tahkim Yargılamaları Kapsamında Tarafların Temsilcileri ve Temsilcilerin Tabi Olduğu Etik ve Mesleki Kuralların Hukuki Rejimi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 72</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786051527994</t>
+          <t>9786254326486</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Ortaklıklarda Önemli Nitelikteki İşlemler ve Sonuçları (Ciltli)</t>
+          <t>Şirketler İçin Kişisel Verilerin Korunması Hukuku Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254326103</t>
+          <t>9786254326660</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
+          <t>Prof. Dr. H. Ercüment Erdem'e Armağan (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>990</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254326127</t>
+          <t>9786254326509</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Uygulamada Vergi Anlaşması ve Müzakereleri</t>
+          <t>Roma Hukuku Kavram ve Kurumları</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786254326172</t>
+          <t>9786254326790</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>İnternet'e Erişim Hakkı</t>
+          <t>Tescilsiz Tasarımların Hukuken Korunması</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786254326073</t>
+          <t>9786254326783</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Olmayan Markaların Tescili (Ciltli)</t>
+          <t>Türk Hukukunda Sosyal Medya Reklamları</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786254325960</t>
+          <t>9786254326721</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Yargılamasında Videokonferans Yöntemi (Ciltli)</t>
+          <t>Kişilik Haklarının Korunması Çerçevesinde Sanal Evrenler</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>360</v>
+        <v>125</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254325816</t>
+          <t>9786254326714</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Birleşme ve Devralmalarda İnceleme Prosedürü (Ciltli)</t>
+          <t>Çocuk Hukuku I ve II Sempozyum Tam Metin Kitabı</t>
         </is>
       </c>
       <c r="C839" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786254325922</t>
+          <t>9786254326707</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çalışma ve Dijital Çalışmada İşçi Hakları ve Borçları (Ciltli)</t>
+          <t>Yürütme Organının Siyasi Sorumluluğunun Sağlanmasında Alternatif Anayasal Müesseseler</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786254325823</t>
+          <t>9786254326738</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Kamu İcra Hukuku ve 6183 Sayılı Kanun Uygulaması (Ciltli)</t>
+          <t>Limited Şirkette Ayrılma Akçesi</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>1150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254326158</t>
+          <t>9786254326615</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesine Bireysel Başvuru Yolunda Olağan Kanun Yollarının Tüketilmesi Kriteri</t>
+          <t>Bilkent Üniversitesi Hukuk Fakültesi III. Genç Hukukçu Araştırmacılar Sempozyumu</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254326110</t>
+          <t>9786254326820</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yargı Teşkilatında Naib</t>
+          <t>Medeni Usul Hukukunda Maddi Hukuka İlişkin Savunma Vasıtaları</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254326141</t>
+          <t>9786254326417</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Mahkeme Harçları</t>
+          <t>Adi Ortaklıkta Ortaklık Borcunu İfa Eden Ortağın Rücu Talebi (Ciltli)</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786254325755</t>
+          <t>9786254326370</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Politikası Açısından Dijital Piyasaların Düzenlenmesi: E-Ticaret Kanunu ve Rekabet Kanunu Değişiklik Taslağı (Ciltli)</t>
+          <t>Avrupa Birliği ve Türk Veri Koruma Düzenlemeleri Kapsamında Çocuğun Kişisel Verilerinin Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>650</v>
+        <v>330</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254326042</t>
+          <t>9786254326813</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Toplu İpotek</t>
+          <t>Milletlerarası Tahkim Anlaşmasının Kurulması ve Etkisi</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>220</v>
+        <v>455</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254326059</t>
+          <t>9786254326608</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Felsefi/Düşünsel Temelleri ve Tarihsel Örnekleriyle Doğrudan Demokrasi</t>
+          <t>Online Ticarette En İyi Fiyat Garantisi Yoluyla Rekabet İhlali</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786254325984</t>
+          <t>9786254326691</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Yatırım Hukukunun Yeknesaklık Sorununa Enerji Sektöründen Bakış</t>
+          <t>Modern Devletin Güvenlik Anlayışı ve Özel Hayat Hakkı</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786254326080</t>
+          <t>9786254326387</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>İhalenin Feshinde Uygulamadaki Sorunlar</t>
+          <t>Cinsiyete Dayalı Ayrımcılık Yasağı Bağlamında Türk Hukukunda Kadının Soyadı</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>130</v>
+        <v>105</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254326035</t>
+          <t>9786254326400</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliğine Karşı Yeşil Anayasalcılık</t>
+          <t>Eşya Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>375</v>
+        <v>460</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254326004</t>
+          <t>9786254326592</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Türk Soylu Yabancıların Hukuki Rejimi</t>
+          <t>Anonim Şirketlerin Bölünmesinde Yönetim Kurulunun Görev ve Sorumluluğu</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254325632</t>
+          <t>9786254326530</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Hukuku ve Bilgi Edinme Hukuku: Çeşitli Açılardan Bakış</t>
+          <t>Rethinking Rightlessness: The "Right to Have Rights" and the EU-Turkey Statement</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254325830</t>
+          <t>9786254326639</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Pratik Çalışma Kitabı</t>
+          <t>Yargıtay ve Bölge Adliye Mahkemeleri'nin İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2021</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786254325847</t>
+          <t>9786254326455</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sosyal Politikanın Anayasal Gelişimi</t>
+          <t>Polisin Zor ve Silah Kullanma Yetkisi ve Bu Yetkinin İnsan Hakları Standartlarına Uygunluğu</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786254325854</t>
+          <t>9786254326165</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yabancıların Sınır Dışı Edilmesi</t>
+          <t>İçtihatlarla İnsan Hakları Ceza Hukukuna İlişkin Aihm Kararlarının İncelemeleri (1)</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786254325748</t>
+          <t>9786254326554</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Rusya-Ukrayna Krizi ve Uluslararası Hukuk İstanbul Üniversitesi Hukuk Fakültesi Ders Kitapları Dizisi (Ciltli)</t>
+          <t>Maliye Biliminde Yapay Zeka ve Makine Öğrenimi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786254325908</t>
+          <t>9786254326264</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesi İçtihatları Çerçevesinde Örgütlenme Özgürlüğü</t>
+          <t>Sermaye Piyasası Hukukunda Piyasa Bozucu Eylemler (Ciltli)</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786254325915</t>
+          <t>9786254326189</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabetin Elektronik Ortamda Görünüm Biçimleri</t>
+          <t>Karşılaştırmalı Hukukta Tokenize Edilmiş Konişmentolar</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786254325939</t>
+          <t>9786254326066</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>KVKK ve GDPR Kapsamında Ortak Veri Sorumluluğu</t>
+          <t>Görüntü Üzerinde Kişilik Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786254325571</t>
+          <t>9786254326226</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Gemilerin İhtiyati Haczi (Ciltli)</t>
+          <t>Mirasın Paylaşılması (Ciltli)</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>475</v>
+        <v>400</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254325731</t>
+          <t>9786254326394</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda II. Meşrutiyet (1908-1920)</t>
+          <t>Yargısal Emir Kavramı ve Türk Hukuk Uygulamasındaki Yansımaları</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254325762</t>
+          <t>9786254326233</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>İfade Özgürlüğünün İdari Yaptırımlarla Sınırlandırılması</t>
+          <t>Paravan Şirket (Shell Company)</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>110</v>
+        <v>425</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254325700</t>
+          <t>9786254326196</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Yargılama Usulünde İlk Kanun: 1879 Tarihli Usul-i Muhakemat-ı Cezaiye Kanun-ı Muvakkati ve Mahkemelerin Görev ve Yetkisi</t>
+          <t>Gelişen Teknolojiler ve Hukuk IV : Siber Güvenlik</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254325694</t>
+          <t>9786254326363</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Türk Hayvan Mevzuatı El Kitabı</t>
+          <t>Anonim Ortaklıklar Hukuku'nda Genel Kurulda Nisaplar</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254325649</t>
+          <t>9786254326332</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Taşıyanın Gemiyi Sefere Elverişli Halde Bulundurma Yükümlülüğü</t>
+          <t>Ticari İşlemlerde Taşınır Rehni Kanunu'na Göre İşletme Rehninin Kurulması, Konu Yönünden Kapsamı ve Paraya Çevrilmesinin Sözleşmelere Etkisi</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>395</v>
+        <v>185</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786254325670</t>
+          <t>9786254326356</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Roma Borçlar Hukuku Pratik Çalışmaları</t>
+          <t>Hukuk Açısından Türk Devrimi: Cumhuriyet</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786254325380</t>
+          <t>9786254326301</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Açıdan Kripto Varlıklar ve İlk Kriptopara Arzı (Initial Coin Offering) İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 68</t>
+          <t>Türkiye'de Deniz Limanlarının İdare Hukuku Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786254325557</t>
+          <t>9786254326349</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Üst Düzey Yöneticiler (Ciltli)</t>
+          <t>Bir Siyasal İktidar Modeli Olarak Anarşizm</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786254325656</t>
+          <t>9786254326318</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Bir Altkültür Olarak Taraftarlık: Çarşı Grubunun Futbolda Şiddet Algısı</t>
+          <t>Milletlerarası Özel Hukukta Yönetim Sözleşmesi</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254322204</t>
+          <t>9786254326288</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Suç Örgütüne Yardım Etme Suçu İstanbul Ceza Hukuku ve Kriminoloji Arşivi</t>
+          <t>Rekabet Hukuku Açısından Teknoloji Teşebbüslerinin Birleşme ve Devralmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786254321528</t>
+          <t>9786254325991</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Kanununda İşçinin Çalışmaktan Kaçınma Hakkı</t>
+          <t>Finansal Teknoloji Ortaklıkları ve Ödeme Hizmetleri Rejimi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 70 (Ciltli)</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786051525303</t>
+          <t>9786051527994</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Konut ve Çatılı İşyeri Kiralarında Kiracının Ödeme Dışındaki Yan Borçlarına Aykırılığı ve Sözleşmenin Kiraya Veren Tarafından Sona Erdirilmesi (TBK m. 316/2-3) (Ciltli)</t>
+          <t>Halka Açık Anonim Ortaklıklarda Önemli Nitelikteki İşlemler ve Sonuçları (Ciltli)</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786051524139</t>
+          <t>9786254326103</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasa Hukukunda Yasama İşlemleri Teorisi ve Parlamento Kararları</t>
+          <t>Milletlerarası Özel Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>230</v>
+        <v>990</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257528771</t>
+          <t>9786254326127</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Fikri Haklar Kapsamında Fikrin Korunması Sorunsalı ve FSEK Kapsamında Korunan Eserlerin Eğitim-Öğretim Amacıyla Kullanımı</t>
+          <t>Teoride ve Uygulamada Vergi Anlaşması ve Müzakereleri</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254325564</t>
+          <t>9786254326172</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Ulusal İstihdam Stratejisi Kapsamında Kadın Emeği ve Kadın Emeğinin Hukuki Korunması</t>
+          <t>İnternet'e Erişim Hakkı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254325618</t>
+          <t>9786254326073</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Hukuk Çalışmaları</t>
+          <t>Geleneksel Olmayan Markaların Tescili (Ciltli)</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254325595</t>
+          <t>9786254325960</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu Madde Kullanımını Yasallaştırma Eğilimi: Türkiye - Almanya - Hollanda Hukuk Sistemlerinin Karşılaştırılması</t>
+          <t>Hukuk Yargılamasında Videokonferans Yöntemi (Ciltli)</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>185</v>
+        <v>360</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254325601</t>
+          <t>9786254325816</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Şahsi Cezasızlık Sebepleri ve Cezada İndirim Yapılmasını Gerektiren Şahsi Sebepler İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 63</t>
+          <t>Birleşme ve Devralmalarda İnceleme Prosedürü (Ciltli)</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254325489</t>
+          <t>9786254325922</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Şerhi (TMK m. 640-682) Cilt III (Ciltli)</t>
+          <t>Dijital Çalışma ve Dijital Çalışmada İşçi Hakları ve Borçları (Ciltli)</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>700</v>
+        <v>390</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254325472</t>
+          <t>9786254325823</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Şerhi (TMK m. 575-639) Cilt II (Ciltli)</t>
+          <t>Kamu İcra Hukuku ve 6183 Sayılı Kanun Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>950</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786254325496</t>
+          <t>9786254326158</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Dijital İmece - Blokzinciri Tabanlı Kitle Fonlaması (Ciltli)</t>
+          <t>Anayasa Mahkemesine Bireysel Başvuru Yolunda Olağan Kanun Yollarının Tüketilmesi Kriteri</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254325441</t>
+          <t>9786254326110</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Tahkim Yargılaması İkinci Bölüm - Tahkim Okulu Paneller Serisi Cilt - 3 (Ciltli)</t>
+          <t>Osmanlı Yargı Teşkilatında Naib</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>410</v>
+        <v>300</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786254325519</t>
+          <t>9786254326141</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarının Korunmasında Uluslararası Hükümet Dışı Kuruluşların Tanınması ve Rolü (Ciltli)</t>
+          <t>Mahkeme Harçları</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>385</v>
+        <v>375</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786254325427</t>
+          <t>9786254325755</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukuku Bakımından Kripto Varlıklar (Ciltli)</t>
+          <t>Rekabet Politikası Açısından Dijital Piyasaların Düzenlenmesi: E-Ticaret Kanunu ve Rekabet Kanunu Değişiklik Taslağı (Ciltli)</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>290</v>
+        <v>650</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786254325540</t>
+          <t>9786254326042</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklarda Yönetim Kurulu Üyesinin Görevden Alınması (Ciltli)</t>
+          <t>Toplu İpotek</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786254325465</t>
+          <t>9786254326059</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Siber Savaşa İlişkin Temel Esaslar</t>
+          <t>Felsefi/Düşünsel Temelleri ve Tarihsel Örnekleriyle Doğrudan Demokrasi</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786254325458</t>
+          <t>9786254325984</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Yapım Süreci ve İçeriği ile Anayasacılık Açısından Farklı Bir Deneyim Üzerine İnceleme: 2009 Bolivya Anayasası</t>
+          <t>Milletlerarası Yatırım Hukukunun Yeknesaklık Sorununa Enerji Sektöründen Bakış</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786254325533</t>
+          <t>9786254326080</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda İkale</t>
+          <t>İhalenin Feshinde Uygulamadaki Sorunlar</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254325502</t>
+          <t>9786254326035</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Bankacılık Faaliyetleri Kapsamında Düzensiz Vedia (Depositum Irregulare)</t>
+          <t>İklim Değişikliğine Karşı Yeşil Anayasalcılık</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>160</v>
+        <v>620</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254325359</t>
+          <t>9786254326004</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Şehir Planlama Hukuku (Ciltli)</t>
+          <t>Türk Soylu Yabancıların Hukuki Rejimi</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786254325311</t>
+          <t>9786254325632</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret ve Çevrimiçi Pazaryerleri Üzerinden Satılanın Ayıbından Sorumluluk (Ciltli)</t>
+          <t>Kişisel Verilerin Korunması Hukuku ve Bilgi Edinme Hukuku: Çeşitli Açılardan Bakış</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>290</v>
+        <v>850</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254325403</t>
+          <t>9786254325830</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Roma Klasik Hukukundan Modern Hukuklara Obligatio Naturalis (Tabii Borç)</t>
+          <t>İdare Hukuku Pratik Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>235</v>
+        <v>130</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786254325397</t>
+          <t>9786254325847</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>11. Uluslararası Suç ve Ceza Film Festivali "Herkes İçin Çevre Adaleti" Tebliğler</t>
+          <t>Türkiye'de Sosyal Politikanın Anayasal Gelişimi</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786254325328</t>
+          <t>9786254325854</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Ortaklıklar Hukuku Uygulama Çalışmaları - II</t>
+          <t>Türk Hukukunda Yabancıların Sınır Dışı Edilmesi</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786254325236</t>
+          <t>9786254325748</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Perspektifinden Rekabetin Korunması (Ciltli)</t>
+          <t>Rusya-Ukrayna Krizi ve Uluslararası Hukuk İstanbul Üniversitesi Hukuk Fakültesi Ders Kitapları Dizisi (Ciltli)</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>465</v>
+        <v>300</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786254325120</t>
+          <t>9786254325908</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirket Pay Sahiplerinin Vazgeçilemez Nitelikteki Hakları ve Bu Hakların İhlalinin Hukuki Neticeleri</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesi İçtihatları Çerçevesinde Örgütlenme Özgürlüğü</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786254325229</t>
+          <t>9786254325915</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Patent Hakkına İlişkin İstisnalar ve Sınırlamalar İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 66 (Ciltli)</t>
+          <t>Haksız Rekabetin Elektronik Ortamda Görünüm Biçimleri</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786254325373</t>
+          <t>9786254325939</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Toplu İş Sözleşmesinden Yararlanma</t>
+          <t>KVKK ve GDPR Kapsamında Ortak Veri Sorumluluğu</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786254325366</t>
+          <t>9786254325571</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Resosyalizasyon ve Umut Hakkı Işığında Koşullu Salıverilme</t>
+          <t>Gemilerin İhtiyati Haczi (Ciltli)</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>140</v>
+        <v>475</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786254325335</t>
+          <t>9786254325731</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Manevi, Mali ve Bağlantılı Haklara Tecavüz Suçları (FSEK m. 71/1-1)</t>
+          <t>Türk Hukukunda II. Meşrutiyet (1908-1920)</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786254325281</t>
+          <t>9786254325762</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Tuğrul Ansay Anısına: Anonim Şirketler Hukukunun Gelecek On Yılı</t>
+          <t>İfade Özgürlüğünün İdari Yaptırımlarla Sınırlandırılması</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254325182</t>
+          <t>9786254325700</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Örtülü Sermaye -Uluslararası Düzenlemeler ve Türkiye Uygulaması - İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Doktora Tezleri Dizisi No: 3</t>
+          <t>Türk Ceza Yargılama Usulünde İlk Kanun: 1879 Tarihli Usul-i Muhakemat-ı Cezaiye Kanun-ı Muvakkati ve Mahkemelerin Görev ve Yetkisi</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>535</v>
+        <v>120</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786254325243</t>
+          <t>9786254325694</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeye Müdahaleden Doğan Haksız Fiil Sorumluluğu (Ciltli)</t>
+          <t>Türk Hayvan Mevzuatı El Kitabı</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786254325168</t>
+          <t>9786254325649</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Hakkının Komşuluk Hukukundan Doğan Sınırlamaları (Ciltli)</t>
+          <t>Taşıyanın Gemiyi Sefere Elverişli Halde Bulundurma Yükümlülüğü</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786254325250</t>
+          <t>9786254325670</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Tek Satıcının Rekabet Yasağı (Ciltli)</t>
+          <t>Roma Borçlar Hukuku Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254325199</t>
+          <t>9786254325380</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirketlerde Sermaye Borcunun İfasında Temerrüt ve Iskat Yaptırımı</t>
+          <t>Hukuki Açıdan Kripto Varlıklar ve İlk Kriptopara Arzı (Initial Coin Offering) İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 68</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786254325076</t>
+          <t>9786254325557</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Yorum - Hukuk Yaratma ve İçtihadı Birleştirme Kararları (Ciltli)</t>
+          <t>İş Hukukunda Üst Düzey Yöneticiler (Ciltli)</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786254325205</t>
+          <t>9786254325656</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>İslam Arazi Hukukunun Oluşumu</t>
+          <t>Bir Altkültür Olarak Taraftarlık: Çarşı Grubunun Futbolda Şiddet Algısı</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786254325212</t>
+          <t>9786254322204</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Karşılıklı Etkileşim Araçları Bağlamında Cumhurbaşkanlığı Hükümet Sistemi</t>
+          <t>Suç Örgütüne Yardım Etme Suçu İstanbul Ceza Hukuku ve Kriminoloji Arşivi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786254325083</t>
+          <t>9786254321528</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Deniz Araçları Sorumluluk Sigortası Sözleşmesi (Ciltli)</t>
+          <t>İş Sağlığı ve Güvenliği Kanununda İşçinin Çalışmaktan Kaçınma Hakkı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786254325069</t>
+          <t>9786051525303</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde İlişkili Taraf İşlemleri (Ciltli)</t>
+          <t>Konut ve Çatılı İşyeri Kiralarında Kiracının Ödeme Dışındaki Yan Borçlarına Aykırılığı ve Sözleşmenin Kiraya Veren Tarafından Sona Erdirilmesi (TBK m. 316/2-3) (Ciltli)</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>570</v>
+        <v>265</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786254325052</t>
+          <t>9786051524139</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Güncel Yargı Kararları Işığında Soru ve Cevaplarla Miras Hukuku - 1 (Ciltli)</t>
+          <t>Türk Anayasa Hukukunda Yasama İşlemleri Teorisi ve Parlamento Kararları</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786254325137</t>
+          <t>9786257528771</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uyuşmazlıklarında Yeni Bir İdari Çözüm Yolu Olarak "İzaha Davet" Müessesesi</t>
+          <t>Fikri Haklar Kapsamında Fikrin Korunması Sorunsalı ve FSEK Kapsamında Korunan Eserlerin Eğitim-Öğretim Amacıyla Kullanımı</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>265</v>
+        <v>100</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254325144</t>
+          <t>9786254325564</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukukunda İşkence Soruşturması</t>
+          <t>Ulusal İstihdam Stratejisi Kapsamında Kadın Emeği ve Kadın Emeğinin Hukuki Korunması</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254325014</t>
+          <t>9786254325618</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Bakımdan Anonim Ortaklıkta Çalışanların Yönetime Katılımı (Ciltli)</t>
+          <t>Kadın ve Hukuk Çalışmaları</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786254325113</t>
+          <t>9786254325595</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Velayet Hakkı Bağlamında Çocuğun Üstün Yararı İlkesinin Anayasal Değerlendirmesi</t>
+          <t>Uyuşturucu Madde Kullanımını Yasallaştırma Eğilimi: Türkiye - Almanya - Hollanda Hukuk Sistemlerinin Karşılaştırılması</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254324895</t>
+          <t>9786254325601</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Makaleler (3 Cilt) (Ciltli)</t>
+          <t>Şahsi Cezasızlık Sebepleri ve Cezada İndirim Yapılmasını Gerektiren Şahsi Sebepler İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 63</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>2500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786254324970</t>
+          <t>9786254325489</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Kat Mülkiyeti I (Ciltli)</t>
+          <t>Miras Hukuku Şerhi (TMK m. 640-682) Cilt III (Ciltli)</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>850</v>
+        <v>700</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254325106</t>
+          <t>9786254325472</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Ceninin Yaşam Hakkı</t>
+          <t>Miras Hukuku Şerhi (TMK m. 575-639) Cilt II (Ciltli)</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254325090</t>
+          <t>9786254325496</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Mağdur Suçlayıcılık (Türk ve Amerikan Toplumlarının Mağdur Algılarının Betimlenmesi) (Ciltli)</t>
+          <t>Dijital İmece - Blokzinciri Tabanlı Kitle Fonlaması (Ciltli)</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786254325021</t>
+          <t>9786254325441</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Rekabet Hukuku Seminerleri 2022 (Ciltli)</t>
+          <t>Tahkim Yargılaması İkinci Bölüm - Tahkim Okulu Paneller Serisi Cilt - 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>750</v>
+        <v>410</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254324932</t>
+          <t>9786254325519</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Veri Hukuku (Ciltli)</t>
+          <t>İnsan Haklarının Korunmasında Uluslararası Hükümet Dışı Kuruluşların Tanınması ve Rolü (Ciltli)</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>360</v>
+        <v>385</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254324963</t>
+          <t>9786254325427</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketler Hukukunda İbra (Ciltli)</t>
+          <t>Sermaye Piyasası Hukuku Bakımından Kripto Varlıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>365</v>
+        <v>290</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254324994</t>
+          <t>9786254325540</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Ormanlardan Yararlanma Rejimi (Ciltli)</t>
+          <t>Anonim Ortaklıklarda Yönetim Kurulu Üyesinin Görevden Alınması (Ciltli)</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>510</v>
+        <v>400</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254324987</t>
+          <t>9786254325465</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hukuku (Ciltli)</t>
+          <t>Uluslararası Hukukta Siber Savaşa İlişkin Temel Esaslar</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254325007</t>
+          <t>9786254325458</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Göçmen İşçilerin Sosyal Güvenlik Hakları</t>
+          <t>Yapım Süreci ve İçeriği ile Anayasacılık Açısından Farklı Bir Deneyim Üzerine İnceleme: 2009 Bolivya Anayasası</t>
         </is>
       </c>
       <c r="C926" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254325038</t>
+          <t>9786254325533</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Hukuk-ı Hususiyye-i Düvel - Türkiye'de Yazılmış İlk Devletler Özel Hukuku Ders Kitabı</t>
+          <t>Türk İş Hukukunda İkale</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>295</v>
+        <v>95</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254325045</t>
+          <t>9786254325502</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Hastanın Kendi Geleceğini Belirleme Hakkı</t>
+          <t>Roma Hukukunda Bankacılık Faaliyetleri Kapsamında Düzensiz Vedia (Depositum Irregulare)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254324956</t>
+          <t>9786254325359</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Borsada İşlem Görmeyen Nama Yazılı Paylar Üzerinde Kaçınma Klozunun Kullanılması</t>
+          <t>Şehir Planlama Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>95</v>
+        <v>300</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254324802</t>
+          <t>9786254325311</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Yürürlüğünün 10. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu - VI - (Tebliğler - Tartışmalar) 11 Kasım 2022</t>
+          <t>E-Ticaret ve Çevrimiçi Pazaryerleri Üzerinden Satılanın Ayıbından Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254324789</t>
+          <t>9786254325403</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Sebepsiz Zenginleşmeye Uygulanacak Hukuk - İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 40 (Ciltli)</t>
+          <t>Roma Klasik Hukukundan Modern Hukuklara Obligatio Naturalis (Tabii Borç)</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>440</v>
+        <v>235</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786254324857</t>
+          <t>9786254325397</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Mevduat Rehni Özelinde Alacak Rehni</t>
+          <t>11. Uluslararası Suç ve Ceza Film Festivali "Herkes İçin Çevre Adaleti" Tebliğler</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>535</v>
+        <v>600</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786254324758</t>
+          <t>9786254325328</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Örgütlerde Hesap Verebilirlik Arayışı: Dünya Bankası Teftiş Paneli Örneği</t>
+          <t>Ortaklıklar Hukuku Uygulama Çalışmaları - II</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786254324826</t>
+          <t>9786254325236</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yararı Ekseninde "Özel" Kişi Yararına "Kamu"laştırma</t>
+          <t>İdare Hukuku Perspektifinden Rekabetin Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>140</v>
+        <v>465</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786254324727</t>
+          <t>9786254325120</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Türk Aile ve Miras Hukukunda Ayni İkame (Ciltli)</t>
+          <t>Anonim Şirket Pay Sahiplerinin Vazgeçilemez Nitelikteki Hakları ve Bu Hakların İhlalinin Hukuki Neticeleri</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786254324741</t>
+          <t>9786254325229</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Açısından Taşınmaz Mülkiyetine Elatmanın Önlenmesi Davası (Ciltli)</t>
+          <t>Patent Hakkına İlişkin İstisnalar ve Sınırlamalar İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 66 (Ciltli)</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786254324765</t>
+          <t>9786254325373</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Açıdan Sermaye Piyasasında Özel Durum Açıklamaları (Ciltli)</t>
+          <t>Toplu İş Sözleşmesinden Yararlanma</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786254324604</t>
+          <t>9786254325366</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Kanuna Karşı Hile (Ciltli)</t>
+          <t>Resosyalizasyon ve Umut Hakkı Işığında Koşullu Salıverilme</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254324659</t>
+          <t>9786254325335</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Teknolojileri Kapsamında İdarenin Sorumluluğu (Ciltli)</t>
+          <t>Manevi, Mali ve Bağlantılı Haklara Tecavüz Suçları (FSEK m. 71/1-1)</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>410</v>
+        <v>125</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254324673</t>
+          <t>9786254325281</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Taşıyanın Eşyayı Teslim Etme Borcu (Ciltli)</t>
+          <t>Prof. Dr. Tuğrul Ansay Anısına: Anonim Şirketler Hukukunun Gelecek On Yılı</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>305</v>
+        <v>260</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254324680</t>
+          <t>9786254325182</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukukunda Hukuki Dinlenilme Hakkı (Ciltli)</t>
+          <t>Vergi Hukukunda Örtülü Sermaye -Uluslararası Düzenlemeler ve Türkiye Uygulaması - İstanbul Üniversitesi Hukuk Fakültesi Mali Hukuk Doktora Tezleri Dizisi No: 3</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>260</v>
+        <v>535</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254324796</t>
+          <t>9786254325243</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>10. Uluslararası Suç ve Ceza Film Festivali "Ben Masumum" Tebliğler</t>
+          <t>Sözleşmeye Müdahaleden Doğan Haksız Fiil Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>375</v>
+        <v>260</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786254324697</t>
+          <t>9786254325168</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Özel Yaşamının Gizliliğinin Korunması Hakkı</t>
+          <t>Mülkiyet Hakkının Komşuluk Hukukundan Doğan Sınırlamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254324703</t>
+          <t>9786254325250</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ya da Neticeler: İfade Özgürlüğü Bağlamında Çevrimiçi Bilgi Çarpıtmayla Mücadele</t>
+          <t>Tek Satıcının Rekabet Yasağı (Ciltli)</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786254324666</t>
+          <t>9786254325199</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerin Yönetim Sözleşmesi Kapsamında Yönetimi ve Sonuçları</t>
+          <t>Limited Şirketlerde Sermaye Borcunun İfasında Temerrüt ve Iskat Yaptırımı</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786254324246</t>
+          <t>9786254325076</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Hakem Kararlarının İptali Sebepleri</t>
+          <t>Medeni Usul Hukukunda Yorum - Hukuk Yaratma ve İçtihadı Birleştirme Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>430</v>
+        <v>440</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254324611</t>
+          <t>9786254325205</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi ve İnfaz Hukukunda Akıl Hastalığı ve Alternatif Bir Model Olarak Akıl Sağlığı Mahkemeleri</t>
+          <t>İslam Arazi Hukukunun Oluşumu</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>265</v>
+        <v>75</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786254324635</t>
+          <t>9786254325212</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet - Osmanlı Kanun-ı Esasisi'nde Yasama ve Yürütmenin Seyri</t>
+          <t>Karşılıklı Etkileşim Araçları Bağlamında Cumhurbaşkanlığı Hükümet Sistemi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>95</v>
+        <v>260</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786254324598</t>
+          <t>9786254325083</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Tanıklık</t>
+          <t>Deniz Araçları Sorumluluk Sigortası Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786254324628</t>
+          <t>9786254325069</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Adli Para Cezası - İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 55</t>
+          <t>Anonim Şirketlerde İlişkili Taraf İşlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>155</v>
+        <v>570</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786254324574</t>
+          <t>9786254325052</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>A Critical Approach and Recommendations on Force Majeure in Tax Law and Its Legal Consequences - Tax Law Research Series 2</t>
+          <t>Güncel Yargı Kararları Işığında Soru ve Cevaplarla Miras Hukuku - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786254324642</t>
+          <t>9786254325137</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Pazarının Temel Taşları: Serbest Dolaşım ve Rekabet</t>
+          <t>Vergi Uyuşmazlıklarında Yeni Bir İdari Çözüm Yolu Olarak "İzaha Davet" Müessesesi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>135</v>
+        <v>265</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786254324581</t>
+          <t>9786254325144</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Pratik Çalışmaları</t>
+          <t>İnsan Hakları Hukukunda İşkence Soruşturması</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786254324161</t>
+          <t>9786254325014</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası İnşaat Sözleşmeleri (Ciltli)</t>
+          <t>Hukuki Bakımdan Anonim Ortaklıkta Çalışanların Yönetime Katılımı (Ciltli)</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>735</v>
+        <v>280</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786254324512</t>
+          <t>9786254325113</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Balcıoğlu Selçuk Ardıyok Keki Avukatlık Ortaklığı CORE Makaleleri - I (Ciltli)</t>
+          <t>Velayet Hakkı Bağlamında Çocuğun Üstün Yararı İlkesinin Anayasal Değerlendirmesi</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254324154</t>
+          <t>9786254324895</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Sözleşmelerinin Ülke Dışına Uygulanabilirliği Çerçevesinde Devletin Yetkisi ve Sorumluluğu</t>
+          <t>Makaleler (3 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>425</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786254324215</t>
+          <t>9786254324970</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması Uyarınca Sözleşmenin Esaslı İhlali (TBK- CISG)</t>
+          <t>Kat Mülkiyeti I (Ciltli)</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>390</v>
+        <v>850</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786254324208</t>
+          <t>9786254325106</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Süreli İpotek ve Sona Ermesi (TMK m. 883 / 2 Hükmünün İncelenmesi)</t>
+          <t>Ceninin Yaşam Hakkı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786254324529</t>
+          <t>9786254325090</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Alanındaki Güncel Yargıtay Kararlarının Değerlendirilmesi Sempozyumları Cilt IV - Miras Hukuku</t>
+          <t>Mağdur Suçlayıcılık (Türk ve Amerikan Toplumlarının Mağdur Algılarının Betimlenmesi) (Ciltli)</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>195</v>
+        <v>120</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786254324550</t>
+          <t>9786254325021</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Hakları: Çevre Hukukuna Alternatif Bir Kuram</t>
+          <t>Uygulamalı Rekabet Hukuku Seminerleri 2022 (Ciltli)</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>530</v>
+        <v>750</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786254324567</t>
+          <t>9786254324932</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Seminerleri Dizisi 28 Aralık 2020-26 Mayıs 2021 (çevrimiçi) SCPO Marmara</t>
+          <t>Veri Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254324307</t>
+          <t>9786254324963</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Ceza Hukukunda Tazir Suç ve Cezaları</t>
+          <t>Anonim Şirketler Hukukunda İbra (Ciltli)</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>80</v>
+        <v>365</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786254324000</t>
+          <t>9786254324994</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Hukukunda Tazminat Avansı ve Gider Avansı (Ciltli)</t>
+          <t>İdare Hukuku Açısından Ormanlardan Yararlanma Rejimi (Ciltli)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>150</v>
+        <v>510</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254323997</t>
+          <t>9786254324987</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Tahkim Benzeri Uyuşmazlık Çözüm Yolları (Ciltli)</t>
+          <t>Uzay Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>475</v>
+        <v>190</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254323225</t>
+          <t>9786254325007</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu Hükümleri Çerçevesinde Taşıma İşleri Komisyonculuğu (Ciltli)</t>
+          <t>Göçmen İşçilerin Sosyal Güvenlik Hakları</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>515</v>
+        <v>120</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786254324123</t>
+          <t>9786254325038</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Gözüyle Blok Zincir ve Sigorta</t>
+          <t>Hukuk-ı Hususiyye-i Düvel - Türkiye'de Yazılmış İlk Devletler Özel Hukuku Ders Kitabı</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786254324239</t>
+          <t>9786254325045</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketin Sosyal Sorumluluğu</t>
+          <t>Hastanın Kendi Geleceğini Belirleme Hakkı</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>315</v>
+        <v>265</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786254324130</t>
+          <t>9786254324956</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Pandemisi Üzerinden Ulus Devleti Yeniden Düşünmek -Salgın Hastalıklar ve İktidarın Dönüşümü Bağlamında Bir İnceleme</t>
+          <t>Anonim Şirketlerde Borsada İşlem Görmeyen Nama Yazılı Paylar Üzerinde Kaçınma Klozunun Kullanılması</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>280</v>
+        <v>95</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786254323966</t>
+          <t>9786254324802</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>İki Ortaklı Limited Şirketlerde Kilitlenme (PAT) Durumu (Ciltli)</t>
+          <t>Yürürlüğünün 10. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu - VI - (Tebliğler - Tartışmalar) 11 Kasım 2022</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786254323935</t>
+          <t>9786254324789</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda Yetki Sözleşmeleri (Ciltli)</t>
+          <t>Sebepsiz Zenginleşmeye Uygulanacak Hukuk - İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 40 (Ciltli)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>185</v>
+        <v>440</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786254323942</t>
+          <t>9786254324857</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlileri Hakkında Uygulanan Hediye Alma Yasağı (Ciltli)</t>
+          <t>Mevduat Rehni Özelinde Alacak Rehni</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>140</v>
+        <v>535</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786254324093</t>
+          <t>9786254324758</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Turkish Individual Labour Law (Ciltli)</t>
+          <t>Uluslararası Örgütlerde Hesap Verebilirlik Arayışı: Dünya Bankası Teftiş Paneli Örneği</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786254324055</t>
+          <t>9786254324826</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet Hukuku (Türk Ticaret Kanunu m. 54-63 Şerhi)</t>
+          <t>Kamu Yararı Ekseninde "Özel" Kişi Yararına "Kamu"laştırma</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>585</v>
+        <v>140</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786254324048</t>
+          <t>9786254324727</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Dijital Platform Çalışanlarının Hukuki Statüsü (İş ve Sosyal Güvenlik Hukuku Bakımından)</t>
+          <t>Türk Aile ve Miras Hukukunda Ayni İkame (Ciltli)</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>525</v>
+        <v>300</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786254324062</t>
+          <t>9786254324741</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukuku</t>
+          <t>Medeni Usul Hukuku Açısından Taşınmaz Mülkiyetine Elatmanın Önlenmesi Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>110</v>
+        <v>260</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786254323812</t>
+          <t>9786254324765</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>İşçi Buluşları (Ciltli)</t>
+          <t>Hukuki Açıdan Sermaye Piyasasında Özel Durum Açıklamaları (Ciltli)</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786254323898</t>
+          <t>9786254324604</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukukunda İkale Sözleşmesi (Ciltli)</t>
+          <t>Kanuna Karşı Hile (Ciltli)</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>305</v>
+        <v>240</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786254323928</t>
+          <t>9786254324659</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Olmayan Vekaletsiz İş Görme ve Menfaat Devri Yaptırımı (Ciltli)</t>
+          <t>Yapay Zeka Teknolojileri Kapsamında İdarenin Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786254323805</t>
+          <t>9786254324673</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkimde Hakemlerin Doğal Yetkileri (Ciltli)</t>
+          <t>Taşıyanın Eşyayı Teslim Etme Borcu (Ciltli)</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>325</v>
+        <v>305</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786254323973</t>
+          <t>9786254324680</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Gıda Güvenliğine İlişkin Faaliyetleri</t>
+          <t>Milletlerarası Usul Hukukunda Hukuki Dinlenilme Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786254323980</t>
+          <t>9786254324796</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Tebliğ İşleminin Usulsüz Yapılmasında Hukuki Sorumluluk</t>
+          <t>10. Uluslararası Suç ve Ceza Film Festivali "Ben Masumum" Tebliğler</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786254324017</t>
+          <t>9786254324697</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Bir Ethos Olarak Kulluk - Pandemiye Haklar Çerçevesinden Bakmak Yahut Biyopolitik Bir Giriş</t>
+          <t>Çocuğun Özel Yaşamının Gizliliğinin Korunması Hakkı</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786254324024</t>
+          <t>9786254324703</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Şüf'a Hakkı</t>
+          <t>Hakikat ya da Neticeler: İfade Özgürlüğü Bağlamında Çevrimiçi Bilgi Çarpıtmayla Mücadele</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>110</v>
+        <v>175</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786254324079</t>
+          <t>9786254324666</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Açma ve Çalışma Ruhsatının Sona Ermesi</t>
+          <t>Anonim Şirketlerin Yönetim Sözleşmesi Kapsamında Yönetimi ve Sonuçları</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>75</v>
+        <v>275</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786254321771</t>
+          <t>9786254324246</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Koruma Kurulu Kararları</t>
+          <t>Medeni Usul Hukukunda Hakem Kararlarının İptali Sebepleri</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786254323775</t>
+          <t>9786254324611</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar - 5</t>
+          <t>Ceza Muhakemesi ve İnfaz Hukukunda Akıl Hastalığı ve Alternatif Bir Model Olarak Akıl Sağlığı Mahkemeleri</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>355</v>
+        <v>265</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786254323850</t>
+          <t>9786254324635</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Türkiye'de Taşınmaz Mal Edinmeleri</t>
+          <t>Meşrutiyet - Osmanlı Kanun-ı Esasisi'nde Yasama ve Yürütmenin Seyri</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>265</v>
+        <v>95</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786254323867</t>
+          <t>9786254324598</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması ve Rekabet Hukuku Bağlamında Veri Taşınabilirliği Hakkı</t>
+          <t>Roma Hukukunda Tanıklık</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>95</v>
+        <v>155</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786254323782</t>
+          <t>9786254324628</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>İdari Faaliyetlerde İşlenen Kişisel Verilerin İdare Tarafından Korunması</t>
+          <t>Türk Ceza Hukukunda Adli Para Cezası - İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 55</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>150</v>
+        <v>155</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786254323621</t>
+          <t>9786254324574</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Unsurlu İş Sözleşmelerinde İşçilik Alacakları</t>
+          <t>A Critical Approach and Recommendations on Force Majeure in Tax Law and Its Legal Consequences - Tax Law Research Series 2</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786254323645</t>
+          <t>9786254324642</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'ne Bireysel Başvuru ve Kararların Medeni Usul Hukukuna Etkileri (Ciltli)</t>
+          <t>Avrupa Birliği Pazarının Temel Taşları: Serbest Dolaşım ve Rekabet</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>640</v>
+        <v>135</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786254323539</t>
+          <t>9786254324581</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Hakim Pay Sahibinin Azınlığı Şirketten Çıkarma Hakkı (Squeeze-out) (Ciltli)</t>
+          <t>Borçlar Hukuku Pratik Çalışmaları</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>610</v>
+        <v>150</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786254323614</t>
+          <t>9786254324161</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar (Mahkeme Kararları ile Birlikte) Cilt XVI: 2019 (Ciltli)</t>
+          <t>Milletlerarası İnşaat Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>390</v>
+        <v>735</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786254323829</t>
+          <t>9786254324512</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Digital Criminal Justice: a Studybook Selected Topics for Learners and Researchers</t>
+          <t>Balcıoğlu Selçuk Ardıyok Keki Avukatlık Ortaklığı CORE Makaleleri - I (Ciltli)</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>115</v>
+        <v>165</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786254323799</t>
+          <t>9786254324154</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kadına Karşı Şiddetin Bir Görünümü Olarak Femisid</t>
+          <t>İnsan Hakları Sözleşmelerinin Ülke Dışına Uygulanabilirliği Çerçevesinde Devletin Yetkisi ve Sorumluluğu</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>130</v>
+        <v>425</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786254323843</t>
+          <t>9786254324215</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukun Emredici Normları</t>
+          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması Uyarınca Sözleşmenin Esaslı İhlali (TBK- CISG)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786254323478</t>
+          <t>9786254324208</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda İlişkili İşlem Tanımı (Ciltli)</t>
+          <t>Süreli İpotek ve Sona Ermesi (TMK m. 883 / 2 Hükmünün İncelenmesi)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786254323584</t>
+          <t>9786254324529</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Türk Marka Hukuku (Ciltli)</t>
+          <t>Medeni Hukuk Alanındaki Güncel Yargıtay Kararlarının Değerlendirilmesi Sempozyumları Cilt IV - Miras Hukuku</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>1000</v>
+        <v>195</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786254323447</t>
+          <t>9786254324550</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Temsil ve Temsil Yetkisinin Devri (Ciltli)</t>
+          <t>Doğanın Hakları: Çevre Hukukuna Alternatif Bir Kuram</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>425</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786254323768</t>
+          <t>9786254324567</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkim ve Usul Hukukuna İlişkin Güncel Meseleler</t>
+          <t>İnsan Hakları Seminerleri Dizisi 28 Aralık 2020-26 Mayıs 2021 (çevrimiçi) SCPO Marmara</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>305</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786254323690</t>
+          <t>9786254324307</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>KHAS Hukuk Bülteni 2021-2022 Akademik Yılı Derlemesi</t>
+          <t>Klasik Dönem Osmanlı Ceza Hukukunda Tazir Suç ve Cezaları</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>285</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786254323720</t>
+          <t>9786254324000</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Tüketim Ödüncü Sözleşmesi (Karz Akdi-Mutuum)</t>
+          <t>Sigorta Hukukunda Tazminat Avansı ve Gider Avansı (Ciltli)</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786254323553</t>
+          <t>9786254323997</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarında Faydacı Teori: Avrupa İnsan Hakları Mahkemesi'nin Ölçülülük Testi (Ciltli)</t>
+          <t>Türk Hukukunda Tahkim Benzeri Uyuşmazlık Çözüm Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786254323744</t>
+          <t>9786254323225</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Cinsel Suç Mağdurlarının Yardım Arama Deneyimleri ve Destek Mekanizmalarına İlişkin Algıları İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 58</t>
+          <t>6102 Sayılı Türk Ticaret Kanunu Hükümleri Çerçevesinde Taşıma İşleri Komisyonculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>145</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786254323751</t>
+          <t>9786254324123</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Milli Tahkim Kapsamında Tahkime Elverişlilik</t>
+          <t>Hukuk Gözüyle Blok Zincir ve Sigorta</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786254323683</t>
+          <t>9786254324239</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Alacaklının Temerrüdü</t>
+          <t>Anonim Şirketin Sosyal Sorumluluğu</t>
         </is>
       </c>
       <c r="C1006" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786254323607</t>
+          <t>9786254324130</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Hukuk - Cilt 4</t>
+          <t>COVID-19 Pandemisi Üzerinden Ulus Devleti Yeniden Düşünmek -Salgın Hastalıklar ve İktidarın Dönüşümü Bağlamında Bir İnceleme</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786254323591</t>
+          <t>9786254323966</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Adalet Divanı Kararlarında Ne Bis in Idem İlkesi</t>
+          <t>İki Ortaklı Limited Şirketlerde Kilitlenme (PAT) Durumu (Ciltli)</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786254323652</t>
+          <t>9786254323935</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Genç Hukukçular Sempozyumu 2021 Tam Metin Kitabı (2 Cilt)</t>
+          <t>Medeni Yargılama Hukukunda Yetki Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>771</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786254323515</t>
+          <t>9786254323942</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Sigortasında Sigorta Himayesinin Kapsamı (Ciltli)</t>
+          <t>Kamu Görevlileri Hakkında Uygulanan Hediye Alma Yasağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786254323409</t>
+          <t>9786254324093</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Saf İnançlı İşlemler (Ciltli)</t>
+          <t>Turkish Individual Labour Law (Ciltli)</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786254323492</t>
+          <t>9786254324055</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Sınıraşan Akiferlere Dair Hukuki Rejim İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Doktora Tezleri Dizisi No: 5 (Ciltli)</t>
+          <t>Haksız Rekabet Hukuku (Türk Ticaret Kanunu m. 54-63 Şerhi)</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>335</v>
+        <v>585</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786254323713</t>
+          <t>9786254324048</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>TCK 142. Madde Düşünce Özgürlüğü ve Uygulama</t>
+          <t>Dijital Platform Çalışanlarının Hukuki Statüsü (İş ve Sosyal Güvenlik Hukuku Bakımından)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>55</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786254323508</t>
+          <t>9786254324062</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Karşı Edim Olarak Kişisel Veriler (Ciltli)</t>
+          <t>Aile Hukuku</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>375</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786254323485</t>
+          <t>9786254323812</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketler Hukukunda Şirket Malvarlığının Korunması (Ciltli)</t>
+          <t>İşçi Buluşları (Ciltli)</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>475</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786254322914</t>
+          <t>9786254323898</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Verildiği Ülkede İptal Edilen Yabancı Hakem Kararlarının Tanınması ve Tenfizi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 36</t>
+          <t>Türk Borçlar Hukukunda İkale Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>300</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786254322907</t>
+          <t>9786254323928</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Uyuşmazlıklarında Uygulama (Ciltli)</t>
+          <t>Gerçek Olmayan Vekaletsiz İş Görme ve Menfaat Devri Yaptırımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>185</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786254323218</t>
+          <t>9786254323805</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Açısından Adi Ortaklık İlişkileri (Ciltli)</t>
+          <t>Milletlerarası Tahkimde Hakemlerin Doğal Yetkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>370</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786254323034</t>
+          <t>9786254323973</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nde Yenilenebilir Enerji Yatırımlarının Teşvikine Dair Düzenlemelerin Avrupa Birliği Hukukuna Uygunluğunun Değerlendirilmesi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 35</t>
+          <t>İdarenin Gıda Güvenliğine İlişkin Faaliyetleri</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786254322945</t>
+          <t>9786254323980</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Hukuk Ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları (Ciltli)</t>
+          <t>Türk Vergi Hukukunda Tebliğ İşleminin Usulsüz Yapılmasında Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786254323454</t>
+          <t>9786254324017</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Genel Veri Koruma Tüzüğü Doğrultusunda Profilleme ve Otomatik Karar Alma</t>
+          <t>Bir Ethos Olarak Kulluk - Pandemiye Haklar Çerçevesinden Bakmak Yahut Biyopolitik Bir Giriş</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>125</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786254323416</t>
+          <t>9786254324024</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda İştirak</t>
+          <t>Osmanlı Hukukunda Şüf'a Hakkı</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>255</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786254323430</t>
+          <t>9786254324079</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ekonominin Doğrudan Vergilendirilmesinde Bağlantı Sorunu ve OECD Çalışmaları Bağlamında Çözüm Önerileri</t>
+          <t>İşyeri Açma ve Çalışma Ruhsatının Sona Ermesi</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>155</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786254323393</t>
+          <t>9786254321771</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Hukukunda Rücu Hakkı</t>
+          <t>Kişisel Verileri Koruma Kurulu Kararları</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786254323522</t>
+          <t>9786254323775</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Hukuk Çalışmaları</t>
+          <t>Hukuki Mütalaalar - 5</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>165</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786254323423</t>
+          <t>9786254323850</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Geçici Tescil Şerhi (Ciltli)</t>
+          <t>Yabancıların Türkiye'de Taşınmaz Mal Edinmeleri</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786254323386</t>
+          <t>9786254323867</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Adam Çalıştıranın Sorumluluğu</t>
+          <t>Kişisel Verilerin Korunması ve Rekabet Hukuku Bağlamında Veri Taşınabilirliği Hakkı</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>340</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786254323379</t>
+          <t>9786254323782</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Suç Politikasının Ana İlkeleri Açısından Türkiye'de Ceza Hukuku Değişimleri</t>
+          <t>İdari Faaliyetlerde İşlenen Kişisel Verilerin İdare Tarafından Korunması</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786254323355</t>
+          <t>9786254323621</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum ve Pozitif Hukuk: Adam Ferguson'ın Sivil Toplum Yaklaşımının Modern Toplumda Hukuk ve Politika İlişkisinin Şekillenmesindeki Rolü</t>
+          <t>Yabancı Unsurlu İş Sözleşmelerinde İşçilik Alacakları</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>85</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786254323348</t>
+          <t>9786254323645</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Yüklenicinin Şahsen İfa Borcu ve Alt Yüklenicilik Sözleşmesi</t>
+          <t>Anayasa Mahkemesi'ne Bireysel Başvuru ve Kararların Medeni Usul Hukukuna Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>270</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786254323324</t>
+          <t>9786254323539</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmelerinin Sona Ermesine Bağlı Rekabet Yasağı Sözleşmeleri</t>
+          <t>Hakim Pay Sahibinin Azınlığı Şirketten Çıkarma Hakkı (Squeeze-out) (Ciltli)</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>125</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786254323300</t>
+          <t>9786254323614</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda ve Türk Hukukunda Adam Çalıştıranın Sorumluluğu</t>
+          <t>Hukuki Mütalaalar (Mahkeme Kararları ile Birlikte) Cilt XVI: 2019 (Ciltli)</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>245</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786254323294</t>
+          <t>9786254323829</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Hukuk - Cilt 3</t>
+          <t>Digital Criminal Justice: a Studybook Selected Topics for Learners and Researchers</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>245</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786254323270</t>
+          <t>9786254323799</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>6331 Sayılı Kanuna Göre İşveren Vekilinin Yükümlülükleri ve Sorumluluğu</t>
+          <t>Kadına Karşı Şiddetin Bir Görünümü Olarak Femisid</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786254323287</t>
+          <t>9786254323843</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Bibliyografyası (2011-2021) (Ciltli)</t>
+          <t>Uluslararası Hukukun Emredici Normları</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786254323249</t>
+          <t>9786254323478</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Sözleşmesi Hukuku (Ciltli)</t>
+          <t>Türk Vergi Hukukunda İlişkili İşlem Tanımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>770</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786254323201</t>
+          <t>9786254323584</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Zühtü Aytaç'a Armağan (Ciltli)</t>
+          <t>Türk Marka Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>1485</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786254323263</t>
+          <t>9786254323447</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Özel Öğretim Kurumlarının Ruhsatlandırılması ve Denetlenmesi</t>
+          <t>Anonim Şirketlerde Temsil ve Temsil Yetkisinin Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786254323232</t>
+          <t>9786254323768</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Hukuku Işığında İşadamı Kararı İlkesi</t>
+          <t>Milletlerarası Tahkim ve Usul Hukukuna İlişkin Güncel Meseleler</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>130</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786254323195</t>
+          <t>9786254323690</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>9. Uluslararası Suç ve Ceza Film Festivali "Sanal Dünyada Adalet" Tebliğler</t>
+          <t>KHAS Hukuk Bülteni 2021-2022 Akademik Yılı Derlemesi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786254323041</t>
+          <t>9786254323720</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Yeni Yaklaşımlar</t>
+          <t>Roma Hukukunda Tüketim Ödüncü Sözleşmesi (Karz Akdi-Mutuum)</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786254323096</t>
+          <t>9786254323553</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Vadeli İşlem Sözleşmelerinde İfa İhlalleri</t>
+          <t>İnsan Haklarında Faydacı Teori: Avrupa İnsan Hakları Mahkemesi'nin Ölçülülük Testi (Ciltli)</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786254323133</t>
+          <t>9786254323744</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Forcible Responses to Cyber Operations: Self-Defence, Necessity, Countermeasures</t>
+          <t>Türkiye'de Cinsel Suç Mağdurlarının Yardım Arama Deneyimleri ve Destek Mekanizmalarına İlişkin Algıları İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 58</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786254323188</t>
+          <t>9786254323751</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Marka Hakkının Hükümsüzlüğünün Lisans Sözleşmesine Etkisi</t>
+          <t>Milli Tahkim Kapsamında Tahkime Elverişlilik</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>80</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786254323171</t>
+          <t>9786254323683</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Uzun Dönemli Doğal Gaz Sözleşmelerinde Aşırı İfa Güçlüğü Klozu</t>
+          <t>Alacaklının Temerrüdü</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>175</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786254322716</t>
+          <t>9786254323607</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Görev</t>
+          <t>Toplumsal Cinsiyet ve Hukuk - Cilt 4</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>610</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786254322983</t>
+          <t>9786254323591</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Hukuku</t>
+          <t>Avrupa Birliği Adalet Divanı Kararlarında Ne Bis in Idem İlkesi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>317</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786254322976</t>
+          <t>9786254323652</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Ticarette Kişisel Verilerin İşlenmesine (Açık) Rıza -Avrupa Birliği ve Türk Veri Koruma Düzenlemeleri Uyarınca-</t>
+          <t>Genç Hukukçular Sempozyumu 2021 Tam Metin Kitabı (2 Cilt)</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>210</v>
+        <v>771</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786254322969</t>
+          <t>9786254323515</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Mahkemelerinin Görevi ve Yargı Yetkisi</t>
+          <t>Sorumluluk Sigortasında Sigorta Himayesinin Kapsamı (Ciltli)</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786254322808</t>
+          <t>9786254323409</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Birliği Hukukunda Kişisel Verilerin Aktarılması İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 61</t>
+          <t>Türk Hukukunda Saf İnançlı İşlemler (Ciltli)</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786254321979</t>
+          <t>9786254323492</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Ürün Sorumluluğu - Sorumluluk Hukuku Konferansları - I</t>
+          <t>Uluslararası Hukukta Sınıraşan Akiferlere Dair Hukuki Rejim İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Doktora Tezleri Dizisi No: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>300</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786254322648</t>
+          <t>9786254323713</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>İşlenemez Suç</t>
+          <t>TCK 142. Madde Düşünce Özgürlüğü ve Uygulama</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>245</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786254322617</t>
+          <t>9786254323508</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Özel Nitelikli Kişisel Verilerin İşlenmesi ve Bundan Doğan Sorumluluk</t>
+          <t>Karşı Edim Olarak Kişisel Veriler (Ciltli)</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>365</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786254323027</t>
+          <t>9786254323485</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Kanun Yararına Bozma</t>
+          <t>Anonim Şirketler Hukukunda Şirket Malvarlığının Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>295</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786254323089</t>
+          <t>9786254322914</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Mahremiyet Hakkı</t>
+          <t>Verildiği Ülkede İptal Edilen Yabancı Hakem Kararlarının Tanınması ve Tenfizi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 36</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>315</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786254323072</t>
+          <t>9786254322907</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Acele Kamulaştırma Usulü</t>
+          <t>Sağlık Hukuku Uyuşmazlıklarında Uygulama (Ciltli)</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>270</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786254323102</t>
+          <t>9786254323218</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Hukukumuzda Cezai Koruma</t>
+          <t>Medeni Usul Hukuku Açısından Adi Ortaklık İlişkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>105</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786254323010</t>
+          <t>9786254323034</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnşaat Sözleşmelerinde Gecikme</t>
+          <t>Avrupa Birliği'nde Yenilenebilir Enerji Yatırımlarının Teşvikine Dair Düzenlemelerin Avrupa Birliği Hukukuna Uygunluğunun Değerlendirilmesi İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Doktora Tezleri Dizisi No: 35</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>105</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786254323003</t>
+          <t>9786254322945</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hukukunda Yeni Bir Yaklaşım: Çevrenin Hakkı</t>
+          <t>Yargıtay Hukuk Ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>80</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786254322921</t>
+          <t>9786254323454</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukuk Bakış Açısıyla Telif Haklarında Parodi Amaçlı Kullanımlar</t>
+          <t>Avrupa Birliği Genel Veri Koruma Tüzüğü Doğrultusunda Profilleme ve Otomatik Karar Alma</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>260</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786254322990</t>
+          <t>9786254323416</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Devlet ve Küreselleşme Ekseninde Haksız İşten Çıkarılmama Hakkı UÇÖ- (GG) ASŞ-AİHS</t>
+          <t>Vergi Hukukunda İştirak</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786254322952</t>
+          <t>9786254323430</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Doğal Gaz Sözleşmelerinden Kaynaklanan Uyuşmazlıkların Tahkim Yolu İle Çözümünde Esasa Uygulanacak Hukuk</t>
+          <t>Dijital Ekonominin Doğrudan Vergilendirilmesinde Bağlantı Sorunu ve OECD Çalışmaları Bağlamında Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>155</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786254322853</t>
+          <t>9786254323393</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay ve Bölge Adliye Mahkemeleri'nin İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2019-2020 (Ciltli)</t>
+          <t>İş ve Sosyal Güvenlik Hukukunda Rücu Hakkı</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>605</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786254322822</t>
+          <t>9786254323522</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Hukuku - Cilt III (Ciltli)</t>
+          <t>Eleştirel Hukuk Çalışmaları</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>455</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786254322938</t>
+          <t>9786254323423</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku</t>
+          <t>Geçici Tescil Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786254322860</t>
+          <t>9786254323386</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Serozan Medeni Hukuk Genel Bölüm - Kişiler Hukuku (Ciltli)</t>
+          <t>Adam Çalıştıranın Sorumluluğu</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786254322877</t>
+          <t>9786254323379</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Atina Antikitesinde Hukukun Ekonomi Politiği - Aristokratik Oligarşiden Demokratik Yönetime Hukuk Düşüncesinin Dönüşümü</t>
+          <t>Suç Politikasının Ana İlkeleri Açısından Türkiye'de Ceza Hukuku Değişimleri</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786254322815</t>
+          <t>9786254323355</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar ve Eşya Hukukunda İradi Rekabet Etmeme Yükümlülüğü</t>
+          <t>Sivil Toplum ve Pozitif Hukuk: Adam Ferguson'ın Sivil Toplum Yaklaşımının Modern Toplumda Hukuk ve Politika İlişkisinin Şekillenmesindeki Rolü</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>315</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786254322785</t>
+          <t>9786254323348</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği P2B Tüzüğü: Aracı Hizmet Sağlayıcılar ve Arama Motorları İçin Adil ve Şeffaf Platform Kuralları</t>
+          <t>Yüklenicinin Şahsen İfa Borcu ve Alt Yüklenicilik Sözleşmesi</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>95</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786254322747</t>
+          <t>9786254323324</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kadın-Erkek Eşitliği ve Ataerkil Zihniyet Açılarından Evlenen Kadına Tanınan Kıdem Tazminatı Korumasının Değerlendirilmesi</t>
+          <t>İş Sözleşmelerinin Sona Ermesine Bağlı Rekabet Yasağı Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>110</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786254322761</t>
+          <t>9786254323300</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Immanuel Kant'ın Kozmopolit Hukuk İdealine Karşı Carl Schmitt'in Realizmi</t>
+          <t>İslam Hukukunda ve Türk Hukukunda Adam Çalıştıranın Sorumluluğu</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786254322754</t>
+          <t>9786254323294</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Tahsil</t>
+          <t>Toplumsal Cinsiyet ve Hukuk - Cilt 3</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786254322587</t>
+          <t>9786254323270</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk ve Türk Hukuku Açısından İthalatta Korunma Önlemleri (Ciltli)</t>
+          <t>6331 Sayılı Kanuna Göre İşveren Vekilinin Yükümlülükleri ve Sorumluluğu</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>340</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786254322471</t>
+          <t>9786254323287</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Küresel Bilgi Akışının Korunmasında İnternet Özgürlüğü ve Devletin Müdahalesi (Ciltli)</t>
+          <t>Medeni Usul Hukuku Bibliyografyası (2011-2021) (Ciltli)</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>310</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786254322488</t>
+          <t>9786254323249</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Yoluyla İkamet Etme ve Vatandaşlık Kazanma (Ciltli)</t>
+          <t>Avrupa İnsan Hakları Sözleşmesi Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>255</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786254322532</t>
+          <t>9786254323201</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Karşılama Prensibi (Türk - İsviçre Hukuku Kapsamında)</t>
+          <t>Prof. Dr. Zühtü Aytaç'a Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>190</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786254322525</t>
+          <t>9786254323263</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukukta İkame ve Kaim Değer Kavramları (Ciltli)</t>
+          <t>Özel Öğretim Kurumlarının Ruhsatlandırılması ve Denetlenmesi</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786254322174</t>
+          <t>9786254323232</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Özel Hukukun Güncel Sorunları ve Anayasa'nın Özel Hukuka Etkileri / Contemporary Issues In Private Law And The Impact Of The Constitution On Private Law (2 CİLT)</t>
+          <t>Amerikan Hukuku Işığında İşadamı Kararı İlkesi</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>875</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786254322662</t>
+          <t>9786254323195</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanunu'nda Düzenlenen Bilişim Sistemine Girme Suçu (TCK m. 243)</t>
+          <t>9. Uluslararası Suç ve Ceza Film Festivali "Sanal Dünyada Adalet" Tebliğler</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786254322655</t>
+          <t>9786254323041</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Kanunu Kapsamında Aydınlatma Yükümlülüğünün Yerine Getirilmemesi Kabahati İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 53</t>
+          <t>İş Hukukunda Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786254322631</t>
+          <t>9786254323096</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Mahkemesi Kararlarında Dini Sembol ve Kıyafetler</t>
+          <t>Vadeli İşlem Sözleşmelerinde İfa İhlalleri</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>105</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786254322600</t>
+          <t>9786254323133</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Taşıma Hukuku Konferansları Serisi - II - Uluslararası Deniz Taşımacılığında Güncel Gelişmeler Konferansı Tam Metin Bildiri Kitabı</t>
+          <t>Forcible Responses to Cyber Operations: Self-Defence, Necessity, Countermeasures</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786254322570</t>
+          <t>9786254323188</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>8. Uluslararası Suç ve Ceza Film Festivali "Ceza Hukuku ve Sağlık Perspektifinden Uyuşturucu Sorunu" Tebliğler</t>
+          <t>Türk Hukukunda Marka Hakkının Hükümsüzlüğünün Lisans Sözleşmesine Etkisi</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>310</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786254322365</t>
+          <t>9786254323171</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Marka Hakkına Tecavüz Halinde Verilecek İhtiyati Tedbirler (Ciltli)</t>
+          <t>Milletlerarası Uzun Dönemli Doğal Gaz Sözleşmelerinde Aşırı İfa Güçlüğü Klozu</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786254322433</t>
+          <t>9786254322716</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>VEHAK Vergide Güncel Gelişmeler Serisi 1-2 Kamu Alacaklarının Yeniden Yapılandırılması Kanunu: Sorunlar, Çözüm Önerileri ve Vergi Kanunlarına 7338 Sayılı Kanun'la Getirilen Değişiklikler</t>
+          <t>Medeni Usul Hukukunda Görev</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>160</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786254322495</t>
+          <t>9786254322983</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Rekabet Hukukunda İnovasyon Sorunsalı</t>
+          <t>İş Sağlığı ve Güvenliği Hukuku</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>160</v>
+        <v>317</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786254322501</t>
+          <t>9786254322976</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Tutukevlerinde Tutulan Kişilerin Özel Hayatının Gizliliği</t>
+          <t>Elektronik Ticarette Kişisel Verilerin İşlenmesine (Açık) Rıza -Avrupa Birliği ve Türk Veri Koruma Düzenlemeleri Uyarınca-</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786254322549</t>
+          <t>9786254322969</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>İnternet Hukukunda Dezenformasyonla Mücadele</t>
+          <t>Tüketici Mahkemelerinin Görevi ve Yargı Yetkisi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786254322327</t>
+          <t>9786254322808</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Notlu Türk Ticaret Kanunu ve İlgili Mevzuat</t>
+          <t>Türk ve Avrupa Birliği Hukukunda Kişisel Verilerin Aktarılması İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 61</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>490</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786254322303</t>
+          <t>9786254321979</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Eksik Kapsamlı Düzenlemelerin Yargısal Denetimi (Ciltli)</t>
+          <t>Ürün Sorumluluğu - Sorumluluk Hukuku Konferansları - I</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786254322310</t>
+          <t>9786254322648</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Adi Ortaklıkta Pay Kavramı ve Adi Ortaklık Payının Devri (Ciltli)</t>
+          <t>İşlenemez Suç</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>435</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786254322037</t>
+          <t>9786254322617</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Özel Ceza Hukuku Cilt XI</t>
+          <t>Özel Nitelikli Kişisel Verilerin İşlenmesi ve Bundan Doğan Sorumluluk</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>505</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786254322396</t>
+          <t>9786254323027</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Değişikliklerinin Demokratik Niteliği ve Denetimi</t>
+          <t>Ceza Muhakemesi Hukukunda Kanun Yararına Bozma</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786254322457</t>
+          <t>9786254323089</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Banka Anonim Ortaklıklarında Hakimiyet</t>
+          <t>Türk Vergi Hukukunda Mahremiyet Hakkı</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786254322426</t>
+          <t>9786254323072</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Vergi Optimalitesi: Laffer Teoreminin Geçerliliği</t>
+          <t>Acele Kamulaştırma Usulü</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786254322167</t>
+          <t>9786254323102</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>İnsan Haklarında Buluşmak</t>
+          <t>Fikir ve Sanat Eserleri Hukukumuzda Cezai Koruma</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>235</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786055373320</t>
+          <t>9786254323010</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta İflas</t>
+          <t>Uluslararası İnşaat Sözleşmelerinde Gecikme</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>183</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786254322105</t>
+          <t>9786254323003</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Bilkent Üniversitesi Hukuk Fakültesi Iı. Genç Hukukçu Araştırmacılar Sempozyumu Ceren Damar Şenel'in Anısına" 26-27 Kasım 2021</t>
+          <t>Çevre Hukukunda Yeni Bir Yaklaşım: Çevrenin Hakkı</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>440</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786254322235</t>
+          <t>9786254322921</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Israrlı İtiraz</t>
+          <t>Karşılaştırmalı Hukuk Bakış Açısıyla Telif Haklarında Parodi Amaçlı Kullanımlar</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786254322242</t>
+          <t>9786254322990</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Türk Parlamento Tarihinde Hız ve Etkinlik Sorunu</t>
+          <t>Sosyal Devlet ve Küreselleşme Ekseninde Haksız İşten Çıkarılmama Hakkı UÇÖ- (GG) ASŞ-AİHS</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786254322280</t>
+          <t>9786254322952</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Paternalizm Kavramı ve Örnek Uygulamalar</t>
+          <t>Uluslararası Doğal Gaz Sözleşmelerinden Kaynaklanan Uyuşmazlıkların Tahkim Yolu İle Çözümünde Esasa Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786254322266</t>
+          <t>9786254322853</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü</t>
+          <t>Yargıtay ve Bölge Adliye Mahkemeleri'nin İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2019-2020 (Ciltli)</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>290</v>
+        <v>605</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786254322211</t>
+          <t>9786254322822</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Fikri Hakların İhlaline Dayalı Kazanç Devri Talebi (Ciltli)</t>
+          <t>Şirketler Hukuku - Cilt III (Ciltli)</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>295</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786254322099</t>
+          <t>9786254322938</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukukunda Şirketler Topluluğu (Ciltli)</t>
+          <t>Miras Hukuku</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786254322136</t>
+          <t>9786254322860</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Mesafeli Sözleşmeler ve İş Yeri Dışında Kurulan Sözleşmeler (Ciltli)</t>
+          <t>Serozan Medeni Hukuk Genel Bölüm - Kişiler Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786254322112</t>
+          <t>9786254322877</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Denkleştirmeden Kurtulan Kazandırmaların Tenkisi (TMK m. 565 b.1) (Ciltli)</t>
+          <t>Atina Antikitesinde Hukukun Ekonomi Politiği - Aristokratik Oligarşiden Demokratik Yönetime Hukuk Düşüncesinin Dönüşümü</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786254322129</t>
+          <t>9786254322815</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesiyle Çalışanlar Bakımından Yaşlılık Sigortası</t>
+          <t>Türk Borçlar ve Eşya Hukukunda İradi Rekabet Etmeme Yükümlülüğü</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786254322051</t>
+          <t>9786254322785</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsan Hakları Yargısında Amicus Curiae - Üçüncü Taraf Müdahalesi</t>
+          <t>Avrupa Birliği P2B Tüzüğü: Aracı Hizmet Sağlayıcılar ve Arama Motorları İçin Adil ve Şeffaf Platform Kuralları</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>170</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786254322150</t>
+          <t>9786254322747</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Esat Arsebük'ün Medeni Hukuk Yazıları</t>
+          <t>Kadın-Erkek Eşitliği ve Ataerkil Zihniyet Açılarından Evlenen Kadına Tanınan Kıdem Tazminatı Korumasının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>245</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786254321986</t>
+          <t>9786254322761</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Pay Sahibinin Oy Hakkının Kapsamı ve Etkisi (Ciltli)</t>
+          <t>Immanuel Kant'ın Kozmopolit Hukuk İdealine Karşı Carl Schmitt'in Realizmi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786254321948</t>
+          <t>9786254322754</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Toplu Konutlarda Yöneticinin Hukuki Sorumluluğu</t>
+          <t>Türk Vergi Hukukunda Tahsil</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786254321955</t>
+          <t>9786254322587</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Critical Factors Determining the Success of Special Purpose Acquisition Companies (SPACS) - Comparative Analysis of an Innovative Asset Class for M&amp;A Market</t>
+          <t>Uluslararası Hukuk ve Türk Hukuku Açısından İthalatta Korunma Önlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>42</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786254321924</t>
+          <t>9786254322471</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Eşya Hukukunun Temel İlkeleri ve Kat Mülkiyeti Kanunu Hükümleri Uyarınca Arsa Payının Düzeltilmesi (Ciltli)</t>
+          <t>Küresel Bilgi Akışının Korunmasında İnternet Özgürlüğü ve Devletin Müdahalesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786254321887</t>
+          <t>9786254322488</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Dava Değeri</t>
+          <t>Yatırım Yoluyla İkamet Etme ve Vatandaşlık Kazanma (Ciltli)</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>310</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786254321870</t>
+          <t>9786254322532</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>İş İlişkisinde Kişisel Sağlık Verilerinin İşlenmesi (Ciltli)</t>
+          <t>İcra Hukukunda Karşılama Prensibi (Türk - İsviçre Hukuku Kapsamında)</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786254321900</t>
+          <t>9786254322525</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>6698 Sayılı Kişisel Verilerin Korunması Kanunu ve 2016/679 Sayılı Avrupa Birliği Genel Veri Koruma Tüzüğü Kapsamında Kişisel Verilerin Yurt Dışına Aktarılması İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 60 (Ciltli)</t>
+          <t>Medeni Hukukta İkame ve Kaim Değer Kavramları (Ciltli)</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>195</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786254321917</t>
+          <t>9786254322174</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Selçuk Hukuk Kongresi II (15-19 Aralık 2021) Tam Metin Kitabı</t>
+          <t>Özel Hukukun Güncel Sorunları ve Anayasa'nın Özel Hukuka Etkileri / Contemporary Issues In Private Law And The Impact Of The Constitution On Private Law (2 CİLT)</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>515</v>
+        <v>875</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786254321894</t>
+          <t>9786254322662</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de ve Dünyada Hukuk Devletinde Aşınma Hukukun Araçsallaştırılması - Belirsizleştirilmesi</t>
+          <t>5237 Sayılı Türk Ceza Kanunu'nda Düzenlenen Bilişim Sistemine Girme Suçu (TCK m. 243)</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>222</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786254321856</t>
+          <t>9786254322655</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Kaydi Menkul Kıymet Ticaretinde Hak Sahipliği İhtilaflarına Uygulanacak Hukuk (Ciltli)</t>
+          <t>Kişisel Verilerin Korunması Kanunu Kapsamında Aydınlatma Yükümlülüğünün Yerine Getirilmemesi Kabahati İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 53</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786254321832</t>
+          <t>9786254322631</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Teorik Boyutuyla İfa İmkansızlığı (Ciltli)</t>
+          <t>İnsan Hakları Avrupa Mahkemesi Kararlarında Dini Sembol ve Kıyafetler</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>370</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786254321849</t>
+          <t>9786254322600</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesi Kurumları</t>
+          <t>Uluslararası Taşıma Hukuku Konferansları Serisi - II - Uluslararası Deniz Taşımacılığında Güncel Gelişmeler Konferansı Tam Metin Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>85</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786254321696</t>
+          <t>9786254322570</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Arsa Payı Karşılığı İnşaat Sözleşmesinde Yüklenicinin Temerrüdünün Sonuçları</t>
+          <t>8. Uluslararası Suç ve Ceza Film Festivali "Ceza Hukuku ve Sağlık Perspektifinden Uyuşturucu Sorunu" Tebliğler</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>145</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786254321818</t>
+          <t>9786254322365</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Yararlılık İlkesi (Türk ve Fransız Hukuku Karşılaştırmalı) (Ciltli)</t>
+          <t>Marka Hakkına Tecavüz Halinde Verilecek İhtiyati Tedbirler (Ciltli)</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786254321801</t>
+          <t>9786254322433</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Rekabet Hukuku Seminerleri 2021 (Ciltli)</t>
+          <t>VEHAK Vergide Güncel Gelişmeler Serisi 1-2 Kamu Alacaklarının Yeniden Yapılandırılması Kanunu: Sorunlar, Çözüm Önerileri ve Vergi Kanunlarına 7338 Sayılı Kanun'la Getirilen Değişiklikler</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>640</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786254321825</t>
+          <t>9786254322495</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Anayasacılık</t>
+          <t>Avrupa Birliği Rekabet Hukukunda İnovasyon Sorunsalı</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786254321733</t>
+          <t>9786254322501</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesine Bireysel Başvurunun Temel Esasları ve İş ve Sosyal Güvenlik Hukukuna İlişkin Kararlar (Ciltli)</t>
+          <t>Ceza ve Tutukevlerinde Tutulan Kişilerin Özel Hayatının Gizliliği</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>660</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786254321740</t>
+          <t>9786254322549</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısında Güvence - İstikrar İkilemi: On Yıllık Norm Denetimi Yasağı</t>
+          <t>İnternet Hukukunda Dezenformasyonla Mücadele</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786255930699</t>
+          <t>9786254322327</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Katılım Öncesi Yardım Aracı (IPA) Kapsamında AB Proje Yönetimi ve Vergilendirme</t>
+          <t>Notlu Türk Ticaret Kanunu ve İlgili Mevzuat</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786254321757</t>
+          <t>9786254322303</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Güncel Anayasal Gelişmeler Bağlamında Türk Hukukunda Cumhurbaşkanının Tarafsızlığı İlkesi</t>
+          <t>Eksik Kapsamlı Düzenlemelerin Yargısal Denetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786254321597</t>
+          <t>9786254322310</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuku İle Karşılaştırmalı Olarak Amerikan Haksız Fiiller Hukukunda Tehlike Sorumluluğu (Ciltli)</t>
+          <t>Adi Ortaklıkta Pay Kavramı ve Adi Ortaklık Payının Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>285</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786254321573</t>
+          <t>9786254322037</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da Göçmen Suçluluğu Araştırmaları: Sistematik Derleme</t>
+          <t>Özel Ceza Hukuku Cilt XI</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>145</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786254321610</t>
+          <t>9786254322396</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Günlük Türkçe ve Özgün Metinleriyle Atatürk Dönemi Anayasaları ve Devrim Kanunları</t>
+          <t>Anayasa Değişikliklerinin Demokratik Niteliği ve Denetimi</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786254321627</t>
+          <t>9786254322457</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Maurice Hauriou'da İdare Hukuku ve Genel Kamu Hukuku İlişkisi</t>
+          <t>Banka Anonim Ortaklıklarında Hakimiyet</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>205</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786254321634</t>
+          <t>9786254322426</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Yaşayan Hukuku</t>
+          <t>Türkiye'de Vergi Optimalitesi: Laffer Teoreminin Geçerliliği</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>355</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786254321535</t>
+          <t>9786254322167</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Yürürlüğünün 9. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu-5 (Ciltli)</t>
+          <t>İnsan Haklarında Buluşmak</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786254321566</t>
+          <t>9786055373320</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Taşınmaz Satış Vaadi Sözleşmesi (Ciltli)</t>
+          <t>Uluslararası Hukukta İflas</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>435</v>
+        <v>183</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786254321498</t>
+          <t>9786254322105</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin Feshinde Dürüstlük Kuralı ve Hakkın Kötüye Kullanılması Yasağı (Ciltli)</t>
+          <t>Bilkent Üniversitesi Hukuk Fakültesi Iı. Genç Hukukçu Araştırmacılar Sempozyumu Ceren Damar Şenel'in Anısına" 26-27 Kasım 2021</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>390</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786254321689</t>
+          <t>9786254322235</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Tahkimde Hukuki Dinlenilme Hakkı</t>
+          <t>Uluslararası Hukukta Israrlı İtiraz</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>185</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786254321665</t>
+          <t>9786254322242</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>İcra Mahkemesi Kararlarına Karşı İstinaf Kanun Yolu (Ciltli)</t>
+          <t>Türk Parlamento Tarihinde Hız ve Etkinlik Sorunu</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786254321702</t>
+          <t>9786254322280</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Avrupa Birliği Hukukuna Göre Acenteliğin Uygulama Alanı Kapsamındaki Çevrimiçi Aracılar (Ciltli)</t>
+          <t>Paternalizm Kavramı ve Örnek Uygulamalar</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786254321658</t>
+          <t>9786254322266</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>İş İlişkisinde Kişisel Verilerin Korunması (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Seri Muhakeme Usulü</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786254321672</t>
+          <t>9786254322211</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>7068 Sayılı Kanundan Hareketle Genel Kolluk Disiplin Rejimi (Ciltli)</t>
+          <t>Fikri Hakların İhlaline Dayalı Kazanç Devri Talebi (Ciltli)</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786254321726</t>
+          <t>9786254322099</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Kürsüsü Tartışıyor: Kürsü Seminerleri 1 (Tebliğler ve Tartışmalar) (Ciltli)</t>
+          <t>Bireysel İş Hukukunda Şirketler Topluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>430</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786254321511</t>
+          <t>9786254322136</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Güvenli Bölge (Ciltli)</t>
+          <t>Mesafeli Sözleşmeler ve İş Yeri Dışında Kurulan Sözleşmeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>145</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786254321504</t>
+          <t>9786254322112</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Klasik Kamusal Alandan Sanal Kamusal Alana: Demokrasi ve İnsan Hakları İdeali İçin Normatif Bir Değerlendirme</t>
+          <t>Denkleştirmeden Kurtulan Kazandırmaların Tenkisi (TMK m. 565 b.1) (Ciltli)</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786054687497</t>
+          <t>9786254322129</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Yeni Türk Ticaret Kanunu (Ciltli)</t>
+          <t>İş Sözleşmesiyle Çalışanlar Bakımından Yaşlılık Sigortası</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>315</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786254320309</t>
+          <t>9786254322051</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Marcus Tullius Cicero: Ligarius Savunması</t>
+          <t>Uluslararası İnsan Hakları Yargısında Amicus Curiae - Üçüncü Taraf Müdahalesi</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>70</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786254321061</t>
+          <t>9786254322150</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku Şerhi</t>
+          <t>Ahmet Esat Arsebük'ün Medeni Hukuk Yazıları</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>775</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786051520964</t>
+          <t>9786254321986</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>İçtihatlı - Notlu Türk Ticaret Kanunu ve İlgili Mevzuat (Ciltli)</t>
+          <t>Anonim Şirketlerde Pay Sahibinin Oy Hakkının Kapsamı ve Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>735</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786257899710</t>
+          <t>9786254321948</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Hukuki ve Mali Yönleriyle Konkordato</t>
+          <t>Toplu Konutlarda Yöneticinin Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786257528689</t>
+          <t>9786254321955</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Sertifikaları ve Uygulaması</t>
+          <t>Critical Factors Determining the Success of Special Purpose Acquisition Companies (SPACS) - Comparative Analysis of an Innovative Asset Class for M&amp;A Market</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>165</v>
+        <v>42</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786051523729</t>
+          <t>9786254321924</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Eşitlik İlkesi Çerçevesinde Siyasi Partilerde Kadın Kotası</t>
+          <t>Eşya Hukukunun Temel İlkeleri ve Kat Mülkiyeti Kanunu Hükümleri Uyarınca Arsa Payının Düzeltilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786257899772</t>
+          <t>9786254321887</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler (Ciltli)</t>
+          <t>Medeni Usul Hukukunda Dava Değeri</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>124</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786254321184</t>
+          <t>9786254321870</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Tarım Arazilerinde Yasal Önalım Hakkı (Ciltli)</t>
+          <t>İş İlişkisinde Kişisel Sağlık Verilerinin İşlenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786254320224</t>
+          <t>9786254321900</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Biyotıp Sözleşmesi Bağlamında Embriyo Üzerinde Tıbbi Araştırmalar ve Ceza Hukuku Sorumluluğu</t>
+          <t>6698 Sayılı Kişisel Verilerin Korunması Kanunu ve 2016/679 Sayılı Avrupa Birliği Genel Veri Koruma Tüzüğü Kapsamında Kişisel Verilerin Yurt Dışına Aktarılması İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 60 (Ciltli)</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786254320408</t>
+          <t>9786254321917</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Başvuru Kararlarının İdari Yargıda Usul Kurallarının Yorumuna Etkisi</t>
+          <t>Selçuk Hukuk Kongresi II (15-19 Aralık 2021) Tam Metin Kitabı</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>109</v>
+        <v>515</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786254321375</t>
+          <t>9786254321894</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Bir Hukuki İlişkiye Dayanan Alacağın Tahsili Amacıyla Yağma (TCK m.150/1)</t>
+          <t>Türkiye'de ve Dünyada Hukuk Devletinde Aşınma Hukukun Araçsallaştırılması - Belirsizleştirilmesi</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>205</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786051522241</t>
+          <t>9786254321856</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Azerbaycan Hukuk Günleri Tebliğleri</t>
+          <t>Milletlerarası Özel Hukukta Kaydi Menkul Kıymet Ticaretinde Hak Sahipliği İhtilaflarına Uygulanacak Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>70</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786254320248</t>
+          <t>9786254321832</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Banks and Money Laundering: The Suspicious Transactions Reports Regime in the Fatf's Recommendations</t>
+          <t>Teorik Boyutuyla İfa İmkansızlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>60</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786257528733</t>
+          <t>9786254321849</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Hukuku</t>
+          <t>Ahlak Felsefesi Kurumları</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786254321092</t>
+          <t>9786254321696</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Soru Bankası</t>
+          <t>Arsa Payı Karşılığı İnşaat Sözleşmesinde Yüklenicinin Temerrüdünün Sonuçları</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>95</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786257899789</t>
+          <t>9786254321818</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Sınırlı Yetkili Temsilci Tayini ve Sorumluluk</t>
+          <t>Yararlılık İlkesi (Türk ve Fransız Hukuku Karşılaştırmalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786257598453</t>
+          <t>9786254321801</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yaşayan Portreler</t>
+          <t>Uygulamalı Rekabet Hukuku Seminerleri 2021 (Ciltli)</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>105</v>
+        <v>640</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786254321719</t>
+          <t>9786254321825</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirketlerde Ortaklıktan Çıkarma ve Ayrılma Akçesi</t>
+          <t>Anayasacılık</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>380</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786254321214</t>
+          <t>9786254321733</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Georg Jellinek'in Hak ve Devlet Kuramı</t>
+          <t>Anayasa Mahkemesine Bireysel Başvurunun Temel Esasları ve İş ve Sosyal Güvenlik Hukukuna İlişkin Kararlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>155</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786254321023</t>
+          <t>9786254321740</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>The Role Of Intellectual Property Protection in Defense Industry</t>
+          <t>Anayasa Yargısında Güvence - İstikrar İkilemi: On Yıllık Norm Denetimi Yasağı</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>115</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786254321078</t>
+          <t>9786255930699</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk Nafakasının Kusur, Süre ve Yoksulluk Kavramları Işığında Değerlendirilmesi</t>
+          <t>Avrupa Birliği Katılım Öncesi Yardım Aracı (IPA) Kapsamında AB Proje Yönetimi ve Vergilendirme</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786254321115</t>
+          <t>9786254321757</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Senedinin Tamamlanması ve Değiştirilmesi</t>
+          <t>Güncel Anayasal Gelişmeler Bağlamında Türk Hukukunda Cumhurbaşkanının Tarafsızlığı İlkesi</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786254321931</t>
+          <t>9786254321597</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Hukuk Cilt 1</t>
+          <t>Türk Hukuku İle Karşılaştırmalı Olarak Amerikan Haksız Fiiller Hukukunda Tehlike Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>405</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786051527154</t>
+          <t>9786254321573</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Hukukunda Tüzel Kişilik Perdesinin Kaldırılması</t>
+          <t>Avrupa'da Göçmen Suçluluğu Araştırmaları: Sistematik Derleme</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786254322044</t>
+          <t>9786254321610</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Tedarik Sözleşmeleri (Ciltli)</t>
+          <t>Günlük Türkçe ve Özgün Metinleriyle Atatürk Dönemi Anayasaları ve Devrim Kanunları</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>535</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786254322068</t>
+          <t>9786254321627</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Kadın Cinayeti Suçu (Ciltli)</t>
+          <t>Maurice Hauriou'da İdare Hukuku ve Genel Kamu Hukuku İlişkisi</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>385</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786254321993</t>
+          <t>9786254321634</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Yönetim Kurulu Kararlarının Butlanı (Ciltli)</t>
+          <t>Anadolu'nun Yaşayan Hukuku</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786254322006</t>
+          <t>9786254321535</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Yapı İpoteği (TMK m. 893/I-3, m. 895-897) (Ciltli)</t>
+          <t>Yürürlüğünün 9. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu-5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>235</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786254322013</t>
+          <t>9786254321566</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Güven İlkesinin Türk Borçlar Kanunu'ndaki Temsil İlişkisine Yansımaları</t>
+          <t>Taşınmaz Satış Vaadi Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>81</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786254321443</t>
+          <t>9786254321498</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Siber Alan ve Hukuk</t>
+          <t>İş Sözleşmesinin Feshinde Dürüstlük Kuralı ve Hakkın Kötüye Kullanılması Yasağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>163</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786254321412</t>
+          <t>9786254321689</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Teoride ve Uygulamada Emlak Vergisi</t>
+          <t>Tahkimde Hukuki Dinlenilme Hakkı</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786254321436</t>
+          <t>9786254321665</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>İfa Zamanı ve Erken İfa (Ciltli)</t>
+          <t>İcra Mahkemesi Kararlarına Karşı İstinaf Kanun Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786254321405</t>
+          <t>9786254321702</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Asıl İşveren - Alt İşveren İlişkisinde İş Sağlığı ve Güvenliği Yükümlülükleri</t>
+          <t>Türk ve Avrupa Birliği Hukukuna Göre Acenteliğin Uygulama Alanı Kapsamındaki Çevrimiçi Aracılar (Ciltli)</t>
         </is>
       </c>
       <c r="C1179" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786254321429</t>
+          <t>9786254321658</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Adi Ortaklık Yapısındaki Değişiklikler</t>
+          <t>İş İlişkisinde Kişisel Verilerin Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786254321474</t>
+          <t>9786254321672</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Patentability of Human Embryonic Stem Cells in Europe</t>
+          <t>7068 Sayılı Kanundan Hareketle Genel Kolluk Disiplin Rejimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>65</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786254321337</t>
+          <t>9786254321726</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>7. Uluslararası Suç ve Ceza Film Festivali Terör ve Darbelere Karşı Hukuk Devletinin Korunması Tebliğler</t>
+          <t>Ticaret Kürsüsü Tartışıyor: Kürsü Seminerleri 1 (Tebliğler ve Tartışmalar) (Ciltli)</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>425</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786254321139</t>
+          <t>9786254321511</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Vergi Mahremiyeti (Ciltli)</t>
+          <t>Uluslararası Hukukta Güvenli Bölge (Ciltli)</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786254321146</t>
+          <t>9786254321504</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan E-Ticarette Katma Değer Vergisinin Sınır Ötesi Uygulaması (Ciltli)</t>
+          <t>Klasik Kamusal Alandan Sanal Kamusal Alana: Demokrasi ve İnsan Hakları İdeali İçin Normatif Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>135</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786254320927</t>
+          <t>9786054687497</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Netice (Ciltli)</t>
+          <t>Karşılaştırmalı Yeni Türk Ticaret Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>265</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786254320996</t>
+          <t>9786254320309</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Kredi Sözleşmelerinde Kredinin Geri Ödenmesini Sağlamak İçin Kullanılan Taahhütler (Covenants) ve Kredi Alacaklısının Kredi Alan Şirkete Karşı Sorumluluğu (Ciltli)</t>
+          <t>Marcus Tullius Cicero: Ligarius Savunması</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>205</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786254321245</t>
+          <t>9786254321061</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku Açısından Kişisel Verilerin Korunması (Ciltli)</t>
+          <t>Miras Hukuku Şerhi</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>255</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786254321399</t>
+          <t>9786051520964</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Kişisel Verilerin Korunması</t>
+          <t>İçtihatlı - Notlu Türk Ticaret Kanunu ve İlgili Mevzuat (Ciltli)</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>225</v>
+        <v>735</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786254321238</t>
+          <t>9786257899710</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Mağdur Beyanına Dayalı Hüküm Kurulması Bağlamında Nitelikli Cinsel Saldırı Suçunda İspat</t>
+          <t>Hukuki ve Mali Yönleriyle Konkordato</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>145</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786254321313</t>
+          <t>9786257528689</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yaşama Katılma Hakkı</t>
+          <t>Gayrimenkul Sertifikaları ve Uygulaması</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786254321320</t>
+          <t>9786051523729</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Harcama Vergilerinin Tarihsel Gelişimi, Kuramsal Yapısı ve Etkinliği</t>
+          <t>Eşitlik İlkesi Çerçevesinde Siyasi Partilerde Kadın Kotası</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786254321351</t>
+          <t>9786257899772</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Hak Arama Hürriyeti Ekseninde Gümrük Uyuşmazlıkları ve Çözüm Yolları</t>
+          <t>Borçlar Hukuku Genel Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>205</v>
+        <v>124</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786254321290</t>
+          <t>9786254321184</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet ile Rekabetin Korunması Alanları Arasındaki Hukuki İlişki (Ciltli)</t>
+          <t>Tarım Arazilerinde Yasal Önalım Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786254321207</t>
+          <t>9786254320224</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Die Behandlung Von Patentlizenzverweigerungsfallen im Rahmen des Türkischen Vertragsrechts und Karte</t>
+          <t>Biyotıp Sözleşmesi Bağlamında Embriyo Üzerinde Tıbbi Araştırmalar ve Ceza Hukuku Sorumluluğu</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>170</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786254321221</t>
+          <t>9786254320408</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Vücut Bütünlüğüne Yönelik Koruma Tedbirleri</t>
+          <t>Bireysel Başvuru Kararlarının İdari Yargıda Usul Kurallarının Yorumuna Etkisi</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>170</v>
+        <v>109</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786254321269</t>
+          <t>9786254321375</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Avukatın Hapis Hakkı</t>
+          <t>Bir Hukuki İlişkiye Dayanan Alacağın Tahsili Amacıyla Yağma (TCK m.150/1)</t>
         </is>
       </c>
       <c r="C1196" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786254321283</t>
+          <t>9786051522241</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Banka veya Kredi Kartlarının Kötüye Kullanılması (TCK. 245/1)</t>
+          <t>Türkiye-Azerbaycan Hukuk Günleri Tebliğleri</t>
         </is>
       </c>
       <c r="C1197" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786254321085</t>
+          <t>9786254320248</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi Bireysel Başvuru Kararlarının Ceza Yargılamasına Etkisi Bağlamında Adil Yargılanma (Ciltli)</t>
+          <t>Banks and Money Laundering: The Suspicious Transactions Reports Regime in the Fatf's Recommendations</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>295</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786254320958</t>
+          <t>9786257528733</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Rekabetin Korunması Hakkında Kanunda Yapılan 2020 Yılı Değişiklikleri Nedenleri Kapsamı ve Olası Etkileri (Ciltli)</t>
+          <t>Avrupa Birliği Hukuku</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>255</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786254320880</t>
+          <t>9786254321092</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklar Hukukunda İlişkili Taraf İşlemleri (Ciltli)</t>
+          <t>Arabuluculuk Soru Bankası</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>370</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786254320897</t>
+          <t>9786257899789</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin Tanzimat Dönemi'nde Kaza Yönetiminin İdari Yapısı ve Yargısal Fonksiyonu (Ciltli)</t>
+          <t>Anonim Şirketlerde Sınırlı Yetkili Temsilci Tayini ve Sorumluluk</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786254320934</t>
+          <t>9786257598453</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Çalışmalar ve Güncel Yargıtay Kararlarıyla Edinilmiş Mallara Katılma Rejimi ve Bağlantılı Konular (Ciltli)</t>
+          <t>Anılarda Yaşayan Portreler</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>370</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786254321054</t>
+          <t>9786254321719</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Tahkim Duruşmasının Psikolojisi (Ciltli)</t>
+          <t>Limited Şirketlerde Ortaklıktan Çıkarma ve Ayrılma Akçesi</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>245</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786254321047</t>
+          <t>9786254321214</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Rethinking the Right of Withdrawal Under the GDPR in the Context of Biobank Research</t>
+          <t>Georg Jellinek'in Hak ve Devlet Kuramı</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>49</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786254321122</t>
+          <t>9786254321023</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Fiili Ayrılık Nedeniyle Boşanma</t>
+          <t>The Role Of Intellectual Property Protection in Defense Industry</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>480</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786254320903</t>
+          <t>9786254321078</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>İnternet Ortamında Faaliyet Gösteren Aracılık Edenlerin Mesafeli Sözleşmeden Dolayı Tüketiciye Karşı Sorumluluğunun Şartları</t>
+          <t>Yoksulluk Nafakasının Kusur, Süre ve Yoksulluk Kavramları Işığında Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786254320910</t>
+          <t>9786254321115</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Hosting Intermediary Services' Liability Framework for Third-Party Uploaded Content in the Digital Single Market</t>
+          <t>Vakıf Senedinin Tamamlanması ve Değiştirilmesi</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>49</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786254320941</t>
+          <t>9786254321931</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Ticari Davalarda Dava Şartı Olarak Arabuluculuk</t>
+          <t>Toplumsal Cinsiyet ve Hukuk Cilt 1</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>225</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786254320859</t>
+          <t>9786051527154</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Kiralananın Erken İadesi</t>
+          <t>Bankacılık Hukukunda Tüzel Kişilik Perdesinin Kaldırılması</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786254320682</t>
+          <t>9786254322044</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Davalarında Gerçek Tarafın Belirlenmesi</t>
+          <t>Elektrik Tedarik Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>210</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786254320729</t>
+          <t>9786254322068</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Mesafeli Sözleşmelerde Tüketicinin Bilgilendirme Yükümlülüğü ve Cayma Hakkı Kapsamında Korunması (Ciltli)</t>
+          <t>Kadın Cinayeti Suçu (Ciltli)</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>150</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786254320866</t>
+          <t>9786254321993</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Siyasi Partilerin Dezavantajlı Gruplara Yaklaşımı</t>
+          <t>Anonim Şirketlerde Yönetim Kurulu Kararlarının Butlanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786254320873</t>
+          <t>9786254322006</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Barış İçin Birlik Kararı</t>
+          <t>Yapı İpoteği (TMK m. 893/I-3, m. 895-897) (Ciltli)</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>135</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789752449480</t>
+          <t>9786254322013</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Tahkim Yargılamasında Ara ve Nihai Hakem Kararlar</t>
+          <t>Güven İlkesinin Türk Borçlar Kanunu'ndaki Temsil İlişkisine Yansımaları</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>90</v>
+        <v>81</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786254320668</t>
+          <t>9786254321443</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar Cilt: 3 (2015 - 2020) (Ciltli)</t>
+          <t>Siber Alan ve Hukuk</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>750</v>
+        <v>163</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786254320712</t>
+          <t>9786254321412</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Tanıma-Tenfiz Hukukunda Yeni Eğilimler: 2 Temmuz 2019 Tarihli Hukuki veya Ticari Konularda Yabancı Mahkeme Kararlarının Tanınması ve Tenfizi Hakkında Lahey Sözleşmesi (Ciltli)</t>
+          <t>Teoride ve Uygulamada Emlak Vergisi</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786254320781</t>
+          <t>9786254321436</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Elbirliği Mülkiyetinde Eşyanın Kullanılması ve Korunması (Ciltli)</t>
+          <t>İfa Zamanı ve Erken İfa (Ciltli)</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786254320774</t>
+          <t>9786254321405</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Organ ve Doku Naklinde Rıza</t>
+          <t>Asıl İşveren - Alt İşveren İlişkisinde İş Sağlığı ve Güvenliği Yükümlülükleri</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786254320842</t>
+          <t>9786254321429</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Çevrim İçi Uyuşmazlık Çözüm Yöntemleri</t>
+          <t>Adi Ortaklık Yapısındaki Değişiklikler</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>95</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786254320798</t>
+          <t>9786254321474</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Turkish Judicial Practices on International Protection Removal and Administrative Detention in Connection With the Safe Third Country Concept</t>
+          <t>Patentability of Human Embryonic Stem Cells in Europe</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>365</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786254320828</t>
+          <t>9786254321337</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Kamu İhale Kanunundan ve Kamu İhale Sözleşmeleri Kanunundan Kaynaklanan Uyuşmazlıklar ile Çözüm Yolları</t>
+          <t>7. Uluslararası Suç ve Ceza Film Festivali Terör ve Darbelere Karşı Hukuk Devletinin Korunması Tebliğler</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786254320835</t>
+          <t>9786254321139</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Kamu İktisadi Teşebbüsü Olarak TİGEM</t>
+          <t>Türk Hukukunda Vergi Mahremiyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786254320200</t>
+          <t>9786254321146</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yürüme Yasağı Bağlamında Zamanaşımı</t>
+          <t>Doğrudan E-Ticarette Katma Değer Vergisinin Sınır Ötesi Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>320</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786254320675</t>
+          <t>9786254320927</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>İşverenin Fesih Hakkının Toplu İş Sözleşmesiyle Sınırlandırılması (Ciltli)</t>
+          <t>Ceza Hukukunda Netice (Ciltli)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>510</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786254320521</t>
+          <t>9786254320996</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıkta Mali Hükümler (Ciltli)</t>
+          <t>Kredi Sözleşmelerinde Kredinin Geri Ödenmesini Sağlamak İçin Kullanılan Taahhütler (Covenants) ve Kredi Alacaklısının Kredi Alan Şirkete Karşı Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>179</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786254320651</t>
+          <t>9786254321245</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlilerinin Kamu Hizmeti Dışındaki Faaliyetlerinin Disiplin Hukuku Açısından Değerlendirilmesi (Ciltli)</t>
+          <t>Vergi Hukuku Açısından Kişisel Verilerin Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786254320644</t>
+          <t>9786254321399</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Geçici İş İlişkisi</t>
+          <t>Milletlerarası Özel Hukukta Kişisel Verilerin Korunması</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786254320545</t>
+          <t>9786254321238</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>KHAS Hukuk Bülteni</t>
+          <t>Mağdur Beyanına Dayalı Hüküm Kurulması Bağlamında Nitelikli Cinsel Saldırı Suçunda İspat</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>485</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786254320606</t>
+          <t>9786254321313</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Legitimacy Concerns in Investor-State Dispute Settlement</t>
+          <t>Toplumsal Yaşama Katılma Hakkı</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786254320446</t>
+          <t>9786254321320</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Milli Egemenlik ve Hukuk TBMM'nin 100. Yılı Anısına Armağan (Ciltli)</t>
+          <t>Harcama Vergilerinin Tarihsel Gelişimi, Kuramsal Yapısı ve Etkinliği</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>1255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786254320491</t>
+          <t>9786254321351</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Muhasebe Hilesi Suçu (Ciltli)</t>
+          <t>Hak Arama Hürriyeti Ekseninde Gümrük Uyuşmazlıkları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786254320507</t>
+          <t>9786254321290</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Karşılıklı Borç Yükleyen Sözleşmelerde İfa Güçsüzlüğü ve Hukuki Sonuçları (TBK md.98) (Ciltli)</t>
+          <t>Haksız Rekabet ile Rekabetin Korunması Alanları Arasındaki Hukuki İlişki (Ciltli)</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>390</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786254320552</t>
+          <t>9786254321207</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>İmalatçının Sorumluluğu ve Uygulanacak Hukuk (Ciltli)</t>
+          <t>Die Behandlung Von Patentlizenzverweigerungsfallen im Rahmen des Türkischen Vertragsrechts und Karte</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>485</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786254320576</t>
+          <t>9786254321221</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk, Avrupa Birliği Düzenlemeleri, AİHM İçtihatları ve AYM Kararları Kapsamında Sağlık Hakkı (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Vücut Bütünlüğüne Yönelik Koruma Tedbirleri</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786254320620</t>
+          <t>9786254321269</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Antlaşmaların Geçici Uygulanması</t>
+          <t>Avukatın Hapis Hakkı</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786254320613</t>
+          <t>9786254321283</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Uluslararası Vergi Hukukunda Daimi İşyerine Kazanç Atfedilmesi</t>
+          <t>Gerçek Banka veya Kredi Kartlarının Kötüye Kullanılması (TCK. 245/1)</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>290</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786254320590</t>
+          <t>9786254321085</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Hukukunda Yatırımcının İnsan Hakları Yükümlülüğü</t>
+          <t>Anayasa Mahkemesi Bireysel Başvuru Kararlarının Ceza Yargılamasına Etkisi Bağlamında Adil Yargılanma (Ciltli)</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786257528993</t>
+          <t>9786254320958</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Ord. Prof. Dr. Şevket Memedali Bilgişin'in Anısına Armağan (Ciltli)</t>
+          <t>Rekabetin Korunması Hakkında Kanunda Yapılan 2020 Yılı Değişiklikleri Nedenleri Kapsamı ve Olası Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>860</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786254320477</t>
+          <t>9786254320880</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Hekimlik Sözleşmesi Bağlamında Kişisel Sağlık Verilerinin İşlenmesi ve Korunması</t>
+          <t>Anonim Ortaklıklar Hukukunda İlişkili Taraf İşlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786254320484</t>
+          <t>9786254320897</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Minority Shareholder Protection: A Comparative Analysis Between the UK and Turkey</t>
+          <t>Osmanlı Devleti'nin Tanzimat Dönemi'nde Kaza Yönetiminin İdari Yapısı ve Yargısal Fonksiyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786254320538</t>
+          <t>9786254320934</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Mesleğinde Yapay Zeka Kullanımı</t>
+          <t>Bilimsel Çalışmalar ve Güncel Yargıtay Kararlarıyla Edinilmiş Mallara Katılma Rejimi ve Bağlantılı Konular (Ciltli)</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>155</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786254320132</t>
+          <t>9786254321054</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Tahkim Yargılaması Birinci Bölüm (Ciltli)</t>
+          <t>Tahkim Duruşmasının Psikolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>340</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786254320156</t>
+          <t>9786254321047</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>İstinaf Yargılamasında Yapılamayacak Taraf Usul İşlemleri (Ciltli)</t>
+          <t>Rethinking the Right of Withdrawal Under the GDPR in the Context of Biobank Research</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>125</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786254320194</t>
+          <t>9786254321122</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Haksız Fiil Hukukunda Ceza Zamanaşımı (Ciltli)</t>
+          <t>Fiili Ayrılık Nedeniyle Boşanma</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>380</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786254320255</t>
+          <t>9786254320903</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde Usule İlişkin Konularda İrade Serbestisi (Ciltli)</t>
+          <t>İnternet Ortamında Faaliyet Gösteren Aracılık Edenlerin Mesafeli Sözleşmeden Dolayı Tüketiciye Karşı Sorumluluğunun Şartları</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>675</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786254320088</t>
+          <t>9786254320910</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukukunda Yetki Anlaşmaları (Ciltli)</t>
+          <t>Hosting Intermediary Services' Liability Framework for Third-Party Uploaded Content in the Digital Single Market</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>305</v>
+        <v>49</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786254320439</t>
+          <t>9786254320941</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeden Doğan İpotek Hakkında Güvencenin Güvenceyi Oluşturan Değerler Bakımından Kapsamı ve Taşınmazdaki Değer Düşmesine Karşı Alacaklının Korunması</t>
+          <t>Ticari Davalarda Dava Şartı Olarak Arabuluculuk</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>385</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786254320187</t>
+          <t>9786254320859</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Gıda Hakkı</t>
+          <t>Kiralananın Erken İadesi</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>545</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786254320095</t>
+          <t>9786254320682</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Voleybolda Uluslararası Transfer Hukuku (Ciltli)</t>
+          <t>Hukuk Davalarında Gerçek Tarafın Belirlenmesi</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786254320170</t>
+          <t>9786254320729</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Birleşme Bölünme ve Tür Değiştirmede Ortakların Paylarının ve Haklarının Korunması (Ciltli)</t>
+          <t>Mesafeli Sözleşmelerde Tüketicinin Bilgilendirme Yükümlülüğü ve Cayma Hakkı Kapsamında Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786254320217</t>
+          <t>9786254320866</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Analogdan Dijitale: Demokratik Toplum Düzeni</t>
+          <t>Türkiye'deki Siyasi Partilerin Dezavantajlı Gruplara Yaklaşımı</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>225</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786257528832</t>
+          <t>9786254320873</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Özel Ceza Hukuku Cilt 10 (Ciltli)</t>
+          <t>Barış İçin Birlik Kararı</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>710</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786257528955</t>
+          <t>9789752449480</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Telif Hakları Bakımından Bilgisayar Programları: Araişlerlik Serbestisi ile Özgür ve Açık Kaynak Kodlu Programlar (Ciltli)</t>
+          <t>Tahkim Yargılamasında Ara ve Nihai Hakem Kararlar</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>430</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786254320064</t>
+          <t>9786254320668</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Ergenlerde Alkol Kullanımı ve Kural Dışı Davranış Arasındaki İlişki</t>
+          <t>Hukuki Mütalaalar Cilt: 3 (2015 - 2020) (Ciltli)</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786257528900</t>
+          <t>9786254320712</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Kanunu'nda Düzenlenen Suçlar (Ciltli)</t>
+          <t>Tanıma-Tenfiz Hukukunda Yeni Eğilimler: 2 Temmuz 2019 Tarihli Hukuki veya Ticari Konularda Yabancı Mahkeme Kararlarının Tanınması ve Tenfizi Hakkında Lahey Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>745</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786254320163</t>
+          <t>9786254320781</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet Hukukunda Eski Hale İade</t>
+          <t>Elbirliği Mülkiyetinde Eşyanın Kullanılması ve Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786254320125</t>
+          <t>9786254320774</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Tebligat Kanunu Çerçevesinde Elektronik Tebligat</t>
+          <t>Organ ve Doku Naklinde Rıza</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786257528795</t>
+          <t>9786254320842</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliğinde Kamusal Yaptırımlar (Ciltli)</t>
+          <t>Sorularla Çevrim İçi Uyuşmazlık Çözüm Yöntemleri</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>485</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257528849</t>
+          <t>9786254320798</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukukunda Halefiyet (Ciltli)</t>
+          <t>Turkish Judicial Practices on International Protection Removal and Administrative Detention in Connection With the Safe Third Country Concept</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>750</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786254320040</t>
+          <t>9786254320828</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu'nda Aile Konutu Üzerindeki Hukuki İşlemler ve Sınırları</t>
+          <t>Kamu İhale Kanunundan ve Kamu İhale Sözleşmeleri Kanunundan Kaynaklanan Uyuşmazlıklar ile Çözüm Yolları</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786254320101</t>
+          <t>9786254320835</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuku ve Mukayeseli Hukukta Şirketler Topluluğunun Vergilendirilmesi</t>
+          <t>Kamu İktisadi Teşebbüsü Olarak TİGEM</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786254320057</t>
+          <t>9786254320200</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Muhakemeleri Kanunu Çerçevesinde Hakem Kararlarının İptali</t>
+          <t>Geçmişe Yürüme Yasağı Bağlamında Zamanaşımı</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786254320118</t>
+          <t>9786254320675</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Temsil ve Sorumluluk</t>
+          <t>İşverenin Fesih Hakkının Toplu İş Sözleşmesiyle Sınırlandırılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>610</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786257528702</t>
+          <t>9786254320521</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Rüçhan Hakkı (Ciltli)</t>
+          <t>Anonim Ortaklıkta Mali Hükümler (Ciltli)</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>495</v>
+        <v>179</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786254320033</t>
+          <t>9786254320651</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Bir Temel Hak Olarak Çalışma Hakkı</t>
+          <t>Kamu Görevlilerinin Kamu Hizmeti Dışındaki Faaliyetlerinin Disiplin Hukuku Açısından Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>370</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786254320002</t>
+          <t>9786254320644</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Şirket Müsaderesi</t>
+          <t>Türk İş Hukukunda Geçici İş İlişkisi</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786257528962</t>
+          <t>9786254320545</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Hukukunda Dijital Tükenme</t>
+          <t>KHAS Hukuk Bülteni</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>190</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786257528740</t>
+          <t>9786254320606</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Sözleşmesi ve Anayasa Çerçevesinde Etkili Başvuru Hakkı</t>
+          <t>Legitimacy Concerns in Investor-State Dispute Settlement</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>460</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786257528863</t>
+          <t>9786254320446</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Kanunu Kısa Şerhi (Ciltli)</t>
+          <t>Milli Egemenlik ve Hukuk TBMM'nin 100. Yılı Anısına Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>510</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786257528825</t>
+          <t>9786254320491</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Vakıaların Toplanması Açısından Teksif İlkesi (Ciltli)</t>
+          <t>Vergi Hukukunda Muhasebe Hilesi Suçu (Ciltli)</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786257528979</t>
+          <t>9786254320507</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Hukukunda Meşru Beklentiler</t>
+          <t>Karşılıklı Borç Yükleyen Sözleşmelerde İfa Güçsüzlüğü ve Hukuki Sonuçları (TBK md.98) (Ciltli)</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>165</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786257528986</t>
+          <t>9786254320552</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu Çerçevesinde Mazbut Vakıflar (Örnek Mazbut Vakıf İncelemeli)</t>
+          <t>İmalatçının Sorumluluğu ve Uygulanacak Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>165</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786257528948</t>
+          <t>9786254320576</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Axel Honneth'in Toplum Felsefesinde Tanınma ve Özgürlük</t>
+          <t>Uluslararası Hukuk, Avrupa Birliği Düzenlemeleri, AİHM İçtihatları ve AYM Kararları Kapsamında Sağlık Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786254320019</t>
+          <t>9786254320620</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Yargısı ve Maliye</t>
+          <t>Uluslararası Hukukta Antlaşmaların Geçici Uygulanması</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786257528764</t>
+          <t>9786254320613</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>3. Uluslararası Deniz Hukuku Konferansı</t>
+          <t>Türk ve Uluslararası Vergi Hukukunda Daimi İşyerine Kazanç Atfedilmesi</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>395</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786257528917</t>
+          <t>9786254320590</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Başvuru Usulünde Önemli Zarar Ölçütü</t>
+          <t>Uluslararası Yatırım Hukukunda Yatırımcının İnsan Hakları Yükümlülüğü</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786257528894</t>
+          <t>9786257528993</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Türk Reklam Hukuku (Ciltli)</t>
+          <t>Ord. Prof. Dr. Şevket Memedali Bilgişin'in Anısına Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>480</v>
+        <v>860</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786257528887</t>
+          <t>9786254320477</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Nasıl Davranır?</t>
+          <t>Hekimlik Sözleşmesi Bağlamında Kişisel Sağlık Verilerinin İşlenmesi ve Korunması</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786257528856</t>
+          <t>9786254320484</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Cezaevi Çalışmaları ve İskandinav Ceza İnfaz Sistemi</t>
+          <t>Minority Shareholder Protection: A Comparative Analysis Between the UK and Turkey</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786257528757</t>
+          <t>9786254320538</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Vergiyi Doğuran Olay</t>
+          <t>Avukatlık Mesleğinde Yapay Zeka Kullanımı</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>370</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786257528634</t>
+          <t>9786254320132</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Erdoğan Moroğlu'nu Anma Toplantıları (Ciltli)</t>
+          <t>Tahkim Yargılaması Birinci Bölüm (Ciltli)</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786257528030</t>
+          <t>9786254320156</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>İşçinin Talimatlara Uyma Borcu (Ciltli)</t>
+          <t>İstinaf Yargılamasında Yapılamayacak Taraf Usul İşlemleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>835</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786257528528</t>
+          <t>9786254320194</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Kapsamındaki Faaliyetlerin Mahkumiyet Kararlarında Delil Olarak Kullanılması (Ciltli)</t>
+          <t>Haksız Fiil Hukukunda Ceza Zamanaşımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>265</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786257528566</t>
+          <t>9786254320255</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Boşanmada Maddi ve Manevi Tazminat (Ciltli)</t>
+          <t>Milletlerarası Ticari Tahkimde Usule İlişkin Konularda İrade Serbestisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>270</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786257528672</t>
+          <t>9786254320088</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Sözleşmelerin Uyarlanması</t>
+          <t>Milletlerarası Usul Hukukunda Yetki Anlaşmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786257528450</t>
+          <t>9786254320439</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukukunda Kullanılmama Savunması İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 52 (Ciltli)</t>
+          <t>Sözleşmeden Doğan İpotek Hakkında Güvencenin Güvenceyi Oluşturan Değerler Bakımından Kapsamı ve Taşınmazdaki Değer Düşmesine Karşı Alacaklının Korunması</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>315</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786257528504</t>
+          <t>9786254320187</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Tapu Kütüğüne Taşınmaz Olarak Kaydedilebilen Bağımsız ve Sürekli İrtifak Hakları (Ciltli)</t>
+          <t>Uluslararası Hukukta Gıda Hakkı</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>365</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786257528443</t>
+          <t>9786254320095</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Belirli Grupların Anonim Şirket Yönetim Kurulunda Temsili (Ciltli)</t>
+          <t>Voleybolda Uluslararası Transfer Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>355</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786257528603</t>
+          <t>9786254320170</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Bağlamında Ne Bis İn İdem İlkesi</t>
+          <t>Birleşme Bölünme ve Tür Değiştirmede Ortakların Paylarının ve Haklarının Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786257528665</t>
+          <t>9786254320217</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Kamu Görevlisinin İfade Özgürlüğü</t>
+          <t>Analogdan Dijitale: Demokratik Toplum Düzeni</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786257528610</t>
+          <t>9786257528832</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukukunda Mahkemelerin Yetkisine İlişkin Güncel Tartışmalar</t>
+          <t>Özel Ceza Hukuku Cilt 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>155</v>
+        <v>710</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786257528290</t>
+          <t>9786257528955</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku Açısından Mirasçılık Belgesine İlişkin Talep İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 51 (Ciltli)</t>
+          <t>Telif Hakları Bakımından Bilgisayar Programları: Araişlerlik Serbestisi ile Özgür ve Açık Kaynak Kodlu Programlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786257528474</t>
+          <t>9786254320064</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Alacaklı Temerrüdü ve Satım Sözleşmesi Açısından Sonuçları (Ciltli)</t>
+          <t>Ergenlerde Alkol Kullanımı ve Kural Dışı Davranış Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>585</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786257528573</t>
+          <t>9786257528900</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Veri Koruması Hukukunda Bağlayıcı Şirket Kuralları: 2016/679 Sayılı Genel Veri Koruma Tüzüğü ve 6698 Sayılı Kişisel Verilerin Korunması Kanunu Karşılaştırması</t>
+          <t>Fikir ve Sanat Eserleri Kanunu'nda Düzenlenen Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>165</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786257528108</t>
+          <t>9786254320163</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuku ile Karşılaştırmalı Olarak İngiliz Hukukunda İfa Menfaati Kavramı Merkezinde Yaptırımlar</t>
+          <t>Haksız Rekabet Hukukunda Eski Hale İade</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786257528481</t>
+          <t>9786254320125</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devleti Perspektifinden Vergi Hukukunda Özelgeler</t>
+          <t>Tebligat Kanunu Çerçevesinde Elektronik Tebligat</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>370</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786257528306</t>
+          <t>9786257528795</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıkta Önemli Miktarda Şirket Varlığının Satışı (Ciltli)</t>
+          <t>İş Sağlığı ve Güvenliğinde Kamusal Yaptırımlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>340</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786257528184</t>
+          <t>9786257528849</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Hukuk ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları 2020 (Ciltli)</t>
+          <t>Türk Borçlar Hukukunda Halefiyet (Ciltli)</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>395</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786257528214</t>
+          <t>9786254320040</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>On Yılın Ardından Rotterdam Kuralları</t>
+          <t>Türk Medeni Kanunu'nda Aile Konutu Üzerindeki Hukuki İşlemler ve Sınırları</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786257528191</t>
+          <t>9786254320101</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Oyunlarının Eser Niteliği</t>
+          <t>Türk Hukuku ve Mukayeseli Hukukta Şirketler Topluluğunun Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786257528092</t>
+          <t>9786254320057</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Sınai Mülkiyet Haklarının Cebri İcrası (Ciltli)</t>
+          <t>Hukuk Muhakemeleri Kanunu Çerçevesinde Hakem Kararlarının İptali</t>
         </is>
       </c>
       <c r="C1301" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786257528177</t>
+          <t>9786254320118</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Türk ve İsviçre İflas Hukukunda Paylaştırma (Ciltli)</t>
+          <t>Vergi Hukukunda Temsil ve Sorumluluk</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>460</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786257528245</t>
+          <t>9786257528702</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Azınlık Haklarının Tarihsel Gelişimi</t>
+          <t>Anonim Şirketlerde Rüçhan Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>125</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786257528009</t>
+          <t>9786254320033</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>İş Sözleşmesinin Ölüm, Ölüm Karinesi veya Gaiplik Nedeniyle Sona Ermesi</t>
+          <t>Bir Temel Hak Olarak Çalışma Hakkı</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>165</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786257528122</t>
+          <t>9786254320002</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Güveni Kötüye Kullanma Suçu</t>
+          <t>Şirket Müsaderesi</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786257528115</t>
+          <t>9786257528962</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Tüketiciye Doğrudan Sunulan Dijital Hizmetlerin KDV Açısından Vergilendirilmesi</t>
+          <t>Fikir ve Sanat Eserleri Hukukunda Dijital Tükenme</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786257528085</t>
+          <t>9786257528740</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2018 (Ciltli)</t>
+          <t>İnsan Hakları Avrupa Sözleşmesi ve Anayasa Çerçevesinde Etkili Başvuru Hakkı</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>370</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786257528061</t>
+          <t>9786257528863</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Özgü Suç</t>
+          <t>Fikir ve Sanat Eserleri Kanunu Kısa Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>395</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786257598934</t>
+          <t>9786257528825</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Topluluğunda Hakimiyetin Hukuka Aykırı Kullanılması (Ciltli)</t>
+          <t>Vakıaların Toplanması Açısından Teksif İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>620</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786257598903</t>
+          <t>9786257528979</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklar Hukukunda Pay Satış Sözleşmeleri Ekseninde Satıcının Beyan ve Tekeffülleri (Ciltli)</t>
+          <t>Uluslararası Yatırım Hukukunda Meşru Beklentiler</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>390</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786257598965</t>
+          <t>9786257528986</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Örgütlerin Askeri Faaliyetlerden Kaynaklanan Sorumluluğu (Ciltli)</t>
+          <t>Türk Medeni Kanunu Çerçevesinde Mazbut Vakıflar (Örnek Mazbut Vakıf İncelemeli)</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>545</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786257598897</t>
+          <t>9786257528948</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Hakkının Bir Görünümü Olarak Unutulma Hakkı (Ciltli)</t>
+          <t>Axel Honneth'in Toplum Felsefesinde Tanınma ve Özgürlük</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>620</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786257598989</t>
+          <t>9786254320019</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>2017 Değişiklikleri Sonrası 1982 Anayasası'na Göre Parlamentonun İdarenin Denetlenmesindeki Rolü</t>
+          <t>Anayasa Yargısı ve Maliye</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786257598859</t>
+          <t>9786257528764</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Fransız Ceza Hukukunda Kanunun Hükmünü Yerine Getirme (Ciltli)</t>
+          <t>3. Uluslararası Deniz Hukuku Konferansı</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786257598835</t>
+          <t>9786257528917</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukukunda Fedakarlığın Denkleştirilmesi İlkesi (Ciltli)</t>
+          <t>Bireysel Başvuru Usulünde Önemli Zarar Ölçütü</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786257598880</t>
+          <t>9786257528894</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Dolaylı Ayrımcılık Yasağı</t>
+          <t>Türk Reklam Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>395</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786257598927</t>
+          <t>9786257528887</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Üstünlüğü Kavramının Felsefi Temelleri</t>
+          <t>Hukuk Nasıl Davranır?</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786257598910</t>
+          <t>9786257528856</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Suç İsnadı Altında Bulunanlar Yönünden Silahların Eşitliği İlkesi ve Çelişmeli Yargılama Hakkı</t>
+          <t>Cezaevi Çalışmaları ve İskandinav Ceza İnfaz Sistemi</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786257598958</t>
+          <t>9786257528757</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Yargı Kararları Sempozyumu - 1 Eşya Hukuku</t>
+          <t>Vergi Hukukunda Vergiyi Doğuran Olay</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>205</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786257598682</t>
+          <t>9786257528634</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Alanındaki Güncel Yargıtay Kararlarının Değerlendirilmesi Sempozyumları Cilt 3 - Dernekler ve Vakıflar</t>
+          <t>Prof. Dr. Erdoğan Moroğlu'nu Anma Toplantıları (Ciltli)</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786257598842</t>
+          <t>9786257528030</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Hakkı ve Sınırları</t>
+          <t>İşçinin Talimatlara Uyma Borcu (Ciltli)</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>305</v>
+        <v>835</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786257598781</t>
+          <t>9786257528528</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Temel Hakların Yatay Etkisi ve İfade Özgürlüğü</t>
+          <t>İnsan Hakları Kapsamındaki Faaliyetlerin Mahkumiyet Kararlarında Delil Olarak Kullanılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786257598811</t>
+          <t>9786257528566</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Kambiyo Senetleri İle İlgili Güncel Gelişmeler</t>
+          <t>Boşanmada Maddi ve Manevi Tazminat (Ciltli)</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786257598804</t>
+          <t>9786257528672</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Din ve Vicdan Özgürlüğü</t>
+          <t>Türk Hukukunda Sözleşmelerin Uyarlanması</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786257598798</t>
+          <t>9786257528450</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Şeffaflık</t>
+          <t>Marka Hukukunda Kullanılmama Savunması İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 52 (Ciltli)</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786257598712</t>
+          <t>9786257528504</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Rehinli Eşya Üzerindeki Menfaatlerin Sigortalanması ve Hukuki Sonuçları</t>
+          <t>Tapu Kütüğüne Taşınmaz Olarak Kaydedilebilen Bağımsız ve Sürekli İrtifak Hakları (Ciltli)</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786257598736</t>
+          <t>9786257528443</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Ulusalüstü İnsan Hakları Hukukunda Kadınların Siyasal Hakları</t>
+          <t>Belirli Grupların Anonim Şirket Yönetim Kurulunda Temsili (Ciltli)</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>395</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786257598767</t>
+          <t>9786257528603</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde İhtiyati Tedbir Kararlarını Verme Yetkisi ve İhtiyati Tedbir Kararlarının İcra Edilebilirliği</t>
+          <t>Türk Ceza Hukuku Bağlamında Ne Bis İn İdem İlkesi</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786257598699</t>
+          <t>9786257528665</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Yargılaması Hukukunda İstinaf (Ciltli)</t>
+          <t>Kamu Görevlisinin İfade Özgürlüğü</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>255</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786257598729</t>
+          <t>9786257528610</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukukunda Mahkemelerin Yetkisinin Belirlenmesinde Tarafların İrade Serbestisi (Ciltli)</t>
+          <t>Milletlerarası Usul Hukukunda Mahkemelerin Yetkisine İlişkin Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>535</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786257598774</t>
+          <t>9786257528290</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Rejiminin Gelişimi - Mülkiyetin Toplumsal ve Hukuki Niteliği Hakkında İnceleme (Ciltli)</t>
+          <t>Medeni Usul Hukuku Açısından Mirasçılık Belgesine İlişkin Talep İstanbul Üniversitesi Hukuk Fakültesi Özel Hukuk Yüksek Lisans Tezleri Dizisi No: 51 (Ciltli)</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>265</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786257598743</t>
+          <t>9786257528474</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Garanti Sözleşmeleri (Ciltli)</t>
+          <t>Alacaklı Temerrüdü ve Satım Sözleşmesi Açısından Sonuçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>435</v>
+        <v>585</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786257598583</t>
+          <t>9786257528573</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>İdari İşlem Olarak Vergi İnceleme Süreci (Ciltli)</t>
+          <t>Veri Koruması Hukukunda Bağlayıcı Şirket Kuralları: 2016/679 Sayılı Genel Veri Koruma Tüzüğü ve 6698 Sayılı Kişisel Verilerin Korunması Kanunu Karşılaştırması</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>470</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786257598576</t>
+          <t>9786257528108</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkimde Üçüncü Kişi Finansmanı (Ciltli)</t>
+          <t>Türk Hukuku ile Karşılaştırmalı Olarak İngiliz Hukukunda İfa Menfaati Kavramı Merkezinde Yaptırımlar</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786257598590</t>
+          <t>9786257528481</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda İçerden Öğrenenlerin Ticareti (Bilgi Suistimali) (Ciltli)</t>
+          <t>Hukuk Devleti Perspektifinden Vergi Hukukunda Özelgeler</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786257598484</t>
+          <t>9786257528306</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Örtülü Kazanç Aktarımı Yasağı (SerPK m. 21) (Ciltli)</t>
+          <t>Anonim Ortaklıkta Önemli Miktarda Şirket Varlığının Satışı (Ciltli)</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>520</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786257598668</t>
+          <t>9786257528184</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Yenilik Doğuran Davalar</t>
+          <t>Yargıtay Hukuk ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları 2020 (Ciltli)</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>125</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786257598620</t>
+          <t>9786257528214</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>İçtihatlarla İnsan Hakları (3 Cilt Takım)</t>
+          <t>On Yılın Ardından Rotterdam Kuralları</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>1015</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786257598606</t>
+          <t>9786257528191</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Uygulamada Çocuk Yargılaması: İstanbul Anadolu Adliyesi Çocuk Mahkemelerinde Dosya İncelemesi</t>
+          <t>Bilgisayar Oyunlarının Eser Niteliği</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786257899123</t>
+          <t>9786257528092</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Suça Teşebbüste Hazırlık Hareketleri İle İcra Hareketlerinin Birbirinden Ayrılması (Ciltli)</t>
+          <t>Sınai Mülkiyet Haklarının Cebri İcrası (Ciltli)</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>405</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786257598538</t>
+          <t>9786257528177</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Karşılıksız Çek Keşide Edilmesini Önlemek İçin Alınabilecek Hukuki Tedbirler ve Elektronik Çek</t>
+          <t>Türk ve İsviçre İflas Hukukunda Paylaştırma (Ciltli)</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786257598491</t>
+          <t>9786257528245</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde Patolojik Tahkim Anlaşmaları ve Hibrit Tahkim Anlaşmaları</t>
+          <t>Azınlık Haklarının Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786257598545</t>
+          <t>9786257528009</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda 6701 Sayılı Türkiye İnsan Hakları ve Eşitlik Kurumu Kanunu Bağlamında Eşitlik İlkesi ve Ayrımcılık Yasağı</t>
+          <t>İş Sözleşmesinin Ölüm, Ölüm Karinesi veya Gaiplik Nedeniyle Sona Ermesi</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>460</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786257598408</t>
+          <t>9786257528122</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İş Akitlerinden Doğan Uyuşmazlıklarda Türk Mahkemelerinin Milletlerarası Yetkisi ve Esasa Uygulanacak Hukuk (Ciltli)</t>
+          <t>Güveni Kötüye Kullanma Suçu</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786257598477</t>
+          <t>9786257528115</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Müşavirinin Mali Hukuk Bakımından Sorumluluğu (Ciltli)</t>
+          <t>Tüketiciye Doğrudan Sunulan Dijital Hizmetlerin KDV Açısından Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>535</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786257598507</t>
+          <t>9786257528085</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda Piyasa Dolandırıcılığı Suçu (6362 Sayılı SPKn Md. 107)</t>
+          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2018 (Ciltli)</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786257598460</t>
+          <t>9786257528061</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Su Hakkı</t>
+          <t>Özgü Suç</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>460</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786257598392</t>
+          <t>9786257598934</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>İnternetten İndirilen Dijital Eserlerde Yayma Hakkının Tükenmesi İlkesi</t>
+          <t>Şirketler Topluluğunda Hakimiyetin Hukuka Aykırı Kullanılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>250</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786257598446</t>
+          <t>9786257598903</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde İbra (Ciltli)</t>
+          <t>Anonim Ortaklıklar Hukukunda Pay Satış Sözleşmeleri Ekseninde Satıcının Beyan ve Tekeffülleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786257598439</t>
+          <t>9786257598965</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>İflasın Takiplere Etkisi (Ciltli)</t>
+          <t>Uluslararası Örgütlerin Askeri Faaliyetlerden Kaynaklanan Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>560</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786257598309</t>
+          <t>9786257598897</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Sanığın Hukuki Dinlenilme Hakkı (Ciltli)</t>
+          <t>Kişilik Hakkının Bir Görünümü Olarak Unutulma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>485</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786257598354</t>
+          <t>9786257598989</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>6502 Sayılı Kanun Kapsamında Ayıplı İfadan İthalatçı ve Üreticinin Sorumluluğu</t>
+          <t>2017 Değişiklikleri Sonrası 1982 Anayasası'na Göre Parlamentonun İdarenin Denetlenmesindeki Rolü</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>215</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786257334990</t>
+          <t>9786257598859</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Mesafeli Satış Sözleşmesinde Risk ve Masrafların Paylaşımı</t>
+          <t>Türk ve Fransız Ceza Hukukunda Kanunun Hükmünü Yerine Getirme (Ciltli)</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>165</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786257598316</t>
+          <t>9786257598835</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Mal veya Hizmet Satımından Kaçınma Suçu (TCK m. 240)</t>
+          <t>İdare Hukukunda Fedakarlığın Denkleştirilmesi İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>215</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786257598385</t>
+          <t>9786257598880</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunda Çocuk Hakları</t>
+          <t>Dolaylı Ayrımcılık Yasağı</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>900</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786257598323</t>
+          <t>9786257598927</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Özel Ceza Hukuku Cilt 9 (Ciltli)</t>
+          <t>Hukukun Üstünlüğü Kavramının Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>495</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786257598224</t>
+          <t>9786257598910</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Gemi Mülkiyetinin Hukuki İşlem Yoluyla Kazanılması (Ciltli)</t>
+          <t>Suç İsnadı Altında Bulunanlar Yönünden Silahların Eşitliği İlkesi ve Çelişmeli Yargılama Hakkı</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>370</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786257598200</t>
+          <t>9786257598958</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>6362 Sayılı Sermaye Piyasası Kanunu Kapsamında Halka Açık Anonim Ortaklıkların Halka Kapalı Statüye Dönmesi (Ciltli)</t>
+          <t>Yargı Kararları Sempozyumu - 1 Eşya Hukuku</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786257598279</t>
+          <t>9786257598682</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>ABD Uygulaması Işığında İmar Hakkı Transferinin Hukuki Rejimi (Ciltli)</t>
+          <t>Medeni Hukuk Alanındaki Güncel Yargıtay Kararlarının Değerlendirilmesi Sempozyumları Cilt 3 - Dernekler ve Vakıflar</t>
         </is>
       </c>
       <c r="C1359" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786257598293</t>
+          <t>9786257598842</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Sendikal Örgütlenmede İşkolunun Belirlenmesi (Ciltli)</t>
+          <t>Yaşam Hakkı ve Sınırları</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>290</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786257598231</t>
+          <t>9786257598781</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik ve Teknolojik Gelişmelerin İş Hukuku ve Sosyal Güvenlik Hukukuna Etkileri "Prof. Dr. Münir Ekonomi 85. Doğum Günü Armağanı" (Ciltli)</t>
+          <t>Temel Hakların Yatay Etkisi ve İfade Özgürlüğü</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>635</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786257598286</t>
+          <t>9786257598811</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Elatmanın Önlenmesi Davası</t>
+          <t>Milletlerarası Özel Hukukta Kambiyo Senetleri İle İlgili Güncel Gelişmeler</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786257598125</t>
+          <t>9786257598804</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Şirket Faaliyeti Sırasında İşlenen Suçlarda Şirket Yöneticilerinin Taksire Dayalı Cezai Sorumluluğu (Ciltli)</t>
+          <t>Din ve Vicdan Özgürlüğü</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257598170</t>
+          <t>9786257598798</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Limited Şirket Esas Sermaye Payının Rehni (Ciltli)</t>
+          <t>Uluslararası Hukukta Şeffaflık</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>495</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786257598347</t>
+          <t>9786257598712</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukukunda Genç Yaklaşımlar</t>
+          <t>Rehinli Eşya Üzerindeki Menfaatlerin Sigortalanması ve Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257598378</t>
+          <t>9786257598736</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Cinsel İstismarı Suçu TCK m. 103</t>
+          <t>Ulusalüstü İnsan Hakları Hukukunda Kadınların Siyasal Hakları</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>155</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257334945</t>
+          <t>9786257598767</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Yürürlüğünün 8. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu - 4 - (Tebliğler ve Tartışmalar) 23 Ekim 2020 (Ciltli)</t>
+          <t>Milletlerarası Ticari Tahkimde İhtiyati Tedbir Kararlarını Verme Yetkisi ve İhtiyati Tedbir Kararlarının İcra Edilebilirliği</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257598040</t>
+          <t>9786257598699</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Kıdem Kavramı (Ciltli)</t>
+          <t>Türk Vergi Yargılaması Hukukunda İstinaf (Ciltli)</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>485</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257598132</t>
+          <t>9786257598729</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasasında Kamuyu Aydınlatma Belgelerinden Doğan Hukuki Sorumluluk</t>
+          <t>Milletlerarası Usul Hukukunda Mahkemelerin Yetkisinin Belirlenmesinde Tarafların İrade Serbestisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>510</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786257598262</t>
+          <t>9786257598774</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Şanlıurfa Örnekleminde Töre Saikiyle İnsan Öldürme Suçu</t>
+          <t>Mülkiyet Rejiminin Gelişimi - Mülkiyetin Toplumsal ve Hukuki Niteliği Hakkında İnceleme (Ciltli)</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>155</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786257598149</t>
+          <t>9786257598743</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>TTK, TBK ve İİK Işığında Ticari İşletme Devri</t>
+          <t>Bağımsız Garanti Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>160</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786257598101</t>
+          <t>9786257598583</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>The Suppression Of Innovation: Testing The Open Nature Of Article 102 TFEU</t>
+          <t>İdari İşlem Olarak Vergi İnceleme Süreci (Ciltli)</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>370</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257598194</t>
+          <t>9786257598576</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>İnkar ile Kabul Arasında Bir Hak: Eşcinsel Bireylerin Evliliği</t>
+          <t>Milletlerarası Tahkimde Üçüncü Kişi Finansmanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786257598095</t>
+          <t>9786257598590</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Genel Kurul Kararlarına Karşı İptal Davası Açabilecek Kişiler</t>
+          <t>Sermaye Piyasası Hukukunda İçerden Öğrenenlerin Ticareti (Bilgi Suistimali) (Ciltli)</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786257334952</t>
+          <t>9786257598484</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Yönetim Kurulu İç Yönergesi (Ciltli)</t>
+          <t>Örtülü Kazanç Aktarımı Yasağı (SerPK m. 21) (Ciltli)</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>340</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786257598057</t>
+          <t>9786257598668</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddet ve Ev İçi Şiddetin İlgili Uluslararası Sözleşmeler ve 6284 Sayılı Kanun Çerçevesinde Değerlendirilmesi</t>
+          <t>Yenilik Doğuran Davalar</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786257598088</t>
+          <t>9786257598620</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Çok Taraflı Sözleşme ve Türk-Alman Çifte Vergilendirme Anlaşmasına Muhtemel Etkileri</t>
+          <t>İçtihatlarla İnsan Hakları (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>370</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786257598026</t>
+          <t>9786257598606</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Kadının Sığınma Hakkının Toplumsal Cinsiyet Perspektifiyle Değerlendirilmesi</t>
+          <t>Uygulamada Çocuk Yargılaması: İstanbul Anadolu Adliyesi Çocuk Mahkemelerinde Dosya İncelemesi</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786257598071</t>
+          <t>9786257899123</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Sözleşmelerinde Bedelin Belirlenmesi</t>
+          <t>Suça Teşebbüste Hazırlık Hareketleri İle İcra Hareketlerinin Birbirinden Ayrılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>125</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786257598033</t>
+          <t>9786257598538</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devletin ve Modern Yurttaşlığın Oluşumunda ve Gelişiminde Düzenli Ulusal Orduların Rolü</t>
+          <t>Karşılıksız Çek Keşide Edilmesini Önlemek İçin Alınabilecek Hukuki Tedbirler ve Elektronik Çek</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786257334976</t>
+          <t>9786257598491</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Eser Sözleşmesinde İşsahibinin Alacaklı Sıfatıyla Temerrüdü (Ciltli)</t>
+          <t>Milletlerarası Ticari Tahkimde Patolojik Tahkim Anlaşmaları ve Hibrit Tahkim Anlaşmaları</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786257334846</t>
+          <t>9786257598545</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Hukuku Açısından Mobil Uygulamalarda Konum Gizliliği (Ciltli)</t>
+          <t>İş Hukukunda 6701 Sayılı Türkiye İnsan Hakları ve Eşitlik Kurumu Kanunu Bağlamında Eşitlik İlkesi ve Ayrımcılık Yasağı</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>165</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786257334860</t>
+          <t>9786257598408</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Postası 2020 (Ciltli)</t>
+          <t>Uluslararası İş Akitlerinden Doğan Uyuşmazlıklarda Türk Mahkemelerinin Milletlerarası Yetkisi ve Esasa Uygulanacak Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786257598002</t>
+          <t>9786257598477</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuku ve Avrupa İnsan Hakları Sözleşmesi Bağlamında Kölelik, Kulluk ve Zorla Çalıştırma Yasağı</t>
+          <t>Gümrük Müşavirinin Mali Hukuk Bakımından Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>395</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786257334983</t>
+          <t>9786257598507</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Siber Uzay ve Uluslararasi Hukuk</t>
+          <t>Sermaye Piyasası Hukukunda Piyasa Dolandırıcılığı Suçu (6362 Sayılı SPKn Md. 107)</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257334884</t>
+          <t>9786257598460</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Makaleler-Tebliğler (2001-2020) (Ciltli)</t>
+          <t>Türkiye'de Su Hakkı</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>775</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257334907</t>
+          <t>9786257598392</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Çalışanların Pay Sahipliği Yoluyla Anonim Şirketlere Katılımı (Ciltli)</t>
+          <t>İnternetten İndirilen Dijital Eserlerde Yayma Hakkının Tükenmesi İlkesi</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>455</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257334938</t>
+          <t>9786257598446</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasi Partilerin Milletvekili Adaylarını Belirleme Yöntemleri ve Parti İçi Demokrasi İlişkisi</t>
+          <t>Anonim Şirketlerde İbra (Ciltli)</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786257334808</t>
+          <t>9786257598439</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Rekabet Hukuku Seminerleri 2020 (Ciltli)</t>
+          <t>İflasın Takiplere Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>890</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786257334921</t>
+          <t>9786257598309</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Tutuklunun Serbest Kalma Hakkı ve Güvenceleri</t>
+          <t>Ceza Muhakemesi Hukukunda Sanığın Hukuki Dinlenilme Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>250</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257334914</t>
+          <t>9786257598354</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu'na Göre Bedensel Bütünlüğün İhlalinde Manevi Tazminat</t>
+          <t>6502 Sayılı Kanun Kapsamında Ayıplı İfadan İthalatçı ve Üreticinin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>460</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786257334747</t>
+          <t>9786257334990</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Yükümlülük Davası (Ciltli)</t>
+          <t>Mesafeli Satış Sözleşmesinde Risk ve Masrafların Paylaşımı</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786257334815</t>
+          <t>9786257598316</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukuyla Karşılaştırmalı Olarak Amerika Birleşik Devletleri Anayasası'nın Ek 4. Maddesi Çerçevesinde Özel Hayat Alanının Korunması</t>
+          <t>Mal veya Hizmet Satımından Kaçınma Suçu (TCK m. 240)</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786257334839</t>
+          <t>9786257598385</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Vergi İdaresinin Tahsil Yetkisi ve Sınırları</t>
+          <t>Anayasa Hukukunda Çocuk Hakları</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>340</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257334822</t>
+          <t>9786257598323</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Nişanın Sona Ermesinin Hüküm ve Sonuçları</t>
+          <t>Özel Ceza Hukuku Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>150</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257334716</t>
+          <t>9786257598224</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Bir Kredi Vasıtası Olarak Muamele-i Şer'iyye (17. Asır)</t>
+          <t>Gemi Mülkiyetinin Hukuki İşlem Yoluyla Kazanılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>255</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786257334754</t>
+          <t>9786257598200</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Yasada Psikolojik Unsur</t>
+          <t>6362 Sayılı Sermaye Piyasası Kanunu Kapsamında Halka Açık Anonim Ortaklıkların Halka Kapalı Statüye Dönmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786257334761</t>
+          <t>9786257598279</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Sorunu Olarak Kozmopolitan Haklı Savaş Teorisi</t>
+          <t>ABD Uygulaması Işığında İmar Hakkı Transferinin Hukuki Rejimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786257334723</t>
+          <t>9786257598293</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Boşanma Davası Sırasında Ölen Eşin Mirasçılarının Boşanma Davasına Devam Etmesi</t>
+          <t>Sendikal Örgütlenmede İşkolunun Belirlenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257334662</t>
+          <t>9786257598231</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserlerinden Doğan Uyuşmazlıkların Arabuluculuk Yolu ile Çözümü (Ciltli)</t>
+          <t>Ekonomik ve Teknolojik Gelişmelerin İş Hukuku ve Sosyal Güvenlik Hukukuna Etkileri "Prof. Dr. Münir Ekonomi 85. Doğum Günü Armağanı" (Ciltli)</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>355</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257334648</t>
+          <t>9786257598286</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Çifte Vergilendirmeyi Önleme Anlaşmaları Bakımından OECD'nin Tahkim Önerisi ve Türkiye Açısından Değerlendirilmesi</t>
+          <t>Elatmanın Önlenmesi Davası</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257334686</t>
+          <t>9786257598125</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Zamanaşımına Uğramış Mevduat Alacakları</t>
+          <t>Şirket Faaliyeti Sırasında İşlenen Suçlarda Şirket Yöneticilerinin Taksire Dayalı Cezai Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>165</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786257334617</t>
+          <t>9786257598170</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Meccanilik İlkesi ve Türkiye'de Kamu Hizmetinden Yararlanandan Karşılık Alınmasının Meşruiyeti</t>
+          <t>Limited Şirket Esas Sermaye Payının Rehni (Ciltli)</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786257334600</t>
+          <t>9786257598347</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>6750 Sayılı Ticari İşlemlerde Taşınır Rehni Kanunu Uyarınca Temerrüt Sonrası Haklar (Ciltli)</t>
+          <t>Ticaret Hukukunda Genç Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>280</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786257334570</t>
+          <t>9786257598378</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Kişilik Haklarının İnternet Yoluyla İhlalinde Sorumluluk (Ciltli)</t>
+          <t>Çocukların Cinsel İstismarı Suçu TCK m. 103</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>290</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786257334679</t>
+          <t>9786257334945</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>6362 Sayılı Sermaye Piyasası Kanunu'nda Düzenlenen (SerPK md 110/1-b ve c) Örtülü Kazanç Aktarımı Suçu (Ciltli)</t>
+          <t>Yürürlüğünün 8. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu - 4 - (Tebliğler ve Tartışmalar) 23 Ekim 2020 (Ciltli)</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>205</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786257334020</t>
+          <t>9786257598040</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Vakfın Örgütlenmesi ve İşleyişi (Ciltli)</t>
+          <t>İş Hukukunda Kıdem Kavramı (Ciltli)</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>355</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786257334624</t>
+          <t>9786257598132</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Denizden İstihbarat Toplama Faaliyetlerinde Denizaltı Operasyonları ve Uluslararası Hukuk</t>
+          <t>Sermaye Piyasasında Kamuyu Aydınlatma Belgelerinden Doğan Hukuki Sorumluluk</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>370</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786257334594</t>
+          <t>9786257598262</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>İş Mücadelesine Hakim Olan Temel İlkeler</t>
+          <t>Şanlıurfa Örnekleminde Töre Saikiyle İnsan Öldürme Suçu</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>305</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786257334495</t>
+          <t>9786257598149</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Çerçevesinde Karayolu İle Eşya Taşımalarında Gönderenin Sorumluluğu (Ciltli)</t>
+          <t>TTK, TBK ve İİK Işığında Ticari İşletme Devri</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786257334112</t>
+          <t>9786257598101</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi, Sanayi ve Ticarete İlişkin Suçlar - Bilişim Alanında Suçlar - Özel Ceza Hukuku Cilt 8 (Ciltli)</t>
+          <t>The Suppression Of Innovation: Testing The Open Nature Of Article 102 TFEU</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786257334549</t>
+          <t>9786257598194</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 ve Hukuk Sempozyumu (Ciltli)</t>
+          <t>İnkar ile Kabul Arasında Bir Hak: Eşcinsel Bireylerin Evliliği</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>610</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786257334440</t>
+          <t>9786257598095</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Yapım Sözleşmelerinde Asgari Ekonomik Menfaat Taahhüdü (Ciltli)</t>
+          <t>Anonim Şirketlerde Genel Kurul Kararlarına Karşı İptal Davası Açabilecek Kişiler</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>520</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257334488</t>
+          <t>9786257334952</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Vazgeçme (Ciltli)</t>
+          <t>Anonim Şirketlerde Yönetim Kurulu İç Yönergesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257334525</t>
+          <t>9786257598057</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Sistemine Girme Suçu (Ciltli)</t>
+          <t>Kadına Yönelik Şiddet ve Ev İçi Şiddetin İlgili Uluslararası Sözleşmeler ve 6284 Sayılı Kanun Çerçevesinde Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257334396</t>
+          <t>9786257598088</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Mevzuatı (Ciltli)</t>
+          <t>Çok Taraflı Sözleşme ve Türk-Alman Çifte Vergilendirme Anlaşmasına Muhtemel Etkileri</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>205</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786257334518</t>
+          <t>9786257598026</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Seri Muhakeme ve Basit Yargılama Usulü Muhakeme Stratejileri</t>
+          <t>Kadının Sığınma Hakkının Toplumsal Cinsiyet Perspektifiyle Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>62</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786257334501</t>
+          <t>9786257598071</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalar Işığında Matrah Aşındırma ve Kar Kaydırma Çok Taraflı Sözleşmesi</t>
+          <t>İnşaat Sözleşmelerinde Bedelin Belirlenmesi</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>340</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786257334297</t>
+          <t>9786257598033</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Artık Değerin Hesaplanmasında Edinilmiş Mallara Eklenecek Değerler (Ciltli)</t>
+          <t>Ulus Devletin ve Modern Yurttaşlığın Oluşumunda ve Gelişiminde Düzenli Ulusal Orduların Rolü</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257334402</t>
+          <t>9786257334976</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>İdari İşlem Teorisi Açısından İdare Hukukunda Tespit Edici İşlemlerin Yeri (Ciltli)</t>
+          <t>Eser Sözleşmesinde İşsahibinin Alacaklı Sıfatıyla Temerrüdü (Ciltli)</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>610</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257334259</t>
+          <t>9786257334846</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukukunda Sessiz Kalma Suretiyle Hak Kaybı İlkesi (Ciltli)</t>
+          <t>Kişisel Verilerin Korunması Hukuku Açısından Mobil Uygulamalarda Konum Gizliliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786257334365</t>
+          <t>9786257334860</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Şerhi Altıncı Kitap: Sigorta Hukuku - Cilt 7 Yargı Kararları (Ciltli)</t>
+          <t>Hukuk Postası 2020 (Ciltli)</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>555</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786257334389</t>
+          <t>9786257598002</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Kolluk ve Adli Makamlar Tarafından İşlenen Kişisel Verilerin Korunması (Ciltli)</t>
+          <t>Türk Hukuku ve Avrupa İnsan Hakları Sözleşmesi Bağlamında Kölelik, Kulluk ve Zorla Çalıştırma Yasağı</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>340</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786257293891</t>
+          <t>9786257334983</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması ve Verileri Yok Etmeme Suçu (TCK m.138)</t>
+          <t>Siber Uzay ve Uluslararasi Hukuk</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786257334341</t>
+          <t>9786257334884</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>A Comparative Analysis Of Horizontal Conflicts Arising From Mergers Across The UK, US, German and Turkish Legal Systems</t>
+          <t>Makaleler-Tebliğler (2001-2020) (Ciltli)</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>50</v>
+        <v>775</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786257334372</t>
+          <t>9786257334907</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Carl Schmitt'in Politik Felsefesinde Çoğulculuk Eleştirisi</t>
+          <t>Çalışanların Pay Sahipliği Yoluyla Anonim Şirketlere Katılımı (Ciltli)</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>140</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786257334334</t>
+          <t>9786257334938</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Anlaşmalı Boşanma Davası ve Hukuki Sonuçları</t>
+          <t>Türkiye'de Siyasi Partilerin Milletvekili Adaylarını Belirleme Yöntemleri ve Parti İçi Demokrasi İlişkisi</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257334211</t>
+          <t>9786257334808</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Arsa Payı Karşılığı İnşaat Sözleşmesinde Yüklenicinin Ayıptan Doğan Sorumluluğu</t>
+          <t>Uygulamalı Rekabet Hukuku Seminerleri 2020 (Ciltli)</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>155</v>
+        <v>890</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257334235</t>
+          <t>9786257334921</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Özel Hastanelerin Ruhsatlandırılması ve Denetlenmesi</t>
+          <t>Tutuklunun Serbest Kalma Hakkı ve Güvenceleri</t>
         </is>
       </c>
       <c r="C1429" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786257334266</t>
+          <t>9786257334914</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Bildirim</t>
+          <t>Türk Borçlar Kanunu'na Göre Bedensel Bütünlüğün İhlalinde Manevi Tazminat</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786257334273</t>
+          <t>9786257334747</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Takip Yolunun Değiştirilmesi (İİK m.43/2)</t>
+          <t>Yükümlülük Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786257334303</t>
+          <t>9786257334815</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında İşverenin İşçinin Ahlak ve İyiniyet Kurallarına Uymayan Davranışları Nedeniyle İş Sözleşmesini Derhal Fesih Hakkı</t>
+          <t>Türk Hukukuyla Karşılaştırmalı Olarak Amerika Birleşik Devletleri Anayasası'nın Ek 4. Maddesi Çerçevesinde Özel Hayat Alanının Korunması</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786257334143</t>
+          <t>9786257334839</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Önemli Miktarda Malvarlığı Üzerinde İşlemler (Ciltli)</t>
+          <t>Türkiye'de Vergi İdaresinin Tahsil Yetkisi ve Sınırları</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786257334181</t>
+          <t>9786257334822</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Denkleştirme Taleplerinden Doğan Uyuşmazlıklarda Uygulanacak Hukuk ve Türk Mahkemelerinin Milletlerarası Yetkisi (Ciltli)</t>
+          <t>Nişanın Sona Ermesinin Hüküm ve Sonuçları</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786257334204</t>
+          <t>9786257334716</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Çevre Zararlarından Doğan Sorumluluğa Uygulanacak Hukuk (Ciltli)</t>
+          <t>Osmanlı Hukukunda Bir Kredi Vasıtası Olarak Muamele-i Şer'iyye (17. Asır)</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786257334150</t>
+          <t>9786257334754</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu Odağında Şirket Yetkililerinin Gerçeğe Aykırılıktan Doğan Kabahat ve Suç Sorumlulukları (Ciltli)</t>
+          <t>Yasada Psikolojik Unsur</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>355</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786257334228</t>
+          <t>9786257334761</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Mükelleflerin Defter ve Belge Muhafaza ve İbraz Mecburiyetleri (Ciltli)</t>
+          <t>İnsan Hakları Sorunu Olarak Kozmopolitan Haklı Savaş Teorisi</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>435</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786257334136</t>
+          <t>9786257334723</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Bağlı Tüketici Kredilerinde Bankanın Sorumluluğu</t>
+          <t>Boşanma Davası Sırasında Ölen Eşin Mirasçılarının Boşanma Davasına Devam Etmesi</t>
         </is>
       </c>
       <c r="C1438" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786257334105</t>
+          <t>9786257334662</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Sözleşmelerine Uygulanacak Hukuk</t>
+          <t>Fikir ve Sanat Eserlerinden Doğan Uyuşmazlıkların Arabuluculuk Yolu ile Çözümü (Ciltli)</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>155</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786257334082</t>
+          <t>9786257334648</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Andlaşmaların Evrimsel Yorumlanması</t>
+          <t>Çifte Vergilendirmeyi Önleme Anlaşmaları Bakımından OECD'nin Tahkim Önerisi ve Türkiye Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786257334075</t>
+          <t>9786257334686</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsancıl Hukukta İnsani Yardım</t>
+          <t>Zamanaşımına Uğramış Mevduat Alacakları</t>
         </is>
       </c>
       <c r="C1441" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786257334068</t>
+          <t>9786257334617</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>The Permanent Establishment Issue Of Digital Economy And Profit Attribution To The Permanent Establishment</t>
+          <t>Meccanilik İlkesi ve Türkiye'de Kamu Hizmetinden Yararlanandan Karşılık Alınmasının Meşruiyeti</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786257293426</t>
+          <t>9786257334600</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türk Hukukunda Üreticinin Sorumluluktan Kurtuluş Sebepleri (Ciltli)</t>
+          <t>6750 Sayılı Ticari İşlemlerde Taşınır Rehni Kanunu Uyarınca Temerrüt Sonrası Haklar (Ciltli)</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786257293808</t>
+          <t>9786257334570</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Güncel Yargı Kararları Işığında (6183 Sayılı Kanun Kapsamında) Teminat İsteme ve İhtiyati Haciz Uygulamalarında Yaşanan Hukuki Sorunlar ve Çözüm Önerileri (Ciltli)</t>
+          <t>Milletlerarası Özel Hukukta Kişilik Haklarının İnternet Yoluyla İhlalinde Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786257293983</t>
+          <t>9786257334679</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ticaret Hukuku - Kitap 16: 2014 - 2020 (Ciltli)</t>
+          <t>6362 Sayılı Sermaye Piyasası Kanunu'nda Düzenlenen (SerPK md 110/1-b ve c) Örtülü Kazanç Aktarımı Suçu (Ciltli)</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>650</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786257953528</t>
+          <t>9786257334020</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Turkish Collective Labour Law (Ciltli)</t>
+          <t>Vakfın Örgütlenmesi ve İşleyişi (Ciltli)</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>200</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786257293938</t>
+          <t>9786257334624</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Kredi Kartı Sözleşmesi (Ciltli)</t>
+          <t>Denizden İstihbarat Toplama Faaliyetlerinde Denizaltı Operasyonları ve Uluslararası Hukuk</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786257293921</t>
+          <t>9786257334594</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Alacağın Devrinin Sözleşme ile Engellenmesi (Ciltli)</t>
+          <t>İş Mücadelesine Hakim Olan Temel İlkeler</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>735</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786257293853</t>
+          <t>9786257334495</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Çok Taraflı Vergi Anlaşmasının Temel Esasları (Ciltli)</t>
+          <t>Türk Ticaret Kanunu Çerçevesinde Karayolu İle Eşya Taşımalarında Gönderenin Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1449" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786257293648</t>
+          <t>9786257334112</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklığın Haklı Nedenle Feshi Davası (Ciltli)</t>
+          <t>Ekonomi, Sanayi ve Ticarete İlişkin Suçlar - Bilişim Alanında Suçlar - Özel Ceza Hukuku Cilt 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>290</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786257293877</t>
+          <t>9786257334549</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Denetimli Serbestlik Bağlamında Elektronik İzleme (Ciltli)</t>
+          <t>COVID-19 ve Hukuk Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>200</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786257334044</t>
+          <t>9786257334440</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Üç Taraflı Hukuki İlişki Modeli Olarak Havale (TBK m. 555-560)</t>
+          <t>Yapım Sözleşmelerinde Asgari Ekonomik Menfaat Taahhüdü (Ciltli)</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786257293914</t>
+          <t>9786257334488</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılık Yasağı Kapsamında Cinsiyet ve Cinsel Yönelim</t>
+          <t>Gönüllü Vazgeçme (Ciltli)</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786257293815</t>
+          <t>9786257334525</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Önceki Hukukumuzda Hacr</t>
+          <t>Bilişim Sistemine Girme Suçu (Ciltli)</t>
         </is>
       </c>
       <c r="C1454" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786257293976</t>
+          <t>9786257334396</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>KKTC Özel Hukuku Cilt 3 Sözleşmeler Hukuku</t>
+          <t>İş Sağlığı ve Güvenliği Mevzuatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786257334051</t>
+          <t>9786257334518</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Multidisciplinary Perspectives of AI: Past, Present, Future</t>
+          <t>Ceza Muhakemesi Hukukunda Seri Muhakeme ve Basit Yargılama Usulü Muhakeme Stratejileri</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>155</v>
+        <v>62</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786257334006</t>
+          <t>9786257334501</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>İslami Bankacılık ve Finans Uyuşmazlıklarında Hukuk Yargılaması ve Tahkim</t>
+          <t>Uygulamalar Işığında Matrah Aşındırma ve Kar Kaydırma Çok Taraflı Sözleşmesi</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>135</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786257293969</t>
+          <t>9786257334297</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukukunda Cinsiyet Temelinde Ayrımcılık Yasağı</t>
+          <t>Artık Değerin Hesaplanmasında Edinilmiş Mallara Eklenecek Değerler (Ciltli)</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786257293761</t>
+          <t>9786257334402</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesi Kararlarında Nefret Söylemi (Ciltli)</t>
+          <t>İdari İşlem Teorisi Açısından İdare Hukukunda Tespit Edici İşlemlerin Yeri (Ciltli)</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>165</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786257598064</t>
+          <t>9786257334259</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>İnternet Hukuku (Ciltli)</t>
+          <t>Marka Hukukunda Sessiz Kalma Suretiyle Hak Kaybı İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>600</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786257293716</t>
+          <t>9786257334365</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Sermaye Borcunun Takas Yoluyla Ödenmesi (Ciltli)</t>
+          <t>Türk Ticaret Kanunu Şerhi Altıncı Kitap: Sigorta Hukuku - Cilt 7 Yargı Kararları (Ciltli)</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>415</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786257293792</t>
+          <t>9786257334389</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Uygulama Çalışmaları</t>
+          <t>Kolluk ve Adli Makamlar Tarafından İşlenen Kişisel Verilerin Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>65</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786257293655</t>
+          <t>9786257293891</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>CMR ve TTK Kapsamında Taşıyıcının Eşyanın Hasarından Doğan Sorumluluğu (Ciltli)</t>
+          <t>Kişisel Verilerin Korunması ve Verileri Yok Etmeme Suçu (TCK m.138)</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>370</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786257293532</t>
+          <t>9786257334341</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Türk Eximbank Kısa Vadeli İhracat Kredi Sigortası Sözleşmesi</t>
+          <t>A Comparative Analysis Of Horizontal Conflicts Arising From Mergers Across The UK, US, German and Turkish Legal Systems</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>365</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786257293563</t>
+          <t>9786257334372</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Gelir Vergisi ve Kurumlar Vergisi Bağlamında Deniz Ticaretinin Vergilendirilmesi</t>
+          <t>Carl Schmitt'in Politik Felsefesinde Çoğulculuk Eleştirisi</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786257293518</t>
+          <t>9786257334334</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Haksız Fiil Hukuku Çalışma Grubu Avrupa Haksız Fiil Hukukunun İlkeleri - Metin ve Şerhi (Ciltli)</t>
+          <t>Türk Hukukunda Anlaşmalı Boşanma Davası ve Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>315</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786257293440</t>
+          <t>9786257334211</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Hukukunda İrade Bozukluğu Hallerinden Korkutma (Ciltli)</t>
+          <t>Arsa Payı Karşılığı İnşaat Sözleşmesinde Yüklenicinin Ayıptan Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>315</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786257293600</t>
+          <t>9786257334235</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Tüzel Kişilik Penceresinden Anonim Ortaklık Sempozyumu (Ciltli)</t>
+          <t>Özel Hastanelerin Ruhsatlandırılması ve Denetlenmesi</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>825</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786257293754</t>
+          <t>9786257334266</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Çevre Ceza Hukuku - Çevre Ceza Genel Hükümler Cilt 1</t>
+          <t>İş Hukukunda Bildirim</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786257293280</t>
+          <t>9786257334273</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım ve Ticaret Anlaşmaları: Güncel Gelişmeler ve Problemler</t>
+          <t>Takip Yolunun Değiştirilmesi (İİK m.43/2)</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786257293747</t>
+          <t>9786257334303</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Vergi Anlaşmazlıklarının Çözüm Yolu Olarak Uzlaşma (Ciltli)</t>
+          <t>Yargıtay Kararları Işığında İşverenin İşçinin Ahlak ve İyiniyet Kurallarına Uymayan Davranışları Nedeniyle İş Sözleşmesini Derhal Fesih Hakkı</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786257293525</t>
+          <t>9786257334143</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Türk İş ve Sosyal Güvenlik Hukukunda Mevsimlik İş Sözleşmesi (Ciltli)</t>
+          <t>Anonim Şirketlerde Önemli Miktarda Malvarlığı Üzerinde İşlemler (Ciltli)</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>555</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786257293730</t>
+          <t>9786257334181</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Evlenmenin Hükümsüzlüğü (Ciltli)</t>
+          <t>Denkleştirme Taleplerinden Doğan Uyuşmazlıklarda Uygulanacak Hukuk ve Türk Mahkemelerinin Milletlerarası Yetkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>203</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786257293433</t>
+          <t>9786257334204</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticari Sözleşmeler İçin Unidroit İlkeleri 2016 (Ciltli)</t>
+          <t>Milletlerarası Özel Hukukta Çevre Zararlarından Doğan Sorumluluğa Uygulanacak Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>395</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786257293617</t>
+          <t>9786257334150</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Hukuku İle Karşılaştırmalı Paya Dayalı Kitle Fonlaması</t>
+          <t>6102 Sayılı Türk Ticaret Kanunu Odağında Şirket Yetkililerinin Gerçeğe Aykırılıktan Doğan Kabahat ve Suç Sorumlulukları (Ciltli)</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>140</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786257293693</t>
+          <t>9786257334228</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Yeni Lex Mercatoria ve Kaynakları</t>
+          <t>Türk Vergi Hukukunda Mükelleflerin Defter ve Belge Muhafaza ve İbraz Mecburiyetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>225</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786257293686</t>
+          <t>9786257334136</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Vadeli İşlem Sözleşmelerinin Hukuki Niteliği</t>
+          <t>Bağlı Tüketici Kredilerinde Bankanın Sorumluluğu</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786257293242</t>
+          <t>9786257334105</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Salt İdari Eylem Karşısında İdarenin Sorumluluğu</t>
+          <t>Bireysel İş Sözleşmelerine Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>225</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786257293679</t>
+          <t>9786257334082</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar - 4 (Ciltli)</t>
+          <t>Milletlerarası Andlaşmaların Evrimsel Yorumlanması</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786257293549</t>
+          <t>9786257334075</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Enerji Piyasası Düzenleme Kurumu Tarafından Regülatif İdari Yaptırım Uygulanmasında İzlenen İdari Usullere Egemen Olan İlkeler</t>
+          <t>Uluslararası İnsancıl Hukukta İnsani Yardım</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786257293587</t>
+          <t>9786257334068</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyat Oyunları ve Hukuk</t>
+          <t>The Permanent Establishment Issue Of Digital Economy And Profit Attribution To The Permanent Establishment</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>345</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786257293259</t>
+          <t>9786257293426</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Ev Başkanının Hukuki Sorumluluğu</t>
+          <t>Avrupa Birliği ve Türk Hukukunda Üreticinin Sorumluluktan Kurtuluş Sebepleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786257293495</t>
+          <t>9786257293808</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Tersane Sahibinin Kanuni İpotek Hakkı (Ciltli)</t>
+          <t>Güncel Yargı Kararları Işığında (6183 Sayılı Kanun Kapsamında) Teminat İsteme ve İhtiyati Haciz Uygulamalarında Yaşanan Hukuki Sorunlar ve Çözüm Önerileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786257293471</t>
+          <t>9786257293983</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>5510 Sayılı Kanun Kapsamında 4/1-A Sigortalılar (Ciltli)</t>
+          <t>Yaşayan Ticaret Hukuku - Kitap 16: 2014 - 2020 (Ciltli)</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>205</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786257293501</t>
+          <t>9786257953528</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Kira Sözleşmesinde Yan Giderlerden Sorumluluk (Ciltli)</t>
+          <t>Turkish Collective Labour Law (Ciltli)</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786257293488</t>
+          <t>9786257293938</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Özellikle Koşulları ve Hukuki Sonuçları Çerçevesinde İş Sözleşmesinin Rızaya Dayalı Devri Yoluyla İşçi Geçişi (Ciltli)</t>
+          <t>Kredi Kartı Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>305</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786257293389</t>
+          <t>9786257293921</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Açısından Enerjiye Erişim Kavramı</t>
+          <t>Alacağın Devrinin Sözleşme ile Engellenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>125</v>
+        <v>735</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786257293327</t>
+          <t>9786257293853</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Bağlı Tacir Yardımcılarının Temsil Yetkisi (Ciltli)</t>
+          <t>Çok Taraflı Vergi Anlaşmasının Temel Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786257293297</t>
+          <t>9786257293648</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda İş Sözleşmesinin Sağlık Sebepleriyle Sona Ermesi (Ciltli)</t>
+          <t>Anonim Ortaklığın Haklı Nedenle Feshi Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786257293396</t>
+          <t>9786257293877</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda İzaha Davet Kurumu (Ciltli)</t>
+          <t>Denetimli Serbestlik Bağlamında Elektronik İzleme (Ciltli)</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786257293372</t>
+          <t>9786257334044</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu Sözleşmesi (Ciltli)</t>
+          <t>Üç Taraflı Hukuki İlişki Modeli Olarak Havale (TBK m. 555-560)</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786257293273</t>
+          <t>9786257293914</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>4857 Sayılı İş Kanunu'nda Düzenlenen Ücret Alacakları Bakımından İspat Yükü ve Deliller (Ciltli)</t>
+          <t>Ayrımcılık Yasağı Kapsamında Cinsiyet ve Cinsel Yönelim</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786257293204</t>
+          <t>9786257293815</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Hukuku ile Karşılaştırmalı Olarak Konkordato Mühletinin Alacaklılar Yönünden Sonuçları (Ciltli)</t>
+          <t>Önceki Hukukumuzda Hacr</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>355</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786257293181</t>
+          <t>9786257293976</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Muhatabın Çek Kanunu'na Dayalı Hukuki Sorumluluğu (Ciltli)</t>
+          <t>KKTC Özel Hukuku Cilt 3 Sözleşmeler Hukuku</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786257293266</t>
+          <t>9786257334051</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti'nde İnternette Kişilik Hakkının Hakaret ve Sövme (Zem ve Kadih) Yoluyla İhlaline Karşı Korunması</t>
+          <t>Multidisciplinary Perspectives of AI: Past, Present, Future</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>180</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786257899208</t>
+          <t>9786257334006</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Genç Hukukçu Araştırmacılar Sempozyumu</t>
+          <t>İslami Bankacılık ve Finans Uyuşmazlıklarında Hukuk Yargılaması ve Tahkim</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>570</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786257293303</t>
+          <t>9786257293969</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Dönüştürdüğü Mekan Kavramı Çerçevesinde Vergi Cennetleri</t>
+          <t>İnsan Hakları Hukukunda Cinsiyet Temelinde Ayrımcılık Yasağı</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>115</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786257293228</t>
+          <t>9786257293761</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Hukukunda Vasiyetnamenin Feshedilmesi (Geri Alınması)</t>
+          <t>Avrupa İnsan Hakları Mahkemesi ve Anayasa Mahkemesi Kararlarında Nefret Söylemi (Ciltli)</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>115</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786257293235</t>
+          <t>9786257598064</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>The Liberalisation Of European Energy Markets: The Use Of Competition Law As A Regulatory Tool</t>
+          <t>İnternet Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>205</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786257293334</t>
+          <t>9786257293716</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerin Temsili</t>
+          <t>Anonim Şirketlerde Sermaye Borcunun Takas Yoluyla Ödenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>150</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786257293310</t>
+          <t>9786257293792</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Hukuk Yargılamasında Kanun Yolu Olarak İstinaf</t>
+          <t>Medeni Hukuk Uygulama Çalışmaları</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>230</v>
+        <v>65</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786257293211</t>
+          <t>9786257293655</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verileri Verme, Yayma veya Ele Geçirme Suçu (TCK M. 136)</t>
+          <t>CMR ve TTK Kapsamında Taşıyıcının Eşyanın Hasarından Doğan Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>165</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786257293105</t>
+          <t>9786257293532</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Taşıyıcının Tehlikeli Madde Taşımacılığından Doğan Sorumluluğu</t>
+          <t>Türk Eximbank Kısa Vadeli İhracat Kredi Sigortası Sözleşmesi</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786257293020</t>
+          <t>9786257293563</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Sözleşmesi Çerçevesinde Adil Yargılanma Hakkının Kamu Görevlilerine Uygulanabilirliği</t>
+          <t>Türk Hukukunda Gelir Vergisi ve Kurumlar Vergisi Bağlamında Deniz Ticaretinin Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786257293075</t>
+          <t>9786257293518</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Önleyici Yakalama ve Durdurma</t>
+          <t>Avrupa Haksız Fiil Hukuku Çalışma Grubu Avrupa Haksız Fiil Hukukunun İlkeleri - Metin ve Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>205</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786257293044</t>
+          <t>9786257293440</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim İlkeleri Işığında Halka Açık Anonim Şirketlerin Kamuyu Aydınlatma Yükümlülüğü ve Kamuyu Aydınlatma Platformu (KAP)</t>
+          <t>Türk Borçlar Hukukunda İrade Bozukluğu Hallerinden Korkutma (Ciltli)</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>115</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786257293082</t>
+          <t>9786257293600</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Usulü ve Uygulama Sorunları</t>
+          <t>Tüzel Kişilik Penceresinden Anonim Ortaklık Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>415</v>
+        <v>825</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786257773836</t>
+          <t>9786257293754</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Artırma Yoluyla Satış</t>
+          <t>Çevre Ceza Hukuku - Çevre Ceza Genel Hükümler Cilt 1</t>
         </is>
       </c>
       <c r="C1508" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786257773973</t>
+          <t>9786257293280</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu'na Göre Anonim Ortaklık Genel Kurulunda Yeter Sayılar (Ciltli)</t>
+          <t>Uluslararası Yatırım ve Ticaret Anlaşmaları: Güncel Gelişmeler ve Problemler</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>485</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786257293013</t>
+          <t>9786257293747</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Geçici İfa İmkansızlığı ve Hukuki Sonuçları (Ciltli)</t>
+          <t>Vergi Anlaşmazlıklarının Çözüm Yolu Olarak Uzlaşma (Ciltli)</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>315</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786257773928</t>
+          <t>9786257293525</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>İşverenin Fesih Hakkının Sözleşmelerle Sınırlandırılması (Ciltli)</t>
+          <t>Türk İş ve Sosyal Güvenlik Hukukunda Mevsimlik İş Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>365</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786257773997</t>
+          <t>9786257293730</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Bir Temel Hak Garantisi Olarak Kişi Özgürlüğü ve Güvenliği Hakkı</t>
+          <t>Evlenmenin Hükümsüzlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>305</v>
+        <v>203</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786257293006</t>
+          <t>9786257293433</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Mükellef Haklarının Korunması Bakımından Hukuki Güvenlik İlkesi</t>
+          <t>Uluslararası Ticari Sözleşmeler İçin Unidroit İlkeleri 2016 (Ciltli)</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786257773980</t>
+          <t>9786257293617</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti'nde Vergilendirme Süreci: Türkiye Cumhuriyeti Hukuku ile Karşılaştırmalı Bir İnceleme</t>
+          <t>Amerikan Hukuku İle Karşılaştırmalı Paya Dayalı Kitle Fonlaması</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786257773966</t>
+          <t>9786257293693</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Çerçevesinde Yardımcı Kişilerin Fiillerinden Sorumluluğun Sınırlandırılması ve Kaldırılması</t>
+          <t>Yeni Lex Mercatoria ve Kaynakları</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786257773706</t>
+          <t>9786257293686</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnşaat Sözleşmelerinde Beklenmeyen Hal Kavramı (Ciltli)</t>
+          <t>Vadeli İşlem Sözleşmelerinin Hukuki Niteliği</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>380</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786257773690</t>
+          <t>9786257293242</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Zamanaşımı ve Hak Düşürücü Süre (Ciltli)</t>
+          <t>Salt İdari Eylem Karşısında İdarenin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>230</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786257773904</t>
+          <t>9786257293679</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Tüketicinin Korunması Hakkında Kanun Kapsamında Abonelik Sözleşmeleri (Ciltli)</t>
+          <t>Hukuki Mütalaalar - 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786257773898</t>
+          <t>9786257293549</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul ve İcra İflas Hukukunun Güncel Sorunları 2 (Ciltli)</t>
+          <t>Enerji Piyasası Düzenleme Kurumu Tarafından Regülatif İdari Yaptırım Uygulanmasında İzlenen İdari Usullere Egemen Olan İlkeler</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786257773959</t>
+          <t>9786257293587</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukukunda Bir Müessese Olarak Islah (Ciltli)</t>
+          <t>Olimpiyat Oyunları ve Hukuk</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>130</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786257773881</t>
+          <t>9786257293259</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Sigortalının,Sigortacının Halefiyet Hakkını İhlal Etmeme Yükümlülüğü (Ciltli)</t>
+          <t>Ev Başkanının Hukuki Sorumluluğu</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786257773768</t>
+          <t>9786257293495</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Kaydi Sermaye Piyasası Araçlarını Konu Edinen Ayni Teminatlar (Ciltli)</t>
+          <t>Tersane Sahibinin Kanuni İpotek Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786257773935</t>
+          <t>9786257293471</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Kişilik</t>
+          <t>5510 Sayılı Kanun Kapsamında 4/1-A Sigortalılar (Ciltli)</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>355</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786257773874</t>
+          <t>9786257293501</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nde Temel Hakların Korunması: Temel Haklar Şartı ve Onu Doğuran Süreç Üzerine Bir İnceleme</t>
+          <t>Kira Sözleşmesinde Yan Giderlerden Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>155</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786257773867</t>
+          <t>9786257293488</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Sözleşmesi'nin 8. Maddesi Kapsamında Dış Görünüş Tercihleri</t>
+          <t>Özellikle Koşulları ve Hukuki Sonuçları Çerçevesinde İş Sözleşmesinin Rızaya Dayalı Devri Yoluyla İşçi Geçişi (Ciltli)</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>155</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786257773911</t>
+          <t>9786257293389</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Payların Halka Arzında İzahnameden Doğan Kamuyu Aydınlatma Sorumluluğu</t>
+          <t>İnsan Hakları Açısından Enerjiye Erişim Kavramı</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786257773799</t>
+          <t>9786257293327</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Hukuku ve Türk Hukukunda Tutuklu ve Hükümlülerin Dış Dünya ile İletişim Kurma Hakkı İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 32</t>
+          <t>Bağlı Tacir Yardımcılarının Temsil Yetkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786257773942</t>
+          <t>9786257293297</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Genç Yaklaşımlar 4</t>
+          <t>Türk Hukukunda İş Sözleşmesinin Sağlık Sebepleriyle Sona Ermesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>205</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786257773584</t>
+          <t>9786257293396</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Kıta Sahanlığının Sınırlandırılmasında Orantılılık İlkesinin Rolü İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 5 (Ciltli)</t>
+          <t>Vergi Hukukunda İzaha Davet Kurumu (Ciltli)</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786257773843</t>
+          <t>9786257293372</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Acentenin Denkleştirme İstemi (Ciltli)</t>
+          <t>Oyuncu Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786257773669</t>
+          <t>9786257293273</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar Cilt: 15 2017-2018 (Ciltli)</t>
+          <t>4857 Sayılı İş Kanunu'nda Düzenlenen Ücret Alacakları Bakımından İspat Yükü ve Deliller (Ciltli)</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786257773812</t>
+          <t>9786257293204</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Devlet Garantileri</t>
+          <t>Amerikan Hukuku ile Karşılaştırmalı Olarak Konkordato Mühletinin Alacaklılar Yönünden Sonuçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>150</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786257773782</t>
+          <t>9786257293181</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Avukatın Azli ve Haksız Azlin Hukuki Sonuçları</t>
+          <t>Muhatabın Çek Kanunu'na Dayalı Hukuki Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786257773775</t>
+          <t>9786257293266</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Ekonomik Yaklaşımın Toplumsal Dayanakları</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti'nde İnternette Kişilik Hakkının Hakaret ve Sövme (Zem ve Kadih) Yoluyla İhlaline Karşı Korunması</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>355</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786257773805</t>
+          <t>9786257899208</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklar Hukukunda Korporatif Düzlem ile Bağlantılı Paralel Yargılamalar</t>
+          <t>Genç Hukukçu Araştırmacılar Sempozyumu</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>155</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786257773829</t>
+          <t>9786257293303</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargılama Hukuku Açısından Tespit Davasının Uygulanabilirliği</t>
+          <t>Küreselleşmenin Dönüştürdüğü Mekan Kavramı Çerçevesinde Vergi Cennetleri</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>255</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786257773720</t>
+          <t>9786257293228</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Organizma Üzerinde Patentin Biyotıp Etiği ve Hukuku Açısından İncelenmesi</t>
+          <t>Kuzey Kıbrıs Hukukunda Vasiyetnamenin Feshedilmesi (Geri Alınması)</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>205</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786257773744</t>
+          <t>9786257293235</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Birliğinin Eşlerin Tasarruf Yetkisine Getirdiği Sınırlamalar</t>
+          <t>The Liberalisation Of European Energy Markets: The Use Of Competition Law As A Regulatory Tool</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>75</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786257773652</t>
+          <t>9786257293334</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Denetim Hukukunda Kamu Zararı ve Sayıştayda Hak Arama Yolları</t>
+          <t>Anonim Şirketlerin Temsili</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786257773713</t>
+          <t>9786257293310</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Siyasal Sistemde Parlamenter Denetim ve Türkiye Uygulaması</t>
+          <t>Kuzey Kıbrıs Hukuk Yargılamasında Kanun Yolu Olarak İstinaf</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786257773508</t>
+          <t>9786257293211</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Hukukunda Alım Satıma Aracılık Faaliyetlerinde Yatırımcının Korunması (Ciltli)</t>
+          <t>Kişisel Verileri Verme, Yayma veya Ele Geçirme Suçu (TCK M. 136)</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>435</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786257773560</t>
+          <t>9786257293105</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Hukuki İşlemlerin Şekline Uygulanacak Hukuk</t>
+          <t>Taşıyıcının Tehlikeli Madde Taşımacılığından Doğan Sorumluluğu</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786257773546</t>
+          <t>9786257293020</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Toplanma Hakkı Bağlamında Kanuna Aykırı Toplantı ve Gösteri Yürüyüşü Suçu</t>
+          <t>Avrupa İnsan Hakları Sözleşmesi Çerçevesinde Adil Yargılanma Hakkının Kamu Görevlilerine Uygulanabilirliği</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786257953818</t>
+          <t>9786257293075</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Satıcının Ayıptan Sorumluluğunda Alıcının Dönme Hakkının Sınırları (TBK-TKHK-CISG)</t>
+          <t>Önleyici Yakalama ve Durdurma</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>105</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786257773621</t>
+          <t>9786257293044</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda Delil Sözleşmeleri</t>
+          <t>Kurumsal Yönetim İlkeleri Işığında Halka Açık Anonim Şirketlerin Kamuyu Aydınlatma Yükümlülüğü ve Kamuyu Aydınlatma Platformu (KAP)</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>155</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786257773591</t>
+          <t>9786257293082</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>İptal Kararının Hukuki Etki ve Sonuçları</t>
+          <t>Anayasa Mahkemesi'ne Bireysel Başvuru Usulü ve Uygulama Sorunları</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>90</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786257773461</t>
+          <t>9786257773836</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>İdari Yargıda Bilirkişinin Yasaklı Olması ve Reddi</t>
+          <t>Artırma Yoluyla Satış</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786257773195</t>
+          <t>9786257773973</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Enerji Şartı Anlaşması Çerçevesinde Uyuşmazlıkların Çözümü ve Stockholm Ticaret Odası Tahkimi</t>
+          <t>Türk Ticaret Kanunu'na Göre Anonim Ortaklık Genel Kurulunda Yeter Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>255</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786257773515</t>
+          <t>9786257293013</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Türk Parlamento Tarihinde Milletvekili Devamsızlığı Sorunu</t>
+          <t>Geçici İfa İmkansızlığı ve Hukuki Sonuçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>205</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786257773447</t>
+          <t>9786257773928</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Göç Hukukunda Yabancıya Sağlanan Uluslararası, Bölgesel ve Ulusal Koruma (Ciltli)</t>
+          <t>İşverenin Fesih Hakkının Sözleşmelerle Sınırlandırılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>480</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786257773478</t>
+          <t>9786257773997</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Sözleşme Özgürlüğünün Kamu Düzenine Aykırılık Sınırı (Ciltli)</t>
+          <t>Bir Temel Hak Garantisi Olarak Kişi Özgürlüğü ve Güvenliği Hakkı</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>345</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786257773430</t>
+          <t>9786257293006</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Yönetim Kurulu Bakımından Eşit İşlem İlkesi</t>
+          <t>Mükellef Haklarının Korunması Bakımından Hukuki Güvenlik İlkesi</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786257773348</t>
+          <t>9786257773980</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Sistemleri Teorisine Giriş İle Bilişim Sistemini Engelleme, Bozma, Verileri Yok Etme veya Değiştirme Suçu</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti'nde Vergilendirme Süreci: Türkiye Cumhuriyeti Hukuku ile Karşılaştırmalı Bir İnceleme</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786257773416</t>
+          <t>9786257773966</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Genetiği Değiştirilmiş Organizma ve Ürünlerin Sağlık Hakkı ve Sağlıklı ve Dengeli Bir Çevrede Yaşama Hakkı Açısından Değerlendirilmesi</t>
+          <t>Türk Borçlar Kanunu Çerçevesinde Yardımcı Kişilerin Fiillerinden Sorumluluğun Sınırlandırılması ve Kaldırılması</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786257773331</t>
+          <t>9786257773706</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanunu ve Yargıtay Kararları Kapsamında Yardım Nafakası</t>
+          <t>Uluslararası İnşaat Sözleşmelerinde Beklenmeyen Hal Kavramı (Ciltli)</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>105</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786257773133</t>
+          <t>9786257773690</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Haklarına İlişkin Güncel Sorunlar</t>
+          <t>İş Hukukunda Zamanaşımı ve Hak Düşürücü Süre (Ciltli)</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>305</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786257773379</t>
+          <t>9786257773904</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Hukukunun İki Güncel Sorunu: İnsansız Araçlar - Sorumluluk ve Sağlık Sigortalarında Birden Çok Sigorta Sempozyumu 18 Ocak 2019 İstanbul</t>
+          <t>Tüketicinin Korunması Hakkında Kanun Kapsamında Abonelik Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786257773218</t>
+          <t>9786257773898</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Özen Borcuna Aykırılıktan Doğan Sözleşmesel Sorumluluğu (Ciltli)</t>
+          <t>Medeni Usul ve İcra İflas Hukukunun Güncel Sorunları 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786257773317</t>
+          <t>9786257773959</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Veri Sorumlusunun Yükümlülükleri ve Bu Yükümlülükleri İhlalinden Doğan Özel Hukuk Sorumluluğu (Ciltli)</t>
+          <t>İdari Yargılama Hukukunda Bir Müessese Olarak Islah (Ciltli)</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786257773324</t>
+          <t>9786257773881</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda Fer'i Müdahale (Ciltli)</t>
+          <t>Sigortalının,Sigortacının Halefiyet Hakkını İhlal Etmeme Yükümlülüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>235</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786257773409</t>
+          <t>9786257773768</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması (CISG) Uyarınca Alıcının Yükümlülükleri (Ciltli)</t>
+          <t>Kaydi Sermaye Piyasası Araçlarını Konu Edinen Ayni Teminatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>395</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786257773355</t>
+          <t>9786257773935</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu (Ciltli)</t>
+          <t>Uluslararası Hukukta Kişilik</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>395</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786257773263</t>
+          <t>9786257773874</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Tacir Yardımcıları ile Akdedilen Rekabet Yasağı Anlaşmaları (Ciltli)</t>
+          <t>Avrupa Birliği'nde Temel Hakların Korunması: Temel Haklar Şartı ve Onu Doğuran Süreç Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>345</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786257773393</t>
+          <t>9786257773867</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi</t>
+          <t>Avrupa İnsan Hakları Sözleşmesi'nin 8. Maddesi Kapsamında Dış Görünüş Tercihleri</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>500</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786257773256</t>
+          <t>9786257773911</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Anayasalarda İnsan Hak ve Özgürlüklerinin Tanınması Sorunu</t>
+          <t>Payların Halka Arzında İzahnameden Doğan Kamuyu Aydınlatma Sorumluluğu</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>250</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786257773188</t>
+          <t>9786257773799</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sivil Hava Taşımacılığında Güncel Gelişmeler Konferansı Tam Metin Bildiri Kitabı</t>
+          <t>Avrupa İnsan Hakları Hukuku ve Türk Hukukunda Tutuklu ve Hükümlülerin Dış Dünya ile İletişim Kurma Hakkı İstanbul Ceza Hukuku ve Kriminoloji Arşivi Yayın No: 32</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>115</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786257773201</t>
+          <t>9786257773942</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku Açısından Mobbing</t>
+          <t>İş Hukukunda Genç Yaklaşımlar 4</t>
         </is>
       </c>
       <c r="C1567" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786257773164</t>
+          <t>9786257773584</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu Çerçevesinde Anonim Ortaklıklarda Sermayenin Korunması İlkesi (Ciltli)</t>
+          <t>Kıta Sahanlığının Sınırlandırılmasında Orantılılık İlkesinin Rolü İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786257773232</t>
+          <t>9786257773843</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Dava Takip Yetkisi (Ciltli)</t>
+          <t>Acentenin Denkleştirme İstemi (Ciltli)</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786257773126</t>
+          <t>9786257773669</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Hukuk ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları (2019) (Ciltli)</t>
+          <t>Hukuki Mütalaalar Cilt: 15 2017-2018 (Ciltli)</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>485</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786257773225</t>
+          <t>9786257773812</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>İlamlı İcra Takibinde İcra Mahkemesi Tarafından İcranın Geri Bırakılması (Ciltli)</t>
+          <t>Devlet Garantileri</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>345</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786257773171</t>
+          <t>9786257773782</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Satış Sözleşmesi Çerçevesinde Ayıptan Sorumlulukta Zamanaşımı ve Ayıptan Doğan Def'i Hakları (Ciltli)</t>
+          <t>Avukatın Azli ve Haksız Azlin Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>485</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786257899970</t>
+          <t>9786257773775</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Genel Sağlığın Korunması Amacıyla Yürütülen İdari Kolluk Faaliyetleri ve Temel Hak ve Hürriyetler</t>
+          <t>Hukuka Ekonomik Yaklaşımın Toplumsal Dayanakları</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>125</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786257773058</t>
+          <t>9786257773805</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Üst Sınır İpoteği</t>
+          <t>Anonim Ortaklıklar Hukukunda Korporatif Düzlem ile Bağlantılı Paralel Yargılamalar</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>90</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786257334426</t>
+          <t>9786257773829</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Yönleriyle Kredi Kartı</t>
+          <t>İdari Yargılama Hukuku Açısından Tespit Davasının Uygulanabilirliği</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>155</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786257773065</t>
+          <t>9786257773720</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Bağlamında Avrupa Birliği Sağlık Hukuku</t>
+          <t>Yaşayan Organizma Üzerinde Patentin Biyotıp Etiği ve Hukuku Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>355</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786257773096</t>
+          <t>9786257773744</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>İnşaat Sözleşmelerinde Süre Uzatımı ve FIDIC Sözleşmelerindeki Görünümü</t>
+          <t>Evlilik Birliğinin Eşlerin Tasarruf Yetkisine Getirdiği Sınırlamalar</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>330</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786257899680</t>
+          <t>9786257773652</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukukunda Sulh Sözleşmesi - İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No:3 (Ciltli)</t>
+          <t>Kamusal Denetim Hukukunda Kamu Zararı ve Sayıştayda Hak Arama Yolları</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786257773027</t>
+          <t>9786257773713</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Yasal Mal Rejiminin Tasfiyesinde Eklenecek Değerler ve Uygulaması (Ciltli)</t>
+          <t>Demokratik Siyasal Sistemde Parlamenter Denetim ve Türkiye Uygulaması</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786257899963</t>
+          <t>9786257773508</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Taraf Olduğu Sözleşmelerde Sözleşmede Değişiklik (Ciltli)</t>
+          <t>Sermaye Piyasası Hukukunda Alım Satıma Aracılık Faaliyetlerinde Yatırımcının Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>270</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786257899932</t>
+          <t>9786257773560</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta İflas Uyuşmazlıklarının Çözümü</t>
+          <t>Milletlerarası Özel Hukukta Hukuki İşlemlerin Şekline Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>410</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786257899215</t>
+          <t>9786257773546</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler Çocuk Hakları Sözleşmesi Çerçevesinde Çocuğun İhmal ve İstismardan Korunma Hakkı</t>
+          <t>Toplanma Hakkı Bağlamında Kanuna Aykırı Toplantı ve Gösteri Yürüyüşü Suçu</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786257899819</t>
+          <t>9786257953818</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Özel Ceza Hukuku - Cilt 7 Genel Ahlaka Karşı Suçlar - Aile Düzenine Karşı Suçlar (Ciltli)</t>
+          <t>Satıcının Ayıptan Sorumluluğunda Alıcının Dönme Hakkının Sınırları (TBK-TKHK-CISG)</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>265</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786257899857</t>
+          <t>9786257773621</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Beykent Üniversitesi Hukuk Fakültesi Ticaret Hukuku Sempozyumu 2 ve Makaleler - Yargıtay 11. Hukuk Dairesi Başkanı Merhum Mehmet Kılıç'a Armağan (Ciltli)</t>
+          <t>Medeni Yargılama Hukukunda Delil Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>580</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786257899840</t>
+          <t>9786257773591</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Ticareti Terk Kavramı ve Buna Bağlanan Hukuki Sonuçlar</t>
+          <t>İptal Kararının Hukuki Etki ve Sonuçları</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>105</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786257899758</t>
+          <t>9786257773461</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Consumer Dispute Resolution in the Digital Age: Online Dispute Resolution</t>
+          <t>İdari Yargıda Bilirkişinin Yasaklı Olması ve Reddi</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786257899802</t>
+          <t>9786257773195</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Vergi Usul Kanununda Yer Alan Suç ve Cezaların Bankacılık Kanununda Yer Alan Suç ve Cezalara Etkileri</t>
+          <t>Enerji Şartı Anlaşması Çerçevesinde Uyuşmazlıkların Çözümü ve Stockholm Ticaret Odası Tahkimi</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>155</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786257899727</t>
+          <t>9786257773515</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde İş Hukuku (Ciltli)</t>
+          <t>Türk Parlamento Tarihinde Milletvekili Devamsızlığı Sorunu</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786257899765</t>
+          <t>9786257773447</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanunu'nda Düzenlenen Senedin Yağması Suçu</t>
+          <t>Göç Hukukunda Yabancıya Sağlanan Uluslararası, Bölgesel ve Ulusal Koruma (Ciltli)</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786257899697</t>
+          <t>9786257773478</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Türkan Rado'nun Anısına Armağan İstanbul Üniversitesi Hukuk Fakültesi Armağanlar Dizisi: 3 (Ciltli)</t>
+          <t>Sözleşme Özgürlüğünün Kamu Düzenine Aykırılık Sınırı (Ciltli)</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>950</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786257899284</t>
+          <t>9786257773430</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Trust ve Türk Hukuku Açısından Değerlendirilmesi (Ciltli)</t>
+          <t>Anonim Şirketlerde Yönetim Kurulu Bakımından Eşit İşlem İlkesi</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>485</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786257899611</t>
+          <t>9786257773348</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu'na Göre Sermaye Ortaklıklarının Bölünmesi (Ciltli)</t>
+          <t>Bilişim Sistemleri Teorisine Giriş İle Bilişim Sistemini Engelleme, Bozma, Verileri Yok Etme veya Değiştirme Suçu</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786257899659</t>
+          <t>9786257773416</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>KKTC Özel Hukuku Cilt 2 Haksız Fiil Hukuku (Türk Hukuku ile Karşılaştırmalı)</t>
+          <t>Genetiği Değiştirilmiş Organizma ve Ürünlerin Sağlık Hakkı ve Sağlıklı ve Dengeli Bir Çevrede Yaşama Hakkı Açısından Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786257899642</t>
+          <t>9786257773331</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>KKTC Özel Hukuku Cilt 1 - Aile Hukuku</t>
+          <t>Türk Medeni Kanunu ve Yargıtay Kararları Kapsamında Yardım Nafakası</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>255</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786257899598</t>
+          <t>9786257773133</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketler Hukukunda Sermayenin Korunması İlkesi (Ciltli)</t>
+          <t>Kişilik Haklarına İlişkin Güncel Sorunlar</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>330</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786257598415</t>
+          <t>9786257773379</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Salgınının Hukuki Boyutu (Ciltli)</t>
+          <t>Sigorta Hukukunun İki Güncel Sorunu: İnsansız Araçlar - Sorumluluk ve Sağlık Sigortalarında Birden Çok Sigorta Sempozyumu 18 Ocak 2019 İstanbul</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>835</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786257899475</t>
+          <t>9786257773218</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Effects of European Commission Decisions on Competition Law Breaches before Turkish Courts in Private Actions</t>
+          <t>Hekimin Özen Borcuna Aykırılıktan Doğan Sözleşmesel Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>70</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786257899543</t>
+          <t>9786257773317</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Franchise Sözleşmesinde Denkleştirme İstemi</t>
+          <t>Veri Sorumlusunun Yükümlülükleri ve Bu Yükümlülükleri İhlalinden Doğan Özel Hukuk Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786257899536</t>
+          <t>9786257773324</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Bir İşin Yapılması veya Yapılmamasına İlişkin İlamların İcrası (Ciltli)</t>
+          <t>Medeni Usul Hukukunda Fer'i Müdahale (Ciltli)</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786257899451</t>
+          <t>9786257773409</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukuk Işığında Fikri Mülkiyet Hakkı Sahibinin Yayma Hakkının Tükenmesi</t>
+          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması (CISG) Uyarınca Alıcının Yükümlülükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>270</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786257899482</t>
+          <t>9786257773355</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Çok Uluslu Şirketlerin Uluslararası Hukuk Kişiliği (Ciltli)</t>
+          <t>Kişiyi Özgürlüğünden Yoksun Kılma Suçu (Ciltli)</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>215</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786257899437</t>
+          <t>9786257773263</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kişi Yararına Sözleşme (Ciltli)</t>
+          <t>Tacir Yardımcıları ile Akdedilen Rekabet Yasağı Anlaşmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>315</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786257899345</t>
+          <t>9786257773393</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yabancı Nafaka İlamlarının Tenfizi</t>
+          <t>Demokrasi</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>365</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786257899376</t>
+          <t>9786257773256</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda İkale (Bozma) Sözleşmeleri</t>
+          <t>Anayasalarda İnsan Hak ve Özgürlüklerinin Tanınması Sorunu</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786257899314</t>
+          <t>9786257773188</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Yabancı Boşanma İlamlarının Tanınması ve Tenfizi</t>
+          <t>Uluslararası Sivil Hava Taşımacılığında Güncel Gelişmeler Konferansı Tam Metin Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>345</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786257899277</t>
+          <t>9786257773201</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Bireysel Sendika Özgürlüğünün Korunması</t>
+          <t>Türk Ceza Hukuku Açısından Mobbing</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786257899321</t>
+          <t>9786257773164</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Güven Bağlamında Güven Hizmet Sağlayıcı (Trust Service Provider) Güven Hizmetleri ve Karşılıklı Tanıma Sorunu</t>
+          <t>6102 Sayılı Türk Ticaret Kanunu Çerçevesinde Anonim Ortaklıklarda Sermayenin Korunması İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>290</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786257953825</t>
+          <t>9786257773232</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Arabuluculuk Zirvesi 2</t>
+          <t>Dava Takip Yetkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786257899338</t>
+          <t>9786257773126</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Fighting Against All Odds: A Policy Roadmap To Combat Online Child Sexual Abuse In Turkey</t>
+          <t>Yargıtay Hukuk ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları (2019) (Ciltli)</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>270</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786257899239</t>
+          <t>9786257773225</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>TCK’nın 245. Maddesinde Düzenlenen Banka veya Kredi Kartlarının Kötüye Kullanılması (Ciltli)</t>
+          <t>İlamlı İcra Takibinde İcra Mahkemesi Tarafından İcranın Geri Bırakılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>380</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786257899154</t>
+          <t>9786257773171</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Koruma ve Geçici Koruma Kapsamındaki Yabancıların Türkiye'de Çalışma Hakkı (Ciltli)</t>
+          <t>Satış Sözleşmesi Çerçevesinde Ayıptan Sorumlulukta Zamanaşımı ve Ayıptan Doğan Def'i Hakları (Ciltli)</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>255</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786257899222</t>
+          <t>9786257899970</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda Delil Tespiti (Ciltli)</t>
+          <t>Genel Sağlığın Korunması Amacıyla Yürütülen İdari Kolluk Faaliyetleri ve Temel Hak ve Hürriyetler</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786257899079</t>
+          <t>9786257773058</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Özel Sağlık Kurumları Kapsamında Kişisel Sağlık Verilerinin İşlenmesi ve Korunması</t>
+          <t>Türk Hukukunda Üst Sınır İpoteği</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>125</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786257899130</t>
+          <t>9786257334426</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Kuvvetler Statüsü Anlaşmaları</t>
+          <t>Hukuki Yönleriyle Kredi Kartı</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>415</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786257899093</t>
+          <t>9786257773065</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Şerhi - Altıncı Kitap Sigorta Hukuku</t>
+          <t>İnsan Hakları Bağlamında Avrupa Birliği Sağlık Hukuku</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>380</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786057820693</t>
+          <t>9786257773096</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Ceza ve Kabahatler Hukukunda Korunması (Ciltli)</t>
+          <t>İnşaat Sözleşmelerinde Süre Uzatımı ve FIDIC Sözleşmelerindeki Görünümü</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>255</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786257953795</t>
+          <t>9786257899680</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Evlat Edinme (Adoptio) ve Türk Hukukuna Etkileri</t>
+          <t>Osmanlı Hukukunda Sulh Sözleşmesi - İstanbul Üniversitesi Hukuk Fakültesi Kamu Hukuku Yüksek Lisans Tezleri Dizisi No:3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786257953801</t>
+          <t>9786257773027</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Sağlık Verilerinin Korun(a)mamasından Doğan Özel Hukuk Sorumluluğu</t>
+          <t>Yasal Mal Rejiminin Tasfiyesinde Eklenecek Değerler ve Uygulaması (Ciltli)</t>
         </is>
       </c>
       <c r="C1618" s="1">
         <v>315</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786257953757</t>
+          <t>9786257899963</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargılamasında Ehliyet</t>
+          <t>İdarenin Taraf Olduğu Sözleşmelerde Sözleşmede Değişiklik (Ciltli)</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786257953788</t>
+          <t>9786257899932</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Rehberi</t>
+          <t>Milletlerarası Özel Hukukta İflas Uyuşmazlıklarının Çözümü</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>77</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786257953641</t>
+          <t>9786257899215</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Yargının Tarafsızlığı</t>
+          <t>Birleşmiş Milletler Çocuk Hakları Sözleşmesi Çerçevesinde Çocuğun İhmal ve İstismardan Korunma Hakkı</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786257953634</t>
+          <t>9786257899819</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Grev Erteleme Serüveni</t>
+          <t>Özel Ceza Hukuku - Cilt 7 Genel Ahlaka Karşı Suçlar - Aile Düzenine Karşı Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>105</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786257953498</t>
+          <t>9786257899857</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Kıymetli Evrakta Ciro Kavramı</t>
+          <t>Beykent Üniversitesi Hukuk Fakültesi Ticaret Hukuku Sempozyumu 2 ve Makaleler - Yargıtay 11. Hukuk Dairesi Başkanı Merhum Mehmet Kılıç'a Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786257953481</t>
+          <t>9786257899840</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Uyuşmazlıklarında Türk Mahkemelerinin Milletlerarası Yetkisi (Ciltli)</t>
+          <t>Ticareti Terk Kavramı ve Buna Bağlanan Hukuki Sonuçlar</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>175</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786257953566</t>
+          <t>9786257899758</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Necla Giritlioğlu'na Armağan (Ciltli)</t>
+          <t>Consumer Dispute Resolution in the Digital Age: Online Dispute Resolution</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>545</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786257953627</t>
+          <t>9786257899802</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>5237 Sayılı Türk Ceza Kanunu Çerçevesinde Çevrenin Kasten Kirletilmesi Suçu</t>
+          <t>Vergi Usul Kanununda Yer Alan Suç ve Cezaların Bankacılık Kanununda Yer Alan Suç ve Cezalara Etkileri</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>250</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786257953610</t>
+          <t>9786257899727</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Kamu Alacaklarını Güvence Altına Alan Önlemler</t>
+          <t>Pandemi Sürecinde İş Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786257953351</t>
+          <t>9786257899765</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukukunun Güncel Sorunları</t>
+          <t>5237 Sayılı Türk Ceza Kanunu'nda Düzenlenen Senedin Yağması Suçu</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786257953382</t>
+          <t>9786257899697</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukukunda İhtiyati Tedbir Yargılaması (Ciltli)</t>
+          <t>Prof. Dr. Türkan Rado'nun Anısına Armağan İstanbul Üniversitesi Hukuk Fakültesi Armağanlar Dizisi: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>190</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786257953375</t>
+          <t>9786257899284</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Başbakanlık - Türk Devlet Geleneğindeki Konumu ve Kaldırılması</t>
+          <t>Trust ve Türk Hukuku Açısından Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>125</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786257953474</t>
+          <t>9786257899611</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Avrupa Mahkemesi İçtihatları Işığında Takdir Marjı Doktrini</t>
+          <t>Türk Ticaret Kanunu'na Göre Sermaye Ortaklıklarının Bölünmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>390</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786257953368</t>
+          <t>9786257899659</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Satış Sözleşmesinde Ayıp Bildirimi (Ciltli)</t>
+          <t>KKTC Özel Hukuku Cilt 2 Haksız Fiil Hukuku (Türk Hukuku ile Karşılaştırmalı)</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786257953276</t>
+          <t>9786257899642</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Yürürlüğünün 7. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu - 2 (Tebliğler Tartışmalar) (Ciltli)</t>
+          <t>KKTC Özel Hukuku Cilt 1 - Aile Hukuku</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786257953320</t>
+          <t>9786257899598</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Adi Ortaklıkta Katılım Payı Getirme Borcuna Aykırılık (Ciltli)</t>
+          <t>Anonim Şirketler Hukukunda Sermayenin Korunması İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786257953245</t>
+          <t>9786257598415</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunmasında Blok Zinciri Modeli: Vaatler ve Hukuki Engeller</t>
+          <t>Covid-19 Salgınının Hukuki Boyutu (Ciltli)</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>190</v>
+        <v>835</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786257953306</t>
+          <t>9786257899475</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Kişi Yararına Sözleşme (Ciltli)</t>
+          <t>Effects of European Commission Decisions on Competition Law Breaches before Turkish Courts in Private Actions</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>270</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786257953221</t>
+          <t>9786257899543</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda Dosyanın İşlemden Kaldırılması</t>
+          <t>Franchise Sözleşmesinde Denkleştirme İstemi</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786257953191</t>
+          <t>9786257899536</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Darülfünun Hukuk Fakültesinden Bir Sayfa: Edip Serdengeçti ve Mülkiyet Düşüncesi (Ciltli)</t>
+          <t>Bir İşin Yapılması veya Yapılmamasına İlişkin İlamların İcrası (Ciltli)</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786257953290</t>
+          <t>9786257899451</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku ve Milletlerarası Özel Hukuk Açısından Sınır Ötesi Elektronik Ticarette Açık Artırma Yolu İle Satışlar</t>
+          <t>Karşılaştırmalı Hukuk Işığında Fikri Mülkiyet Hakkı Sahibinin Yayma Hakkının Tükenmesi</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786257953207</t>
+          <t>9786257899482</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Özel Ceza Hukuku Cilt 6</t>
+          <t>Çok Uluslu Şirketlerin Uluslararası Hukuk Kişiliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>420</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786257953269</t>
+          <t>9786257899437</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmenin Kurulması</t>
+          <t>Üçüncü Kişi Yararına Sözleşme (Ciltli)</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>255</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9789752449329</t>
+          <t>9786257899345</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Reopening The Pandora's Box</t>
+          <t>Türk Hukukunda Yabancı Nafaka İlamlarının Tenfizi</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>60</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786257953160</t>
+          <t>9786257899376</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Teknolojilerinin Kullanımının İş Sözleşmesi Taraflarının Fesih Hakkına Etkisi</t>
+          <t>Türk İş Hukukunda İkale (Bozma) Sözleşmeleri</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>215</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786257953184</t>
+          <t>9786257899314</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Ortaklıklar Açısından Malvarlığının Önemli Bir Bölümü Üzerinde Tasarruf Edilmesi Sonucunu Doğuran İşlemler</t>
+          <t>Türk Hukukunda Yabancı Boşanma İlamlarının Tanınması ve Tenfizi</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>105</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786257953177</t>
+          <t>9786257899277</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi Kararlarında Kemalizm ve Otoriterlik: Analitik Bir İnceleme</t>
+          <t>Türk İş Hukukunda Bireysel Sendika Özgürlüğünün Korunması</t>
         </is>
       </c>
       <c r="C1645" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9789752449992</t>
+          <t>9786257899321</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Net Neutrality Turkey and Beyond - A Road Map for Net Neutrality Regulation in Turkey</t>
+          <t>Kurumsal Güven Bağlamında Güven Hizmet Sağlayıcı (Trust Service Provider) Güven Hizmetleri ve Karşılıklı Tanıma Sorunu</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>105</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786257953092</t>
+          <t>9786257953825</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Su Kaynaklarından İktisadi Amaçlı Yararlanmanın Hukuki Rejimi</t>
+          <t>Arabuluculuk Zirvesi 2</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>495</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786257953115</t>
+          <t>9786257899338</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Şirketleri Hukukunda Güncel Gelişmeler Sempozyumu (Tebliğler - Tartışmalar) (Ciltli)</t>
+          <t>Fighting Against All Odds: A Policy Roadmap To Combat Online Child Sexual Abuse In Turkey</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>415</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9789752449848</t>
+          <t>9786257899239</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Ganaim-i Bahriye Mahkemesinin Kuruluşu, Teşkilatı ve Yargılama Usulü (Ciltli)</t>
+          <t>TCK’nın 245. Maddesinde Düzenlenen Banka veya Kredi Kartlarının Kötüye Kullanılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786257953023</t>
+          <t>9786257899154</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Özel Hukuk İlişkisine Dayalı Olarak Çalışanların Buluşları (Ciltli)</t>
+          <t>Uluslararası Koruma ve Geçici Koruma Kapsamındaki Yabancıların Türkiye'de Çalışma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786257953146</t>
+          <t>9786257899222</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Tabiat Varlıklarının Ticareti ve Yurt Dışına Çıkarılması Suçları</t>
+          <t>Medeni Yargılama Hukukunda Delil Tespiti (Ciltli)</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>175</v>
+        <v>123</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786257953047</t>
+          <t>9786257899079</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukuku Çerçevesinde Acentenin Müvekkilini Mahkemede Temsil Etme Yetkisi (Ciltli)</t>
+          <t>Özel Sağlık Kurumları Kapsamında Kişisel Sağlık Verilerinin İşlenmesi ve Korunması</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9789752449909</t>
+          <t>9786257899130</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşlemlerde Taşınır Rehni Kanunu Kapsamında Rehin Sözleşmesi ve Hükümleri (Ciltli)</t>
+          <t>Uluslararası Hukukta Kuvvetler Statüsü Anlaşmaları</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>485</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786257953122</t>
+          <t>9786257899093</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>The Application of EU Competition Law in the European Natural Gas Market</t>
+          <t>Türk Ticaret Kanunu Şerhi - Altıncı Kitap Sigorta Hukuku</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>115</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786257773492</t>
+          <t>9786057820693</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Barışçıl Gösteri ve Toplanma Özgürlüğü</t>
+          <t>Kişisel Verilerin Ceza ve Kabahatler Hukukunda Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>105</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786257953030</t>
+          <t>9786257953795</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesine Bireysel Başvuruda İdari İnceleme</t>
+          <t>Roma Hukukunda Evlat Edinme (Adoptio) ve Türk Hukukuna Etkileri</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>360</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786257953009</t>
+          <t>9786257953801</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Anonim Şirketlerde Zorunlu Organ Eksikliğinin Sonucu Olarak Fesih Davası (TTK. M. 530)</t>
+          <t>Kişisel Sağlık Verilerinin Korun(a)mamasından Doğan Özel Hukuk Sorumluluğu</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>115</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786257334433</t>
+          <t>9786257953757</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Verilerin Korunması Uygulama Kılavuzu (Ciltli)</t>
+          <t>Vergi Yargılamasında Ehliyet</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9789752449862</t>
+          <t>9786257953788</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>İdare ve Personel Yönüyle Sağlık Hizmetlerinden Kaynaklanan Sorumluluk</t>
+          <t>Yargıtay Rehberi</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>370</v>
+        <v>77</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9789752449794</t>
+          <t>9786257953641</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Kişisel Verilerin Basın Yayın Yoluyla Açıklanması Suçu</t>
+          <t>Yargının Tarafsızlığı</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9789752449787</t>
+          <t>9786257953634</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukuku'nda Fiducia (İnançlı İşlem) ve Türk Hukuku Üzerindeki Etkisi (Ciltli)</t>
+          <t>Türkiye'nin Grev Erteleme Serüveni</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>200</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9789752449732</t>
+          <t>9786257953498</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamada Ticaret Hukuku - Makaleler (Ciltli)</t>
+          <t>Kıymetli Evrakta Ciro Kavramı</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>485</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9789752449879</t>
+          <t>9786257953481</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklarda Özel Denetim</t>
+          <t>Bireysel İş Uyuşmazlıklarında Türk Mahkemelerinin Milletlerarası Yetkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>430</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9789752449534</t>
+          <t>9786257953566</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Tahkiminde Yatırımın Hukuka Aykırılığı</t>
+          <t>Prof. Dr. Necla Giritlioğlu'na Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>215</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9789752449688</t>
+          <t>9786257953627</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukukta Hata Kavramı</t>
+          <t>5237 Sayılı Türk Ceza Kanunu Çerçevesinde Çevrenin Kasten Kirletilmesi Suçu</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9789752449671</t>
+          <t>9786257953610</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Turkish Family Law (Ciltli)</t>
+          <t>Türk Hukukunda Kamu Alacaklarını Güvence Altına Alan Önlemler</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9789752449770</t>
+          <t>9786257953351</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukuku Bakımından Vergi İdaresinin İşlem ve Uygulamalarına Olan Güvenin Korunması İlkesi</t>
+          <t>Tüketici Hukukunun Güncel Sorunları</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9789752449619</t>
+          <t>9786257953382</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>İdare Hukuku Açısından Ruhsat</t>
+          <t>Medeni Usul Hukukunda İhtiyati Tedbir Yargılaması (Ciltli)</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9789752449572</t>
+          <t>9786257953375</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Acentelik Sözleşmesinin Sona Ermesi</t>
+          <t>Başbakanlık - Türk Devlet Geleneğindeki Konumu ve Kaldırılması</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9789752449626</t>
+          <t>9786257953474</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ticaret Örgütü Kuralları Açısından Uluslararası Ticaret Engelleri ve İhlalleri</t>
+          <t>İnsan Hakları Avrupa Mahkemesi İçtihatları Işığında Takdir Marjı Doktrini</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9789752449381</t>
+          <t>9786257953368</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Regülasyon Hukuku (Ciltli)</t>
+          <t>Satış Sözleşmesinde Ayıp Bildirimi (Ciltli)</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>560</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786057820426</t>
+          <t>9786257953276</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması CISG Danışma Kurulu Görüşleri</t>
+          <t>Yürürlüğünün 7. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu - 2 (Tebliğler Tartışmalar) (Ciltli)</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9789752449527</t>
+          <t>9786257953320</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Themis Akademi - Deniz İcra Hukuku</t>
+          <t>Adi Ortaklıkta Katılım Payı Getirme Borcuna Aykırılık (Ciltli)</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>35</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786057622587</t>
+          <t>9786257953245</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Özel İstihdam Büroları Aracılığıyla Geçici İş İlişkileri (Ciltli)</t>
+          <t>Kişisel Verilerin Korunmasında Blok Zinciri Modeli: Vaatler ve Hukuki Engeller</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9789752449473</t>
+          <t>9786257953306</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>6502 Sayılı Tüketicinin Korunması Hakkındaki Kanun Kapsamında Web Sitesi Vasıtasıyla Sözleşmelerin Kurulması</t>
+          <t>Üçüncü Kişi Yararına Sözleşme (Ciltli)</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9789752449466</t>
+          <t>9786257953221</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Sigortacının Kanuni Halefiyetinin Şartları ve Sınırları</t>
+          <t>Medeni Yargılama Hukukunda Dosyanın İşlemden Kaldırılması</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9789752449442</t>
+          <t>9786257953191</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Hukukunda İdari İstikrar İlkesi</t>
+          <t>Darülfünun Hukuk Fakültesinden Bir Sayfa: Edip Serdengeçti ve Mülkiyet Düşüncesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9789752449398</t>
+          <t>9786257953290</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Kıbrıs Hukukunda Gümrük Kaçakçılığı Suçları</t>
+          <t>Borçlar Hukuku ve Milletlerarası Özel Hukuk Açısından Sınır Ötesi Elektronik Ticarette Açık Artırma Yolu İle Satışlar</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9789752449350</t>
+          <t>9786257953207</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Liberal Anayasal Sistemlerde Parlamento İçi Muhalefetin Rolü</t>
+          <t>Özel Ceza Hukuku Cilt 6</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9789752449312</t>
+          <t>9786257953269</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hukukunda Erken İfa</t>
+          <t>Sözleşmenin Kurulması</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9789752449275</t>
+          <t>9789752449329</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Şerhi Altıncı Kitap - Sigorta Hukuku Cilt 5 (Ciltli)</t>
+          <t>Reopening The Pandora's Box</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>435</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9789752449251</t>
+          <t>9786257953160</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Themis Akademi - İcra Müdürlüğü Sınavına Hazırlık Soru Kitabı</t>
+          <t>Bilişim Teknolojilerinin Kullanımının İş Sözleşmesi Taraflarının Fesih Hakkına Etkisi</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9789752449169</t>
+          <t>9786257953184</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Spor Sponsorluğu Sözleşmesi</t>
+          <t>Halka Açık Anonim Ortaklıklar Açısından Malvarlığının Önemli Bir Bölümü Üzerinde Tasarruf Edilmesi Sonucunu Doğuran İşlemler</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>150</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9789752449176</t>
+          <t>9786257953177</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Yediemin Sözleşmesi Yoluyla Anonim Şirket Payı Üzerinde Rehin Kurulması (Ciltli)</t>
+          <t>Anayasa Mahkemesi Kararlarında Kemalizm ve Otoriterlik: Analitik Bir İnceleme</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9789752449190</t>
+          <t>9789752449992</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Kiralananın El Değiştirmesi ve Yeni Malikin Gereksinim Nedeniyle Fesih Hakkı</t>
+          <t>Net Neutrality Turkey and Beyond - A Road Map for Net Neutrality Regulation in Turkey</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>255</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786257334129</t>
+          <t>9786257953092</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Amaçlı Tutuklama Yasağı Çerçevesinde İnsan Hakları Avrupa Sözleşmesi'nin 18. Maddesinin Kapsamı, Uygulanması ve 18. Madde İhlali Kararlarının Sonuçları</t>
+          <t>Su Kaynaklarından İktisadi Amaçlı Yararlanmanın Hukuki Rejimi</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>215</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786057820150</t>
+          <t>9786257953115</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Özendirme ve Destekleme Faaliyeti (Ciltli)</t>
+          <t>Sermaye Şirketleri Hukukunda Güncel Gelişmeler Sempozyumu (Tebliğler - Tartışmalar) (Ciltli)</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>330</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9789752449046</t>
+          <t>9789752449848</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Plastik Cerrahın Hukuki Sorumluluğunun Sözleşmesel Bağlamda İncelenmesi</t>
+          <t>Ganaim-i Bahriye Mahkemesinin Kuruluşu, Teşkilatı ve Yargılama Usulü (Ciltli)</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786057820686</t>
+          <t>9786257953023</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda İhtiyati Tahakkuk ve İhtiyati Haczin Yargısal Denetimi</t>
+          <t>Özel Hukuk İlişkisine Dayalı Olarak Çalışanların Buluşları (Ciltli)</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>64</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786057820983</t>
+          <t>9786257953146</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Ortaklık Statüsünün Sona Ermesi</t>
+          <t>Kültür ve Tabiat Varlıklarının Ticareti ve Yurt Dışına Çıkarılması Suçları</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>585</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786057820815</t>
+          <t>9786257953047</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukukunda Birlikte Var Olma (Ciltli)</t>
+          <t>Milletlerarası Usul Hukuku Çerçevesinde Acentenin Müvekkilini Mahkemede Temsil Etme Yetkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786057820884</t>
+          <t>9789752449909</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Özel Hastane İşleticisinin Hastaneye Kabul Sözleşmesi Çerçevesinde Yürütülen Tıbbi Müdahaleden Kaynaklanan Sorumluluğu (Ciltli)</t>
+          <t>Ticari İşlemlerde Taşınır Rehni Kanunu Kapsamında Rehin Sözleşmesi ve Hükümleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>215</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786057820938</t>
+          <t>9786257953122</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Tatil Sözleşmeleri (Ciltli)</t>
+          <t>The Application of EU Competition Law in the European Natural Gas Market</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>295</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786057820969</t>
+          <t>9786257773492</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>İşverenin Yönetim Hakkı</t>
+          <t>Barışçıl Gösteri ve Toplanma Özgürlüğü</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>175</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786057820785</t>
+          <t>9786257953030</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Kullanımının İş Sözleşmesine Etkisi</t>
+          <t>Anayasa Mahkemesine Bireysel Başvuruda İdari İnceleme</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786057820921</t>
+          <t>9786257953009</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>İşkence ve Kötü Muamele Yasağında Cezasızlık Sorunu</t>
+          <t>Anonim Şirketlerde Zorunlu Organ Eksikliğinin Sonucu Olarak Fesih Davası (TTK. M. 530)</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786057820860</t>
+          <t>9786257334433</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Hukukunda Endüstri 4.0 Problemleri ve Çözümleri</t>
+          <t>Kişisel Verilerin Korunması Uygulama Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>125</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786057820853</t>
+          <t>9789752449862</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Sert Pozitivizm</t>
+          <t>İdare ve Personel Yönüyle Sağlık Hizmetlerinden Kaynaklanan Sorumluluk</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786057820655</t>
+          <t>9789752449794</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Markanın İptali ve İptal Halleri</t>
+          <t>Türk Ceza Kanunu'nda Kişisel Verilerin Basın Yayın Yoluyla Açıklanması Suçu</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786057820822</t>
+          <t>9789752449787</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hakları Bağlamında Türkiye'de Pozitif Ayrımcılık İlkesi</t>
+          <t>Roma Hukuku'nda Fiducia (İnançlı İşlem) ve Türk Hukuku Üzerindeki Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1700" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786057820679</t>
+          <t>9789752449732</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kurulu'nun İdari Yaptırım Yetkisinin İdarenin Takdir Yetkisi Kapsamında Değerlendirilmesi ve Yargısal Denetimi</t>
+          <t>Teori ve Uygulamada Ticaret Hukuku - Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>190</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786051523712</t>
+          <t>9789752449879</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Büyükşehir Belediyelerinin Mali Yapısı: Antalya Büyükşehir Belediyesi Örneği</t>
+          <t>Anonim Ortaklıklarda Özel Denetim</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>180</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786257293167</t>
+          <t>9789752449534</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Özel Nitelikli Kişisel Verilerin İşlenmesinde Açık Rızanın Aranmadığı Haller (Ciltli)</t>
+          <t>Uluslararası Yatırım Tahkiminde Yatırımın Hukuka Aykırılığı</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>315</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786057820587</t>
+          <t>9789752449688</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>4734 Sayılı Kamu İhale Kanunu'nda İdari Başvuru Yolları ve Başvuru Ehliyeti</t>
+          <t>Medeni Hukukta Hata Kavramı</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>410</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786057820563</t>
+          <t>9789752449671</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Usul Hukukunda Tebligat</t>
+          <t>Turkish Family Law (Ciltli)</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786057820396</t>
+          <t>9789752449770</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Yatırımların Korunmasında Uluslararası Hukukun Rolü (Ciltli)</t>
+          <t>Türk Hukuku Bakımından Vergi İdaresinin İşlem ve Uygulamalarına Olan Güvenin Korunması İlkesi</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>420</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786057820310</t>
+          <t>9789752449619</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Şerhi Altıncı Kitap - Sigorta Hukuku Cilt 4 (Ciltli)</t>
+          <t>İdare Hukuku Açısından Ruhsat</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>415</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786057820297</t>
+          <t>9789752449572</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Medeni Yargılama Hukukunda Kişisel Verilerin ve Sırların Korunması (Ciltli)</t>
+          <t>Acentelik Sözleşmesinin Sona Ermesi</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>167</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786057820389</t>
+          <t>9789752449626</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Mecelle'de Vefaen Satış Sözleşmesi</t>
+          <t>Dünya Ticaret Örgütü Kuralları Açısından Uluslararası Ticaret Engelleri ve İhlalleri</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>90</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786257528023</t>
+          <t>9789752449381</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Stoklar</t>
+          <t>Regülasyon Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>225</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786057820372</t>
+          <t>9786057820426</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Finansal Tabloların Tutulması ve Hukuksal Sonuçları</t>
+          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması CISG Danışma Kurulu Görüşleri</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>455</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786057820242</t>
+          <t>9789752449527</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Ebeveyn İzni ve Yarım Çalışma Ödeneği</t>
+          <t>Themis Akademi - Deniz İcra Hukuku</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786057820273</t>
+          <t>9786057622587</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Çalışanlarının Şua (Sağlık) İzin Alacağı</t>
+          <t>Özel İstihdam Büroları Aracılığıyla Geçici İş İlişkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786057820204</t>
+          <t>9789752449473</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Banka Kredi Açma Sözleşmelerindeki Muacceliyet Şartları</t>
+          <t>6502 Sayılı Tüketicinin Korunması Hakkındaki Kanun Kapsamında Web Sitesi Vasıtasıyla Sözleşmelerin Kurulması</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786057820174</t>
+          <t>9789752449466</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Görünüşte İhmali Suçlarda Garantörlük (Ciltli)</t>
+          <t>Sigortacının Kanuni Halefiyetinin Şartları ve Sınırları</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>485</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786057820068</t>
+          <t>9789752449442</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Deniz Ticareti Uyuşmazlık Çözüm Merkezi Kurulması Bağlamında German Maritime Arbitration Association Uyuşmazlık Çözüm Sistemi (Ciltli)</t>
+          <t>Türk İdare Hukukunda İdari İstikrar İlkesi</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786257598996</t>
+          <t>9789752449398</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Bireysel İş Hukukunda Zorunlu ve Zorlayıcı Nedenler</t>
+          <t>Türk ve Kıbrıs Hukukunda Gümrük Kaçakçılığı Suçları</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786057622938</t>
+          <t>9789752449350</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>İcra Hukukunda Rehin Açığı Belgesi</t>
+          <t>Liberal Anayasal Sistemlerde Parlamento İçi Muhalefetin Rolü</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786257528818</t>
+          <t>9789752449312</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Borcun İfa Edilmediği Defi (Ödemezlik Defi) (Ciltli)</t>
+          <t>Tüketici Hukukunda Erken İfa</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786057622785</t>
+          <t>9789752449275</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de ve Seçilmiş Ülkelerde Vergi İnceleme Sürecinde Mükelleflerin Hak ve Ödevleri</t>
+          <t>Türk Ticaret Kanunu Şerhi Altıncı Kitap - Sigorta Hukuku Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>255</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786057622808</t>
+          <t>9789752449251</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Petrol Piyasası Hukuku (Ciltli)</t>
+          <t>Themis Akademi - İcra Müdürlüğü Sınavına Hazırlık Soru Kitabı</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>265</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786057622648</t>
+          <t>9789752449169</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Gemi ve Hava Aracı İpoteği ve Motorlu Taşıt Rehni (Ciltli)</t>
+          <t>Spor Sponsorluğu Sözleşmesi</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786051520896</t>
+          <t>9789752449176</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Devlet Eliyle Sanat ve Kamuda Sanatçı Olarak Çalışmak</t>
+          <t>Yediemin Sözleşmesi Yoluyla Anonim Şirket Payı Üzerinde Rehin Kurulması (Ciltli)</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>90</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786057622594</t>
+          <t>9789752449190</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>4734 Sayılı Kamu İhale Kanunu Kapsamındaki İhalelerin İdari ve Yargısal Denetimi</t>
+          <t>Kiralananın El Değiştirmesi ve Yeni Malikin Gereksinim Nedeniyle Fesih Hakkı</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786057622556</t>
+          <t>9786257334129</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukuku - Medeni Hukuk Alanındaki Güncel Yargıtay Kararlarının Değerlendirilmesi Sempozyumları Cilt 2</t>
+          <t>Siyasi Amaçlı Tutuklama Yasağı Çerçevesinde İnsan Hakları Avrupa Sözleşmesi'nin 18. Maddesinin Kapsamı, Uygulanması ve 18. Madde İhlali Kararlarının Sonuçları</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>365</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786057622334</t>
+          <t>9786057820150</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnşaat Sözleşmelerinde Ortak Girişimler (Ciltli)</t>
+          <t>İdarenin Özendirme ve Destekleme Faaliyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786057622747</t>
+          <t>9789752449046</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Bir Suç Olarak Sermaye Piyasası Kanununda Düzenlenen İşleme Dayalı Piyasa Dolandırıcılığı Suçu</t>
+          <t>Plastik Cerrahın Hukuki Sorumluluğunun Sözleşmesel Bağlamda İncelenmesi</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786057622693</t>
+          <t>9786057820686</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği İlkeleri Işığında Türk İş Hukukunda Toplu İş Sözleşmesi Yapma Yetkisi (Ciltli)</t>
+          <t>Türk Vergi Hukukunda İhtiyati Tahakkuk ve İhtiyati Haczin Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>355</v>
+        <v>64</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786057622655</t>
+          <t>9786057820983</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisinde Reverse Charge - Tersine Vergilendirme Mekanizması: Avrupa Birliği ile Türkiye Üzerine Karşılaştırmalı Analiz</t>
+          <t>Halka Açık Ortaklık Statüsünün Sona Ermesi</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>180</v>
+        <v>585</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786057622617</t>
+          <t>9786057820815</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Gelir Üzerinden Alınan Vergiler</t>
+          <t>Marka Hukukunda Birlikte Var Olma (Ciltli)</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786057622518</t>
+          <t>9786057820884</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Şirketlerde Elektronik Genel Kurul Toplantıları</t>
+          <t>Özel Hastane İşleticisinin Hastaneye Kabul Sözleşmesi Çerçevesinde Yürütülen Tıbbi Müdahaleden Kaynaklanan Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786257598941</t>
+          <t>9786057820938</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Sendikasyon Kredisi Alacaklarının Fer'i Teminatlarla Güvence Altına Alınması (Ciltli)</t>
+          <t>Tatil Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786057622389</t>
+          <t>9786057820969</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Bilirkişinin Disiplin Sorumluluğu</t>
+          <t>İşverenin Yönetim Hakkı</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786057622488</t>
+          <t>9786057820785</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Managementorientierte Kosten-Und Leistungsrechnung And Fachbegriffe Der Kosten-Und Leistungsrechnung</t>
+          <t>Sosyal Medya Kullanımının İş Sözleşmesine Etkisi</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786254320736</t>
+          <t>9786057820921</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Çoğunluğun Tiranlığı</t>
+          <t>İşkence ve Kötü Muamele Yasağında Cezasızlık Sorunu</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786057622181</t>
+          <t>9786057820860</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti ve Kuzey Kıbrıs Türk Cumhuriyeti'nde Kadınların ve Çocukların Aile İçi Şiddetten Korunması</t>
+          <t>İş Sağlığı ve Güvenliği Hukukunda Endüstri 4.0 Problemleri ve Çözümleri</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786057622358</t>
+          <t>9786057820853</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Kapsamında Yapı Malikinin Sorumluluğu (TBK m.69)</t>
+          <t>Sert Pozitivizm</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786057622259</t>
+          <t>9786057820655</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletmede Şube Kavramı ve Şube Olmaya Bağlanan Hüküm ve Sonuçlar (Ciltli)</t>
+          <t>Markanın İptali ve İptal Halleri</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>139</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786057622136</t>
+          <t>9786057820822</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Satımında Garanti Belgesinin Hukuki Niteliği (Ciltli)</t>
+          <t>Kadın Hakları Bağlamında Türkiye'de Pozitif Ayrımcılık İlkesi</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786057622204</t>
+          <t>9786057820679</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Mega Etkinlikler ve Yerinden Edilme</t>
+          <t>Sermaye Piyasası Kurulu'nun İdari Yaptırım Yetkisinin İdarenin Takdir Yetkisi Kapsamında Değerlendirilmesi ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786057622198</t>
+          <t>9786051523712</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Seçim Demokrasi ve Seçim Sistemleri Sempozyumu</t>
+          <t>Türkiye'de Büyükşehir Belediyelerinin Mali Yapısı: Antalya Büyükşehir Belediyesi Örneği</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786057622112</t>
+          <t>9786257293167</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>AİHS Kapsamında Özel Hayatın ve Aile Hayatının Korunmasında Devletin Pozitif Yükümlülükleri (Ciltli)</t>
+          <t>Özel Nitelikli Kişisel Verilerin İşlenmesinde Açık Rızanın Aranmadığı Haller (Ciltli)</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>530</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786057622075</t>
+          <t>9786057820587</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Limited Ortaklıkta Rekabet Yasağı (Ciltli)</t>
+          <t>4734 Sayılı Kamu İhale Kanunu'nda İdari Başvuru Yolları ve Başvuru Ehliyeti</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786057622044</t>
+          <t>9786057820563</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Tebligat</t>
+          <t>Milletlerarası Usul Hukukunda Tebligat</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786057909985</t>
+          <t>9786057820396</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Rekabet Hukuku Seminerleri 2018 (Ciltli)</t>
+          <t>Yabancı Yatırımların Korunmasında Uluslararası Hukukun Rolü (Ciltli)</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>295</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786057622006</t>
+          <t>9786057820310</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Kararları Işığında Güncel Medeni Hukuk Problemleri Sempozyumu Bildirileri</t>
+          <t>Türk Ticaret Kanunu Şerhi Altıncı Kitap - Sigorta Hukuku Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>555</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786057622020</t>
+          <t>9786057820297</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Şirketlerinde Tür Değiştirme</t>
+          <t>Medeni Yargılama Hukukunda Kişisel Verilerin ve Sırların Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>180</v>
+        <v>167</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786057909978</t>
+          <t>9786057820389</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku'nda Asıl İşveren Alt İşveren İlişkisinden Doğan Sorumluluk (Ciltli)</t>
+          <t>Mecelle'de Vefaen Satış Sözleşmesi</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>255</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786057909947</t>
+          <t>9786257528023</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Kamu Personel Hukukunda Geçici Personelin Hukuksal Statüsünün Dönüşümü</t>
+          <t>Stoklar</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>330</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786057909923</t>
+          <t>9786057820372</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Kamulaştırma Hukukunda İdarenin İradi Yolla Devir ve Tesis Teşebbüsünde Bulunma Yükümlülüğü</t>
+          <t>Finansal Tabloların Tutulması ve Hukuksal Sonuçları</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>120</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786051525822</t>
+          <t>9786057820242</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Enerji Alanında Mali Düzenlemelerin Rolü</t>
+          <t>Ebeveyn İzni ve Yarım Çalışma Ödeneği</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786257528054</t>
+          <t>9786057820273</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Gerekçeli Notlu ve İçtihatlı 6769 Sayılı Mülkiyet Kanunu (Ciltli)</t>
+          <t>Sağlık Çalışanlarının Şua (Sağlık) İzin Alacağı</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786057909640</t>
+          <t>9786057820204</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Vergi Uyuşmazlıklarından Doğan Davalarda Ehliyet</t>
+          <t>Banka Kredi Açma Sözleşmelerindeki Muacceliyet Şartları</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786057909916</t>
+          <t>9786057820174</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Türk İş Hukukunda Kadın İşçilerin Korunması</t>
+          <t>Türk Ceza Kanunu'nda Görünüşte İhmali Suçlarda Garantörlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>175</v>
+        <v>485</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786057909862</t>
+          <t>9786057820068</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>6769 Sayılı Sınai Mülkiyet Kanununa Göre Marka Hakkı Aleyhine İşlenen Suçlar</t>
+          <t>Türkiye'de Deniz Ticareti Uyuşmazlık Çözüm Merkezi Kurulması Bağlamında German Maritime Arbitration Association Uyuşmazlık Çözüm Sistemi (Ciltli)</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>155</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786257598675</t>
+          <t>9786257598996</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Sözleşme Özgürlüğünün Sınırı Olarak Kanunun Emredici Hükümlerine Aykırılık</t>
+          <t>Bireysel İş Hukukunda Zorunlu ve Zorlayıcı Nedenler</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786057909619</t>
+          <t>9786057622938</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Sorumluluk Hukukundan Rıza</t>
+          <t>İcra Hukukunda Rehin Açığı Belgesi</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786057909534</t>
+          <t>9786257528818</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Ortaklıklarda Ortaklıktan Çıkarma Hakkı (Ciltli)</t>
+          <t>Borcun İfa Edilmediği Defi (Ödemezlik Defi) (Ciltli)</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786057909404</t>
+          <t>9786057622785</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Kefalet Sözleşmesinin Kendine Özgü Sona Erme Halleri (Ciltli)</t>
+          <t>Türkiye'de ve Seçilmiş Ülkelerde Vergi İnceleme Sürecinde Mükelleflerin Hak ve Ödevleri</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>265</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786057909572</t>
+          <t>9786057622808</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu Bakımından Taşınır Satışında Alıcının Ücretsiz Onarım (Ayıbın Giderilmesini) İsteme Hakkı (Ciltli)</t>
+          <t>Petrol Piyasası Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>215</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786057909497</t>
+          <t>9786057622648</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Kriminolojik Değerlendirmeler Işığında Ceza Hukukunda Fücur (Ensest)</t>
+          <t>Gemi ve Hava Aracı İpoteği ve Motorlu Taşıt Rehni (Ciltli)</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>315</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786057909367</t>
+          <t>9786051520896</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Evaluation of Employer's Right of Termination in Construction Contracts due to Default of the Contractor within the Ambit of Provisions of FIDIC Contracts and Contracts for Work as part of Turkish Code of Obligations</t>
+          <t>Devlet Eliyle Sanat ve Kamuda Sanatçı Olarak Çalışmak</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>105</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786057909411</t>
+          <t>9786057622594</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim (Ciltli)</t>
+          <t>4734 Sayılı Kamu İhale Kanunu Kapsamındaki İhalelerin İdari ve Yargısal Denetimi</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>745</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786051528458</t>
+          <t>9786057622556</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Kefalet (Ciltli)</t>
+          <t>Aile Hukuku - Medeni Hukuk Alanındaki Güncel Yargıtay Kararlarının Değerlendirilmesi Sempozyumları Cilt 2</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>340</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786051529868</t>
+          <t>9786057622334</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay 11. Hukuk Dairesinin Türk Ticaret Kanununa İlişkin Kararları 2014 (Ciltli)</t>
+          <t>Uluslararası İnşaat Sözleşmelerinde Ortak Girişimler (Ciltli)</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>620</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786057542762</t>
+          <t>9786057622747</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İnşa veya İmar Sebebiyle Tahliye ve Kentsel Dönüşümde Kıracının Durumu</t>
+          <t>Ekonomik Bir Suç Olarak Sermaye Piyasası Kanununda Düzenlenen İşleme Dayalı Piyasa Dolandırıcılığı Suçu</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786057542687</t>
+          <t>9786057622693</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>İş İlişkilerinde İmkansızlık</t>
+          <t>Avrupa Birliği İlkeleri Işığında Türk İş Hukukunda Toplu İş Sözleşmesi Yapma Yetkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>230</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786057542892</t>
+          <t>9786057622655</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Hukukunda Boşanma Halinde Velayet, Çocukla Kişisel İlişki Kurulması ve Çocuğun Soyadı</t>
+          <t>Katma Değer Vergisinde Reverse Charge - Tersine Vergilendirme Mekanizması: Avrupa Birliği ile Türkiye Üzerine Karşılaştırmalı Analiz</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786051527369</t>
+          <t>9786057622617</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Postası 2017 (Ciltli)</t>
+          <t>Gelir Üzerinden Alınan Vergiler</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786057909343</t>
+          <t>9786057622518</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşlemlerde Taşınır Rehni (Ciltli)</t>
+          <t>Halka Açık Anonim Şirketlerde Elektronik Genel Kurul Toplantıları</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786057542953</t>
+          <t>9786257598941</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu Uyarınca Anonim Şirketlerde İmtiyaz (Ciltli)</t>
+          <t>Sendikasyon Kredisi Alacaklarının Fer'i Teminatlarla Güvence Altına Alınması (Ciltli)</t>
         </is>
       </c>
       <c r="C1771" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786057909213</t>
+          <t>9786057622389</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Yasal ve Etik Kodlar Çerçevesinde Basın Hak ve Özgürlükleri KKTC Örneği</t>
+          <t>Bilirkişinin Disiplin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786057909220</t>
+          <t>9786057622488</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Otomatik Bilgi Değişimi ve Türk-Alman İş Birliği Olanakları - Automatic Exchange of Information and Prospects of Turkish-German Cooperation</t>
+          <t>Managementorientierte Kosten-Und Leistungsrechnung And Fachbegriffe Der Kosten-Und Leistungsrechnung</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786057909244</t>
+          <t>9786254320736</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Sempozyumu (Ciltli)</t>
+          <t>Çoğunluğun Tiranlığı</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>265</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786057542991</t>
+          <t>9786057622181</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>8. Genç Vergi Hukukçuları Sempozyumu</t>
+          <t>Türkiye Cumhuriyeti ve Kuzey Kıbrıs Türk Cumhuriyeti'nde Kadınların ve Çocukların Aile İçi Şiddetten Korunması</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>355</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786057542946</t>
+          <t>9786057622358</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Analık ve Ebeveyn İzinleri (Ciltli)</t>
+          <t>Türk Borçlar Kanunu Kapsamında Yapı Malikinin Sorumluluğu (TBK m.69)</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786057909190</t>
+          <t>9786057622259</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Yardımcı Kişilerin Fiillerinden Sorumluluk (TBK m. 116) (Ciltli)</t>
+          <t>Ticari İşletmede Şube Kavramı ve Şube Olmaya Bağlanan Hüküm ve Sonuçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>255</v>
+        <v>139</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786057542939</t>
+          <t>9786057622136</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Hüseyin Hatemi'ye 80. Yıl Armağanı (Ciltli)</t>
+          <t>Tüketici Satımında Garanti Belgesinin Hukuki Niteliği (Ciltli)</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>570</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786057542717</t>
+          <t>9786057622204</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasası Kanunu'na Göre Anonim Ortaklıkta Ayrılma Hakkı (Ciltli)</t>
+          <t>Mega Etkinlikler ve Yerinden Edilme</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786057542731</t>
+          <t>9786057622198</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Contrat De Sous-Traitance Du Point De Vue Du Droit Turc Et Suisse</t>
+          <t>Seçim Demokrasi ve Seçim Sistemleri Sempozyumu</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786057542724</t>
+          <t>9786057622112</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2016 (Ciltli)</t>
+          <t>AİHS Kapsamında Özel Hayatın ve Aile Hayatının Korunmasında Devletin Pozitif Yükümlülükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>535</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786057542434</t>
+          <t>9786057622075</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletmenin Devri (Ciltli)</t>
+          <t>Limited Ortaklıkta Rekabet Yasağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>242</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786057542526</t>
+          <t>9786057622044</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Türk Marka Hukukunda Gerçek Hak Sahipliği İlkesi (Ciltli)</t>
+          <t>Türk Vergi Hukukunda Tebligat</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786057542618</t>
+          <t>9786057909985</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Nakdi Kredi Sözleşmesinin Banka Tarafından Haklı Sebeple Feshi ve Sonuçları (Ciltli)</t>
+          <t>Uygulamalı Rekabet Hukuku Seminerleri 2018 (Ciltli)</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786057542571</t>
+          <t>9786057622006</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Eklenti Kavramı ve Buna Bağlanan Hukuki Sonuçlar</t>
+          <t>Yargıtay Kararları Işığında Güncel Medeni Hukuk Problemleri Sempozyumu Bildirileri</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>205</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786057542335</t>
+          <t>9786057622020</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Basiretli İş Adamı Gibi Hareket Yükümlülüğü : Özellikle Tacirin Ücret ve Cezai Şartın İndirilmesini İsteyememesi</t>
+          <t>Sermaye Şirketlerinde Tür Değiştirme</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786057542250</t>
+          <t>9786057909978</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukukunda Ayrımcılık Suretiyle Hakim Durumun Kötüye Kullanılması (Ciltli)</t>
+          <t>Sosyal Güvenlik Hukuku'nda Asıl İşveren Alt İşveren İlişkisinden Doğan Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>415</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786057542298</t>
+          <t>9786057909947</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Kaldıraçlı Devralma ve Anonim Şirketin Finansal Yardım Yasağı (Ciltli)</t>
+          <t>Kamu Personel Hukukunda Geçici Personelin Hukuksal Statüsünün Dönüşümü</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>215</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786057542328</t>
+          <t>9786057909923</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Halka Açık Anonim Ortaklıkların Kamuyu Aydınlatma Yükümlülüğü</t>
+          <t>Kamulaştırma Hukukunda İdarenin İradi Yolla Devir ve Tesis Teşebbüsünde Bulunma Yükümlülüğü</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786057542243</t>
+          <t>9786051525822</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>ÖSYM Kanunu'nda Düzenlenen Suçlar</t>
+          <t>Enerji Alanında Mali Düzenlemelerin Rolü</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>155</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786057542076</t>
+          <t>9786257528054</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay Hukuk ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları (2017)</t>
+          <t>Gerekçeli Notlu ve İçtihatlı 6769 Sayılı Mülkiyet Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786057542229</t>
+          <t>9786057909640</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Ortak Pazarında Miktar Kısıtlamalarına Eş Etkili Önlemler</t>
+          <t>Vergi Uyuşmazlıklarından Doğan Davalarda Ehliyet</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>315</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786057542151</t>
+          <t>9786057909916</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Alman Hukuku Karşılaştırmalı Ticaret Şirketlerinde Yapısal Değişiklikler</t>
+          <t>Türk İş Hukukunda Kadın İşçilerin Korunması</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786057542090</t>
+          <t>9786057909862</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Yetkili Servis Sözleşmesi (Ciltli)</t>
+          <t>6769 Sayılı Sınai Mülkiyet Kanununa Göre Marka Hakkı Aleyhine İşlenen Suçlar</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>365</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786051529844</t>
+          <t>9786257598675</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>Tüketiciyi Koruyucu Nitelikli Geri Alma Hakkı (Ciltli)</t>
+          <t>Sözleşme Özgürlüğünün Sınırı Olarak Kanunun Emredici Hükümlerine Aykırılık</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9786051529813</t>
+          <t>9786057909619</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Sisteminde Yer Alan Tüm Vergi Kanunları (Ciltli)</t>
+          <t>Sorumluluk Hukukundan Rıza</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>810</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9786051529806</t>
+          <t>9786057909534</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkimde Dava Açma Yasakları (Ciltli)</t>
+          <t>Halka Açık Anonim Ortaklıklarda Ortaklıktan Çıkarma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>420</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786051529783</t>
+          <t>9786057909404</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Belirli Süreli Tüketici Kredisi Sözleşmeleri (Ciltli)</t>
+          <t>Kefalet Sözleşmesinin Kendine Özgü Sona Erme Halleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>295</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786051529462</t>
+          <t>9786057909572</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Ekonomik Yaklaşım İlkesinin Kapsamı, Niteliği ve Sınırları (Ciltli)</t>
+          <t>Türk Borçlar Kanunu Bakımından Taşınır Satışında Alıcının Ücretsiz Onarım (Ayıbın Giderilmesini) İsteme Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>495</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786051529332</t>
+          <t>9786057909497</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>VEHUP 1. Yıllık Kongresi: Uluslararası Vergi Hukukunda Güncel Gelişmeler ve Türkiye'ye Etkileri (Ciltli)</t>
+          <t>Kriminolojik Değerlendirmeler Işığında Ceza Hukukunda Fücur (Ensest)</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9786051525914</t>
+          <t>9786057909367</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Ortaklıklarda Tasfiye İşlemlerinin Türk Vergi Sistemi Açısından İncelenmesi (Ciltli)</t>
+          <t>Evaluation of Employer's Right of Termination in Construction Contracts due to Default of the Contractor within the Ambit of Provisions of FIDIC Contracts and Contracts for Work as part of Turkish Code of Obligations</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>305</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9786051529424</t>
+          <t>9786057909411</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Genç Milletlerarası Özel Hukukçular Konferansı 2</t>
+          <t>Makalelerim (Ciltli)</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>430</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9786051526362</t>
+          <t>9786051528458</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>5. Suç ve Ceza Film Festivali "AYR/MC/L/K" Tebliğler</t>
+          <t>Birlikte Kefalet (Ciltli)</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9786051529455</t>
+          <t>9786051529868</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>İsviçre-Türk Borçlar Hukukuna Göre Sözleşmenin Kurulmasında Yanılma (Ciltli)</t>
+          <t>Yargıtay 11. Hukuk Dairesinin Türk Ticaret Kanununa İlişkin Kararları 2014 (Ciltli)</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>635</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786051529509</t>
+          <t>9786057542762</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ceza Mahkemesi'nde Soruşturma Usulü</t>
+          <t>Yeniden İnşa veya İmar Sebebiyle Tahliye ve Kentsel Dönüşümde Kıracının Durumu</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9786051529387</t>
+          <t>9786057542687</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Kabahatler Hukuku Yazıları - 2</t>
+          <t>İş İlişkilerinde İmkansızlık</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>305</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9786051529318</t>
+          <t>9786057542892</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Silahlı Çatışmalar Hukukunda Kültürel Varlıkların Korunması</t>
+          <t>Türk Medeni Hukukunda Boşanma Halinde Velayet, Çocukla Kişisel İlişki Kurulması ve Çocuğun Soyadı</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>295</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9786051529226</t>
+          <t>9786051527369</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Ticari İşletmenin Devrinde Alacaklıların Korunması (Ciltli)</t>
+          <t>Hukuk Postası 2017 (Ciltli)</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9786051524665</t>
+          <t>9786057909343</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Parallel Proceedings in International Investment Treaty Arbitration</t>
+          <t>Ticari İşlemlerde Taşınır Rehni (Ciltli)</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786051529158</t>
+          <t>9786057542953</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması Uyarınca Sözleşmeye Uygun Mal Teslim Edilmesi Yükümlülüğü ve Bu Yükümlülüğün İhlalinden Ötürü Alıcının Hakları (Ciltli)</t>
+          <t>6102 Sayılı Türk Ticaret Kanunu Uyarınca Anonim Şirketlerde İmtiyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>445</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786051529165</t>
+          <t>9786057909213</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Yerel Yönetimlerde Mali Özerklik</t>
+          <t>Dijital Çağda Yasal ve Etik Kodlar Çerçevesinde Basın Hak ve Özgürlükleri KKTC Örneği</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786051529219</t>
+          <t>9786057909220</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Güvencesiz Adalet</t>
+          <t>Otomatik Bilgi Değişimi ve Türk-Alman İş Birliği Olanakları - Automatic Exchange of Information and Prospects of Turkish-German Cooperation</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>230</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786051528755</t>
+          <t>9786057909244</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Federal Sistemlerde Yetki Paylaşımı ve Yetki Uyuşmazlıklarının Yargısal Çözümü (Karşılaştırmalı)</t>
+          <t>Türk Ticaret Kanunu Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>345</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786051528540</t>
+          <t>9786057542991</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>2886 Sayılı Devlet İhale Kanunu'nda Yasaklama Kararları ve Kararlara Karşı Başvuru Yolları (Ciltli)</t>
+          <t>8. Genç Vergi Hukukçuları Sempozyumu</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>365</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786051527987</t>
+          <t>9786057542946</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>VEHUP 2. Yıllık Kongresi - Dolaysız Vergilerin Dolanılmasıyla Mücadelede Türkiye ve Avrupa Birliği Arasında İşbirliği Stratejileri (Ciltli)</t>
+          <t>İş Hukukunda Analık ve Ebeveyn İzinleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1815" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786051528489</t>
+          <t>9786057909190</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>AİHS ve AİHM Kararlarının da İncelenmesi Suretiyle Adil Yargılanma Hakkının Türk Milletlerarası Usul Hukuku Üzerindeki Etkileri (Ciltli)</t>
+          <t>Yardımcı Kişilerin Fiillerinden Sorumluluk (TBK m. 116) (Ciltli)</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>600</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786051528496</t>
+          <t>9786057542939</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Acele Kamulaştırma</t>
+          <t>Prof. Dr. Hüseyin Hatemi'ye 80. Yıl Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>225</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786051528465</t>
+          <t>9786057542717</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>5. Türkiye - Bosna Hersek - Hırvatistan Hukuk Günleri - 5. Turkish - Bosnian Herzegovinian Croatian Jurist Days</t>
+          <t>Sermaye Piyasası Kanunu'na Göre Anonim Ortaklıkta Ayrılma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1818" s="1">
-        <v>225</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786051527949</t>
+          <t>9786057542731</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>Kodlaştırma</t>
+          <t>Contrat De Sous-Traitance Du Point De Vue Du Droit Turc Et Suisse</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786051528144</t>
+          <t>9786057542724</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Roma Hukukunda Manus Kurumu</t>
+          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2016 (Ciltli)</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>75</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9786051528007</t>
+          <t>9786057542434</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Anayasaya Uygunluk Bakımından Önleyici Denetim</t>
+          <t>Ticari İşletmenin Devri (Ciltli)</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>270</v>
+        <v>242</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9786051527772</t>
+          <t>9786057542526</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Sınır Ötesi Vergi Sorunları</t>
+          <t>Türk Marka Hukukunda Gerçek Hak Sahipliği İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9786051527543</t>
+          <t>9786057542618</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Limited Ortaklıkta Oy Hakkından Yoksunluk (Ciltli)</t>
+          <t>Nakdi Kredi Sözleşmesinin Banka Tarafından Haklı Sebeple Feshi ve Sonuçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>115</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9786051527550</t>
+          <t>9786057542571</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Bir Vergi Tekniği Yöntemi Olarak Kaynakta Vergileme</t>
+          <t>Eklenti Kavramı ve Buna Bağlanan Hukuki Sonuçlar</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>380</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786051527376</t>
+          <t>9786057542335</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Newsletter 2017 (Ciltli)</t>
+          <t>Basiretli İş Adamı Gibi Hareket Yükümlülüğü : Özellikle Tacirin Ücret ve Cezai Şartın İndirilmesini İsteyememesi</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>265</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786051527260</t>
+          <t>9786057542250</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukuku Uyuşmazlıklarının Uluslararası Tahkim Yoluyla Çözümü: Karşılaştırmalı Bir Analiz (Ciltli)</t>
+          <t>Rekabet Hukukunda Ayrımcılık Suretiyle Hakim Durumun Kötüye Kullanılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>345</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9786051527574</t>
+          <t>9786057542298</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklar Hukuku'nda Özel Denetim (Ciltli)</t>
+          <t>Kaldıraçlı Devralma ve Anonim Şirketin Finansal Yardım Yasağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9786051527437</t>
+          <t>9786057542328</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Örtülü Reklam</t>
+          <t>Halka Açık Anonim Ortaklıkların Kamuyu Aydınlatma Yükümlülüğü</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9786051527116</t>
+          <t>9786057542243</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>Özel Ceza Hukuku Cilt 3: Hürriyete, Şerefe, Özel Hayata, Hayatın Gizli Alanına Karşı Suçlar (Ciltli)</t>
+          <t>ÖSYM Kanunu'nda Düzenlenen Suçlar</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>580</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9786051527352</t>
+          <t>9786057542076</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Yayım Sözleşmesi (Ciltli)</t>
+          <t>Yargıtay Hukuk ve Ceza Dairelerinin Türk Ticaret Kanununa İlişkin Kararları (2017)</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9786051526850</t>
+          <t>9786057542229</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>ICC Tahkim Kuralları ve Uygulaması</t>
+          <t>Avrupa Birliği Ortak Pazarında Miktar Kısıtlamalarına Eş Etkili Önlemler</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>305</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9786051527413</t>
+          <t>9786057542151</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Bedeni Vergiler</t>
+          <t>Türk ve Alman Hukuku Karşılaştırmalı Ticaret Şirketlerinde Yapısal Değişiklikler</t>
         </is>
       </c>
       <c r="C1832" s="1">
         <v>105</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9786051527345</t>
+          <t>9786057542090</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Herkes Biraz Hukukçudur Peki Neden Daha Fazlası Olmasın - Öyküleyici Anlatımla Tıp Hukuku</t>
+          <t>Yetkili Servis Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>115</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9786051524504</t>
+          <t>9786051529844</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>İngiliz ve Amerikan Hukuklarında Vakıaların Getirilmesi ile Delillerin Toplanmasında Hakimin Rolü ve Türk Hukuku Bakımından Değerlendirilmesi (Ciltli)</t>
+          <t>Tüketiciyi Koruyucu Nitelikli Geri Alma Hakkı (Ciltli)</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>530</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9786051524368</t>
+          <t>9786051529813</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi Kararlarında Hakkaniyete Uygun Tatmin</t>
+          <t>Türk Vergi Sisteminde Yer Alan Tüm Vergi Kanunları (Ciltli)</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>240</v>
+        <v>810</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786051527338</t>
+          <t>9786051529806</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Lex Süperior İlkesi : Hukuki Geçerliliği ve Uygulaması</t>
+          <t>Milletlerarası Tahkimde Dava Açma Yasakları (Ciltli)</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9786051527314</t>
+          <t>9786051529783</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Soyut Tehlike Bağlamında Trafik Güvenliğini Tehlikeye Sokma Suçu ( TCK 179/3)</t>
+          <t>Belirli Süreli Tüketici Kredisi Sözleşmeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>155</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9786051527291</t>
+          <t>9786051529462</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Toplanma Özgürlüğü Hakkının Korunması</t>
+          <t>Vergi Hukukunda Ekonomik Yaklaşım İlkesinin Kapsamı, Niteliği ve Sınırları (Ciltli)</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>115</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9786051527208</t>
+          <t>9786051529332</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Buz Denizi'nde Yaşanan Güncel Gelişmeler ve CMI'nin Bu Konudaki Çalışmaları</t>
+          <t>VEHUP 1. Yıllık Kongresi: Uluslararası Vergi Hukukunda Güncel Gelişmeler ve Türkiye'ye Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9786051527222</t>
+          <t>9786051525914</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yatırım Hukukuna Küresel Anayasacılık Yaklaşımı</t>
+          <t>Ortaklıklarda Tasfiye İşlemlerinin Türk Vergi Sistemi Açısından İncelenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9786051527093</t>
+          <t>9786051529424</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Sivil Havacılık Alanında Hava Taşımacılığına İlişkin Faaliyetleri (Ciltli)</t>
+          <t>Genç Milletlerarası Özel Hukukçular Konferansı 2</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>315</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9786051527147</t>
+          <t>9786051526362</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Tahkimde İddia ve Savunma Hakkının İhlali (Ciltli)</t>
+          <t>5. Suç ve Ceza Film Festivali "AYR/MC/L/K" Tebliğler</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9786051527185</t>
+          <t>9786051529455</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Elektronik Fon Transferine Uygulanacak Hukuk</t>
+          <t>İsviçre-Türk Borçlar Hukukuna Göre Sözleşmenin Kurulmasında Yanılma (Ciltli)</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>305</v>
+        <v>635</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9786051527123</t>
+          <t>9786051529509</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nde Organize Suçluluk Mevzuatlarının Uyumlaştırılması ve Yakınlaştırılması</t>
+          <t>Uluslararası Ceza Mahkemesi'nde Soruşturma Usulü</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>150</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9786051527079</t>
+          <t>9786051529387</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Viyana Satım Sözleşmesi (CISG) Uyarınca Teslim Borcu</t>
+          <t>Kabahatler Hukuku Yazıları - 2</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>190</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9786051527055</t>
+          <t>9786051529318</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Şiddetin Eczacı ve Eczaneler Yönünden İncelenmesi</t>
+          <t>Uluslararası Silahlı Çatışmalar Hukukunda Kültürel Varlıkların Korunması</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9786051527062</t>
+          <t>9786051529226</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Aile Hukuku - Herkes Biraz Hukukçudur</t>
+          <t>Ticari İşletmenin Devrinde Alacaklıların Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>45</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9786257293662</t>
+          <t>9786051524665</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Hukuk Dilinin Dönüşümü</t>
+          <t>Parallel Proceedings in International Investment Treaty Arbitration</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9786051526997</t>
+          <t>9786051529158</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Garameye İştirakten Feragat Sözleşmesi (TTK m. 376)</t>
+          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması Uyarınca Sözleşmeye Uygun Mal Teslim Edilmesi Yükümlülüğü ve Bu Yükümlülüğün İhlalinden Ötürü Alıcının Hakları (Ciltli)</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>115</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9786051526959</t>
+          <t>9786051529165</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay 11. Hukuk Dairesinin Türk Ticaret Kanununa İlişkin Kararları (2015-2016) (Ciltli)</t>
+          <t>Geçmişten Günümüze Yerel Yönetimlerde Mali Özerklik</t>
         </is>
       </c>
       <c r="C1850" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9786051526973</t>
+          <t>9786051529219</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>İş Hukukunda Yaş Ayırımcılığı (Ciltli)</t>
+          <t>Güvencesiz Adalet</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>505</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9786051526812</t>
+          <t>9786051528755</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu ve Terörle Mücadele Kanunu Çerçevesinde Terör Örgütleri, Terör Suçları ve Örgütlü Suçlar (Ciltli)</t>
+          <t>Federal Sistemlerde Yetki Paylaşımı ve Yetki Uyuşmazlıklarının Yargısal Çözümü (Karşılaştırmalı)</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>630</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9786051526782</t>
+          <t>9786051528540</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim Cilt 2: 2001-2017 (Ciltli)</t>
+          <t>2886 Sayılı Devlet İhale Kanunu'nda Yasaklama Kararları ve Kararlara Karşı Başvuru Yolları (Ciltli)</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>520</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9786051526799</t>
+          <t>9786051527987</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Makalelerim Cilt 1: 1986-2001 (Ciltli)</t>
+          <t>VEHUP 2. Yıllık Kongresi - Dolaysız Vergilerin Dolanılmasıyla Mücadelede Türkiye ve Avrupa Birliği Arasında İşbirliği Stratejileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>495</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9786051526836</t>
+          <t>9786051528489</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Miras Hukuku - Herkes Biraz Hukukçudur</t>
+          <t>AİHS ve AİHM Kararlarının da İncelenmesi Suretiyle Adil Yargılanma Hakkının Türk Milletlerarası Usul Hukuku Üzerindeki Etkileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>30</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9786051526737</t>
+          <t>9786051528496</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Sınai Mülkiyet Kanunu (Ciltli)</t>
+          <t>Acele Kamulaştırma</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>255</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9786051526683</t>
+          <t>9786051528465</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeyi İhlale Yöneltme (Ciltli)</t>
+          <t>5. Türkiye - Bosna Hersek - Hırvatistan Hukuk Günleri - 5. Turkish - Bosnian Herzegovinian Croatian Jurist Days</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>305</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9786051526805</t>
+          <t>9786051527949</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Sözleşmeye Aykırı Mal Tesliminde Yenisiyle Değiştirme Hakkı</t>
+          <t>Kodlaştırma</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9786051526744</t>
+          <t>9786051528144</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Vergi Mükelleflerinin Defter Tutma Yükümlülüğü</t>
+          <t>Roma Hukukunda Manus Kurumu</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>155</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9786254320569</t>
+          <t>9786051528007</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hukuk Sözlüğü (Ciltli)</t>
+          <t>Anayasaya Uygunluk Bakımından Önleyici Denetim</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9786051526676</t>
+          <t>9786051527772</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Mükelleflerin Özel İşlerini Yapma Suçu</t>
+          <t>21. Yüzyılda Sınır Ötesi Vergi Sorunları</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9786051526478</t>
+          <t>9786051527543</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Hamdi Yasaman'a Saygı Konferansı (Ciltli)</t>
+          <t>Limited Ortaklıkta Oy Hakkından Yoksunluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>190</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9786051526775</t>
+          <t>9786051527550</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Metus Kavramı ve Kurumlarının İncelenmesi</t>
+          <t>Bir Vergi Tekniği Yöntemi Olarak Kaynakta Vergileme</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9786051526584</t>
+          <t>9786051527376</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>6. Uluslararası Suç ve Ceza Film Festivali Yoksulluk Tebliğler</t>
+          <t>Newsletter 2017 (Ciltli)</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>765</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9786051526577</t>
+          <t>9786051527260</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Yürürlüğünün 5. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu (Ciltli)</t>
+          <t>Rekabet Hukuku Uyuşmazlıklarının Uluslararası Tahkim Yoluyla Çözümü: Karşılaştırmalı Bir Analiz (Ciltli)</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>190</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9786051526621</t>
+          <t>9786051527574</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Kamu Alacaklarının Takip ve Tahsil Hukuku</t>
+          <t>Anonim Ortaklıklar Hukuku'nda Özel Denetim (Ciltli)</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9786051526560</t>
+          <t>9786051527437</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Silahlı Çatışmalarda Kadınların Korunması</t>
+          <t>Türk Hukukunda Örtülü Reklam</t>
         </is>
       </c>
       <c r="C1867" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9786051526461</t>
+          <t>9786051527116</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Objektif Cezalandırılabilme Koşulları ve Bu Koşullar Bağlamında Türk Ceza Kanunu'nda Yer Alan Suçlar (Ciltli)</t>
+          <t>Özel Ceza Hukuku Cilt 3: Hürriyete, Şerefe, Özel Hayata, Hayatın Gizli Alanına Karşı Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9786051526669</t>
+          <t>9786051527352</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Ulusalüstü Boyutlarıyla Engelli Hakları ve Engelli Kişilerin Hakları Sözleşmesi</t>
+          <t>Yayım Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>155</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9786051526607</t>
+          <t>9786051526850</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Hukukta Anayasa Başlangıçlarının Sembolik ve Hukuki Değeri</t>
+          <t>ICC Tahkim Kuralları ve Uygulaması</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>315</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9786051526591</t>
+          <t>9786051527413</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Hakkı İhlali Kapsamında İnsan Üzerinde Yapılan Deneyler ve Hukuki Sonuçları</t>
+          <t>Türk Hukukunda Bedeni Vergiler</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>175</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9786051526546</t>
+          <t>9786051527345</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Marka Hukukunda Sessiz Kalma Yoluyla Hak Kaybı (Ciltli)</t>
+          <t>Herkes Biraz Hukukçudur Peki Neden Daha Fazlası Olmasın - Öyküleyici Anlatımla Tıp Hukuku</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>175</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9786051526447</t>
+          <t>9786051524504</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Üretim ve İş Sırlarının Korunması (Ciltli)</t>
+          <t>İngiliz ve Amerikan Hukuklarında Vakıaların Getirilmesi ile Delillerin Toplanmasında Hakimin Rolü ve Türk Hukuku Bakımından Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>250</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9786051526492</t>
+          <t>9786051524368</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukuku - Herkes Biraz Hukukçudur</t>
+          <t>Avrupa İnsan Hakları Mahkemesi Kararlarında Hakkaniyete Uygun Tatmin</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>40</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9786254320514</t>
+          <t>9786051527338</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Kişiler Hukuku</t>
+          <t>Lex Süperior İlkesi : Hukuki Geçerliliği ve Uygulaması</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9786051526324</t>
+          <t>9786051527314</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu ile İlgili Makaleler (2009-2016) (Ciltli)</t>
+          <t>Soyut Tehlike Bağlamında Trafik Güvenliğini Tehlikeye Sokma Suçu ( TCK 179/3)</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>570</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9786051526317</t>
+          <t>9786051527291</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Yatırım Vergi Teşvik Politikasının Hukuki Çerçevesi (Ciltli)</t>
+          <t>Toplanma Özgürlüğü Hakkının Korunması</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>205</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9786051526164</t>
+          <t>9786051527208</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Şike ve Teşvik Primi Suçu</t>
+          <t>Kuzey Buz Denizi'nde Yaşanan Güncel Gelişmeler ve CMI'nin Bu Konudaki Çalışmaları</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9786051526294</t>
+          <t>9786051527222</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2013 (Ciltli)</t>
+          <t>Uluslararası Yatırım Hukukuna Küresel Anayasacılık Yaklaşımı</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9786051526232</t>
+          <t>9786051527093</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2015 (Ciltli)</t>
+          <t>İdarenin Sivil Havacılık Alanında Hava Taşımacılığına İlişkin Faaliyetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>385</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9786051526300</t>
+          <t>9786051527147</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2014 (Ciltli)</t>
+          <t>Milletlerarası Tahkimde İddia ve Savunma Hakkının İhlali (Ciltli)</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9786051526218</t>
+          <t>9786051527185</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Kabahat Genel Teorisi Açısından Vergi Kabahatleri (Ciltli)</t>
+          <t>Uluslararası Elektronik Fon Transferine Uygulanacak Hukuk</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>355</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9786051526058</t>
+          <t>9786051527123</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Herkes Biraz Hukukçudur Peki Neden Daha Fazlası Olmasın? İdari Yargılama Hukuku</t>
+          <t>Avrupa Birliği'nde Organize Suçluluk Mevzuatlarının Uyumlaştırılması ve Yakınlaştırılması</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>35</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9786051526102</t>
+          <t>9786051527079</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Hakkı İhlalinden Doğan Vekaletsiz İş Görme (Ciltli)</t>
+          <t>Viyana Satım Sözleşmesi (CISG) Uyarınca Teslim Borcu</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9786051525976</t>
+          <t>9786051527055</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Ferdi Kaza Sigortası Sözleşmesi</t>
+          <t>Sağlıkta Şiddetin Eczacı ve Eczaneler Yönünden İncelenmesi</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9786051525907</t>
+          <t>9786051527062</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Kanuni İhtiyaçlarımız</t>
+          <t>Aile Hukuku - Herkes Biraz Hukukçudur</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>85</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9786051526072</t>
+          <t>9786257293662</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Bireylerin Sigorta Eğilimlerini Yönlendiren Faktörlerin Davranışsal Finans Yaklaşımı ile İncelenmesi</t>
+          <t>Türkiye'de Hukuk Dilinin Dönüşümü</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9786051525815</t>
+          <t>9786051526997</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Başsavcılığı ile Ceza Mahkemeleri Yazı ve Yazışma Örnekleri (Ciltli)</t>
+          <t>Garameye İştirakten Feragat Sözleşmesi (TTK m. 376)</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>675</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9786051525990</t>
+          <t>9786051526959</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Atmosferin Korunması ve Devletlerin Sorumluluğu</t>
+          <t>Yargıtay 11. Hukuk Dairesinin Türk Ticaret Kanununa İlişkin Kararları (2015-2016) (Ciltli)</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9786051525921</t>
+          <t>9786051526973</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Ceza Hukukunda Yer Bakımından Uygulama</t>
+          <t>İş Hukukunda Yaş Ayırımcılığı (Ciltli)</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>215</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9786051525686</t>
+          <t>9786051526812</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda İhalelere Katılma Yasağı (Ciltli)</t>
+          <t>Türk Ceza Kanunu ve Terörle Mücadele Kanunu Çerçevesinde Terör Örgütleri, Terör Suçları ve Örgütlü Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>340</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9786051525693</t>
+          <t>9786051526782</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Otomotiv Sektöründeki Dağıtım Sözleşmelerinden Kaynaklanan Hukuki İlişkilerin Rekabet Hukuku Düzenlemeleri Açısından İncelenmesi (Ciltli)</t>
+          <t>Makalelerim Cilt 2: 2001-2017 (Ciltli)</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>440</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9786051525655</t>
+          <t>9786051526799</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Paket Tur Sözleşmesi</t>
+          <t>Makalelerim Cilt 1: 1986-2001 (Ciltli)</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>270</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9786257773737</t>
+          <t>9786051526836</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Koruma Alanlarındaki İmar Uygulamaları</t>
+          <t>Miras Hukuku - Herkes Biraz Hukukçudur</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>265</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9786051525525</t>
+          <t>9786051526737</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Asgari İşçilik Uygulamaları</t>
+          <t>Sınai Mülkiyet Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>315</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9786051525457</t>
+          <t>9786051526683</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Kasten Öldürme Suçları (Ciltli)</t>
+          <t>Sözleşmeyi İhlale Yöneltme (Ciltli)</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>660</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9786051525495</t>
+          <t>9786051526805</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticaret Hukuku ile İlgili Makaleler (Ciltli)</t>
+          <t>Sözleşmeye Aykırı Mal Tesliminde Yenisiyle Değiştirme Hakkı</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>395</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9786051525334</t>
+          <t>9786051526744</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Taşıyanın Sorumsuzluk Halleri</t>
+          <t>Vergi Mükelleflerinin Defter Tutma Yükümlülüğü</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>90</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9786051525471</t>
+          <t>9786254320569</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar ve Uluslararası Koruma Hukukunda Kalıcı Bir Çözüm Olarak Yerel Entegrasyon</t>
+          <t>Osmanlı Hukuk Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9786051525556</t>
+          <t>9786051526676</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>15. Türkiye - İsviçre Hukuk Günleri: Tüketicinin Korunması ve Telekomünikasyon</t>
+          <t>Mükelleflerin Özel İşlerini Yapma Suçu</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9786051525419</t>
+          <t>9786051526478</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Dar Anlamda Vesayeti Gerektiren Haller ve Vesayet Altına Almanın İşlem Ehliyeti Bakımından Sonuçları (Ciltli)</t>
+          <t>Prof. Dr. Hamdi Yasaman'a Saygı Konferansı (Ciltli)</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9786051525266</t>
+          <t>9786051526775</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Kırım'dan Gelen Bir Aydının Seçilmiş Yazıları (Ciltli)</t>
+          <t>Metus Kavramı ve Kurumlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9786051525341</t>
+          <t>9786051526584</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>İdari İşlemin Konu Unsuru (Ciltli)</t>
+          <t>6. Uluslararası Suç ve Ceza Film Festivali Yoksulluk Tebliğler</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>305</v>
+        <v>765</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9786257899994</t>
+          <t>9786051526577</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanunu'nda Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
+          <t>Yürürlüğünün 5. Yılında ve Yargıtay Kararları Işığında Türk Ticaret Kanunu Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>835</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9786051525181</t>
+          <t>9786051526621</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Postası 2016 (Ciltli)</t>
+          <t>Kamu Alacaklarının Takip ve Tahsil Hukuku</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9786051525365</t>
+          <t>9786051526560</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Türk, İngiliz ve K.K.T.C Medeni Usul Hukuklarında Deliller ve Delillerin Toplanmasına İlişkin Temel Kavramlar ile Güncel Sorunlar</t>
+          <t>Uluslararası Hukukta Silahlı Çatışmalarda Kadınların Korunması</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9786051525204</t>
+          <t>9786051526461</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Yapı Kavramı ve Temel Yapı Belgeleri (Ciltli)</t>
+          <t>Objektif Cezalandırılabilme Koşulları ve Bu Koşullar Bağlamında Türk Ceza Kanunu'nda Yer Alan Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9786051525310</t>
+          <t>9786051526669</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Sözleşmesi Madde 11 ve Uygulamalarında Sendikal Haklar</t>
+          <t>Ulusalüstü Boyutlarıyla Engelli Hakları ve Engelli Kişilerin Hakları Sözleşmesi</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>140</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9786051525273</t>
+          <t>9786051526607</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Suç Eşyasının Satın Alınması Veya Kabul Edilmesi Suçu</t>
+          <t>Karşılaştırmalı Hukukta Anayasa Başlangıçlarının Sembolik ve Hukuki Değeri</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>155</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9786051525297</t>
+          <t>9786051526591</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Makina Kırılması Sigortasında Riziko</t>
+          <t>Kişilik Hakkı İhlali Kapsamında İnsan Üzerinde Yapılan Deneyler ve Hukuki Sonuçları</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9786051525259</t>
+          <t>9786051526546</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Bağlı Tacir Yardımcılarının Rekabet Yasağı</t>
+          <t>Marka Hukukunda Sessiz Kalma Yoluyla Hak Kaybı (Ciltli)</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9786051525105</t>
+          <t>9786051526447</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Kanunu Şerhi Seti (2 Cilt Takım) (Ciltli)</t>
+          <t>Üretim ve İş Sırlarının Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>1500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9786051525167</t>
+          <t>9786051526492</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Mahkemeleri Yazı ve Yazışma Örnekleri</t>
+          <t>Ceza Hukuku - Herkes Biraz Hukukçudur</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>675</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9786051525228</t>
+          <t>9786254320514</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Kefalette ve Avalde Eşin Rızası (Ciltli)</t>
+          <t>Kişiler Hukuku</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9786257293945</t>
+          <t>9786051526324</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Marcus Tullius Cicero : Caelius Savunması</t>
+          <t>Türk Ticaret Kanunu ile İlgili Makaleler (2009-2016) (Ciltli)</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>130</v>
+        <v>570</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9786051525037</t>
+          <t>9786051526317</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>KKTC Hukuku'nda Tıbbi Müdahalenin Hukuka Uygunluğu</t>
+          <t>Yatırım Vergi Teşvik Politikasının Hukuki Çerçevesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>90</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9786051524993</t>
+          <t>9786051526164</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Ürün Sorumluluk Sigortasında Rizikonun Konusu ve Teminatın Kapsamı (Ciltli)</t>
+          <t>Türk Ceza Hukukunda Şike ve Teşvik Primi Suçu</t>
         </is>
       </c>
       <c r="C1917" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9786051525020</t>
+          <t>9786051526294</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Haklı Beklentilerin Korunması İlkesi (Ciltli)</t>
+          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2013 (Ciltli)</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9786051524931</t>
+          <t>9786051526232</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Hukukunda Yayma Hakkı ve Korunması (Ciltli)</t>
+          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2015 (Ciltli)</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>205</v>
+        <v>385</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9786051524832</t>
+          <t>9786051526300</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>Medeni Usul Hukuku (3 Cilt Takım) (Ciltli)</t>
+          <t>Yargıtay'ın İş Hukuku ve Sosyal Güvenlik Hukuku Kararlarının Değerlendirilmesi Semineri 2014 (Ciltli)</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>1215</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9786051524962</t>
+          <t>9786051526218</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>Yoğunlaşmalarda Tam İşlevsellik</t>
+          <t>Kabahat Genel Teorisi Açısından Vergi Kabahatleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>165</v>
+        <v>355</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9786051524795</t>
+          <t>9786051526058</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'ne Bireysel Başvuru (Ciltli)</t>
+          <t>Herkes Biraz Hukukçudur Peki Neden Daha Fazlası Olmasın? İdari Yargılama Hukuku</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>305</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9786051524597</t>
+          <t>9786051526102</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıkta Ayni Sermaye (Ciltli)</t>
+          <t>Kişilik Hakkı İhlalinden Doğan Vekaletsiz İş Görme (Ciltli)</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>580</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9786051524733</t>
+          <t>9786051525976</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Vergi Mahremiyetinin Sınırları</t>
+          <t>Ferdi Kaza Sigortası Sözleşmesi</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9786054687268</t>
+          <t>9786051525907</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 2   Finansal Yönetim</t>
+          <t>Kanuni İhtiyaçlarımız</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>60</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9786051524399</t>
+          <t>9786051526072</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>Kolektif Hukuki Yarar Çerçevesinde Topluluk Davaları (Ciltli)</t>
+          <t>Bireylerin Sigorta Eğilimlerini Yönlendiren Faktörlerin Davranışsal Finans Yaklaşımı ile İncelenmesi</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>315</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9786051524481</t>
+          <t>9786051525815</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>15. Dünya Usul Hukukçuları Kongresi (Ciltli)</t>
+          <t>Cumhuriyet Başsavcılığı ile Ceza Mahkemeleri Yazı ve Yazışma Örnekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1927" s="1">
-        <v>495</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9786051524344</t>
+          <t>9786051525990</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>Klasik Dönem Osmanlı Hukukunda Hırsızlık Suçu ve Cezası</t>
+          <t>Uluslararası Hukukta Atmosferin Korunması ve Devletlerin Sorumluluğu</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>185</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9786051524429</t>
+          <t>9786051525921</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Franchise Sözleşmesine Uygulanacak Hukuk (Ciltli)</t>
+          <t>Ceza Hukukunda Yer Bakımından Uygulama</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9786051524405</t>
+          <t>9786051525686</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>Deniz Yolu ile Yolcu Taşıma Sözleşmesinde Taşıyanın Gemi Kazasından Sorumluluğu (Ciltli)</t>
+          <t>Türk Hukukunda İhalelere Katılma Yasağı (Ciltli)</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>255</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9786051524450</t>
+          <t>9786051525693</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Kanununda Çocuk Düşürtme ve Çocuk Düşürme Suçları</t>
+          <t>Otomotiv Sektöründeki Dağıtım Sözleşmelerinden Kaynaklanan Hukuki İlişkilerin Rekabet Hukuku Düzenlemeleri Açısından İncelenmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9786051524375</t>
+          <t>9786051525655</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>6098 Sayılı Türk Borçlar Kanunu'na Göre Borca Katılma (Ciltli)</t>
+          <t>Paket Tur Sözleşmesi</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9786051524382</t>
+          <t>9786257773737</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Taşınmazlara İlişkin Sözleşmeler</t>
+          <t>Koruma Alanlarındaki İmar Uygulamaları</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9786257899918</t>
+          <t>9786051525525</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Ticari Sırların Korunması (Ciltli)</t>
+          <t>Asgari İşçilik Uygulamaları</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>240</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9786051524252</t>
+          <t>9786051525457</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Hukukunda Yabancı Ulaştırma Kurumlarının Vergilendirilmesi</t>
+          <t>Türk Ceza Kanununda Kasten Öldürme Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>105</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9786051523781</t>
+          <t>9786051525495</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Kira Sözleşmesine Etkisi Bakımından Kiralananın Devri ve Sınırlı Ayni Hakka Konu Olması</t>
+          <t>Milletlerarası Ticaret Hukuku ile İlgili Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>230</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9786051524061</t>
+          <t>9786051525334</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Anayasal Bir Kurum Olarak Milli Güvenlik Kurulu</t>
+          <t>Taşıyanın Sorumsuzluk Halleri</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>165</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9786051523996</t>
+          <t>9786051525471</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Ayni Haklardan Doğan Uyuşmazlıklarda Uygulanacak Hukuk ve Yetkili Mahkeme (Ciltli)</t>
+          <t>Yabancılar ve Uluslararası Koruma Hukukunda Kalıcı Bir Çözüm Olarak Yerel Entegrasyon</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9786051524047</t>
+          <t>9786051525556</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>1961 Kurucu Meclisi</t>
+          <t>15. Türkiye - İsviçre Hukuk Günleri: Tüketicinin Korunması ve Telekomünikasyon</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9786051524078</t>
+          <t>9786051525419</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>İdarenin Yargısal Denetiminde Kanunilik Blokunun Genişlemesi</t>
+          <t>Dar Anlamda Vesayeti Gerektiren Haller ve Vesayet Altına Almanın İşlem Ehliyeti Bakımından Sonuçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1940" s="1">
-        <v>87</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9786051524054</t>
+          <t>9786051525266</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>AİHS'e Ek 1 No'lu Protokole Göre Yabancıların Türkiye'de Taşınmaz Edinmesi (Ciltli)</t>
+          <t>Kırım'dan Gelen Bir Aydının Seçilmiş Yazıları (Ciltli)</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>455</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9786051524030</t>
+          <t>9786051525341</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Türk-Alman Çifte Vergilendirme Anlaşmasında Yorum, Uygulama ve Gelecek Eğilimler (Ciltli)</t>
+          <t>İdari İşlemin Konu Unsuru (Ciltli)</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>340</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9786051523774</t>
+          <t>9786257899994</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Anayasal Dinsel Çoğulculuk</t>
+          <t>Türk Ceza Kanunu'nda Uyuşturucu ve Uyarıcı Madde Suçları (Ciltli)</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>560</v>
+        <v>835</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9786051523873</t>
+          <t>9786051525181</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Kolluk Faaliyeti (Ciltli)</t>
+          <t>Hukuk Postası 2016 (Ciltli)</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9786051523798</t>
+          <t>9786051525365</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukukunda Tutuklama (Ciltli)</t>
+          <t>Türk, İngiliz ve K.K.T.C Medeni Usul Hukuklarında Deliller ve Delillerin Toplanmasına İlişkin Temel Kavramlar ile Güncel Sorunlar</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9786051523958</t>
+          <t>9786051525204</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Delillerin Değerlendirilmesi (Ciltli)</t>
+          <t>Yapı Kavramı ve Temel Yapı Belgeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>535</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9786051522180</t>
+          <t>9786051525310</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>La Reforme Du Droit Des Contrats</t>
+          <t>Avrupa İnsan Hakları Sözleşmesi Madde 11 ve Uygulamalarında Sendikal Haklar</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9786051522579</t>
+          <t>9786051525273</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması'na Göre Sözleşmenin Kurulması</t>
+          <t>Suç Eşyasının Satın Alınması Veya Kabul Edilmesi Suçu</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>90</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9786051523743</t>
+          <t>9786051525297</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde Hakemlerin Bağımsızlık Yükümlülüğü (Ciltli)</t>
+          <t>Makina Kırılması Sigortasında Riziko</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>192</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9786051520889</t>
+          <t>9786051525259</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Devlet Görevlilerinin Yargı Bağışıklığı</t>
+          <t>Bağlı Tacir Yardımcılarının Rekabet Yasağı</t>
         </is>
       </c>
       <c r="C1950" s="1">
-        <v>195</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9786051523590</t>
+          <t>9786051525105</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>Vakıfların Vergilendirilmesi</t>
+          <t>Bankacılık Kanunu Şerhi Seti (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>140</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9786051527130</t>
+          <t>9786051525167</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklarda İmtiyazlı Paylar (Ciltli)</t>
+          <t>Hukuk Mahkemeleri Yazı ve Yazışma Örnekleri</t>
         </is>
       </c>
       <c r="C1952" s="1">
-        <v>225</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9786051523606</t>
+          <t>9786051525228</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>Kara Yolunda Konteyner ile Yapılan Yük Taşımasında Kayıp veya Hasardan Doğan Sorumluluk (Ciltli)</t>
+          <t>Kefalette ve Avalde Eşin Rızası (Ciltli)</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9786051523583</t>
+          <t>9786257293945</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Vergi Anlaşmalarının Kötüye Kullanılması (Ciltli)</t>
+          <t>Marcus Tullius Cicero : Caelius Savunması</t>
         </is>
       </c>
       <c r="C1954" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9786051523699</t>
+          <t>9786051525037</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Bireysel Başvuru Prosedürü İçinde Mağdur Statüsü</t>
+          <t>KKTC Hukuku'nda Tıbbi Müdahalenin Hukuka Uygunluğu</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>340</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9786051523514</t>
+          <t>9786051524993</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Karayolu Taşımacılık Sektöründe Karşılaşılan İş Hukuku Sorunları</t>
+          <t>Ürün Sorumluluk Sigortasında Rizikonun Konusu ve Teminatın Kapsamı (Ciltli)</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9786051523309</t>
+          <t>9786051525020</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Trade Mark Rights and Parallel Importation In The European Union</t>
+          <t>Haklı Beklentilerin Korunması İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1957" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9786051523170</t>
+          <t>9786051524931</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukukunda Rüşvet Suçu</t>
+          <t>Fikir ve Sanat Eserleri Hukukunda Yayma Hakkı ve Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1958" s="1">
-        <v>85</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9786051523408</t>
+          <t>9786051524832</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>IV. Vergi Hukuku Konferansı</t>
+          <t>Medeni Usul Hukuku (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1959" s="1">
-        <v>190</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9786051523187</t>
+          <t>9786051524962</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>Türk Ceza Hukuku'nda Hileli ve Taksirli İflas Suçları</t>
+          <t>Yoğunlaşmalarda Tam İşlevsellik</t>
         </is>
       </c>
       <c r="C1960" s="1">
-        <v>98</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9786051522982</t>
+          <t>9786051524795</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukukta Temsile Uygulanacak Hukuk (Ciltli)</t>
+          <t>Anayasa Mahkemesi'ne Bireysel Başvuru (Ciltli)</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>280</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9786051522838</t>
+          <t>9786051524597</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nin Avrupa İnsan Hakları Konvansiyonu'na Katılımı</t>
+          <t>Anonim Ortaklıkta Ayni Sermaye (Ciltli)</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>115</v>
+        <v>580</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9786051523194</t>
+          <t>9786051524733</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>Adli Kolluk ve Bilişim</t>
+          <t>Türk Hukukunda Vergi Mahremiyetinin Sınırları</t>
         </is>
       </c>
       <c r="C1963" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9786051522722</t>
+          <t>9786054687268</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar Cilt: 13 2013/2 (Ciltli)</t>
+          <t>SPK Lisanslama Sınavları İleri Düzey Serisi: 2   Finansal Yönetim</t>
         </is>
       </c>
       <c r="C1964" s="1">
-        <v>205</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>9786051523064</t>
+          <t>9786051524399</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bağımsız İdari Otoriteler ve Tütün ve Alkol Piyasası Düzenleme Kurumu</t>
+          <t>Kolektif Hukuki Yarar Çerçevesinde Topluluk Davaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1965" s="1">
-        <v>115</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9786054396832</t>
+          <t>9786051524481</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Müşterek Avarya Hukuku (Ciltli)</t>
+          <t>15. Dünya Usul Hukukçuları Kongresi (Ciltli)</t>
         </is>
       </c>
       <c r="C1966" s="1">
-        <v>370</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9786051522753</t>
+          <t>9786051524344</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Avusturya ve Türkiye'de Hukuk Uyuşmazlıkları Arabuluculuk Kanunu</t>
+          <t>Klasik Dönem Osmanlı Hukukunda Hırsızlık Suçu ve Cezası</t>
         </is>
       </c>
       <c r="C1967" s="1">
-        <v>70</v>
+        <v>185</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9786051522852</t>
+          <t>9786051524429</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>Cezasızlık Olgusuna Karşı Uluslararası Ceza Mahkemesi</t>
+          <t>Milletlerarası Özel Hukukta Franchise Sözleşmesine Uygulanacak Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C1968" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9786051522715</t>
+          <t>9786051524405</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Hukuku'nda Danışma Görüşlerinin Yeri, İşlevi ve Etkililiği</t>
+          <t>Deniz Yolu ile Yolcu Taşıma Sözleşmesinde Taşıyanın Gemi Kazasından Sorumluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1969" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9786051522531</t>
+          <t>9786051524450</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Borsaya Kote Anonim Ortaklıklarda Elektronik Genel Kurul</t>
+          <t>Türk Ceza Kanununda Çocuk Düşürtme ve Çocuk Düşürme Suçları</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9786051522548</t>
+          <t>9786051524375</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>Deniz Ulaştırmasında Rekabet Hukuku Sorunları : Hakim Durumun Kötüye Kullanılması</t>
+          <t>6098 Sayılı Türk Borçlar Kanunu'na Göre Borca Katılma (Ciltli)</t>
         </is>
       </c>
       <c r="C1971" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>9786051522562</t>
+          <t>9786051524382</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Yatırım Hukukunda Dolaylı Kamulaştırma (Ciltli)</t>
+          <t>Milletlerarası Özel Hukukta Taşınmazlara İlişkin Sözleşmeler</t>
         </is>
       </c>
       <c r="C1972" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9786051522517</t>
+          <t>9786257899918</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar - 2 (Ciltli)</t>
+          <t>Ticari Sırların Korunması (Ciltli)</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>345</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9786051522449</t>
+          <t>9786051524252</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>Türk Borçlar Kanunu ve Viyana Satım Konvansiyonu (CISG) Hükümleri Işığında Gönderme Satımı (Ciltli)</t>
+          <t>Türk Vergi Hukukunda Yabancı Ulaştırma Kurumlarının Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>295</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9786051522401</t>
+          <t>9786051523781</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukukta Amirin Emri</t>
+          <t>Kira Sözleşmesine Etkisi Bakımından Kiralananın Devri ve Sınırlı Ayni Hakka Konu Olması</t>
         </is>
       </c>
       <c r="C1975" s="1">
-        <v>115</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9786051522456</t>
+          <t>9786051524061</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Şirketler Topluluğu Hukukunda Paysahipliği Haklarına Dayalı Hakimiyet</t>
+          <t>Anayasal Bir Kurum Olarak Milli Güvenlik Kurulu</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>85</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9786051522197</t>
+          <t>9786051523996</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>6102 Türk Ticaret Kanunu'nda Deniz Kurtarma Hizmetleri</t>
+          <t>Ayni Haklardan Doğan Uyuşmazlıklarda Uygulanacak Hukuk ve Yetkili Mahkeme (Ciltli)</t>
         </is>
       </c>
       <c r="C1977" s="1">
-        <v>85</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9786051522340</t>
+          <t>9786051524047</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Hukukunda Reklam Yasağı</t>
+          <t>1961 Kurucu Meclisi</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9786051522302</t>
+          <t>9786051524078</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Deniz Alacaklarına Karşı Sorumluluğu Sınırlama Fonu</t>
+          <t>İdarenin Yargısal Denetiminde Kanunilik Blokunun Genişlemesi</t>
         </is>
       </c>
       <c r="C1979" s="1">
-        <v>295</v>
+        <v>87</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9786051521862</t>
+          <t>9786051524054</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yeni Anayasa Arayışı: 2011-2013 TBMM Anayasa Uzlaşma Komisyonu Tecrübesi</t>
+          <t>AİHS'e Ek 1 No'lu Protokole Göre Yabancıların Türkiye'de Taşınmaz Edinmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1980" s="1">
-        <v>245</v>
+        <v>455</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9786051526638</t>
+          <t>9786051524030</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklarda Sermaye Artırımı (Ciltli)</t>
+          <t>Türk-Alman Çifte Vergilendirme Anlaşmasında Yorum, Uygulama ve Gelecek Eğilimler (Ciltli)</t>
         </is>
       </c>
       <c r="C1981" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9786051522135</t>
+          <t>9786051523774</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği İşçi ve İşveren Rehberi</t>
+          <t>Anayasal Dinsel Çoğulculuk</t>
         </is>
       </c>
       <c r="C1982" s="1">
-        <v>180</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9786051522210</t>
+          <t>9786051523873</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Kamu Alımlarında Sözleşme Sonrası İhtilafların Çözüm Yolları ve Türkiye Uygulaması</t>
+          <t>Ekonomik Kolluk Faaliyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>355</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9786051522203</t>
+          <t>9786051523798</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması (Viyana Satım Sözleşmesi) Şerhi (Ciltli)</t>
+          <t>Ceza Muhakemesi Hukukunda Tutuklama (Ciltli)</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>815</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9786051521923</t>
+          <t>9786051523958</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Vergilendirme (Ciltli)</t>
+          <t>Delillerin Değerlendirilmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1985" s="1">
-        <v>460</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9786051521893</t>
+          <t>9786051522180</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>Vergi İcra Hukukunda Ödeme Emri (Ciltli)</t>
+          <t>La Reforme Du Droit Des Contrats</t>
         </is>
       </c>
       <c r="C1986" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9786051521800</t>
+          <t>9786051522579</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Özel Hukuk Bakımından Mal Rejimleri (Ciltli)</t>
+          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması'na Göre Sözleşmenin Kurulması</t>
         </is>
       </c>
       <c r="C1987" s="1">
-        <v>295</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9786051521725</t>
+          <t>9786051523743</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Ticari Tahkimde Tahkim Usulüne Uygulanacak Hukuk ve Deliller</t>
+          <t>Milletlerarası Ticari Tahkimde Hakemlerin Bağımsızlık Yükümlülüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1988" s="1">
-        <v>345</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9786051521831</t>
+          <t>9786051520889</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>Gümrük Müşavirliği ve Gümrük Müşavir Yardımcılığı Sınavlarına Hazırlık</t>
+          <t>Uluslararası Hukukta Devlet Görevlilerinin Yargı Bağışıklığı</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>9786051523491</t>
+          <t>9786051523590</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Kredi ve Diğer Finansman Sözleşmelerinde Tüketicinin Korunması</t>
+          <t>Vakıfların Vergilendirilmesi</t>
         </is>
       </c>
       <c r="C1990" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>9786051524771</t>
+          <t>9786051527130</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>Borçlar Hukuku Genel Hükümler Ders Notları</t>
+          <t>Anonim Ortaklarda İmtiyazlı Paylar (Ciltli)</t>
         </is>
       </c>
       <c r="C1991" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9786055865764</t>
+          <t>9786051523606</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargılama Hukukunda Görev ve Yetki</t>
+          <t>Kara Yolunda Konteyner ile Yapılan Yük Taşımasında Kayıp veya Hasardan Doğan Sorumluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C1992" s="1">
-        <v>85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9786055373535</t>
+          <t>9786051523583</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku Bakımından Anonim Şirketlerde Kar Payı Dağıtımı (Ciltli)</t>
+          <t>Vergi Anlaşmalarının Kötüye Kullanılması (Ciltli)</t>
         </is>
       </c>
       <c r="C1993" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9786051521589</t>
+          <t>9786051523699</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Kılavuzu - Hukuk Rehberi</t>
+          <t>Uluslararası Hukuk Bireysel Başvuru Prosedürü İçinde Mağdur Statüsü</t>
         </is>
       </c>
       <c r="C1994" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9786054396252</t>
+          <t>9786051523514</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>5718 Sayılı Milletlerarası Özel Hukuk ve Usul Hukuku Hakkında Kanun’a İlişkin Yargıtay Kararları</t>
+          <t>Karayolu Taşımacılık Sektöründe Karşılaşılan İş Hukuku Sorunları</t>
         </is>
       </c>
       <c r="C1995" s="1">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9786051522104</t>
+          <t>9786051523309</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Mahkemesi'ne Bireysel Başvuruda Kabul Edilebilirlik Aşaması</t>
+          <t>Trade Mark Rights and Parallel Importation In The European Union</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9786257293709</t>
+          <t>9786051523170</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Küreselleşmesi ve Ulusötesi Hukuk</t>
+          <t>Türk Ceza Hukukunda Rüşvet Suçu</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>395</v>
+        <v>85</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9786051521138</t>
+          <t>9786051523408</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>Türk ve Amerikan Vergi Hukukunda Kontrol Edilen Yabancı Kurum Kazançları (Ciltli)</t>
+          <t>IV. Vergi Hukuku Konferansı</t>
         </is>
       </c>
       <c r="C1998" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9786051525785</t>
+          <t>9786051523187</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>Özel Ceza Hukuku Cilt 1: Uluslararası Suçlar (Ciltli)</t>
+          <t>Türk Ceza Hukuku'nda Hileli ve Taksirli İflas Suçları</t>
         </is>
       </c>
       <c r="C1999" s="1">
-        <v>290</v>
+        <v>98</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9786051523392</t>
+          <t>9786051522982</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ceza Mahkemesi ve Uluslararası Tecavüz (Saldırı) Suçu</t>
+          <t>Milletlerarası Özel Hukukta Temsile Uygulanacak Hukuk (Ciltli)</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9786054396696</t>
+          <t>9786051522838</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sosyolojisine Giriş</t>
+          <t>Avrupa Birliği'nin Avrupa İnsan Hakları Konvansiyonu'na Katılımı</t>
         </is>
       </c>
       <c r="C2001" s="1">
-        <v>63</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9786051520582</t>
+          <t>9786051523194</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması Uyarınca Sözleşmenin Kurulması (CISG m. 14-24) (Ciltli)</t>
+          <t>Adli Kolluk ve Bilişim</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9786051520841</t>
+          <t>9786051522722</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Üstüne Bir Tez</t>
+          <t>Hukuki Mütalaalar Cilt: 13 2013/2 (Ciltli)</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>270</v>
+        <v>205</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9786054396351</t>
+          <t>9786051523064</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Makaleler (Ciltli)</t>
+          <t>Türkiye'de Bağımsız İdari Otoriteler ve Tütün ve Alkol Piyasası Düzenleme Kurumu</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>610</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9786055865016</t>
+          <t>9786054396832</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Kredi Açma Sözleşmesi</t>
+          <t>Müşterek Avarya Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C2005" s="1">
-        <v>130</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9786051520124</t>
+          <t>9786051522753</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku Araştırmalarında Genç Yaklaşımlar</t>
+          <t>Avusturya ve Türkiye'de Hukuk Uyuşmazlıkları Arabuluculuk Kanunu</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>215</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9786051520971</t>
+          <t>9786051522852</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Büyükşehir Belediyelerinin Görev ve Sorumlulukları Bağlamında İstanbul Analizi - 1</t>
+          <t>Cezasızlık Olgusuna Karşı Uluslararası Ceza Mahkemesi</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9786051520445</t>
+          <t>9786051522715</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>Devletin Askeri Faaliyetlerinde Yargı Bağışıklığı</t>
+          <t>İnsan Hakları Hukuku'nda Danışma Görüşlerinin Yeri, İşlevi ve Etkililiği</t>
         </is>
       </c>
       <c r="C2008" s="1">
-        <v>83</v>
+        <v>165</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9786055373993</t>
+          <t>9786051522531</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar Cilt 9: 2007 (Ciltli)</t>
+          <t>Borsaya Kote Anonim Ortaklıklarda Elektronik Genel Kurul</t>
         </is>
       </c>
       <c r="C2009" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9786054396733</t>
+          <t>9786051522548</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>Hukuki Mütalaalar Cilt 8: 2006 (Ciltli)</t>
+          <t>Deniz Ulaştırmasında Rekabet Hukuku Sorunları : Hakim Durumun Kötüye Kullanılması</t>
         </is>
       </c>
       <c r="C2010" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9786054687756</t>
+          <t>9786051522562</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>6102 Sayılı Türk Ticaret Kanunu’na Göre Taşıyanın Zıya, Hasar ve Geç Teslimden Sorumluluğu</t>
+          <t>Milletlerarası Yatırım Hukukunda Dolaylı Kamulaştırma (Ciltli)</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>215</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>9786054396887</t>
+          <t>9786051522517</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>6098 Sayılı Yeni Türk Borçlar Kanunu (Ciltli)</t>
+          <t>Hukuki Mütalaalar - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>520</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9786051520629</t>
+          <t>9786051522449</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>Konzern / Gesellschaftengruppe (Ciltli)</t>
+          <t>Türk Borçlar Kanunu ve Viyana Satım Konvansiyonu (CISG) Hükümleri Işığında Gönderme Satımı (Ciltli)</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9786055373733</t>
+          <t>9786051522401</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>Son Kullanıcıyla Akdedilen Elektronik Haberleşme Hizmeti Sözleşmesi</t>
+          <t>Uluslararası Hukukta Amirin Emri</t>
         </is>
       </c>
       <c r="C2014" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9786055373702</t>
+          <t>9786051522456</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Askeri Disiplin Hukuku</t>
+          <t>Şirketler Topluluğu Hukukunda Paysahipliği Haklarına Dayalı Hakimiyet</t>
         </is>
       </c>
       <c r="C2015" s="1">
-        <v>330</v>
+        <v>85</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9786054687978</t>
+          <t>9786051522197</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Ticaret Kanunu ve Yeni Sermaye Piyasası Kanunu Uyarınca Anonim Ortaklık Genel Kurulları / Elektronik Genel Kurullar (Ciltli)</t>
+          <t>6102 Türk Ticaret Kanunu'nda Deniz Kurtarma Hizmetleri</t>
         </is>
       </c>
       <c r="C2016" s="1">
-        <v>255</v>
+        <v>85</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9786054396795</t>
+          <t>9786051522340</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ticaret Kanununun Vergi Hukukuna Etkileri</t>
+          <t>Avukatlık Hukukunda Reklam Yasağı</t>
         </is>
       </c>
       <c r="C2017" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9786055865917</t>
+          <t>9786051522302</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>Yeni Tıbbi Yöntemlerin Hukuka Uygunluğu (Ciltli)</t>
+          <t>Türk Hukukunda Deniz Alacaklarına Karşı Sorumluluğu Sınırlama Fonu</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9786055373757</t>
+          <t>9786051521862</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Ticaret Hukuku</t>
+          <t>Türkiye'nin Yeni Anayasa Arayışı: 2011-2013 TBMM Anayasa Uzlaşma Komisyonu Tecrübesi</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>365</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>9786055865429</t>
+          <t>9786051526638</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>Vakıflar Mevzuatı</t>
+          <t>Anonim Ortaklıklarda Sermaye Artırımı (Ciltli)</t>
         </is>
       </c>
       <c r="C2020" s="1">
-        <v>255</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9786054396535</t>
+          <t>9786051522135</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Spor Tahkim Mahkemesi C.A.S.</t>
+          <t>İş Sağlığı ve Güvenliği İşçi ve İşveren Rehberi</t>
         </is>
       </c>
       <c r="C2021" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9786051520230</t>
+          <t>9786051522210</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Enerji Yatırımlarının Korunması (Ciltli)</t>
+          <t>Avrupa Birliği Kamu Alımlarında Sözleşme Sonrası İhtilafların Çözüm Yolları ve Türkiye Uygulaması</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>320</v>
+        <v>355</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9786054396047</t>
+          <t>9786051522203</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Türk Ticaret Kanunu Tasarısı’na Göre Anonim Ortaklıkların Bölünmesi (Ciltli)</t>
+          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması (Viyana Satım Sözleşmesi) Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>320</v>
+        <v>815</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>9789752449107</t>
+          <t>9786051521923</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Tarihi 1908-2000</t>
+          <t>Uluslararası Vergilendirme (Ciltli)</t>
         </is>
       </c>
       <c r="C2024" s="1">
-        <v>165</v>
+        <v>460</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9786055865160</t>
+          <t>9786051521893</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeni Kanununda Yer Alan Velayet Hükümleri Kapsamında Küçüğün Kişi Varlığının Korunması İçin Alınacak Tedbirler</t>
+          <t>Vergi İcra Hukukunda Ödeme Emri (Ciltli)</t>
         </is>
       </c>
       <c r="C2025" s="1">
-        <v>155</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9786054396689</t>
+          <t>9786051521800</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>Türk Hukukunda Bankaların Birleşmesi</t>
+          <t>Milletlerarası Özel Hukuk Bakımından Mal Rejimleri (Ciltli)</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>130</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9786254320699</t>
+          <t>9786051521725</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Ticaret Hukuku - Uygulamalı Ders Örnekleri</t>
+          <t>Milletlerarası Ticari Tahkimde Tahkim Usulüne Uygulanacak Hukuk ve Deliller</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9786054687503</t>
+          <t>9786051521831</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Sistemi ve Autopoiesis</t>
+          <t>Gümrük Müşavirliği ve Gümrük Müşavir Yardımcılığı Sınavlarına Hazırlık</t>
         </is>
       </c>
       <c r="C2028" s="1">
-        <v>305</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9786054396245</t>
+          <t>9786051523491</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesinin Temel Sorunları</t>
+          <t>Kredi ve Diğer Finansman Sözleşmelerinde Tüketicinin Korunması</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>70</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9789750159978</t>
+          <t>9786051524771</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Hala Avrupa Birliği’ne Tam Üyelik</t>
+          <t>Borçlar Hukuku Genel Hükümler Ders Notları</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9786051520117</t>
+          <t>9786055865764</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>Haksız Rekabet Kavramı Açısından Dürüstlük Kuralına Aykırı Reklamlar</t>
+          <t>Vergi Yargılama Hukukunda Görev ve Yetki</t>
         </is>
       </c>
       <c r="C2031" s="1">
-        <v>100</v>
+        <v>85</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9786055373337</t>
+          <t>9786055373535</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Hakim Durumun Kötüye Kullanılması</t>
+          <t>Vergi Hukuku Bakımından Anonim Şirketlerde Kar Payı Dağıtımı (Ciltli)</t>
         </is>
       </c>
       <c r="C2032" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9786054687923</t>
+          <t>9786051521589</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>Genel İşlem Koşulları (Ciltli)</t>
+          <t>Tüketici Kılavuzu - Hukuk Rehberi</t>
         </is>
       </c>
       <c r="C2033" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9786055865122</t>
+          <t>9786054396252</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>Gemi Sınıflama Kuruluşlarının Faaliyetleri ve Sorumluluğu</t>
+          <t>5718 Sayılı Milletlerarası Özel Hukuk ve Usul Hukuku Hakkında Kanun’a İlişkin Yargıtay Kararları</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>155</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9786055373313</t>
+          <t>9786051522104</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>Fransa Örneğinde Avrupa’daki İslam Etkisi: Müslümanların Avrupa Devletlerini ve Toplumlarını Dönüştürmesi</t>
+          <t>Anayasa Mahkemesi'ne Bireysel Başvuruda Kabul Edilebilirlik Aşaması</t>
         </is>
       </c>
       <c r="C2035" s="1">
-        <v>250</v>
+        <v>115</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9771309361017</t>
+          <t>9786257293709</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>Fikri Mülkiyet Hukuku Yıllığı 2010 (Ciltli)</t>
+          <t>Hukukun Küreselleşmesi ve Ulusötesi Hukuk</t>
         </is>
       </c>
       <c r="C2036" s="1">
-        <v>270</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9786055373238</t>
+          <t>9786051521138</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>Fikir ve Sanat Eserleri Hukuku Bakımından Televizyon Reklamlarının Hukuki Niteliği Televizyon Reklamları Üzerinde Hak Sahipliği</t>
+          <t>Türk ve Amerikan Vergi Hukukunda Kontrol Edilen Yabancı Kurum Kazançları (Ciltli)</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>105</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9786254322518</t>
+          <t>9786051525785</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesinde Katılan</t>
+          <t>Özel Ceza Hukuku Cilt 1: Uluslararası Suçlar (Ciltli)</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>9786057542861</t>
+          <t>9786051523392</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Kanunu’na Göre Zimmet Suçu</t>
+          <t>Uluslararası Ceza Mahkemesi ve Uluslararası Tecavüz (Saldırı) Suçu</t>
         </is>
       </c>
       <c r="C2039" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9786055865740</t>
+          <t>9786054396696</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>Banka ve Tüketici Hukuku Sorunları Sempozyumu (Ciltli)</t>
+          <t>Hukuk Sosyolojisine Giriş</t>
         </is>
       </c>
       <c r="C2040" s="1">
-        <v>370</v>
+        <v>63</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9786055865900</t>
+          <t>9786051520582</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>Malvarlığı Haklarının Korunması</t>
+          <t>Milletlerarası Mal Satımına İlişkin Sözleşmeler Hakkında Birleşmiş Milletler Antlaşması Uyarınca Sözleşmenin Kurulması (CISG m. 14-24) (Ciltli)</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9786055373207</t>
+          <t>9786051520841</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Çevre Hukuku (Ciltli)</t>
+          <t>Vatandaşlık Üstüne Bir Tez</t>
         </is>
       </c>
       <c r="C2042" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9786055373221</t>
+          <t>9786054396351</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Anılarla Dünden Bugüne (Ciltli)</t>
+          <t>Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>545</v>
+        <v>610</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9786054396573</t>
+          <t>9786055865016</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>AB ve Türk Hukukunda Çağrı Yoluyla Ortaklık Paylarının Toplanması (Ciltli)</t>
+          <t>Kredi Açma Sözleşmesi</t>
         </is>
       </c>
       <c r="C2044" s="1">
-        <v>370</v>
+        <v>130</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9786054687107</t>
+          <t>9786051520124</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>Sigortacılık Kanunu Şerhi (Ciltli)</t>
+          <t>Anayasa Hukuku Araştırmalarında Genç Yaklaşımlar</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>610</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9786054396504</t>
+          <t>9786051520971</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Aracıları Hukuku 1 (Ciltli)</t>
+          <t>Büyükşehir Belediyelerinin Görev ve Sorumlulukları Bağlamında İstanbul Analizi - 1</t>
         </is>
       </c>
       <c r="C2046" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>9786055865894</t>
+          <t>9786051520445</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>Sermaye Piyasasında Gerçeğe Aykırılıktan Doğan Suçlar (Ciltli)</t>
+          <t>Devletin Askeri Faaliyetlerinde Yargı Bağışıklığı</t>
         </is>
       </c>
       <c r="C2047" s="1">
-        <v>370</v>
+        <v>83</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9786054687817</t>
+          <t>9786055373993</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Rekabetin Korunması Hakkında Kanun’un Özel Hukuk Alanındaki Sonuçları (Ciltli)</t>
+          <t>Hukuki Mütalaalar Cilt 9: 2007 (Ciltli)</t>
         </is>
       </c>
       <c r="C2048" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9786051527666</t>
+          <t>9786054396733</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Hukukunda Tazminat Talepleri</t>
+          <t>Hukuki Mütalaalar Cilt 8: 2006 (Ciltli)</t>
         </is>
       </c>
       <c r="C2049" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9786054396580</t>
+          <t>9786054687756</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>Medeni Hukuk Hocalarına Saygı Günleri (Ciltli)</t>
+          <t>6102 Sayılı Türk Ticaret Kanunu’na Göre Taşıyanın Zıya, Hasar ve Geç Teslimden Sorumluluğu</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>110</v>
+        <v>215</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9786055865542</t>
+          <t>9786054396887</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Katma Değer Vergisinde Sorumluluk</t>
+          <t>6098 Sayılı Yeni Türk Borçlar Kanunu (Ciltli)</t>
         </is>
       </c>
       <c r="C2051" s="1">
-        <v>155</v>
+        <v>520</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
+          <t>9786051520629</t>
+        </is>
+      </c>
+      <c r="B2052" s="1" t="inlineStr">
+        <is>
+          <t>Konzern / Gesellschaftengruppe (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2052" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2053" spans="1:3">
+      <c r="A2053" s="1" t="inlineStr">
+        <is>
+          <t>9786055373733</t>
+        </is>
+      </c>
+      <c r="B2053" s="1" t="inlineStr">
+        <is>
+          <t>Son Kullanıcıyla Akdedilen Elektronik Haberleşme Hizmeti Sözleşmesi</t>
+        </is>
+      </c>
+      <c r="C2053" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2054" spans="1:3">
+      <c r="A2054" s="1" t="inlineStr">
+        <is>
+          <t>9786055373702</t>
+        </is>
+      </c>
+      <c r="B2054" s="1" t="inlineStr">
+        <is>
+          <t>Askeri Disiplin Hukuku</t>
+        </is>
+      </c>
+      <c r="C2054" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="2055" spans="1:3">
+      <c r="A2055" s="1" t="inlineStr">
+        <is>
+          <t>9786054687978</t>
+        </is>
+      </c>
+      <c r="B2055" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Türk Ticaret Kanunu ve Yeni Sermaye Piyasası Kanunu Uyarınca Anonim Ortaklık Genel Kurulları / Elektronik Genel Kurullar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2055" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="2056" spans="1:3">
+      <c r="A2056" s="1" t="inlineStr">
+        <is>
+          <t>9786054396795</t>
+        </is>
+      </c>
+      <c r="B2056" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Ticaret Kanununun Vergi Hukukuna Etkileri</t>
+        </is>
+      </c>
+      <c r="C2056" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2057" spans="1:3">
+      <c r="A2057" s="1" t="inlineStr">
+        <is>
+          <t>9786055865917</t>
+        </is>
+      </c>
+      <c r="B2057" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Tıbbi Yöntemlerin Hukuka Uygunluğu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2057" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="2058" spans="1:3">
+      <c r="A2058" s="1" t="inlineStr">
+        <is>
+          <t>9786055373757</t>
+        </is>
+      </c>
+      <c r="B2058" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Ticaret Hukuku</t>
+        </is>
+      </c>
+      <c r="C2058" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="2059" spans="1:3">
+      <c r="A2059" s="1" t="inlineStr">
+        <is>
+          <t>9786055865429</t>
+        </is>
+      </c>
+      <c r="B2059" s="1" t="inlineStr">
+        <is>
+          <t>Vakıflar Mevzuatı</t>
+        </is>
+      </c>
+      <c r="C2059" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="2060" spans="1:3">
+      <c r="A2060" s="1" t="inlineStr">
+        <is>
+          <t>9786054396535</t>
+        </is>
+      </c>
+      <c r="B2060" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Spor Tahkim Mahkemesi C.A.S.</t>
+        </is>
+      </c>
+      <c r="C2060" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2061" spans="1:3">
+      <c r="A2061" s="1" t="inlineStr">
+        <is>
+          <t>9786051520230</t>
+        </is>
+      </c>
+      <c r="B2061" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Enerji Yatırımlarının Korunması (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2061" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2062" spans="1:3">
+      <c r="A2062" s="1" t="inlineStr">
+        <is>
+          <t>9786054396047</t>
+        </is>
+      </c>
+      <c r="B2062" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ticaret Kanunu Tasarısı’na Göre Anonim Ortaklıkların Bölünmesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2062" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2063" spans="1:3">
+      <c r="A2063" s="1" t="inlineStr">
+        <is>
+          <t>9789752449107</t>
+        </is>
+      </c>
+      <c r="B2063" s="1" t="inlineStr">
+        <is>
+          <t>Türk Siyasal Tarihi 1908-2000</t>
+        </is>
+      </c>
+      <c r="C2063" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2064" spans="1:3">
+      <c r="A2064" s="1" t="inlineStr">
+        <is>
+          <t>9786055865160</t>
+        </is>
+      </c>
+      <c r="B2064" s="1" t="inlineStr">
+        <is>
+          <t>Türk Medeni Kanununda Yer Alan Velayet Hükümleri Kapsamında Küçüğün Kişi Varlığının Korunması İçin Alınacak Tedbirler</t>
+        </is>
+      </c>
+      <c r="C2064" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2065" spans="1:3">
+      <c r="A2065" s="1" t="inlineStr">
+        <is>
+          <t>9786054396689</t>
+        </is>
+      </c>
+      <c r="B2065" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hukukunda Bankaların Birleşmesi</t>
+        </is>
+      </c>
+      <c r="C2065" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2066" spans="1:3">
+      <c r="A2066" s="1" t="inlineStr">
+        <is>
+          <t>9786254320699</t>
+        </is>
+      </c>
+      <c r="B2066" s="1" t="inlineStr">
+        <is>
+          <t>Ticaret Hukuku - Uygulamalı Ders Örnekleri</t>
+        </is>
+      </c>
+      <c r="C2066" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="2067" spans="1:3">
+      <c r="A2067" s="1" t="inlineStr">
+        <is>
+          <t>9786054687503</t>
+        </is>
+      </c>
+      <c r="B2067" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Sistemi ve Autopoiesis</t>
+        </is>
+      </c>
+      <c r="C2067" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="2068" spans="1:3">
+      <c r="A2068" s="1" t="inlineStr">
+        <is>
+          <t>9786054396245</t>
+        </is>
+      </c>
+      <c r="B2068" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Felsefesinin Temel Sorunları</t>
+        </is>
+      </c>
+      <c r="C2068" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="2069" spans="1:3">
+      <c r="A2069" s="1" t="inlineStr">
+        <is>
+          <t>9789750159978</t>
+        </is>
+      </c>
+      <c r="B2069" s="1" t="inlineStr">
+        <is>
+          <t>Hala Avrupa Birliği’ne Tam Üyelik</t>
+        </is>
+      </c>
+      <c r="C2069" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2070" spans="1:3">
+      <c r="A2070" s="1" t="inlineStr">
+        <is>
+          <t>9786051520117</t>
+        </is>
+      </c>
+      <c r="B2070" s="1" t="inlineStr">
+        <is>
+          <t>Haksız Rekabet Kavramı Açısından Dürüstlük Kuralına Aykırı Reklamlar</t>
+        </is>
+      </c>
+      <c r="C2070" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2071" spans="1:3">
+      <c r="A2071" s="1" t="inlineStr">
+        <is>
+          <t>9786055373337</t>
+        </is>
+      </c>
+      <c r="B2071" s="1" t="inlineStr">
+        <is>
+          <t>Hakim Durumun Kötüye Kullanılması</t>
+        </is>
+      </c>
+      <c r="C2071" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="2072" spans="1:3">
+      <c r="A2072" s="1" t="inlineStr">
+        <is>
+          <t>9786054687923</t>
+        </is>
+      </c>
+      <c r="B2072" s="1" t="inlineStr">
+        <is>
+          <t>Genel İşlem Koşulları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2072" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="2073" spans="1:3">
+      <c r="A2073" s="1" t="inlineStr">
+        <is>
+          <t>9786055865122</t>
+        </is>
+      </c>
+      <c r="B2073" s="1" t="inlineStr">
+        <is>
+          <t>Gemi Sınıflama Kuruluşlarının Faaliyetleri ve Sorumluluğu</t>
+        </is>
+      </c>
+      <c r="C2073" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2074" spans="1:3">
+      <c r="A2074" s="1" t="inlineStr">
+        <is>
+          <t>9786055373313</t>
+        </is>
+      </c>
+      <c r="B2074" s="1" t="inlineStr">
+        <is>
+          <t>Fransa Örneğinde Avrupa’daki İslam Etkisi: Müslümanların Avrupa Devletlerini ve Toplumlarını Dönüştürmesi</t>
+        </is>
+      </c>
+      <c r="C2074" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2075" spans="1:3">
+      <c r="A2075" s="1" t="inlineStr">
+        <is>
+          <t>9771309361017</t>
+        </is>
+      </c>
+      <c r="B2075" s="1" t="inlineStr">
+        <is>
+          <t>Fikri Mülkiyet Hukuku Yıllığı 2010 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2075" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="2076" spans="1:3">
+      <c r="A2076" s="1" t="inlineStr">
+        <is>
+          <t>9786055373238</t>
+        </is>
+      </c>
+      <c r="B2076" s="1" t="inlineStr">
+        <is>
+          <t>Fikir ve Sanat Eserleri Hukuku Bakımından Televizyon Reklamlarının Hukuki Niteliği Televizyon Reklamları Üzerinde Hak Sahipliği</t>
+        </is>
+      </c>
+      <c r="C2076" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2077" spans="1:3">
+      <c r="A2077" s="1" t="inlineStr">
+        <is>
+          <t>9786254322518</t>
+        </is>
+      </c>
+      <c r="B2077" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Muhakemesinde Katılan</t>
+        </is>
+      </c>
+      <c r="C2077" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2078" spans="1:3">
+      <c r="A2078" s="1" t="inlineStr">
+        <is>
+          <t>9786057542861</t>
+        </is>
+      </c>
+      <c r="B2078" s="1" t="inlineStr">
+        <is>
+          <t>Bankacılık Kanunu’na Göre Zimmet Suçu</t>
+        </is>
+      </c>
+      <c r="C2078" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2079" spans="1:3">
+      <c r="A2079" s="1" t="inlineStr">
+        <is>
+          <t>9786055865740</t>
+        </is>
+      </c>
+      <c r="B2079" s="1" t="inlineStr">
+        <is>
+          <t>Banka ve Tüketici Hukuku Sorunları Sempozyumu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2079" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="2080" spans="1:3">
+      <c r="A2080" s="1" t="inlineStr">
+        <is>
+          <t>9786055865900</t>
+        </is>
+      </c>
+      <c r="B2080" s="1" t="inlineStr">
+        <is>
+          <t>Malvarlığı Haklarının Korunması</t>
+        </is>
+      </c>
+      <c r="C2080" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2081" spans="1:3">
+      <c r="A2081" s="1" t="inlineStr">
+        <is>
+          <t>9786055373207</t>
+        </is>
+      </c>
+      <c r="B2081" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Çevre Hukuku (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2081" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="2082" spans="1:3">
+      <c r="A2082" s="1" t="inlineStr">
+        <is>
+          <t>9786055373221</t>
+        </is>
+      </c>
+      <c r="B2082" s="1" t="inlineStr">
+        <is>
+          <t>Anılarla Dünden Bugüne (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2082" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="2083" spans="1:3">
+      <c r="A2083" s="1" t="inlineStr">
+        <is>
+          <t>9786054396573</t>
+        </is>
+      </c>
+      <c r="B2083" s="1" t="inlineStr">
+        <is>
+          <t>AB ve Türk Hukukunda Çağrı Yoluyla Ortaklık Paylarının Toplanması (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2083" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="2084" spans="1:3">
+      <c r="A2084" s="1" t="inlineStr">
+        <is>
+          <t>9786054687107</t>
+        </is>
+      </c>
+      <c r="B2084" s="1" t="inlineStr">
+        <is>
+          <t>Sigortacılık Kanunu Şerhi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2084" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2085" spans="1:3">
+      <c r="A2085" s="1" t="inlineStr">
+        <is>
+          <t>9786054396504</t>
+        </is>
+      </c>
+      <c r="B2085" s="1" t="inlineStr">
+        <is>
+          <t>Sigorta Aracıları Hukuku 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2085" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2086" spans="1:3">
+      <c r="A2086" s="1" t="inlineStr">
+        <is>
+          <t>9786055865894</t>
+        </is>
+      </c>
+      <c r="B2086" s="1" t="inlineStr">
+        <is>
+          <t>Sermaye Piyasasında Gerçeğe Aykırılıktan Doğan Suçlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2086" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="2087" spans="1:3">
+      <c r="A2087" s="1" t="inlineStr">
+        <is>
+          <t>9786054687817</t>
+        </is>
+      </c>
+      <c r="B2087" s="1" t="inlineStr">
+        <is>
+          <t>Rekabetin Korunması Hakkında Kanun’un Özel Hukuk Alanındaki Sonuçları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2087" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="2088" spans="1:3">
+      <c r="A2088" s="1" t="inlineStr">
+        <is>
+          <t>9786051527666</t>
+        </is>
+      </c>
+      <c r="B2088" s="1" t="inlineStr">
+        <is>
+          <t>Rekabet Hukukunda Tazminat Talepleri</t>
+        </is>
+      </c>
+      <c r="C2088" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="2089" spans="1:3">
+      <c r="A2089" s="1" t="inlineStr">
+        <is>
+          <t>9786054396580</t>
+        </is>
+      </c>
+      <c r="B2089" s="1" t="inlineStr">
+        <is>
+          <t>Medeni Hukuk Hocalarına Saygı Günleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C2089" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="2090" spans="1:3">
+      <c r="A2090" s="1" t="inlineStr">
+        <is>
+          <t>9786055865542</t>
+        </is>
+      </c>
+      <c r="B2090" s="1" t="inlineStr">
+        <is>
+          <t>Katma Değer Vergisinde Sorumluluk</t>
+        </is>
+      </c>
+      <c r="C2090" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2091" spans="1:3">
+      <c r="A2091" s="1" t="inlineStr">
+        <is>
           <t>9786054687848</t>
         </is>
       </c>
-      <c r="B2052" s="1" t="inlineStr">
+      <c r="B2091" s="1" t="inlineStr">
         <is>
           <t>Karşılaştırmalı Anayasa Yargısında Bireysel Başvuru Yolu</t>
         </is>
       </c>
-      <c r="C2052" s="1">
+      <c r="C2091" s="1">
         <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>