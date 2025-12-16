--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,1075 +85,1180 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259727684</t>
+          <t>9786259727691</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>HZ. İdris Aleyhisselam Göğe Yükseltilen Peygamber</t>
+          <t>Lemurya'ya Eve Dönüş</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259727677</t>
+          <t>9786259287003</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Devir</t>
+          <t>Karmakarışık Evren 4. Kitap</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>545</v>
+        <v>920</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259727653</t>
+          <t>9786052141250</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Düğün Adetleri Bibliyografyası</t>
+          <t>Aşk Ekmek ve Ölüm</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259727639</t>
+          <t>9786052141175</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Işık Tutanlar</t>
+          <t>Başkalarının Hayatı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>440</v>
+        <v>185</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259727660</t>
+          <t>9786052141182</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Beyza</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>480</v>
+        <v>145</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259727646</t>
+          <t>9786052141359</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık Evren 3. Cilt</t>
+          <t>Nihan</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>920</v>
+        <v>185</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259727615</t>
+          <t>9786052141144</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Söz</t>
+          <t>Efeler Yalnız Ölür</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>500</v>
+        <v>168</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259727622</t>
+          <t>9786259727684</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tanrıçanın Boynuzları</t>
+          <t>HZ. İdris Aleyhisselam Göğe Yükseltilen Peygamber</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>700</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259480275</t>
+          <t>9786259727677</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık Evren 2. Cilt</t>
+          <t>Karanlık Devir</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>920</v>
+        <v>545</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259480268</t>
+          <t>9786259727653</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık Evren 1. Cilt</t>
+          <t>Düğün Adetleri Bibliyografyası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>920</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059727608</t>
+          <t>9786259727639</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İblis'in Şeytan Adamları-Cilt 2</t>
+          <t>Geçmişten Günümüze Işık Tutanlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>640</v>
+        <v>440</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259727608</t>
+          <t>9786259727660</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İblis'in Şeytan Adamları- Cilt 1</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>730</v>
+        <v>480</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259480237</t>
+          <t>9786259727646</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bilim Mana Felsefesi İnsan ve Düşünüm</t>
+          <t>Karmakarışık Evren 3. Kitap</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>440</v>
+        <v>920</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259480206</t>
+          <t>9786259727615</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Hatırlanan Beş Yaşam</t>
+          <t>Unutulmuş Söz</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259480213</t>
+          <t>9786259727622</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Kazası Efsanesi</t>
+          <t>Tanrıçanın Boynuzları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259480220</t>
+          <t>9786259480275</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>1789 Fikirleri ve Cumhuriyet</t>
+          <t>Karmakarışık Evren 2. Kitap</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>440</v>
+        <v>920</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052141939</t>
+          <t>9786259480268</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Gelen Miras</t>
+          <t>Karmakarışık Evren 1. Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>690</v>
+        <v>920</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052141922</t>
+          <t>9786059727608</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Saklı Kutsal Bilginin Peşinde</t>
+          <t>İblis'in Şeytan Adamları-Cilt 2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>690</v>
+        <v>640</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052141304</t>
+          <t>9786259727608</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>İblis'in Şeytan Adamları- Cilt 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>440</v>
+        <v>730</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052141915</t>
+          <t>9786259480237</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Muhafızlar</t>
+          <t>Bilim Mana Felsefesi İnsan ve Düşünüm</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>870</v>
+        <v>440</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052141908</t>
+          <t>9786259480206</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İsa’yla Birlikte Yürüdüler</t>
+          <t>Hatırlanan Beş Yaşam</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>550</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052141991</t>
+          <t>9786259480213</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hiroşima’yı Hatırlayan Bir Ruh</t>
+          <t>Yıldız Kazası Efsanesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052141090</t>
+          <t>9786259480220</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>900 Kadından Biri</t>
+          <t>1789 Fikirleri ve Cumhuriyet</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>470</v>
+        <v>440</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052141816</t>
+          <t>9786052141939</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Üç Gönüllü Dalgası ve Yeni Dünya</t>
+          <t>Yıldızlardan Gelen Miras</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>870</v>
+        <v>690</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786052141830</t>
+          <t>9786052141922</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İsa ve Esseniler</t>
+          <t>Saklı Kutsal Bilginin Peşinde</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>690</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052141847</t>
+          <t>9786052141304</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bahçenin Koruyucuları</t>
+          <t>Mustafa Kemal Atatürk</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>690</v>
+        <v>440</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052141120</t>
+          <t>9786052141915</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çerkes Dayı</t>
+          <t>Muhafızlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>460</v>
+        <v>870</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052141281</t>
+          <t>9786052141908</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yağmurlar İdam Kokar mı Anne?</t>
+          <t>İsa’yla Birlikte Yürüdüler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052141014</t>
+          <t>9786052141991</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Robot Fabrikası</t>
+          <t>Hiroşima’yı Hatırlayan Bir Ruh</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052141960</t>
+          <t>9786052141090</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Can Özüm 2</t>
+          <t>900 Kadından Biri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052141953</t>
+          <t>9786052141816</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığını Koruma Sanatı</t>
+          <t>Üç Gönüllü Dalgası ve Yeni Dünya</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>870</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052141946</t>
+          <t>9786052141830</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Halam ve Ben</t>
+          <t>İsa ve Esseniler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>225</v>
+        <v>690</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052141878</t>
+          <t>9786052141847</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>04.17 Son Gece</t>
+          <t>Bahçenin Koruyucuları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>690</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052141861</t>
+          <t>9786052141120</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Leo ile Mişa’nın Maceraları</t>
+          <t>Çerkes Dayı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>460</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052141823</t>
+          <t>9786052141281</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Sesi Bedenin Dili</t>
+          <t>Yağmurlar İdam Kokar mı Anne?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052141854</t>
+          <t>9786052141014</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>5 Küçük Haylazın Maceraları</t>
+          <t>Gizemli Robot Fabrikası</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052141793</t>
+          <t>9786052141960</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Aydınlığa Açılan Kapı</t>
+          <t>Can Özüm 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052141786</t>
+          <t>9786052141953</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlar Ülkesi</t>
+          <t>Ruh Sağlığını Koruma Sanatı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052141717</t>
+          <t>9786052141946</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Mucize Ben'im</t>
+          <t>Halam ve Ben</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052141694</t>
+          <t>9786052141878</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İlim Şehrinin Medreseleri</t>
+          <t>04.17 Son Gece</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052141670</t>
+          <t>9786052141861</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Allah Mı Dedin</t>
+          <t>Leo ile Mişa’nın Maceraları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052141656</t>
+          <t>9786052141823</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Erzincan - Kemah Tan Köyü Halk Kültürü</t>
+          <t>Ruhun Sesi Bedenin Dili</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052141076</t>
+          <t>9786052141854</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Adımlar</t>
+          <t>5 Küçük Haylazın Maceraları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786058324190</t>
+          <t>9786052141793</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yolcusu</t>
+          <t>Karanlıktan Aydınlığa Açılan Kapı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052141625</t>
+          <t>9786052141786</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yutkundum Yarım Nefes</t>
+          <t>Yıldızlar Ülkesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052141540</t>
+          <t>9786052141717</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Muhiddin-i Arabi'nin Futuhat-ı Mekkiye'sinden Tasavvuf</t>
+          <t>Mucize Ben'im</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052141502</t>
+          <t>9786052141694</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Vadesi Dolmuş Vedalar</t>
+          <t>İlim Şehrinin Medreseleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052141519</t>
+          <t>9786052141670</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Bir Amerikan Kovboyu</t>
+          <t>Allah Mı Dedin</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052141229</t>
+          <t>9786052141656</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hacı Ali: Amerika'da Bir Osmanlı Kovboyu</t>
+          <t>Erzincan - Kemah Tan Köyü Halk Kültürü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052141472</t>
+          <t>9786052141076</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bilge Baykuş Derki...</t>
+          <t>Karanlıkta Adımlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052141458</t>
+          <t>9786058324190</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Duacı</t>
+          <t>Gönül Yolcusu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052141434</t>
+          <t>9786052141625</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mucize Niyetim</t>
+          <t>Yutkundum Yarım Nefes</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052141410</t>
+          <t>9786052141540</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sayı Büyücüsü</t>
+          <t>Muhiddin-i Arabi'nin Futuhat-ı Mekkiye'sinden Tasavvuf</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052141403</t>
+          <t>9786052141502</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zindan Gülü</t>
+          <t>Vadesi Dolmuş Vedalar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052141342</t>
+          <t>9786052141519</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mucize Sandığım (2 Kitap Takım)</t>
+          <t>Osmanlı'da Bir Amerikan Kovboyu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052141311</t>
+          <t>9786052141229</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hata Bende mi?</t>
+          <t>Hacı Ali: Amerika'da Bir Osmanlı Kovboyu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052141328</t>
+          <t>9786052141472</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mavinin Masalı</t>
+          <t>Bilge Baykuş Derki...</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052141205</t>
+          <t>9786052141458</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Uyanış Mesajları</t>
+          <t>Duacı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052141267</t>
+          <t>9786052141434</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tophane</t>
+          <t>Mucize Niyetim</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>130</v>
+        <v>330</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052141168</t>
+          <t>9786052141410</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yitik Hayat</t>
+          <t>Sayı Büyücüsü</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>130</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052141151</t>
+          <t>9786052141403</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Balıkçı Kız</t>
+          <t>Zindan Gülü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052141243</t>
+          <t>9786052141342</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ayet İşaret Mucize ve Delil</t>
+          <t>Mucize Sandığım (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>700</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052141236</t>
+          <t>9786052141311</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hi Jolly - Amerika'da Bir Osmanlı Kovboyu</t>
+          <t>Hata Bende mi?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058324176</t>
+          <t>9786052141328</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ben Renginde Ruhum</t>
+          <t>Mavinin Masalı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052141038</t>
+          <t>9786052141205</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gülbey</t>
+          <t>Uyanış Mesajları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>185</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786058709140</t>
+          <t>9786052141267</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dalaletten Kurtuluş</t>
+          <t>Tophane</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058324169</t>
+          <t>9786052141168</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Neşe</t>
+          <t>Yitik Hayat</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786058709188</t>
+          <t>9786052141151</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Behcetü’l Esrar</t>
+          <t>Balıkçı Kız</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
+          <t>9786052141243</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Ayet İşaret Mucize ve Delil</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786052141236</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Hi Jolly - Amerika'da Bir Osmanlı Kovboyu</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786058324176</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Ben Renginde Ruhum</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786052141038</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Gülbey</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786058709140</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Dalaletten Kurtuluş</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786058324169</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Neşe</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786058709188</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Behcetü’l Esrar</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
           <t>9786058709164</t>
         </is>
       </c>
-      <c r="B70" s="1" t="inlineStr">
+      <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Ahadiyyet Risalesi</t>
         </is>
       </c>
-      <c r="C70" s="1">
+      <c r="C77" s="1">
         <v>185</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>