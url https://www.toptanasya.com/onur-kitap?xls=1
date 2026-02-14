--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -1204,51 +1204,51 @@
         <is>
           <t>9786058324169</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Neşe</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786058709188</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Behcetü’l Esrar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786058709164</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Ahadiyyet Risalesi</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>185</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>