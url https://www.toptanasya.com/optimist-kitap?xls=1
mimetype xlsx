--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,1840 +85,1885 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254345401</t>
+          <t>9786254345487</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Satış Yönetimi Elkitabı</t>
+          <t>Startup’ların Başarı Kodları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944186650</t>
+          <t>9786254345449</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ekiplerin Beş Temel Aksaklığı</t>
+          <t>Gün Gün Liderlik</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257804103</t>
+          <t>9786254345432</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çeviklik - Dijital Dönüşüm</t>
+          <t>Yeni Bir Düşünme Biçimi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052181324</t>
+          <t>9786254345401</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Şirketlerin Sürdürülebilir Başarısı İçin İnsan Kaynakları Anayasası</t>
+          <t>Satış Yönetimi Elkitabı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254345272</t>
+          <t>9789944186650</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beceri Kazanma ve Geliştirme</t>
+          <t>Ekiplerin Beş Temel Aksaklığı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052189252</t>
+          <t>9786257804103</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>52 Haftada Mutluluk Huzurlu Bir İş Hayatı İçin Pratik Bir Rehber</t>
+          <t>Çeviklik - Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052189993</t>
+          <t>9786052181324</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gezegen</t>
+          <t>Şirketlerin Sürdürülebilir Başarısı İçin İnsan Kaynakları Anayasası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052189986</t>
+          <t>9786254345272</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bizim Gezegen</t>
+          <t>Beceri Kazanma ve Geliştirme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052202005</t>
+          <t>9786052189252</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gezegen</t>
+          <t>52 Haftada Mutluluk Huzurlu Bir İş Hayatı İçin Pratik Bir Rehber</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254345210</t>
+          <t>9786052189993</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ Çağında Dijitalleşme ve CRM</t>
+          <t>Mavi Gezegen</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254345128</t>
+          <t>9786052189986</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Güvenlik</t>
+          <t>Bizim Gezegen</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052181232</t>
+          <t>9786052202005</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kariyerinizi Siz Yönetin</t>
+          <t>Yeşil Gezegen</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057859280</t>
+          <t>9786254345210</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Babalara Tavsiyeler</t>
+          <t>Yapay Zekâ Çağında Dijitalleşme ve CRM</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254345203</t>
+          <t>9786254345128</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Kadın Lider Olmak</t>
+          <t>Psikolojik Güvenlik</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052181430</t>
+          <t>9786052181232</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Eylemliliğin Evrimi Kertenkelelerden İnsanlara Davranışsal Organizasyon</t>
+          <t>Kariyerinizi Siz Yönetin</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786055655686</t>
+          <t>9786057859280</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ekiplere Liderlik Etmek</t>
+          <t>Çalışan Babalara Tavsiyeler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052181225</t>
+          <t>9786254345203</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Aile Şirketleri İçin Aile Anayasası</t>
+          <t>İş Dünyasında Kadın Lider Olmak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254345180</t>
+          <t>9786052181430</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kör Nokta</t>
+          <t>Eylemliliğin Evrimi Kertenkelelerden İnsanlara Davranışsal Organizasyon</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254345197</t>
+          <t>9786055655686</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İncili Gastronomi Rehberi</t>
+          <t>Sanal Ekiplere Liderlik Etmek</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254345173</t>
+          <t>9786052181225</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Altın Liderlerden Başarının Sırları</t>
+          <t>Aile Şirketleri İçin Aile Anayasası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254345081</t>
+          <t>9786254345180</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sınavlara Hazırlanan Öğrenciler ve Veliler için Sınavda Başarı</t>
+          <t>Kör Nokta</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254345036</t>
+          <t>9786254345197</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Organizasyonları Yeniden Keşfetmek</t>
+          <t>İncili Gastronomi Rehberi</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254345050</t>
+          <t>9786254345173</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Otomasyon</t>
+          <t>Altın Liderlerden Başarının Sırları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254345005</t>
+          <t>9786254345081</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kaşif</t>
+          <t>Sınavlara Hazırlanan Öğrenciler ve Veliler için Sınavda Başarı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254344992</t>
+          <t>9786254345036</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Butikten Zirveye 20 Yıl - Gelecek 10 Yıl (Ciltli)</t>
+          <t>Organizasyonları Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254344312</t>
+          <t>9786254345050</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Perakendeyi Yeniden Tanımlamak</t>
+          <t>Akıllı Otomasyon</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254344299</t>
+          <t>9786254345005</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Cesareti Kendini Dönüştür, Toplumu Dönüştür</t>
+          <t>Kurumsal Kaşif</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254344190</t>
+          <t>9786254344992</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Eşit Fırsatlar: Kariyer Stratejileri</t>
+          <t>Butikten Zirveye 20 Yıl - Gelecek 10 Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254344183</t>
+          <t>9786254344312</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Şakralar (Ciltli)</t>
+          <t>Perakendeyi Yeniden Tanımlamak</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254344152</t>
+          <t>9786254344299</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm Yol Haritası</t>
+          <t>Liderlik Cesareti Kendini Dönüştür, Toplumu Dönüştür</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254344107</t>
+          <t>9786254344190</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bestseller Akıldışı Ama Öngörülebilir’in Yazarından - Yanlış İnanışlar</t>
+          <t>İşyerinde Eşit Fırsatlar: Kariyer Stratejileri</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254343858</t>
+          <t>9786254344183</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Vadeden Girişimler</t>
+          <t>Şakralar (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254343742</t>
+          <t>9786254344152</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Sunum</t>
+          <t>Dijital Dönüşüm Yol Haritası</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254343759</t>
+          <t>9786254344107</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada İş Planı Hazırlamak</t>
+          <t>Uluslararası Bestseller Akıldışı Ama Öngörülebilir’in Yazarından - Yanlış İnanışlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254340710</t>
+          <t>9786254343858</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ekiplerin Beş Temel Aksaklığı</t>
+          <t>Gelecek Vadeden Girişimler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254343674</t>
+          <t>9786254343742</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada İnovatif Ekipler</t>
+          <t>20 Dakikada Sunum</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254343667</t>
+          <t>9786254343759</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Toplantı Yönetimi</t>
+          <t>20 Dakikada İş Planı Hazırlamak</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254343636</t>
+          <t>9786254340710</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şirket Yönetiminde Başarı (Ciltli)</t>
+          <t>Ekiplerin Beş Temel Aksaklığı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254343629</t>
+          <t>9786254343674</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Proje Yönetimi</t>
+          <t>20 Dakikada İnovatif Ekipler</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254343544</t>
+          <t>9786254343667</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>6 Deha Modeli</t>
+          <t>20 Dakikada Toplantı Yönetimi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254343513</t>
+          <t>9786254343636</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Verimlilik Savaşları 2</t>
+          <t>Şirket Yönetiminde Başarı (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254343506</t>
+          <t>9786254343629</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Hazır Perakende</t>
+          <t>20 Dakikada Proje Yönetimi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254343469</t>
+          <t>9786254343544</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka 2041</t>
+          <t>6 Deha Modeli</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254342899</t>
+          <t>9786254343513</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bilime Neden Güvenmeliyiz?</t>
+          <t>Verimlilik Savaşları 2</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254343414</t>
+          <t>9786254343506</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Sanal İşbirliği</t>
+          <t>Geleceğe Hazır Perakende</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254343360</t>
+          <t>9786254343469</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İşleri Yetiştirmek</t>
+          <t>Yapay Zeka 2041</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254343131</t>
+          <t>9786254342899</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Zaman Yönetimi</t>
+          <t>Bilime Neden Güvenmeliyiz?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254342998</t>
+          <t>9786254343414</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamını Yeniden Tasarlamak</t>
+          <t>20 Dakikada Sanal İşbirliği</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254342912</t>
+          <t>9786254343360</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi Elkitabı - Harvard Business Review</t>
+          <t>İşleri Yetiştirmek</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254342790</t>
+          <t>9786254343131</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Performans</t>
+          <t>20 Dakikada Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254342608</t>
+          <t>9786254342998</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hayat Boyu Öğrenme</t>
+          <t>Çalışma Yaşamını Yeniden Tasarlamak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254340918</t>
+          <t>9786254342912</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Scaling Up - Rockefeller Alışkanlıklarında Ustalaşmak 2.0</t>
+          <t>Proje Yönetimi Elkitabı - Harvard Business Review</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254341212</t>
+          <t>9786254342790</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Topluluk Karşısında Konuşma ve Sunum</t>
+          <t>Yüksek Performans</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254340901</t>
+          <t>9786254342608</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Planı</t>
+          <t>Hayat Boyu Öğrenme</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254340727</t>
+          <t>9786254340918</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm</t>
+          <t>Scaling Up - Rockefeller Alışkanlıklarında Ustalaşmak 2.0</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254340758</t>
+          <t>9786254341212</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Kar</t>
+          <t>Topluluk Karşısında Konuşma ve Sunum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254340529</t>
+          <t>9786254340901</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Becerileri</t>
+          <t>Kariyer Planı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254340086</t>
+          <t>9786254340727</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Devrimi</t>
+          <t>Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254340024</t>
+          <t>9786254340758</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Banka Şube Müdürünün El Kitabı</t>
+          <t>Gerçek Kar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254340031</t>
+          <t>9786254340529</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İletişim 2</t>
+          <t>Yönetim Becerileri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257804912</t>
+          <t>9786254340086</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Dayanıklılık</t>
+          <t>Yapay Zeka Devrimi</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257804790</t>
+          <t>9786254340024</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Strateji 2</t>
+          <t>Banka Şube Müdürünün El Kitabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257804783</t>
+          <t>9786254340031</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İlk 90 Gün’ün Ardından Sıradaki Hamle</t>
+          <t>İletişim 2</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257804769</t>
+          <t>9786257804912</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Liderlik 2</t>
+          <t>Kurumsal Dayanıklılık</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257804547</t>
+          <t>9786257804790</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları</t>
+          <t>Strateji 2</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257804554</t>
+          <t>9786257804783</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kurum Kültürü</t>
+          <t>İlk 90 Gün’ün Ardından Sıradaki Hamle</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257804417</t>
+          <t>9786257804769</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Müzakere</t>
+          <t>Liderlik 2</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257804400</t>
+          <t>9786257804547</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Liderlik</t>
+          <t>İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257010719</t>
+          <t>9786257804554</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Kurum Kültürü</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257010467</t>
+          <t>9786257804417</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Satışta Duygusal Zeka</t>
+          <t>Müzakere</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257010474</t>
+          <t>9786257804400</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Güçlü Liderlik</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057665942</t>
+          <t>9786257010719</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve Liderlik</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057665898</t>
+          <t>9786257010467</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Psikoloji</t>
+          <t>Satışta Duygusal Zeka</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057665614</t>
+          <t>9786257010474</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yönetici</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057665621</t>
+          <t>9786057665942</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Liderin Elkitabı</t>
+          <t>Duygusal Zeka ve Liderlik</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052202913</t>
+          <t>9786057665898</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Odaklanma</t>
+          <t>Yönetim ve Psikoloji</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052202920</t>
+          <t>9786057665614</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Öz Farkındalık</t>
+          <t>Yeni Yönetici</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057842619</t>
+          <t>9786057665621</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Amaç Anlam ve Tutku</t>
+          <t>Liderin Elkitabı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057842602</t>
+          <t>9786052202913</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çatışma ve İletişim</t>
+          <t>Odaklanma</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052202906</t>
+          <t>9786052202920</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bilge</t>
+          <t>Öz Farkındalık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052202791</t>
+          <t>9786057842619</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Girişimcinin Elkitabı</t>
+          <t>Amaç Anlam ve Tutku</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052261712</t>
+          <t>9786057842602</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Özgün Liderlik</t>
+          <t>Çatışma ve İletişim</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052261804</t>
+          <t>9786052202906</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Etkileme ve İkna</t>
+          <t>Bilge</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052202746</t>
+          <t>9786052202791</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk - Duygusal Zeka</t>
+          <t>Girişimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052261385</t>
+          <t>9786052261712</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Empati - Duygusal Zeka</t>
+          <t>Özgün Liderlik</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052202272</t>
+          <t>9786052261804</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Resilience - Duygusal Zeka</t>
+          <t>Etkileme ve İkna</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052202265</t>
+          <t>9786052202746</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka - Mindfulness</t>
+          <t>Mutluluk - Duygusal Zeka</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052202227</t>
+          <t>9786052261385</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Linkedln ile Networking</t>
+          <t>Empati - Duygusal Zeka</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052202180</t>
+          <t>9786052202272</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Verimlilik Savaşları</t>
+          <t>Resilience - Duygusal Zeka</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052202128</t>
+          <t>9786052202265</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yapmamak</t>
+          <t>Duygusal Zeka - Mindfulness</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052261378</t>
+          <t>9786052202227</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Satış</t>
+          <t>İş Dünyasında Linkedln ile Networking</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052261231</t>
+          <t>9786052202180</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin El Kitabı</t>
+          <t>Verimlilik Savaşları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052261033</t>
+          <t>9786052202128</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama 4.0</t>
+          <t>Yapmamak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257010443</t>
+          <t>9786052261378</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Satış</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052181478</t>
+          <t>9786052261231</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Sanayi Devrimi</t>
+          <t>Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052261880</t>
+          <t>9786052261033</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Pazarlama</t>
+          <t>Pazarlama 4.0</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052261750</t>
+          <t>9786257010443</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ekipler</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257010375</t>
+          <t>9786052181478</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon - HBR'S 10 Must Reads</t>
+          <t>Dördüncü Sanayi Devrimi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052261859</t>
+          <t>9786052261880</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Özgüven</t>
+          <t>Stratejik Pazarlama</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052261866</t>
+          <t>9786052261750</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Buyology (Ciltli)</t>
+          <t>Ekipler</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052202821</t>
+          <t>9786257010375</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İletişim</t>
+          <t>İnovasyon - HBR'S 10 Must Reads</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052202135</t>
+          <t>9786052261859</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Yalnızdır</t>
+          <t>Yaratıcı Özgüven</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052202760</t>
+          <t>9786052261866</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyeni Satmak</t>
+          <t>Buyology (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257010382</t>
+          <t>9786052202821</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Toyota Tarzı Yalın Liderlik</t>
+          <t>İletişim</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052202159</t>
+          <t>9786052202135</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İlk 90 Gün</t>
+          <t>Cesaret Yalnızdır</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052202104</t>
+          <t>9786052202760</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Algıda, İknada, İletişimde Beyin Oyunları</t>
+          <t>Görünmeyeni Satmak</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257010436</t>
+          <t>9786257010382</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Doğru Karar Almak</t>
+          <t>Toyota Tarzı Yalın Liderlik</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052189955</t>
+          <t>9786052202159</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>İlk 90 Gün</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052261781</t>
+          <t>9786052202104</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Networking</t>
+          <t>Algıda, İknada, İletişimde Beyin Oyunları</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052261903</t>
+          <t>9786257010436</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Doğru Karar Almak</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052202296</t>
+          <t>9786052189955</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kendinizi Yönetmek</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052202814</t>
+          <t>9786052261781</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İş Modeli Üretimi</t>
+          <t>Networking</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052261897</t>
+          <t>9786052261903</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetimi</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052261002</t>
+          <t>9786052202296</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hız</t>
+          <t>Kendinizi Yönetmek</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789944186896</t>
+          <t>9786052202814</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Görev Devretmek</t>
+          <t>İş Modeli Üretimi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054538430</t>
+          <t>9786052261897</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Düşünürken</t>
+          <t>İnsan Yönetimi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257010948</t>
+          <t>9786052261002</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Toyota Tarzı</t>
+          <t>Hız</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052202708</t>
+          <t>9789944186896</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Strateji</t>
+          <t>Görev Devretmek</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052261057</t>
+          <t>9786054538430</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Amaç</t>
+          <t>Yeniden Düşünürken</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
+          <t>9786257010948</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Toyota Tarzı</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786052202708</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Strateji</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786052261057</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Amaç</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
           <t>9786052261507</t>
         </is>
       </c>
-      <c r="B121" s="1" t="inlineStr">
+      <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Akıldışı Ama Öngörülebilir</t>
         </is>
       </c>
-      <c r="C121" s="1">
+      <c r="C124" s="1">
         <v>500</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>