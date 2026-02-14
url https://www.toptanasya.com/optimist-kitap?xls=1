--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -85,1885 +85,1900 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254345487</t>
+          <t>9786254345524</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Startup’ların Başarı Kodları</t>
+          <t>21'inci Yüzyıl Şirketi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254345449</t>
+          <t>9786254345487</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gün Gün Liderlik</t>
+          <t>Startup’ların Başarı Kodları</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254345432</t>
+          <t>9786254345449</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Düşünme Biçimi</t>
+          <t>Gün Gün Liderlik</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254345401</t>
+          <t>9786254345432</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Satış Yönetimi Elkitabı</t>
+          <t>Yeni Bir Düşünme Biçimi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944186650</t>
+          <t>9786254345401</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ekiplerin Beş Temel Aksaklığı</t>
+          <t>Satış Yönetimi Elkitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257804103</t>
+          <t>9789944186650</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çeviklik - Dijital Dönüşüm</t>
+          <t>Ekiplerin Beş Temel Aksaklığı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052181324</t>
+          <t>9786257804103</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şirketlerin Sürdürülebilir Başarısı İçin İnsan Kaynakları Anayasası</t>
+          <t>Çeviklik - Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254345272</t>
+          <t>9786052181324</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Beceri Kazanma ve Geliştirme</t>
+          <t>Şirketlerin Sürdürülebilir Başarısı İçin İnsan Kaynakları Anayasası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052189252</t>
+          <t>9786254345272</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>52 Haftada Mutluluk Huzurlu Bir İş Hayatı İçin Pratik Bir Rehber</t>
+          <t>Beceri Kazanma ve Geliştirme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052189993</t>
+          <t>9786052189252</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gezegen</t>
+          <t>52 Haftada Mutluluk Huzurlu Bir İş Hayatı İçin Pratik Bir Rehber</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052189986</t>
+          <t>9786052189993</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bizim Gezegen</t>
+          <t>Mavi Gezegen</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052202005</t>
+          <t>9786052189986</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gezegen</t>
+          <t>Bizim Gezegen</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254345210</t>
+          <t>9786052202005</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ Çağında Dijitalleşme ve CRM</t>
+          <t>Yeşil Gezegen</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254345128</t>
+          <t>9786254345210</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Güvenlik</t>
+          <t>Yapay Zekâ Çağında Dijitalleşme ve CRM</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052181232</t>
+          <t>9786254345128</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kariyerinizi Siz Yönetin</t>
+          <t>Psikolojik Güvenlik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057859280</t>
+          <t>9786052181232</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Babalara Tavsiyeler</t>
+          <t>Kariyerinizi Siz Yönetin</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254345203</t>
+          <t>9786057859280</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Kadın Lider Olmak</t>
+          <t>Çalışan Babalara Tavsiyeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052181430</t>
+          <t>9786254345203</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eylemliliğin Evrimi Kertenkelelerden İnsanlara Davranışsal Organizasyon</t>
+          <t>İş Dünyasında Kadın Lider Olmak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055655686</t>
+          <t>9786052181430</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sanal Ekiplere Liderlik Etmek</t>
+          <t>Eylemliliğin Evrimi Kertenkelelerden İnsanlara Davranışsal Organizasyon</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052181225</t>
+          <t>9786055655686</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aile Şirketleri İçin Aile Anayasası</t>
+          <t>Sanal Ekiplere Liderlik Etmek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254345180</t>
+          <t>9786052181225</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kör Nokta</t>
+          <t>Aile Şirketleri İçin Aile Anayasası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254345197</t>
+          <t>9786254345180</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İncili Gastronomi Rehberi</t>
+          <t>Kör Nokta</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254345173</t>
+          <t>9786254345197</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Altın Liderlerden Başarının Sırları</t>
+          <t>İncili Gastronomi Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254345081</t>
+          <t>9786254345173</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sınavlara Hazırlanan Öğrenciler ve Veliler için Sınavda Başarı</t>
+          <t>Altın Liderlerden Başarının Sırları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254345036</t>
+          <t>9786254345081</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Organizasyonları Yeniden Keşfetmek</t>
+          <t>Sınavlara Hazırlanan Öğrenciler ve Veliler için Sınavda Başarı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254345050</t>
+          <t>9786254345036</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Otomasyon</t>
+          <t>Organizasyonları Yeniden Keşfetmek</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254345005</t>
+          <t>9786254345050</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kaşif</t>
+          <t>Akıllı Otomasyon</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254344992</t>
+          <t>9786254345005</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Butikten Zirveye 20 Yıl - Gelecek 10 Yıl (Ciltli)</t>
+          <t>Kurumsal Kaşif</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254344312</t>
+          <t>9786254344992</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Perakendeyi Yeniden Tanımlamak</t>
+          <t>Butikten Zirveye 20 Yıl - Gelecek 10 Yıl (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254344299</t>
+          <t>9786254344312</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Cesareti Kendini Dönüştür, Toplumu Dönüştür</t>
+          <t>Perakendeyi Yeniden Tanımlamak</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254344190</t>
+          <t>9786254344299</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İşyerinde Eşit Fırsatlar: Kariyer Stratejileri</t>
+          <t>Liderlik Cesareti Kendini Dönüştür, Toplumu Dönüştür</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254344183</t>
+          <t>9786254344190</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şakralar (Ciltli)</t>
+          <t>İşyerinde Eşit Fırsatlar: Kariyer Stratejileri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254344152</t>
+          <t>9786254344183</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm Yol Haritası</t>
+          <t>Şakralar (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254344107</t>
+          <t>9786254344152</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Bestseller Akıldışı Ama Öngörülebilir’in Yazarından - Yanlış İnanışlar</t>
+          <t>Dijital Dönüşüm Yol Haritası</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254343858</t>
+          <t>9786254344107</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Vadeden Girişimler</t>
+          <t>Uluslararası Bestseller Akıldışı Ama Öngörülebilir’in Yazarından - Yanlış İnanışlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254343742</t>
+          <t>9786254343858</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Sunum</t>
+          <t>Gelecek Vadeden Girişimler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254343759</t>
+          <t>9786254343742</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada İş Planı Hazırlamak</t>
+          <t>20 Dakikada Sunum</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254340710</t>
+          <t>9786254343759</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ekiplerin Beş Temel Aksaklığı</t>
+          <t>20 Dakikada İş Planı Hazırlamak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254343674</t>
+          <t>9786254340710</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada İnovatif Ekipler</t>
+          <t>Ekiplerin Beş Temel Aksaklığı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254343667</t>
+          <t>9786254343674</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Toplantı Yönetimi</t>
+          <t>20 Dakikada İnovatif Ekipler</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254343636</t>
+          <t>9786254343667</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şirket Yönetiminde Başarı (Ciltli)</t>
+          <t>20 Dakikada Toplantı Yönetimi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254343629</t>
+          <t>9786254343636</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Proje Yönetimi</t>
+          <t>Şirket Yönetiminde Başarı (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254343544</t>
+          <t>9786254343629</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>6 Deha Modeli</t>
+          <t>20 Dakikada Proje Yönetimi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254343513</t>
+          <t>9786254343544</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Verimlilik Savaşları 2</t>
+          <t>6 Deha Modeli</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254343506</t>
+          <t>9786254343513</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Hazır Perakende</t>
+          <t>Verimlilik Savaşları 2</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254343469</t>
+          <t>9786254343506</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka 2041</t>
+          <t>Geleceğe Hazır Perakende</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254342899</t>
+          <t>9786254343469</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bilime Neden Güvenmeliyiz?</t>
+          <t>Yapay Zeka 2041</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254343414</t>
+          <t>9786254342899</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Sanal İşbirliği</t>
+          <t>Bilime Neden Güvenmeliyiz?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254343360</t>
+          <t>9786254343414</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İşleri Yetiştirmek</t>
+          <t>20 Dakikada Sanal İşbirliği</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254343131</t>
+          <t>9786254343360</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>20 Dakikada Zaman Yönetimi</t>
+          <t>İşleri Yetiştirmek</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254342998</t>
+          <t>9786254343131</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamını Yeniden Tasarlamak</t>
+          <t>20 Dakikada Zaman Yönetimi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254342912</t>
+          <t>9786254342998</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi Elkitabı - Harvard Business Review</t>
+          <t>Çalışma Yaşamını Yeniden Tasarlamak</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786254342790</t>
+          <t>9786254342912</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Performans</t>
+          <t>Proje Yönetimi Elkitabı - Harvard Business Review</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254342608</t>
+          <t>9786254342790</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hayat Boyu Öğrenme</t>
+          <t>Yüksek Performans</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786254340918</t>
+          <t>9786254342608</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Scaling Up - Rockefeller Alışkanlıklarında Ustalaşmak 2.0</t>
+          <t>Hayat Boyu Öğrenme</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786254341212</t>
+          <t>9786254340918</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Topluluk Karşısında Konuşma ve Sunum</t>
+          <t>Scaling Up - Rockefeller Alışkanlıklarında Ustalaşmak 2.0</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786254340901</t>
+          <t>9786254341212</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kariyer Planı</t>
+          <t>Topluluk Karşısında Konuşma ve Sunum</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786254340727</t>
+          <t>9786254340901</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm</t>
+          <t>Kariyer Planı</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786254340758</t>
+          <t>9786254340727</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Kar</t>
+          <t>Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786254340529</t>
+          <t>9786254340758</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Becerileri</t>
+          <t>Gerçek Kar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254340086</t>
+          <t>9786254340529</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Devrimi</t>
+          <t>Yönetim Becerileri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786254340024</t>
+          <t>9786254340086</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Banka Şube Müdürünün El Kitabı</t>
+          <t>Yapay Zeka Devrimi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786254340031</t>
+          <t>9786254340024</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İletişim 2</t>
+          <t>Banka Şube Müdürünün El Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257804912</t>
+          <t>9786254340031</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Dayanıklılık</t>
+          <t>İletişim 2</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257804790</t>
+          <t>9786257804912</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Strateji 2</t>
+          <t>Kurumsal Dayanıklılık</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257804783</t>
+          <t>9786257804790</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İlk 90 Gün’ün Ardından Sıradaki Hamle</t>
+          <t>Strateji 2</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257804769</t>
+          <t>9786257804783</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Liderlik 2</t>
+          <t>İlk 90 Gün’ün Ardından Sıradaki Hamle</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257804547</t>
+          <t>9786257804769</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları</t>
+          <t>Liderlik 2</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257804554</t>
+          <t>9786257804547</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kurum Kültürü</t>
+          <t>İnsan Kaynakları</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257804417</t>
+          <t>9786257804554</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Müzakere</t>
+          <t>Kurum Kültürü</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257804400</t>
+          <t>9786257804417</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Liderlik</t>
+          <t>Müzakere</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257010719</t>
+          <t>9786257804400</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka</t>
+          <t>Güçlü Liderlik</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257010467</t>
+          <t>9786257010719</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Satışta Duygusal Zeka</t>
+          <t>Yapay Zeka</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257010474</t>
+          <t>9786257010467</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik</t>
+          <t>Satışta Duygusal Zeka</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057665942</t>
+          <t>9786257010474</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka ve Liderlik</t>
+          <t>Girişimcilik</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057665898</t>
+          <t>9786057665942</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Psikoloji</t>
+          <t>Duygusal Zeka ve Liderlik</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057665614</t>
+          <t>9786057665898</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yönetici</t>
+          <t>Yönetim ve Psikoloji</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057665621</t>
+          <t>9786057665614</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Liderin Elkitabı</t>
+          <t>Yeni Yönetici</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052202913</t>
+          <t>9786057665621</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Odaklanma</t>
+          <t>Liderin Elkitabı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052202920</t>
+          <t>9786052202913</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Öz Farkındalık</t>
+          <t>Odaklanma</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057842619</t>
+          <t>9786052202920</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Amaç Anlam ve Tutku</t>
+          <t>Öz Farkındalık</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057842602</t>
+          <t>9786057842619</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Çatışma ve İletişim</t>
+          <t>Amaç Anlam ve Tutku</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052202906</t>
+          <t>9786057842602</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bilge</t>
+          <t>Çatışma ve İletişim</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052202791</t>
+          <t>9786052202906</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Girişimcinin Elkitabı</t>
+          <t>Bilge</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052261712</t>
+          <t>9786052202791</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Özgün Liderlik</t>
+          <t>Girişimcinin Elkitabı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052261804</t>
+          <t>9786052261712</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Etkileme ve İkna</t>
+          <t>Özgün Liderlik</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052202746</t>
+          <t>9786052261804</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk - Duygusal Zeka</t>
+          <t>Etkileme ve İkna</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052261385</t>
+          <t>9786052202746</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Empati - Duygusal Zeka</t>
+          <t>Mutluluk - Duygusal Zeka</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052202272</t>
+          <t>9786052261385</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Resilience - Duygusal Zeka</t>
+          <t>Empati - Duygusal Zeka</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052202265</t>
+          <t>9786052202272</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka - Mindfulness</t>
+          <t>Resilience - Duygusal Zeka</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052202227</t>
+          <t>9786052202265</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Linkedln ile Networking</t>
+          <t>Duygusal Zeka - Mindfulness</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052202180</t>
+          <t>9786052202227</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Verimlilik Savaşları</t>
+          <t>İş Dünyasında Linkedln ile Networking</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052202128</t>
+          <t>9786052202180</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yapmamak</t>
+          <t>Verimlilik Savaşları</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052261378</t>
+          <t>9786052202128</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Satış</t>
+          <t>Yapmamak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052261231</t>
+          <t>9786052261378</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yöneticinin El Kitabı</t>
+          <t>Satış</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052261033</t>
+          <t>9786052261231</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama 4.0</t>
+          <t>Yöneticinin El Kitabı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257010443</t>
+          <t>9786052261033</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeka</t>
+          <t>Pazarlama 4.0</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052181478</t>
+          <t>9786257010443</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Sanayi Devrimi</t>
+          <t>Duygusal Zeka</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052261880</t>
+          <t>9786052181478</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Pazarlama</t>
+          <t>Dördüncü Sanayi Devrimi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052261750</t>
+          <t>9786052261880</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ekipler</t>
+          <t>Stratejik Pazarlama</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257010375</t>
+          <t>9786052261750</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon - HBR'S 10 Must Reads</t>
+          <t>Ekipler</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052261859</t>
+          <t>9786257010375</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Özgüven</t>
+          <t>İnovasyon - HBR'S 10 Must Reads</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052261866</t>
+          <t>9786052261859</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Buyology (Ciltli)</t>
+          <t>Yaratıcı Özgüven</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052202821</t>
+          <t>9786052261866</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İletişim</t>
+          <t>Buyology (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052202135</t>
+          <t>9786052202821</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Cesaret Yalnızdır</t>
+          <t>İletişim</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052202760</t>
+          <t>9786052202135</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyeni Satmak</t>
+          <t>Cesaret Yalnızdır</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257010382</t>
+          <t>9786052202760</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Toyota Tarzı Yalın Liderlik</t>
+          <t>Görünmeyeni Satmak</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052202159</t>
+          <t>9786257010382</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İlk 90 Gün</t>
+          <t>Toyota Tarzı Yalın Liderlik</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052202104</t>
+          <t>9786052202159</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Algıda, İknada, İletişimde Beyin Oyunları</t>
+          <t>İlk 90 Gün</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257010436</t>
+          <t>9786052202104</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Doğru Karar Almak</t>
+          <t>Algıda, İknada, İletişimde Beyin Oyunları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052189955</t>
+          <t>9786257010436</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Doğru Karar Almak</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052261781</t>
+          <t>9786052189955</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Networking</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052261903</t>
+          <t>9786052261781</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Liderlik</t>
+          <t>Networking</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052202296</t>
+          <t>9786052261903</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kendinizi Yönetmek</t>
+          <t>Liderlik</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052202814</t>
+          <t>9786052202296</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İş Modeli Üretimi</t>
+          <t>Kendinizi Yönetmek</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052261897</t>
+          <t>9786052202814</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yönetimi</t>
+          <t>İş Modeli Üretimi</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052261002</t>
+          <t>9786052261897</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hız</t>
+          <t>İnsan Yönetimi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944186896</t>
+          <t>9786052261002</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Görev Devretmek</t>
+          <t>Hız</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054538430</t>
+          <t>9789944186896</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Düşünürken</t>
+          <t>Görev Devretmek</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257010948</t>
+          <t>9786054538430</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Toyota Tarzı</t>
+          <t>Yeniden Düşünürken</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052202708</t>
+          <t>9786257010948</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Strateji</t>
+          <t>Toyota Tarzı</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052261057</t>
+          <t>9786052202708</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Amaç</t>
+          <t>Strateji</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
+          <t>9786052261057</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Amaç</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
           <t>9786052261507</t>
         </is>
       </c>
-      <c r="B124" s="1" t="inlineStr">
+      <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Akıldışı Ama Öngörülebilir</t>
         </is>
       </c>
-      <c r="C124" s="1">
+      <c r="C125" s="1">
         <v>500</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>