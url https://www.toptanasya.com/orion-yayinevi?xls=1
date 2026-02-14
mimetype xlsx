--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -94,396 +94,396 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786258226256</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Spinoza Teopolitiğinin Düşünsel Kökenleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>420</v>
+        <v>560</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786258307399</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Liderlik ve Vizyon Yönetimi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786258226201</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>İklim Değişikliği ve Kentler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786258226249</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Comparative Public Administration</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>540</v>
+        <v>700</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786258226232</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Küresel Rapor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>480</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786258226287</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Yerel Yönetimlerin Mali Yapısı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786258226270</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Türk-Yunan İlişkilerinin Psikopolotiği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786258226263</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Haşhaş: Bir Sosyal Tarih Anlatısı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786057235404</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Hz. Muhammed ve Kur'an'a Özür</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786258226294</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Yapay Zekanın Edebı̇yatı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786258226317</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Nükleer Oyunlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786258226300</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Medikal İstihbarat: İstihbaratın Biyolojik Yüzü</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786258226324</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>İran-Suudi Arabistan Bölgesel Rekabeti</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>430</v>
+        <v>560</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786258307375</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Dünyada Örgüt ve Bürokrasi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>450</v>
+        <v>580</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786258226164</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>İsrail</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>670</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786258307252</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Uluslararası Güvenlik ve Terörizm</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>670</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786258226089</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Çevresel Güvenlik</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786258307184</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786258307030</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Türk Dış Politikasında Düşünce Kuruluşları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057353115</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Irkçılığın Dönüşümü</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786257294065</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Siyasal Düşünceler Tarihi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>410</v>
+        <v>550</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9789944769402</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>İttihat ve Terraki’den Günümüze Siyasal Partiler</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>282</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786055145590</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786257294140</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>İmparatorluklar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786257294171</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Optisyenin Atölye Becerileri</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>315</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>