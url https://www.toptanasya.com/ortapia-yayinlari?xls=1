--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -109,51 +109,51 @@
         <is>
           <t>9786057144652</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Biomortem</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786057144645</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Kalk Bi Dopamin Demle</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786057144621</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Dünyanın En Yalnız Beyni</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057144614</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>