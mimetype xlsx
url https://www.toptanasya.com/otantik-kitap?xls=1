--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -85,1660 +85,1825 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256770270</t>
+          <t>9786257394826</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>İnan Bana -Vincent</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>365</v>
+        <v>205</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256239456</t>
+          <t>9786257394772</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Adam</t>
+          <t>İmparator (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256239425</t>
+          <t>9786257394536</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Oda</t>
+          <t>Limonlu Aşk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256239418</t>
+          <t>9786257394529</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Pusudaki Dehşet</t>
+          <t>Ateşin Sönük Kılıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257394734</t>
+          <t>9786057036162</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sır Sepeti</t>
+          <t>Antik Kent Knidos - Jerfi Muğla'da 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257394697</t>
+          <t>9786257394376</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Duman İzi</t>
+          <t>Faith - Vadedilen Kurtarıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>315</v>
+        <v>465</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257394437</t>
+          <t>9786256239371</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Darağacı - Kristal Gece</t>
+          <t>Bilim Kurgu Antolojisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>325</v>
+        <v>415</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256770218</t>
+          <t>9786256239463</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Kış</t>
+          <t>De Inventione - Hitabet Sanatı Üzerine</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>495</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256239388</t>
+          <t>9786256239432</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>299</v>
+        <v>335</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256239357</t>
+          <t>9786256239395</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ishagar – Kale Şövalyeleri 2</t>
+          <t>Zaman Makinesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256770386</t>
+          <t>9786256239449</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızın Kalbi ve Diğer Öyküler</t>
+          <t>Genç Werther'ın Acıları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>147</v>
+        <v>360</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256770379</t>
+          <t>9786256770270</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kıyısındaki Eski Dost</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>415</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256770393</t>
+          <t>9786256239456</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ayrılıktan Önce ve Diğer Öyküler</t>
+          <t>Görünmeyen Adam</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>140</v>
+        <v>365</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257394796</t>
+          <t>9786256239425</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Deniz Leydisi</t>
+          <t>Kendine Ait Bir Oda</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>145</v>
+        <v>330</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057487490</t>
+          <t>9786256239418</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Avcının Kızı (Ciltli)</t>
+          <t>Pusudaki Dehşet</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>410</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256770201</t>
+          <t>9786257394734</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Masters</t>
+          <t>Sır Sepeti</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256770263</t>
+          <t>9786257394697</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Zehir Çığlığı</t>
+          <t>Duman İzi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256770447</t>
+          <t>9786257394437</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ruhuma Dokunan Hayalet</t>
+          <t>Darağacı - Kristal Gece</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>395</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256770430</t>
+          <t>9786256770218</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Lanetli Kış</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>155</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057477644</t>
+          <t>9786256239388</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Savur Küllerini (Ciltli)</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256770164</t>
+          <t>9786256239357</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Gault</t>
+          <t>Ishagar – Kale Şövalyeleri 2</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256770416</t>
+          <t>9786256770386</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Çilekeş Kardeşler</t>
+          <t>Genç Kızın Kalbi ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256770362</t>
+          <t>9786256770379</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kanımdaki Yabancı</t>
+          <t>Deniz Kıyısındaki Eski Dost</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>385</v>
+        <v>170</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257394765</t>
+          <t>9786256770393</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Savur Küllerini: Anka</t>
+          <t>Ayrılıktan Önce ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>315</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256770225</t>
+          <t>9786257394796</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Geriye Doğan</t>
+          <t>Deniz Leydisi</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256770324</t>
+          <t>9786057487490</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>I Will Find You</t>
+          <t>Avcının Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>365</v>
+        <v>440</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256770195</t>
+          <t>9786256770201</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bir Antikacının Korkulu Rüyası</t>
+          <t>Dedektif Masters</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256770232</t>
+          <t>9786256770263</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sin - Evren Serisi 2</t>
+          <t>Zehir Çığlığı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256770171</t>
+          <t>9786256770447</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Androdemia: Safkanın Gözyaşları</t>
+          <t>Ruhuma Dokunan Hayalet</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>199</v>
+        <v>375</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256770188</t>
+          <t>9786256770430</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yasak Saatler</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256770119</t>
+          <t>9786057477644</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Jerfi Ankara’da</t>
+          <t>Savur Küllerini (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>135</v>
+        <v>370</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256770157</t>
+          <t>9786256770164</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Portal</t>
+          <t>Kaptan Gault</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256770133</t>
+          <t>9786256770416</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hacienda</t>
+          <t>Çilekeş Kardeşler</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256770102</t>
+          <t>9786256770362</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Benim Savaşım</t>
+          <t>Kanımdaki Yabancı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>155</v>
+        <v>440</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257394789</t>
+          <t>9786257394765</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Avcı’nın Kızı</t>
+          <t>Savur Küllerini: Anka</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256770140</t>
+          <t>9786256770225</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Avcısı Thomas Carnacki</t>
+          <t>Geriye Doğan</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>157</v>
+        <v>285</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257394857</t>
+          <t>9786256770324</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kör Adamın Dünyası</t>
+          <t>I Will Find You</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>157</v>
+        <v>365</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257394802</t>
+          <t>9786256770195</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hastalıklı Günler</t>
+          <t>Bir Antikacının Korkulu Rüyası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>155</v>
+        <v>195</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257394833</t>
+          <t>9786256770232</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sevgilerimle</t>
+          <t>Sin - Evren Serisi 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>335</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256770126</t>
+          <t>9786256770171</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Pandemi A.Ş.</t>
+          <t>Androdemia: Safkanın Gözyaşları</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257394840</t>
+          <t>9786256770188</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tono - Bungay</t>
+          <t>Yasak Saatler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257394819</t>
+          <t>9786256770119</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Havadaki Savaş</t>
+          <t>Jerfi Ankara’da</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>135</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257394741</t>
+          <t>9786256770157</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ekru Aşk</t>
+          <t>Portal</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257394727</t>
+          <t>9786256770133</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bogoshipda</t>
+          <t>Hacienda</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257394710</t>
+          <t>9786256770102</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kadın Koruma II - Küllerin Melodisi</t>
+          <t>Benim Savaşım</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>315</v>
+        <v>185</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257394703</t>
+          <t>9786257394789</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Devletin Kızı Lülü</t>
+          <t>Avcı’nın Kızı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>290</v>
+        <v>345</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257394673</t>
+          <t>9786256770140</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Kalbi</t>
+          <t>Hayalet Avcısı Thomas Carnacki</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057487414</t>
+          <t>9786257394857</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Hızlı Okuma Teknikleri</t>
+          <t>Kör Adamın Dünyası</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257394680</t>
+          <t>9786257394802</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Jerfi İstanbul’da</t>
+          <t>Hastalıklı Günler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257394666</t>
+          <t>9786257394833</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ayrılık Acısı Nasıl Geçer?</t>
+          <t>Sevgilerimle</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257394659</t>
+          <t>9786256770126</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Anratourn – Kale Şövalyeleri</t>
+          <t>Pandemi A.Ş.</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257394642</t>
+          <t>9786257394840</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nuvaris - Element Tanrıçası</t>
+          <t>Tono - Bungay</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257394635</t>
+          <t>9786257394819</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şarlatan</t>
+          <t>Havadaki Savaş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257394567</t>
+          <t>9786257394741</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hatırlar Mısın Müzeyyen?</t>
+          <t>Ekru Aşk</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257394574</t>
+          <t>9786257394727</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Sen Olduğunu Biliyorum (Ciltli)</t>
+          <t>Bogoshipda</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>295</v>
+        <v>305</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257394611</t>
+          <t>9786257394710</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Paint and Learn - Professions</t>
+          <t>Kadın Koruma II - Küllerin Melodisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>38</v>
+        <v>375</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257394604</t>
+          <t>9786257394703</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Paint and Learn - Numbers</t>
+          <t>Devletin Kızı Lülü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>38</v>
+        <v>335</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257394598</t>
+          <t>9786257394673</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Paint and Learn - Letters</t>
+          <t>Karanlığın Kalbi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>38</v>
+        <v>235</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257394628</t>
+          <t>9786057487414</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Paint and Learn - Fruits and Vegetables</t>
+          <t>Uygulamalı Hızlı Okuma Teknikleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>38</v>
+        <v>205</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257394581</t>
+          <t>9786257394680</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Paint and Learn - Animals</t>
+          <t>Jerfi İstanbul’da</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>38</v>
+        <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257394550</t>
+          <t>9786257394666</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Köln Radyosu</t>
+          <t>Aşk ve Ayrılık Acısı Nasıl Geçer?</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>235</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257394482</t>
+          <t>9786257394659</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Suret - Göldeki Ev (Ciltli)</t>
+          <t>Anratourn – Kale Şövalyeleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257394499</t>
+          <t>9786257394642</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Salvator - Ordorun Laneti (Ciltli)</t>
+          <t>Nuvaris - Element Tanrıçası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>395</v>
+        <v>310</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257394512</t>
+          <t>9786257394635</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Sönük Kılıcı</t>
+          <t>Şarlatan</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257394543</t>
+          <t>9786257394567</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hangisi Senin Hikayen?</t>
+          <t>Hatırlar Mısın Müzeyyen?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>295</v>
+        <v>305</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257394505</t>
+          <t>9786257394574</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sen de Başarırsın! - Gerçek Bir Yaşam Öyküsü</t>
+          <t>Sen Olduğunu Biliyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>390</v>
+        <v>335</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257394475</t>
+          <t>9786257394611</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>12. Seans Füg</t>
+          <t>Paint and Learn - Professions</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>155</v>
+        <v>55</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257394468</t>
+          <t>9786257394604</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ay Tutulması</t>
+          <t>Paint and Learn - Numbers</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>325</v>
+        <v>55</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257394444</t>
+          <t>9786257394598</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatan Serisi (4 Kitap Takım)</t>
+          <t>Paint and Learn - Letters</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>365</v>
+        <v>55</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257394451</t>
+          <t>9786257394628</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kıyılar</t>
+          <t>Paint and Learn - Fruits and Vegetables</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>325</v>
+        <v>55</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257394383</t>
+          <t>9786257394581</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Salkım Söğüt Suya Küsmüş</t>
+          <t>Paint and Learn - Animals</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>133</v>
+        <v>55</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257394413</t>
+          <t>9786257394550</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Uçan Karıncalar</t>
+          <t>Köln Radyosu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>165</v>
+        <v>305</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257394406</t>
+          <t>9786257394482</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İnebahtı Deniz Savaşı - Kılıç Ali Reis</t>
+          <t>Suret - Göldeki Ev (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>175</v>
+        <v>335</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257394390</t>
+          <t>9786257394499</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cerbe Deniz Savaşı</t>
+          <t>Salvator - Ordorun Laneti (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057036155</t>
+          <t>9786257394512</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Jerfi Muğla'da (5 Kitap Takım)</t>
+          <t>Ateşin Sönük Kılıcı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257394352</t>
+          <t>9786257394543</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bilinmezlik Senfonisi - Kaçış (Ciltli)</t>
+          <t>Hangisi Senin Hikayen?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>430</v>
+        <v>335</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257394338</t>
+          <t>9786257394505</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Evren Serisi - Sis (Ciltli)</t>
+          <t>Sen de Başarırsın! - Gerçek Bir Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257394369</t>
+          <t>9786257394475</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hüküm - Aşk Mahkemesi (Ciltli)</t>
+          <t>12. Seans Füg</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257394000</t>
+          <t>9786257394468</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Antik Kent Kayaköy - Jerfi Muğla'da 5</t>
+          <t>Ay Tutulması</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>135</v>
+        <v>395</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057036179</t>
+          <t>9786257394444</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Antik Kent Stratonikeia - Jerfi Muğla'da 4</t>
+          <t>Mavi Vatan Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>135</v>
+        <v>365</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057036186</t>
+          <t>9786257394451</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Antik Kent Kaunos - Jerfi Muğla'da 2</t>
+          <t>Mavi Kıyılar</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>135</v>
+        <v>395</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057036193</t>
+          <t>9786257394383</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Antik Kent Herakleia - Jerfi Muğla'da 3</t>
+          <t>Salkım Söğüt Suya Küsmüş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>135</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257394024</t>
+          <t>9786257394413</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Demren (Ciltli)</t>
+          <t>Uçan Karıncalar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>385</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257394031</t>
+          <t>9786257394406</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Göldeki Ev (Ciltli)</t>
+          <t>İnebahtı Deniz Savaşı - Kılıç Ali Reis</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>345</v>
+        <v>205</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257394017</t>
+          <t>9786257394390</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zeki Anneler</t>
+          <t>Cerbe Deniz Savaşı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>218</v>
+        <v>205</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257394345</t>
+          <t>9786057036155</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Avcı’nın Kızı</t>
+          <t>Jerfi Muğla'da (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057036148</t>
+          <t>9786257394352</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İnsiyak</t>
+          <t>Bilinmezlik Senfonisi - Kaçış (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>335</v>
+        <v>495</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057036131</t>
+          <t>9786257394338</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yersiz Ruh -Şizofren</t>
+          <t>Evren Serisi - Sis (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057036117</t>
+          <t>9786257394369</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ponza Deniz Savaşı - Mavi Vatan Serisi 2</t>
+          <t>Hüküm - Aşk Mahkemesi (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057036124</t>
+          <t>9786257394000</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Preveze Deniz Savaşı - Mavi Vatan Serisi 1</t>
+          <t>Antik Kent Kayaköy - Jerfi Muğla'da 5</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057477699</t>
+          <t>9786057036179</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kağıtçının 100 Günü</t>
+          <t>Antik Kent Stratonikeia - Jerfi Muğla'da 4</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057477675</t>
+          <t>9786057036186</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Halayığın İncileri</t>
+          <t>Antik Kent Kaunos - Jerfi Muğla'da 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057477682</t>
+          <t>9786057036193</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kuş Ebrusu</t>
+          <t>Antik Kent Herakleia - Jerfi Muğla'da 3</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057036100</t>
+          <t>9786257394024</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Vatan Sağ Olsun!</t>
+          <t>Demren (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>155</v>
+        <v>430</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057477668</t>
+          <t>9786257394031</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Suskun Cemre</t>
+          <t>Göldeki Ev (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>155</v>
+        <v>370</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057477651</t>
+          <t>9786257394017</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kadim Han Tarihi</t>
+          <t>Duygusal Zeki Anneler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057477637</t>
+          <t>9786257394345</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Ruhuma Dokunan Hayalet (Ciltli)</t>
+          <t>Avcı’nın Kızı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>365</v>
+        <v>375</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057477606</t>
+          <t>9786057036148</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kadın Koruma (Ciltli)</t>
+          <t>İnsiyak</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>395</v>
+        <v>380</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057487483</t>
+          <t>9786057036131</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Anne Oğul Günlükleri (Ciltli)</t>
+          <t>Yersiz Ruh -Şizofren</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057477613</t>
+          <t>9786057036117</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Albina (Ciltli)</t>
+          <t>Ponza Deniz Savaşı - Mavi Vatan Serisi 2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>345</v>
+        <v>205</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057477620</t>
+          <t>9786057036124</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Anlatma (Ciltli)</t>
+          <t>Preveze Deniz Savaşı - Mavi Vatan Serisi 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>345</v>
+        <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057487469</t>
+          <t>9786057477699</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Seni Kalbime Sakladım (Ciltli)</t>
+          <t>Kağıtçının 100 Günü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057487476</t>
+          <t>9786057477675</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hançer-i Süleyman - Cazülar</t>
+          <t>Halayığın İncileri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057487438</t>
+          <t>9786057477682</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Vadi - Dahiler Kulübü (Ciltli)</t>
+          <t>Kuş Ebrusu</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057487421</t>
+          <t>9786057036100</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Okul - Dahiler Kulübü (Ciltli)</t>
+          <t>Vatan Sağ Olsun!</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057487445</t>
+          <t>9786057477668</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Kitap - Dahiler Kulübü (Ciltli)</t>
+          <t>Suskun Cemre</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057487452</t>
+          <t>9786057477651</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Saranghae - Seni Seviyorum (Ciltli)</t>
+          <t>Kadim Han Tarihi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
+          <t>9786057477637</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Ruhuma Dokunan Hayalet (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786057477606</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Koruma (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786057487483</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Anne Oğul Günlükleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786057477613</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Albina (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786057477620</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Anlatma (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786057487469</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Seni Kalbime Sakladım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786057487476</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Hançer-i Süleyman - Cazülar</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786057487438</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Esrarengiz Vadi - Dahiler Kulübü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786057487421</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Ormandaki Okul - Dahiler Kulübü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786057487445</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Kitap - Dahiler Kulübü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786057487452</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Saranghae - Seni Seviyorum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
           <t>9786057487407</t>
         </is>
       </c>
-      <c r="B109" s="1" t="inlineStr">
+      <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Sen Olduğunu Biliyorum 2 (Ciltli)</t>
         </is>
       </c>
-      <c r="C109" s="1">
-        <v>295</v>
+      <c r="C120" s="1">
+        <v>335</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>