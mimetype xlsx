--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,6535 +85,6565 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789755845876</t>
+          <t>9789755846088</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Gölgesinde</t>
+          <t>Uçurum Terbiyesi</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789755846057</t>
+          <t>9789755846095</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zagros’un Ötesine</t>
+          <t>Üç Köşeli Satranç</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789755846064</t>
+          <t>9789755845876</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Bir Ağacın Gölgesinde</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755846071</t>
+          <t>9789755846057</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Aidiyetsizler</t>
+          <t>Zagros’un Ötesine</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755845746</t>
+          <t>9789755846064</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mahir’in Rüyası: Amida (Ciltli)</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789755845630</t>
+          <t>9789755846071</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Üryan (Ciltli)</t>
+          <t>Aidiyetsizler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755844725</t>
+          <t>9789755845746</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Üçgen Köyün Canavarı</t>
+          <t>Mahir’in Rüyası: Amida (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755844718</t>
+          <t>9789755845630</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kuzu Kuziko</t>
+          <t>Üryan (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755844701</t>
+          <t>9789755844725</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Plastik Çiçek Açi</t>
+          <t>Üçgen Köyün Canavarı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755844695</t>
+          <t>9789755844718</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kikiro</t>
+          <t>Uçan Kuzu Kuziko</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755844688</t>
+          <t>9789755844701</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kangurunun Cebinde Ne Var</t>
+          <t>Plastik Çiçek Açi</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755844671</t>
+          <t>9789755844695</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İyilik Nakli</t>
+          <t>Kikiro</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755844664</t>
+          <t>9789755844688</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gıcık Kırmızı</t>
+          <t>Kangurunun Cebinde Ne Var</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755844558</t>
+          <t>9789755844671</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ben Benim Sen Sensin</t>
+          <t>İyilik Nakli</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755844541</t>
+          <t>9789755844664</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Rüya Fotoğrafçısı</t>
+          <t>Gıcık Kırmızı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755844534</t>
+          <t>9789755844558</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Böcek Ceki</t>
+          <t>Ben Benim Sen Sensin</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755844497</t>
+          <t>9789755844541</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Anemon (Ciltli)</t>
+          <t>Rüya Fotoğrafçısı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056889103</t>
+          <t>9789755844534</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Pars'ın Rüyaları (Ciltli)</t>
+          <t>Böcek Ceki</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755843445</t>
+          <t>9789755844497</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Ayakkabıları (Ciltli)</t>
+          <t>Anemon (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789755843339</t>
+          <t>9786056889103</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Modern Dünya (Ciltli)</t>
+          <t>Pars'ın Rüyaları (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755843155</t>
+          <t>9789755843445</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kapalı Kadın Psikiyatri'ye Hoş Geldiniz (Ciltli)</t>
+          <t>Dedemin Ayakkabıları (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755843162</t>
+          <t>9789755843339</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dört Adalı (Bir Kıtalı) (Ciltli)</t>
+          <t>Bilim ve Modern Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755843223</t>
+          <t>9789755843155</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Her Ömür Kendi Gençliğinden Vurulur (Ciltli)</t>
+          <t>Kapalı Kadın Psikiyatri'ye Hoş Geldiniz (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755842356</t>
+          <t>9789755843162</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Onlarsız Olmaz (Ciltli)</t>
+          <t>Dört Adalı (Bir Kıtalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755842981</t>
+          <t>9789755843223</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Öyküler ve Anlatılar (Ciltli)</t>
+          <t>Her Ömür Kendi Gençliğinden Vurulur (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755843186</t>
+          <t>9789755842356</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Politika Felsefesi Nedir? (Ciltli)</t>
+          <t>Onlarsız Olmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058305595</t>
+          <t>9789755842981</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayal Divan (Ciltli)</t>
+          <t>Öyküler ve Anlatılar (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755842899</t>
+          <t>9789755843186</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Oblomov (Ciltli)</t>
+          <t>Politika Felsefesi Nedir? (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789755842936</t>
+          <t>9786058305595</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Nedir (Ciltli)</t>
+          <t>Hayal Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755842851</t>
+          <t>9789755842899</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi (Ciltli)</t>
+          <t>Oblomov (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755842912</t>
+          <t>9789755842936</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi (Ciltli)</t>
+          <t>Mülkiyet Nedir (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789758012749</t>
+          <t>9789755842851</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Olmanın Önemi - Christopher Columbus'un Öyküsü</t>
+          <t>İki Şehrin Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758012732</t>
+          <t>9789755842912</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücünün Önemi - Charles Dickens'in Öyküsü</t>
+          <t>Ermişin Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789755842059</t>
+          <t>9789758012749</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni (Ciltli)</t>
+          <t>Meraklı Olmanın Önemi - Christopher Columbus'un Öyküsü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789755842929</t>
+          <t>9789758012732</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Hayal Gücünün Önemi - Charles Dickens'in Öyküsü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755842813</t>
+          <t>9789755842059</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Meczup (Ciltli)</t>
+          <t>Yeni Dünya Düzeni (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058305519</t>
+          <t>9789755842929</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Gözyaşı ve Bir Tebessüm (Ciltli)</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755842806</t>
+          <t>9789755842813</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Öncü (Ciltli)</t>
+          <t>Meczup (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758012787</t>
+          <t>9786058305519</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Saygının Önemi - Abraham Lincoln'un Öyküsü</t>
+          <t>Bir Gözyaşı ve Bir Tebessüm (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755842554</t>
+          <t>9789755842806</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Ustalaşıyoruz</t>
+          <t>Öncü (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789755842561</t>
+          <t>9789758012787</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Felsefe</t>
+          <t>Saygının Önemi - Abraham Lincoln'un Öyküsü</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755842592</t>
+          <t>9789755842554</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Aydınlığa Doğru</t>
+          <t>Felsefede Ustalaşıyoruz</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755842622</t>
+          <t>9789755842561</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Mümkün</t>
+          <t>Hayatımız Felsefe</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755842530</t>
+          <t>9789755842592</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Felsefe</t>
+          <t>Aydınlığa Doğru</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755842141</t>
+          <t>9789755842622</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yeni Paradigmayı Oluşturmak (Ciltli)</t>
+          <t>Başka Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789757782582</t>
+          <t>9789755842530</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Netoçka Nezvanova (Ciltli)</t>
+          <t>Hoş Geldin Felsefe</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789758012107</t>
+          <t>9789755842141</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi (Ciltli)</t>
+          <t>Yeni Paradigmayı Oluşturmak (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9758012525004</t>
+          <t>9789757782582</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Koca (Ciltli)</t>
+          <t>Netoçka Nezvanova (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755842073</t>
+          <t>9789758012107</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Dava (Ciltli)</t>
+          <t>Toplum Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789755842134</t>
+          <t>9758012525004</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Geleneğinin Anatomisi: Yediyüz (Ciltli)</t>
+          <t>Ebedi Koca (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755842660</t>
+          <t>9789755842073</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Nedir? (Ciltli)</t>
+          <t>Dava (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789757782360</t>
+          <t>9789755842134</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar (Ciltli)</t>
+          <t>Bir Devlet Geleneğinin Anatomisi: Yediyüz (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755842363</t>
+          <t>9789755842660</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kent - Komün - Ekoloji</t>
+          <t>Fotoğraf Nedir? (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789755843827</t>
+          <t>9789757782360</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Buluşma (Ciltli)</t>
+          <t>İnsancıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755843278</t>
+          <t>9789755842363</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Satranç (Ciltli)</t>
+          <t>Kent - Komün - Ekoloji</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755846040</t>
+          <t>9789755843827</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Kurumlar Hukuku</t>
+          <t>Buluşma (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755846026</t>
+          <t>9789755843278</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Toplum Hukuku</t>
+          <t>Satranç (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755846019</t>
+          <t>9789755846040</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Ulusun Yerelden Genele İnşası</t>
+          <t>Demokratik Kurumlar Hukuku</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755846002</t>
+          <t>9789755846026</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ardından Güzel Sonsuz (Toplu Şiirler)</t>
+          <t>Demokratik Toplum Hukuku</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755845999</t>
+          <t>9789755846019</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Konuşamadığımız Şeyler</t>
+          <t>Demokratik Ulusun Yerelden Genele İnşası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755845982</t>
+          <t>9789755846002</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bahab</t>
+          <t>Ardından Güzel Sonsuz (Toplu Şiirler)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755845852</t>
+          <t>9789755845999</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Gelmeyeceksen Söyle</t>
+          <t>Konuşamadığımız Şeyler</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755845913</t>
+          <t>9789755845982</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Martı Bahattin</t>
+          <t>Bahab</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755845906</t>
+          <t>9789755845852</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Maskeler Yüzümüzde Hopbidik</t>
+          <t>Gelmeyeceksen Söyle</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755845890</t>
+          <t>9789755845913</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Med / Cezir</t>
+          <t>Martı Bahattin</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755845869</t>
+          <t>9789755845906</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Orta Sehpa</t>
+          <t>Maskeler Yüzümüzde Hopbidik</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755845975</t>
+          <t>9789755845890</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>O Dağ Yollarında</t>
+          <t>Med / Cezir</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755845920</t>
+          <t>9789755845869</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ne Peygamber Buyruğudur Ne De Kanun</t>
+          <t>Orta Sehpa</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755845883</t>
+          <t>9789755845975</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Genetik Öfke</t>
+          <t>O Dağ Yollarında</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755845968</t>
+          <t>9789755845920</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Alır Rengini (Toplu Şiirler)</t>
+          <t>Ne Peygamber Buyruğudur Ne De Kanun</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755845937</t>
+          <t>9789755845883</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kavgalı Küçük Fener</t>
+          <t>Genetik Öfke</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755845951</t>
+          <t>9789755845968</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ayo Ayo</t>
+          <t>Aşktan Alır Rengini (Toplu Şiirler)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755845944</t>
+          <t>9789755845937</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kırık Zar</t>
+          <t>Kavgalı Küçük Fener</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755844589</t>
+          <t>9789755845951</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Benzemez Kimse Sana</t>
+          <t>Ayo Ayo</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755845760</t>
+          <t>9789755845944</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Krios</t>
+          <t>Kırık Zar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755845807</t>
+          <t>9789755844589</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bela Mıknatısı</t>
+          <t>Benzemez Kimse Sana</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755845821</t>
+          <t>9789755845760</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pera (Ciltli)</t>
+          <t>Krios</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755845791</t>
+          <t>9789755845807</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Rüya’nın Mezarlığı (Deniz’e Kavuşan Adamın Hikayesi)</t>
+          <t>Bela Mıknatısı</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755845838</t>
+          <t>9789755845821</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Med Cezir (Ciltli)</t>
+          <t>Pera (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755845814</t>
+          <t>9789755845791</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şavkıkara</t>
+          <t>Rüya’nın Mezarlığı (Deniz’e Kavuşan Adamın Hikayesi)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755845845</t>
+          <t>9789755845838</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Turnalar (Toplu Şiirler) (Ciltli)</t>
+          <t>Med Cezir (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755844039</t>
+          <t>9789755845814</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Süt Kokusu (Ciltli)</t>
+          <t>Şavkıkara</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755845777</t>
+          <t>9789755845845</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sende Kalmak</t>
+          <t>Turnalar (Toplu Şiirler) (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755843308</t>
+          <t>9789755844039</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Anlam İstenci (Ciltli)</t>
+          <t>Süt Kokusu (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789758012862</t>
+          <t>9789755845777</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Olmanın Önemi - Konfüçyus'un Öyküsü</t>
+          <t>Sende Kalmak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>2770000033060</t>
+          <t>9789755843308</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Çocuk Seti (20 Kitap Takım)</t>
+          <t>Anlam İstenci (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758012909</t>
+          <t>9789758012862</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Özdisiplinin Önemi - Alexander Graham Bell'in Öyküsü</t>
+          <t>Dürüst Olmanın Önemi - Konfüçyus'un Öyküsü</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789758012763</t>
+          <t>2770000033060</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kararlılığın Önemi - Hellen Kaller'in Öyküsü</t>
+          <t>Değerler Eğitimi Çocuk Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758012718</t>
+          <t>9789758012909</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kendine İnanmanın Önemi - Louis Pasteur'un Öyküsü</t>
+          <t>Özdisiplinin Önemi - Alexander Graham Bell'in Öyküsü</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758012794</t>
+          <t>9789758012763</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmanın Önemi - Mayo Kardeşler'in Öyküsü</t>
+          <t>Kararlılığın Önemi - Hellen Kaller'in Öyküsü</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789755842493</t>
+          <t>9789758012718</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kullanışlı Aletler Yapıyoruz</t>
+          <t>Kendine İnanmanın Önemi - Louis Pasteur'un Öyküsü</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789755842585</t>
+          <t>9789758012794</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hala Umut Var</t>
+          <t>Paylaşmanın Önemi - Mayo Kardeşler'in Öyküsü</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755842783</t>
+          <t>9789755842493</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğin Araştırmaları (Ciltli)</t>
+          <t>Kullanışlı Aletler Yapıyoruz</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>3990000027308</t>
+          <t>9789755842585</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Seti (20 Kitap Takım)</t>
+          <t>Hala Umut Var</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>2500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000027471</t>
+          <t>9789755842783</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Hurmete - Çiroka Abraham Lincoln</t>
+          <t>Bir Köpeğin Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000027465</t>
+          <t>3990000027308</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Dılrastıye - Çiroka Konfuçyus</t>
+          <t>Çocuk Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>8690102882837</t>
+          <t>3990000027471</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe (15 Kitap Takım)</t>
+          <t>Gıringıya Hurmete - Çiroka Abraham Lincoln</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>1500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789755842431</t>
+          <t>3990000027465</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz (Ciltli)</t>
+          <t>Gıringıya Dılrastıye - Çiroka Konfuçyus</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789755842080</t>
+          <t>8690102882837</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Şato (Ciltli)</t>
+          <t>Çocuklar İçin Felsefe (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>375</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755843780</t>
+          <t>9789755842431</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sen Yoktun</t>
+          <t>Kumarbaz (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755843544</t>
+          <t>9789755842080</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmayla Balık Tutmak</t>
+          <t>Şato (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>75</v>
+        <v>375</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755845517</t>
+          <t>9789755843780</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Hikayeleri</t>
+          <t>Sen Yoktun</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755845272</t>
+          <t>9789755843544</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Operası (Ciltli)</t>
+          <t>Uçurtmayla Balık Tutmak</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755845753</t>
+          <t>9789755845517</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Güz Yüzü</t>
+          <t>Nasrettin Hoca Hikayeleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755845616</t>
+          <t>9789755845272</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Rozaliya (Ciltli)</t>
+          <t>Köpekler Operası (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755845739</t>
+          <t>9789755845753</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ege-Batı Anadolu Mitolojisi (Efsaneleri ve Aşkları) (Ciltli)</t>
+          <t>Güz Yüzü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755845692</t>
+          <t>9789755845616</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tanrım ve Ben (Ciltli)</t>
+          <t>Rozaliya (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755843384</t>
+          <t>9789755845739</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Savaş Çok Acımasız</t>
+          <t>Ege-Batı Anadolu Mitolojisi (Efsaneleri ve Aşkları) (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758012930</t>
+          <t>9789755845692</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Önemi - Marie Curie'nin Öyküsü</t>
+          <t>Tanrım ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755843483</t>
+          <t>9789755843384</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kutsuz Kuş (Ciltli)</t>
+          <t>Savaş Çok Acımasız</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789755845685</t>
+          <t>9789758012930</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan'ın İkinci Dünya Savaşındaki Özverileri</t>
+          <t>Öğrenmenin Önemi - Marie Curie'nin Öyküsü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>875</v>
+        <v>100</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789755845708</t>
+          <t>9789755843483</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava Edebiyatı (Mehmed Uzun’un Yazarlığı)</t>
+          <t>Kutsuz Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755845678</t>
+          <t>9789755845685</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bento’nun Tuhaf Huyları</t>
+          <t>Yunanistan'ın İkinci Dünya Savaşındaki Özverileri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>500</v>
+        <v>875</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755845722</t>
+          <t>9789755845708</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’ya Ağlıyordu Niobe</t>
+          <t>Bir Dava Edebiyatı (Mehmed Uzun’un Yazarlığı)</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755845715</t>
+          <t>9789755845678</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Acının Karşı Kıyısı</t>
+          <t>Bento’nun Tuhaf Huyları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789755845586</t>
+          <t>9789755845722</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Üç Kutsalın İhaneti</t>
+          <t>Anadolu’ya Ağlıyordu Niobe</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789755845661</t>
+          <t>9789755845715</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İpek İskelet</t>
+          <t>Acının Karşı Kıyısı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789755845647</t>
+          <t>9789755845586</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Alevi Olmak</t>
+          <t>Üç Kutsalın İhaneti</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789755845579</t>
+          <t>9789755845661</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Sanrı</t>
+          <t>İpek İskelet</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789755845654</t>
+          <t>9789755845647</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kürt ve Alevi Topluluklarda Ölüm ve Ölüm Sonrası Düşüncesi</t>
+          <t>Alevi Olmak</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789755845463</t>
+          <t>9789755845579</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse - Satırlar Kirlenmeden Önce (Ciltli)</t>
+          <t>Sis ve Sanrı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755845500</t>
+          <t>9789755845654</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Geyikler Çıksın Ava (Ciltli)</t>
+          <t>Kürt ve Alevi Topluluklarda Ölüm ve Ölüm Sonrası Düşüncesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755845456</t>
+          <t>9789755845463</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Amarat (Ciltli)</t>
+          <t>Hiç Kimse - Satırlar Kirlenmeden Önce (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755845425</t>
+          <t>9789755845500</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tarlalar, Fabrikalar ve Atölyeler</t>
+          <t>Geyikler Çıksın Ava (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755845487</t>
+          <t>9789755845456</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Anılarım (İm Huşerı)</t>
+          <t>Amarat (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755845470</t>
+          <t>9789755845425</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Beş Modernlik Uğrağı (Ciltli)</t>
+          <t>Tarlalar, Fabrikalar ve Atölyeler</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944294010</t>
+          <t>9789755845487</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Etik (Ciltli)</t>
+          <t>Anılarım (İm Huşerı)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755842875</t>
+          <t>9789755845470</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Beş Modernlik Uğrağı (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789755845418</t>
+          <t>9789944294010</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Alevi Mitolojisi (Sayılar ve Hayvan Simgeleriyle)</t>
+          <t>Etik (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789757782841</t>
+          <t>9789755842875</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Yeni Giriş Dersleri (Ciltli)</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789758012169</t>
+          <t>9789755845418</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Dinin Kökenleri (Ciltli)</t>
+          <t>Alevi Mitolojisi (Sayılar ve Hayvan Simgeleriyle)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755841496</t>
+          <t>9789757782841</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Devlet (Ciltli)</t>
+          <t>Psikanalize Yeni Giriş Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789755845371</t>
+          <t>9789758012169</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Umudun Tükendiği Zamanlar (Abraham H. Hartunian’ın Ermeni Soykırımı Anısı)</t>
+          <t>Dinin Kökenleri (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755845357</t>
+          <t>9789755841496</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Dolaylarında (Ciltli)</t>
+          <t>Tanrı ve Devlet (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755845302</t>
+          <t>9789755845371</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Alkışın Rüzgarı (Ciltli)</t>
+          <t>Umudun Tükendiği Zamanlar (Abraham H. Hartunian’ın Ermeni Soykırımı Anısı)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755844435</t>
+          <t>9789755845357</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Denizden Gelen Konuklar</t>
+          <t>Şiirin Dolaylarında (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755844459</t>
+          <t>9789755845302</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası Meraklı</t>
+          <t>Alkışın Rüzgarı (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755844442</t>
+          <t>9789755844435</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Nine'nin Çiftliğinde Bir Sabah</t>
+          <t>Denizden Gelen Konuklar</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755844466</t>
+          <t>9789755844459</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Konuşmayan Çocuk, Pap Pap ve Pati Üzerine Bir Öykü</t>
+          <t>Su Damlası Meraklı</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755844398</t>
+          <t>9789755844442</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İlginç Armağan</t>
+          <t>Sevgi Nine'nin Çiftliğinde Bir Sabah</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755844473</t>
+          <t>9789755844466</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Küpeli Kızlar</t>
+          <t>Konuşmayan Çocuk, Pap Pap ve Pati Üzerine Bir Öykü</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755845173</t>
+          <t>9789755844398</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Zewe</t>
+          <t>İlginç Armağan</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755844480</t>
+          <t>9789755844473</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçenin Gizemi</t>
+          <t>Kiraz Küpeli Kızlar</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755845180</t>
+          <t>9789755845173</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hieros Gamos</t>
+          <t>Zewe</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755844404</t>
+          <t>9789755844480</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cik Cik, Minik Serçecik</t>
+          <t>Gizli Bahçenin Gizemi</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755844428</t>
+          <t>9789755845180</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyüdüğüm Zaman</t>
+          <t>Hieros Gamos</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755844411</t>
+          <t>9789755844404</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Kara</t>
+          <t>Cik Cik, Minik Serçecik</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755845111</t>
+          <t>9789755844428</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yokuş</t>
+          <t>Ben Büyüdüğüm Zaman</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755845128</t>
+          <t>9789755844411</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Neden Aşkta Dikiş Tutturamıyoruz? (Ciltli)</t>
+          <t>Benim Adım Kara</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789755845142</t>
+          <t>9789755845111</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Issız Kuğu (Susmalar) (Ciltli)</t>
+          <t>Yokuş</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755845135</t>
+          <t>9789755845128</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazgı Savaşı (Ciltli)</t>
+          <t>Neden Aşkta Dikiş Tutturamıyoruz? (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755845081</t>
+          <t>9789755845142</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Macbeth (Ciltli)</t>
+          <t>Issız Kuğu (Susmalar) (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755845074</t>
+          <t>9789755845135</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Simurg Origami (Ciltli)</t>
+          <t>Bir Yazgı Savaşı (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755845043</t>
+          <t>9789755845081</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Aslında Gülmek Ona Yakışıyor (Ciltli)</t>
+          <t>Macbeth (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755845012</t>
+          <t>9789755845074</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Resim Seven Kaplumbağa (The Turtle Who Loves Picture)</t>
+          <t>Simurg Origami (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755845029</t>
+          <t>9789755845043</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Süs Balığı (Ornamental Fish)</t>
+          <t>Aslında Gülmek Ona Yakışıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755845005</t>
+          <t>9789755845012</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Özür Dilerim Karga (I Beg Your Pardon, Crow)</t>
+          <t>Resim Seven Kaplumbağa (The Turtle Who Loves Picture)</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755844992</t>
+          <t>9789755845029</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Oyundaki Rolüm (My Role In The Game)</t>
+          <t>Süs Balığı (Ornamental Fish)</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755844985</t>
+          <t>9789755845005</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Okuma Bayramı Yaklaşıyor (Reading Day Is Coming)</t>
+          <t>Özür Dilerim Karga (I Beg Your Pardon, Crow)</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755844961</t>
+          <t>9789755844992</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ses (The Mysterious Voice)</t>
+          <t>Oyundaki Rolüm (My Role In The Game)</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755844923</t>
+          <t>9789755844985</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Etkisi</t>
+          <t>Okuma Bayramı Yaklaşıyor (Reading Day Is Coming)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755844947</t>
+          <t>9789755844961</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Eylül’ün Günebakanları (Eylül‘s Sunflowers)</t>
+          <t>Gizemli Ses (The Mysterious Voice)</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755844978</t>
+          <t>9789755844923</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kaçma Yaprak Uçma Yaprak (Don’t Flee Leaf, Don’t Fly Leaf)</t>
+          <t>Köstebek Etkisi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755844954</t>
+          <t>9789755844947</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Fufu</t>
+          <t>Eylül’ün Günebakanları (Eylül‘s Sunflowers)</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755844930</t>
+          <t>9789755844978</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Eylül’ün Ayıları (Eylül‘s Bears)</t>
+          <t>Kaçma Yaprak Uçma Yaprak (Don’t Flee Leaf, Don’t Fly Leaf)</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755845036</t>
+          <t>9789755844954</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Aslında Geri Gelmiştim</t>
+          <t>Fufu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755844909</t>
+          <t>9789755844930</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Romana Modern Öznenin Trajedisi (Ciltli)</t>
+          <t>Eylül’ün Ayıları (Eylül‘s Bears)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755844916</t>
+          <t>9789755845036</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Havva'nın Düşü (Ciltli)</t>
+          <t>Aslında Geri Gelmiştim</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755844886</t>
+          <t>9789755844909</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacı (Ciltli)</t>
+          <t>Şiirden Romana Modern Öznenin Trajedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755844800</t>
+          <t>9789755844916</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Saçlarım Sırma Olmasın Ben Ölünce (Ciltli)</t>
+          <t>Havva'nın Düşü (Ciltli)</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755844893</t>
+          <t>9789755844886</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>The Walking Bush Swings By</t>
+          <t>Zeytin Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755844855</t>
+          <t>9789755844800</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Zü'nün Tuhaf İnsanları (Ciltli)</t>
+          <t>Saçlarım Sırma Olmasın Ben Ölünce (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755844831</t>
+          <t>9789755844893</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Ses Ozan Nesimi (Ciltli)</t>
+          <t>The Walking Bush Swings By</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755844879</t>
+          <t>9789755844855</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bermal (Ciltli)</t>
+          <t>Zü'nün Tuhaf İnsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755844824</t>
+          <t>9789755844831</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelinlerin Kızları</t>
+          <t>Kaybolan Ses Ozan Nesimi (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755844756</t>
+          <t>9789755844879</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar (Ciltli)</t>
+          <t>Bermal (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755844862</t>
+          <t>9789755844824</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Girdap (Ciltli)</t>
+          <t>Çocuk Gelinlerin Kızları</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755844848</t>
+          <t>9789755844756</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanelerinin Greta Thunberg ile Yeryüzü Maceraları (Ciltli)</t>
+          <t>Aforizmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755844817</t>
+          <t>9789755844862</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Şenliği (Ciltli)</t>
+          <t>Girdap (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755844749</t>
+          <t>9789755844848</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İskele Sandalyeleri (Ciltli)</t>
+          <t>Kar Tanelerinin Greta Thunberg ile Yeryüzü Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755844794</t>
+          <t>9789755844817</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Electrico 28 (Ciltli)</t>
+          <t>Kuşların Şenliği (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755844657</t>
+          <t>9789755844749</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ya Sonra… (Ciltli)</t>
+          <t>İskele Sandalyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755844640</t>
+          <t>9789755844794</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Ec - Zane (Ciltli)</t>
+          <t>Electrico 28 (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>2770000033077</t>
+          <t>9789755844657</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kadın Filozoflar Seti (10 Kitap Takım)</t>
+          <t>Ya Sonra… (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755841359</t>
+          <t>9789755844640</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler (Ciltli)</t>
+          <t>Ec - Zane (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755844732</t>
+          <t>2770000033077</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Uzak Şehir</t>
+          <t>Kadın Filozoflar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755844787</t>
+          <t>9789755841359</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Damağımdaki Anılar</t>
+          <t>Ezilenler (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755844763</t>
+          <t>9789755844732</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yolda Bir Karanfil (Ciltli)</t>
+          <t>Uzak Şehir</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755844770</t>
+          <t>9789755844787</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Mu (Ciltli)</t>
+          <t>Damağımdaki Anılar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755844626</t>
+          <t>9789755844763</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kitabevinin Önü</t>
+          <t>Yolda Bir Karanfil (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755844633</t>
+          <t>9789755844770</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Karanfilli Kafiye</t>
+          <t>Mu (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755844619</t>
+          <t>9789755844626</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Demli Hayatlar</t>
+          <t>Kitabevinin Önü</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755844572</t>
+          <t>9789755844633</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Şiddet</t>
+          <t>Karanfilli Kafiye</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755844565</t>
+          <t>9789755844619</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Sevgi Demli Hayatlar</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755844527</t>
+          <t>9789755844572</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Yansıması (Ciltli)</t>
+          <t>Kadın ve Şiddet</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755844510</t>
+          <t>9789755844565</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz (Ciltli)</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755843933</t>
+          <t>9789755844527</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Roman Kahramını ve Öznellik: Söylem İdeoloji ve Coğrafya (Ciltli)</t>
+          <t>Kılıç Yansıması (Ciltli)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755844503</t>
+          <t>9789755844510</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Hikayeler (Ciltli)</t>
+          <t>Kumarbaz (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755844367</t>
+          <t>9789755843933</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Sendikası</t>
+          <t>Roman Kahramını ve Öznellik: Söylem İdeoloji ve Coğrafya (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755844381</t>
+          <t>9789755844503</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Öteki Dizeler</t>
+          <t>Efsaneler Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755844350</t>
+          <t>9789755844367</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağayı Öldürmek</t>
+          <t>Düşünce Sendikası</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755844374</t>
+          <t>9789755844381</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Despotun Taşrası (Ciltli)</t>
+          <t>Öteki Dizeler</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755844237</t>
+          <t>9789755844350</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Espriler (Ciltli)</t>
+          <t>Kaplumbağayı Öldürmek</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755844169</t>
+          <t>9789755844374</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Şiire Hoş Geldiniz (Ciltli)</t>
+          <t>Despotun Taşrası (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755844220</t>
+          <t>9789755844237</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kar (Ciltli)</t>
+          <t>Ciddi Espriler (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755844213</t>
+          <t>9789755844169</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (Ciltli)</t>
+          <t>Şiire Hoş Geldiniz (Ciltli)</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755844206</t>
+          <t>9789755844220</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Etnisiteyi Sürdürmek (Ciltli)</t>
+          <t>Kırmızı Kar (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755844015</t>
+          <t>9789755844213</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküleri</t>
+          <t>Denemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755844190</t>
+          <t>9789755844206</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Etnisiteyi Sürdürmek (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755844244</t>
+          <t>9789755844015</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İki Tilki Yavrusu</t>
+          <t>Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755844336</t>
+          <t>9789755844190</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Civciv Lemo Cambaz Oldu</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755844305</t>
+          <t>9789755844244</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Oyuncaklar</t>
+          <t>İki Tilki Yavrusu</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755844282</t>
+          <t>9789755844336</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceğinin Sırrı</t>
+          <t>Civciv Lemo Cambaz Oldu</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755844329</t>
+          <t>9789755844305</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Morkanat</t>
+          <t>Üzgün Oyuncaklar</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755844299</t>
+          <t>9789755844282</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba</t>
+          <t>Uğur Böceğinin Sırrı</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755844251</t>
+          <t>9789755844329</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kita'nın Hayali</t>
+          <t>Morkanat</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755844275</t>
+          <t>9789755844299</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Gülen Ay</t>
+          <t>Karahindiba</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755844268</t>
+          <t>9789755844251</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Göl</t>
+          <t>Kita'nın Hayali</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755844312</t>
+          <t>9789755844275</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>En Değerli Oyuncak</t>
+          <t>Gülen Ay</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755844343</t>
+          <t>9789755844268</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yaba’yı Rahat Bırakın</t>
+          <t>Canı Sıkılan Göl</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755844176</t>
+          <t>9789755844312</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Uzun (Ciltli)</t>
+          <t>En Değerli Oyuncak</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755844152</t>
+          <t>9789755844343</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bizans Yolunda Mahşerin Dört Atlısı (Ciltli)</t>
+          <t>Ayı Yaba’yı Rahat Bırakın</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755844183</t>
+          <t>9789755844176</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ağıt Kahır ve Sevda (Ciltli)</t>
+          <t>Karanlığı Uzun (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755844145</t>
+          <t>9789755844152</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar (Ciltli)</t>
+          <t>Bizans Yolunda Mahşerin Dört Atlısı (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755844138</t>
+          <t>9789755844183</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Esirleri (Ciltli)</t>
+          <t>Ağıt Kahır ve Sevda (Ciltli)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755844114</t>
+          <t>9789755844145</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Bir Genç Adam Olarak Portresi (Ciltli)</t>
+          <t>Oyunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755844084</t>
+          <t>9789755844138</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yetmez (Ciltli)</t>
+          <t>Zamanın Esirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755844022</t>
+          <t>9789755844114</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Tel Örgü (Ciltli)</t>
+          <t>Sanatçının Bir Genç Adam Olarak Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755844091</t>
+          <t>9789755844084</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aslında (Ciltli)</t>
+          <t>Aşk Yetmez (Ciltli)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755844053</t>
+          <t>9789755844022</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>"Ekşi" Denemeler (Ciltli)</t>
+          <t>Tel Örgü (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755843957</t>
+          <t>9789755844091</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Değil (Ciltli)</t>
+          <t>Aslında (Ciltli)</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755844046</t>
+          <t>9789755844053</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Koza (Ciltli)</t>
+          <t>"Ekşi" Denemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755843896</t>
+          <t>9789755843957</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hamal (Ciltli)</t>
+          <t>Öylesine Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755843926</t>
+          <t>9789755844046</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İnce Sızı (Ciltli)</t>
+          <t>Koza (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755843995</t>
+          <t>9789755843896</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sana Dokunmam Lazım (Ciltli)</t>
+          <t>Hamal (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755843940</t>
+          <t>9789755843926</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Zirvedeki İzler (Ciltli)</t>
+          <t>İnce Sızı (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755843889</t>
+          <t>9789755843995</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Kar Çiçekleri (Ciltli)</t>
+          <t>Sana Dokunmam Lazım (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755843919</t>
+          <t>9789755843940</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Aksak Zaman Cüceleri (Ciltli)</t>
+          <t>Zirvedeki İzler (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755843902</t>
+          <t>9789755843889</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Beni Hiç Kimse Duymuyor (Ciltli)</t>
+          <t>Kar Çiçekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755843872</t>
+          <t>9789755843919</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kırk Deliler Mağarası (Ciltli)</t>
+          <t>Aksak Zaman Cüceleri (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755843841</t>
+          <t>9789755843902</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Beat Pazarı (Ciltli)</t>
+          <t>Beni Hiç Kimse Duymuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755843858</t>
+          <t>9789755843872</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kendine Benzeyen (Ciltli)</t>
+          <t>Kırk Deliler Mağarası (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755843865</t>
+          <t>9789755843841</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Candemi (Ciltli)</t>
+          <t>Beat Pazarı (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755843834</t>
+          <t>9789755843858</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Raylar Yeşil İspinoz (Ciltli)</t>
+          <t>Kendine Benzeyen (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755843810</t>
+          <t>9789755843865</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bizans Hali (Ciltli)</t>
+          <t>Candemi (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755843803</t>
+          <t>9789755843834</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Tereddüt (Ciltli)</t>
+          <t>Raylar Yeşil İspinoz (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755843759</t>
+          <t>9789755843810</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tezik (Ciltli)</t>
+          <t>Aşkın Bizans Hali (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755843766</t>
+          <t>9789755843803</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Tereddüt (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755843735</t>
+          <t>9789755843759</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Roza'nın Gözleri</t>
+          <t>Tezik (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755843605</t>
+          <t>9789755843766</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Son Ezidi</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755843742</t>
+          <t>9789755843735</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Mor</t>
+          <t>Roza'nın Gözleri</t>
         </is>
       </c>
       <c r="C252" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755843773</t>
+          <t>9789755843605</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Gece On İki Sancıları</t>
+          <t>Son Ezidi</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755843797</t>
+          <t>9789755843742</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kenger (Ciltli)</t>
+          <t>Yalnız Mor</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755843728</t>
+          <t>9789755843773</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Otları Yalnız Sevmenin Gürültüsü (Ciltli)</t>
+          <t>Gece On İki Sancıları</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755843582</t>
+          <t>9789755843797</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kaval Sesindeki Hasret Gibisin (Ciltli)</t>
+          <t>Kenger (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755843599</t>
+          <t>9789755843728</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Açık Kalsın (Ciltli)</t>
+          <t>Otları Yalnız Sevmenin Gürültüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755843568</t>
+          <t>9789755843582</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ateş Böcekli Saatim (Ciltli)</t>
+          <t>Kaval Sesindeki Hasret Gibisin (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755843575</t>
+          <t>9789755843599</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kertenkelime (Ciltli)</t>
+          <t>Gökyüzü Açık Kalsın (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755843551</t>
+          <t>9789755843568</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Buyruklu Yıldız</t>
+          <t>Ateş Böcekli Saatim (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755843506</t>
+          <t>9789755843575</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sağır Bellek (Ciltli)</t>
+          <t>Kertenkelime (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755843537</t>
+          <t>9789755843551</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mevsimine Yürüyen Su (Ciltli)</t>
+          <t>Buyruklu Yıldız</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755843452</t>
+          <t>9789755843506</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ferda (Ciltli)</t>
+          <t>Sağır Bellek (Ciltli)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755843469</t>
+          <t>9789755843537</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hiçbirkimse/N Gibi</t>
+          <t>Mevsimine Yürüyen Su (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755843513</t>
+          <t>9789755843452</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Söz Düştü</t>
+          <t>Ferda (Ciltli)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755843476</t>
+          <t>9789755843469</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kuşları Nereye Gömdüler? (Ciltli)</t>
+          <t>Hiçbirkimse/N Gibi</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755843490</t>
+          <t>9789755843513</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ona Yaşadığımı Söyle (Ciltli)</t>
+          <t>Söz Düştü</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755843520</t>
+          <t>9789755843476</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Bir Gönül Makamına</t>
+          <t>Kuşları Nereye Gömdüler? (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789757782599</t>
+          <t>9789755843490</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ölü Evinden Anılar</t>
+          <t>Ona Yaşadığımı Söyle (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755843438</t>
+          <t>9789755843520</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sandıktaki Babam (Ciltli)</t>
+          <t>Yüksek Bir Gönül Makamına</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789755843377</t>
+          <t>9789757782599</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kız İşi Erkek İşi</t>
+          <t>Ölü Evinden Anılar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755843353</t>
+          <t>9789755843438</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayarda Kaybolan Arkadaş</t>
+          <t>Sandıktaki Babam (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755843360</t>
+          <t>9789755843377</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Böcek Cek Kelebek Bek ve Arı A'nın Maceraları</t>
+          <t>Kız İşi Erkek İşi</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786056889189</t>
+          <t>9789755843353</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Karganın Mürekkebi (Ciltli)</t>
+          <t>Bilgisayarda Kaybolan Arkadaş</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786056889172</t>
+          <t>9789755843360</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Dar Paçalı Dizeler (Ciltli)</t>
+          <t>Böcek Cek Kelebek Bek ve Arı A'nın Maceraları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786056889196</t>
+          <t>9786056889189</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yokoluş Bir Sözcükse (Ciltli)</t>
+          <t>Karganın Mürekkebi (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789758012534</t>
+          <t>9786056889172</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Amcanın Rüyası (Ciltli)</t>
+          <t>Dar Paçalı Dizeler (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789755843292</t>
+          <t>9786056889196</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Krokodil (Ciltli)</t>
+          <t>Yokoluş Bir Sözcükse (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786058305588</t>
+          <t>9789758012534</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Akbabalar Çağında (Ciltli)</t>
+          <t>Amcanın Rüyası (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786056889158</t>
+          <t>9789755843292</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ustura Kesiği Şiirler (Ciltli)</t>
+          <t>Krokodil (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786056889134</t>
+          <t>9786058305588</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bütün Zenciler Beyaz Güler (Ciltli)</t>
+          <t>Akbabalar Çağında (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786056889110</t>
+          <t>9786056889158</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Esmer Nehir (Ciltli)</t>
+          <t>Ustura Kesiği Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786056889127</t>
+          <t>9786056889134</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Işığa Çözülenler (Ciltli)</t>
+          <t>Bütün Zenciler Beyaz Güler (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786056889141</t>
+          <t>9786056889110</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Lazarus (Ciltli)</t>
+          <t>Esmer Nehir (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786056889165</t>
+          <t>9786056889127</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Tanımsız Dizeler (Ciltli)</t>
+          <t>Işığa Çözülenler (Ciltli)</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786056691454</t>
+          <t>9786056889141</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Sözde Fotoğraf</t>
+          <t>Lazarus (Ciltli)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789755843322</t>
+          <t>9786056889165</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Yaşam (Ciltli)</t>
+          <t>Tanımsız Dizeler (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789755843315</t>
+          <t>9786056691454</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Albert Camus ve Başkaldırma Felsefesi (Ciltli)</t>
+          <t>Sözde Fotoğraf</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755843285</t>
+          <t>9789755843322</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Katıksızı (Ciltli)</t>
+          <t>Doğa ve Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755843247</t>
+          <t>9789755843315</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş (Ciltli)</t>
+          <t>Albert Camus ve Başkaldırma Felsefesi (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755843261</t>
+          <t>9789755843285</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Prens (Ciltli)</t>
+          <t>Sevginin Katıksızı (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755843148</t>
+          <t>9789755843247</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Güneş Bizimle (Ciltli)</t>
+          <t>Beyaz Diş (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755843230</t>
+          <t>9789755843261</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Şarkısı Beyaz (Ciltli)</t>
+          <t>Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755843209</t>
+          <t>9789755843148</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hiç (Ciltli)</t>
+          <t>Güneş Bizimle (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755843216</t>
+          <t>9789755843230</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Feride (Ciltli)</t>
+          <t>Şarkısı Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755843193</t>
+          <t>9789755843209</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kocamın Sevgilisi (Ciltli)</t>
+          <t>Hiç (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755843117</t>
+          <t>9789755843216</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Issızlıklar, Yalnızlıklar, Umarsızlıklar (Ciltli)</t>
+          <t>Feride (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755843124</t>
+          <t>9789755843193</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Latmos'un Kayaları (Ciltli)</t>
+          <t>Kocamın Sevgilisi (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755843094</t>
+          <t>9789755843117</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Düştüğüm Yer Kadarmış Dünya (Ciltli)</t>
+          <t>Issızlıklar, Yalnızlıklar, Umarsızlıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755843131</t>
+          <t>9789755843124</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Heval’e Mektuplar (Ciltli)</t>
+          <t>Latmos'un Kayaları (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755843179</t>
+          <t>9789755843094</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kısa Yoldan Felsefe (Ciltli)</t>
+          <t>Düştüğüm Yer Kadarmış Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755843063</t>
+          <t>9789755843131</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Haklarımızın Farkındayız - Kadın Filozoflar 8. Kitap</t>
+          <t>Heval’e Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755843087</t>
+          <t>9789755843179</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Yolculuk - Kadın Filozoflar 10. Kitap</t>
+          <t>Kısa Yoldan Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755843070</t>
+          <t>9789755843063</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Eşitlik İstiyoruz - Kadın Filozoflar 9. Kitap</t>
+          <t>Haklarımızın Farkındayız - Kadın Filozoflar 8. Kitap</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755843056</t>
+          <t>9789755843087</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Işığız - Kadın Filozoflar 7. Kitap</t>
+          <t>Geleceğe Yolculuk - Kadın Filozoflar 10. Kitap</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755843049</t>
+          <t>9789755843070</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Umudumuz Hiç Bitmeyecek - Kadın Filozoflar 6. Kitap</t>
+          <t>Eşitlik İstiyoruz - Kadın Filozoflar 9. Kitap</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789755843032</t>
+          <t>9789755843056</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Cadılarız - Kadın Filozoflar 5. Kitap</t>
+          <t>Karanlıktaki Işığız - Kadın Filozoflar 7. Kitap</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755843025</t>
+          <t>9789755843049</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Pandoralarız - Kadın Filozoflar 4. Kitap</t>
+          <t>Umudumuz Hiç Bitmeyecek - Kadın Filozoflar 6. Kitap</t>
         </is>
       </c>
       <c r="C308" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755843018</t>
+          <t>9789755843032</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sadece Anayız - Kadın Filozoflar 3. Kitap</t>
+          <t>Düşünen Cadılarız - Kadın Filozoflar 5. Kitap</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755843001</t>
+          <t>9789755843025</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Ana Tanrıçayız - Kadın Filozoflar 2. Kitap</t>
+          <t>Pandoralarız - Kadın Filozoflar 4. Kitap</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755842998</t>
+          <t>9789755843018</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk - Kadın Filozoflar 1. Kitap</t>
+          <t>Sadece Anayız - Kadın Filozoflar 3. Kitap</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755843100</t>
+          <t>9789755843001</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Annem Şiir Yazıyor (Ciltli)</t>
+          <t>Ana Tanrıçayız - Kadın Filozoflar 2. Kitap</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789755842967</t>
+          <t>9789755842998</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Evlilik (Ciltli)</t>
+          <t>Geçmişe Yolculuk - Kadın Filozoflar 1. Kitap</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755842974</t>
+          <t>9789755843100</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Özyönetim</t>
+          <t>Eyvah Annem Şiir Yazıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755842110</t>
+          <t>9789755842967</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi (Ciltli)</t>
+          <t>Aşk ve Evlilik (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755842790</t>
+          <t>9789755842974</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Felice'ye Mektuplar (Ciltli)</t>
+          <t>Özyönetim</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789755842950</t>
+          <t>9789755842110</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Gece İle Sabah Arasında (Ciltli)</t>
+          <t>Güneş Ülkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755842943</t>
+          <t>9789755842790</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu İsa (Ciltli)</t>
+          <t>Felice'ye Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789755842868</t>
+          <t>9789755842950</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kabuslar</t>
+          <t>Gece İle Sabah Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789755842882</t>
+          <t>9789755842943</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri (Ciltli)</t>
+          <t>İnsanoğlu İsa (Ciltli)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789755842844</t>
+          <t>9789755842868</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Kabuslar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789755842905</t>
+          <t>9789755842882</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Amerika (Ciltli)</t>
+          <t>Vadinin Perileri (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786058305571</t>
+          <t>9789755842844</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Ya Da Dionysos’un Dönüşü (Ciltli)</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786056691416</t>
+          <t>9789755842905</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Öteki Yüz (Ciltli)</t>
+          <t>Amerika (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786056691461</t>
+          <t>9786058305571</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Beni Yanlış Anlayın (Ciltli)</t>
+          <t>Yaşar Kemal Ya Da Dionysos’un Dönüşü (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786058305526</t>
+          <t>9786056691416</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hasarlı Tarih Notları</t>
+          <t>Öteki Yüz (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786056691492</t>
+          <t>9786056691461</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kürtmüşüz (Ciltli)</t>
+          <t>Beni Yanlış Anlayın (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786058305540</t>
+          <t>9786058305526</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar (Ciltli)</t>
+          <t>Hasarlı Tarih Notları</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786058305557</t>
+          <t>9786056691492</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Zamanımızın Köleliği</t>
+          <t>Kürtmüşüz (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789755842837</t>
+          <t>9786058305540</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden (Ciltli)</t>
+          <t>Milena'ya Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786056691485</t>
+          <t>9786058305557</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Külü (Ciltli)</t>
+          <t>Zamanımızın Köleliği</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786056691430</t>
+          <t>9789755842837</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Derin Anlamı (Ciltli)</t>
+          <t>Martin Eden (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786056691423</t>
+          <t>9786056691485</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Görüntü Büyücüsü (Ciltli)</t>
+          <t>Gölgenin Külü (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786056691447</t>
+          <t>9786056691430</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Görüntüler Evreni (Ciltli)</t>
+          <t>Fotoğrafın Derin Anlamı (Ciltli)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786058305564</t>
+          <t>9786056691423</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bilal Tabirhanesi (Ciltli)</t>
+          <t>Görüntü Büyücüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786058305502</t>
+          <t>9786056691447</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar (Ciltli)</t>
+          <t>Görüntüler Evreni (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786056691409</t>
+          <t>9786058305564</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçıyla Diyaloglar (Ciltli)</t>
+          <t>Bilal Tabirhanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786058305533</t>
+          <t>9786058305502</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar (Ciltli)</t>
+          <t>Asi Ruhlar (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786056691478</t>
+          <t>9786056691409</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler Mevsimi (Ciltli)</t>
+          <t>Fotoğrafçıyla Diyaloglar (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9789755842752</t>
+          <t>9786058305533</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Temel Yapısı (Ciltli)</t>
+          <t>Kırık Kanatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789755842769</t>
+          <t>9786056691478</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Anlam ve Anlamlandırma (Ciltli)</t>
+          <t>Küçük Şeyler Mevsimi (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755842776</t>
+          <t>9789755842752</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Sanatsal Kompozisyon (Ciltli)</t>
+          <t>Fotoğrafın Temel Yapısı (Ciltli)</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755842820</t>
+          <t>9789755842769</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Altyazıları (Ciltli)</t>
+          <t>Fotoğrafta Anlam ve Anlamlandırma (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755842714</t>
+          <t>9789755842776</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük (Ciltli)</t>
+          <t>Fotoğrafta Sanatsal Kompozisyon (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755841021</t>
+          <t>9789755842820</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumu 1 (Ciltli)</t>
+          <t>Fotoğraf Altyazıları (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789758012176</t>
+          <t>9789755842714</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık, Din ve Toplum (Ciltli)</t>
+          <t>Kum ve Köpük (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789757782858</t>
+          <t>9789755841021</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Giriş Dersleri (Ciltli)</t>
+          <t>Rüyaların Yorumu 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789755842721</t>
+          <t>9789758012176</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Tanrıları (Ciltli)</t>
+          <t>Uygarlık, Din ve Toplum (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789755841038</t>
+          <t>9789757782858</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumu 2 (Ciltli)</t>
+          <t>Psikanalize Giriş Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755842707</t>
+          <t>9789755842721</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar (Ciltli)</t>
+          <t>Yeryüzü Tanrıları (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789758012657</t>
+          <t>9789755841038</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Psikopatoloji Üzerine (Ciltli)</t>
+          <t>Rüyaların Yorumu 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755842745</t>
+          <t>9789755842707</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Adı Öteki Aforizmalar (Ciltli)</t>
+          <t>Aforizmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789755842738</t>
+          <t>9789758012657</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Budala (Ciltli)</t>
+          <t>Psikopatoloji Üzerine (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755842509</t>
+          <t>9789755842745</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Aletten Alet Yapıyoruz</t>
+          <t>Adı Öteki Aforizmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755842516</t>
+          <t>9789755842738</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Yerleştik</t>
+          <t>Budala (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789758012442</t>
+          <t>9789755842509</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine (Ciltli)</t>
+          <t>Aletten Alet Yapıyoruz</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755842547</t>
+          <t>9789755842516</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin ve Mutluluğun Yollarını Arıyoruz</t>
+          <t>Toprağa Yerleştik</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789755842608</t>
+          <t>9789758012442</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Krallardan Çok Sıkıldık</t>
+          <t>Cinsellik Üzerine (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755842523</t>
+          <t>9789755842547</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bilim Çok İşimize Yarıyor</t>
+          <t>İyiliğin ve Mutluluğun Yollarını Arıyoruz</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755842615</t>
+          <t>9789755842608</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Çok Hızlı Değişiyor</t>
+          <t>Krallardan Çok Sıkıldık</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789755842578</t>
+          <t>9789755842523</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Kaldık</t>
+          <t>Bilim Çok İşimize Yarıyor</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789755842639</t>
+          <t>9789755842615</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Savaşa Hayır (Ciltli)</t>
+          <t>Her Şey Çok Hızlı Değişiyor</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789758012630</t>
+          <t>9789755842578</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Öteki (Ciltli)</t>
+          <t>Karanlıkta Kaldık</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789755842646</t>
+          <t>9789755842639</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Gezgin (Ciltli)</t>
+          <t>Savaşa Hayır (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789755842653</t>
+          <t>9789758012630</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Ermiş (Ciltli)</t>
+          <t>Öteki (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789755842691</t>
+          <t>9789755842646</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Uzak İnsanın İçindedir (Ciltli)</t>
+          <t>Gezgin (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789755842677</t>
+          <t>9789755842653</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kamera Bakışı (Ciltli)</t>
+          <t>Ermiş (Ciltli)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789755842684</t>
+          <t>9789755842691</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Yüzyılı (Ciltli)</t>
+          <t>Uzak İnsanın İçindedir (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789755842387</t>
+          <t>9789755842677</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Dağ Sancısı</t>
+          <t>Kamera Bakışı (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789755842394</t>
+          <t>9789755842684</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup (Ciltli)</t>
+          <t>Fotoğrafın Yüzyılı (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789755842424</t>
+          <t>9789755842387</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Anarşizmi (Ciltli)</t>
+          <t>Dağ Sancısı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789755842417</t>
+          <t>9789755842394</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm ve Din (Ciltli)</t>
+          <t>Babaya Mektup (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789755842295</t>
+          <t>9789755842424</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasi Mahkumların Kapatılması ve F Tipi Cezaevi</t>
+          <t>Türkmen Anarşizmi (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789755842325</t>
+          <t>9789755842417</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Marcos’la On Gün</t>
+          <t>Anarşizm ve Din (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789755842349</t>
+          <t>9789755842295</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sokakları</t>
+          <t>Türkiye’de Siyasi Mahkumların Kapatılması ve F Tipi Cezaevi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>3990000027460</t>
+          <t>9789755842325</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Bı Xwe Bawerbune - Çiroke Louis Pasteur</t>
+          <t>Marcos’la On Gün</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>3990000027459</t>
+          <t>9789755842349</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Berpırsıyarıye - Ralph Bunche</t>
+          <t>Dünyanın Sokakları</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>3990000027458</t>
+          <t>3990000027460</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Behnfırehbune - Çiroka Birayen Mala Wright</t>
+          <t>Gıringıya Bı Xwe Bawerbune - Çiroke Louis Pasteur</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>3990000027457</t>
+          <t>3990000027459</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Alikarıye - Çiroka Harriet Tubman</t>
+          <t>Gıringıya Berpırsıyarıye - Ralph Bunche</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>3990000027456</t>
+          <t>3990000027458</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Afırinerbune - Çiroka Thomas Edison</t>
+          <t>Gıringıya Behnfırehbune - Çiroka Birayen Mala Wright</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789755842301</t>
+          <t>3990000027457</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Topraksızlar</t>
+          <t>Gıringıya Alikarıye - Çiroka Harriet Tubman</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789755842332</t>
+          <t>3990000027456</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Patronsuzlar</t>
+          <t>Gıringıya Afırinerbune - Çiroka Thomas Edison</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>3990000027448</t>
+          <t>9789755842301</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Rastgotine - Çiroka Cochise</t>
+          <t>Topraksızlar</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>3990000027447</t>
+          <t>9789755842332</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Gıringiya Xweliserdayine - Çiroka Albert Schweitzer</t>
+          <t>Patronsuzlar</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789758012947</t>
+          <t>3990000027448</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Olmanın Önemi - Wright Kardeşler'in Öyküsü</t>
+          <t>Gıringıya Rastgotine - Çiroka Cochise</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789755842240</t>
+          <t>3990000027447</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Geleceği (Ciltli)</t>
+          <t>Gıringiya Xweliserdayine - Çiroka Albert Schweitzer</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>3990000027446</t>
+          <t>9789758012947</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Gıringiya Xwerezkarıye - Çiroka Alexander Graham Bell</t>
+          <t>Sabırlı Olmanın Önemi - Wright Kardeşler'in Öyküsü</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755842202</t>
+          <t>9789755842240</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yalan (Ciltli)</t>
+          <t>Sosyalizmin Geleceği (Ciltli)</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789755842264</t>
+          <t>3990000027446</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Azgelişmişliğin Sürekliliği (Ciltli)</t>
+          <t>Gıringiya Xwerezkarıye - Çiroka Alexander Graham Bell</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789758012282</t>
+          <t>9789755842202</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik, Emperyalizm, Küreselleşme (Ciltli)</t>
+          <t>Yalan (Ciltli)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789758012855</t>
+          <t>9789755842264</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kendini Adamanın Önemi - Albert Schweitzer'in Öyküsü</t>
+          <t>Azgelişmişliğin Sürekliliği (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789758012770</t>
+          <t>9789758012282</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Mizah Gücünün Önemi - Will Rogers'ın Öyküsü</t>
+          <t>Sömürgecilik, Emperyalizm, Küreselleşme (Ciltli)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789758012879</t>
+          <t>9789758012855</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Fantezinin Önemi - Hans Christian Andersen'nın Öyküsü</t>
+          <t>Kendini Adamanın Önemi - Albert Schweitzer'in Öyküsü</t>
         </is>
       </c>
       <c r="C393" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789758012886</t>
+          <t>9789758012770</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İnsanlara Yardım Etmenin Önemi - Harriet Tubman'nın Öyküsü</t>
+          <t>Mizah Gücünün Önemi - Will Rogers'ın Öyküsü</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789755842196</t>
+          <t>9789758012879</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı Yazılar (Ciltli)</t>
+          <t>Fantezinin Önemi - Hans Christian Andersen'nın Öyküsü</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755842271</t>
+          <t>9789758012886</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Merkezcilik, Resmi İdeoloji, Bilim ve Sosyalizm (Ciltli)</t>
+          <t>İnsanlara Yardım Etmenin Önemi - Harriet Tubman'nın Öyküsü</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755842257</t>
+          <t>9789755842196</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Karanlık Bilançosu (Ciltli)</t>
+          <t>Akıntıya Karşı Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755842165</t>
+          <t>9789755842271</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Devletçilikten 24 Ocak Kararlarına (Ciltli)</t>
+          <t>Avrupa Merkezcilik, Resmi İdeoloji, Bilim ve Sosyalizm (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755842233</t>
+          <t>9789755842257</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Şeylerin Gerçeğini Söyleyebilmek (Ciltli)</t>
+          <t>Küreselleşmenin Karanlık Bilançosu (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755842219</t>
+          <t>9789755842165</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Yazılar (Ciltli)</t>
+          <t>Devletçilikten 24 Ocak Kararlarına (Ciltli)</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789758012824</t>
+          <t>9789755842233</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Önemi - Jonny Appleseed'in Öyküsü</t>
+          <t>Şeylerin Gerçeğini Söyleyebilmek (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789758012923</t>
+          <t>9789755842219</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Cömert Olabilmenin Önemi - Beethoven'in Öyküsü</t>
+          <t>Seçilmiş Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789758012817</t>
+          <t>9789758012824</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sorumlu Olmanın Önemi - Ralph Bounche'in Öyküsü</t>
+          <t>Sevginin Önemi - Jonny Appleseed'in Öyküsü</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789758012848</t>
+          <t>9789758012923</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Olmanın Önemi - Thomas Edison'un Öyküsü</t>
+          <t>Cömert Olabilmenin Önemi - Beethoven'in Öyküsü</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789758012725</t>
+          <t>9789758012817</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Doğruyu Söylemenin ve İnsanlara Güvenmenin Önemi - Cochise'nin Öyküsü</t>
+          <t>Sorumlu Olmanın Önemi - Ralph Bounche'in Öyküsü</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789755842318</t>
+          <t>9789758012848</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gerillanın Barışı</t>
+          <t>Yaratıcı Olmanın Önemi - Thomas Edison'un Öyküsü</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789755842288</t>
+          <t>9789758012725</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Avazın Çıktığı Kadar Bahar</t>
+          <t>Doğruyu Söylemenin ve İnsanlara Güvenmenin Önemi - Cochise'nin Öyküsü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755842066</t>
+          <t>9789755842318</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm (Ciltli)</t>
+          <t>Gerillanın Barışı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789755842189</t>
+          <t>9789755842288</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yenilgi Tuzağı (Ciltli)</t>
+          <t>Avazın Çıktığı Kadar Bahar</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789758012336</t>
+          <t>9789755842066</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler (Ciltli)</t>
+          <t>Dönüşüm (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789755842103</t>
+          <t>9789755842189</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Federasyon İlkesi (Ciltli)</t>
+          <t>Yenilgi Tuzağı (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789755842486</t>
+          <t>9789758012336</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Model Ülke (Ciltli)</t>
+          <t>Beyaz Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789755842462</t>
+          <t>9789755842103</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Federasyon İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789755842455</t>
+          <t>9789755842486</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıl Daha Ülkesiz</t>
+          <t>Model Ülke (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789755842479</t>
+          <t>9789755842462</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Prensibi</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789755842448</t>
+          <t>9789755842455</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar (Ciltli)</t>
+          <t>Bin Yıl Daha Ülkesiz</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789755841922</t>
+          <t>9789755842479</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü (Ciltli)</t>
+          <t>Sanatın Prensibi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755841977</t>
+          <t>9789755842448</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Utopia (Ciltli)</t>
+          <t>Yeraltından Notlar (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789755843421</t>
+          <t>9789755841922</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Karşılıklı Yardımlaşma (Ciltli)</t>
+          <t>Deliliğe Övgü (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755842172</t>
+          <t>9789755841977</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma İktisadının Yükselişi ve Düşüşü (Ciltli)</t>
+          <t>Utopia (Ciltli)</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789755842158</t>
+          <t>9789755843421</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Borç Krizi Üzerine Bir Deneme (Ciltli)</t>
+          <t>Karşılıklı Yardımlaşma (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755842097</t>
+          <t>9789755842172</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İklim Adaletine Doğru (Ciltli)</t>
+          <t>Kalkınma İktisadının Yükselişi ve Düşüşü (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755842226</t>
+          <t>9789755842158</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Çığırından Çıkmış Bir Dünya (Ciltli)</t>
+          <t>Borç Krizi Üzerine Bir Deneme (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>3990000027472</t>
+          <t>9789755842097</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Parvekırıne - Çiroka Herdu Birayen Mala Mayo</t>
+          <t>İklim Adaletine Doğru (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>3990000027470</t>
+          <t>9789755842226</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Hinbune - Çiroka Marie Curie</t>
+          <t>Çığırından Çıkmış Bir Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>3990000027469</t>
+          <t>3990000027472</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Heza Xeyalan - Çiroka Charles Dickens</t>
+          <t>Gıringıya Parvekırıne - Çiroka Herdu Birayen Mala Mayo</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>3990000027468</t>
+          <t>3990000027470</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Heza Pekenine - Çiroka Will Rogers</t>
+          <t>Gıringıya Hinbune - Çiroka Marie Curie</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>3990000027467</t>
+          <t>3990000027469</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Hezkırıne - Çiroka Johnny Appleseed</t>
+          <t>Gıringıya Heza Xeyalan - Çiroka Charles Dickens</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>3990000027466</t>
+          <t>3990000027468</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Fantazıye - Çiroka Hans Christian Andersen</t>
+          <t>Gıringıya Heza Pekenine - Çiroka Will Rogers</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>3990000027464</t>
+          <t>3990000027467</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Dadmendıye - Çiroka Rojnamevana Werek Nellie Bly</t>
+          <t>Gıringıya Hezkırıne - Çiroka Johnny Appleseed</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>3990000027463</t>
+          <t>3990000027466</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Comerdbune - Çiroka Beethoven</t>
+          <t>Gıringıya Fantazıye - Çiroka Hans Christian Andersen</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>3990000027462</t>
+          <t>3990000027464</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Bıryardarıye - Çiroka Helen Keller</t>
+          <t>Gıringıya Dadmendıye - Çiroka Rojnamevana Werek Nellie Bly</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>3990000027461</t>
+          <t>3990000027463</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Bımeraqbune - Çiroka Christopher Columbus</t>
+          <t>Gıringıya Comerdbune - Çiroka Beethoven</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
+          <t>3990000027462</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Bıryardarıye - Çiroka Helen Keller</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>3990000027461</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Bımeraqbune - Çiroka Christopher Columbus</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
           <t>9789758012916</t>
         </is>
       </c>
-      <c r="B434" s="1" t="inlineStr">
+      <c r="B436" s="1" t="inlineStr">
         <is>
           <t>Adil Olmanın Önemi - Nellie Bly'in Öyküsü</t>
         </is>
       </c>
-      <c r="C434" s="1">
+      <c r="C436" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>