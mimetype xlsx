--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,6565 +85,6730 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789755846088</t>
+          <t>9789755846163</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Uçurum Terbiyesi</t>
+          <t>Yazınsal Kaos Denemeleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789755846095</t>
+          <t>9789755846156</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Üç Köşeli Satranç</t>
+          <t>Son Sabah</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789755845876</t>
+          <t>9789755846149</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bir Ağacın Gölgesinde</t>
+          <t>Robert Walser’i Okumak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789755846057</t>
+          <t>9789755846194</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Zagros’un Ötesine</t>
+          <t>Minerva’nın Baykuşu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789755846064</t>
+          <t>9789755846125</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar</t>
+          <t>Metin</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789755846071</t>
+          <t>9789755846118</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Aidiyetsizler</t>
+          <t>İki Dünya Bir Yürek</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789755845746</t>
+          <t>9789755846170</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mahir’in Rüyası: Amida (Ciltli)</t>
+          <t>Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789755845630</t>
+          <t>9789755846101</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Üryan (Ciltli)</t>
+          <t>Aristo</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789755844725</t>
+          <t>9789755846217</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Üçgen Köyün Canavarı</t>
+          <t>Ben Çok Yürüdüm Bu Güzergahta</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789755844718</t>
+          <t>9789755846200</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uçan Kuzu Kuziko</t>
+          <t>Avuca Yazılan Sözler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789755844701</t>
+          <t>9789755846132</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Plastik Çiçek Açi</t>
+          <t>Bu Sabah Dünya</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789755844695</t>
+          <t>9789755846088</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kikiro</t>
+          <t>Uçurum Terbiyesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789755844688</t>
+          <t>9789755846095</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kangurunun Cebinde Ne Var</t>
+          <t>Üç Köşeli Satranç</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789755844671</t>
+          <t>9789755845876</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İyilik Nakli</t>
+          <t>Bir Ağacın Gölgesinde</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755844664</t>
+          <t>9789755846057</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gıcık Kırmızı</t>
+          <t>Zagros’un Ötesine</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789755844558</t>
+          <t>9789755846064</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ben Benim Sen Sensin</t>
+          <t>Dalgalar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789755844541</t>
+          <t>9789755846071</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Rüya Fotoğrafçısı</t>
+          <t>Aidiyetsizler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789755844534</t>
+          <t>9789755845746</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Böcek Ceki</t>
+          <t>Mahir’in Rüyası: Amida (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789755844497</t>
+          <t>9789755845630</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Anemon (Ciltli)</t>
+          <t>Üryan (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056889103</t>
+          <t>9789755844725</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Pars'ın Rüyaları (Ciltli)</t>
+          <t>Üçgen Köyün Canavarı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789755843445</t>
+          <t>9789755844718</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dedemin Ayakkabıları (Ciltli)</t>
+          <t>Uçan Kuzu Kuziko</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789755843339</t>
+          <t>9789755844701</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Modern Dünya (Ciltli)</t>
+          <t>Plastik Çiçek Açi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789755843155</t>
+          <t>9789755844695</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kapalı Kadın Psikiyatri'ye Hoş Geldiniz (Ciltli)</t>
+          <t>Kikiro</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789755843162</t>
+          <t>9789755844688</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Dört Adalı (Bir Kıtalı) (Ciltli)</t>
+          <t>Kangurunun Cebinde Ne Var</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789755843223</t>
+          <t>9789755844671</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Her Ömür Kendi Gençliğinden Vurulur (Ciltli)</t>
+          <t>İyilik Nakli</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789755842356</t>
+          <t>9789755844664</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Onlarsız Olmaz (Ciltli)</t>
+          <t>Gıcık Kırmızı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755842981</t>
+          <t>9789755844558</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Öyküler ve Anlatılar (Ciltli)</t>
+          <t>Ben Benim Sen Sensin</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789755843186</t>
+          <t>9789755844541</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Politika Felsefesi Nedir? (Ciltli)</t>
+          <t>Rüya Fotoğrafçısı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058305595</t>
+          <t>9789755844534</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayal Divan (Ciltli)</t>
+          <t>Böcek Ceki</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789755842899</t>
+          <t>9789755844497</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Oblomov (Ciltli)</t>
+          <t>Anemon (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789755842936</t>
+          <t>9786056889103</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet Nedir (Ciltli)</t>
+          <t>Pars'ın Rüyaları (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789755842851</t>
+          <t>9789755843445</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi (Ciltli)</t>
+          <t>Dedemin Ayakkabıları (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789755842912</t>
+          <t>9789755843339</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ermişin Bahçesi (Ciltli)</t>
+          <t>Bilim ve Modern Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758012749</t>
+          <t>9789755843155</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Olmanın Önemi - Christopher Columbus'un Öyküsü</t>
+          <t>Kapalı Kadın Psikiyatri'ye Hoş Geldiniz (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789758012732</t>
+          <t>9789755843162</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücünün Önemi - Charles Dickens'in Öyküsü</t>
+          <t>Dört Adalı (Bir Kıtalı) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789755842059</t>
+          <t>9789755843223</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Düzeni (Ciltli)</t>
+          <t>Her Ömür Kendi Gençliğinden Vurulur (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789755842929</t>
+          <t>9789755842356</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Günlükler</t>
+          <t>Onlarsız Olmaz (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789755842813</t>
+          <t>9789755842981</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Meczup (Ciltli)</t>
+          <t>Öyküler ve Anlatılar (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058305519</t>
+          <t>9789755843186</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bir Gözyaşı ve Bir Tebessüm (Ciltli)</t>
+          <t>Politika Felsefesi Nedir? (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789755842806</t>
+          <t>9786058305595</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Öncü (Ciltli)</t>
+          <t>Hayal Divan (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758012787</t>
+          <t>9789755842899</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Saygının Önemi - Abraham Lincoln'un Öyküsü</t>
+          <t>Oblomov (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789755842554</t>
+          <t>9789755842936</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Ustalaşıyoruz</t>
+          <t>Mülkiyet Nedir (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789755842561</t>
+          <t>9789755842851</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hayatımız Felsefe</t>
+          <t>İki Şehrin Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789755842592</t>
+          <t>9789755842912</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aydınlığa Doğru</t>
+          <t>Ermişin Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789755842622</t>
+          <t>9789758012749</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Mümkün</t>
+          <t>Meraklı Olmanın Önemi - Christopher Columbus'un Öyküsü</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789755842530</t>
+          <t>9789758012732</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin Felsefe</t>
+          <t>Hayal Gücünün Önemi - Charles Dickens'in Öyküsü</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755842141</t>
+          <t>9789755842059</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yeni Paradigmayı Oluşturmak (Ciltli)</t>
+          <t>Yeni Dünya Düzeni (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789757782582</t>
+          <t>9789755842929</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Netoçka Nezvanova (Ciltli)</t>
+          <t>Günlükler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789758012107</t>
+          <t>9789755842813</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi (Ciltli)</t>
+          <t>Meczup (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9758012525004</t>
+          <t>9786058305519</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Koca (Ciltli)</t>
+          <t>Bir Gözyaşı ve Bir Tebessüm (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789755842073</t>
+          <t>9789755842806</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dava (Ciltli)</t>
+          <t>Öncü (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789755842134</t>
+          <t>9789758012787</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bir Devlet Geleneğinin Anatomisi: Yediyüz (Ciltli)</t>
+          <t>Saygının Önemi - Abraham Lincoln'un Öyküsü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789755842660</t>
+          <t>9789755842554</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Nedir? (Ciltli)</t>
+          <t>Felsefede Ustalaşıyoruz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789757782360</t>
+          <t>9789755842561</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar (Ciltli)</t>
+          <t>Hayatımız Felsefe</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789755842363</t>
+          <t>9789755842592</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kent - Komün - Ekoloji</t>
+          <t>Aydınlığa Doğru</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789755843827</t>
+          <t>9789755842622</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Buluşma (Ciltli)</t>
+          <t>Başka Bir Dünya Mümkün</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789755843278</t>
+          <t>9789755842530</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Satranç (Ciltli)</t>
+          <t>Hoş Geldin Felsefe</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789755846040</t>
+          <t>9789755842141</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Kurumlar Hukuku</t>
+          <t>Yeni Paradigmayı Oluşturmak (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789755846026</t>
+          <t>9789757782582</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Toplum Hukuku</t>
+          <t>Netoçka Nezvanova (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789755846019</t>
+          <t>9789758012107</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Ulusun Yerelden Genele İnşası</t>
+          <t>Toplum Sözleşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789755846002</t>
+          <t>9758012525004</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ardından Güzel Sonsuz (Toplu Şiirler)</t>
+          <t>Ebedi Koca (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789755845999</t>
+          <t>9789755842073</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Konuşamadığımız Şeyler</t>
+          <t>Dava (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789755845982</t>
+          <t>9789755842134</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bahab</t>
+          <t>Bir Devlet Geleneğinin Anatomisi: Yediyüz (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789755845852</t>
+          <t>9789755842660</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gelmeyeceksen Söyle</t>
+          <t>Fotoğraf Nedir? (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755845913</t>
+          <t>9789757782360</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Martı Bahattin</t>
+          <t>İnsancıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755845906</t>
+          <t>9789755842363</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Maskeler Yüzümüzde Hopbidik</t>
+          <t>Kent - Komün - Ekoloji</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789755845890</t>
+          <t>9789755843827</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Med / Cezir</t>
+          <t>Buluşma (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789755845869</t>
+          <t>9789755843278</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Orta Sehpa</t>
+          <t>Satranç (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789755845975</t>
+          <t>9789755846040</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>O Dağ Yollarında</t>
+          <t>Demokratik Kurumlar Hukuku</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789755845920</t>
+          <t>9789755846026</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ne Peygamber Buyruğudur Ne De Kanun</t>
+          <t>Demokratik Toplum Hukuku</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789755845883</t>
+          <t>9789755846019</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Genetik Öfke</t>
+          <t>Demokratik Ulusun Yerelden Genele İnşası</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789755845968</t>
+          <t>9789755846002</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Alır Rengini (Toplu Şiirler)</t>
+          <t>Ardından Güzel Sonsuz (Toplu Şiirler)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>650</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789755845937</t>
+          <t>9789755845999</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kavgalı Küçük Fener</t>
+          <t>Konuşamadığımız Şeyler</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789755845951</t>
+          <t>9789755845982</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ayo Ayo</t>
+          <t>Bahab</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789755845944</t>
+          <t>9789755845852</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kırık Zar</t>
+          <t>Gelmeyeceksen Söyle</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789755844589</t>
+          <t>9789755845913</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Benzemez Kimse Sana</t>
+          <t>Martı Bahattin</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755845760</t>
+          <t>9789755845906</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Krios</t>
+          <t>Maskeler Yüzümüzde Hopbidik</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755845807</t>
+          <t>9789755845890</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Bela Mıknatısı</t>
+          <t>Med / Cezir</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789755845821</t>
+          <t>9789755845869</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Pera (Ciltli)</t>
+          <t>Orta Sehpa</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789755845791</t>
+          <t>9789755845975</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Rüya’nın Mezarlığı (Deniz’e Kavuşan Adamın Hikayesi)</t>
+          <t>O Dağ Yollarında</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789755845838</t>
+          <t>9789755845920</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Med Cezir (Ciltli)</t>
+          <t>Ne Peygamber Buyruğudur Ne De Kanun</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789755845814</t>
+          <t>9789755845883</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Şavkıkara</t>
+          <t>Genetik Öfke</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789755845845</t>
+          <t>9789755845968</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Turnalar (Toplu Şiirler) (Ciltli)</t>
+          <t>Aşktan Alır Rengini (Toplu Şiirler)</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789755844039</t>
+          <t>9789755845937</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Süt Kokusu (Ciltli)</t>
+          <t>Kavgalı Küçük Fener</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789755845777</t>
+          <t>9789755845951</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sende Kalmak</t>
+          <t>Ayo Ayo</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789755843308</t>
+          <t>9789755845944</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Anlam İstenci (Ciltli)</t>
+          <t>Kırık Zar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758012862</t>
+          <t>9789755844589</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Olmanın Önemi - Konfüçyus'un Öyküsü</t>
+          <t>Benzemez Kimse Sana</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>2770000033060</t>
+          <t>9789755845760</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Çocuk Seti (20 Kitap Takım)</t>
+          <t>Krios</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789758012909</t>
+          <t>9789755845807</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Özdisiplinin Önemi - Alexander Graham Bell'in Öyküsü</t>
+          <t>Bela Mıknatısı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789758012763</t>
+          <t>9789755845821</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kararlılığın Önemi - Hellen Kaller'in Öyküsü</t>
+          <t>Pera (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789758012718</t>
+          <t>9789755845791</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kendine İnanmanın Önemi - Louis Pasteur'un Öyküsü</t>
+          <t>Rüya’nın Mezarlığı (Deniz’e Kavuşan Adamın Hikayesi)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789758012794</t>
+          <t>9789755845838</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Paylaşmanın Önemi - Mayo Kardeşler'in Öyküsü</t>
+          <t>Med Cezir (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789755842493</t>
+          <t>9789755845814</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kullanışlı Aletler Yapıyoruz</t>
+          <t>Şavkıkara</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789755842585</t>
+          <t>9789755845845</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hala Umut Var</t>
+          <t>Turnalar (Toplu Şiirler) (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789755842783</t>
+          <t>9789755844039</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğin Araştırmaları (Ciltli)</t>
+          <t>Süt Kokusu (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>3990000027308</t>
+          <t>9789755845777</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Seti (20 Kitap Takım)</t>
+          <t>Sende Kalmak</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>2500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>3990000027471</t>
+          <t>9789755843308</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Hurmete - Çiroka Abraham Lincoln</t>
+          <t>Anlam İstenci (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>3990000027465</t>
+          <t>9789758012862</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Dılrastıye - Çiroka Konfuçyus</t>
+          <t>Dürüst Olmanın Önemi - Konfüçyus'un Öyküsü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>8690102882837</t>
+          <t>2770000033060</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Felsefe (15 Kitap Takım)</t>
+          <t>Değerler Eğitimi Çocuk Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>1500</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789755842431</t>
+          <t>9789758012909</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz (Ciltli)</t>
+          <t>Özdisiplinin Önemi - Alexander Graham Bell'in Öyküsü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789755842080</t>
+          <t>9789758012763</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Şato (Ciltli)</t>
+          <t>Kararlılığın Önemi - Hellen Kaller'in Öyküsü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789755843780</t>
+          <t>9789758012718</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sen Yoktun</t>
+          <t>Kendine İnanmanın Önemi - Louis Pasteur'un Öyküsü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789755843544</t>
+          <t>9789758012794</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmayla Balık Tutmak</t>
+          <t>Paylaşmanın Önemi - Mayo Kardeşler'in Öyküsü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789755845517</t>
+          <t>9789755842493</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Hikayeleri</t>
+          <t>Kullanışlı Aletler Yapıyoruz</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789755845272</t>
+          <t>9789755842585</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Köpekler Operası (Ciltli)</t>
+          <t>Hala Umut Var</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789755845753</t>
+          <t>9789755842783</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Güz Yüzü</t>
+          <t>Bir Köpeğin Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789755845616</t>
+          <t>3990000027308</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Rozaliya (Ciltli)</t>
+          <t>Çocuk Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>500</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789755845739</t>
+          <t>3990000027471</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ege-Batı Anadolu Mitolojisi (Efsaneleri ve Aşkları) (Ciltli)</t>
+          <t>Gıringıya Hurmete - Çiroka Abraham Lincoln</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789755845692</t>
+          <t>3990000027465</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tanrım ve Ben (Ciltli)</t>
+          <t>Gıringıya Dılrastıye - Çiroka Konfuçyus</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789755843384</t>
+          <t>8690102882837</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Savaş Çok Acımasız</t>
+          <t>Çocuklar İçin Felsefe (15 Kitap Takım)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789758012930</t>
+          <t>9789755842431</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmenin Önemi - Marie Curie'nin Öyküsü</t>
+          <t>Kumarbaz (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789755843483</t>
+          <t>9789755842080</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kutsuz Kuş (Ciltli)</t>
+          <t>Şato (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789755845685</t>
+          <t>9789755843780</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan'ın İkinci Dünya Savaşındaki Özverileri</t>
+          <t>Sen Yoktun</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>875</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789755845708</t>
+          <t>9789755843544</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava Edebiyatı (Mehmed Uzun’un Yazarlığı)</t>
+          <t>Uçurtmayla Balık Tutmak</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>375</v>
+        <v>75</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789755845678</t>
+          <t>9789755845517</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bento’nun Tuhaf Huyları</t>
+          <t>Nasrettin Hoca Hikayeleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789755845722</t>
+          <t>9789755845272</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’ya Ağlıyordu Niobe</t>
+          <t>Köpekler Operası (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789755845715</t>
+          <t>9789755845753</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Acının Karşı Kıyısı</t>
+          <t>Güz Yüzü</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789755845586</t>
+          <t>9789755845616</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Üç Kutsalın İhaneti</t>
+          <t>Rozaliya (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789755845661</t>
+          <t>9789755845739</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İpek İskelet</t>
+          <t>Ege-Batı Anadolu Mitolojisi (Efsaneleri ve Aşkları) (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789755845647</t>
+          <t>9789755845692</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Alevi Olmak</t>
+          <t>Tanrım ve Ben (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789755845579</t>
+          <t>9789755843384</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sis ve Sanrı</t>
+          <t>Savaş Çok Acımasız</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789755845654</t>
+          <t>9789758012930</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kürt ve Alevi Topluluklarda Ölüm ve Ölüm Sonrası Düşüncesi</t>
+          <t>Öğrenmenin Önemi - Marie Curie'nin Öyküsü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789755845463</t>
+          <t>9789755843483</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse - Satırlar Kirlenmeden Önce (Ciltli)</t>
+          <t>Kutsuz Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789755845500</t>
+          <t>9789755845685</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Geyikler Çıksın Ava (Ciltli)</t>
+          <t>Yunanistan'ın İkinci Dünya Savaşındaki Özverileri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>875</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789755845456</t>
+          <t>9789755845708</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Amarat (Ciltli)</t>
+          <t>Bir Dava Edebiyatı (Mehmed Uzun’un Yazarlığı)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789755845425</t>
+          <t>9789755845678</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tarlalar, Fabrikalar ve Atölyeler</t>
+          <t>Bento’nun Tuhaf Huyları</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789755845487</t>
+          <t>9789755845722</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Anılarım (İm Huşerı)</t>
+          <t>Anadolu’ya Ağlıyordu Niobe</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789755845470</t>
+          <t>9789755845715</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Beş Modernlik Uğrağı (Ciltli)</t>
+          <t>Acının Karşı Kıyısı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944294010</t>
+          <t>9789755845586</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Etik (Ciltli)</t>
+          <t>Üç Kutsalın İhaneti</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789755842875</t>
+          <t>9789755845661</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>İpek İskelet</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789755845418</t>
+          <t>9789755845647</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Alevi Mitolojisi (Sayılar ve Hayvan Simgeleriyle)</t>
+          <t>Alevi Olmak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789757782841</t>
+          <t>9789755845579</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Yeni Giriş Dersleri (Ciltli)</t>
+          <t>Sis ve Sanrı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789758012169</t>
+          <t>9789755845654</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dinin Kökenleri (Ciltli)</t>
+          <t>Kürt ve Alevi Topluluklarda Ölüm ve Ölüm Sonrası Düşüncesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789755841496</t>
+          <t>9789755845463</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ve Devlet (Ciltli)</t>
+          <t>Hiç Kimse - Satırlar Kirlenmeden Önce (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789755845371</t>
+          <t>9789755845500</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Umudun Tükendiği Zamanlar (Abraham H. Hartunian’ın Ermeni Soykırımı Anısı)</t>
+          <t>Geyikler Çıksın Ava (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789755845357</t>
+          <t>9789755845456</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Dolaylarında (Ciltli)</t>
+          <t>Amarat (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789755845302</t>
+          <t>9789755845425</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Alkışın Rüzgarı (Ciltli)</t>
+          <t>Tarlalar, Fabrikalar ve Atölyeler</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789755844435</t>
+          <t>9789755845487</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Denizden Gelen Konuklar</t>
+          <t>Anılarım (İm Huşerı)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789755844459</t>
+          <t>9789755845470</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Su Damlası Meraklı</t>
+          <t>Beş Modernlik Uğrağı (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>75</v>
+        <v>500</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789755844442</t>
+          <t>9789944294010</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Nine'nin Çiftliğinde Bir Sabah</t>
+          <t>Etik (Ciltli)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789755844466</t>
+          <t>9789755842875</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Konuşmayan Çocuk, Pap Pap ve Pati Üzerine Bir Öykü</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789755844398</t>
+          <t>9789755845418</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İlginç Armağan</t>
+          <t>Alevi Mitolojisi (Sayılar ve Hayvan Simgeleriyle)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789755844473</t>
+          <t>9789757782841</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kiraz Küpeli Kızlar</t>
+          <t>Psikanalize Yeni Giriş Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>75</v>
+        <v>375</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755845173</t>
+          <t>9789758012169</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Zewe</t>
+          <t>Dinin Kökenleri (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789755844480</t>
+          <t>9789755841496</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçenin Gizemi</t>
+          <t>Tanrı ve Devlet (Ciltli)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789755845180</t>
+          <t>9789755845371</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hieros Gamos</t>
+          <t>Umudun Tükendiği Zamanlar (Abraham H. Hartunian’ın Ermeni Soykırımı Anısı)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789755844404</t>
+          <t>9789755845357</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Cik Cik, Minik Serçecik</t>
+          <t>Şiirin Dolaylarında (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789755844428</t>
+          <t>9789755845302</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ben Büyüdüğüm Zaman</t>
+          <t>Alkışın Rüzgarı (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789755844411</t>
+          <t>9789755844435</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Kara</t>
+          <t>Denizden Gelen Konuklar</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789755845111</t>
+          <t>9789755844459</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yokuş</t>
+          <t>Su Damlası Meraklı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789755845128</t>
+          <t>9789755844442</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Neden Aşkta Dikiş Tutturamıyoruz? (Ciltli)</t>
+          <t>Sevgi Nine'nin Çiftliğinde Bir Sabah</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789755845142</t>
+          <t>9789755844466</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Issız Kuğu (Susmalar) (Ciltli)</t>
+          <t>Konuşmayan Çocuk, Pap Pap ve Pati Üzerine Bir Öykü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789755845135</t>
+          <t>9789755844398</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazgı Savaşı (Ciltli)</t>
+          <t>İlginç Armağan</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789755845081</t>
+          <t>9789755844473</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Macbeth (Ciltli)</t>
+          <t>Kiraz Küpeli Kızlar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789755845074</t>
+          <t>9789755845173</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Simurg Origami (Ciltli)</t>
+          <t>Zewe</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789755845043</t>
+          <t>9789755844480</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Aslında Gülmek Ona Yakışıyor (Ciltli)</t>
+          <t>Gizli Bahçenin Gizemi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755845012</t>
+          <t>9789755845180</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Resim Seven Kaplumbağa (The Turtle Who Loves Picture)</t>
+          <t>Hieros Gamos</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755845029</t>
+          <t>9789755844404</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Süs Balığı (Ornamental Fish)</t>
+          <t>Cik Cik, Minik Serçecik</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789755845005</t>
+          <t>9789755844428</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Özür Dilerim Karga (I Beg Your Pardon, Crow)</t>
+          <t>Ben Büyüdüğüm Zaman</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789755844992</t>
+          <t>9789755844411</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Oyundaki Rolüm (My Role In The Game)</t>
+          <t>Benim Adım Kara</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789755844985</t>
+          <t>9789755845111</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Okuma Bayramı Yaklaşıyor (Reading Day Is Coming)</t>
+          <t>Yokuş</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789755844961</t>
+          <t>9789755845128</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Ses (The Mysterious Voice)</t>
+          <t>Neden Aşkta Dikiş Tutturamıyoruz? (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789755844923</t>
+          <t>9789755845142</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Köstebek Etkisi</t>
+          <t>Issız Kuğu (Susmalar) (Ciltli)</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789755844947</t>
+          <t>9789755845135</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Eylül’ün Günebakanları (Eylül‘s Sunflowers)</t>
+          <t>Bir Yazgı Savaşı (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789755844978</t>
+          <t>9789755845081</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kaçma Yaprak Uçma Yaprak (Don’t Flee Leaf, Don’t Fly Leaf)</t>
+          <t>Macbeth (Ciltli)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789755844954</t>
+          <t>9789755845074</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Fufu</t>
+          <t>Simurg Origami (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789755844930</t>
+          <t>9789755845043</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Eylül’ün Ayıları (Eylül‘s Bears)</t>
+          <t>Aslında Gülmek Ona Yakışıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789755845036</t>
+          <t>9789755845012</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aslında Geri Gelmiştim</t>
+          <t>Resim Seven Kaplumbağa (The Turtle Who Loves Picture)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755844909</t>
+          <t>9789755845029</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Romana Modern Öznenin Trajedisi (Ciltli)</t>
+          <t>Süs Balığı (Ornamental Fish)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755844916</t>
+          <t>9789755845005</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Havva'nın Düşü (Ciltli)</t>
+          <t>Özür Dilerim Karga (I Beg Your Pardon, Crow)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789755844886</t>
+          <t>9789755844992</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Zeytin Ağacı (Ciltli)</t>
+          <t>Oyundaki Rolüm (My Role In The Game)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789755844800</t>
+          <t>9789755844985</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Saçlarım Sırma Olmasın Ben Ölünce (Ciltli)</t>
+          <t>Okuma Bayramı Yaklaşıyor (Reading Day Is Coming)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789755844893</t>
+          <t>9789755844961</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>The Walking Bush Swings By</t>
+          <t>Gizemli Ses (The Mysterious Voice)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789755844855</t>
+          <t>9789755844923</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Zü'nün Tuhaf İnsanları (Ciltli)</t>
+          <t>Köstebek Etkisi</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789755844831</t>
+          <t>9789755844947</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Ses Ozan Nesimi (Ciltli)</t>
+          <t>Eylül’ün Günebakanları (Eylül‘s Sunflowers)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789755844879</t>
+          <t>9789755844978</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Bermal (Ciltli)</t>
+          <t>Kaçma Yaprak Uçma Yaprak (Don’t Flee Leaf, Don’t Fly Leaf)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789755844824</t>
+          <t>9789755844954</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelinlerin Kızları</t>
+          <t>Fufu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789755844756</t>
+          <t>9789755844930</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar (Ciltli)</t>
+          <t>Eylül’ün Ayıları (Eylül‘s Bears)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789755844862</t>
+          <t>9789755845036</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Girdap (Ciltli)</t>
+          <t>Aslında Geri Gelmiştim</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789755844848</t>
+          <t>9789755844909</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kar Tanelerinin Greta Thunberg ile Yeryüzü Maceraları (Ciltli)</t>
+          <t>Şiirden Romana Modern Öznenin Trajedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789755844817</t>
+          <t>9789755844916</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Şenliği (Ciltli)</t>
+          <t>Havva'nın Düşü (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789755844749</t>
+          <t>9789755844886</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İskele Sandalyeleri (Ciltli)</t>
+          <t>Zeytin Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789755844794</t>
+          <t>9789755844800</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Electrico 28 (Ciltli)</t>
+          <t>Saçlarım Sırma Olmasın Ben Ölünce (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789755844657</t>
+          <t>9789755844893</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ya Sonra… (Ciltli)</t>
+          <t>The Walking Bush Swings By</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789755844640</t>
+          <t>9789755844855</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ec - Zane (Ciltli)</t>
+          <t>Zü'nün Tuhaf İnsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>2770000033077</t>
+          <t>9789755844831</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kadın Filozoflar Seti (10 Kitap Takım)</t>
+          <t>Kaybolan Ses Ozan Nesimi (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789755841359</t>
+          <t>9789755844879</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ezilenler (Ciltli)</t>
+          <t>Bermal (Ciltli)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789755844732</t>
+          <t>9789755844824</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Uzak Şehir</t>
+          <t>Çocuk Gelinlerin Kızları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789755844787</t>
+          <t>9789755844756</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Damağımdaki Anılar</t>
+          <t>Aforizmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789755844763</t>
+          <t>9789755844862</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yolda Bir Karanfil (Ciltli)</t>
+          <t>Girdap (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789755844770</t>
+          <t>9789755844848</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mu (Ciltli)</t>
+          <t>Kar Tanelerinin Greta Thunberg ile Yeryüzü Maceraları (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789755844626</t>
+          <t>9789755844817</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kitabevinin Önü</t>
+          <t>Kuşların Şenliği (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789755844633</t>
+          <t>9789755844749</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Karanfilli Kafiye</t>
+          <t>İskele Sandalyeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789755844619</t>
+          <t>9789755844794</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Demli Hayatlar</t>
+          <t>Electrico 28 (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789755844572</t>
+          <t>9789755844657</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Şiddet</t>
+          <t>Ya Sonra… (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789755844565</t>
+          <t>9789755844640</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Ec - Zane (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789755844527</t>
+          <t>2770000033077</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Yansıması (Ciltli)</t>
+          <t>Kadın Filozoflar Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755844510</t>
+          <t>9789755841359</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz (Ciltli)</t>
+          <t>Ezilenler (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789755843933</t>
+          <t>9789755844732</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Roman Kahramını ve Öznellik: Söylem İdeoloji ve Coğrafya (Ciltli)</t>
+          <t>Uzak Şehir</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789755844503</t>
+          <t>9789755844787</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Hikayeler (Ciltli)</t>
+          <t>Damağımdaki Anılar</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789755844367</t>
+          <t>9789755844763</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Sendikası</t>
+          <t>Yolda Bir Karanfil (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789755844381</t>
+          <t>9789755844770</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Öteki Dizeler</t>
+          <t>Mu (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789755844350</t>
+          <t>9789755844626</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kaplumbağayı Öldürmek</t>
+          <t>Kitabevinin Önü</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789755844374</t>
+          <t>9789755844633</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Despotun Taşrası (Ciltli)</t>
+          <t>Karanfilli Kafiye</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789755844237</t>
+          <t>9789755844619</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ciddi Espriler (Ciltli)</t>
+          <t>Sevgi Demli Hayatlar</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789755844169</t>
+          <t>9789755844572</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Şiire Hoş Geldiniz (Ciltli)</t>
+          <t>Kadın ve Şiddet</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789755844220</t>
+          <t>9789755844565</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kar (Ciltli)</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789755844213</t>
+          <t>9789755844527</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Denemeler (Ciltli)</t>
+          <t>Kılıç Yansıması (Ciltli)</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789755844206</t>
+          <t>9789755844510</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Etnisiteyi Sürdürmek (Ciltli)</t>
+          <t>Kumarbaz (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789755844015</t>
+          <t>9789755843933</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküleri</t>
+          <t>Roman Kahramını ve Öznellik: Söylem İdeoloji ve Coğrafya (Ciltli)</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789755844190</t>
+          <t>9789755844503</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hamlet</t>
+          <t>Efsaneler Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789755844244</t>
+          <t>9789755844367</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İki Tilki Yavrusu</t>
+          <t>Düşünce Sendikası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789755844336</t>
+          <t>9789755844381</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Civciv Lemo Cambaz Oldu</t>
+          <t>Öteki Dizeler</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789755844305</t>
+          <t>9789755844350</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Oyuncaklar</t>
+          <t>Kaplumbağayı Öldürmek</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789755844282</t>
+          <t>9789755844374</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Uğur Böceğinin Sırrı</t>
+          <t>Despotun Taşrası (Ciltli)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789755844329</t>
+          <t>9789755844237</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Morkanat</t>
+          <t>Ciddi Espriler (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789755844299</t>
+          <t>9789755844169</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Karahindiba</t>
+          <t>Şiire Hoş Geldiniz (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789755844251</t>
+          <t>9789755844220</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kita'nın Hayali</t>
+          <t>Kırmızı Kar (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789755844275</t>
+          <t>9789755844213</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gülen Ay</t>
+          <t>Denemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789755844268</t>
+          <t>9789755844206</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Canı Sıkılan Göl</t>
+          <t>Etnisiteyi Sürdürmek (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789755844312</t>
+          <t>9789755844015</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>En Değerli Oyuncak</t>
+          <t>Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789755844343</t>
+          <t>9789755844190</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ayı Yaba’yı Rahat Bırakın</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789755844176</t>
+          <t>9789755844244</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Uzun (Ciltli)</t>
+          <t>İki Tilki Yavrusu</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789755844152</t>
+          <t>9789755844336</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bizans Yolunda Mahşerin Dört Atlısı (Ciltli)</t>
+          <t>Civciv Lemo Cambaz Oldu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789755844183</t>
+          <t>9789755844305</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ağıt Kahır ve Sevda (Ciltli)</t>
+          <t>Üzgün Oyuncaklar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9789755844145</t>
+          <t>9789755844282</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar (Ciltli)</t>
+          <t>Uğur Böceğinin Sırrı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789755844138</t>
+          <t>9789755844329</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Esirleri (Ciltli)</t>
+          <t>Morkanat</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789755844114</t>
+          <t>9789755844299</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Bir Genç Adam Olarak Portresi (Ciltli)</t>
+          <t>Karahindiba</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789755844084</t>
+          <t>9789755844251</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yetmez (Ciltli)</t>
+          <t>Kita'nın Hayali</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789755844022</t>
+          <t>9789755844275</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Tel Örgü (Ciltli)</t>
+          <t>Gülen Ay</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789755844091</t>
+          <t>9789755844268</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Aslında (Ciltli)</t>
+          <t>Canı Sıkılan Göl</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789755844053</t>
+          <t>9789755844312</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>"Ekşi" Denemeler (Ciltli)</t>
+          <t>En Değerli Oyuncak</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789755843957</t>
+          <t>9789755844343</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Öylesine Değil (Ciltli)</t>
+          <t>Ayı Yaba’yı Rahat Bırakın</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789755844046</t>
+          <t>9789755844176</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Koza (Ciltli)</t>
+          <t>Karanlığı Uzun (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789755843896</t>
+          <t>9789755844152</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hamal (Ciltli)</t>
+          <t>Bizans Yolunda Mahşerin Dört Atlısı (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789755843926</t>
+          <t>9789755844183</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İnce Sızı (Ciltli)</t>
+          <t>Ağıt Kahır ve Sevda (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789755843995</t>
+          <t>9789755844145</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sana Dokunmam Lazım (Ciltli)</t>
+          <t>Oyunlar (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789755843940</t>
+          <t>9789755844138</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Zirvedeki İzler (Ciltli)</t>
+          <t>Zamanın Esirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789755843889</t>
+          <t>9789755844114</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kar Çiçekleri (Ciltli)</t>
+          <t>Sanatçının Bir Genç Adam Olarak Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789755843919</t>
+          <t>9789755844084</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Aksak Zaman Cüceleri (Ciltli)</t>
+          <t>Aşk Yetmez (Ciltli)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789755843902</t>
+          <t>9789755844022</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Beni Hiç Kimse Duymuyor (Ciltli)</t>
+          <t>Tel Örgü (Ciltli)</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789755843872</t>
+          <t>9789755844091</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Kırk Deliler Mağarası (Ciltli)</t>
+          <t>Aslında (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789755843841</t>
+          <t>9789755844053</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Beat Pazarı (Ciltli)</t>
+          <t>"Ekşi" Denemeler (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789755843858</t>
+          <t>9789755843957</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kendine Benzeyen (Ciltli)</t>
+          <t>Öylesine Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789755843865</t>
+          <t>9789755844046</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Candemi (Ciltli)</t>
+          <t>Koza (Ciltli)</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789755843834</t>
+          <t>9789755843896</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Raylar Yeşil İspinoz (Ciltli)</t>
+          <t>Hamal (Ciltli)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789755843810</t>
+          <t>9789755843926</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Bizans Hali (Ciltli)</t>
+          <t>İnce Sızı (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789755843803</t>
+          <t>9789755843995</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Tereddüt (Ciltli)</t>
+          <t>Sana Dokunmam Lazım (Ciltli)</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789755843759</t>
+          <t>9789755843940</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tezik (Ciltli)</t>
+          <t>Zirvedeki İzler (Ciltli)</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789755843766</t>
+          <t>9789755843889</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Mülteci</t>
+          <t>Kar Çiçekleri (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789755843735</t>
+          <t>9789755843919</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Roza'nın Gözleri</t>
+          <t>Aksak Zaman Cüceleri (Ciltli)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789755843605</t>
+          <t>9789755843902</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Son Ezidi</t>
+          <t>Beni Hiç Kimse Duymuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789755843742</t>
+          <t>9789755843872</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Mor</t>
+          <t>Kırk Deliler Mağarası (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789755843773</t>
+          <t>9789755843841</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Gece On İki Sancıları</t>
+          <t>Beat Pazarı (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789755843797</t>
+          <t>9789755843858</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kenger (Ciltli)</t>
+          <t>Kendine Benzeyen (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789755843728</t>
+          <t>9789755843865</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Otları Yalnız Sevmenin Gürültüsü (Ciltli)</t>
+          <t>Candemi (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789755843582</t>
+          <t>9789755843834</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kaval Sesindeki Hasret Gibisin (Ciltli)</t>
+          <t>Raylar Yeşil İspinoz (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789755843599</t>
+          <t>9789755843810</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Açık Kalsın (Ciltli)</t>
+          <t>Aşkın Bizans Hali (Ciltli)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789755843568</t>
+          <t>9789755843803</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Ateş Böcekli Saatim (Ciltli)</t>
+          <t>Tereddüt (Ciltli)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789755843575</t>
+          <t>9789755843759</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kertenkelime (Ciltli)</t>
+          <t>Tezik (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789755843551</t>
+          <t>9789755843766</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Buyruklu Yıldız</t>
+          <t>Mülteci</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>75</v>
+        <v>375</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789755843506</t>
+          <t>9789755843735</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sağır Bellek (Ciltli)</t>
+          <t>Roza'nın Gözleri</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789755843537</t>
+          <t>9789755843605</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Mevsimine Yürüyen Su (Ciltli)</t>
+          <t>Son Ezidi</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789755843452</t>
+          <t>9789755843742</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ferda (Ciltli)</t>
+          <t>Yalnız Mor</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789755843469</t>
+          <t>9789755843773</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hiçbirkimse/N Gibi</t>
+          <t>Gece On İki Sancıları</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789755843513</t>
+          <t>9789755843797</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Söz Düştü</t>
+          <t>Kenger (Ciltli)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789755843476</t>
+          <t>9789755843728</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kuşları Nereye Gömdüler? (Ciltli)</t>
+          <t>Otları Yalnız Sevmenin Gürültüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789755843490</t>
+          <t>9789755843582</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ona Yaşadığımı Söyle (Ciltli)</t>
+          <t>Kaval Sesindeki Hasret Gibisin (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789755843520</t>
+          <t>9789755843599</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Bir Gönül Makamına</t>
+          <t>Gökyüzü Açık Kalsın (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789757782599</t>
+          <t>9789755843568</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ölü Evinden Anılar</t>
+          <t>Ateş Böcekli Saatim (Ciltli)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789755843438</t>
+          <t>9789755843575</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Sandıktaki Babam (Ciltli)</t>
+          <t>Kertenkelime (Ciltli)</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789755843377</t>
+          <t>9789755843551</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Kız İşi Erkek İşi</t>
+          <t>Buyruklu Yıldız</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789755843353</t>
+          <t>9789755843506</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayarda Kaybolan Arkadaş</t>
+          <t>Sağır Bellek (Ciltli)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789755843360</t>
+          <t>9789755843537</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Böcek Cek Kelebek Bek ve Arı A'nın Maceraları</t>
+          <t>Mevsimine Yürüyen Su (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786056889189</t>
+          <t>9789755843452</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Karganın Mürekkebi (Ciltli)</t>
+          <t>Ferda (Ciltli)</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786056889172</t>
+          <t>9789755843469</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Dar Paçalı Dizeler (Ciltli)</t>
+          <t>Hiçbirkimse/N Gibi</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786056889196</t>
+          <t>9789755843513</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yokoluş Bir Sözcükse (Ciltli)</t>
+          <t>Söz Düştü</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789758012534</t>
+          <t>9789755843476</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Amcanın Rüyası (Ciltli)</t>
+          <t>Kuşları Nereye Gömdüler? (Ciltli)</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789755843292</t>
+          <t>9789755843490</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Krokodil (Ciltli)</t>
+          <t>Ona Yaşadığımı Söyle (Ciltli)</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786058305588</t>
+          <t>9789755843520</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Akbabalar Çağında (Ciltli)</t>
+          <t>Yüksek Bir Gönül Makamına</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786056889158</t>
+          <t>9789757782599</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Ustura Kesiği Şiirler (Ciltli)</t>
+          <t>Ölü Evinden Anılar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786056889134</t>
+          <t>9789755843438</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bütün Zenciler Beyaz Güler (Ciltli)</t>
+          <t>Sandıktaki Babam (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786056889110</t>
+          <t>9789755843377</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Esmer Nehir (Ciltli)</t>
+          <t>Kız İşi Erkek İşi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786056889127</t>
+          <t>9789755843353</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Işığa Çözülenler (Ciltli)</t>
+          <t>Bilgisayarda Kaybolan Arkadaş</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786056889141</t>
+          <t>9789755843360</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Lazarus (Ciltli)</t>
+          <t>Böcek Cek Kelebek Bek ve Arı A'nın Maceraları</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786056889165</t>
+          <t>9786056889189</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tanımsız Dizeler (Ciltli)</t>
+          <t>Karganın Mürekkebi (Ciltli)</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786056691454</t>
+          <t>9786056889172</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Sözde Fotoğraf</t>
+          <t>Dar Paçalı Dizeler (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789755843322</t>
+          <t>9786056889196</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Yaşam (Ciltli)</t>
+          <t>Yokoluş Bir Sözcükse (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789755843315</t>
+          <t>9789758012534</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Albert Camus ve Başkaldırma Felsefesi (Ciltli)</t>
+          <t>Amcanın Rüyası (Ciltli)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789755843285</t>
+          <t>9789755843292</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Katıksızı (Ciltli)</t>
+          <t>Krokodil (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789755843247</t>
+          <t>9786058305588</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş (Ciltli)</t>
+          <t>Akbabalar Çağında (Ciltli)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789755843261</t>
+          <t>9786056889158</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Prens (Ciltli)</t>
+          <t>Ustura Kesiği Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789755843148</t>
+          <t>9786056889134</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Güneş Bizimle (Ciltli)</t>
+          <t>Bütün Zenciler Beyaz Güler (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789755843230</t>
+          <t>9786056889110</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Şarkısı Beyaz (Ciltli)</t>
+          <t>Esmer Nehir (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789755843209</t>
+          <t>9786056889127</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hiç (Ciltli)</t>
+          <t>Işığa Çözülenler (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789755843216</t>
+          <t>9786056889141</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Feride (Ciltli)</t>
+          <t>Lazarus (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789755843193</t>
+          <t>9786056889165</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kocamın Sevgilisi (Ciltli)</t>
+          <t>Tanımsız Dizeler (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789755843117</t>
+          <t>9786056691454</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Issızlıklar, Yalnızlıklar, Umarsızlıklar (Ciltli)</t>
+          <t>Sözde Fotoğraf</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789755843124</t>
+          <t>9789755843322</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Latmos'un Kayaları (Ciltli)</t>
+          <t>Doğa ve Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789755843094</t>
+          <t>9789755843315</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Düştüğüm Yer Kadarmış Dünya (Ciltli)</t>
+          <t>Albert Camus ve Başkaldırma Felsefesi (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789755843131</t>
+          <t>9789755843285</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Heval’e Mektuplar (Ciltli)</t>
+          <t>Sevginin Katıksızı (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789755843179</t>
+          <t>9789755843247</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kısa Yoldan Felsefe (Ciltli)</t>
+          <t>Beyaz Diş (Ciltli)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789755843063</t>
+          <t>9789755843261</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Haklarımızın Farkındayız - Kadın Filozoflar 8. Kitap</t>
+          <t>Prens (Ciltli)</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789755843087</t>
+          <t>9789755843148</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Yolculuk - Kadın Filozoflar 10. Kitap</t>
+          <t>Güneş Bizimle (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789755843070</t>
+          <t>9789755843230</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Eşitlik İstiyoruz - Kadın Filozoflar 9. Kitap</t>
+          <t>Şarkısı Beyaz (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789755843056</t>
+          <t>9789755843209</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktaki Işığız - Kadın Filozoflar 7. Kitap</t>
+          <t>Hiç (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789755843049</t>
+          <t>9789755843216</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Umudumuz Hiç Bitmeyecek - Kadın Filozoflar 6. Kitap</t>
+          <t>Feride (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789755843032</t>
+          <t>9789755843193</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Cadılarız - Kadın Filozoflar 5. Kitap</t>
+          <t>Kocamın Sevgilisi (Ciltli)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789755843025</t>
+          <t>9789755843117</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Pandoralarız - Kadın Filozoflar 4. Kitap</t>
+          <t>Issızlıklar, Yalnızlıklar, Umarsızlıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789755843018</t>
+          <t>9789755843124</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sadece Anayız - Kadın Filozoflar 3. Kitap</t>
+          <t>Latmos'un Kayaları (Ciltli)</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789755843001</t>
+          <t>9789755843094</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ana Tanrıçayız - Kadın Filozoflar 2. Kitap</t>
+          <t>Düştüğüm Yer Kadarmış Dünya (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789755842998</t>
+          <t>9789755843131</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Geçmişe Yolculuk - Kadın Filozoflar 1. Kitap</t>
+          <t>Heval’e Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789755843100</t>
+          <t>9789755843179</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Annem Şiir Yazıyor (Ciltli)</t>
+          <t>Kısa Yoldan Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789755842967</t>
+          <t>9789755843063</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Evlilik (Ciltli)</t>
+          <t>Haklarımızın Farkındayız - Kadın Filozoflar 8. Kitap</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789755842974</t>
+          <t>9789755843087</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Özyönetim</t>
+          <t>Geleceğe Yolculuk - Kadın Filozoflar 10. Kitap</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789755842110</t>
+          <t>9789755843070</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesi (Ciltli)</t>
+          <t>Eşitlik İstiyoruz - Kadın Filozoflar 9. Kitap</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789755842790</t>
+          <t>9789755843056</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Felice'ye Mektuplar (Ciltli)</t>
+          <t>Karanlıktaki Işığız - Kadın Filozoflar 7. Kitap</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789755842950</t>
+          <t>9789755843049</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Gece İle Sabah Arasında (Ciltli)</t>
+          <t>Umudumuz Hiç Bitmeyecek - Kadın Filozoflar 6. Kitap</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789755842943</t>
+          <t>9789755843032</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İnsanoğlu İsa (Ciltli)</t>
+          <t>Düşünen Cadılarız - Kadın Filozoflar 5. Kitap</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789755842868</t>
+          <t>9789755843025</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kabuslar</t>
+          <t>Pandoralarız - Kadın Filozoflar 4. Kitap</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789755842882</t>
+          <t>9789755843018</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Vadinin Perileri (Ciltli)</t>
+          <t>Sadece Anayız - Kadın Filozoflar 3. Kitap</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789755842844</t>
+          <t>9789755843001</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Ana Tanrıçayız - Kadın Filozoflar 2. Kitap</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789755842905</t>
+          <t>9789755842998</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Amerika (Ciltli)</t>
+          <t>Geçmişe Yolculuk - Kadın Filozoflar 1. Kitap</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786058305571</t>
+          <t>9789755843100</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal Ya Da Dionysos’un Dönüşü (Ciltli)</t>
+          <t>Eyvah Annem Şiir Yazıyor (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786056691416</t>
+          <t>9789755842967</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Öteki Yüz (Ciltli)</t>
+          <t>Aşk ve Evlilik (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786056691461</t>
+          <t>9789755842974</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Beni Yanlış Anlayın (Ciltli)</t>
+          <t>Özyönetim</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786058305526</t>
+          <t>9789755842110</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hasarlı Tarih Notları</t>
+          <t>Güneş Ülkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786056691492</t>
+          <t>9789755842790</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kürtmüşüz (Ciltli)</t>
+          <t>Felice'ye Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786058305540</t>
+          <t>9789755842950</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar (Ciltli)</t>
+          <t>Gece İle Sabah Arasında (Ciltli)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786058305557</t>
+          <t>9789755842943</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Zamanımızın Köleliği</t>
+          <t>İnsanoğlu İsa (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789755842837</t>
+          <t>9789755842868</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden (Ciltli)</t>
+          <t>Kabuslar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786056691485</t>
+          <t>9789755842882</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Külü (Ciltli)</t>
+          <t>Vadinin Perileri (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786056691430</t>
+          <t>9789755842844</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Derin Anlamı (Ciltli)</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786056691423</t>
+          <t>9789755842905</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Görüntü Büyücüsü (Ciltli)</t>
+          <t>Amerika (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786056691447</t>
+          <t>9786058305571</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Görüntüler Evreni (Ciltli)</t>
+          <t>Yaşar Kemal Ya Da Dionysos’un Dönüşü (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786058305564</t>
+          <t>9786056691416</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Bilal Tabirhanesi (Ciltli)</t>
+          <t>Öteki Yüz (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786058305502</t>
+          <t>9786056691461</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Asi Ruhlar (Ciltli)</t>
+          <t>Beni Yanlış Anlayın (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786056691409</t>
+          <t>9786058305526</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafçıyla Diyaloglar (Ciltli)</t>
+          <t>Hasarlı Tarih Notları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786058305533</t>
+          <t>9786056691492</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kanatlar (Ciltli)</t>
+          <t>Kürtmüşüz (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786056691478</t>
+          <t>9786058305540</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler Mevsimi (Ciltli)</t>
+          <t>Milena'ya Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789755842752</t>
+          <t>9786058305557</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Temel Yapısı (Ciltli)</t>
+          <t>Zamanımızın Köleliği</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9789755842769</t>
+          <t>9789755842837</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Anlam ve Anlamlandırma (Ciltli)</t>
+          <t>Martin Eden (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9789755842776</t>
+          <t>9786056691485</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Sanatsal Kompozisyon (Ciltli)</t>
+          <t>Gölgenin Külü (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9789755842820</t>
+          <t>9786056691430</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraf Altyazıları (Ciltli)</t>
+          <t>Fotoğrafın Derin Anlamı (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789755842714</t>
+          <t>9786056691423</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kum ve Köpük (Ciltli)</t>
+          <t>Görüntü Büyücüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789755841021</t>
+          <t>9786056691447</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumu 1 (Ciltli)</t>
+          <t>Görüntüler Evreni (Ciltli)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789758012176</t>
+          <t>9786058305564</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık, Din ve Toplum (Ciltli)</t>
+          <t>Bilal Tabirhanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789757782858</t>
+          <t>9786058305502</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Psikanalize Giriş Dersleri (Ciltli)</t>
+          <t>Asi Ruhlar (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789755842721</t>
+          <t>9786056691409</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Tanrıları (Ciltli)</t>
+          <t>Fotoğrafçıyla Diyaloglar (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789755841038</t>
+          <t>9786058305533</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Yorumu 2 (Ciltli)</t>
+          <t>Kırık Kanatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789755842707</t>
+          <t>9786056691478</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Aforizmalar (Ciltli)</t>
+          <t>Küçük Şeyler Mevsimi (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789758012657</t>
+          <t>9789755842752</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Psikopatoloji Üzerine (Ciltli)</t>
+          <t>Fotoğrafın Temel Yapısı (Ciltli)</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789755842745</t>
+          <t>9789755842769</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Adı Öteki Aforizmalar (Ciltli)</t>
+          <t>Fotoğrafta Anlam ve Anlamlandırma (Ciltli)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789755842738</t>
+          <t>9789755842776</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Budala (Ciltli)</t>
+          <t>Fotoğrafta Sanatsal Kompozisyon (Ciltli)</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789755842509</t>
+          <t>9789755842820</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Aletten Alet Yapıyoruz</t>
+          <t>Fotoğraf Altyazıları (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789755842516</t>
+          <t>9789755842714</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Yerleştik</t>
+          <t>Kum ve Köpük (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789758012442</t>
+          <t>9789755841021</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Üzerine (Ciltli)</t>
+          <t>Rüyaların Yorumu 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789755842547</t>
+          <t>9789758012176</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>İyiliğin ve Mutluluğun Yollarını Arıyoruz</t>
+          <t>Uygarlık, Din ve Toplum (Ciltli)</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789755842608</t>
+          <t>9789757782858</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Krallardan Çok Sıkıldık</t>
+          <t>Psikanalize Giriş Dersleri (Ciltli)</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789755842523</t>
+          <t>9789755842721</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bilim Çok İşimize Yarıyor</t>
+          <t>Yeryüzü Tanrıları (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789755842615</t>
+          <t>9789755841038</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Çok Hızlı Değişiyor</t>
+          <t>Rüyaların Yorumu 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789755842578</t>
+          <t>9789755842707</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Karanlıkta Kaldık</t>
+          <t>Aforizmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789755842639</t>
+          <t>9789758012657</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Savaşa Hayır (Ciltli)</t>
+          <t>Psikopatoloji Üzerine (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789758012630</t>
+          <t>9789755842745</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Öteki (Ciltli)</t>
+          <t>Adı Öteki Aforizmalar (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789755842646</t>
+          <t>9789755842738</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Gezgin (Ciltli)</t>
+          <t>Budala (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789755842653</t>
+          <t>9789755842509</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ermiş (Ciltli)</t>
+          <t>Aletten Alet Yapıyoruz</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789755842691</t>
+          <t>9789755842516</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Uzak İnsanın İçindedir (Ciltli)</t>
+          <t>Toprağa Yerleştik</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789755842677</t>
+          <t>9789758012442</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kamera Bakışı (Ciltli)</t>
+          <t>Cinsellik Üzerine (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>375</v>
+        <v>500</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789755842684</t>
+          <t>9789755842547</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Yüzyılı (Ciltli)</t>
+          <t>İyiliğin ve Mutluluğun Yollarını Arıyoruz</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789755842387</t>
+          <t>9789755842608</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Dağ Sancısı</t>
+          <t>Krallardan Çok Sıkıldık</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789755842394</t>
+          <t>9789755842523</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup (Ciltli)</t>
+          <t>Bilim Çok İşimize Yarıyor</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789755842424</t>
+          <t>9789755842615</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Anarşizmi (Ciltli)</t>
+          <t>Her Şey Çok Hızlı Değişiyor</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789755842417</t>
+          <t>9789755842578</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Anarşizm ve Din (Ciltli)</t>
+          <t>Karanlıkta Kaldık</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789755842295</t>
+          <t>9789755842639</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasi Mahkumların Kapatılması ve F Tipi Cezaevi</t>
+          <t>Savaşa Hayır (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789755842325</t>
+          <t>9789758012630</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Marcos’la On Gün</t>
+          <t>Öteki (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789755842349</t>
+          <t>9789755842646</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sokakları</t>
+          <t>Gezgin (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>3990000027460</t>
+          <t>9789755842653</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Bı Xwe Bawerbune - Çiroke Louis Pasteur</t>
+          <t>Ermiş (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>3990000027459</t>
+          <t>9789755842691</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Berpırsıyarıye - Ralph Bunche</t>
+          <t>Uzak İnsanın İçindedir (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>3990000027458</t>
+          <t>9789755842677</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Behnfırehbune - Çiroka Birayen Mala Wright</t>
+          <t>Kamera Bakışı (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>3990000027457</t>
+          <t>9789755842684</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Alikarıye - Çiroka Harriet Tubman</t>
+          <t>Fotoğrafın Yüzyılı (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>3990000027456</t>
+          <t>9789755842387</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Afırinerbune - Çiroka Thomas Edison</t>
+          <t>Dağ Sancısı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789755842301</t>
+          <t>9789755842394</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Topraksızlar</t>
+          <t>Babaya Mektup (Ciltli)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789755842332</t>
+          <t>9789755842424</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Patronsuzlar</t>
+          <t>Türkmen Anarşizmi (Ciltli)</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>3990000027448</t>
+          <t>9789755842417</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Rastgotine - Çiroka Cochise</t>
+          <t>Anarşizm ve Din (Ciltli)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>3990000027447</t>
+          <t>9789755842295</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Gıringiya Xweliserdayine - Çiroka Albert Schweitzer</t>
+          <t>Türkiye’de Siyasi Mahkumların Kapatılması ve F Tipi Cezaevi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789758012947</t>
+          <t>9789755842325</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Olmanın Önemi - Wright Kardeşler'in Öyküsü</t>
+          <t>Marcos’la On Gün</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789755842240</t>
+          <t>9789755842349</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmin Geleceği (Ciltli)</t>
+          <t>Dünyanın Sokakları</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>3990000027446</t>
+          <t>3990000027460</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Gıringiya Xwerezkarıye - Çiroka Alexander Graham Bell</t>
+          <t>Gıringıya Bı Xwe Bawerbune - Çiroke Louis Pasteur</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789755842202</t>
+          <t>3990000027459</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yalan (Ciltli)</t>
+          <t>Gıringıya Berpırsıyarıye - Ralph Bunche</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755842264</t>
+          <t>3990000027458</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Azgelişmişliğin Sürekliliği (Ciltli)</t>
+          <t>Gıringıya Behnfırehbune - Çiroka Birayen Mala Wright</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789758012282</t>
+          <t>3990000027457</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik, Emperyalizm, Küreselleşme (Ciltli)</t>
+          <t>Gıringıya Alikarıye - Çiroka Harriet Tubman</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789758012855</t>
+          <t>3990000027456</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kendini Adamanın Önemi - Albert Schweitzer'in Öyküsü</t>
+          <t>Gıringıya Afırinerbune - Çiroka Thomas Edison</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789758012770</t>
+          <t>9789755842301</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Mizah Gücünün Önemi - Will Rogers'ın Öyküsü</t>
+          <t>Topraksızlar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789758012879</t>
+          <t>9789755842332</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Fantezinin Önemi - Hans Christian Andersen'nın Öyküsü</t>
+          <t>Patronsuzlar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789758012886</t>
+          <t>3990000027448</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İnsanlara Yardım Etmenin Önemi - Harriet Tubman'nın Öyküsü</t>
+          <t>Gıringıya Rastgotine - Çiroka Cochise</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789755842196</t>
+          <t>3990000027447</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Akıntıya Karşı Yazılar (Ciltli)</t>
+          <t>Gıringiya Xweliserdayine - Çiroka Albert Schweitzer</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789755842271</t>
+          <t>9789758012947</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Merkezcilik, Resmi İdeoloji, Bilim ve Sosyalizm (Ciltli)</t>
+          <t>Sabırlı Olmanın Önemi - Wright Kardeşler'in Öyküsü</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789755842257</t>
+          <t>9789755842240</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Karanlık Bilançosu (Ciltli)</t>
+          <t>Sosyalizmin Geleceği (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789755842165</t>
+          <t>3990000027446</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Devletçilikten 24 Ocak Kararlarına (Ciltli)</t>
+          <t>Gıringiya Xwerezkarıye - Çiroka Alexander Graham Bell</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789755842233</t>
+          <t>9789755842202</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Şeylerin Gerçeğini Söyleyebilmek (Ciltli)</t>
+          <t>Yalan (Ciltli)</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789755842219</t>
+          <t>9789755842264</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Yazılar (Ciltli)</t>
+          <t>Azgelişmişliğin Sürekliliği (Ciltli)</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789758012824</t>
+          <t>9789758012282</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Önemi - Jonny Appleseed'in Öyküsü</t>
+          <t>Sömürgecilik, Emperyalizm, Küreselleşme (Ciltli)</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789758012923</t>
+          <t>9789758012855</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Cömert Olabilmenin Önemi - Beethoven'in Öyküsü</t>
+          <t>Kendini Adamanın Önemi - Albert Schweitzer'in Öyküsü</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789758012817</t>
+          <t>9789758012770</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sorumlu Olmanın Önemi - Ralph Bounche'in Öyküsü</t>
+          <t>Mizah Gücünün Önemi - Will Rogers'ın Öyküsü</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789758012848</t>
+          <t>9789758012879</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Olmanın Önemi - Thomas Edison'un Öyküsü</t>
+          <t>Fantezinin Önemi - Hans Christian Andersen'nın Öyküsü</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789758012725</t>
+          <t>9789758012886</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Doğruyu Söylemenin ve İnsanlara Güvenmenin Önemi - Cochise'nin Öyküsü</t>
+          <t>İnsanlara Yardım Etmenin Önemi - Harriet Tubman'nın Öyküsü</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755842318</t>
+          <t>9789755842196</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Gerillanın Barışı</t>
+          <t>Akıntıya Karşı Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789755842288</t>
+          <t>9789755842271</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Avazın Çıktığı Kadar Bahar</t>
+          <t>Avrupa Merkezcilik, Resmi İdeoloji, Bilim ve Sosyalizm (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789755842066</t>
+          <t>9789755842257</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm (Ciltli)</t>
+          <t>Küreselleşmenin Karanlık Bilançosu (Ciltli)</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789755842189</t>
+          <t>9789755842165</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yenilgi Tuzağı (Ciltli)</t>
+          <t>Devletçilikten 24 Ocak Kararlarına (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789758012336</t>
+          <t>9789755842233</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler (Ciltli)</t>
+          <t>Şeylerin Gerçeğini Söyleyebilmek (Ciltli)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789755842103</t>
+          <t>9789755842219</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Federasyon İlkesi (Ciltli)</t>
+          <t>Seçilmiş Yazılar (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789755842486</t>
+          <t>9789758012824</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Model Ülke (Ciltli)</t>
+          <t>Sevginin Önemi - Jonny Appleseed'in Öyküsü</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789755842462</t>
+          <t>9789758012923</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Cömert Olabilmenin Önemi - Beethoven'in Öyküsü</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789755842455</t>
+          <t>9789758012817</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bin Yıl Daha Ülkesiz</t>
+          <t>Sorumlu Olmanın Önemi - Ralph Bounche'in Öyküsü</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789755842479</t>
+          <t>9789758012848</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Prensibi</t>
+          <t>Yaratıcı Olmanın Önemi - Thomas Edison'un Öyküsü</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789755842448</t>
+          <t>9789758012725</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar (Ciltli)</t>
+          <t>Doğruyu Söylemenin ve İnsanlara Güvenmenin Önemi - Cochise'nin Öyküsü</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789755841922</t>
+          <t>9789755842318</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü (Ciltli)</t>
+          <t>Gerillanın Barışı</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789755841977</t>
+          <t>9789755842288</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Utopia (Ciltli)</t>
+          <t>Avazın Çıktığı Kadar Bahar</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789755843421</t>
+          <t>9789755842066</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Karşılıklı Yardımlaşma (Ciltli)</t>
+          <t>Dönüşüm (Ciltli)</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789755842172</t>
+          <t>9789755842189</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma İktisadının Yükselişi ve Düşüşü (Ciltli)</t>
+          <t>Yenilgi Tuzağı (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789755842158</t>
+          <t>9789758012336</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Borç Krizi Üzerine Bir Deneme (Ciltli)</t>
+          <t>Beyaz Geceler (Ciltli)</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789755842097</t>
+          <t>9789755842103</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İklim Adaletine Doğru (Ciltli)</t>
+          <t>Federasyon İlkesi (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789755842226</t>
+          <t>9789755842486</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Çığırından Çıkmış Bir Dünya (Ciltli)</t>
+          <t>Model Ülke (Ciltli)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>500</v>
+        <v>375</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>3990000027472</t>
+          <t>9789755842462</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Parvekırıne - Çiroka Herdu Birayen Mala Mayo</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>3990000027470</t>
+          <t>9789755842455</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Hinbune - Çiroka Marie Curie</t>
+          <t>Bin Yıl Daha Ülkesiz</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>3990000027469</t>
+          <t>9789755842479</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Heza Xeyalan - Çiroka Charles Dickens</t>
+          <t>Sanatın Prensibi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>3990000027468</t>
+          <t>9789755842448</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Heza Pekenine - Çiroka Will Rogers</t>
+          <t>Yeraltından Notlar (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>3990000027467</t>
+          <t>9789755841922</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Hezkırıne - Çiroka Johnny Appleseed</t>
+          <t>Deliliğe Övgü (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>3990000027466</t>
+          <t>9789755841977</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Fantazıye - Çiroka Hans Christian Andersen</t>
+          <t>Utopia (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>3990000027464</t>
+          <t>9789755843421</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Dadmendıye - Çiroka Rojnamevana Werek Nellie Bly</t>
+          <t>Karşılıklı Yardımlaşma (Ciltli)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>3990000027463</t>
+          <t>9789755842172</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Comerdbune - Çiroka Beethoven</t>
+          <t>Kalkınma İktisadının Yükselişi ve Düşüşü (Ciltli)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>3990000027462</t>
+          <t>9789755842158</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Bıryardarıye - Çiroka Helen Keller</t>
+          <t>Borç Krizi Üzerine Bir Deneme (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>3990000027461</t>
+          <t>9789755842097</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Gıringıya Bımeraqbune - Çiroka Christopher Columbus</t>
+          <t>İklim Adaletine Doğru (Ciltli)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
+          <t>9789755842226</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Çığırından Çıkmış Bir Dünya (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>3990000027472</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Parvekırıne - Çiroka Herdu Birayen Mala Mayo</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>3990000027470</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Hinbune - Çiroka Marie Curie</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>3990000027469</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Heza Xeyalan - Çiroka Charles Dickens</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>3990000027468</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Heza Pekenine - Çiroka Will Rogers</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>3990000027467</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Hezkırıne - Çiroka Johnny Appleseed</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>3990000027466</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Fantazıye - Çiroka Hans Christian Andersen</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>3990000027464</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Dadmendıye - Çiroka Rojnamevana Werek Nellie Bly</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>3990000027463</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Comerdbune - Çiroka Beethoven</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>3990000027462</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Bıryardarıye - Çiroka Helen Keller</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>3990000027461</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Gıringıya Bımeraqbune - Çiroka Christopher Columbus</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
           <t>9789758012916</t>
         </is>
       </c>
-      <c r="B436" s="1" t="inlineStr">
+      <c r="B447" s="1" t="inlineStr">
         <is>
           <t>Adil Olmanın Önemi - Nellie Bly'in Öyküsü</t>
         </is>
       </c>
-      <c r="C436" s="1">
+      <c r="C447" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>