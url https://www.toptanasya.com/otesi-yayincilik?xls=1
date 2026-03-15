--- v0 (2025-10-24)
+++ v1 (2026-03-15)
@@ -85,295 +85,805 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789758363544</t>
+          <t>9789752753495</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Acemi Bilge'nin Yolculuğu</t>
+          <t>Esrarengiz Kemancı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>215</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789758363520</t>
+          <t>9789758363469</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çakra Kişilikleri</t>
+          <t>Enerji Astroloji ile Güneş'in Doğsun</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758363506</t>
+          <t>9789758363438</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bilgeliğin Üç İncisi</t>
+          <t>Madam Blavatsky</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>195</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789758363490</t>
+          <t>9789758363339</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Dört Anlaşma</t>
+          <t>Yeryüzü Melekleri Bedenlenmiş Melekler, Elementaller, Yıldız İnsanlar, Kiracılar ve Bilgeler İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>280</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789758363476</t>
+          <t>9789758363308</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Toltek İç Özgürlük Rehberi</t>
+          <t>Ustalık Başarı ve Doyumun Anahtarı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>198</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789758363452</t>
+          <t>9789758363346</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yaşam ve Ölüm</t>
+          <t>Tanrı Tohumu 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>440</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789758363025</t>
+          <t>9789758363247</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ile Sohbet Alışılmadık Bir Diyalog 3</t>
+          <t>Sevişmeyi Yönlendiren Cinsel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>442</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789759452766</t>
+          <t>9789758363353</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ile Sohbet - Alışılmadık Bir Diyalog 2</t>
+          <t>Sen Tanrısın Yüreğine Bak Ruhunu Canlandır Hayatını Aydınlat</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>378</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789759452704</t>
+          <t>9789758363278</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ile Sohbet - Alışılmadık Bir Diyalog 1</t>
+          <t>Ruhun Anatomisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>328</v>
+        <v>14.12</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789758363445</t>
+          <t>9789758363421</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağ'ın Eşiğinde</t>
+          <t>Ruhsal Renginiz ve Hayatınızın Anlamı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>160</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789758363100</t>
+          <t>9789758363292</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ustaca Sevmek</t>
+          <t>Ruh Eşlerini Nasıl Buldular Gerçek Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>215</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789758363384</t>
+          <t>9789758363315</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ile Sohbet Ölümden Sonra 4</t>
+          <t>Romantik 50 Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>410</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758363414</t>
+          <t>9789758363377</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ile Sohbet (Çizgi Roman)</t>
+          <t>Reiki Ellerinizin İyileştirici Gücü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>365</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789759452728</t>
+          <t>9789758363124</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yasaları</t>
+          <t>Pleiades Öğretileri 2 Evrenin Genetik Kitaplığı: Dünya</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789758363322</t>
+          <t>9789757146117</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Sırrı</t>
+          <t>Kozmik Postacı Zaman Kayması</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>255</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789758363049</t>
+          <t>9789758363179</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dört Anlaşma</t>
+          <t>Karanlıktan Aydınlığa Depresyonu Zen İle Aşmak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
+          <t>9789758363216</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Kahuna Şifacılığı</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>8.8</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9789758363254</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>İçsel Haritalar ve Kılavuz Işıklar</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9789758363018</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Işık Elçileri</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9789758393367</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>I-Ching Alıştırma Kitabı</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9789758363230</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanların Gizemli Güçleri</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9789758363407</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Hayatın Dört Amacı</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>3990000014827</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Mühendisliği</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9789758363223</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Gücün Yüreği</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>3990000014528</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Feng Shui Yaşamla Uyum ve Denge Sanatı</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9789758363148</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Feng Shui</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>3990000014314</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Bir Başlangıç Abraham Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>10.69</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9789758363094</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Farkındalığın Işığı</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9789758363131</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Dingin Savaşçı</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9789758363261</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Bitkilerin Gizemli Gücü</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9789758363032</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Bilinçaltının Gücü</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789758363209</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Beş Element</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789758363186</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamınızda Feng Shui</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789758363483</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Özlü Sözler ve Öyküler</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789758363544</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Acemi Bilge'nin Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789758363520</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Çakra Kişilikleri</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789758363506</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Bilgeliğin Üç İncisi</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789758363490</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Uygulamalı Dört Anlaşma</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789758363476</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Toltek İç Özgürlük Rehberi</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789758363452</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam ve Ölüm</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789758363025</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ile Sohbet Alışılmadık Bir Diyalog 3</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789759452766</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ile Sohbet - Alışılmadık Bir Diyalog 2</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789759452704</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ile Sohbet - Alışılmadık Bir Diyalog 1</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789758363445</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Çağ'ın Eşiğinde</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789758363100</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Ustaca Sevmek</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789758363384</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ile Sohbet Ölümden Sonra 4</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789758363414</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Tanrı ile Sohbet (Çizgi Roman)</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789759452728</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Ruhun Yasaları</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789758363322</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Gölgenin Sırrı</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789758363049</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Dört Anlaşma</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
           <t>9789758363391</t>
         </is>
       </c>
-      <c r="B18" s="1" t="inlineStr">
+      <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Beşinci Anlaşma</t>
         </is>
       </c>
-      <c r="C18" s="1">
-        <v>257</v>
+      <c r="C52" s="1">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>