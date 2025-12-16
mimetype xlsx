--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,2245 +85,2260 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057872562</t>
+          <t>9786057872579</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Marx’la Buluştuğunda</t>
+          <t>Filistinli Radikal Kadınlarla Söyleşiler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>669</v>
+        <v>557</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057872555</t>
+          <t>9786057872562</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Oluşum</t>
+          <t>Spinoza Marx’la Buluştuğunda</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>738</v>
+        <v>669</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057872548</t>
+          <t>9786057872555</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Demokrasi ve Katılımcı Bütçe</t>
+          <t>Hakikat ve Oluşum</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>738</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057872531</t>
+          <t>9786057872548</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Feminist Dehşet/ Aşırılık Yanlısı Feminizme Kısa Bir Övgü</t>
+          <t>Doğrudan Demokrasi ve Katılımcı Bütçe</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>358</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057872524</t>
+          <t>9786057872531</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sınıf İmgeleri/ İşçicilik, Otonomi ve Görsel Sanatlar (1962-1988)</t>
+          <t>Feminist Dehşet/ Aşırılık Yanlısı Feminizme Kısa Bir Övgü</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>738</v>
+        <v>358</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057872517</t>
+          <t>9786057872524</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Yeni Biçimleri ve Kadınların Bedeni</t>
+          <t>Sınıf İmgeleri/ İşçicilik, Otonomi ve Görsel Sanatlar (1962-1988)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>335</v>
+        <v>738</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057872500</t>
+          <t>9786057872517</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İşten Sonra</t>
+          <t>Savaşın Yeni Biçimleri ve Kadınların Bedeni</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>557</v>
+        <v>335</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789756056998</t>
+          <t>9786057872500</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Duygu Politikası</t>
+          <t>İşten Sonra</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>562</v>
+        <v>557</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756056684</t>
+          <t>9789756056998</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ülkemiz: Kadınlar Ülkesi’nden Sonra</t>
+          <t>Duygu Politikası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>599</v>
+        <v>562</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756056806</t>
+          <t>9789756056684</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Feminist Felsefeye Giriş</t>
+          <t>Bizim Ülkemiz: Kadınlar Ülkesi’nden Sonra</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>669</v>
+        <v>599</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756056059</t>
+          <t>9789756056806</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İstisna Hali</t>
+          <t>Feminist Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>393</v>
+        <v>669</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756056899</t>
+          <t>9789756056059</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Arzu Politikası</t>
+          <t>İstisna Hali</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>395</v>
+        <v>393</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756056042</t>
+          <t>9789756056899</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Marx Ötesi Marx - Grundrisse Üzerine Dersler</t>
+          <t>Arzu Politikası</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>674</v>
+        <v>395</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756056165</t>
+          <t>9789756056042</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Çağında Para ve Sınıf Mücadelesi</t>
+          <t>Marx Ötesi Marx - Grundrisse Üzerine Dersler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>599</v>
+        <v>674</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756056356</t>
+          <t>9789756056165</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmde Çatlaklar Yaratmak</t>
+          <t>Küreselleşme Çağında Para ve Sınıf Mücadelesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>674</v>
+        <v>599</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756056493</t>
+          <t>9789756056356</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve/veya Spinoza</t>
+          <t>Kapitalizmde Çatlaklar Yaratmak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>580</v>
+        <v>674</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756056462</t>
+          <t>9789756056493</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze: Felsefede Bir Çıraklık</t>
+          <t>Hegel ve/veya Spinoza</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>543</v>
+        <v>580</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756056219</t>
+          <t>9789756056462</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Foucault, Marksizm ve Tarih</t>
+          <t>Gilles Deleuze: Felsefede Bir Çıraklık</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>487</v>
+        <v>543</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756056332</t>
+          <t>9789756056219</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Filistin’in Çocukları</t>
+          <t>Foucault, Marksizm ve Tarih</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>562</v>
+        <v>487</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756056523</t>
+          <t>9789756056332</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ev Canavarı</t>
+          <t>Filistin’in Çocukları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>518</v>
+        <v>562</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756056318</t>
+          <t>9789756056523</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Edimleri</t>
+          <t>Ev Canavarı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>880</v>
+        <v>518</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756056141</t>
+          <t>9789756056318</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Durito’yla Söyleşiler Neoliberalizm ve Zapatistaların Öyküleri</t>
+          <t>Edebiyat Edimleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>749</v>
+        <v>880</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756056561</t>
+          <t>9789756056141</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Deleuze ve Guattari’nin Anti-Oedipus’u</t>
+          <t>Durito’yla Söyleşiler Neoliberalizm ve Zapatistaların Öyküleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>557</v>
+        <v>749</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756056066</t>
+          <t>9789756056561</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bizim Gibi Komünistler</t>
+          <t>Deleuze ve Guattari’nin Anti-Oedipus’u</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>412</v>
+        <v>557</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756056288</t>
+          <t>9789756056066</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bergsonculuk</t>
+          <t>Bizim Gibi Komünistler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>449</v>
+        <v>412</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756056363</t>
+          <t>9789756056288</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Spinoza</t>
+          <t>Bergsonculuk</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>479</v>
+        <v>449</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756056073</t>
+          <t>9789756056363</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve İmparatorluk</t>
+          <t>Aykırı Spinoza</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>449</v>
+        <v>479</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756056240</t>
+          <t>9789756056073</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>"Futbolistas": Futbol ve Latin Amerika</t>
+          <t>Avrupa ve İmparatorluk</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>726</v>
+        <v>449</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756056837</t>
+          <t>9789756056240</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Göstergeler ve Makineler</t>
+          <t>"Futbolistas": Futbol ve Latin Amerika</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>599</v>
+        <v>726</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756056721</t>
+          <t>9789756056837</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Borçla Yönetmek</t>
+          <t>Göstergeler ve Makineler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>543</v>
+        <v>599</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756056783</t>
+          <t>9789756056721</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Machiavelli ve Spinnoza'da Çatışma, Güç ve Çokluk</t>
+          <t>Borçla Yönetmek</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>674</v>
+        <v>543</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756056509</t>
+          <t>9789756056783</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çokluğun Grameri</t>
+          <t>Machiavelli ve Spinnoza'da Çatışma, Güç ve Çokluk</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>412</v>
+        <v>674</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756056028</t>
+          <t>9789756056509</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Politika 21. Yüzyıl İçin Bir Manifesto</t>
+          <t>Çokluğun Grameri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>599</v>
+        <v>412</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756056349</t>
+          <t>9789756056028</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Lenin</t>
+          <t>Yıkıcı Politika 21. Yüzyıl İçin Bir Manifesto</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>749</v>
+        <v>599</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756056257</t>
+          <t>9789756056349</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Uyanış ve Seçme Öyküler</t>
+          <t>Yeniden Lenin</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>562</v>
+        <v>749</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756056530</t>
+          <t>9789756056257</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Önemsizin Arkeolojisi - Condillac Okuması</t>
+          <t>Uyanış ve Seçme Öyküler</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>412</v>
+        <v>562</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756056196</t>
+          <t>9789756056530</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nietzschelerin Şöleni</t>
+          <t>Önemsizin Arkeolojisi - Condillac Okuması</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>568</v>
+        <v>412</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756056295</t>
+          <t>9789756056196</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Nietzschelerin Şöleni</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>264</v>
+        <v>568</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756056080</t>
+          <t>9789756056295</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Michel Foucault Güncelliğin Bir Ontolojisi</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>505</v>
+        <v>264</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756056264</t>
+          <t>9789756056080</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kriz Teorisi</t>
+          <t>Michel Foucault Güncelliğin Bir Ontolojisi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>655</v>
+        <v>505</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057872043</t>
+          <t>9789756056264</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dersim Alevileri'nde İyileştirme Geleneği</t>
+          <t>Marx’ın Kriz Teorisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>711</v>
+        <v>655</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057872005</t>
+          <t>9786057872043</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cadılar, Cadı Avı ve Kadınlar</t>
+          <t>Dersim Alevileri'nde İyileştirme Geleneği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>393</v>
+        <v>711</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057872494</t>
+          <t>9786057872005</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kadın! Yaşam! Özgürlük!</t>
+          <t>Cadılar, Cadı Avı ve Kadınlar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>525</v>
+        <v>393</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057872487</t>
+          <t>9786057872494</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Conatus’un Stratejisi</t>
+          <t>Kadın! Yaşam! Özgürlük!</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>630</v>
+        <v>525</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057872470</t>
+          <t>9786057872487</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Yetmişler</t>
+          <t>Conatus’un Stratejisi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>669</v>
+        <v>630</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057872463</t>
+          <t>9786057872470</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Olmayan O Cinsiyet</t>
+          <t>Yıkıcı Yetmişler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>557</v>
+        <v>669</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057872456</t>
+          <t>9786057872463</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kadından Doğma</t>
+          <t>Bir Olmayan O Cinsiyet</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>669</v>
+        <v>557</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057872449</t>
+          <t>9786057872456</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Zamanlarda Umut</t>
+          <t>Kadından Doğma</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>669</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057872432</t>
+          <t>9786057872449</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Güçsüzlük</t>
+          <t>Umutsuz Zamanlarda Umut</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>379</v>
+        <v>669</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057872425</t>
+          <t>9786057872432</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Özneleşme: Foucault Üzerine Dersler</t>
+          <t>Güçsüzlük</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>677</v>
+        <v>379</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057872418</t>
+          <t>9786057872425</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Spinoza’da Birey ve Topluluk</t>
+          <t>Özneleşme: Foucault Üzerine Dersler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>861</v>
+        <v>677</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057872401</t>
+          <t>9786057872418</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Feminist Antifaşizm</t>
+          <t>Spinoza’da Birey ve Topluluk</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>557</v>
+        <v>861</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057872388</t>
+          <t>9786057872401</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Radikal Bir Yenilik Umudu</t>
+          <t>Feminist Antifaşizm</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>335</v>
+        <v>557</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057872371</t>
+          <t>9786057872388</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zami</t>
+          <t>Radikal Bir Yenilik Umudu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>630</v>
+        <v>335</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057872364</t>
+          <t>9786057872371</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Hareketi</t>
+          <t>Zami</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>557</v>
+        <v>630</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057872357</t>
+          <t>9786057872364</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Korkuyu Ateşe Vermek</t>
+          <t>Marx’ın Hareketi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>358</v>
+        <v>557</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057872340</t>
+          <t>9786057872357</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İktidar: Foucault Üzerine Dersler 7 Ocak - 15 Nisan 1986</t>
+          <t>Korkuyu Ateşe Vermek</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>832</v>
+        <v>358</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057872333</t>
+          <t>9786057872340</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Borcun Feminist Reddi</t>
+          <t>İktidar: Foucault Üzerine Dersler 7 Ocak - 15 Nisan 1986</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>405</v>
+        <v>832</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057872326</t>
+          <t>9786057872333</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gece - Tanıksız Yaşam</t>
+          <t>Borcun Feminist Reddi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>379</v>
+        <v>405</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057872319</t>
+          <t>9786057872326</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yamyam Metafizikler</t>
+          <t>Gece - Tanıksız Yaşam</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>557</v>
+        <v>379</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057872302</t>
+          <t>9786057872319</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Ölümü: Kadınlar, Ekoloji ve Bilimsel Devrim</t>
+          <t>Yamyam Metafizikler</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>669</v>
+        <v>557</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057872296</t>
+          <t>9786057872302</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İsyanlar - Kurucu İktidar ve Modern Devlet</t>
+          <t>Doğanın Ölümü: Kadınlar, Ekoloji ve Bilimsel Devrim</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>738</v>
+        <v>669</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789756056370</t>
+          <t>9786057872296</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Emek Tartışması</t>
+          <t>İsyanlar - Kurucu İktidar ve Modern Devlet</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>630</v>
+        <v>738</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057872265</t>
+          <t>9789756056370</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bahisdışı Kız Kardeş</t>
+          <t>Emek Tartışması</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>557</v>
+        <v>630</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057872289</t>
+          <t>9786057872265</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Bilinçdışı</t>
+          <t>Bahisdışı Kız Kardeş</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>499</v>
+        <v>557</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057872272</t>
+          <t>9786057872289</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hegel’den Nietzsche’ye</t>
+          <t>Üçüncü Bilinçdışı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>832</v>
+        <v>499</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057872258</t>
+          <t>9786057872272</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kaozmos</t>
+          <t>Hegel’den Nietzsche’ye</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>557</v>
+        <v>832</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057872241</t>
+          <t>9786057872258</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İşçiler ve Sermaye</t>
+          <t>Kaozmos</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>738</v>
+        <v>557</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057872234</t>
+          <t>9786057872241</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Ucubeler</t>
+          <t>İşçiler ve Sermaye</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>358</v>
+        <v>738</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057872227</t>
+          <t>9786057872234</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Saatin Öyküsü ve Diğer Öyküler</t>
+          <t>Ucubeler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>379</v>
+        <v>358</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057872210</t>
+          <t>9786057872227</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Jacques Lacan</t>
+          <t>Bir Saatin Öyküsü ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>630</v>
+        <v>379</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057872203</t>
+          <t>9786057872210</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dostluk</t>
+          <t>Jacques Lacan</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>379</v>
+        <v>630</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057872197</t>
+          <t>9786057872203</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tekanlamlılık</t>
+          <t>Dostluk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>696</v>
+        <v>379</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057872180</t>
+          <t>9786057872197</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ha-Ha</t>
+          <t>Tekanlamlılık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>499</v>
+        <v>696</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057872173</t>
+          <t>9786057872180</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Arzu</t>
+          <t>Ha-Ha</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>264</v>
+        <v>499</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057872166</t>
+          <t>9786057872173</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Gözyaşları</t>
+          <t>Arzu</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>653</v>
+        <v>264</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057872159</t>
+          <t>9786057872166</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yaratıkların Bilgeliği</t>
+          <t>Hegel’in Gözyaşları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>264</v>
+        <v>653</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057872142</t>
+          <t>9786057872159</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Oluş Serüveni</t>
+          <t>Yaratıkların Bilgeliği</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>478</v>
+        <v>264</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057872135</t>
+          <t>9786057872142</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Caliban ve Cadı</t>
+          <t>Oluş Serüveni</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>669</v>
+        <v>478</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057872128</t>
+          <t>9786057872135</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İçkinlik Etiği: Nietzsche ve Spinoza</t>
+          <t>Caliban ve Cadı</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>669</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057872111</t>
+          <t>9786057872128</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ortaklıktan Çıkan Siyaset</t>
+          <t>İçkinlik Etiği: Nietzsche ve Spinoza</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>630</v>
+        <v>669</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057872104</t>
+          <t>9786057872111</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Devrim</t>
+          <t>Ortaklıktan Çıkan Siyaset</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>832</v>
+        <v>630</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057872098</t>
+          <t>9786057872104</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Bilinçdışı</t>
+          <t>Moleküler Devrim</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>264</v>
+        <v>832</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057872081</t>
+          <t>9786057872098</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tenin Sınırlarının Ötesine</t>
+          <t>Psikanaliz ve Bilinçdışı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>405</v>
+        <v>264</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057872067</t>
+          <t>9786057872081</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Sınırlarında</t>
+          <t>Tenin Sınırlarının Ötesine</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>379</v>
+        <v>405</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057872050</t>
+          <t>9786057872067</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kadın - Oluş</t>
+          <t>Edebiyatın Sınırlarında</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>499</v>
+        <v>379</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057872029</t>
+          <t>9786057872050</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Sözlüğü</t>
+          <t>Kadın - Oluş</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>696</v>
+        <v>499</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057872036</t>
+          <t>9786057872029</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Deleuze’den Sonra Feminist Teori</t>
+          <t>Spinoza Sözlüğü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>499</v>
+        <v>696</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057872012</t>
+          <t>9786057872036</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Foucault Üzerine Dersler</t>
+          <t>Deleuze’den Sonra Feminist Teori</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>696</v>
+        <v>499</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789756056981</t>
+          <t>9786057872012</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşme Siyasetinde Fark ve Olay</t>
+          <t>Bilgi Foucault Üzerine Dersler</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>379</v>
+        <v>696</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756056974</t>
+          <t>9789756056981</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve Yaratıklar</t>
+          <t>Özgürleşme Siyasetinde Fark ve Olay</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>653</v>
+        <v>379</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756056967</t>
+          <t>9789756056974</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Patolojisi</t>
+          <t>Spinoza ve Yaratıklar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>499</v>
+        <v>653</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756056950</t>
+          <t>9789756056967</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Felix Guattari: Öznellik Alanları</t>
+          <t>Kahramanlık Patolojisi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>630</v>
+        <v>499</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756056943</t>
+          <t>9789756056950</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>İmgesel Bedenler</t>
+          <t>Felix Guattari: Öznellik Alanları</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>557</v>
+        <v>630</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756056936</t>
+          <t>9789756056943</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyanın Dipsiz Kuyusu</t>
+          <t>İmgesel Bedenler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>630</v>
+        <v>557</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756056929</t>
+          <t>9789756056936</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Arabesk</t>
+          <t>Sosyal Medyanın Dipsiz Kuyusu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>669</v>
+        <v>630</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756056912</t>
+          <t>9789756056929</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Kurucu Öznelliği</t>
+          <t>Felsefi Arabesk</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>669</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756056905</t>
+          <t>9789756056912</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Açık Marksizm</t>
+          <t>Emeğin Kurucu Öznelliği</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>669</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756056882</t>
+          <t>9789756056905</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Videofelsefe</t>
+          <t>Açık Marksizm</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>557</v>
+        <v>669</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756056875</t>
+          <t>9789756056882</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Platon'a Rağmen</t>
+          <t>Videofelsefe</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>478</v>
+        <v>557</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756056868</t>
+          <t>9789756056875</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Duygular</t>
+          <t>Platon'a Rağmen</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>405</v>
+        <v>478</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756056844</t>
+          <t>9789756056868</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Fabrikaları Yaratıcılık Endüstrileri</t>
+          <t>Sermaye ve Duygular</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>358</v>
+        <v>405</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756056851</t>
+          <t>9789756056844</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hegel Paris’te</t>
+          <t>Bilgi Fabrikaları Yaratıcılık Endüstrileri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>738</v>
+        <v>358</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756056820</t>
+          <t>9789756056851</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Yoksa Abur Cubur Yesinler</t>
+          <t>Hegel Paris’te</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>630</v>
+        <v>738</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756056813</t>
+          <t>9789756056820</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kırılganların Yönetimi</t>
+          <t>Ekmek Yoksa Abur Cubur Yesinler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>379</v>
+        <v>630</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756056769</t>
+          <t>9789756056813</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Minör Politika</t>
+          <t>Kırılganların Yönetimi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>557</v>
+        <v>379</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756056752</t>
+          <t>9789756056769</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Kapitalizm</t>
+          <t>Minör Politika</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>669</v>
+        <v>557</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756056776</t>
+          <t>9789756056752</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Postyapısalcı Edebiyat Kuramı</t>
+          <t>Bilişsel Kapitalizm</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>499</v>
+        <v>669</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756056745</t>
+          <t>9789756056776</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İktidarı Dağıtmak</t>
+          <t>Postyapısalcı Edebiyat Kuramı</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>499</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756056738</t>
+          <t>9789756056745</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Toplumun Altüst Edilmesi</t>
+          <t>İktidarı Dağıtmak</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>557</v>
+        <v>499</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756056707</t>
+          <t>9789756056738</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşme Makineleri: Deleuze ve Marx</t>
+          <t>Kadınlar ve Toplumun Altüst Edilmesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>499</v>
+        <v>557</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756056585</t>
+          <t>9789756056707</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Deleuze ve Guattari</t>
+          <t>Özgürleşme Makineleri: Deleuze ve Marx</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>557</v>
+        <v>499</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756056226</t>
+          <t>9789756056585</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Lenin Üzerine 33 Ders : Strateji Fabrikası</t>
+          <t>Deleuze ve Guattari</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>669</v>
+        <v>557</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756056714</t>
+          <t>9789756056226</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Londra İdamları</t>
+          <t>Lenin Üzerine 33 Ders : Strateji Fabrikası</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>861</v>
+        <v>669</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756056233</t>
+          <t>9789756056714</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kapital’i Politik Olarak Okumak</t>
+          <t>Londra İdamları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>557</v>
+        <v>861</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756056134</t>
+          <t>9789756056233</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Kapital’i Politik Olarak Okumak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>499</v>
+        <v>557</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756056547</t>
+          <t>9789756056134</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>L. Auguste Blanqui'nin Devrimci Teorileri</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>499</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756056554</t>
+          <t>9789756056547</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Paris'te</t>
+          <t>L. Auguste Blanqui'nin Devrimci Teorileri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>669</v>
+        <v>499</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756056691</t>
+          <t>9789756056554</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Çizgileri</t>
+          <t>Nietzsche Paris'te</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>696</v>
+        <v>669</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756056677</t>
+          <t>9789756056691</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Carbonia</t>
+          <t>Kaçış Çizgileri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>335</v>
+        <v>696</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756056660</t>
+          <t>9789756056677</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Komünizmi</t>
+          <t>Carbonia</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>599</v>
+        <v>335</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756056653</t>
+          <t>9789756056660</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Paris'te</t>
+          <t>Sermayenin Komünizmi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>738</v>
+        <v>599</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756056172</t>
+          <t>9789756056653</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>John Ball’un Rüyası</t>
+          <t>Heidegger Paris'te</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>264</v>
+        <v>738</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756056431</t>
+          <t>9789756056172</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi İstiyoruz</t>
+          <t>John Ball’un Rüyası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>478</v>
+        <v>264</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756056639</t>
+          <t>9789756056431</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gelecekten Sonra</t>
+          <t>Her Şeyi İstiyoruz</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>499</v>
+        <v>478</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756056790</t>
+          <t>9789756056639</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sandokan - Camorra'nın Öyküsü</t>
+          <t>Gelecekten Sonra</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>405</v>
+        <v>499</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756056622</t>
+          <t>9789756056790</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Deleuze'ün Felsefi Mirası</t>
+          <t>Sandokan - Camorra'nın Öyküsü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>738</v>
+        <v>405</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756056646</t>
+          <t>9789756056622</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Makine Kırıcılık</t>
+          <t>Deleuze'ün Felsefi Mirası</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>264</v>
+        <v>738</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756056608</t>
+          <t>9789756056646</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Akıl ve Olumsuzlama</t>
+          <t>Makine Kırıcılık</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>594</v>
+        <v>264</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756056592</t>
+          <t>9789756056608</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gezi'nin Yeryüzü Kardeşleri</t>
+          <t>Yıkıcı Akıl ve Olumsuzlama</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>599</v>
+        <v>594</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756056578</t>
+          <t>9789756056592</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bin Makine</t>
+          <t>Gezi'nin Yeryüzü Kardeşleri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>358</v>
+        <v>599</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756056189</t>
+          <t>9789756056578</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Umudun Yolcuları</t>
+          <t>Bin Makine</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>264</v>
+        <v>358</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756056325</t>
+          <t>9789756056189</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve Siyaset</t>
+          <t>Umudun Yolcuları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>478</v>
+        <v>264</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756056394</t>
+          <t>9789756056325</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sarı Duvar Kağıdı</t>
+          <t>Spinoza ve Siyaset</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>358</v>
+        <v>478</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756056516</t>
+          <t>9789756056394</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Olumsuzluk ve Devrim</t>
+          <t>Sarı Duvar Kağıdı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>557</v>
+        <v>358</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756056417</t>
+          <t>9789756056516</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kapital’inin Oluşumu (Ciltli)</t>
+          <t>Olumsuzluk ve Devrim</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>956</v>
+        <v>557</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756056103</t>
+          <t>9789756056417</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Komünalist Otonomi</t>
+          <t>Marx’ın Kapital’inin Oluşumu (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>630</v>
+        <v>956</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756056479</t>
+          <t>9789756056103</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomide Kriz</t>
+          <t>Marx ve Komünalist Otonomi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>557</v>
+        <v>630</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756056448</t>
+          <t>9789756056479</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca</t>
+          <t>Küresel Ekonomide Kriz</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>478</v>
+        <v>557</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756056424</t>
+          <t>9789756056448</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kritik ve Kriz</t>
+          <t>Kurmaca</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>557</v>
+        <v>478</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756056011</t>
+          <t>9789756056424</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İtalya’da Radikal Düşünce ve Kurucu Politika</t>
+          <t>Kritik ve Kriz</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>669</v>
+        <v>557</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756056110</t>
+          <t>9789756056011</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktaki Hareketler Geçişler ve Görünümler</t>
+          <t>İtalya’da Radikal Düşünce ve Kurucu Politika</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>599</v>
+        <v>669</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756056455</t>
+          <t>9789756056110</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Irak, Afganistan ve Çağımızın Emperyalizmi</t>
+          <t>İmparatorluktaki Hareketler Geçişler ve Görünümler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>630</v>
+        <v>599</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756056202</t>
+          <t>9789756056455</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Fethetmek</t>
+          <t>Irak, Afganistan ve Çağımızın Emperyalizmi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>599</v>
+        <v>630</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756056486</t>
+          <t>9789756056202</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Feminist Öznelerin Kuruluşu</t>
+          <t>Gökyüzünü Fethetmek</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>557</v>
+        <v>599</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756056400</t>
+          <t>9789756056486</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik Sınıftır</t>
+          <t>Feminist Öznelerin Kuruluşu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>669</v>
+        <v>557</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
+          <t>9789756056400</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Diyalektik Sınıftır</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
           <t>9789756056271</t>
         </is>
       </c>
-      <c r="B148" s="1" t="inlineStr">
+      <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Deleuze, Marx ve Politika</t>
         </is>
       </c>
-      <c r="C148" s="1">
+      <c r="C149" s="1">
         <v>594</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>