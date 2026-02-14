--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -85,2260 +85,2275 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057872579</t>
+          <t>9786057872586</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Filistinli Radikal Kadınlarla Söyleşiler</t>
+          <t>Kollontay</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>557</v>
+        <v>685</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057872562</t>
+          <t>9786057872579</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Marx’la Buluştuğunda</t>
+          <t>Filistinli Radikal Kadınlarla Söyleşiler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>669</v>
+        <v>557</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786057872555</t>
+          <t>9786057872562</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Oluşum</t>
+          <t>Spinoza Marx’la Buluştuğunda</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>738</v>
+        <v>669</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786057872548</t>
+          <t>9786057872555</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Doğrudan Demokrasi ve Katılımcı Bütçe</t>
+          <t>Hakikat ve Oluşum</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>738</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057872531</t>
+          <t>9786057872548</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Feminist Dehşet/ Aşırılık Yanlısı Feminizme Kısa Bir Övgü</t>
+          <t>Doğrudan Demokrasi ve Katılımcı Bütçe</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>358</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057872524</t>
+          <t>9786057872531</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sınıf İmgeleri/ İşçicilik, Otonomi ve Görsel Sanatlar (1962-1988)</t>
+          <t>Feminist Dehşet/ Aşırılık Yanlısı Feminizme Kısa Bir Övgü</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>738</v>
+        <v>358</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057872517</t>
+          <t>9786057872524</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Savaşın Yeni Biçimleri ve Kadınların Bedeni</t>
+          <t>Sınıf İmgeleri/ İşçicilik, Otonomi ve Görsel Sanatlar (1962-1988)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>335</v>
+        <v>738</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057872500</t>
+          <t>9786057872517</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İşten Sonra</t>
+          <t>Savaşın Yeni Biçimleri ve Kadınların Bedeni</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>557</v>
+        <v>335</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789756056998</t>
+          <t>9786057872500</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Duygu Politikası</t>
+          <t>İşten Sonra</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>562</v>
+        <v>685</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789756056684</t>
+          <t>9789756056998</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bizim Ülkemiz: Kadınlar Ülkesi’nden Sonra</t>
+          <t>Duygu Politikası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>599</v>
+        <v>562</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789756056806</t>
+          <t>9789756056684</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Feminist Felsefeye Giriş</t>
+          <t>Bizim Ülkemiz: Kadınlar Ülkesi’nden Sonra</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>669</v>
+        <v>599</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789756056059</t>
+          <t>9789756056806</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İstisna Hali</t>
+          <t>Feminist Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>393</v>
+        <v>669</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789756056899</t>
+          <t>9789756056059</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Arzu Politikası</t>
+          <t>İstisna Hali</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>395</v>
+        <v>393</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756056042</t>
+          <t>9789756056899</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Marx Ötesi Marx - Grundrisse Üzerine Dersler</t>
+          <t>Arzu Politikası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>674</v>
+        <v>395</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756056165</t>
+          <t>9789756056042</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Çağında Para ve Sınıf Mücadelesi</t>
+          <t>Marx Ötesi Marx - Grundrisse Üzerine Dersler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>599</v>
+        <v>674</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789756056356</t>
+          <t>9789756056165</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmde Çatlaklar Yaratmak</t>
+          <t>Küreselleşme Çağında Para ve Sınıf Mücadelesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>674</v>
+        <v>599</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789756056493</t>
+          <t>9789756056356</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve/veya Spinoza</t>
+          <t>Kapitalizmde Çatlaklar Yaratmak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>580</v>
+        <v>674</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789756056462</t>
+          <t>9789756056493</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gilles Deleuze: Felsefede Bir Çıraklık</t>
+          <t>Hegel ve/veya Spinoza</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>543</v>
+        <v>580</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756056219</t>
+          <t>9789756056462</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Foucault, Marksizm ve Tarih</t>
+          <t>Gilles Deleuze: Felsefede Bir Çıraklık</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>487</v>
+        <v>543</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756056332</t>
+          <t>9789756056219</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Filistin’in Çocukları</t>
+          <t>Foucault, Marksizm ve Tarih</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>562</v>
+        <v>487</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789756056523</t>
+          <t>9789756056332</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ev Canavarı</t>
+          <t>Filistin’in Çocukları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>518</v>
+        <v>562</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789756056318</t>
+          <t>9789756056523</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Edimleri</t>
+          <t>Ev Canavarı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>880</v>
+        <v>518</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789756056141</t>
+          <t>9789756056318</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Durito’yla Söyleşiler Neoliberalizm ve Zapatistaların Öyküleri</t>
+          <t>Edebiyat Edimleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>749</v>
+        <v>880</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789756056561</t>
+          <t>9789756056141</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Deleuze ve Guattari’nin Anti-Oedipus’u</t>
+          <t>Durito’yla Söyleşiler Neoliberalizm ve Zapatistaların Öyküleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>557</v>
+        <v>749</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789756056066</t>
+          <t>9789756056561</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bizim Gibi Komünistler</t>
+          <t>Deleuze ve Guattari’nin Anti-Oedipus’u</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>412</v>
+        <v>557</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789756056288</t>
+          <t>9789756056066</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bergsonculuk</t>
+          <t>Bizim Gibi Komünistler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>449</v>
+        <v>412</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789756056363</t>
+          <t>9789756056288</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Spinoza</t>
+          <t>Bergsonculuk</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>479</v>
+        <v>449</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789756056073</t>
+          <t>9789756056363</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve İmparatorluk</t>
+          <t>Aykırı Spinoza</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>449</v>
+        <v>479</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789756056240</t>
+          <t>9789756056073</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>"Futbolistas": Futbol ve Latin Amerika</t>
+          <t>Avrupa ve İmparatorluk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>726</v>
+        <v>449</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789756056837</t>
+          <t>9789756056240</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Göstergeler ve Makineler</t>
+          <t>"Futbolistas": Futbol ve Latin Amerika</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>599</v>
+        <v>726</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756056721</t>
+          <t>9789756056837</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Borçla Yönetmek</t>
+          <t>Göstergeler ve Makineler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>543</v>
+        <v>599</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756056783</t>
+          <t>9789756056721</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Machiavelli ve Spinnoza'da Çatışma, Güç ve Çokluk</t>
+          <t>Borçla Yönetmek</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>674</v>
+        <v>543</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789756056509</t>
+          <t>9789756056783</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çokluğun Grameri</t>
+          <t>Machiavelli ve Spinnoza'da Çatışma, Güç ve Çokluk</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>412</v>
+        <v>674</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756056028</t>
+          <t>9789756056509</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Politika 21. Yüzyıl İçin Bir Manifesto</t>
+          <t>Çokluğun Grameri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>599</v>
+        <v>412</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756056349</t>
+          <t>9789756056028</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Lenin</t>
+          <t>Yıkıcı Politika 21. Yüzyıl İçin Bir Manifesto</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>749</v>
+        <v>599</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789756056257</t>
+          <t>9789756056349</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Uyanış ve Seçme Öyküler</t>
+          <t>Yeniden Lenin</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>562</v>
+        <v>749</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789756056530</t>
+          <t>9789756056257</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Önemsizin Arkeolojisi - Condillac Okuması</t>
+          <t>Uyanış ve Seçme Öyküler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>412</v>
+        <v>562</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756056196</t>
+          <t>9789756056530</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Nietzschelerin Şöleni</t>
+          <t>Önemsizin Arkeolojisi - Condillac Okuması</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>568</v>
+        <v>412</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756056295</t>
+          <t>9789756056196</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche</t>
+          <t>Nietzschelerin Şöleni</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>264</v>
+        <v>568</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789756056080</t>
+          <t>9789756056295</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Michel Foucault Güncelliğin Bir Ontolojisi</t>
+          <t>Nietzsche</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>505</v>
+        <v>264</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789756056264</t>
+          <t>9789756056080</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kriz Teorisi</t>
+          <t>Michel Foucault Güncelliğin Bir Ontolojisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>655</v>
+        <v>505</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057872043</t>
+          <t>9789756056264</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dersim Alevileri'nde İyileştirme Geleneği</t>
+          <t>Marx’ın Kriz Teorisi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>711</v>
+        <v>655</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057872005</t>
+          <t>9786057872043</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Cadılar, Cadı Avı ve Kadınlar</t>
+          <t>Dersim Alevileri'nde İyileştirme Geleneği</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>393</v>
+        <v>711</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057872494</t>
+          <t>9786057872005</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kadın! Yaşam! Özgürlük!</t>
+          <t>Cadılar, Cadı Avı ve Kadınlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>525</v>
+        <v>393</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057872487</t>
+          <t>9786057872494</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Conatus’un Stratejisi</t>
+          <t>Kadın! Yaşam! Özgürlük!</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>630</v>
+        <v>756</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057872470</t>
+          <t>9786057872487</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Yetmişler</t>
+          <t>Conatus’un Stratejisi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>669</v>
+        <v>835</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057872463</t>
+          <t>9786057872470</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Olmayan O Cinsiyet</t>
+          <t>Yıkıcı Yetmişler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>557</v>
+        <v>835</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057872456</t>
+          <t>9786057872463</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kadından Doğma</t>
+          <t>Bir Olmayan O Cinsiyet</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>669</v>
+        <v>685</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057872449</t>
+          <t>9786057872456</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz Zamanlarda Umut</t>
+          <t>Kadından Doğma</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>669</v>
+        <v>756</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057872432</t>
+          <t>9786057872449</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Güçsüzlük</t>
+          <t>Umutsuz Zamanlarda Umut</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>379</v>
+        <v>756</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057872425</t>
+          <t>9786057872432</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Özneleşme: Foucault Üzerine Dersler</t>
+          <t>Güçsüzlük</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>677</v>
+        <v>466</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057872418</t>
+          <t>9786057872425</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Spinoza’da Birey ve Topluluk</t>
+          <t>Özneleşme: Foucault Üzerine Dersler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>861</v>
+        <v>812</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057872401</t>
+          <t>9786057872418</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Feminist Antifaşizm</t>
+          <t>Spinoza’da Birey ve Topluluk</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>557</v>
+        <v>957</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057872388</t>
+          <t>9786057872401</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Radikal Bir Yenilik Umudu</t>
+          <t>Feminist Antifaşizm</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>335</v>
+        <v>685</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057872371</t>
+          <t>9786057872388</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zami</t>
+          <t>Radikal Bir Yenilik Umudu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>630</v>
+        <v>418</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057872364</t>
+          <t>9786057872371</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Hareketi</t>
+          <t>Zami</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>557</v>
+        <v>756</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057872357</t>
+          <t>9786057872364</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Korkuyu Ateşe Vermek</t>
+          <t>Marx’ın Hareketi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>358</v>
+        <v>685</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057872340</t>
+          <t>9786057872357</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İktidar: Foucault Üzerine Dersler 7 Ocak - 15 Nisan 1986</t>
+          <t>Korkuyu Ateşe Vermek</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>832</v>
+        <v>441</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057872333</t>
+          <t>9786057872340</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Borcun Feminist Reddi</t>
+          <t>İktidar: Foucault Üzerine Dersler 7 Ocak - 15 Nisan 1986</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>405</v>
+        <v>957</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057872326</t>
+          <t>9786057872333</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gece - Tanıksız Yaşam</t>
+          <t>Borcun Feminist Reddi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>379</v>
+        <v>496</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057872319</t>
+          <t>9786057872326</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yamyam Metafizikler</t>
+          <t>Gece - Tanıksız Yaşam</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>557</v>
+        <v>466</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057872302</t>
+          <t>9786057872319</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Ölümü: Kadınlar, Ekoloji ve Bilimsel Devrim</t>
+          <t>Yamyam Metafizikler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>669</v>
+        <v>685</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057872296</t>
+          <t>9786057872302</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İsyanlar - Kurucu İktidar ve Modern Devlet</t>
+          <t>Doğanın Ölümü: Kadınlar, Ekoloji ve Bilimsel Devrim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>738</v>
+        <v>835</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789756056370</t>
+          <t>9786057872296</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Emek Tartışması</t>
+          <t>İsyanlar - Kurucu İktidar ve Modern Devlet</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>630</v>
+        <v>900</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057872265</t>
+          <t>9789756056370</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bahisdışı Kız Kardeş</t>
+          <t>Emek Tartışması</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>557</v>
+        <v>756</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057872289</t>
+          <t>9786057872265</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Bilinçdışı</t>
+          <t>Bahisdışı Kız Kardeş</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>499</v>
+        <v>685</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057872272</t>
+          <t>9786057872289</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hegel’den Nietzsche’ye</t>
+          <t>Üçüncü Bilinçdışı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>832</v>
+        <v>613</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057872258</t>
+          <t>9786057872272</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kaozmos</t>
+          <t>Hegel’den Nietzsche’ye</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>557</v>
+        <v>957</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057872241</t>
+          <t>9786057872258</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İşçiler ve Sermaye</t>
+          <t>Kaozmos</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>738</v>
+        <v>685</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057872234</t>
+          <t>9786057872241</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ucubeler</t>
+          <t>İşçiler ve Sermaye</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>358</v>
+        <v>900</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057872227</t>
+          <t>9786057872234</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir Saatin Öyküsü ve Diğer Öyküler</t>
+          <t>Ucubeler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>379</v>
+        <v>441</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057872210</t>
+          <t>9786057872227</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Jacques Lacan</t>
+          <t>Bir Saatin Öyküsü ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>630</v>
+        <v>466</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057872203</t>
+          <t>9786057872210</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Dostluk</t>
+          <t>Jacques Lacan</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>379</v>
+        <v>756</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057872197</t>
+          <t>9786057872203</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tekanlamlılık</t>
+          <t>Dostluk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>696</v>
+        <v>466</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057872180</t>
+          <t>9786057872197</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ha-Ha</t>
+          <t>Tekanlamlılık</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>499</v>
+        <v>835</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057872173</t>
+          <t>9786057872180</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Arzu</t>
+          <t>Ha-Ha</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>264</v>
+        <v>613</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057872166</t>
+          <t>9786057872173</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Gözyaşları</t>
+          <t>Arzu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>653</v>
+        <v>330</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057872159</t>
+          <t>9786057872166</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yaratıkların Bilgeliği</t>
+          <t>Hegel’in Gözyaşları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>264</v>
+        <v>784</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786057872142</t>
+          <t>9786057872159</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Oluş Serüveni</t>
+          <t>Yaratıkların Bilgeliği</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>478</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057872135</t>
+          <t>9786057872142</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Caliban ve Cadı</t>
+          <t>Oluş Serüveni</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>669</v>
+        <v>588</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057872128</t>
+          <t>9786057872135</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İçkinlik Etiği: Nietzsche ve Spinoza</t>
+          <t>Caliban ve Cadı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>669</v>
+        <v>835</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057872111</t>
+          <t>9786057872128</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ortaklıktan Çıkan Siyaset</t>
+          <t>İçkinlik Etiği: Nietzsche ve Spinoza</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>630</v>
+        <v>756</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057872104</t>
+          <t>9786057872111</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Devrim</t>
+          <t>Ortaklıktan Çıkan Siyaset</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>832</v>
+        <v>756</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057872098</t>
+          <t>9786057872104</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Bilinçdışı</t>
+          <t>Moleküler Devrim</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>264</v>
+        <v>957</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786057872081</t>
+          <t>9786057872098</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tenin Sınırlarının Ötesine</t>
+          <t>Psikanaliz ve Bilinçdışı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>405</v>
+        <v>330</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786057872067</t>
+          <t>9786057872081</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Sınırlarında</t>
+          <t>Tenin Sınırlarının Ötesine</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>379</v>
+        <v>496</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057872050</t>
+          <t>9786057872067</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kadın - Oluş</t>
+          <t>Edebiyatın Sınırlarında</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>499</v>
+        <v>466</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057872029</t>
+          <t>9786057872050</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Sözlüğü</t>
+          <t>Kadın - Oluş</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>696</v>
+        <v>613</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057872036</t>
+          <t>9786057872029</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Deleuze’den Sonra Feminist Teori</t>
+          <t>Spinoza Sözlüğü</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>499</v>
+        <v>835</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057872012</t>
+          <t>9786057872036</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Foucault Üzerine Dersler</t>
+          <t>Deleuze’den Sonra Feminist Teori</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>696</v>
+        <v>613</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756056981</t>
+          <t>9786057872012</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşme Siyasetinde Fark ve Olay</t>
+          <t>Bilgi Foucault Üzerine Dersler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>379</v>
+        <v>835</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756056974</t>
+          <t>9789756056981</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve Yaratıklar</t>
+          <t>Özgürleşme Siyasetinde Fark ve Olay</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>653</v>
+        <v>466</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789756056967</t>
+          <t>9789756056974</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlık Patolojisi</t>
+          <t>Spinoza ve Yaratıklar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>499</v>
+        <v>784</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789756056950</t>
+          <t>9789756056967</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Felix Guattari: Öznellik Alanları</t>
+          <t>Kahramanlık Patolojisi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>630</v>
+        <v>613</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789756056943</t>
+          <t>9789756056950</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İmgesel Bedenler</t>
+          <t>Felix Guattari: Öznellik Alanları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>557</v>
+        <v>756</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756056936</t>
+          <t>9789756056943</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyanın Dipsiz Kuyusu</t>
+          <t>İmgesel Bedenler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>630</v>
+        <v>685</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789756056929</t>
+          <t>9789756056936</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Arabesk</t>
+          <t>Sosyal Medyanın Dipsiz Kuyusu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>669</v>
+        <v>756</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756056912</t>
+          <t>9789756056929</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Kurucu Öznelliği</t>
+          <t>Felsefi Arabesk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>669</v>
+        <v>835</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756056905</t>
+          <t>9789756056912</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Açık Marksizm</t>
+          <t>Emeğin Kurucu Öznelliği</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>669</v>
+        <v>756</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789756056882</t>
+          <t>9789756056905</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Videofelsefe</t>
+          <t>Açık Marksizm</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>557</v>
+        <v>756</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789756056875</t>
+          <t>9789756056882</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Platon'a Rağmen</t>
+          <t>Videofelsefe</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>478</v>
+        <v>685</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789756056868</t>
+          <t>9789756056875</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sermaye ve Duygular</t>
+          <t>Platon'a Rağmen</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>405</v>
+        <v>588</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789756056844</t>
+          <t>9789756056868</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Fabrikaları Yaratıcılık Endüstrileri</t>
+          <t>Sermaye ve Duygular</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>358</v>
+        <v>496</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789756056851</t>
+          <t>9789756056844</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hegel Paris’te</t>
+          <t>Bilgi Fabrikaları Yaratıcılık Endüstrileri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>738</v>
+        <v>441</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789756056820</t>
+          <t>9789756056851</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Yoksa Abur Cubur Yesinler</t>
+          <t>Hegel Paris’te</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>630</v>
+        <v>835</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789756056813</t>
+          <t>9789756056820</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kırılganların Yönetimi</t>
+          <t>Ekmek Yoksa Abur Cubur Yesinler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>379</v>
+        <v>756</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789756056769</t>
+          <t>9789756056813</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Minör Politika</t>
+          <t>Kırılganların Yönetimi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>557</v>
+        <v>466</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789756056752</t>
+          <t>9789756056769</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Kapitalizm</t>
+          <t>Minör Politika</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>669</v>
+        <v>685</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789756056776</t>
+          <t>9789756056752</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Postyapısalcı Edebiyat Kuramı</t>
+          <t>Bilişsel Kapitalizm</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>499</v>
+        <v>756</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789756056745</t>
+          <t>9789756056776</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İktidarı Dağıtmak</t>
+          <t>Postyapısalcı Edebiyat Kuramı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>499</v>
+        <v>613</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789756056738</t>
+          <t>9789756056745</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Toplumun Altüst Edilmesi</t>
+          <t>İktidarı Dağıtmak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>557</v>
+        <v>613</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756056707</t>
+          <t>9789756056738</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşme Makineleri: Deleuze ve Marx</t>
+          <t>Kadınlar ve Toplumun Altüst Edilmesi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>499</v>
+        <v>685</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789756056585</t>
+          <t>9789756056707</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Deleuze ve Guattari</t>
+          <t>Özgürleşme Makineleri: Deleuze ve Marx</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>557</v>
+        <v>613</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756056226</t>
+          <t>9789756056585</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Lenin Üzerine 33 Ders : Strateji Fabrikası</t>
+          <t>Deleuze ve Guattari</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>669</v>
+        <v>685</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756056714</t>
+          <t>9789756056226</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Londra İdamları</t>
+          <t>Lenin Üzerine 33 Ders : Strateji Fabrikası</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>861</v>
+        <v>835</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789756056233</t>
+          <t>9789756056714</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kapital’i Politik Olarak Okumak</t>
+          <t>Londra İdamları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>557</v>
+        <v>957</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756056134</t>
+          <t>9789756056233</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Ülkesi</t>
+          <t>Kapital’i Politik Olarak Okumak</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>499</v>
+        <v>685</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756056547</t>
+          <t>9789756056134</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>L. Auguste Blanqui'nin Devrimci Teorileri</t>
+          <t>Kadınlar Ülkesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>499</v>
+        <v>613</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789756056554</t>
+          <t>9789756056547</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Paris'te</t>
+          <t>L. Auguste Blanqui'nin Devrimci Teorileri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>669</v>
+        <v>613</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789756056691</t>
+          <t>9789756056554</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kaçış Çizgileri</t>
+          <t>Nietzsche Paris'te</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>696</v>
+        <v>756</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789756056677</t>
+          <t>9789756056691</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Carbonia</t>
+          <t>Kaçış Çizgileri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>335</v>
+        <v>835</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789756056660</t>
+          <t>9789756056677</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Komünizmi</t>
+          <t>Carbonia</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>599</v>
+        <v>418</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789756056653</t>
+          <t>9789756056660</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Paris'te</t>
+          <t>Sermayenin Komünizmi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>738</v>
+        <v>685</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756056172</t>
+          <t>9789756056653</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>John Ball’un Rüyası</t>
+          <t>Heidegger Paris'te</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>264</v>
+        <v>835</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789756056431</t>
+          <t>9789756056172</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyi İstiyoruz</t>
+          <t>John Ball’un Rüyası</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>478</v>
+        <v>330</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789756056639</t>
+          <t>9789756056431</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gelecekten Sonra</t>
+          <t>Her Şeyi İstiyoruz</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>499</v>
+        <v>588</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789756056790</t>
+          <t>9789756056639</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sandokan - Camorra'nın Öyküsü</t>
+          <t>Gelecekten Sonra</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>405</v>
+        <v>613</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789756056622</t>
+          <t>9789756056790</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Deleuze'ün Felsefi Mirası</t>
+          <t>Sandokan - Camorra'nın Öyküsü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>738</v>
+        <v>496</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789756056646</t>
+          <t>9789756056622</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Makine Kırıcılık</t>
+          <t>Deleuze'ün Felsefi Mirası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>264</v>
+        <v>900</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789756056608</t>
+          <t>9789756056646</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Yıkıcı Akıl ve Olumsuzlama</t>
+          <t>Makine Kırıcılık</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>594</v>
+        <v>330</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789756056592</t>
+          <t>9789756056608</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gezi'nin Yeryüzü Kardeşleri</t>
+          <t>Yıkıcı Akıl ve Olumsuzlama</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>599</v>
+        <v>685</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789756056578</t>
+          <t>9789756056592</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bin Makine</t>
+          <t>Gezi'nin Yeryüzü Kardeşleri</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>358</v>
+        <v>685</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789756056189</t>
+          <t>9789756056578</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Umudun Yolcuları</t>
+          <t>Bin Makine</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>264</v>
+        <v>441</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789756056325</t>
+          <t>9789756056189</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ve Siyaset</t>
+          <t>Umudun Yolcuları</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>478</v>
+        <v>330</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789756056394</t>
+          <t>9789756056325</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sarı Duvar Kağıdı</t>
+          <t>Spinoza ve Siyaset</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>358</v>
+        <v>588</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789756056516</t>
+          <t>9789756056394</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Olumsuzluk ve Devrim</t>
+          <t>Sarı Duvar Kağıdı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>557</v>
+        <v>441</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789756056417</t>
+          <t>9789756056516</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kapital’inin Oluşumu (Ciltli)</t>
+          <t>Olumsuzluk ve Devrim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>956</v>
+        <v>685</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789756056103</t>
+          <t>9789756056417</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Marx ve Komünalist Otonomi</t>
+          <t>Marx’ın Kapital’inin Oluşumu (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>630</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789756056479</t>
+          <t>9789756056103</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomide Kriz</t>
+          <t>Marx ve Komünalist Otonomi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>557</v>
+        <v>756</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789756056448</t>
+          <t>9789756056479</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca</t>
+          <t>Küresel Ekonomide Kriz</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>478</v>
+        <v>685</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789756056424</t>
+          <t>9789756056448</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kritik ve Kriz</t>
+          <t>Kurmaca</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>557</v>
+        <v>588</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789756056011</t>
+          <t>9789756056424</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İtalya’da Radikal Düşünce ve Kurucu Politika</t>
+          <t>Kritik ve Kriz</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>669</v>
+        <v>685</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789756056110</t>
+          <t>9789756056011</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktaki Hareketler Geçişler ve Görünümler</t>
+          <t>İtalya’da Radikal Düşünce ve Kurucu Politika</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>599</v>
+        <v>756</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756056455</t>
+          <t>9789756056110</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Irak, Afganistan ve Çağımızın Emperyalizmi</t>
+          <t>İmparatorluktaki Hareketler Geçişler ve Görünümler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>630</v>
+        <v>685</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789756056202</t>
+          <t>9789756056455</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünü Fethetmek</t>
+          <t>Irak, Afganistan ve Çağımızın Emperyalizmi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>599</v>
+        <v>756</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789756056486</t>
+          <t>9789756056202</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Feminist Öznelerin Kuruluşu</t>
+          <t>Gökyüzünü Fethetmek</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>557</v>
+        <v>685</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789756056400</t>
+          <t>9789756056486</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Diyalektik Sınıftır</t>
+          <t>Feminist Öznelerin Kuruluşu</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>669</v>
+        <v>685</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
+          <t>9789756056400</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Diyalektik Sınıftır</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
           <t>9789756056271</t>
         </is>
       </c>
-      <c r="B149" s="1" t="inlineStr">
+      <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Deleuze, Marx ve Politika</t>
         </is>
       </c>
-      <c r="C149" s="1">
-        <v>594</v>
+      <c r="C150" s="1">
+        <v>685</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>