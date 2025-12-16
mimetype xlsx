--- v0 (2025-10-24)
+++ v1 (2025-12-16)
@@ -85,2785 +85,2800 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257236065</t>
+          <t>9786257236751</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Neliği Sorunu</t>
+          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>301</v>
+        <v>569</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786055932741</t>
+          <t>9786257236065</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yaz Dediler Anı</t>
+          <t>Sünnetin Neliği Sorunu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>245</v>
+        <v>301</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059168205</t>
+          <t>9786055932741</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Solfej Metodu</t>
+          <t>Yaz Dediler Anı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>870</v>
+        <v>245</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054696475</t>
+          <t>9786059168205</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin Temel Meseleleri (Ciltli)</t>
+          <t>Türk Musikisi Solfej Metodu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>308</v>
+        <v>870</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054696499</t>
+          <t>9786054696475</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu (Ciltli)</t>
+          <t>Hadis İlminin Temel Meseleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>845</v>
+        <v>308</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056928680</t>
+          <t>9786054696499</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Dönemi İktidar Kavgası (Ciltli)</t>
+          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>845</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059168007</t>
+          <t>9786056928680</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin İslam'daki Yeri</t>
+          <t>Sahabe Dönemi İktidar Kavgası (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>124</v>
+        <v>420</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054696673</t>
+          <t>9786059168007</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslami Tenkid Zihniyeti ve Hadis Tenkidinin Doğusu (Ciltli)</t>
+          <t>Sünnetin İslam'daki Yeri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>420</v>
+        <v>124</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059168090</t>
+          <t>9786054696673</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe’nin Sahabeye Yönelttiği Eleştiriler</t>
+          <t>İslami Tenkid Zihniyeti ve Hadis Tenkidinin Doğusu (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>351</v>
+        <v>420</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059168120</t>
+          <t>9786059168090</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Kur'an Dışı Vahiy (Ciltli)</t>
+          <t>Hz. Aişe’nin Sahabeye Yönelttiği Eleştiriler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>474</v>
+        <v>351</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052300664</t>
+          <t>9786059168120</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıymeti (Özel Baskı)</t>
+          <t>Hz. Peygamber ve Kur'an Dışı Vahiy (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>124</v>
+        <v>474</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257236416</t>
+          <t>9786052300664</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuşun Eteğinde İnsan</t>
+          <t>Zamanın Kıymeti (Özel Baskı)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>285</v>
+        <v>124</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059621458</t>
+          <t>9786257236416</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Neshin Problematik Tarihi (Ciltli)</t>
+          <t>Sarp Yokuşun Eteğinde İnsan</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>367</v>
+        <v>285</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054696802</t>
+          <t>9786059621458</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafi’i'nin Hadis Yorum Metodolojisi (Ciltli)</t>
+          <t>Neshin Problematik Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>471</v>
+        <v>367</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054696635</t>
+          <t>9786054696802</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dinin Akli ve Ahlaki Savunusu</t>
+          <t>İmam Şafi’i'nin Hadis Yorum Metodolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>489</v>
+        <v>471</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059168533</t>
+          <t>9786054696635</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İlhammiyat 1-2 Dini Teolojik Aforizmalar</t>
+          <t>Dinin Akli ve Ahlaki Savunusu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>87</v>
+        <v>489</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054696796</t>
+          <t>9786059168533</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve İdeoloji</t>
+          <t>İlhammiyat 1-2 Dini Teolojik Aforizmalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>430</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054696468</t>
+          <t>9786054696796</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gazali’de Sünnet, Hadis ve Yorum (Ciltli)</t>
+          <t>Hadis ve İdeoloji</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>339</v>
+        <v>430</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057579195</t>
+          <t>9786054696468</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Nesefi ve İslam Filozoflarına Göre Allah-Alem İlişkisi (Ciltli)</t>
+          <t>Gazali’de Sünnet, Hadis ve Yorum (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>356</v>
+        <v>339</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257236041</t>
+          <t>9786057579195</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Terimleri ve Deyimleri Sözlüğü (Ciltli)</t>
+          <t>Nesefi ve İslam Filozoflarına Göre Allah-Alem İlişkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>921</v>
+        <v>356</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257236195</t>
+          <t>9786257236041</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Din Söylemleri Üzerine Zihniyet Çözümlemeleri (Ciltli)</t>
+          <t>Tasavvuf Terimleri ve Deyimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>736</v>
+        <v>921</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055932718</t>
+          <t>9786257236195</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi ve Maturidilik (Ciltli)</t>
+          <t>Tarihsel Din Söylemleri Üzerine Zihniyet Çözümlemeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>506</v>
+        <v>736</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055932800</t>
+          <t>9786055932718</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Felsefe (Ciltli)</t>
+          <t>İmam Maturidi ve Maturidilik (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>224</v>
+        <v>506</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257236010</t>
+          <t>9786055932800</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa’ya Ne Oldu?</t>
+          <t>Yaşayan Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>127</v>
+        <v>224</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059168106</t>
+          <t>9786257236010</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hilafetin Kureyşliliği (Ciltli)</t>
+          <t>Hz. İsa’ya Ne Oldu?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>540</v>
+        <v>127</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257236003</t>
+          <t>9786059168106</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet’in Kurucu Ataları</t>
+          <t>Hilafetin Kureyşliliği (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>453</v>
+        <v>540</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054696192</t>
+          <t>9786257236003</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Buhari’nin Kaynakları (Ciltli)</t>
+          <t>Ehl-i Sünnet’in Kurucu Ataları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>439</v>
+        <v>453</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055932688</t>
+          <t>9786054696192</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Yenilenme (Ciltli)</t>
+          <t>Buhari’nin Kaynakları (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>265</v>
+        <v>439</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786052300367</t>
+          <t>9786055932688</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kültürde Kur’an’a Yabancılaşma Süreci (Ciltli)</t>
+          <t>Gelenek ve Yenilenme (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>356</v>
+        <v>265</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059621663</t>
+          <t>9786052300367</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıymeti</t>
+          <t>Müslüman Kültürde Kur’an’a Yabancılaşma Süreci (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>103</v>
+        <v>356</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052300251</t>
+          <t>9786059621663</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Sırrını Anlamak</t>
+          <t>Zamanın Kıymeti</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>117</v>
+        <v>103</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052300503</t>
+          <t>9786052300251</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mutezile ve Hadis</t>
+          <t>Kaderin Sırrını Anlamak</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>589</v>
+        <v>117</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059168625</t>
+          <t>9786052300503</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Ganimet Uygulamaları</t>
+          <t>Mutezile ve Hadis</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>114</v>
+        <v>589</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052300282</t>
+          <t>9786059168625</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin İbn Arabi ve Düşünce Dünyası</t>
+          <t>Hz. Peygamber Döneminde Ganimet Uygulamaları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>135</v>
+        <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052300466</t>
+          <t>9786052300282</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dini Anlama Kılavuzu (Ciltli)</t>
+          <t>Muhyiddin İbn Arabi ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>351</v>
+        <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059621540</t>
+          <t>9786052300466</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçar Sızı Kalır</t>
+          <t>Dini Anlama Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>164</v>
+        <v>351</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257236058</t>
+          <t>9786059621540</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şiada Siyasal Düşüncenin Gelişimi - Şuradan Velayet-i Fakihe</t>
+          <t>Söz Uçar Sızı Kalır</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>348</v>
+        <v>164</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059621618</t>
+          <t>9786257236058</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıymeti (Genişletilmiş Baskı - Ciltli)</t>
+          <t>Şiada Siyasal Düşüncenin Gelişimi - Şuradan Velayet-i Fakihe</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>270</v>
+        <v>348</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257236614</t>
+          <t>9786059621618</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme</t>
+          <t>Zamanın Kıymeti (Genişletilmiş Baskı - Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>501</v>
+        <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059168328</t>
+          <t>9786257236614</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Metin Tenkidi (Ciltli)</t>
+          <t>Sekülerleşme</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>522</v>
+        <v>501</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257236096</t>
+          <t>9786059168328</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kuran Anlaşılmasında Gai Yorum</t>
+          <t>Hadiste Metin Tenkidi (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>111</v>
+        <v>522</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052300176</t>
+          <t>9786257236096</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Maturidi ve Nesefi’ye Göre İnsan Hürriyeti (Ciltli)</t>
+          <t>Kuran Anlaşılmasında Gai Yorum</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>339</v>
+        <v>111</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052300183</t>
+          <t>9786052300176</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufu Anlama Kılavuzu (Ciltli)</t>
+          <t>Maturidi ve Nesefi’ye Göre İnsan Hürriyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>217</v>
+        <v>339</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052300121</t>
+          <t>9786052300183</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tefsir ve Hadiste İsrailiyyat</t>
+          <t>Tasavvufu Anlama Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>135</v>
+        <v>217</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257236027</t>
+          <t>9786052300121</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sünni Paradigmanın Oluşumunda Şafii'nin Rolü</t>
+          <t>Tefsir ve Hadiste İsrailiyyat</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>248</v>
+        <v>135</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257236157</t>
+          <t>9786257236027</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Akademik Yaklaşımlar (2 Cilt Takım) (Ciltli)</t>
+          <t>Sünni Paradigmanın Oluşumunda Şafii'nin Rolü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>669</v>
+        <v>248</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059168847</t>
+          <t>9786257236157</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teoloji (Ciltli)</t>
+          <t>Tefsire Akademik Yaklaşımlar (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>669</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059168595</t>
+          <t>9786059168847</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Adem'den Öncesine Dönüş</t>
+          <t>Sosyal Teoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>324</v>
+        <v>320</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054696789</t>
+          <t>9786059168595</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'nın Kelama Etkisi (Ciltli)</t>
+          <t>Adem'den Öncesine Dönüş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>336</v>
+        <v>324</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054696482</t>
+          <t>9786054696789</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hatun (Ciltli)</t>
+          <t>İbn Sina'nın Kelama Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>327</v>
+        <v>336</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054696642</t>
+          <t>9786054696482</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sühreverdi ve İşrak Felsefesi (Ciltli)</t>
+          <t>Hatun (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>409</v>
+        <v>327</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054696611</t>
+          <t>9786054696642</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kur'an, Tasavvuf ve Seküler Dünyanın Yorumu (Ciltli)</t>
+          <t>Sühreverdi ve İşrak Felsefesi (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>224</v>
+        <v>409</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257236621</t>
+          <t>9786054696611</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İlahi Hitabın Tabiatı</t>
+          <t>Kur'an, Tasavvuf ve Seküler Dünyanın Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>501</v>
+        <v>224</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257236393</t>
+          <t>9786257236621</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>El-Muslimun Fi’t-Tarih (Arapça) (Ciltli)</t>
+          <t>İlahi Hitabın Tabiatı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>535</v>
+        <v>501</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257236386</t>
+          <t>9786257236393</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Muslims in History (Ciltli)</t>
+          <t>El-Muslimun Fi’t-Tarih (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>607</v>
+        <v>535</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257236409</t>
+          <t>9786257236386</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>El-Müslümanan Der Tul-i Tarih (Farsça) (Ciltli)</t>
+          <t>Muslims in History (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>534</v>
+        <v>607</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056928611</t>
+          <t>9786257236409</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarının Tarihi Değeri</t>
+          <t>El-Müslümanan Der Tul-i Tarih (Farsça) (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>501</v>
+        <v>534</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058019799</t>
+          <t>9786056928611</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Hadisi Anlama Kılavuzu (Ciltli)</t>
+          <t>Kur’an Kıssalarının Tarihi Değeri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>427</v>
+        <v>501</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257236973</t>
+          <t>9786058019799</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tarihsellik Düşüncesi ve Hadislerin Anlaşılması</t>
+          <t>Sünnet ve Hadisi Anlama Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>445</v>
+        <v>427</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257236966</t>
+          <t>9786257236973</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik Hadisçiliğin Tarihî Arka Planı</t>
+          <t>Tarihsellik Düşüncesi ve Hadislerin Anlaşılması</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>308</v>
+        <v>445</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257236959</t>
+          <t>9786257236966</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dönüşümün Serüveni</t>
+          <t>İdeolojik Hadisçiliğin Tarihî Arka Planı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>643</v>
+        <v>308</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257236256</t>
+          <t>9786257236959</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Din Kurucularında ve Peygamberlerde Hakikati Bulmada Benliğe Dalma</t>
+          <t>Dönüşümün Serüveni</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>459</v>
+        <v>643</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257236805</t>
+          <t>9786257236256</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hilafetin Kureyşliliği</t>
+          <t>Din Kurucularında ve Peygamberlerde Hakikati Bulmada Benliğe Dalma</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>474</v>
+        <v>459</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257236584</t>
+          <t>9786257236805</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik Tarih Okumaları</t>
+          <t>Hilafetin Kureyşliliği</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>411</v>
+        <v>474</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056928628</t>
+          <t>9786257236584</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sufi Bir Aşk Yolcusu</t>
+          <t>İdeolojik Tarih Okumaları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>344</v>
+        <v>411</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257236942</t>
+          <t>9786056928628</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Bestedir Ömrüm Türk Musikisine Vakfedilmiş Bir Hayatın Hikayesi</t>
+          <t>Sufi Bir Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>295</v>
+        <v>344</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050691863</t>
+          <t>9786257236942</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Erbaini</t>
+          <t>Bir Bestedir Ömrüm Türk Musikisine Vakfedilmiş Bir Hayatın Hikayesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057579393</t>
+          <t>9786050691863</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisinin 100'ü</t>
+          <t>Kalbin Erbaini</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057579409</t>
+          <t>9786057579393</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisinin 200'ü</t>
+          <t>Din Sosyolojisinin 100'ü</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257236928</t>
+          <t>9786057579409</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Maturidi Düşüncede Ahlak ve İktidarın Kuruluşu</t>
+          <t>Din Sosyolojisinin 200'ü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257236935</t>
+          <t>9786257236928</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dindar Suretler Seküler Siretler</t>
+          <t>Maturidi Düşüncede Ahlak ve İktidarın Kuruluşu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052300046</t>
+          <t>9786257236935</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun 200'ü</t>
+          <t>Dindar Suretler Seküler Siretler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257236706</t>
+          <t>9786052300046</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Avrupasında Müslüman Azınlıklar</t>
+          <t>Tasavvufun 200'ü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>353</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257236744</t>
+          <t>9786257236706</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Amerika Kıtasında Müslüman Azınlıklar</t>
+          <t>Günümüz Avrupasında Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>275</v>
+        <v>353</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059621960</t>
+          <t>9786257236744</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Siyerin 100'ü</t>
+          <t>Günümüz Amerika Kıtasında Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059621984</t>
+          <t>9786059621960</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihinin 100'ü</t>
+          <t>Siyerin 100'ü</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059621953</t>
+          <t>9786059621984</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hadisin 100'ü</t>
+          <t>Dinler Tarihinin 100'ü</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059621939</t>
+          <t>9786059621953</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminin 100'ü</t>
+          <t>Hadisin 100'ü</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059621908</t>
+          <t>9786059621939</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun 100'ü</t>
+          <t>Din Eğitiminin 100'ü</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059621885</t>
+          <t>9786059621908</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kelamın 100'ü</t>
+          <t>Tasavvufun 100'ü</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059621915</t>
+          <t>9786059621885</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinin 100'ü</t>
+          <t>Kelamın 100'ü</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059621946</t>
+          <t>9786059621915</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisinin 100'ü</t>
+          <t>İslam Felsefesinin 100'ü</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059621892</t>
+          <t>9786059621946</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihinin 100'ü</t>
+          <t>Din Psikolojisinin 100'ü</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059621922</t>
+          <t>9786059621892</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinin 100'ü</t>
+          <t>Mezhepler Tarihinin 100'ü</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059621878</t>
+          <t>9786059621922</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunun 100'ü</t>
+          <t>Arap Dilinin 100'ü</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059621977</t>
+          <t>9786059621878</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Musikisinin 100'ü</t>
+          <t>İslam Hukukunun 100'ü</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052300084</t>
+          <t>9786059621977</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Siyerin 200’ü</t>
+          <t>Türk Dini Musikisinin 100'ü</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052300053</t>
+          <t>9786052300084</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Musikisinin 200'ü</t>
+          <t>Siyerin 200’ü</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052300039</t>
+          <t>9786052300053</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihinin 200'ü</t>
+          <t>Türk Dini Musikisinin 200'ü</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052300022</t>
+          <t>9786052300039</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kelamın 200'ü</t>
+          <t>Mezhepler Tarihinin 200'ü</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052300091</t>
+          <t>9786052300022</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hadisin 200’ü</t>
+          <t>Kelamın 200'ü</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052300015</t>
+          <t>9786052300091</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinin 200'ü</t>
+          <t>Hadisin 200’ü</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052300060</t>
+          <t>9786052300015</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihinin 200’ü</t>
+          <t>İslam Felsefesinin 200'ü</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059621991</t>
+          <t>9786052300060</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminin 200'ü</t>
+          <t>Dinler Tarihinin 200’ü</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257236249</t>
+          <t>9786059621991</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Temel Meseleleriyle Kıraat İlmi (Ciltli)</t>
+          <t>Din Eğitiminin 200'ü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>358</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257236607</t>
+          <t>9786257236249</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kadın Karşıtı Söylemin İslam Geleneğindeki İzdüşümleri</t>
+          <t>Tarihi ve Temel Meseleleriyle Kıraat İlmi (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>499</v>
+        <v>358</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257236270</t>
+          <t>9786257236607</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Asyasında Müslüman Azınlıklar</t>
+          <t>Kadın Karşıtı Söylemin İslam Geleneğindeki İzdüşümleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>282</v>
+        <v>499</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257236508</t>
+          <t>9786257236270</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Dönemi İktidar Kavgası</t>
+          <t>Günümüz Asyasında Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>389</v>
+        <v>282</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257236591</t>
+          <t>9786257236508</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Din Felsefesi</t>
+          <t>Sahabe Dönemi İktidar Kavgası</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>335</v>
+        <v>389</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057579423</t>
+          <t>9786257236591</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin 200'ü</t>
+          <t>Yeni Başlayanlar İçin Din Felsefesi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>335</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057579430</t>
+          <t>9786057579423</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin 100'ü</t>
+          <t>İslam Tarihinin 200'ü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052300770</t>
+          <t>9786057579430</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin Temel Meseleleri</t>
+          <t>İslam Tarihinin 100'ü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>269</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257236836</t>
+          <t>9786052300770</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Kriz Yönetimi</t>
+          <t>Hadis İlminin Temel Meseleleri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>570</v>
+        <v>269</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257236829</t>
+          <t>9786257236836</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İtiraz Tepki Saflaşma</t>
+          <t>Hz. Peygamber’in Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257236850</t>
+          <t>9786257236829</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Avustralya</t>
+          <t>İtiraz Tepki Saflaşma</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257236867</t>
+          <t>9786257236850</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Avrupa</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Avustralya</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>671</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257236874</t>
+          <t>9786257236867</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Asya</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Avrupa</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>528</v>
+        <v>671</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257236881</t>
+          <t>9786257236874</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Amerika</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Asya</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>513</v>
+        <v>528</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257236898</t>
+          <t>9786257236881</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Afrika</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Amerika</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>484</v>
+        <v>513</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257236812</t>
+          <t>9786257236898</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Sancısı</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Afrika</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>228</v>
+        <v>484</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257236782</t>
+          <t>9786257236812</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz Hakikatler</t>
+          <t>Varoluş Sancısı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>280</v>
+        <v>228</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257236713</t>
+          <t>9786257236782</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Nesefi ve İslam Filozoflarına Göre Allah - Alem İlişkisi</t>
+          <t>Kimliksiz Hakikatler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257236263</t>
+          <t>9786257236713</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Giriş</t>
+          <t>Nesefi ve İslam Filozoflarına Göre Allah - Alem İlişkisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>301</v>
+        <v>290</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257236768</t>
+          <t>9786257236263</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Hatun</t>
+          <t>Kur'an'a Giriş</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>219</v>
+        <v>301</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257236720</t>
+          <t>9786257236768</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Liderlik ve Hz. Muhammed</t>
+          <t>Hatun</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>641</v>
+        <v>219</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257236447</t>
+          <t>9786257236720</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hakikat, Hareket ve İnşa</t>
+          <t>Nebevi Liderlik ve Hz. Muhammed</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>328</v>
+        <v>641</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257236430</t>
+          <t>9786257236447</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Gözbebeği İnsan</t>
+          <t>Hakikat, Hareket ve İnşa</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>273</v>
+        <v>328</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257236652</t>
+          <t>9786257236430</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Zor Zamanlar</t>
+          <t>Tanrı’nın Gözbebeği İnsan</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>165</v>
+        <v>273</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257236669</t>
+          <t>9786257236652</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Anlam Arayışı</t>
+          <t>İslam’da Zor Zamanlar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257236645</t>
+          <t>9786257236669</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tarihsellik Yazıları</t>
+          <t>Gençliğin Anlam Arayışı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>281</v>
+        <v>210</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257236560</t>
+          <t>9786257236645</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Şahidi Kur'an'ın Müfessiri Hz. Aişe</t>
+          <t>Kur’an ve Tarihsellik Yazıları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>425</v>
+        <v>281</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257236287</t>
+          <t>9786257236560</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Müslümanlar (8 Cilt Takım) (Ciltli)</t>
+          <t>Vahyin Şahidi Kur'an'ın Müfessiri Hz. Aişe</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>9000</v>
+        <v>425</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257236379</t>
+          <t>9786257236287</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Müslümanlar (Ciltli)</t>
+          <t>Tarihte Müslümanlar (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>598</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257236539</t>
+          <t>9786257236379</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şeyh ve Kilise</t>
+          <t>Tarihte Müslümanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>255</v>
+        <v>598</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257236577</t>
+          <t>9786257236539</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi ve Maturidilik</t>
+          <t>Şeyh ve Kilise</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>814</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257236553</t>
+          <t>9786257236577</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Matüridi: Kayıp Aydınlanmanın İzinde</t>
+          <t>İmam Maturidi ve Maturidilik</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>746</v>
+        <v>814</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257236515</t>
+          <t>9786257236553</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Buhari’nin Kaynakları</t>
+          <t>Matüridi: Kayıp Aydınlanmanın İzinde</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>480</v>
+        <v>746</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786058019713</t>
+          <t>9786257236515</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi - Büyük Selçuklu Dönemi</t>
+          <t>Buhari’nin Kaynakları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>404</v>
+        <v>480</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257236201</t>
+          <t>9786058019713</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teoloji</t>
+          <t>İslam Siyaset Düşüncesi - Büyük Selçuklu Dönemi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>286</v>
+        <v>404</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257236232</t>
+          <t>9786257236201</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Öğretmen ve Öğretmenlik</t>
+          <t>Sosyal Teoloji</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>416</v>
+        <v>286</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257236140</t>
+          <t>9786257236232</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Müslümanının Kur’an’la İletişimi (Ciltli)</t>
+          <t>Geçmişten Geleceğe Öğretmen ve Öğretmenlik</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050691870</t>
+          <t>9786257236140</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Adem’den Öncesine Dönüş</t>
+          <t>Bugünün Müslümanının Kur’an’la İletişimi (Ciltli)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>246</v>
+        <v>415</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050691849</t>
+          <t>9786050691870</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kültürde Kur’an’a Yabancılaşma Süreci</t>
+          <t>Adem’den Öncesine Dönüş</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>290</v>
+        <v>246</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050691818</t>
+          <t>9786050691849</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kültürü Araştırmaları</t>
+          <t>Müslüman Kültürde Kur’an’a Yabancılaşma Süreci</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786058019782</t>
+          <t>9786050691818</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Hadisi Anlama Kılavuzu</t>
+          <t>Hadis Kültürü Araştırmaları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>453</v>
+        <v>420</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786058019706</t>
+          <t>9786058019782</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Hadis Metodolojisi (Karton Kapak)</t>
+          <t>Sünnet ve Hadisi Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>551</v>
+        <v>453</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786056928635</t>
+          <t>9786058019706</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürü Araştırmaları (2 Kitap Takım) (Ciltli)</t>
+          <t>Alternatif Hadis Metodolojisi (Karton Kapak)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>1466</v>
+        <v>551</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786056928673</t>
+          <t>9786056928635</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kalarak Yenilenmek</t>
+          <t>İslam Kültürü Araştırmaları (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>461</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057579188</t>
+          <t>9786056928673</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Kadızadeliler Sivasiler Tartışması</t>
+          <t>Müslüman Kalarak Yenilenmek</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>300</v>
+        <v>461</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057579034</t>
+          <t>9786057579188</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ortasında Kitabın Kıyısında</t>
+          <t>Kadızadeliler Sivasiler Tartışması</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052300817</t>
+          <t>9786057579034</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Adını Sonra Koyarız</t>
+          <t>Hayatın Ortasında Kitabın Kıyısında</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052300565</t>
+          <t>9786052300817</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Üzerine Makaleler (Ciltli)</t>
+          <t>Adını Sonra Koyarız</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>538</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052300800</t>
+          <t>9786052300565</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yks Beni Öpsene</t>
+          <t>Kur'an Üzerine Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>219</v>
+        <v>538</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257236423</t>
+          <t>9786052300800</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Keşif Araçları</t>
+          <t>Yks Beni Öpsene</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>273</v>
+        <v>219</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257236072</t>
+          <t>9786257236423</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Saltanata Giden Yolda Mu'aviye B. Ebi Sufyan</t>
+          <t>Aydınlanmanın Keşif Araçları</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>410</v>
+        <v>273</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052300572</t>
+          <t>9786257236072</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Giriş (Ciltli)</t>
+          <t>Saltanata Giden Yolda Mu'aviye B. Ebi Sufyan</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>633</v>
+        <v>410</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052300299</t>
+          <t>9786052300572</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Gelince Söylerim</t>
+          <t>İslam Hukukuna Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>326</v>
+        <v>633</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786050691894</t>
+          <t>9786052300299</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Evrimci Yaratılış Teorisi</t>
+          <t>Gelince Söylerim</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>245</v>
+        <v>326</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052300244</t>
+          <t>9786050691894</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Devleti’nde İktidar Mücadeleleri</t>
+          <t>İslam'da Evrimci Yaratılış Teorisi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>203</v>
+        <v>245</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052300152</t>
+          <t>9786052300244</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Dönemi Bilim, Kültür Ve Sanat Hayatı (Ciltli)</t>
+          <t>Büyük Selçuklu Devleti’nde İktidar Mücadeleleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>558</v>
+        <v>203</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052300138</t>
+          <t>9786052300152</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Horasan’da Şiilik</t>
+          <t>Emeviler Dönemi Bilim, Kültür Ve Sanat Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>335</v>
+        <v>558</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052300206</t>
+          <t>9786052300138</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hinduizm’de Avatar İnancı</t>
+          <t>Horasan’da Şiilik</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>318</v>
+        <v>335</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052300114</t>
+          <t>9786052300206</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Selefiliği</t>
+          <t>Hinduizm’de Avatar İnancı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>264</v>
+        <v>318</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059621403</t>
+          <t>9786052300114</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-i Hat ve Hadis (Ciltli)</t>
+          <t>Günümüz Selefiliği</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>476</v>
+        <v>264</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052300169</t>
+          <t>9786059621403</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihini Anlama Kılavuzu (Ciltli)</t>
+          <t>Hüsn-i Hat ve Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>658</v>
+        <v>476</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786050691832</t>
+          <t>9786052300169</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Dini Anlama Kılavuzu</t>
+          <t>İslam Tarihini Anlama Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>281</v>
+        <v>658</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052300190</t>
+          <t>9786050691832</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yetiş Ya Ali</t>
+          <t>Dini Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>281</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257236546</t>
+          <t>9786052300190</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Arab Hakimiyeti, Şia ve Mesih Akideleri</t>
+          <t>Yetiş Ya Ali</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>191</v>
+        <v>300</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059621762</t>
+          <t>9786257236546</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Siyasi Düşüncede Akıl</t>
+          <t>Arab Hakimiyeti, Şia ve Mesih Akideleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>300</v>
+        <v>191</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059621632</t>
+          <t>9786059621762</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Devleti Arasında Hz. Muhammed (sas.) (Ciltli)</t>
+          <t>İktisadi ve Siyasi Düşüncede Akıl</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>635</v>
+        <v>300</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059621656</t>
+          <t>9786059621632</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Aşkta ve Yaratıcılıkta Yeniden Doğuş</t>
+          <t>İki Cihan Devleti Arasında Hz. Muhammed (sas.) (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>245</v>
+        <v>635</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059168601</t>
+          <t>9786059621656</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Selefiliğin Fikri Arkaplanı</t>
+          <t>Aşkta ve Yaratıcılıkta Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>585</v>
+        <v>245</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059168212</t>
+          <t>9786059168601</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hadis İlimleri ve Usulü</t>
+          <t>Selefiliğin Fikri Arkaplanı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>328</v>
+        <v>585</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059168526</t>
+          <t>9786059168212</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gerisi Hikaye</t>
+          <t>Muhtasar Hadis İlimleri ve Usulü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>281</v>
+        <v>328</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059621229</t>
+          <t>9786059168526</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Hadis Müdafaası (Ciltli)</t>
+          <t>Gerisi Hikaye</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>908</v>
+        <v>281</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059621489</t>
+          <t>9786059621229</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çeviride Sadakat Problemi</t>
+          <t>Hadis Müdafaası (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>908</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786058019768</t>
+          <t>9786059621489</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mem u Zin Masalı</t>
+          <t>Çeviride Sadakat Problemi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059621236</t>
+          <t>9786058019768</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ahkamının Değişmesi</t>
+          <t>Mem u Zin Masalı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>264</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059168731</t>
+          <t>9786059621236</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İlahi Basitlik Bağlamında Tanrının Bilinebilirliği</t>
+          <t>Kur'an Ahkamının Değişmesi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>461</v>
+        <v>264</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257236638</t>
+          <t>9786059168731</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dünyada Din ve Dindarlar</t>
+          <t>İlahi Basitlik Bağlamında Tanrının Bilinebilirliği</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>399</v>
+        <v>461</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257236089</t>
+          <t>9786257236638</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Oryantalist Yaklaşıma İtirazlar</t>
+          <t>Çağdaş Dünyada Din ve Dindarlar</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>261</v>
+        <v>399</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257236126</t>
+          <t>9786257236089</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Kültür Yazıları</t>
+          <t>Oryantalist Yaklaşıma İtirazlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>369</v>
+        <v>261</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054696697</t>
+          <t>9786257236126</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hadisi Yeniden Düşünmek (Ciltli)</t>
+          <t>Hadis ve Kültür Yazıları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>746</v>
+        <v>369</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059621786</t>
+          <t>9786054696697</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Sahih Hadis Bulunmayan Konular</t>
+          <t>Hadisi Yeniden Düşünmek (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>154</v>
+        <v>746</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786050691856</t>
+          <t>9786059621786</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Siyasi - İctimai Hadiselerle Hadis Münasebetleri (Ciltli)</t>
+          <t>Sahih Hadis Bulunmayan Konular</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>424</v>
+        <v>154</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054696451</t>
+          <t>9786050691856</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Erbaini (Ciltli)</t>
+          <t>Siyasi - İctimai Hadiselerle Hadis Münasebetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>588</v>
+        <v>424</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059168502</t>
+          <t>9786054696451</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Allah, Tabiat ve Tarih</t>
+          <t>Kalbin Erbaini (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>545</v>
+        <v>588</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059168113</t>
+          <t>9786059168502</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Mirasımızı Tenkid Zarureti (Ciltli)</t>
+          <t>Allah, Tabiat ve Tarih</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>420</v>
+        <v>545</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052300824</t>
+          <t>9786059168113</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Siret Tedkikleri</t>
+          <t>Kültürel Mirasımızı Tenkid Zarureti (Ciltli)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>380</v>
+        <v>420</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055932190</t>
+          <t>9786052300824</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Aktüel Değeri Üzerine 2 (Ciltli)</t>
+          <t>Siret Tedkikleri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>474</v>
+        <v>380</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055932206</t>
+          <t>9786055932190</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Aktüel Değeri Üzerine 1 (Ciltli)</t>
+          <t>İslam'ın Aktüel Değeri Üzerine 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>455</v>
+        <v>474</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257236690</t>
+          <t>9786055932206</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe’nin Sahabeye Yönelttiği Eleştiriler</t>
+          <t>İslam'ın Aktüel Değeri Üzerine 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>281</v>
+        <v>455</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
+          <t>9786257236690</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Aişe’nin Sahabeye Yönelttiği Eleştiriler</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
           <t>9786055932183</t>
         </is>
       </c>
-      <c r="B184" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Hadis Tedkikleri (Ciltli)</t>
         </is>
       </c>
-      <c r="C184" s="1">
+      <c r="C185" s="1">
         <v>491</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>