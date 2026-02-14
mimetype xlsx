--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -85,2800 +85,2815 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786257236751</t>
+          <t>9786257236997</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu</t>
+          <t>21. Yüzyıl İçin Din</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>569</v>
+        <v>245</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257236065</t>
+          <t>9786257236751</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Neliği Sorunu</t>
+          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>301</v>
+        <v>710</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055932741</t>
+          <t>9786257236065</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaz Dediler Anı</t>
+          <t>Sünnetin Neliği Sorunu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059168205</t>
+          <t>9786055932741</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Solfej Metodu</t>
+          <t>Yaz Dediler Anı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>870</v>
+        <v>305</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054696475</t>
+          <t>9786059168205</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin Temel Meseleleri (Ciltli)</t>
+          <t>Türk Musikisi Solfej Metodu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>308</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054696499</t>
+          <t>9786054696475</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu (Ciltli)</t>
+          <t>Hadis İlminin Temel Meseleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>845</v>
+        <v>308</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056928680</t>
+          <t>9786054696499</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Dönemi İktidar Kavgası (Ciltli)</t>
+          <t>Sünnet ve Hadisin Anlaşılması ve Yorumlanmasında Metodoloji Sorunu (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>420</v>
+        <v>845</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059168007</t>
+          <t>9786056928680</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin İslam'daki Yeri</t>
+          <t>Sahabe Dönemi İktidar Kavgası (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>124</v>
+        <v>420</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054696673</t>
+          <t>9786059168007</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslami Tenkid Zihniyeti ve Hadis Tenkidinin Doğusu (Ciltli)</t>
+          <t>Sünnetin İslam'daki Yeri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>420</v>
+        <v>124</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059168090</t>
+          <t>9786054696673</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe’nin Sahabeye Yönelttiği Eleştiriler</t>
+          <t>İslami Tenkid Zihniyeti ve Hadis Tenkidinin Doğusu (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>351</v>
+        <v>525</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059168120</t>
+          <t>9786059168090</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Kur'an Dışı Vahiy (Ciltli)</t>
+          <t>Hz. Aişe’nin Sahabeye Yönelttiği Eleştiriler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>474</v>
+        <v>351</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052300664</t>
+          <t>9786059168120</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıymeti (Özel Baskı)</t>
+          <t>Hz. Peygamber ve Kur'an Dışı Vahiy (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>124</v>
+        <v>590</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257236416</t>
+          <t>9786052300664</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuşun Eteğinde İnsan</t>
+          <t>Zamanın Kıymeti (Özel Baskı)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>285</v>
+        <v>124</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059621458</t>
+          <t>9786257236416</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Neshin Problematik Tarihi (Ciltli)</t>
+          <t>Sarp Yokuşun Eteğinde İnsan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>367</v>
+        <v>355</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054696802</t>
+          <t>9786059621458</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İmam Şafi’i'nin Hadis Yorum Metodolojisi (Ciltli)</t>
+          <t>Neshin Problematik Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>471</v>
+        <v>367</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054696635</t>
+          <t>9786054696802</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dinin Akli ve Ahlaki Savunusu</t>
+          <t>İmam Şafi’i'nin Hadis Yorum Metodolojisi (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>489</v>
+        <v>471</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059168533</t>
+          <t>9786054696635</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İlhammiyat 1-2 Dini Teolojik Aforizmalar</t>
+          <t>Dinin Akli ve Ahlaki Savunusu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>87</v>
+        <v>489</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054696796</t>
+          <t>9786059168533</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve İdeoloji</t>
+          <t>İlhammiyat 1-2 Dini Teolojik Aforizmalar</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>430</v>
+        <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054696468</t>
+          <t>9786054696796</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gazali’de Sünnet, Hadis ve Yorum (Ciltli)</t>
+          <t>Hadis ve İdeoloji</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>339</v>
+        <v>430</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057579195</t>
+          <t>9786054696468</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nesefi ve İslam Filozoflarına Göre Allah-Alem İlişkisi (Ciltli)</t>
+          <t>Gazali’de Sünnet, Hadis ve Yorum (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>356</v>
+        <v>339</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257236041</t>
+          <t>9786057579195</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Terimleri ve Deyimleri Sözlüğü (Ciltli)</t>
+          <t>Nesefi ve İslam Filozoflarına Göre Allah-Alem İlişkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>921</v>
+        <v>356</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257236195</t>
+          <t>9786257236041</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Din Söylemleri Üzerine Zihniyet Çözümlemeleri (Ciltli)</t>
+          <t>Tasavvuf Terimleri ve Deyimleri Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>736</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055932718</t>
+          <t>9786257236195</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi ve Maturidilik (Ciltli)</t>
+          <t>Tarihsel Din Söylemleri Üzerine Zihniyet Çözümlemeleri (Ciltli)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>506</v>
+        <v>920</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055932800</t>
+          <t>9786055932718</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Felsefe (Ciltli)</t>
+          <t>İmam Maturidi ve Maturidilik (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>224</v>
+        <v>506</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257236010</t>
+          <t>9786055932800</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa’ya Ne Oldu?</t>
+          <t>Yaşayan Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>127</v>
+        <v>224</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059168106</t>
+          <t>9786257236010</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hilafetin Kureyşliliği (Ciltli)</t>
+          <t>Hz. İsa’ya Ne Oldu?</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>540</v>
+        <v>127</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257236003</t>
+          <t>9786059168106</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Sünnet’in Kurucu Ataları</t>
+          <t>Hilafetin Kureyşliliği (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>453</v>
+        <v>540</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054696192</t>
+          <t>9786257236003</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Buhari’nin Kaynakları (Ciltli)</t>
+          <t>Ehl-i Sünnet’in Kurucu Ataları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>439</v>
+        <v>453</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055932688</t>
+          <t>9786054696192</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Yenilenme (Ciltli)</t>
+          <t>Buhari’nin Kaynakları (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>265</v>
+        <v>439</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052300367</t>
+          <t>9786055932688</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kültürde Kur’an’a Yabancılaşma Süreci (Ciltli)</t>
+          <t>Gelenek ve Yenilenme (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>356</v>
+        <v>265</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059621663</t>
+          <t>9786052300367</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıymeti</t>
+          <t>Müslüman Kültürde Kur’an’a Yabancılaşma Süreci (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>103</v>
+        <v>356</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052300251</t>
+          <t>9786059621663</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Sırrını Anlamak</t>
+          <t>Zamanın Kıymeti</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>117</v>
+        <v>103</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052300503</t>
+          <t>9786052300251</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mutezile ve Hadis</t>
+          <t>Kaderin Sırrını Anlamak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>589</v>
+        <v>117</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059168625</t>
+          <t>9786052300503</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber Döneminde Ganimet Uygulamaları</t>
+          <t>Mutezile ve Hadis</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>114</v>
+        <v>735</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052300282</t>
+          <t>9786059168625</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muhyiddin İbn Arabi ve Düşünce Dünyası</t>
+          <t>Hz. Peygamber Döneminde Ganimet Uygulamaları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>135</v>
+        <v>114</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052300466</t>
+          <t>9786052300282</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dini Anlama Kılavuzu (Ciltli)</t>
+          <t>Muhyiddin İbn Arabi ve Düşünce Dünyası</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>351</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059621540</t>
+          <t>9786052300466</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Söz Uçar Sızı Kalır</t>
+          <t>Dini Anlama Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>164</v>
+        <v>351</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257236058</t>
+          <t>9786059621540</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şiada Siyasal Düşüncenin Gelişimi - Şuradan Velayet-i Fakihe</t>
+          <t>Söz Uçar Sızı Kalır</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>348</v>
+        <v>164</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059621618</t>
+          <t>9786257236058</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kıymeti (Genişletilmiş Baskı - Ciltli)</t>
+          <t>Şiada Siyasal Düşüncenin Gelişimi - Şuradan Velayet-i Fakihe</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>270</v>
+        <v>348</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257236614</t>
+          <t>9786059621618</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sekülerleşme</t>
+          <t>Zamanın Kıymeti (Genişletilmiş Baskı - Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>501</v>
+        <v>270</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059168328</t>
+          <t>9786257236614</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Hadiste Metin Tenkidi (Ciltli)</t>
+          <t>Sekülerleşme</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>522</v>
+        <v>501</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257236096</t>
+          <t>9786059168328</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kuran Anlaşılmasında Gai Yorum</t>
+          <t>Hadiste Metin Tenkidi (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>111</v>
+        <v>522</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052300176</t>
+          <t>9786257236096</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Maturidi ve Nesefi’ye Göre İnsan Hürriyeti (Ciltli)</t>
+          <t>Kuran Anlaşılmasında Gai Yorum</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>339</v>
+        <v>111</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052300183</t>
+          <t>9786052300176</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufu Anlama Kılavuzu (Ciltli)</t>
+          <t>Maturidi ve Nesefi’ye Göre İnsan Hürriyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>217</v>
+        <v>339</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052300121</t>
+          <t>9786052300183</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tefsir ve Hadiste İsrailiyyat</t>
+          <t>Tasavvufu Anlama Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>135</v>
+        <v>217</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257236027</t>
+          <t>9786052300121</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sünni Paradigmanın Oluşumunda Şafii'nin Rolü</t>
+          <t>Tefsir ve Hadiste İsrailiyyat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>248</v>
+        <v>135</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257236157</t>
+          <t>9786257236027</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tefsire Akademik Yaklaşımlar (2 Cilt Takım) (Ciltli)</t>
+          <t>Sünni Paradigmanın Oluşumunda Şafii'nin Rolü</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>669</v>
+        <v>248</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059168847</t>
+          <t>9786257236157</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teoloji (Ciltli)</t>
+          <t>Tefsire Akademik Yaklaşımlar (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059168595</t>
+          <t>9786059168847</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Adem'den Öncesine Dönüş</t>
+          <t>Sosyal Teoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>324</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054696789</t>
+          <t>9786059168595</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina'nın Kelama Etkisi (Ciltli)</t>
+          <t>Adem'den Öncesine Dönüş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>336</v>
+        <v>324</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054696482</t>
+          <t>9786054696789</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hatun (Ciltli)</t>
+          <t>İbn Sina'nın Kelama Etkisi (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>327</v>
+        <v>336</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054696642</t>
+          <t>9786054696482</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sühreverdi ve İşrak Felsefesi (Ciltli)</t>
+          <t>Hatun (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>409</v>
+        <v>327</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054696611</t>
+          <t>9786054696642</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kur'an, Tasavvuf ve Seküler Dünyanın Yorumu (Ciltli)</t>
+          <t>Sühreverdi ve İşrak Felsefesi (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>224</v>
+        <v>409</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257236621</t>
+          <t>9786054696611</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İlahi Hitabın Tabiatı</t>
+          <t>Kur'an, Tasavvuf ve Seküler Dünyanın Yorumu (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>501</v>
+        <v>224</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257236393</t>
+          <t>9786257236621</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>El-Muslimun Fi’t-Tarih (Arapça) (Ciltli)</t>
+          <t>İlahi Hitabın Tabiatı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>535</v>
+        <v>501</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257236386</t>
+          <t>9786257236393</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muslims in History (Ciltli)</t>
+          <t>El-Muslimun Fi’t-Tarih (Arapça) (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>607</v>
+        <v>535</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257236409</t>
+          <t>9786257236386</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>El-Müslümanan Der Tul-i Tarih (Farsça) (Ciltli)</t>
+          <t>Muslims in History (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>534</v>
+        <v>607</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056928611</t>
+          <t>9786257236409</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Kıssalarının Tarihi Değeri</t>
+          <t>El-Müslümanan Der Tul-i Tarih (Farsça) (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>501</v>
+        <v>534</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058019799</t>
+          <t>9786056928611</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Hadisi Anlama Kılavuzu (Ciltli)</t>
+          <t>Kur’an Kıssalarının Tarihi Değeri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>427</v>
+        <v>625</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257236973</t>
+          <t>9786058019799</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Tarihsellik Düşüncesi ve Hadislerin Anlaşılması</t>
+          <t>Sünnet ve Hadisi Anlama Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>445</v>
+        <v>427</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257236966</t>
+          <t>9786257236973</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik Hadisçiliğin Tarihî Arka Planı</t>
+          <t>Tarihsellik Düşüncesi ve Hadislerin Anlaşılması</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>308</v>
+        <v>555</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257236959</t>
+          <t>9786257236966</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Dönüşümün Serüveni</t>
+          <t>İdeolojik Hadisçiliğin Tarihî Arka Planı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>643</v>
+        <v>385</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257236256</t>
+          <t>9786257236959</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Din Kurucularında ve Peygamberlerde Hakikati Bulmada Benliğe Dalma</t>
+          <t>Dönüşümün Serüveni</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>459</v>
+        <v>800</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257236805</t>
+          <t>9786257236256</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hilafetin Kureyşliliği</t>
+          <t>Din Kurucularında ve Peygamberlerde Hakikati Bulmada Benliğe Dalma</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>474</v>
+        <v>575</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257236584</t>
+          <t>9786257236805</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik Tarih Okumaları</t>
+          <t>Hilafetin Kureyşliliği</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>411</v>
+        <v>590</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056928628</t>
+          <t>9786257236584</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sufi Bir Aşk Yolcusu</t>
+          <t>İdeolojik Tarih Okumaları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>344</v>
+        <v>515</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257236942</t>
+          <t>9786056928628</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bir Bestedir Ömrüm Türk Musikisine Vakfedilmiş Bir Hayatın Hikayesi</t>
+          <t>Sufi Bir Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>295</v>
+        <v>430</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786050691863</t>
+          <t>9786257236942</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Erbaini</t>
+          <t>Bir Bestedir Ömrüm Türk Musikisine Vakfedilmiş Bir Hayatın Hikayesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057579393</t>
+          <t>9786050691863</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisinin 100'ü</t>
+          <t>Kalbin Erbaini</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057579409</t>
+          <t>9786057579393</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisinin 200'ü</t>
+          <t>Din Sosyolojisinin 100'ü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257236928</t>
+          <t>9786057579409</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Maturidi Düşüncede Ahlak ve İktidarın Kuruluşu</t>
+          <t>Din Sosyolojisinin 200'ü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257236935</t>
+          <t>9786257236928</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dindar Suretler Seküler Siretler</t>
+          <t>Maturidi Düşüncede Ahlak ve İktidarın Kuruluşu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052300046</t>
+          <t>9786257236935</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun 200'ü</t>
+          <t>Dindar Suretler Seküler Siretler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257236706</t>
+          <t>9786052300046</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Avrupasında Müslüman Azınlıklar</t>
+          <t>Tasavvufun 200'ü</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>353</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257236744</t>
+          <t>9786257236706</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Amerika Kıtasında Müslüman Azınlıklar</t>
+          <t>Günümüz Avrupasında Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>275</v>
+        <v>353</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059621960</t>
+          <t>9786257236744</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Siyerin 100'ü</t>
+          <t>Günümüz Amerika Kıtasında Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059621984</t>
+          <t>9786059621960</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihinin 100'ü</t>
+          <t>Siyerin 100'ü</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059621953</t>
+          <t>9786059621984</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hadisin 100'ü</t>
+          <t>Dinler Tarihinin 100'ü</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059621939</t>
+          <t>9786059621953</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminin 100'ü</t>
+          <t>Hadisin 100'ü</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059621908</t>
+          <t>9786059621939</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufun 100'ü</t>
+          <t>Din Eğitiminin 100'ü</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059621885</t>
+          <t>9786059621908</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kelamın 100'ü</t>
+          <t>Tasavvufun 100'ü</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059621915</t>
+          <t>9786059621885</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinin 100'ü</t>
+          <t>Kelamın 100'ü</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059621946</t>
+          <t>9786059621915</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Din Psikolojisinin 100'ü</t>
+          <t>İslam Felsefesinin 100'ü</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059621892</t>
+          <t>9786059621946</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihinin 100'ü</t>
+          <t>Din Psikolojisinin 100'ü</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059621922</t>
+          <t>9786059621892</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinin 100'ü</t>
+          <t>Mezhepler Tarihinin 100'ü</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059621878</t>
+          <t>9786059621922</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunun 100'ü</t>
+          <t>Arap Dilinin 100'ü</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059621977</t>
+          <t>9786059621878</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Musikisinin 100'ü</t>
+          <t>İslam Hukukunun 100'ü</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052300084</t>
+          <t>9786059621977</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Siyerin 200’ü</t>
+          <t>Türk Dini Musikisinin 100'ü</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052300053</t>
+          <t>9786052300084</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Türk Dini Musikisinin 200'ü</t>
+          <t>Siyerin 200’ü</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052300039</t>
+          <t>9786052300053</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mezhepler Tarihinin 200'ü</t>
+          <t>Türk Dini Musikisinin 200'ü</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052300022</t>
+          <t>9786052300039</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kelamın 200'ü</t>
+          <t>Mezhepler Tarihinin 200'ü</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052300091</t>
+          <t>9786052300022</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hadisin 200’ü</t>
+          <t>Kelamın 200'ü</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052300015</t>
+          <t>9786052300091</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesinin 200'ü</t>
+          <t>Hadisin 200’ü</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052300060</t>
+          <t>9786052300015</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dinler Tarihinin 200’ü</t>
+          <t>İslam Felsefesinin 200'ü</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059621991</t>
+          <t>9786052300060</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminin 200'ü</t>
+          <t>Dinler Tarihinin 200’ü</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257236249</t>
+          <t>9786059621991</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Temel Meseleleriyle Kıraat İlmi (Ciltli)</t>
+          <t>Din Eğitiminin 200'ü</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>358</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257236607</t>
+          <t>9786257236249</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kadın Karşıtı Söylemin İslam Geleneğindeki İzdüşümleri</t>
+          <t>Tarihi ve Temel Meseleleriyle Kıraat İlmi (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>499</v>
+        <v>448</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257236270</t>
+          <t>9786257236607</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Asyasında Müslüman Azınlıklar</t>
+          <t>Kadın Karşıtı Söylemin İslam Geleneğindeki İzdüşümleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>282</v>
+        <v>625</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257236508</t>
+          <t>9786257236270</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Dönemi İktidar Kavgası</t>
+          <t>Günümüz Asyasında Müslüman Azınlıklar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>389</v>
+        <v>282</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257236591</t>
+          <t>9786257236508</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Din Felsefesi</t>
+          <t>Sahabe Dönemi İktidar Kavgası</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>335</v>
+        <v>485</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057579423</t>
+          <t>9786257236591</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin 200'ü</t>
+          <t>Yeni Başlayanlar İçin Din Felsefesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057579430</t>
+          <t>9786057579423</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin 100'ü</t>
+          <t>İslam Tarihinin 200'ü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052300770</t>
+          <t>9786057579430</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hadis İlminin Temel Meseleleri</t>
+          <t>İslam Tarihinin 100'ü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>269</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257236836</t>
+          <t>9786052300770</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Kriz Yönetimi</t>
+          <t>Hadis İlminin Temel Meseleleri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>570</v>
+        <v>335</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257236829</t>
+          <t>9786257236836</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İtiraz Tepki Saflaşma</t>
+          <t>Hz. Peygamber’in Kriz Yönetimi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>300</v>
+        <v>715</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257236850</t>
+          <t>9786257236829</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Avustralya</t>
+          <t>İtiraz Tepki Saflaşma</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257236867</t>
+          <t>9786257236850</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Avrupa</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Avustralya</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>671</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257236874</t>
+          <t>9786257236867</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Asya</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Avrupa</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>528</v>
+        <v>840</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257236881</t>
+          <t>9786257236874</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Amerika</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Asya</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>513</v>
+        <v>660</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257236898</t>
+          <t>9786257236881</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Dünyasında Müslüman Azınlıklar: Afrika</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Amerika</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>484</v>
+        <v>640</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257236812</t>
+          <t>9786257236898</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Varoluş Sancısı</t>
+          <t>Günümüz Dünyasında Müslüman Azınlıklar: Afrika</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>228</v>
+        <v>605</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257236782</t>
+          <t>9786257236812</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz Hakikatler</t>
+          <t>Varoluş Sancısı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257236713</t>
+          <t>9786257236782</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Nesefi ve İslam Filozoflarına Göre Allah - Alem İlişkisi</t>
+          <t>Kimliksiz Hakikatler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257236263</t>
+          <t>9786257236713</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Giriş</t>
+          <t>Nesefi ve İslam Filozoflarına Göre Allah - Alem İlişkisi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>301</v>
+        <v>360</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257236768</t>
+          <t>9786257236263</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hatun</t>
+          <t>Kur'an'a Giriş</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>219</v>
+        <v>375</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257236720</t>
+          <t>9786257236768</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Liderlik ve Hz. Muhammed</t>
+          <t>Hatun</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>641</v>
+        <v>270</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257236447</t>
+          <t>9786257236720</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hakikat, Hareket ve İnşa</t>
+          <t>Nebevi Liderlik ve Hz. Muhammed</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>328</v>
+        <v>800</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257236430</t>
+          <t>9786257236447</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Gözbebeği İnsan</t>
+          <t>Hakikat, Hareket ve İnşa</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>273</v>
+        <v>410</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257236652</t>
+          <t>9786257236430</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Zor Zamanlar</t>
+          <t>Tanrı’nın Gözbebeği İnsan</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257236669</t>
+          <t>9786257236652</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Anlam Arayışı</t>
+          <t>İslam’da Zor Zamanlar</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257236645</t>
+          <t>9786257236669</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Tarihsellik Yazıları</t>
+          <t>Gençliğin Anlam Arayışı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>281</v>
+        <v>265</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257236560</t>
+          <t>9786257236645</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Şahidi Kur'an'ın Müfessiri Hz. Aişe</t>
+          <t>Kur’an ve Tarihsellik Yazıları</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257236287</t>
+          <t>9786257236560</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Müslümanlar (8 Cilt Takım) (Ciltli)</t>
+          <t>Vahyin Şahidi Kur'an'ın Müfessiri Hz. Aişe</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>9000</v>
+        <v>530</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257236379</t>
+          <t>9786257236287</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Müslümanlar (Ciltli)</t>
+          <t>Tarihte Müslümanlar (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>598</v>
+        <v>11250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257236539</t>
+          <t>9786257236379</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Şeyh ve Kilise</t>
+          <t>Tarihte Müslümanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>255</v>
+        <v>750</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257236577</t>
+          <t>9786257236539</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi ve Maturidilik</t>
+          <t>Şeyh ve Kilise</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>814</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257236553</t>
+          <t>9786257236577</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Matüridi: Kayıp Aydınlanmanın İzinde</t>
+          <t>İmam Maturidi ve Maturidilik</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>746</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257236515</t>
+          <t>9786257236553</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Buhari’nin Kaynakları</t>
+          <t>Matüridi: Kayıp Aydınlanmanın İzinde</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>480</v>
+        <v>930</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786058019713</t>
+          <t>9786257236515</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İslam Siyaset Düşüncesi - Büyük Selçuklu Dönemi</t>
+          <t>Buhari’nin Kaynakları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>404</v>
+        <v>600</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257236201</t>
+          <t>9786058019713</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Teoloji</t>
+          <t>İslam Siyaset Düşüncesi - Büyük Selçuklu Dönemi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>286</v>
+        <v>505</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257236232</t>
+          <t>9786257236201</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Öğretmen ve Öğretmenlik</t>
+          <t>Sosyal Teoloji</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>416</v>
+        <v>355</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257236140</t>
+          <t>9786257236232</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Müslümanının Kur’an’la İletişimi (Ciltli)</t>
+          <t>Geçmişten Geleceğe Öğretmen ve Öğretmenlik</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>415</v>
+        <v>520</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786050691870</t>
+          <t>9786257236140</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Adem’den Öncesine Dönüş</t>
+          <t>Bugünün Müslümanının Kur’an’la İletişimi (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>246</v>
+        <v>520</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786050691849</t>
+          <t>9786050691870</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kültürde Kur’an’a Yabancılaşma Süreci</t>
+          <t>Adem’den Öncesine Dönüş</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786050691818</t>
+          <t>9786050691849</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hadis Kültürü Araştırmaları</t>
+          <t>Müslüman Kültürde Kur’an’a Yabancılaşma Süreci</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786058019782</t>
+          <t>9786050691818</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Hadisi Anlama Kılavuzu</t>
+          <t>Hadis Kültürü Araştırmaları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>453</v>
+        <v>525</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786058019706</t>
+          <t>9786058019782</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Hadis Metodolojisi (Karton Kapak)</t>
+          <t>Sünnet ve Hadisi Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>551</v>
+        <v>565</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786056928635</t>
+          <t>9786058019706</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültürü Araştırmaları (2 Kitap Takım) (Ciltli)</t>
+          <t>Alternatif Hadis Metodolojisi (Karton Kapak)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1466</v>
+        <v>685</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786056928673</t>
+          <t>9786056928635</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kalarak Yenilenmek</t>
+          <t>İslam Kültürü Araştırmaları (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>461</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057579188</t>
+          <t>9786056928673</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kadızadeliler Sivasiler Tartışması</t>
+          <t>Müslüman Kalarak Yenilenmek</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>575</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057579034</t>
+          <t>9786057579188</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Ortasında Kitabın Kıyısında</t>
+          <t>Kadızadeliler Sivasiler Tartışması</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>165</v>
+        <v>375</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052300817</t>
+          <t>9786057579034</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Adını Sonra Koyarız</t>
+          <t>Hayatın Ortasında Kitabın Kıyısında</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052300565</t>
+          <t>9786052300817</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Üzerine Makaleler (Ciltli)</t>
+          <t>Adını Sonra Koyarız</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>538</v>
+        <v>375</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052300800</t>
+          <t>9786052300565</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Yks Beni Öpsene</t>
+          <t>Kur'an Üzerine Makaleler (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>219</v>
+        <v>675</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257236423</t>
+          <t>9786052300800</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmanın Keşif Araçları</t>
+          <t>Yks Beni Öpsene</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>273</v>
+        <v>270</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257236072</t>
+          <t>9786257236423</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Saltanata Giden Yolda Mu'aviye B. Ebi Sufyan</t>
+          <t>Aydınlanmanın Keşif Araçları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052300572</t>
+          <t>9786257236072</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Giriş (Ciltli)</t>
+          <t>Saltanata Giden Yolda Mu'aviye B. Ebi Sufyan</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>633</v>
+        <v>515</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052300299</t>
+          <t>9786052300572</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Gelince Söylerim</t>
+          <t>İslam Hukukuna Giriş (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>326</v>
+        <v>790</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786050691894</t>
+          <t>9786052300299</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Evrimci Yaratılış Teorisi</t>
+          <t>Gelince Söylerim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>245</v>
+        <v>410</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052300244</t>
+          <t>9786050691894</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Devleti’nde İktidar Mücadeleleri</t>
+          <t>İslam'da Evrimci Yaratılış Teorisi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>203</v>
+        <v>305</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052300152</t>
+          <t>9786052300244</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Emeviler Dönemi Bilim, Kültür Ve Sanat Hayatı (Ciltli)</t>
+          <t>Büyük Selçuklu Devleti’nde İktidar Mücadeleleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>558</v>
+        <v>255</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052300138</t>
+          <t>9786052300152</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Horasan’da Şiilik</t>
+          <t>Emeviler Dönemi Bilim, Kültür Ve Sanat Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>335</v>
+        <v>695</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052300206</t>
+          <t>9786052300138</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hinduizm’de Avatar İnancı</t>
+          <t>Horasan’da Şiilik</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>318</v>
+        <v>420</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052300114</t>
+          <t>9786052300206</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Selefiliği</t>
+          <t>Hinduizm’de Avatar İnancı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>264</v>
+        <v>395</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059621403</t>
+          <t>9786052300114</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hüsn-i Hat ve Hadis (Ciltli)</t>
+          <t>Günümüz Selefiliği</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>476</v>
+        <v>330</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052300169</t>
+          <t>9786059621403</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihini Anlama Kılavuzu (Ciltli)</t>
+          <t>Hüsn-i Hat ve Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>658</v>
+        <v>595</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786050691832</t>
+          <t>9786052300169</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Dini Anlama Kılavuzu</t>
+          <t>İslam Tarihini Anlama Kılavuzu (Ciltli)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>281</v>
+        <v>820</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052300190</t>
+          <t>9786050691832</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yetiş Ya Ali</t>
+          <t>Dini Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257236546</t>
+          <t>9786052300190</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Arab Hakimiyeti, Şia ve Mesih Akideleri</t>
+          <t>Yetiş Ya Ali</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>191</v>
+        <v>375</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059621762</t>
+          <t>9786257236546</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Siyasi Düşüncede Akıl</t>
+          <t>Arab Hakimiyeti, Şia ve Mesih Akideleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059621632</t>
+          <t>9786059621762</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Devleti Arasında Hz. Muhammed (sas.) (Ciltli)</t>
+          <t>İktisadi ve Siyasi Düşüncede Akıl</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>635</v>
+        <v>375</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059621656</t>
+          <t>9786059621632</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Aşkta ve Yaratıcılıkta Yeniden Doğuş</t>
+          <t>İki Cihan Devleti Arasında Hz. Muhammed (sas.) (Ciltli)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>245</v>
+        <v>790</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059168601</t>
+          <t>9786059621656</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Selefiliğin Fikri Arkaplanı</t>
+          <t>Aşkta ve Yaratıcılıkta Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>585</v>
+        <v>305</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059168212</t>
+          <t>9786059168601</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Hadis İlimleri ve Usulü</t>
+          <t>Selefiliğin Fikri Arkaplanı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>328</v>
+        <v>730</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059168526</t>
+          <t>9786059168212</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gerisi Hikaye</t>
+          <t>Muhtasar Hadis İlimleri ve Usulü</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>281</v>
+        <v>410</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786059621229</t>
+          <t>9786059168526</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Hadis Müdafaası (Ciltli)</t>
+          <t>Gerisi Hikaye</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>908</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786059621489</t>
+          <t>9786059621229</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çeviride Sadakat Problemi</t>
+          <t>Hadis Müdafaası (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786058019768</t>
+          <t>9786059621489</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mem u Zin Masalı</t>
+          <t>Çeviride Sadakat Problemi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059621236</t>
+          <t>9786058019768</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Ahkamının Değişmesi</t>
+          <t>Mem u Zin Masalı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>264</v>
+        <v>185</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059168731</t>
+          <t>9786059621236</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İlahi Basitlik Bağlamında Tanrının Bilinebilirliği</t>
+          <t>Kur'an Ahkamının Değişmesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>461</v>
+        <v>330</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257236638</t>
+          <t>9786059168731</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Dünyada Din ve Dindarlar</t>
+          <t>İlahi Basitlik Bağlamında Tanrının Bilinebilirliği</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>399</v>
+        <v>575</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257236089</t>
+          <t>9786257236638</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Oryantalist Yaklaşıma İtirazlar</t>
+          <t>Çağdaş Dünyada Din ve Dindarlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>261</v>
+        <v>500</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257236126</t>
+          <t>9786257236089</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hadis ve Kültür Yazıları</t>
+          <t>Oryantalist Yaklaşıma İtirazlar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>369</v>
+        <v>325</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786054696697</t>
+          <t>9786257236126</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hadisi Yeniden Düşünmek (Ciltli)</t>
+          <t>Hadis ve Kültür Yazıları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>746</v>
+        <v>460</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059621786</t>
+          <t>9786054696697</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sahih Hadis Bulunmayan Konular</t>
+          <t>Hadisi Yeniden Düşünmek (Ciltli)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>154</v>
+        <v>935</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786050691856</t>
+          <t>9786059621786</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Siyasi - İctimai Hadiselerle Hadis Münasebetleri (Ciltli)</t>
+          <t>Sahih Hadis Bulunmayan Konular</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>424</v>
+        <v>154</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786054696451</t>
+          <t>9786050691856</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Erbaini (Ciltli)</t>
+          <t>Siyasi - İctimai Hadiselerle Hadis Münasebetleri (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>588</v>
+        <v>530</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059168502</t>
+          <t>9786054696451</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Allah, Tabiat ve Tarih</t>
+          <t>Kalbin Erbaini (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>545</v>
+        <v>588</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059168113</t>
+          <t>9786059168502</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Mirasımızı Tenkid Zarureti (Ciltli)</t>
+          <t>Allah, Tabiat ve Tarih</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>420</v>
+        <v>680</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052300824</t>
+          <t>9786059168113</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Siret Tedkikleri</t>
+          <t>Kültürel Mirasımızı Tenkid Zarureti (Ciltli)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>380</v>
+        <v>525</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055932190</t>
+          <t>9786052300824</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Aktüel Değeri Üzerine 2 (Ciltli)</t>
+          <t>Siret Tedkikleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055932206</t>
+          <t>9786055932190</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İslam'ın Aktüel Değeri Üzerine 1 (Ciltli)</t>
+          <t>İslam'ın Aktüel Değeri Üzerine 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>455</v>
+        <v>590</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257236690</t>
+          <t>9786055932206</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hz. Aişe’nin Sahabeye Yönelttiği Eleştiriler</t>
+          <t>İslam'ın Aktüel Değeri Üzerine 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>281</v>
+        <v>570</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
+          <t>9786257236690</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Hz. Aişe’nin Sahabeye Yönelttiği Eleştiriler</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
           <t>9786055932183</t>
         </is>
       </c>
-      <c r="B185" s="1" t="inlineStr">
+      <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Hadis Tedkikleri (Ciltli)</t>
         </is>
       </c>
-      <c r="C185" s="1">
-        <v>491</v>
+      <c r="C186" s="1">
+        <v>615</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>