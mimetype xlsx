--- v0 (2025-10-24)
+++ v1 (2025-12-23)
@@ -589,96 +589,96 @@
         <is>
           <t>9786254086663</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Köklerden Göklere Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786254086533</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Göç Etmek İsteyen Serçe</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786254086939</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Höt Höt Efendi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786254086472</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Çilli Çirpi 7 Vedalar Artık Kalp Kırmasın</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786254086946</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Çınar Ağacının Gizemi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786254086151</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Bir Köşkünüz Var mı?</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786254086090</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
@@ -814,51 +814,51 @@
         <is>
           <t>9786254083112</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>İklim Elçisi Kelebek</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786254083082</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Kurtuluş Savaşı Hikayeleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786254082917</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Ala Geyik</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786254082894</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
@@ -874,51 +874,51 @@
         <is>
           <t>9786254082931</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Kam Ana'dan Türk Dünyası Masalları 1</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786254082764</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Sütlaç</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786254082856</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Bizim Mahalle 5 Birinci Sınıfın Kralı</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786254082849</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
@@ -964,51 +964,51 @@
         <is>
           <t>9786254082818</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Bizim Mahalle 1 Yarım Artist</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786051559995</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Görklü Kelimeler Ormanı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786254082092</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Hadi Gel Konuşan Göle Gidelim - Çilli Çirpi 4</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786254082085</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
@@ -1039,66 +1039,66 @@
         <is>
           <t>9786254081590</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Tabiat Kaşifliği Şimdi Başlıyor - Çilli Çirpi 1</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786254081385</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Sonsuzluğun Sırrı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786254081545</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>En İyi Arkadaşım Piyano</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786254080906</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Bizim Mahalle (5 Kitap Takım Kutulu Set)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786254081095</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>