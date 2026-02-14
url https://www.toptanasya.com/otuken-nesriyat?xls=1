--- v0 (2025-12-15)
+++ v1 (2026-02-14)
@@ -85,32380 +85,32575 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786254089473</t>
+          <t>9786254089596</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ağız Araştırmalarına Giriş</t>
+          <t>Mimar Sinan'ın Hatıraları - Mimar Sinan'ın Yapıları (2 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786254086731</t>
+          <t>9786254088919</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Ölümü 6. Albüm</t>
+          <t>Moğol İranı’nda Gelenek ve Değişim: Gazan Han ve Reformları (1295 - 1304) (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>425</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786254089329</t>
+          <t>9786254088933</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Şarki Türkistan Tarihi</t>
+          <t>Yitik Ufuklar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>720</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786254088179</t>
+          <t>9786254088254</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Yanardağ</t>
+          <t>Atları Da Vururlar</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786254085536</t>
+          <t>9786254085215</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Afşaroğlu</t>
+          <t>Milli Meselelerimiz, Konularımız ve Sorunlarımız Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786254089350</t>
+          <t>9786254089398</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Peyami Safa ile 25 Yıl</t>
+          <t>Rusya’da ve Sibirya’da Esirler Arasında 1914 - 1920</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786254089459</t>
+          <t>9786254089558</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kaftan</t>
+          <t>Sorularla Türklerin Dili</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786254089404</t>
+          <t>9786254089541</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gagauz Türkleri</t>
+          <t>Loko'nun Turşusu Çıkmış Sebzeleri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786254089466</t>
+          <t>9786254086724</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Tarihi 2</t>
+          <t>Harb-i Umumide Anadolu, Suriye ve Filistin Hatıratı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>690</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786254089381</t>
+          <t>9786254089565</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ermenilerin Zorunlu Göçü (1915 - 1917)</t>
+          <t>Kaşgar’dan Toroslara Has Hacip’ten Yörüklere Sözcük Hikayeleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786254089374</t>
+          <t>9786254089602</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Tehciri Yargılamaları</t>
+          <t>Akıl Yolu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786254089046</t>
+          <t>9786254089497</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>I. Dünya Savaşı ve Almanya</t>
+          <t>Atsız Mecmua (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786254089367</t>
+          <t>9786254086847</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Usturlap ve Ayna</t>
+          <t>Sahaflar Çarşısı’ndan Hatıralar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786254088735</t>
+          <t>9786254089473</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare'in Soneleri (Ciltli)</t>
+          <t>Ağız Araştırmalarına Giriş</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786254089213</t>
+          <t>9786254086731</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Drakula Özel Baskı (Ciltli)</t>
+          <t>Bozkurtların Ölümü 6. Albüm</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786254088995</t>
+          <t>9786254089329</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Şarki Türkistan Tarihi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>720</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786254089305</t>
+          <t>9786254088179</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Yüreğim Yanardağ</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786254086700</t>
+          <t>9786254085536</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eski Defterdekiler</t>
+          <t>Afşaroğlu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786254089343</t>
+          <t>9786254089350</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ay Bizi Terk Etmeden</t>
+          <t>Peyami Safa ile 25 Yıl</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>125</v>
+        <v>340</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786254088742</t>
+          <t>9786254089459</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Pervane</t>
+          <t>Kızıl Kaftan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786254088827</t>
+          <t>9786254089404</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mucibince Amel Oluna</t>
+          <t>Gagauz Türkleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786254089282</t>
+          <t>9786254089466</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Benim Suretlerim Var</t>
+          <t>Eski Türk Tarihi 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>690</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786254089299</t>
+          <t>9786254089381</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Havaları Seyret Ki Akşam Olmakta</t>
+          <t>Ermenilerin Zorunlu Göçü (1915 - 1917)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786254089190</t>
+          <t>9786254089374</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Cemile Özel Baskı (Ciltli)</t>
+          <t>Ermeni Tehciri Yargılamaları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786254089206</t>
+          <t>9786254089046</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma – Oğulla Buluşma Özel Baskı (Ciltli)</t>
+          <t>I. Dünya Savaşı ve Almanya</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254089183</t>
+          <t>9786254089367</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sultanmurat - Özel Baskı (Ciltli)</t>
+          <t>Usturlap ve Ayna</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786254089022</t>
+          <t>9786254088735</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt (Ciltli)</t>
+          <t>Shakespeare'in Soneleri (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786254089121</t>
+          <t>9786254089213</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Nodul 2024</t>
+          <t>Drakula Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>800</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786254089176</t>
+          <t>9786254088995</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kırık Satırlar (Ciltli)</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786254088964</t>
+          <t>9786254089305</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kötü Ölü</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786254089275</t>
+          <t>9786254086700</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dünyada Dede Korkut Araştırmaları: Korkut Bitig</t>
+          <t>Eski Defterdekiler</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786254086779</t>
+          <t>9786254089343</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza (Ciltli)</t>
+          <t>Ay Bizi Terk Etmeden</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786254088957</t>
+          <t>9786254088742</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Tarihi Gelişimi ve Türk Ocakları</t>
+          <t>Üçüncü Pervane</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786254089039</t>
+          <t>9786254088827</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kronikleri</t>
+          <t>Mucibince Amel Oluna</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786254089169</t>
+          <t>9786254089282</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tatar Tarihi</t>
+          <t>Benim Suretlerim Var</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786254088902</t>
+          <t>9786254089299</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yozgat’ta Zaman</t>
+          <t>Kızıl Havaları Seyret Ki Akşam Olmakta</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786254088360</t>
+          <t>9786254089190</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gül ve Kılıç</t>
+          <t>Cemile Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786254089053</t>
+          <t>9786254089206</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ricatlar Kitabı</t>
+          <t>Kızılelma – Oğulla Buluşma Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786254088896</t>
+          <t>9786254089183</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Folklor</t>
+          <t>Sultanmurat - Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786254089152</t>
+          <t>9786254089022</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gazi Paşa’ya Suikast ve Kurt Kanunu</t>
+          <t>Böyle Buyurdu Zerdüşt (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786254088315</t>
+          <t>9786254089121</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Çürük Kapı</t>
+          <t>Nodul 2024</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254089008</t>
+          <t>9786254089176</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İspritizma Masasında Meşhurlar</t>
+          <t>Kırık Satırlar (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786254089114</t>
+          <t>9786254088964</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Küçük Fil Babar’ın Hikayesi</t>
+          <t>Kötü Ölü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786254088704</t>
+          <t>9786254089275</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mufassal Kamus-ı Felsefe (Ciltli)</t>
+          <t>Dünyada Dede Korkut Araştırmaları: Korkut Bitig</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>890</v>
+        <v>420</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254089145</t>
+          <t>9786254086779</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mevlit</t>
+          <t>Suç ve Ceza (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786254087219</t>
+          <t>9786254088957</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Köse Kadı - 50. Yıl Numaralı Özel Baskı</t>
+          <t>Türk Milliyetçiliğinin Tarihi Gelişimi ve Türk Ocakları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>490</v>
+        <v>375</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786254087578</t>
+          <t>9786254089039</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ölü Kırlangıçlar</t>
+          <t>Anadolu'nun Kronikleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786254087912</t>
+          <t>9786254089169</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Tarihi Cilt 1</t>
+          <t>Tatar Tarihi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>375</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786254087486</t>
+          <t>9786254088902</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan Yazıtı (Ciltli)</t>
+          <t>Yozgat’ta Zaman</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786254087363</t>
+          <t>9786254088360</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Dış Politikada Türkiye Doktrini</t>
+          <t>Gül ve Kılıç</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>690</v>
+        <v>260</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786254084478</t>
+          <t>9786254089053</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurlarda Yerleşik Yaşam Kültürü</t>
+          <t>Ricatlar Kitabı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9799754370323</t>
+          <t>9786254088896</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hasan Erdem Seti (8 Kitap Takım)</t>
+          <t>Yaşasın Folklor</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>8009754371659</t>
+          <t>9786254089152</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ötüken Dünya Klasikleri - 42 Kitap Takım (Ciltli)</t>
+          <t>Gazi Paşa’ya Suikast ve Kurt Kanunu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>3060</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786254082603</t>
+          <t>9786254088315</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tuğrul ve Ejderha</t>
+          <t>Çürük Kapı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>4440000000952</t>
+          <t>9786254089008</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 1 (Ciltli)</t>
+          <t>İspritizma Masasında Meşhurlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>49.5</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799754371818</t>
+          <t>9786254089114</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Recai 12 Kitap Set</t>
+          <t>Küçük Fil Babar’ın Hikayesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9799754371511</t>
+          <t>9786254088704</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp Seti - 9 Kitap Takım</t>
+          <t>Mufassal Kamus-ı Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>410</v>
+        <v>890</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9799754371412</t>
+          <t>9786254089145</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Akçura - 12 Kitap Takım</t>
+          <t>Mevlit</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789754378061</t>
+          <t>9786254087219</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yolların Sonu</t>
+          <t>Köse Kadı - 50. Yıl Numaralı Özel Baskı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>17</v>
+        <v>490</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051554921</t>
+          <t>9786254087578</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Mesele</t>
+          <t>Ölü Kırlangıçlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786254081651</t>
+          <t>9786254087912</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kökler - Yay Çeken Kavimlerin Şafağı (Ciltli)</t>
+          <t>Eski Türk Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1250</v>
+        <v>690</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051556666</t>
+          <t>9786254087486</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Şaman Elbiseleri (Ciltli)</t>
+          <t>Bilge Kağan Yazıtı (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>410</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754374155</t>
+          <t>9786254087363</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 7 (Ciltli)</t>
+          <t>Dış Politikada Türkiye Doktrini</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>690</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754374094</t>
+          <t>9786254084478</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 1 (Ciltli)</t>
+          <t>Eski Uygurlarda Yerleşik Yaşam Kültürü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789754374193</t>
+          <t>9799754370323</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 11 (Ciltli)</t>
+          <t>Hasan Erdem Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789754374186</t>
+          <t>8009754371659</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 10 (Ciltli)</t>
+          <t>Ötüken Dünya Klasikleri - 42 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>300</v>
+        <v>3060</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789754374179</t>
+          <t>9786254082603</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 9 (Ciltli)</t>
+          <t>Tuğrul ve Ejderha</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789754374162</t>
+          <t>4440000000952</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 8 (Ciltli)</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789754370316</t>
+          <t>9799754371818</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Seti (3 Kitap)</t>
+          <t>Cingöz Recai 12 Kitap Set</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>78.7</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789754370132</t>
+          <t>9799754371511</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>M. Çağatay Uluçay Seti (6 Kitap)</t>
+          <t>Ziya Gökalp Seti - 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>78.7</v>
+        <v>410</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799754370163</t>
+          <t>9799754371412</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mitat Enç Seti (3 Kitap)</t>
+          <t>Yusuf Akçura - 12 Kitap Takım</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>93</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9799754370088</t>
+          <t>9789754378061</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Seti (5 Kitap Takım)</t>
+          <t>Yolların Sonu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>155</v>
+        <v>17</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799754370187</t>
+          <t>9786051554921</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Peyami Safa Objektif Seti (8 Kitap)</t>
+          <t>Kozmik Mesele</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9799754370194</t>
+          <t>9786254081651</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sohbetleri (3 Kitap)</t>
+          <t>Kökler - Yay Çeken Kavimlerin Şafağı (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>125</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9799754370057</t>
+          <t>9786051556666</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Dağcı Roman Seti (16 Kitap)</t>
+          <t>Kutsal Şaman Elbiseleri (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>520</v>
+        <v>410</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786051556529</t>
+          <t>9789754374155</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Derin Mesele</t>
+          <t>Büyük Türk Klasikleri Cilt 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051558134</t>
+          <t>9789754374094</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>300 Türkmen Efsanesi</t>
+          <t>Büyük Türk Klasikleri Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>520</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799754370200</t>
+          <t>9789754374193</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Tarihi (2 Kitap Takım)</t>
+          <t>Büyük Türk Klasikleri Cilt 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>159</v>
+        <v>300</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051557823</t>
+          <t>9789754374186</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetçi Köylü Millet Partisi'nden Milliyetçi Hareket Partisi'ne</t>
+          <t>Büyük Türk Klasikleri Cilt 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789754376784</t>
+          <t>9789754374179</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>1917 - 1934 Türkistan Milli İstiklal Hareketi Korbaşılar ve Enver Paşa 1</t>
+          <t>Büyük Türk Klasikleri Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>35</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789754378146</t>
+          <t>9789754374162</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ziya Nur Hakkında Dostlarıyla Bir Sohbet</t>
+          <t>Büyük Türk Klasikleri Cilt 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>11.11</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789754373547</t>
+          <t>9789754370316</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Zembil</t>
+          <t>İslam Tarihi Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>6.48</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789754375442</t>
+          <t>9789754370132</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Zaman İçinde Mimari Binaların Yaşamı ve Yaşlanması Üzerine</t>
+          <t>M. Çağatay Uluçay Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>135</v>
+        <v>78.7</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789754373059</t>
+          <t>9799754370163</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre ile Yollarda</t>
+          <t>Mitat Enç Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>4.63</v>
+        <v>93</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789754376999</t>
+          <t>9799754370088</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yunus (Bir Söz Söylemiş Hiçbir Söze Benzemez)</t>
+          <t>Mitoloji Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>13</v>
+        <v>155</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789754370928</t>
+          <t>9799754370187</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yoldaşlar</t>
+          <t>Peyami Safa Objektif Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>39</v>
+        <v>190</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789754373196</t>
+          <t>9799754370194</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yol Türküleri</t>
+          <t>Tarih Sohbetleri (3 Kitap)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>25</v>
+        <v>125</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789754372335</t>
+          <t>9799754370057</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asrın Manası</t>
+          <t>Cengiz Dağcı Roman Seti (16 Kitap)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>17</v>
+        <v>520</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789754370270</t>
+          <t>9786051556529</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Sesli Manasçı / Yüzyüze / Deniz Kıyısında Koşan Ala Köpek</t>
+          <t>Derin Mesele</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>11.11</v>
+        <v>140</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789754371529</t>
+          <t>9786051558134</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yesevi Irmakları</t>
+          <t>300 Türkmen Efsanesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>6.94</v>
+        <v>520</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789754373011</t>
+          <t>9799754370200</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yaza Yaza Yaşamak</t>
+          <t>Osmanlı Devleti Tarihi (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>9.26</v>
+        <v>159</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789754372410</t>
+          <t>9786051557823</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yatağına Kırgın Irmaklar</t>
+          <t>Cumhuriyetçi Köylü Millet Partisi'nden Milliyetçi Hareket Partisi'ne</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>20.37</v>
+        <v>380</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789754370645</t>
+          <t>9789754376784</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yarın Diye Bir Şey Yoktur</t>
+          <t>1917 - 1934 Türkistan Milli İstiklal Hareketi Korbaşılar ve Enver Paşa 1</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>12.04</v>
+        <v>35</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789754370126</t>
+          <t>9789754378146</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yansılar-2</t>
+          <t>Ziya Nur Hakkında Dostlarıyla Bir Sohbet</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>55</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789754371116</t>
+          <t>9789754373547</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yansılar 4</t>
+          <t>Zembil</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>90</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789754370461</t>
+          <t>9789754375442</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yansılar 3</t>
+          <t>Zaman İçinde Mimari Binaların Yaşamı ve Yaşlanması Üzerine</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>90</v>
+        <v>135</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789754370577</t>
+          <t>9789754373059</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yalnızız</t>
+          <t>Yunus Emre ile Yollarda</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>85</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789754377378</t>
+          <t>9789754376999</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yakut’tan Tarihler</t>
+          <t>Yunus (Bir Söz Söylemiş Hiçbir Söze Benzemez)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>32.41</v>
+        <v>13</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789754371499</t>
+          <t>9789754370928</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yansılar 1</t>
+          <t>Yoldaşlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>60</v>
+        <v>39</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9799754373430</t>
+          <t>9789754373196</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Vaktini Bekleyen Tohum</t>
+          <t>Yol Türküleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>6.94</v>
+        <v>25</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789754372595</t>
+          <t>9789754372335</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Üyge Taba Eve Doğru</t>
+          <t>Yirminci Asrın Manası</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>10.19</v>
+        <v>17</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9799754372891</t>
+          <t>9789754370270</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ülke Sorunları ve Çözüm Önerileri</t>
+          <t>Yıldırım Sesli Manasçı / Yüzyüze / Deniz Kıyısında Koşan Ala Köpek</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789754371871</t>
+          <t>9789754371529</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Üç Noktanın Söylediği</t>
+          <t>Yesevi Irmakları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>20.37</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789754379006</t>
+          <t>9789754373011</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Usat</t>
+          <t>Yaza Yaza Yaşamak</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>35.65</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789754371970</t>
+          <t>9789754372410</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Umursanmayan Kadınlar</t>
+          <t>Yatağına Kırgın Irmaklar</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>60</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789754377446</t>
+          <t>9789754370645</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türküler Dile Geldi</t>
+          <t>Yarın Diye Bir Şey Yoktur</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>60.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789754373554</t>
+          <t>9789754370126</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Ahlak ve Dünya Görüşü</t>
+          <t>Yansılar-2</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13.89</v>
+        <v>55</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9799754374765</t>
+          <t>9789754371116</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Zorlaşan Konumu</t>
+          <t>Yansılar 4</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754378948</t>
+          <t>9789754370461</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Ulus Devlet ve Ziya Gökalp, Mümtaz Turhan, Erol Güngör</t>
+          <t>Yansılar 3</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>31.48</v>
+        <v>90</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789754373110</t>
+          <t>9789754370577</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Misyoner Faaliyetleri</t>
+          <t>Yalnızız</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>12.04</v>
+        <v>85</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789754372120</t>
+          <t>9789754377378</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Şuuru</t>
+          <t>Yakut’tan Tarihler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>11.11</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789754373585</t>
+          <t>9789754371499</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Türk’e Dair</t>
+          <t>Yansılar 1</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>9.26</v>
+        <v>60</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789754374070</t>
+          <t>9799754373430</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Din ve Değişim Bir Erol Güngör Çözümlemesi</t>
+          <t>Vaktini Bekleyen Tohum</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>29.63</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789754378191</t>
+          <t>9789754372595</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Yenileşme Sürecinde Türk Kadını</t>
+          <t>Üyge Taba Eve Doğru</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789754373653</t>
+          <t>9799754372891</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Selim</t>
+          <t>Ülke Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>190</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789754373721</t>
+          <t>9789754371871</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Üç Türk - İslam Mütefekkiri Düşüncesinde Varoluş</t>
+          <t>Üç Noktanın Söylediği</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>8.33</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789754375985</t>
+          <t>9789754379006</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Türk Okçuluğu ve Sultan Mahmud’un Ok Günlüğü (Ciltli)</t>
+          <t>Usat</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>75</v>
+        <v>35.65</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789754371307</t>
+          <t>9789754371970</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Tarihi Gelişimi ve Türk Ocakları</t>
+          <t>Umursanmayan Kadınlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789754370362</t>
+          <t>9789754377446</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültürü ve Milliyetçilik</t>
+          <t>Türküler Dile Geldi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>13.89</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789754377187</t>
+          <t>9789754373554</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Türk Kafkası’nda Siyasi ve Etnik Yapı</t>
+          <t>Türklerde Ahlak ve Dünya Görüşü</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>64.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789754376845</t>
+          <t>9799754374765</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Türk Kadın Tarihine Giriş</t>
+          <t>Türkiye’nin Zorlaşan Konumu</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9799754375670</t>
+          <t>9789754378948</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Türk Filolojisi ve Yazı Tarihi</t>
+          <t>Türkiye’de Ulus Devlet ve Ziya Gökalp, Mümtaz Turhan, Erol Güngör</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>13</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789754377156</t>
+          <t>9789754373110</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği</t>
+          <t>Türkiye’de Misyoner Faaliyetleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>46.3</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789754378221</t>
+          <t>9789754372120</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Fantastiğin Kökenleri</t>
+          <t>Türkistan Şuuru</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789754374247</t>
+          <t>9789754373585</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Dini Yenileşme</t>
+          <t>Türk’e Dair</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789754378788</t>
+          <t>9789754374070</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler ( 4 Cilt Takım )</t>
+          <t>Türkiye’de Din ve Değişim Bir Erol Güngör Çözümlemesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789754370690</t>
+          <t>9789754378191</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler</t>
+          <t>Yenileşme Sürecinde Türk Kadını</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>32.41</v>
+        <v>100</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789754379112</t>
+          <t>9789754373653</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilince Dualar, Beddualar Sözlüğü</t>
+          <t>Üçüncü Selim</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9799754374734</t>
+          <t>9789754373721</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası</t>
+          <t>Üç Türk - İslam Mütefekkiri Düşüncesinde Varoluş</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>11.57</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789754376883</t>
+          <t>9789754375985</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf Hapishane Yahut Gözetim Toplumu</t>
+          <t>Türk Okçuluğu ve Sultan Mahmud’un Ok Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789754377118</t>
+          <t>9789754371307</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Şark Kedisi (Ciltli)</t>
+          <t>Türk Milliyetçiliğinin Tarihi Gelişimi ve Türk Ocakları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>32</v>
+        <v>70</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9799754372723</t>
+          <t>9789754370362</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Şahıslararası İhtilafların Çözümünde Lisanın Rolü</t>
+          <t>Türk Kültürü ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786051559858</t>
+          <t>9789754377187</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Şah Beyitler</t>
+          <t>Türk Kafkası’nda Siyasi ve Etnik Yapı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>375</v>
+        <v>64.81</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9799754373171</t>
+          <t>9789754376845</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Sporda Sorunlar ve Çözüm Önerileri</t>
+          <t>Türk Kadın Tarihine Giriş</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>15.74</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786051556109</t>
+          <t>9799754375670</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Spor Hukuku</t>
+          <t>Türk Filolojisi ve Yazı Tarihi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>440</v>
+        <v>13</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754370508</t>
+          <t>9789754377156</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sözde Kızlar</t>
+          <t>Türk Kimliği</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>110</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789754376159</t>
+          <t>9789754378221</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji Teori ve Problemler</t>
+          <t>Türk Edebiyatında Fantastiğin Kökenleri</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9799754371016</t>
+          <t>9789754374247</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Meseleler ve Aydınlar</t>
+          <t>Türk Dünyasında Dini Yenileşme</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>27.78</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789754377064</t>
+          <t>9789754378788</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Son Krifos</t>
+          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler ( 4 Cilt Takım )</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>27.78</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789754378481</t>
+          <t>9789754370690</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Son Cihan Padişahları (1617 - 1703)</t>
+          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>260</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789754376609</t>
+          <t>9789754379112</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş</t>
+          <t>Türk Dilince Dualar, Beddualar Sözlüğü</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>37</v>
+        <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789754372250</t>
+          <t>9799754374734</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sitare</t>
+          <t>Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>6.48</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9799754372990</t>
+          <t>9789754376883</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Siretler ve Suretler</t>
+          <t>Şeffaf Hapishane Yahut Gözetim Toplumu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>13.43</v>
+        <v>85</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789754373660</t>
+          <t>9789754377118</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Silik Fotoğraflar</t>
+          <t>Şark Kedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>11.11</v>
+        <v>32</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789754376074</t>
+          <t>9799754372723</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Siddhartha</t>
+          <t>Şahıslararası İhtilafların Çözümünde Lisanın Rolü</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>6.48</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789754377774</t>
+          <t>9786051559858</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sıradışı Bir Jöntürk</t>
+          <t>Şah Beyitler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>20.37</v>
+        <v>375</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789754372359</t>
+          <t>9799754373171</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Seyranname</t>
+          <t>Sporda Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789754372618</t>
+          <t>9786051556109</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çıkmazı</t>
+          <t>Spor Hukuku</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>130</v>
+        <v>440</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789754378870</t>
+          <t>9789754370508</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Arslan Yürekli Richard</t>
+          <t>Sözde Kızlar</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>26</v>
+        <v>110</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789754376746</t>
+          <t>9789754376159</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik Hikayeleri</t>
+          <t>Sosyal Psikoloji Teori ve Problemler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>17</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789754371642</t>
+          <t>9799754371016</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sedat Umran’dan Seçmeler</t>
+          <t>Sosyal Meseleler ve Aydınlar</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>23</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789754372175</t>
+          <t>9789754377064</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Salur Kazan</t>
+          <t>Son Krifos</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>6.94</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789754374377</t>
+          <t>9789754378481</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi (17 Cilt Takım) (Ciltli)</t>
+          <t>Son Cihan Padişahları (1617 - 1703)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>4080</v>
+        <v>260</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754372854</t>
+          <t>9789754376609</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Sabrımı Denedim</t>
+          <t>Soğuk Savaş</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>12.5</v>
+        <v>37</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9799754373218</t>
+          <t>9789754372250</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Rüya Ressamı</t>
+          <t>Sitare</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789754372106</t>
+          <t>9799754372990</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Rusya’da Demokrasi Bir Tatar Parlamenterin 1990-1995 Hatıraları</t>
+          <t>Siretler ve Suretler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>9.26</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789754375589</t>
+          <t>9789754373660</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Rus Arşiv Belgelerine Göre Boğazlar ve Şark Meselesi</t>
+          <t>Silik Fotoğraflar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>47</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789754371031</t>
+          <t>9789754376074</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Rozalya Ana Bütün Eserleri Hikayeler</t>
+          <t>Siddhartha</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789754372465</t>
+          <t>9789754377774</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Roman Düşüncesi ve Türk Romanı</t>
+          <t>Sıradışı Bir Jöntürk</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>7.87</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9799754373348</t>
+          <t>9789754372359</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Rızaeddin Fahreddin</t>
+          <t>Seyranname</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>39</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754375954</t>
+          <t>9789754372618</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Resimli Ansiklopedik Kuyumculuk ve Maden Terimleri Sözlüğü</t>
+          <t>Sevda Çıkmazı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>52</v>
+        <v>130</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789754373516</t>
+          <t>9789754378870</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Periyi Uyandırmak</t>
+          <t>Selahaddin Eyyubi ve Arslan Yürekli Richard</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>15.74</v>
+        <v>26</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9799754372822</t>
+          <t>9789754376746</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Pancur</t>
+          <t>Seferberlik Hikayeleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>6.48</v>
+        <v>17</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9799754373300</t>
+          <t>9789754371642</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ömürden Sayfalar</t>
+          <t>Sedat Umran’dan Seçmeler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789754373479</t>
+          <t>9789754372175</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ömrüm Benim Bir Ateşti Ahmet Haşim’in Hayatı Sanatı Estetiği Dramı</t>
+          <t>Salur Kazan</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>10.19</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789754375978</t>
+          <t>9789754374377</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam Rubaileri</t>
+          <t>Sahih-i Buhari ve Tercemesi (17 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>4080</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789754371710</t>
+          <t>9789754372854</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin Yürüyüş</t>
+          <t>Sabrımı Denedim</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>15</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9799754373331</t>
+          <t>9799754373218</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Oy, Markus, Oy!</t>
+          <t>Rüya Ressamı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789754378511</t>
+          <t>9789754372106</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Zirvede Kalma Mücadelesi</t>
+          <t>Rusya’da Demokrasi Bir Tatar Parlamenterin 1990-1995 Hatıraları</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789754377873</t>
+          <t>9789754375589</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihi (6 Cilt Takım) (Ciltli)</t>
+          <t>Rus Arşiv Belgelerine Göre Boğazlar ve Şark Meselesi</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>204</v>
+        <v>47</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051550077</t>
+          <t>9789754371031</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunda Devlet ve Ekonomi (Ciltli)</t>
+          <t>Rozalya Ana Bütün Eserleri Hikayeler</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>62.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789754372212</t>
+          <t>9789754372465</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Peyami Safa’nın Eserlerinde Doğu - Batı Meselesi</t>
+          <t>Roman Düşüncesi ve Türk Romanı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>8.8</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789754372625</t>
+          <t>9799754373348</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Peyami Hayatı - Sanatı - Felsefesi - Dramı</t>
+          <t>Rızaeddin Fahreddin</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>18.52</v>
+        <v>39</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789754377552</t>
+          <t>9789754375954</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kılıçaslan ve Çivril Savaşı</t>
+          <t>Resimli Ansiklopedik Kuyumculuk ve Maden Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>180</v>
+        <v>52</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>3990000012724</t>
+          <t>9789754373516</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Güldestesi</t>
+          <t>Periyi Uyandırmak</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>6.48</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789754373103</t>
+          <t>9799754372822</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kelami Sahada Estetik Yapı Organizasyon</t>
+          <t>Pancur</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>12</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9799754372839</t>
+          <t>9799754373300</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Günler</t>
+          <t>Ömürden Sayfalar</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>9.26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789754373783</t>
+          <t>9789754373479</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kavimlerin Türeyişi ve Yeryüzü Üzerindeki Yaşam Bölgeleri</t>
+          <t>Ömrüm Benim Bir Ateşti Ahmet Haşim’in Hayatı Sanatı Estetiği Dramı</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>25.46</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789754371918</t>
+          <t>9789754375978</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Direnen Yıldız</t>
+          <t>Ömer Hayyam Rubaileri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>6.94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789754371758</t>
+          <t>9789754371710</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kara Yıldırım</t>
+          <t>Ölmek İçin Yürüyüş</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>17.59</v>
+        <v>15</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789754374926</t>
+          <t>9799754373331</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche Kaplan Sırtında Felsefe</t>
+          <t>Oy, Markus, Oy!</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>510</v>
+        <v>19</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789754373943</t>
+          <t>9789754378511</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kalem İşleri</t>
+          <t>Osmanlı’nın Zirvede Kalma Mücadelesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>26.39</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789754373523</t>
+          <t>9789754377873</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kale</t>
+          <t>Osmanlı Tarihi (6 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>25</v>
+        <v>204</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9799754374741</t>
+          <t>9786051550077</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kahramanlar</t>
+          <t>Osmanlı İmparatorluğunda Devlet ve Ekonomi (Ciltli)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>15.28</v>
+        <v>62.96</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789754375619</t>
+          <t>9789754372212</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya ve Orta Asya Enerji Kaynakları Üzerinde Mücadele</t>
+          <t>Peyami Safa’nın Eserlerinde Doğu - Batı Meselesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>19.44</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789754371550</t>
+          <t>9789754372625</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kafkasya Oğuzları veya Türkmenleri (Araştırma)</t>
+          <t>Peyami Hayatı - Sanatı - Felsefesi - Dramı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>21</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789754370669</t>
+          <t>9789754377552</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağının Ardında</t>
+          <t>Kılıçaslan ve Çivril Savaşı</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>13.89</v>
+        <v>180</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789754377095</t>
+          <t>3990000012724</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>İttihatçıların Ünlü Maliye Nazırı Cavid Bey</t>
+          <t>Kerkük Güldestesi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>270</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789754375190</t>
+          <t>9789754373103</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki’nin Doğu Politikası 1908-1918</t>
+          <t>Kelami Sahada Estetik Yapı Organizasyon</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>175</v>
+        <v>12</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789754378597</t>
+          <t>9799754372839</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Mahkemeleri ve Sivas’ta Şapka İnkılabı Duruşmaları</t>
+          <t>Kaybolmuş Günler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789754377538</t>
+          <t>9789754373783</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un İlkleri Enleri</t>
+          <t>Kavimlerin Türeyişi ve Yeryüzü Üzerindeki Yaşam Bölgeleri</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>25.46</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789754374599</t>
+          <t>9789754371918</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Duyarlılık</t>
+          <t>Karanlığa Direnen Yıldız</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>10.19</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789754374773</t>
+          <t>9789754371758</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı Seçilmiş Eserleri 2 - Fikri Eserleri</t>
+          <t>Kara Yıldırım</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>425</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789754374353</t>
+          <t>9789754374926</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı - Seçilmiş Eserleri 1</t>
+          <t>Nietzsche Kaplan Sırtında Felsefe</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789754373165</t>
+          <t>9789754373943</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’da Yaşama Sanatı</t>
+          <t>Kalem İşleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>14.81</v>
+        <v>26.39</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789754370232</t>
+          <t>9789754373523</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Fatih Harbiye</t>
+          <t>Kale</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9799754374628</t>
+          <t>9799754374741</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Farabi’de Bilgi Teorisi</t>
+          <t>Kahramanlar</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>14.81</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789754371208</t>
+          <t>9789754375619</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Evlerinin Önü Bütün Eserleri: Hikayeler</t>
+          <t>Kafkasya ve Orta Asya Enerji Kaynakları Üzerinde Mücadele</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>6.94</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789754373950</t>
+          <t>9789754371550</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Etnik Çatışmaların Gölgesinde Kafkasya</t>
+          <t>Kafkasya Oğuzları veya Türkmenleri (Araştırma)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>9.26</v>
+        <v>21</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789754375572</t>
+          <t>9789754370669</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Eski Türklerde Para</t>
+          <t>Kaf Dağının Ardında</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789754376562</t>
+          <t>9789754377095</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Eski İç Asya’nın Tarihi</t>
+          <t>İttihatçıların Ünlü Maliye Nazırı Cavid Bey</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789754372397</t>
+          <t>9789754375190</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Ergeş Uçgun ve Yurt Koşugları</t>
+          <t>İttihat ve Terakki’nin Doğu Politikası 1908-1918</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>22</v>
+        <v>175</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789754378610</t>
+          <t>9789754378597</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Hacı Bizim Hacı</t>
+          <t>İstiklal Mahkemeleri ve Sivas’ta Şapka İnkılabı Duruşmaları</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754378665</t>
+          <t>9789754377538</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm, Hegemonya, İmparatorluk</t>
+          <t>İstanbul’un İlkleri Enleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>410</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754375473</t>
+          <t>9789754374599</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Elçibey</t>
+          <t>Jeopolitik Duyarlılık</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754371604</t>
+          <t>9789754374773</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda İsimler ve Terimler</t>
+          <t>İsmail Gaspıralı Seçilmiş Eserleri 2 - Fikri Eserleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>27.78</v>
+        <v>425</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789754371383</t>
+          <t>9789754374353</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Kitaplar</t>
+          <t>İsmail Gaspıralı - Seçilmiş Eserleri 1</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>13.89</v>
+        <v>425</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789754373073</t>
+          <t>9789754373165</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yeniden Kuruluyor</t>
+          <t>İstanbul’da Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>14.81</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990054371321</t>
+          <t>9789754370232</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Dünkü Sanatımız - Kültürümüz (Ciltli)</t>
+          <t>Fatih Harbiye</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>41.67</v>
+        <v>90</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789754377033</t>
+          <t>9799754374628</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne İpek Yolu</t>
+          <t>Farabi’de Bilgi Teorisi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>32</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789754370393</t>
+          <t>9789754371208</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugünden Tarih-Kültür-Milliyetçilik</t>
+          <t>Evlerinin Önü Bütün Eserleri: Hikayeler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789754377682</t>
+          <t>9789754373950</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Dündar Taşer’in Büyük Türkiyesi</t>
+          <t>Etnik Çatışmaların Gölgesinde Kafkasya</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789754371987</t>
+          <t>9789754375572</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Eski Türklerde Para</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>30</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>3990000012966</t>
+          <t>9789754376562</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dönemeçte Bütün Eserleri 6</t>
+          <t>Eski İç Asya’nın Tarihi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>7.22</v>
+        <v>420</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789754371796</t>
+          <t>9789754372397</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dönemeç</t>
+          <t>Ergeş Uçgun ve Yurt Koşugları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>9.26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789754370485</t>
+          <t>9789754378610</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dokuzuncu Hariciye Koğuşu</t>
+          <t>En Büyük Hacı Bizim Hacı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>35</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789754375114</t>
+          <t>9789754378665</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Edebi Portreler</t>
+          <t>Emperyalizm, Hegemonya, İmparatorluk</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>17.59</v>
+        <v>410</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789754375749</t>
+          <t>9789754375473</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Öğretmeni Farabi</t>
+          <t>Elçibey</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789754376937</t>
+          <t>9789754371604</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Batı’ya Felsefe Köprüsü</t>
+          <t>Edebiyatımızda İsimler ve Terimler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789754373974</t>
+          <t>9789754371383</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sorununun Kökenleri</t>
+          <t>Dünyayı Değiştiren Kitaplar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>35.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789754376197</t>
+          <t>9789754373073</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz</t>
+          <t>Dünya Yeniden Kuruluyor</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789754374674</t>
+          <t>3990054371321</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Divanyolu - Bir Caddenin Hikayesi (Ciltli)</t>
+          <t>Dünkü Sanatımız - Kültürümüz (Ciltli)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>27.78</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789754373097</t>
+          <t>9789754377033</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiiri Antolojisi "Divanü’d-Dedavin"</t>
+          <t>Dünden Bugüne İpek Yolu</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>14.81</v>
+        <v>32</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789754373578</t>
+          <t>9789754370393</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Dildeste</t>
+          <t>Dünden Bugünden Tarih-Kültür-Milliyetçilik</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789754374360</t>
+          <t>9789754377682</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dilaver Cebeci Bütün Şiirleri</t>
+          <t>Dündar Taşer’in Büyük Türkiyesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>10.65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9799754372884</t>
+          <t>9789754371987</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dede Qorqud</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789754375596</t>
+          <t>3990000012966</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı'nın Dresden Nüshasının Giriş Bölümü</t>
+          <t>Dönemeçte Bütün Eserleri 6</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>19</v>
+        <v>7.22</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789754370423</t>
+          <t>9789754371796</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İslam Tasavvufunun Meseleleri</t>
+          <t>Dönemeç</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789754375558</t>
+          <t>9789754370485</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi 3</t>
+          <t>Dokuzuncu Hariciye Koğuşu</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>21.3</v>
+        <v>35</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789754375534</t>
+          <t>9789754375114</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi 1 Dini Düşünce ve İslam</t>
+          <t>Edebi Portreler</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>31.48</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789754377002</t>
+          <t>9789754375749</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İslam Felsefesi Tarihi</t>
+          <t>Doğunun Öğretmeni Farabi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>60</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789754376920</t>
+          <t>9789754376937</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Tarihi ve Jeopolitik Boyutlarıyla İran’da Milliyetçilik</t>
+          <t>Doğu’dan Batı’ya Felsefe Köprüsü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789754376906</t>
+          <t>9789754373974</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İran’da Etnopolitik Hareketler</t>
+          <t>Doğu Sorununun Kökenleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>20.37</v>
+        <v>35.19</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789754373752</t>
+          <t>9789754376197</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu ve Orta Asya Kültür Tarihi</t>
+          <t>Doğu Karadeniz</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>10.19</v>
+        <v>100</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789754372946</t>
+          <t>9789754374674</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İnce Sözler</t>
+          <t>Divanyolu - Bir Caddenin Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>12.96</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789754377316</t>
+          <t>9789754373097</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İnanç Krizi</t>
+          <t>Divan Şiiri Antolojisi "Divanü’d-Dedavin"</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9799754373133</t>
+          <t>9789754373578</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Gelişmenin Merhaleleri</t>
+          <t>Dildeste</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>3990000014625</t>
+          <t>9789754374360</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İki Şehir</t>
+          <t>Dilaver Cebeci Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>3.7</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789754371567</t>
+          <t>9799754372884</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İki Kasım Bin Dokuz Yüz Kırk Üç</t>
+          <t>Dede Qorqud</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789754375299</t>
+          <t>9789754375596</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Savaşçı</t>
+          <t>Dede Korkut Kitabı'nın Dresden Nüshasının Giriş Bölümü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>40</v>
+        <v>19</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789754378085</t>
+          <t>9789754370423</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İdam Sehpasındaki Dışişleri Bakanı Fatin Rüştü Zorlu</t>
+          <t>İslam Tasavvufunun Meseleleri</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>29.63</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789754375404</t>
+          <t>9789754375558</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bilginler Bilgini İbn-i Sina</t>
+          <t>İslam Tarihi 3</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>9.26</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789754371178</t>
+          <t>9789754375534</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İbn Sina Felsefesi ve Ortaçağ Avrupasındaki Etkileri</t>
+          <t>İslam Tarihi 1 Dini Düşünce ve İslam</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>16</v>
+        <v>31.48</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789754371949</t>
+          <t>9789754377002</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Işığın Gölgesi</t>
+          <t>İslam Felsefesi Tarihi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>10.19</v>
+        <v>60</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789754373851</t>
+          <t>9789754376920</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>IMF Türkiye İlişkileri</t>
+          <t>Tarihi ve Jeopolitik Boyutlarıyla İran’da Milliyetçilik</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>9.26</v>
+        <v>175</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789754373790</t>
+          <t>9789754376906</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Sarmaşıkları</t>
+          <t>İran’da Etnopolitik Hareketler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>14</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789754374261</t>
+          <t>9789754373752</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Hüsn ü Aşk</t>
+          <t>İpek Yolu ve Orta Asya Kültür Tarihi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>17.59</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9789754371161</t>
+          <t>9789754372946</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Hilal Görününce</t>
+          <t>İnce Sözler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>19.44</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9789754374322</t>
+          <t>9789754377316</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hevenk - Kayıp İstanbul</t>
+          <t>İnanç Krizi</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>6.94</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789754376470</t>
+          <t>9799754373133</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Bir Derdi Var</t>
+          <t>İktisadi Gelişmenin Merhaleleri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9799754372808</t>
+          <t>3990000014625</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarda Cengiz Dağcı</t>
+          <t>İki Şehir</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>25</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789754378337</t>
+          <t>9789754371567</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Haremden Mektuplar</t>
+          <t>İki Kasım Bin Dokuz Yüz Kırk Üç</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>210</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789754378344</t>
+          <t>9789754375299</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>İhtiyar Savaşçı</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>230</v>
+        <v>40</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789754372373</t>
+          <t>9789754378085</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Haliç Hikayeleri</t>
+          <t>İdam Sehpasındaki Dışişleri Bakanı Fatin Rüştü Zorlu</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>8.33</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789754377361</t>
+          <t>9789754375404</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hafıza</t>
+          <t>Bilginler Bilgini İbn-i Sina</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>170</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789754376227</t>
+          <t>9789754371178</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar (1095 / 1291)</t>
+          <t>İbn Sina Felsefesi ve Ortaçağ Avrupasındaki Etkileri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>8.33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789754377750</t>
+          <t>9789754371949</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Hac Günlüğü</t>
+          <t>Işığın Gölgesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789754372274</t>
+          <t>9789754373851</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Güzele Bakan Karınca</t>
+          <t>IMF Türkiye İlişkileri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9799754372815</t>
+          <t>9789754373790</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölüm</t>
+          <t>Hüzün Sarmaşıkları</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>9.26</v>
+        <v>14</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789754372243</t>
+          <t>9789754374261</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Güz Yaprakları</t>
+          <t>Hüsn ü Aşk</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>18</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789754374339</t>
+          <t>9789754371161</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Günün Ötesi</t>
+          <t>Hilal Görününce</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>12.04</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789754371956</t>
+          <t>9789754374322</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Günlük Güneşlik Şarkılar</t>
+          <t>Hevenk - Kayıp İstanbul</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>12.04</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789754372182</t>
+          <t>9789754376470</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Gün Batıran Dağlarda Ateş Avcılığı</t>
+          <t>Herkesin Bir Derdi Var</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789754374292</t>
+          <t>9799754372808</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gülyüzlüm</t>
+          <t>Hatıralarda Cengiz Dağcı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>10.19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9799754372747</t>
+          <t>9789754378337</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Gülnar</t>
+          <t>Haremden Mektuplar</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>8.33</v>
+        <v>210</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789754370737</t>
+          <t>9789754378344</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Güller Kitabı Türk Çiçek Kültürü Üzerine Bir Deneme</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>8.33</v>
+        <v>230</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789754371659</t>
+          <t>9789754372373</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Güldeste 20. Yüzyıl Türk Şiiri’nden Seçmeler</t>
+          <t>Haliç Hikayeleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>17.59</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789754373400</t>
+          <t>9789754377361</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Güldeste 2 20. Yüzyıl Türk Şiirinden Seçmeler</t>
+          <t>Hafıza</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>16.2</v>
+        <v>170</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789754372557</t>
+          <t>9789754376227</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Havva</t>
+          <t>Haçlılar (1095 / 1291)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>5.56</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9799754373454</t>
+          <t>9789754377750</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gül Suyu Gülistan Tercümesi</t>
+          <t>Hac Günlüğü</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789754371291</t>
+          <t>9789754372274</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşı Medeniyeti Gözyaşı Rahmettir</t>
+          <t>Güzele Bakan Karınca</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>10.19</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789754373080</t>
+          <t>9799754372815</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Gök Türk İmparatorluğu</t>
+          <t>Güzel Ölüm</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789754370201</t>
+          <t>9789754372243</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Göç</t>
+          <t>Güz Yaprakları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789754372038</t>
+          <t>9789754374339</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Gizli Dede Korkut</t>
+          <t>Günün Ötesi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789754375107</t>
+          <t>9789754371956</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Gemilerde Talim Var</t>
+          <t>Günlük Güneşlik Şarkılar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>16.2</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789754371765</t>
+          <t>9789754372182</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Direnişi</t>
+          <t>Gün Batıran Dağlarda Ateş Avcılığı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>12.04</v>
+        <v>19</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789754372632</t>
+          <t>9789754374292</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Eşiğinde</t>
+          <t>Gülyüzlüm</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9799754374710</t>
+          <t>9799754372747</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Gece Rüzgarları</t>
+          <t>Gülnar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789754373745</t>
+          <t>9789754370737</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşu Uzun Öter</t>
+          <t>Güller Kitabı Türk Çiçek Kültürü Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789754371260</t>
+          <t>9789754371659</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Türkülerimiz</t>
+          <t>Güldeste 20. Yüzyıl Türk Şiiri’nden Seçmeler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>25</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789754376166</t>
+          <t>9789754373400</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Fizik Terimleri Sözlüğü</t>
+          <t>Güldeste 2 20. Yüzyıl Türk Şiirinden Seçmeler</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>155</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>3990000012965</t>
+          <t>9789754372557</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Firavun İmanı Bütün Eserleri 10</t>
+          <t>Havva</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>5.19</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789754371802</t>
+          <t>9799754373454</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Fener Patrikhanesi ve Türkiye</t>
+          <t>Gül Suyu Gülistan Tercümesi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>42</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789754376142</t>
+          <t>9789754371291</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Halk Kültürü ve Edebiyatı Sözlüğü</t>
+          <t>Gözyaşı Medeniyeti Gözyaşı Rahmettir</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>22.22</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789754372342</t>
+          <t>9789754373080</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Gül Olacaksın</t>
+          <t>Gök Türk İmparatorluğu</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051551524</t>
+          <t>9789754370201</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Bir Hakan</t>
+          <t>Sessiz Göç</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>58</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051551555</t>
+          <t>9789754372038</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Gizli Dede Korkut</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>23.15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051552873</t>
+          <t>9789754375107</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Deli Halid Paşa</t>
+          <t>Gemilerde Talim Var</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>290</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789754375329</t>
+          <t>9789754371765</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Orta Zaman Türk Dili ve Kültürü Üzerine İncelemeler</t>
+          <t>Geleneğin Direnişi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>32</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789754378924</t>
+          <t>9789754372632</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Orkun Bilgesi</t>
+          <t>Geleceğin Eşiğinde</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>210</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789754371192</t>
+          <t>9799754374710</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Onlardan Kalan Bütün Eserleri: Hikayeler</t>
+          <t>Gece Rüzgarları</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>11.11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789754378986</t>
+          <t>9789754373745</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyat Tarihinden Unutulmaz Kahramanlar İnanılmaz Olaylar</t>
+          <t>Gece Kuşu Uzun Öter</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>12.04</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789754375336</t>
+          <t>9789754371260</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Okullar İçin Mesnevi’den Seçmeler</t>
+          <t>Folklor ve Türkülerimiz</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789754370416</t>
+          <t>9789754376166</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>O Topraklar Bizimdi Bütün Eserleri</t>
+          <t>Fizik Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>78</v>
+        <v>155</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789754372014</t>
+          <t>3990000012965</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Nisan Yağmuru</t>
+          <t>Firavun İmanı Bütün Eserleri 10</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>18</v>
+        <v>5.19</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789754373363</t>
+          <t>9789754371802</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Nil’den Tuna’ya Osmanlı Yazıları</t>
+          <t>Fener Patrikhanesi ve Türkiye</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>13.43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>3990000014427</t>
+          <t>9789754376142</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Nevai</t>
+          <t>Halk Kültürü ve Edebiyatı Sözlüğü</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>13.43</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789754377330</t>
+          <t>9789754372342</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mührün Gücü (Ciltli)</t>
+          <t>Gül Olacaksın</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>120</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789754379013</t>
+          <t>9786051551524</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Munzurdaki Zorbaz</t>
+          <t>Sürgünde Bir Hakan</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>44</v>
+        <v>58</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789754377392</t>
+          <t>9786051551555</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikolojinin Gelişimi</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>58</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789754379259</t>
+          <t>9786051552873</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mitten Yazıya veya Gizli Dede Korkut</t>
+          <t>Deli Halid Paşa</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9799754372877</t>
+          <t>9789754375329</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Min-İlin Sonu</t>
+          <t>Orta Zaman Türk Dili ve Kültürü Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>8.33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9789754374902</t>
+          <t>9789754378924</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Milli Devlet ve Küreselleşme Anlamı Değişen Sınırlar</t>
+          <t>Orkun Bilgesi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>32.41</v>
+        <v>210</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789754379228</t>
+          <t>9789754371192</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Metafizik</t>
+          <t>Onlardan Kalan Bütün Eserleri: Hikayeler</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>60</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789754375091</t>
+          <t>9789754378986</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Meşk Olsun</t>
+          <t>Olimpiyat Tarihinden Unutulmaz Kahramanlar İnanılmaz Olaylar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>19.44</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789754372304</t>
+          <t>9789754375336</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi: Konularına Göre Açıklamalı Mesnevi Tercümesi (1-6 Cilt / 3 Kitap)</t>
+          <t>Okullar İçin Mesnevi’den Seçmeler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>81.48</v>
+        <v>90</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789754378733</t>
+          <t>9789754370416</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi’nin İktisat Anlayışı</t>
+          <t>O Topraklar Bizimdi Bütün Eserleri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>16.67</v>
+        <v>78</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789754375480</t>
+          <t>9789754372014</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Memleketi Kurtarırım; Fakat Bir Şartla!...</t>
+          <t>Nisan Yağmuru</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>27.78</v>
+        <v>18</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9799754373157</t>
+          <t>9789754373363</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Maziye Bir Nazar</t>
+          <t>Nil’den Tuna’ya Osmanlı Yazıları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>34</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9799754374789</t>
+          <t>3990000014427</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Matüridi’de Allah - Alem İlişkisi</t>
+          <t>Nevai</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>20.37</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789754370560</t>
+          <t>9789754377330</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Noraliya’nın Koltuğu</t>
+          <t>Mührün Gücü (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789754374568</t>
+          <t>9789754379013</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Marmara Kitabeleri</t>
+          <t>Munzurdaki Zorbaz</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>7.41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789754376944</t>
+          <t>9789754377392</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak 1876 - 1950</t>
+          <t>Modern Psikolojinin Gelişimi</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>29.63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>3990000012824</t>
+          <t>9789754379259</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Malihulya</t>
+          <t>Mitten Yazıya veya Gizli Dede Korkut</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>9.26</v>
+        <v>375</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789754370812</t>
+          <t>9799754372877</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Mahşer</t>
+          <t>Min-İlin Sonu</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789754374896</t>
+          <t>9789754374902</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Maarif Meseleleri</t>
+          <t>Milli Devlet ve Küreselleşme Anlamı Değişen Sınırlar</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>60</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789754376531</t>
+          <t>9789754379228</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Liseler İçin Edebiyat Notları</t>
+          <t>Metafizik</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>25.46</v>
+        <v>60</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789754372786</t>
+          <t>9789754375091</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Medeniyet Üzerine Denemeler</t>
+          <t>Meşk Olsun</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>135</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789754372427</t>
+          <t>9789754372304</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Edebiyata Dair Görüşleriyle Yahya Kemal</t>
+          <t>Mesnevi: Konularına Göre Açıklamalı Mesnevi Tercümesi (1-6 Cilt / 3 Kitap)</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>32</v>
+        <v>81.48</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789754370249</t>
+          <t>9789754378733</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kültür Değişmesi ve Milliyetçilik</t>
+          <t>Mevlana Celaleddin Rumi’nin İktisat Anlayışı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789754370591</t>
+          <t>9789754375480</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Küçük Dünya</t>
+          <t>Memleketi Kurtarırım; Fakat Bir Şartla!...</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>6.02</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9799754373232</t>
+          <t>9799754373157</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızları</t>
+          <t>Maziye Bir Nazar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>11.11</v>
+        <v>34</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9789754376319</t>
+          <t>9799754374789</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig’de Ahlak Kavramı ve Tıp Etiğine Etkisi</t>
+          <t>Matüridi’de Allah - Alem İlişkisi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>10.19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789754373189</t>
+          <t>9789754370560</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kurşunkalem Yazıları</t>
+          <t>Matmazel Noraliya’nın Koltuğu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>29.63</v>
+        <v>70</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789754371024</t>
+          <t>9789754374568</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Türkçe Anlatımı</t>
+          <t>Marmara Kitabeleri</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9799754372914</t>
+          <t>9789754376944</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kuğunun Son Şarkısı</t>
+          <t>Mareşal Fevzi Çakmak 1876 - 1950</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>7.41</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789754375640</t>
+          <t>3990000012824</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Konut Sorunu ve Çözüm Önerileri</t>
+          <t>Malihulya</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9799754375427</t>
+          <t>9789754370812</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Koçaklamalar</t>
+          <t>Mahşer</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>7.87</v>
+        <v>85</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789754371468</t>
+          <t>9789754374896</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kiziroğlu Mustafa</t>
+          <t>Maarif Meseleleri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>23</v>
+        <v>60</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789754371284</t>
+          <t>9789754376531</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kitapsız Toplum</t>
+          <t>Liseler İçin Edebiyat Notları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>7.87</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9789754370935</t>
+          <t>9789754372786</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma / Oğulla Buluşma / Beyaz Yağmur / Asker Çocuğu / Deve Gözü Hikayeler Bütün Eserleri 7</t>
+          <t>Kültür ve Medeniyet Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>22</v>
+        <v>135</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789754372458</t>
+          <t>9789754372427</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kırdan Bayırdan "Hikayeler"</t>
+          <t>Kültür ve Edebiyata Dair Görüşleriyle Yahya Kemal</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>32</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051551685</t>
+          <t>9789754370249</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Alevilik Bektaşilik</t>
+          <t>Kültür Değişmesi ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>30</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786051551517</t>
+          <t>9789754370591</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Nihal Atsız Hayatı ve Eserleri</t>
+          <t>Küçük Dünya</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>20</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051550220</t>
+          <t>9799754373232</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ya Hayy!</t>
+          <t>Kutup Yıldızları</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>23</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786051551418</t>
+          <t>9789754376319</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Oruç Barbaros Sultan (Ciltli)</t>
+          <t>Kutadgu Bilig’de Ahlak Kavramı ve Tıp Etiğine Etkisi</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051551159</t>
+          <t>9789754373189</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zamanların, Mekanların ve Hatırlamaların Rafında Kadıköy'ün Kitabı</t>
+          <t>Kurşunkalem Yazıları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>310</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051551449</t>
+          <t>9789754371024</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolu</t>
+          <t>Kur’an-ı Kerim ve Türkçe Anlatımı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>175</v>
+        <v>30</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786051551463</t>
+          <t>9799754372914</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Istırapları</t>
+          <t>Kuğunun Son Şarkısı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>32</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9789754370206</t>
+          <t>9789754375640</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Göç</t>
+          <t>Konut Sorunu ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789754372497</t>
+          <t>9799754375427</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Asya'da Beş Türk</t>
+          <t>Koçaklamalar</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>37.04</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9799754370149</t>
+          <t>9789754371468</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Niyazi Romanları Seti (12 Kitap)</t>
+          <t>Kiziroğlu Mustafa</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>475</v>
+        <v>23</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051555324</t>
+          <t>9789754371284</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Türklüğü Tartışılan Meşhurlar</t>
+          <t>Kitapsız Toplum</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>32</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051556604</t>
+          <t>9789754370935</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Atsız Hikayeler (Ciltli)</t>
+          <t>Kızıl Elma / Oğulla Buluşma / Beyaz Yağmur / Asker Çocuğu / Deve Gözü Hikayeler Bütün Eserleri 7</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>14.81</v>
+        <v>22</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051556857</t>
+          <t>9789754372458</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Gök Orda</t>
+          <t>Kırdan Bayırdan "Hikayeler"</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>82</v>
+        <v>32</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051556376</t>
+          <t>9786051551685</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Metodu (Kısa Sap) ve Türk Halk Müziği Nazariyatı</t>
+          <t>Türkiye'de Alevilik Bektaşilik</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051554563</t>
+          <t>9786051551517</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tabakat-ı Nasıri</t>
+          <t>Hüseyin Nihal Atsız Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>165</v>
+        <v>20</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789754374223</t>
+          <t>9786051550220</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 14 (Ciltli)</t>
+          <t>Ya Hayy!</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>300</v>
+        <v>23</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789754374209</t>
+          <t>9786051551418</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 12 (Ciltli)</t>
+          <t>Oruç Barbaros Sultan (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786051554990</t>
+          <t>9786051551159</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Ötüken Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
+          <t>Geçmiş Zamanların, Mekanların ve Hatırlamaların Rafında Kadıköy'ün Kitabı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>900</v>
+        <v>310</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786051556222</t>
+          <t>9786051551449</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Fütüvvet ve Ahilik</t>
+          <t>Aşk Yolu</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786051555508</t>
+          <t>9786051551463</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Üsküdar Kitabı (Ciltli)</t>
+          <t>Genç Werther'in Istırapları</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>290</v>
+        <v>32</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051552057</t>
+          <t>9789754370206</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary (Tam Metin)</t>
+          <t>Göç</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>34</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789754374544</t>
+          <t>9789754372497</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi İndeksi - Cilt 17 (Ciltli)</t>
+          <t>Asya'da Beş Türk</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>300</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789754374537</t>
+          <t>9799754370149</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 16 (Ciltli)</t>
+          <t>Mehmed Niyazi Romanları Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>300</v>
+        <v>475</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789754374506</t>
+          <t>9786051555324</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi - Cilt 13 (Ciltli)</t>
+          <t>Türklüğü Tartışılan Meşhurlar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>300</v>
+        <v>32</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789754374490</t>
+          <t>9786051556604</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 12 (Ciltli)</t>
+          <t>Atsız Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789754374483</t>
+          <t>9786051556857</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 11 (Ciltli)</t>
+          <t>Gök Orda</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>82</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789754374476</t>
+          <t>9786051556376</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 10 (Ciltli)</t>
+          <t>Bağlama Metodu (Kısa Sap) ve Türk Halk Müziği Nazariyatı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789754374469</t>
+          <t>9786051554563</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 9 (Ciltli)</t>
+          <t>Tabakat-ı Nasıri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789754374452</t>
+          <t>9789754374223</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 8 (Ciltli)</t>
+          <t>Büyük Türk Klasikleri Cilt 14 (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789754374445</t>
+          <t>9789754374209</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 7 (Ciltli)</t>
+          <t>Büyük Türk Klasikleri Cilt 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789754374438</t>
+          <t>9786051554990</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 6 (Ciltli)</t>
+          <t>Ötüken Osmanlı Türkçesi Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789754374421</t>
+          <t>9786051556222</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi - Cilt 5 (Ciltli)</t>
+          <t>Tarihte Fütüvvet ve Ahilik</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789754374414</t>
+          <t>9786051555508</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 4 (Ciltli)</t>
+          <t>Üsküdar Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789754374407</t>
+          <t>9786051552057</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi - Cilt 3 (Ciltli)</t>
+          <t>Madame Bovary (Tam Metin)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>34</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789754374391</t>
+          <t>9789754374544</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi - Cilt 2 (Ciltli)</t>
+          <t>Sahih-i Buhari ve Tercemesi İndeksi - Cilt 17 (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789754374384</t>
+          <t>9789754374537</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi - Cilt 1 (Ciltli)</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 16 (Ciltli)</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051552651</t>
+          <t>9789754374506</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Baykuşlar Geceleyin Öter</t>
+          <t>Sahih-i Buhari ve Tercemesi - Cilt 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789754373387</t>
+          <t>9789754374490</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğunda Devlet ve Ekonomi</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 12 (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>59</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051554419</t>
+          <t>9789754374483</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe'nun Yeni Maceraları</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 11 (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>21.3</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051552583</t>
+          <t>9789754374476</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Gülhatmi</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051556468</t>
+          <t>9789754374469</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Yay</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786051555072</t>
+          <t>9789754374452</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Tarihimizde İttihad ve Terakki'li Yıllar</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051554945</t>
+          <t>9789754374445</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Hukuku</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051555003</t>
+          <t>9789754374438</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Turan Masalları</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051554532</t>
+          <t>9789754374421</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Tefekküre</t>
+          <t>Sahih-i Buhari ve Tercemesi - Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786051554167</t>
+          <t>9789754374414</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Willermus Tyrensis'in Haçlı Kroniği</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>55</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051551869</t>
+          <t>9789754374407</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Halifeler Tarihi</t>
+          <t>Sahih-i Buhari ve Tercemesi - Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>690</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051551692</t>
+          <t>9789754374391</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Aşk Sır İstanbul</t>
+          <t>Sahih-i Buhari ve Tercemesi - Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789754379440</t>
+          <t>9789754374384</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği - Tarihi Seyri, Yeni Hedefleri</t>
+          <t>Sahih-i Buhari ve Tercemesi - Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789754379761</t>
+          <t>9786051552651</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Tuna'dan Batı'ya (Ciltli)</t>
+          <t>Baykuşlar Geceleyin Öter</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>52</v>
+        <v>420</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786051555560</t>
+          <t>9789754373387</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Türk Müslümanlığı Üzerine Yazılar</t>
+          <t>Osmanlı İmparatorluğunda Devlet ve Ekonomi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>250</v>
+        <v>59</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786051552118</t>
+          <t>9786051554419</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Öncekilerin Masalları</t>
+          <t>Robinson Crusoe'nun Yeni Maceraları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>240</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051555119</t>
+          <t>9786051552583</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kor Ateşte Demlenmiş 1001 Mini Öykü</t>
+          <t>Gülhatmi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>65</v>
+        <v>210</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786051553252</t>
+          <t>9786051556468</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu'nun Türklüğü</t>
+          <t>Kutsal Yay</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>75</v>
+        <v>65</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786051551890</t>
+          <t>9786051555072</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Umumi Türk Tarihi Hakkında Tespitler, Görüşler, Mülahazalar</t>
+          <t>Demokrasi Tarihimizde İttihad ve Terakki'li Yıllar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786051551586</t>
+          <t>9786051554945</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Muzungu</t>
+          <t>Türk Halk Hukuku</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>16.67</v>
+        <v>260</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786051551838</t>
+          <t>9786051555003</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>John Locke ve David Hume</t>
+          <t>Turan Masalları</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786051554426</t>
+          <t>9786051554532</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Millet ve Milliyetçilik</t>
+          <t>Tarihten Tefekküre</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>95</v>
+        <v>15</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786051552682</t>
+          <t>9786051554167</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Kuşlar</t>
+          <t>Willermus Tyrensis'in Haçlı Kroniği</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>25</v>
+        <v>55</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786051551234</t>
+          <t>9786051551869</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Rudolf Otto'da Din, Kutsallık ve Mistik Tecrübe</t>
+          <t>Halifeler Tarihi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>690</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789754379938</t>
+          <t>9786051551692</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Evleri</t>
+          <t>Aşk Sır İstanbul</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789754379907</t>
+          <t>9789754379440</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ayyıldız Ruhu</t>
+          <t>Türk Milliyetçiliği - Tarihi Seyri, Yeni Hedefleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786051550138</t>
+          <t>9789754379761</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül İşkencesinde Ülkücü Bir Gazetecinin Dramı</t>
+          <t>Tuna'dan Batı'ya (Ciltli)</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>90</v>
+        <v>52</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786051550244</t>
+          <t>9786051555560</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Karamazov Kardeşler (2 Cilt Takım)</t>
+          <t>Türk Müslümanlığı Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>50.93</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789754372983</t>
+          <t>9786051552118</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Türk Askeri Kültürünün Tarihi Gelişmesi "Kutsal Ocak"</t>
+          <t>Öncekilerin Masalları</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>12.96</v>
+        <v>240</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789754376586</t>
+          <t>9786051555119</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Tren Burdan Geçmiyor</t>
+          <t>Kor Ateşte Demlenmiş 1001 Mini Öykü</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>6.94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789754374698</t>
+          <t>9786051553252</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Tevfik İleri Yassıada ve Kayseri Günlükleri</t>
+          <t>Doğu Anadolu'nun Türklüğü</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>29.63</v>
+        <v>75</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789754374278</t>
+          <t>9786051551890</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Tefsirde Semantik Metod Kur’ân’da "Kavm" Kelimesinin Semantik Analizi</t>
+          <t>Umumi Türk Tarihi Hakkında Tespitler, Görüşler, Mülahazalar</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>17.59</v>
+        <v>550</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789754375497</t>
+          <t>9786051551586</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Yolcusu Tarikatlar ve Alevilik</t>
+          <t>Muzungu</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789754372649</t>
+          <t>9786051551838</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Rus Yayılmacılığı ve Yeni Kurulan Cumhuriyetler</t>
+          <t>John Locke ve David Hume</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>33</v>
+        <v>220</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789754376722</t>
+          <t>9786051554426</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Bugüne Başkurtlar</t>
+          <t>Millet ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>37</v>
+        <v>95</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789754370218</t>
+          <t>9786051552682</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Türkler</t>
+          <t>Türk Kültüründe Kuşlar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>20.37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789754371703</t>
+          <t>9786051551234</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tarık Buğra Güneş Rengi Bir Yığın Yaprak</t>
+          <t>Rudolf Otto'da Din, Kutsallık ve Mistik Tecrübe</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>7.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789754375343</t>
+          <t>9789754379938</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım Ünlü Türkçüler</t>
+          <t>Kerkük Evleri</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>15</v>
+        <v>750</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789754374636</t>
+          <t>9789754379907</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Tamamlanmamış Rusya</t>
+          <t>Ayyıldız Ruhu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>14</v>
+        <v>65</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789754371420</t>
+          <t>9786051550138</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Şuşa Dağlarını Duman Bürüdü</t>
+          <t>12 Eylül İşkencesinde Ülkücü Bir Gazetecinin Dramı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789754372069</t>
+          <t>9786051550244</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Şi’r-i Kadim Şiir Şerhleri</t>
+          <t>Karamazov Kardeşler (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>7.87</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789754370584</t>
+          <t>9789754372983</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Şimşek</t>
+          <t>Türk Askeri Kültürünün Tarihi Gelişmesi "Kutsal Ocak"</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>105</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789754372144</t>
+          <t>9789754376586</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Şiirler, Şairler ve Meclisler</t>
+          <t>Tren Burdan Geçmiyor</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>10.19</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789754374285</t>
+          <t>9789754374698</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Tevfik İleri Yassıada ve Kayseri Günlükleri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>120</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789754371772</t>
+          <t>9789754374278</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Şiirler</t>
+          <t>Tefsirde Semantik Metod Kur’ân’da "Kavm" Kelimesinin Semantik Analizi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>8.8</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789754375633</t>
+          <t>9789754375497</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Şeyhülislam Ebussuud Efendi</t>
+          <t>Tasavvuf Yolcusu Tarikatlar ve Alevilik</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>22.22</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789754371994</t>
+          <t>9789754372649</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Şehriyar ve Bütün Türkçe Şiirleri</t>
+          <t>Tarihten Günümüze Rus Yayılmacılığı ve Yeni Kurulan Cumhuriyetler</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>27.78</v>
+        <v>33</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789754372021</t>
+          <t>9789754376722</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Şehir Fotoğrafları</t>
+          <t>Tarihten Bugüne Başkurtlar</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>11.57</v>
+        <v>37</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051553498</t>
+          <t>9789754370218</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sırrını Söyleyen Rüzgar</t>
+          <t>Tarihte Türkler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>30</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051554716</t>
+          <t>9789754371703</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Galip Erdem Seti (4 Kitap Set)</t>
+          <t>Tarık Buğra Güneş Rengi Bir Yığın Yaprak</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>230</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789754370102</t>
+          <t>9789754375343</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Nihal Atsız Seti (21 Kitap Takım)</t>
+          <t>Tanıdığım Ünlü Türkçüler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>1350</v>
+        <v>15</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051553276</t>
+          <t>9789754374636</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Jön Türklük ve Kemalizm Kıskacında İttihadçılık</t>
+          <t>Tamamlanmamış Rusya</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>30</v>
+        <v>14</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789754379747</t>
+          <t>9789754371420</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Çok Mühim Puroce</t>
+          <t>Şuşa Dağlarını Duman Bürüdü</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>22.22</v>
+        <v>65</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789754379662</t>
+          <t>9789754372069</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Atsız'ın Mektupları</t>
+          <t>Şi’r-i Kadim Şiir Şerhleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>25.46</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789754379808</t>
+          <t>9789754370584</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Arasında Rusya</t>
+          <t>Şimşek</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>24</v>
+        <v>105</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786254082122</t>
+          <t>9789754372144</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Tanısan Seversin</t>
+          <t>Şiirler, Şairler ve Meclisler</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>100</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789754370072</t>
+          <t>9789754374285</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağın Adı</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>63</v>
+        <v>120</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>3990000065114</t>
+          <t>9789754371772</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Cevahir-i Mesneviyye Mesnevi’den Seçmeler 2.Cilt</t>
+          <t>Şiirler</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>45</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051553573</t>
+          <t>9789754375633</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercümesi (Ciltli)</t>
+          <t>Şeyhülislam Ebussuud Efendi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>35</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786254080470</t>
+          <t>9789754371994</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtlar - Siyah Cilt (Albüm Baskı - Sinopsis Ekli) (Ciltli)</t>
+          <t>Şehriyar ve Bütün Türkçe Şiirleri</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>400</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786254080562</t>
+          <t>9789754372021</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtlar - Kırmızı Cilt (Albüm Baskı - Sinopsis Ekli) (Ciltli)</t>
+          <t>Şehir Fotoğrafları</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>400</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051559674</t>
+          <t>9786051553498</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçe Sözlük</t>
+          <t>Sırrını Söyleyen Rüzgar</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>370</v>
+        <v>30</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786254081040</t>
+          <t>9786051554716</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Kara Kemal'in Son Günleri</t>
+          <t>Galip Erdem Seti (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786254080869</t>
+          <t>9789754370102</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Korkut Bitig - Dünyada Dede Korkut Araştırmaları (Ciltli)</t>
+          <t>Hüseyin Nihal Atsız Seti (21 Kitap Takım)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>270</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9799754372204</t>
+          <t>9786051553276</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Jön Türklük ve Kemalizm Kıskacında İttihadçılık</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789754373899</t>
+          <t>9789754379747</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Derkenar</t>
+          <t>Çok Mühim Puroce</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>11.11</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789754373394</t>
+          <t>9789754379662</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Deli Zamanlar</t>
+          <t>Atsız'ın Mektupları</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>6.94</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>3990000011159</t>
+          <t>9789754379808</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Fuzuli’nin Poetikası</t>
+          <t>İki Dünya Arasında Rusya</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>6.02</v>
+        <v>24</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>3990000015044</t>
+          <t>9786254082122</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Günü</t>
+          <t>Tanısan Seversin</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>8.33</v>
+        <v>100</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789754372434</t>
+          <t>9789754370072</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kıyam</t>
+          <t>Bu Çağın Adı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>6.48</v>
+        <v>63</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9799754372709</t>
+          <t>3990000065114</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Gagauzlar</t>
+          <t>Cevahir-i Mesneviyye Mesnevi’den Seçmeler 2.Cilt</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>16</v>
+        <v>45</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9799754372860</t>
+          <t>9786051553573</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Tefsiri Açısından Mesnevi</t>
+          <t>Mesnevi Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789754375688</t>
+          <t>9786254080470</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular</t>
+          <t>Bozkurtlar - Siyah Cilt (Albüm Baskı - Sinopsis Ekli) (Ciltli)</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>24.07</v>
+        <v>400</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9799754372730</t>
+          <t>9786254080562</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yücelikte Tenhalık</t>
+          <t>Bozkurtlar - Kırmızı Cilt (Albüm Baskı - Sinopsis Ekli) (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>7.41</v>
+        <v>400</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789754372380</t>
+          <t>9786051559674</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kırkıncı Kapı</t>
+          <t>Eski Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>9.26</v>
+        <v>370</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786254081156</t>
+          <t>9786254081040</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Türk Savunma Sanayii Tarihi (Ciltli)</t>
+          <t>Kara Kemal'in Son Günleri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786051559452</t>
+          <t>9786254080869</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Maaday- Kara</t>
+          <t>Korkut Bitig - Dünyada Dede Korkut Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9799754370095</t>
+          <t>9799754372204</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Aytmatov Seti - 9 Kitap</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>65</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9799754373126</t>
+          <t>9789754373899</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Galanaslı Gül Hatun</t>
+          <t>Derkenar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>6.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786254080784</t>
+          <t>9789754373394</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>İdil - Ural ve Türkistan'da Fikir Hareketleri (Ciltli)</t>
+          <t>Deli Zamanlar</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>390</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789754372236</t>
+          <t>3990000011159</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Dansedebilmek</t>
+          <t>Fuzuli’nin Poetikası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>10.19</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789754372168</t>
+          <t>3990000015044</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Çin-Türkistan Hatıraları Şanghay Hatıraları</t>
+          <t>Kıyamet Günü</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>37</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789754377422</t>
+          <t>9789754372434</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Çiğdemleri Solan Bozkır</t>
+          <t>Kıyam</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>10.19</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789754370607</t>
+          <t>9799754372709</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler Büyür</t>
+          <t>Gagauzlar</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>13.43</v>
+        <v>16</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789754371901</t>
+          <t>9799754372860</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Çırpıntılar</t>
+          <t>Kur’an Tefsiri Açısından Mesnevi</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>14.81</v>
+        <v>40</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789754378603</t>
+          <t>9789754375688</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Çırpınıp İçinde Döndüğüm Deniz</t>
+          <t>Selçuklular</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>13.89</v>
+        <v>24.07</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789754372601</t>
+          <t>9799754372730</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Çınar Ömrü</t>
+          <t>Yücelikte Tenhalık</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>29</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789754371850</t>
+          <t>9789754372380</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Çeşmibülbül Mevsimi</t>
+          <t>Kırkıncı Kapı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789754377804</t>
+          <t>9786254081156</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları Günlüğü</t>
+          <t>Türk Savunma Sanayii Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>230</v>
+        <v>135</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789754372762</t>
+          <t>9786051559452</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Mahşeri (Ciltli)</t>
+          <t>Maaday- Kara</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>65</v>
+        <v>180</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789754373608</t>
+          <t>9799754370095</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Çağa Hüzün Düştü</t>
+          <t>Cengiz Aytmatov Seti - 9 Kitap</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>6.48</v>
+        <v>65</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>3990000010533</t>
+          <t>9799754373126</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Başlangıç Yıllarında Ekonomi ve Siyaset</t>
+          <t>Galanaslı Gül Hatun</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>3.94</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789754373509</t>
+          <t>9786254080784</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Resim Edebiyat İlişkisi</t>
+          <t>İdil - Ural ve Türkistan'da Fikir Hareketleri (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>70</v>
+        <v>390</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789754372564</t>
+          <t>9789754372236</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Cumba’dan Rumba’ya</t>
+          <t>Dansedebilmek</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>120</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789754373769</t>
+          <t>9789754372168</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Cihan Fatihi Cengiz - Han</t>
+          <t>Çin-Türkistan Hatıraları Şanghay Hatıraları</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>20.37</v>
+        <v>37</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789754373684</t>
+          <t>9789754377422</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Cevahir-i Mesneviyye Mesnevi’den Seçmeler 2 Cilt</t>
+          <t>Çiğdemleri Solan Bozkır</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>150</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789754379129</t>
+          <t>9789754370607</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Cengiz ve Yasası Timur ve Tüzükatı</t>
+          <t>Çiçekler Büyür</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>34</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789754370188</t>
+          <t>9789754371901</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Cemile Sultan Murat Hikayeler</t>
+          <t>Çırpıntılar</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789754378702</t>
+          <t>9789754378603</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Çırpınıp İçinde Döndüğüm Deniz</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>14</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789754375466</t>
+          <t>9789754372601</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Cavidan</t>
+          <t>Çınar Ömrü</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>6.48</v>
+        <v>29</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789754374087</t>
+          <t>9789754371850</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri (14 Cilt Takım) (Ciltli)</t>
+          <t>Çeşmibülbül Mevsimi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>3360</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789754379549</t>
+          <t>9789754377804</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Osmanlı Devleti’nin Siyasi, Medeni, Kültür, Teşkilat ve San’at Tarihi (10 Cilt Takım) (Ciltli)</t>
+          <t>Çanakkale Savaşları Günlüğü</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>1575</v>
+        <v>230</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9799754374727</t>
+          <t>9789754372762</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Bukağı</t>
+          <t>Çanakkale Mahşeri (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>12.96</v>
+        <v>65</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789754377545</t>
+          <t>9789754373608</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bugün de Diyorlar ki</t>
+          <t>Çağa Hüzün Düştü</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>90</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789754370805</t>
+          <t>3990000010533</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Canan</t>
+          <t>Cumhuriyetin Başlangıç Yıllarında Ekonomi ve Siyaset</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>52</v>
+        <v>3.94</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789754374759</t>
+          <t>9789754373509</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Bozgunda Fetih Rüyası</t>
+          <t>Cumhuriyet Döneminde Resim Edebiyat İlişkisi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>14.81</v>
+        <v>70</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789754371925</t>
+          <t>9789754372564</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Bizim Diyar</t>
+          <t>Cumba’dan Rumba’ya</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>12.5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789754370256</t>
+          <t>9789754373769</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Biz İnsanlar</t>
+          <t>Cihan Fatihi Cengiz - Han</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>180</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789754375503</t>
+          <t>9789754373684</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Biz Böyle Güzeliz</t>
+          <t>Cevahir-i Mesneviyye Mesnevi’den Seçmeler 2 Cilt</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>21.3</v>
+        <v>150</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789754371864</t>
+          <t>9789754379129</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Biz Beraber Geçtik Bu Yolu</t>
+          <t>Cengiz ve Yasası Timur ve Tüzükatı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>145</v>
+        <v>34</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9799754375434</t>
+          <t>9789754370188</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Ailesinin 450 Yıllık Öyküsü</t>
+          <t>Cemile Sultan Murat Hikayeler</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>140</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789754370263</t>
+          <t>9789754378702</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Bir Tereddüdün Romanı</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789754372052</t>
+          <t>9789754375466</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Bir Gülü Andıkça</t>
+          <t>Cavidan</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>7.87</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>3990000005701</t>
+          <t>9789754374087</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Yıldızlarla</t>
+          <t>Büyük Türk Klasikleri (14 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>5.09</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789754371185</t>
+          <t>9789754379549</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bir Eski Sokak Sesi Bütün Eserleri: Hikayeler</t>
+          <t>Büyük Osmanlı Tarihi Osmanlı Devleti’nin Siyasi, Medeni, Kültür, Teşkilat ve San’at Tarihi (10 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>8.33</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>3990000004384</t>
+          <t>9799754374727</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Bir Destan Kahramanı Salur Kazan</t>
+          <t>Bukağı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>6.02</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789754375664</t>
+          <t>9789754377545</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Bir Bıldırcın Misali</t>
+          <t>Bugün de Diyorlar ki</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>13.89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789754373820</t>
+          <t>9789754370805</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Vardır Bende Benden İçeri</t>
+          <t>Canan</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>12.04</v>
+        <v>52</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789754375022</t>
+          <t>9789754374759</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bir Bahçe Düşü</t>
+          <t>Bozgunda Fetih Rüyası</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789754371628</t>
+          <t>9789754371925</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Serüveni</t>
+          <t>Bizim Diyar</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>8.8</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789754376715</t>
+          <t>9789754370256</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Bir İktisatçının Entellektüel Portresi  Sabri F. Ülgener</t>
+          <t>Biz İnsanlar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789754375213</t>
+          <t>9789754375503</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Masalı</t>
+          <t>Biz Böyle Güzeliz</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>19.44</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789754370997</t>
+          <t>9789754371864</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşamdı</t>
+          <t>Biz Beraber Geçtik Bu Yolu</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>58</v>
+        <v>145</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789754376517</t>
+          <t>9799754375434</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Büyücüsü Biruni</t>
+          <t>Bir Türk Ailesinin 450 Yıllık Öyküsü</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>14.81</v>
+        <v>140</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789754372656</t>
+          <t>9789754370263</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Bir Kıyı</t>
+          <t>Bir Tereddüdün Romanı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>6.94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789754371512</t>
+          <t>9789754372052</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Beş Katlı Evin Altıncı Katı</t>
+          <t>Bir Gülü Andıkça</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>14.81</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789754371437</t>
+          <t>3990000005701</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Ben ve İçimdeki Ben (Yansılar’dan Kalanlar) 5</t>
+          <t>Bir Gece Yıldızlarla</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>14</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789754372502</t>
+          <t>9789754371185</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Bay Markus Burton'un Köpeği</t>
+          <t>Bir Eski Sokak Sesi Bütün Eserleri: Hikayeler</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>29</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9799754372792</t>
+          <t>3990000004384</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Bay John Marple’in Son Yolculuğu</t>
+          <t>Bir Destan Kahramanı Salur Kazan</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>18</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789754371314</t>
+          <t>9789754375664</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Batı Düşüncesindeki Büyük Değişme</t>
+          <t>Bir Bıldırcın Misali</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>23.15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789754372007</t>
+          <t>9789754373820</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Başımda Esen Kitap Yelleri 1 Felsefe - Tarih - Edebiyat</t>
+          <t>Bir Ben Vardır Bende Benden İçeri</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>6.94</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789754371253</t>
+          <t>9789754375022</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Balkan Volkanı</t>
+          <t>Bir Bahçe Düşü</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789754378962</t>
+          <t>9789754371628</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşında Kadınlarımız</t>
+          <t>Bir Aşk Serüveni</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>70</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789754370683</t>
+          <t>9789754376715</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Badem Dalına Asılı Bebekler</t>
+          <t>Bir İktisatçının Entellektüel Portresi  Sabri F. Ülgener</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>52</v>
+        <v>135</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9799754372846</t>
+          <t>9789754375213</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Edebiyatı Belli Başlı Dönemleri ve Zirve Şahsiyetleriyle</t>
+          <t>Bir Aşk Masalı</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>45</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>3990000005700</t>
+          <t>9789754370997</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Azap Toprakları</t>
+          <t>Bir Akşamdı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>6.48</v>
+        <v>58</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789754377149</t>
+          <t>9789754376517</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Ayvaz Gökdemir’e Saygı</t>
+          <t>Bilgi Büyücüsü Biruni</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>32.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789754378894</t>
+          <t>9789754372656</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Ayrı Düşmüş Zamanlar</t>
+          <t>Beyaz Bir Kıyı</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>90</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789754371635</t>
+          <t>9789754371512</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Boşluk</t>
+          <t>Beş Katlı Evin Altıncı Katı</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>80</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789754370768</t>
+          <t>9789754371437</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Ayın Uysal Işığı</t>
+          <t>Ben ve İçimdeki Ben (Yansılar’dan Kalanlar) 5</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>55</v>
+        <v>14</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9799754373379</t>
+          <t>9789754372502</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliğine Neden Hayır Jeopolitik Yaşam</t>
+          <t>Bay Markus Burton'un Köpeği</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>9.26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789754373912</t>
+          <t>9799754372792</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’ne Neden Hayır 2</t>
+          <t>Bay John Marple’in Son Yolculuğu</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>9.26</v>
+        <v>18</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789754377842</t>
+          <t>9789754371314</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Batı Düşüncesindeki Büyük Değişme</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>64</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789754376326</t>
+          <t>9789754372007</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Atsız Bey</t>
+          <t>Başımda Esen Kitap Yelleri 1 Felsefe - Tarih - Edebiyat</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>22.22</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789754373813</t>
+          <t>9789754371253</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Atilla’nın Atlıları</t>
+          <t>Balkan Volkanı</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789754371697</t>
+          <t>9789754378962</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Ateş Tecrübeleri</t>
+          <t>Balkan Savaşında Kadınlarımız</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>21.3</v>
+        <v>70</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789754376036</t>
+          <t>9789754370683</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yolcusu Mevlana ve Mevlevilik</t>
+          <t>Badem Dalına Asılı Bebekler</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>9.26</v>
+        <v>52</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9799754371047</t>
+          <t>9799754372846</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Aşk Estetiği İslam Sanatlarının Estetiği Üzerine Bir Deneme</t>
+          <t>Azerbaycan Edebiyatı Belli Başlı Dönemleri ve Zirve Şahsiyetleriyle</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789754373530</t>
+          <t>3990000005700</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel Dramı / Sanatı / Şiirlerinden Seçmeler</t>
+          <t>Azap Toprakları</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>30</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789754379358</t>
+          <t>9789754377149</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Aslı Gibidir</t>
+          <t>Ayvaz Gökdemir’e Saygı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>15.74</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789754377507</t>
+          <t>9789754378894</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Arada Kalmış Tebessüm</t>
+          <t>Ayrı Düşmüş Zamanlar</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>16.67</v>
+        <v>90</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>3990000006977</t>
+          <t>9789754371635</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ansiklopedik Divan Şiiri Sözlüğü</t>
+          <t>Aynadaki Boşluk</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>32.41</v>
+        <v>80</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789754370829</t>
+          <t>9789754370768</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Anneme Mektuplar</t>
+          <t>Ayın Uysal Işığı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>76</v>
+        <v>55</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789754374018</t>
+          <t>9799754373379</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yumak Yumak</t>
+          <t>Avrupa Birliğine Neden Hayır Jeopolitik Yaşam</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9799754375915</t>
+          <t>9789754373912</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türküleri ve Musiki İstikbalimiz</t>
+          <t>Avrupa Birliği’ne Neden Hayır 2</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789754378078</t>
+          <t>9789754377842</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Aşiretleri</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>125</v>
+        <v>64</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789754374346</t>
+          <t>9789754376326</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Aleviliği’nin Tarihi Arka Planı</t>
+          <t>Atsız Bey</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>10.19</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789754370751</t>
+          <t>9789754373813</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Altıncı Şehir</t>
+          <t>Atilla’nın Atlıları</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>15.74</v>
+        <v>15</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789754373615</t>
+          <t>9789754371697</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Altın Kapı Makale ve Denemeler</t>
+          <t>Ateş Tecrübeleri</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>8.8</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789754373004</t>
+          <t>9789754376036</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Altı Çizili Satırlar</t>
+          <t>Aşk Yolcusu Mevlana ve Mevlevilik</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>9.72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789754378849</t>
+          <t>9799754371047</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Ak Zambaklar Şehri Tokat</t>
+          <t>Aşk Estetiği İslam Sanatlarının Estetiği Üzerine Bir Deneme</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>15.74</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789754371727</t>
+          <t>9789754373530</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Psikolojisi ve Sosyal Ahlak</t>
+          <t>Aşık Veysel Dramı / Sanatı / Şiirlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789754370966</t>
+          <t>9789754379358</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Ağustos Başağı</t>
+          <t>Aslı Gibidir</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789754379174</t>
+          <t>9789754377507</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Afşar Ağıtları - Mor Feryatlar (Ciltli)</t>
+          <t>Arada Kalmış Tebessüm</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>175</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789754371345</t>
+          <t>3990000006977</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Adalet Menzili</t>
+          <t>Ansiklopedik Divan Şiiri Sözlüğü</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>10.65</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789754375183</t>
+          <t>9789754370829</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>50 Türk Müziği Bestekarı</t>
+          <t>Anneme Mektuplar</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>520</v>
+        <v>76</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789754379334</t>
+          <t>9789754374018</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Devrinde Ordu ve Siyaset</t>
+          <t>Anılarda Yumak Yumak</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>27.78</v>
+        <v>45</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789754370782</t>
+          <t>9799754375915</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Canbaz</t>
+          <t>Anadolu Türküleri ve Musiki İstikbalimiz</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>17.59</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9799754372754</t>
+          <t>9789754378078</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>1917 Ekim İhtilali ve Türk-Tatar Millet Meclisi</t>
+          <t>Anadolu Türk Aşiretleri</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>47</v>
+        <v>125</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789754376777</t>
+          <t>9789754374346</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>1917 - 1934 Türkistan Milli İstiklal Hareketi Korbaşılar ve Enver Paşa (2 Cilt Takım)</t>
+          <t>Anadolu Aleviliği’nin Tarihi Arka Planı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>70</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789754373639</t>
+          <t>9789754370751</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Ve Gazel Yeniden Şiir Şerhleri</t>
+          <t>Altıncı Şehir</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>6.02</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789754374582</t>
+          <t>9789754373615</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kültür Değişmeleri ve Batılılaşma Meselesi</t>
+          <t>Altın Kapı Makale ve Denemeler</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>135</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789754379082</t>
+          <t>9789754373004</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal'in İstanbul'u ve Devamı</t>
+          <t>Altı Çizili Satırlar</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>10.56</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9799754371306</t>
+          <t>9789754378849</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Arif Nihat Asya Şiir Seti (7 Kitap Takım)</t>
+          <t>Ak Zambaklar Şehri Tokat</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>250</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786051559957</t>
+          <t>9789754371727</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İstila Devirlerinin Kolonizatör Türk Dervişleri</t>
+          <t>Ahlak Psikolojisi ve Sosyal Ahlak</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>445</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9799754371801</t>
+          <t>9789754370966</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Seti (8 Kitap)</t>
+          <t>Ağustos Başağı</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>290</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9799754370255</t>
+          <t>9789754379174</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Şamanlık Seti (4 Kitap Takım)</t>
+          <t>Afşar Ağıtları - Mor Feryatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9799754370224</t>
+          <t>9789754371345</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı Seti (4 Kitap Takım)</t>
+          <t>Adalet Menzili</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>235</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9799754371702</t>
+          <t>9789754375183</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Destan Seti (6 Kitap Takım)</t>
+          <t>50 Türk Müziği Bestekarı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9799754370071</t>
+          <t>9789754379334</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Enver Behnan Şapolyo Seti (4 Kitap Takım)</t>
+          <t>2. Meşrutiyet Devrinde Ordu ve Siyaset</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>79.62</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>8009754370324</t>
+          <t>9789754370782</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Hasan Erdem Seti (9 Kitap Takım)</t>
+          <t>Canbaz</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>290</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9799754370040</t>
+          <t>9799754372754</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Bekir Büyükarkın Seti (13 Kitap Takım)</t>
+          <t>1917 Ekim İhtilali ve Türk-Tatar Millet Meclisi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>390</v>
+        <v>47</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786051557755</t>
+          <t>9789754376777</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihine Ait Takvimler (Ciltli)</t>
+          <t>1917 - 1934 Türkistan Milli İstiklal Hareketi Korbaşılar ve Enver Paşa (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>45</v>
+        <v>70</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051553580</t>
+          <t>9789754373639</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercümesi 2 (Ciltli)</t>
+          <t>Ve Gazel Yeniden Şiir Şerhleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>30</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786051553597</t>
+          <t>9789754374582</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercümesi 3 (Ciltli)</t>
+          <t>Kültür Değişmeleri ve Batılılaşma Meselesi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>30</v>
+        <v>135</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786051553603</t>
+          <t>9789754379082</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercümesi 4 (Ciltli)</t>
+          <t>Yahya Kemal'in İstanbul'u ve Devamı</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>30</v>
+        <v>10.56</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786051553610</t>
+          <t>9799754371306</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercümesi 5</t>
+          <t>Arif Nihat Asya Şiir Seti (7 Kitap Takım)</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786051553627</t>
+          <t>9786051559957</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercümesi 6 (Ciltli)</t>
+          <t>İstila Devirlerinin Kolonizatör Türk Dervişleri</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>35</v>
+        <v>445</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789754370125</t>
+          <t>9799754371801</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>İsmail Habib Sevük Seti (3 Kitap)</t>
+          <t>Ömer Seyfettin Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>60.19</v>
+        <v>290</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9799754370156</t>
+          <t>9799754370255</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Niyazi Fikri Eserleri Seti (5 Kitap)</t>
+          <t>Şamanlık Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9799754370231</t>
+          <t>9799754370224</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>100 Büyük Roman Seti (4 Kitap)</t>
+          <t>İsmail Gaspıralı Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>125</v>
+        <v>235</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786051557076</t>
+          <t>9799754371702</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Akçura ve Ziya Gökalp</t>
+          <t>Destan Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C561" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786051559063</t>
+          <t>9799754370071</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Cehennem</t>
+          <t>Enver Behnan Şapolyo Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>260</v>
+        <v>79.62</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>3990000081564</t>
+          <t>8009754370324</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 10 (Ciltli)</t>
+          <t>Hasan Erdem Seti (9 Kitap Takım)</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>49.5</v>
+        <v>290</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>3990000084150</t>
+          <t>9799754370040</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 9 (Ciltli)</t>
+          <t>Bekir Büyükarkın Seti (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>49.5</v>
+        <v>390</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>3990000087426</t>
+          <t>9786051557755</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 8 (Ciltli)</t>
+          <t>Osmanlı Tarihine Ait Takvimler (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>49.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>3990000847532</t>
+          <t>9786051553580</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 7 (Ciltli)</t>
+          <t>Mesnevi Tercümesi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>49.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>3990000084752</t>
+          <t>9786051553597</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 6 (Ciltli)</t>
+          <t>Mesnevi Tercümesi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>49.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>3990000086745</t>
+          <t>9786051553603</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 5 (Ciltli)</t>
+          <t>Mesnevi Tercümesi 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>49.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>3990000086387</t>
+          <t>9786051553610</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 4 (Ciltli)</t>
+          <t>Mesnevi Tercümesi 5</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>49.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>3990000080256</t>
+          <t>9786051553627</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 3 (Ciltli)</t>
+          <t>Mesnevi Tercümesi 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>49.5</v>
+        <v>35</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>3990000080268</t>
+          <t>9789754370125</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Büyük Osmanlı Tarihi Cilt: 2 (Ciltli)</t>
+          <t>İsmail Habib Sevük Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>49.5</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786051558554</t>
+          <t>9799754370156</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Ah Minel Aşk</t>
+          <t>Mehmed Niyazi Fikri Eserleri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786051559285</t>
+          <t>9799754370231</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Tatar İmparatorluğu (Ciltli)</t>
+          <t>100 Büyük Roman Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>3990000020064</t>
+          <t>9786051557076</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Niyazi Romanları Seti (11 Kitap)</t>
+          <t>Yusuf Akçura ve Ziya Gökalp</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>199.07</v>
+        <v>220</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9799754370170</t>
+          <t>9786051559063</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Peyami Safa Seti (13 Kitap Takım)</t>
+          <t>Beyaz Cehennem</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789754379297</t>
+          <t>3990000081564</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Birgili Mehmet Efendi Ebussuud Efendi - Gelibolulu Ali</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>26.85</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789754370262</t>
+          <t>3990000084150</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>100 Temel Eser Set (14 Kitap)</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>194.44</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789754370286</t>
+          <t>3990000087426</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Turan Alkan Seti (8 Kitap)</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>111.11</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9799754370033</t>
+          <t>3990000847532</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Bahaeddin Özkişi Seti (4 Kitap Takım)</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>135</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786051558691</t>
+          <t>3990000084752</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kuman Kıpçaklar</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>310</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9799754372341</t>
+          <t>3990000086745</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Arif Nihat Asya Nesir Seti (6 Kitap Takım)</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>230</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786254088285</t>
+          <t>3990000086387</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Son Cihan Padişahları</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>450</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789754374889</t>
+          <t>3990000080256</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Tarihi Medeniyet Tarihi 2</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>530</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786051551883</t>
+          <t>3990000080268</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular ve Selçuklu Tarihi Üzerine Araştırmalar</t>
+          <t>Büyük Osmanlı Tarihi Cilt: 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>490</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786051554952</t>
+          <t>9786051558554</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Çınaraltı Yazıları</t>
+          <t>Ah Minel Aşk</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786254089060</t>
+          <t>9786051559285</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İdil - Ural ve Türkistan'da Fikir Hareketleri</t>
+          <t>Tatar İmparatorluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>790</v>
+        <v>215</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786254089091</t>
+          <t>3990000020064</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kahramanlık Destanının Poetikası</t>
+          <t>Mehmed Niyazi Romanları Seti (11 Kitap)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>140</v>
+        <v>199.07</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786254089084</t>
+          <t>9799754370170</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Galata'da Bir Dilenci Erzurum'da Bir Dağ</t>
+          <t>Peyami Safa Seti (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786254089077</t>
+          <t>9789754379297</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Bir Dünü</t>
+          <t>Birgili Mehmet Efendi Ebussuud Efendi - Gelibolulu Ali</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>110</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789754379198</t>
+          <t>9789754370262</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Erlik</t>
+          <t>100 Temel Eser Set (14 Kitap)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>225</v>
+        <v>194.44</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786051557366</t>
+          <t>9789754370286</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Hikayeleri</t>
+          <t>Ahmet Turan Alkan Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>240</v>
+        <v>111.11</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786051551562</t>
+          <t>9799754370033</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Mahmud</t>
+          <t>Bahaeddin Özkişi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>220</v>
+        <v>135</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786051557625</t>
+          <t>9786051558691</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid ve İslam Birliği</t>
+          <t>Kuman Kıpçaklar</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254088766</t>
+          <t>9799754372341</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kül Tigin - Kılıçların Günü</t>
+          <t>Arif Nihat Asya Nesir Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254088193</t>
+          <t>9786254088285</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Dündar Taşer'in Büyük Türkiyesi</t>
+          <t>Son Cihan Padişahları</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254088711</t>
+          <t>9789754374889</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig'den Seçmeler</t>
+          <t>Osmanlı Devleti Tarihi Medeniyet Tarihi 2</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>140</v>
+        <v>530</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254088292</t>
+          <t>9786051551883</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Türkün Kadim Bilgelik Kitabı: Kutadgu Bilig</t>
+          <t>Selçuklular ve Selçuklu Tarihi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786254086571</t>
+          <t>9786051554952</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Üyge Taba Eve Doğru</t>
+          <t>Çınaraltı Yazıları</t>
         </is>
       </c>
       <c r="C598" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254088797</t>
+          <t>9786254089060</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği</t>
+          <t>İdil - Ural ve Türkistan'da Fikir Hareketleri</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>370</v>
+        <v>790</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786254088520</t>
+          <t>9786254089091</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Tanıdığım Eski Sanatkârlar ve Osmanlı Ricâli</t>
+          <t>Oğuz Kahramanlık Destanının Poetikası</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786254088926</t>
+          <t>9786254089084</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Limni ve Malta Mektupları</t>
+          <t>Galata'da Bir Dilenci Erzurum'da Bir Dağ</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>590</v>
+        <v>110</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786254088889</t>
+          <t>9786254089077</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Denemeden Bilemezsin - Fragmanlar 2</t>
+          <t>İnsanlığın Bir Dünü</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>420</v>
+        <v>110</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786254088377</t>
+          <t>9789754379198</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Bozoğlan Destanı</t>
+          <t>Erlik</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786254088247</t>
+          <t>9786051557366</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Suriçi</t>
+          <t>İstanbul Hikayeleri</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786254088049</t>
+          <t>9786051551562</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtlar Diriliyor</t>
+          <t>Sultan 2. Mahmud</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789754375275</t>
+          <t>9786051557625</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasi Buhranın Kaynakları</t>
+          <t>2. Abdülhamid ve İslam Birliği</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786051552316</t>
+          <t>9786254088766</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid'in Hafiye Teşkilatı</t>
+          <t>Kül Tigin - Kılıçların Günü</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051557786</t>
+          <t>9786254088193</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Harf İnkılabı ve Millet Mektepleri 1928 - 1935</t>
+          <t>Dündar Taşer'in Büyük Türkiyesi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789754374520</t>
+          <t>9786254088711</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 15 (Ciltli)</t>
+          <t>Kutadgu Bilig'den Seçmeler</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789754379396</t>
+          <t>9786254088292</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Çiçekten Harman Olmaz</t>
+          <t>Türkün Kadim Bilgelik Kitabı: Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786051558516</t>
+          <t>9786254086571</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Temirkut 1 - Demir Atlı Gök Pusatlı (Ciltli)</t>
+          <t>Üyge Taba Eve Doğru</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254088858</t>
+          <t>9786254088797</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Faiz Demiroğlu'nun Van Tarihi (Ciltli)</t>
+          <t>Türk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>1250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786254088759</t>
+          <t>9786254088520</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Dikenli Tel</t>
+          <t>Tanıdığım Eski Sanatkârlar ve Osmanlı Ricâli</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786254086601</t>
+          <t>9786254088926</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Galatalı Şevket Bey ve Karakol Cemiyeti</t>
+          <t>Limni ve Malta Mektupları</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>275</v>
+        <v>590</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786254088780</t>
+          <t>9786254088889</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Başakların Sesi</t>
+          <t>Denemeden Bilemezsin - Fragmanlar 2</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786254088544</t>
+          <t>9786254088377</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik Abasıyanık Kitaplığı</t>
+          <t>Bozoğlan Destanı</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789754375312</t>
+          <t>9786254088247</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Türk Olmak Ya Da Olmamak</t>
+          <t>Edebiyatın Suriçi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786254088940</t>
+          <t>9786254088049</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Ölümü 5. Albüm</t>
+          <t>Bozkurtlar Diriliyor</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786254088681</t>
+          <t>9789754375275</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Türkiye’de Siyasi Buhranın Kaynakları</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>90</v>
+        <v>240</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051556161</t>
+          <t>9786051552316</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>İbn Eca Seyahatnamesi</t>
+          <t>2. Abdülhamid'in Hafiye Teşkilatı</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789754376739</t>
+          <t>9786051557786</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Göç Zamanı</t>
+          <t>Harf İnkılabı ve Millet Mektepleri 1928 - 1935</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786254088452</t>
+          <t>9789754374520</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Avrupa Resim Sanatında Edebi Konulu Resimler</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 15 (Ciltli)</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786254088131</t>
+          <t>9789754379396</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Vishnu Purana (Ciltli)</t>
+          <t>Çiçekten Harman Olmaz</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786254088407</t>
+          <t>9786051558516</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Cin Düğünü</t>
+          <t>Temirkut 1 - Demir Atlı Gök Pusatlı (Ciltli)</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786254088728</t>
+          <t>9786254088858</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Yaradana Mektuplar (Ciltli)</t>
+          <t>Faiz Demiroğlu'nun Van Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>290</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786051558745</t>
+          <t>9786254088759</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Pançatantra (Ciltli)</t>
+          <t>Dikenli Tel</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786254088261</t>
+          <t>9786254086601</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Reşid Halid Gönç</t>
+          <t>Galatalı Şevket Bey ve Karakol Cemiyeti</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786254088223</t>
+          <t>9786254088780</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Jeolojiler</t>
+          <t>Başakların Sesi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786254086687</t>
+          <t>9786254088544</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Hatıralar 2 Cilt</t>
+          <t>Sait Faik Abasıyanık Kitaplığı</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>1250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786254088094</t>
+          <t>9789754375312</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Neşter ve Madalya</t>
+          <t>Türk Olmak Ya Da Olmamak</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786254081149</t>
+          <t>9786254088940</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Orduları Durduran Kadın</t>
+          <t>Bozkurtların Ölümü 5. Albüm</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786254081774</t>
+          <t>9786254088681</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Viyana Dönüşü</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786254084201</t>
+          <t>9786051556161</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Yalnız İkimiz</t>
+          <t>İbn Eca Seyahatnamesi</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786254088186</t>
+          <t>9789754376739</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Yazı Yazmaktan Karnı Nasırlaşan Adam</t>
+          <t>Göç Zamanı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789754374025</t>
+          <t>9786254088452</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Can Şenliği</t>
+          <t>19. Yüzyıl Avrupa Resim Sanatında Edebi Konulu Resimler</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786254088537</t>
+          <t>9786254088131</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Mevlâna'da Estetik, Sanat, Kadın ve Sembolizm</t>
+          <t>Vishnu Purana (Ciltli)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>125</v>
+        <v>490</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786254080661</t>
+          <t>9786254088407</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Kubilay Han</t>
+          <t>Cin Düğünü</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786254088162</t>
+          <t>9786254088728</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kiziroğlu Mustafa</t>
+          <t>Yaradana Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C638" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786051552002</t>
+          <t>9786051558745</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Kanije</t>
+          <t>Pançatantra (Ciltli)</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254088391</t>
+          <t>9786254088261</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Bölük Pörçük Hatıralar 1</t>
+          <t>Reşid Halid Gönç</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786254087936</t>
+          <t>9786254088223</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Uzmanlarıyla Söyleşiler 2</t>
+          <t>Kayıp Jeolojiler</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786254088308</t>
+          <t>9786254086687</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Dünyası</t>
+          <t>Siyasi Hatıralar 2 Cilt</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>290</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786254085048</t>
+          <t>9786254088094</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kızları</t>
+          <t>Neşter ve Madalya</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786254088353</t>
+          <t>9786254081149</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>İpek Kozası</t>
+          <t>Orduları Durduran Kadın</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>95</v>
+        <v>425</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786254088469</t>
+          <t>9786254081774</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Jön Türklerden İttihatçılara</t>
+          <t>Viyana Dönüşü</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786254088346</t>
+          <t>9786254084201</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Bıktım Cehennemin İçimdeki Yerinden</t>
+          <t>Yalnız İkimiz</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786254088506</t>
+          <t>9786254088186</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Susmak ya da Yeniden Doğmak</t>
+          <t>Yazı Yazmaktan Karnı Nasırlaşan Adam</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789754370478</t>
+          <t>9789754374025</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Yazılamamış Destanlar</t>
+          <t>Can Şenliği</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789754372908</t>
+          <t>9786254088537</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Sentezi</t>
+          <t>Mevlâna'da Estetik, Sanat, Kadın ve Sembolizm</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>210</v>
+        <v>125</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789754370898</t>
+          <t>9786254080661</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Arasında</t>
+          <t>Kubilay Han</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>230</v>
+        <v>425</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786051552521</t>
+          <t>9786254088162</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Son Saatleri</t>
+          <t>Kiziroğlu Mustafa</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786051554341</t>
+          <t>9786051552002</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Kağan Destanı</t>
+          <t>Kanije</t>
         </is>
       </c>
       <c r="C652" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786254087608</t>
+          <t>9786254088391</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul'dan Yapraklar</t>
+          <t>Bölük Pörçük Hatıralar 1</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>100</v>
+        <v>360</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786254086618</t>
+          <t>9786254087936</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Süheyl Ünver - Ahmed Güner Sayar Mektuplaşmaları</t>
+          <t>Türk Dünyası Uzmanlarıyla Söyleşiler 2</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786254085222</t>
+          <t>9786254088308</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Birmanyalı Bir Kıza</t>
+          <t>Orta Çağ Dünyası</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>125</v>
+        <v>290</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786254086564</t>
+          <t>9786254085048</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Tukay'ın Şiirleri</t>
+          <t>İstanbul Kızları</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>675</v>
+        <v>220</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786254088438</t>
+          <t>9786254088353</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Ölümü 4. Albüm</t>
+          <t>İpek Kozası</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>425</v>
+        <v>95</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786254088278</t>
+          <t>9786254088469</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Gıcırtılar</t>
+          <t>Jön Türklerden İttihatçılara</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786254088414</t>
+          <t>9786254088346</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Simurg'un Gölgesinde İran</t>
+          <t>Bıktım Cehennemin İçimdeki Yerinden</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786254088117</t>
+          <t>9786254088506</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Koca Dutun Altı</t>
+          <t>Susmak ya da Yeniden Doğmak</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786254088421</t>
+          <t>9789754370478</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Şamanizmi</t>
+          <t>Yazılamamış Destanlar</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>475</v>
+        <v>290</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786254088490</t>
+          <t>9789754372908</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Firavuna Tercüme</t>
+          <t>Türk İslam Sentezi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>100</v>
+        <v>210</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786254088032</t>
+          <t>9789754370898</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Spor Hukuku</t>
+          <t>İki Dünya Arasında</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786254088155</t>
+          <t>9786051552521</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Şehirler, Mekanlar ve İnsanlar Üzerine Hatırla(t)malar</t>
+          <t>Cennetin Son Saatleri</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786254087509</t>
+          <t>9786051554341</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Baştan Ayağa Güzel</t>
+          <t>Oğuz Kağan Destanı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786254084829</t>
+          <t>9786254087608</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Nodul 2023</t>
+          <t>Eski İstanbul'dan Yapraklar</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>760</v>
+        <v>100</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786254087394</t>
+          <t>9786254086618</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Sağlam Yerin Tamiri</t>
+          <t>Ahmed Süheyl Ünver - Ahmed Güner Sayar Mektuplaşmaları</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786254087820</t>
+          <t>9786254085222</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kendini Profesör Sanan Adam</t>
+          <t>Birmanyalı Bir Kıza</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786254087233</t>
+          <t>9786254086564</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Denizcinin Ezgisi (Ciltli)</t>
+          <t>Abdullah Tukay'ın Şiirleri</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>230</v>
+        <v>675</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786254087066</t>
+          <t>9786254088438</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Konuksever Aziz Julien Efsanesi (Ciltli)</t>
+          <t>Bozkurtların Ölümü 4. Albüm</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786254087493</t>
+          <t>9786254088278</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>30 Sene Evvel İstanbul</t>
+          <t>Gıcırtılar</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786254087387</t>
+          <t>9786254088414</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Vilyem Şekspiyer</t>
+          <t>Simurg'un Gölgesinde İran</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786254088230</t>
+          <t>9786254088117</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Direniş Hatıralarım</t>
+          <t>Koca Dutun Altı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786254087400</t>
+          <t>9786254088421</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlığa Methiye</t>
+          <t>Türk Dünyası Şamanizmi</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>150</v>
+        <v>475</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786254087943</t>
+          <t>9786254088490</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Meseleler Defteri</t>
+          <t>Firavuna Tercüme</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786254087950</t>
+          <t>9786254088032</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Cezaların Şahsileştirilmesi</t>
+          <t>Spor Hukuku</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786254088025</t>
+          <t>9786254088155</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Galip Erdem Şiirler</t>
+          <t>Şehirler, Mekanlar ve İnsanlar Üzerine Hatırla(t)malar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786254087967</t>
+          <t>9786254087509</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in İslamî Temelleri ve Karşıtları</t>
+          <t>Baştan Ayağa Güzel</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254084799</t>
+          <t>9786254084829</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Bandırma Palas</t>
+          <t>Nodul 2023</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>150</v>
+        <v>760</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789754378238</t>
+          <t>9786254087394</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Beylikten Cihan İmparatorluğu’na</t>
+          <t>Sağlam Yerin Tamiri</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786254084188</t>
+          <t>9786254087820</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak Geçti Başımdan</t>
+          <t>Kendini Profesör Sanan Adam</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789754374872</t>
+          <t>9786254087233</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti Tarihi 1: Siyasi Tarihi</t>
+          <t>İhtiyar Denizcinin Ezgisi (Ciltli)</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>710</v>
+        <v>230</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051554372</t>
+          <t>9786254087066</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Aytmatov Seti (13 Kitap)</t>
+          <t>Konuksever Aziz Julien Efsanesi (Ciltli)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786254087448</t>
+          <t>9786254087493</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Edebi Fısıltı</t>
+          <t>30 Sene Evvel İstanbul</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786254087868</t>
+          <t>9786254087387</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Güçlü Kalemi Abbas Sayar</t>
+          <t>Vilyem Şekspiyer</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786254088100</t>
+          <t>9786254088230</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Türk - İslami Gelenekte Şamanlık</t>
+          <t>Direniş Hatıralarım</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786254087899</t>
+          <t>9786254087400</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanın Öldüğü Yerde</t>
+          <t>Yalnızlığa Methiye</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786254087929</t>
+          <t>9786254087943</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Amca Diye Biri</t>
+          <t>Meseleler Defteri</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786254087592</t>
+          <t>9786254087950</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Uzun Günden Geceye</t>
+          <t>Suç ve Cezaların Şahsileştirilmesi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>135</v>
+        <v>225</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254088124</t>
+          <t>9786254088025</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hikâyeleri</t>
+          <t>Galip Erdem Şiirler</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786254088070</t>
+          <t>9786254087967</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Ölümü</t>
+          <t>Cumhuriyet'in İslamî Temelleri ve Karşıtları</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786254087882</t>
+          <t>9786254084799</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Körebe</t>
+          <t>Bandırma Palas</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786254088063</t>
+          <t>9789754378238</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Rudolf Otto'da Dini Tecrübe ve Mistisizm</t>
+          <t>Beylikten Cihan İmparatorluğu’na</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254087585</t>
+          <t>9786254084188</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Her Zaman Gece Kuşları Olacağız</t>
+          <t>Yaşamak Geçti Başımdan</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786254087196</t>
+          <t>9789754374872</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Drakula (Ciltli)</t>
+          <t>Osmanlı Devleti Tarihi 1: Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>440</v>
+        <v>710</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786254087264</t>
+          <t>9786051554372</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Mektupları</t>
+          <t>Cengiz Aytmatov Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254087974</t>
+          <t>9786254087448</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Müntehir</t>
+          <t>Birkaç Edebi Fısıltı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786254087547</t>
+          <t>9786254087868</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ana - Özel Baskı (Ciltli)</t>
+          <t>Bozkırın Güçlü Kalemi Abbas Sayar</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786254087554</t>
+          <t>9786254088100</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Elveda Gülsarı - Özel Baskı (Ciltli)</t>
+          <t>Türk - İslami Gelenekte Şamanlık</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254087530</t>
+          <t>9786254087899</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gemi - Özel Baskı (Ciltli)</t>
+          <t>Ejderhanın Öldüğü Yerde</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254088056</t>
+          <t>9786254087929</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Ölümü 3. Albüm</t>
+          <t>Oğuz Amca Diye Biri</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>425</v>
+        <v>140</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786254087769</t>
+          <t>9786254087592</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi (Günümüz Türkçesiyle)</t>
+          <t>Uzun Günden Geceye</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>60</v>
+        <v>135</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786254087738</t>
+          <t>9786254088124</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeyler (Günümüz Türkçesiyle)</t>
+          <t>Avrupa Hikâyeleri</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>75</v>
+        <v>390</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786254087813</t>
+          <t>9786254088070</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Zehra (Günümüz Türkçesiyle)</t>
+          <t>Bozkurtların Ölümü</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254087684</t>
+          <t>9786254087882</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Eylül (Günümüz Türkçesiyle)</t>
+          <t>Körebe</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786254087646</t>
+          <t>9786254088063</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Cezmi (Günümüz Türkçesiyle)</t>
+          <t>Rudolf Otto'da Dini Tecrübe ve Mistisizm</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786254087745</t>
+          <t>9786254087585</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah (Günümüz Türkçesiyle)</t>
+          <t>Her Zaman Gece Kuşları Olacağız</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>155</v>
+        <v>230</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786254087783</t>
+          <t>9786254087196</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Şıpsevdi (Günümüz Türkçesiyle)</t>
+          <t>Drakula (Ciltli)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>235</v>
+        <v>440</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786254087639</t>
+          <t>9786254087264</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu (Günümüz Türkçesiyle)</t>
+          <t>Avrupa Mektupları</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786254087721</t>
+          <t>9786254087974</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Karabibik (Günümüz Türkçesiyle)</t>
+          <t>Müntehir</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>60</v>
+        <v>275</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786254087790</t>
+          <t>9786254087547</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat (Günümüz Türkçesiyle)</t>
+          <t>Toprak Ana - Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786254087691</t>
+          <t>9786254087554</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi (Günümüz Türkçesiyle)</t>
+          <t>Elveda Gülsarı - Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786254087752</t>
+          <t>9786254087530</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Günümüz Türkçesiyle)</t>
+          <t>Beyaz Gemi - Özel Baskı (Ciltli)</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>85</v>
+        <v>160</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786254087806</t>
+          <t>9786254088056</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre (Günümüz Türkçesiyle)</t>
+          <t>Bozkurtların Ölümü 3. Albüm</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>75</v>
+        <v>425</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786254087776</t>
+          <t>9786254087769</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Şık (Günümüz Türkçesiyle)</t>
+          <t>Şair Evlenmesi (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786254087660</t>
+          <t>9786254087738</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Define (Günümüz Türkçesiyle)</t>
+          <t>Küçük Şeyler (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>80</v>
+        <v>75</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786254087677</t>
+          <t>9786254087813</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Efsuncu Baba (Günümüz Türkçesiyle)</t>
+          <t>Zehra (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786254087714</t>
+          <t>9786254087684</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Günümüz Türkçesiyle)</t>
+          <t>Eylül (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>100</v>
+        <v>155</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786254087707</t>
+          <t>9786254087646</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani (Günümüz Türkçesiyle)</t>
+          <t>Cezmi (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>105</v>
+        <v>175</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786254087653</t>
+          <t>9786254087745</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Çengi (Günümüz Türkçesiyle)</t>
+          <t>Mai ve Siyah (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786254087615</t>
+          <t>9786254087783</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal (Günümüz Türkçesiyle)</t>
+          <t>Şıpsevdi (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>110</v>
+        <v>235</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786254087622</t>
+          <t>9786254087639</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Günümüz Türkçesiyle)</t>
+          <t>Aşk-ı Memnu (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786254087875</t>
+          <t>9786254087721</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Bilge Tarih Sohbetleri</t>
+          <t>Karabibik (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786254087288</t>
+          <t>9786254087790</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Sürek Avı</t>
+          <t>Taaşşuk-ı Talat ve Fitnat (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786254082320</t>
+          <t>9786254087691</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Faust (Ciltli)</t>
+          <t>Felatun Bey ile Rakım Efendi (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>1100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786051558059</t>
+          <t>9786254087752</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatında Hayvan Sembolizmi (2 Cilt Takım Kutulu) (Ciltli)</t>
+          <t>Sergüzeşt (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>2900</v>
+        <v>85</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786051556765</t>
+          <t>9786254087806</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe (Ciltli)</t>
+          <t>Vatan Yahut Silistre (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>425</v>
+        <v>75</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786051553825</t>
+          <t>9786254087776</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Beng ü Bade (Ciltli)</t>
+          <t>Şık (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786051557335</t>
+          <t>9786254087660</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz (Ciltli)</t>
+          <t>Define (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>275</v>
+        <v>80</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789754374643</t>
+          <t>9786254087677</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı (Ciltli)</t>
+          <t>Efsuncu Baba (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786254080029</t>
+          <t>9786254087714</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Cemaat ve Cemiyet</t>
+          <t>İntibah (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786051558684</t>
+          <t>9786254087707</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig (Ciltli)</t>
+          <t>Gulyabani (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>925</v>
+        <v>105</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786254087516</t>
+          <t>9786254087653</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Ağır İmtihan</t>
+          <t>Çengi (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786254087523</t>
+          <t>9786254087615</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kalemin Aynası</t>
+          <t>A'mak-ı Hayal (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254087561</t>
+          <t>9786254087622</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir İhtimal</t>
+          <t>Araba Sevdası (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786254087202</t>
+          <t>9786254087875</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Mitolojide Aşk ve Ceza</t>
+          <t>Bilge Tarih Sohbetleri</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786254087332</t>
+          <t>9786254087288</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Elektra'ya Matem Yakışır</t>
+          <t>Sürek Avı</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786051557519</t>
+          <t>9786254082320</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Son Zeytinler</t>
+          <t>Faust (Ciltli)</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>160</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786254087851</t>
+          <t>9786051558059</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Filozof ve Yayıncısı</t>
+          <t>Türk Sanatında Hayvan Sembolizmi (2 Cilt Takım Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>280</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786051556307</t>
+          <t>9786051556765</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Atsız ve Türkçülüğün Yarım Asrı</t>
+          <t>Robinson Crusoe (Ciltli)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>490</v>
+        <v>425</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789754370867</t>
+          <t>9786051553825</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Milli Kültür ve Kimlik</t>
+          <t>Beng ü Bade (Ciltli)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786254087417</t>
+          <t>9786051557335</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Asya'nın Üç Gücü</t>
+          <t>Akdeniz (Ciltli)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786254087257</t>
+          <t>9789754374643</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Yabgu Devleti</t>
+          <t>Yunus Emre Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254087073</t>
+          <t>9786254080029</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Bitki Biliminin Kök(en)leri</t>
+          <t>Cemaat ve Cemiyet</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786254087172</t>
+          <t>9786051558684</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Berceste Beyitler 3</t>
+          <t>Kutadgu Bilig (Ciltli)</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>390</v>
+        <v>925</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786254087318</t>
+          <t>9786254087516</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>İşaret</t>
+          <t>Ağır İmtihan</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786254087295</t>
+          <t>9786254087523</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Havva'nın Üvey Kızları</t>
+          <t>Kalemin Aynası</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786254087301</t>
+          <t>9786254087561</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Krallığı</t>
+          <t>Küçük Bir İhtimal</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>490</v>
+        <v>180</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786254082313</t>
+          <t>9786254087202</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Faust'un Tahlil ve Tefsiri</t>
+          <t>Mitolojide Aşk ve Ceza</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>875</v>
+        <v>240</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786254087370</t>
+          <t>9786254087332</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Ölümü 2. Albüm</t>
+          <t>Elektra'ya Matem Yakışır</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254080999</t>
+          <t>9786051557519</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Deli Kurt (Ciltli)</t>
+          <t>Son Zeytinler</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>425</v>
+        <v>160</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786254087080</t>
+          <t>9786254087851</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Yeni Bilimin Kamusallaşması</t>
+          <t>Filozof ve Yayıncısı</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786254087141</t>
+          <t>9786051556307</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Köyümden Gönlümden</t>
+          <t>Atsız ve Türkçülüğün Yarım Asrı</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786254086526</t>
+          <t>9789754370867</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Mercan'dan Babıali'ye</t>
+          <t>Milli Kültür ve Kimlik</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254086892</t>
+          <t>9786254087417</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Bigane Durmayın Aşinanıza</t>
+          <t>Asya'nın Üç Gücü</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786254087004</t>
+          <t>9786254087257</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Taksim'den Galatasaray'a</t>
+          <t>Oğuz Yabgu Devleti</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786254087042</t>
+          <t>9786254087073</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Roman Dersleri</t>
+          <t>Bitki Biliminin Kök(en)leri</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>190</v>
+        <v>480</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786254087011</t>
+          <t>9786254087172</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Türk Güreşi</t>
+          <t>Berceste Beyitler 3</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786254086915</t>
+          <t>9786254087318</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Nizamülmülk'ün Öldürülüşü</t>
+          <t>İşaret</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789754377583</t>
+          <t>9786254087295</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve İslam</t>
+          <t>Havva'nın Üvey Kızları</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789754377200</t>
+          <t>9786254087301</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Darbe Kurbanı Abdülaziz Han</t>
+          <t>Tanrıların Krallığı</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>525</v>
+        <v>490</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789754375930</t>
+          <t>9786254082313</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Aleviler ve Tahtacılar</t>
+          <t>Faust'un Tahlil ve Tefsiri</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>625</v>
+        <v>875</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786051553504</t>
+          <t>9786254087370</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Otranto 1480 - Mahşerin Son Atlısı</t>
+          <t>Bozkurtların Ölümü 2. Albüm</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>280</v>
+        <v>425</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254086922</t>
+          <t>9786254080999</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Dış Politikasının Gölge Akılları</t>
+          <t>Deli Kurt (Ciltli)</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>620</v>
+        <v>425</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254086953</t>
+          <t>9786254087080</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Öldüler</t>
+          <t>Osmanlıda Yeni Bilimin Kamusallaşması</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254087127</t>
+          <t>9786254087141</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Sabaha Karşı</t>
+          <t>Köyümden Gönlümden</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254087240</t>
+          <t>9786254086526</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Akıl Savaşından Sonra</t>
+          <t>Mercan'dan Babıali'ye</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>325</v>
+        <v>140</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254086984</t>
+          <t>9786254086892</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Dalbastı Kirazları</t>
+          <t>Bigane Durmayın Aşinanıza</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786254086557</t>
+          <t>9786254087004</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Dede Korkut ve Bulanık Mantık</t>
+          <t>Taksim'den Galatasaray'a</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786254086137</t>
+          <t>9786254087042</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Suret Perdesi</t>
+          <t>Roman Dersleri</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786254087165</t>
+          <t>9786254087011</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Köklere Doğru</t>
+          <t>Türk Güreşi</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786254086441</t>
+          <t>9786254086915</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Atsız ve Irkçılık</t>
+          <t>Nizamülmülk'ün Öldürülüşü</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786254087325</t>
+          <t>9789754377583</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>İndim Yarin Bahçesine</t>
+          <t>İnsan ve İslam</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786254086502</t>
+          <t>9789754377200</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Türk Kırmızısı (Ciltli)</t>
+          <t>Darbe Kurbanı Abdülaziz Han</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>490</v>
+        <v>525</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786051559315</t>
+          <t>9789754375930</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kur-an’ı Hakim Meali (Bez Ciltli)</t>
+          <t>Anadolu’da Aleviler ve Tahtacılar</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>640</v>
+        <v>625</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786254087189</t>
+          <t>9786051553504</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Orhun (Ciltli)</t>
+          <t>Otranto 1480 - Mahşerin Son Atlısı</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>2250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786254087097</t>
+          <t>9786254086922</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Tatar Tarihi (Ciltli)</t>
+          <t>Amerikan Dış Politikasının Gölge Akılları</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>600</v>
+        <v>620</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786254087158</t>
+          <t>9786254086953</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Altın Silsile</t>
+          <t>Nasıl Öldüler</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254087110</t>
+          <t>9786254087127</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Diplomasi ve Ağırlama (Ciltli)</t>
+          <t>Sabaha Karşı</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789754370355</t>
+          <t>9786254087240</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>20. Asır Avrupa ve Biz</t>
+          <t>Akıl Savaşından Sonra</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786254080524</t>
+          <t>9786254086984</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Klasikleri (Ciltli)</t>
+          <t>Dalbastı Kirazları</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>2500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786254086342</t>
+          <t>9786254086557</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Azade Prometheus (Ciltli)</t>
+          <t>Kitab-ı Dede Korkut ve Bulanık Mantık</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786254086977</t>
+          <t>9786254086137</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş'a Muhalefet</t>
+          <t>Suret Perdesi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786254086540</t>
+          <t>9786254087165</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Halide ve Cahit Arf'ın Almanya Mektupları</t>
+          <t>Köklere Doğru</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254086991</t>
+          <t>9786254086441</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Boğaziçi Uykuda</t>
+          <t>Atsız ve Irkçılık</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786254086274</t>
+          <t>9786254087325</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Kıvırcık Paşa</t>
+          <t>İndim Yarin Bahçesine</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786254085987</t>
+          <t>9786254086502</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Kadın Romancılarımızla Mülakatlar</t>
+          <t>Türk Kırmızısı (Ciltli)</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>170</v>
+        <v>490</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786254087035</t>
+          <t>9786051559315</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Ölümü 1. Albüm</t>
+          <t>Kur-an’ı Hakim Meali (Bez Ciltli)</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>425</v>
+        <v>640</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786254086649</t>
+          <t>9786254087189</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Oğullar ve Tanrı Kuşları</t>
+          <t>Orhun (Ciltli)</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>140</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786254086519</t>
+          <t>9786254087097</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Abus</t>
+          <t>Tatar Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786254087103</t>
+          <t>9786254087158</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Galip Erdem Adanmış Bir Ruh</t>
+          <t>Altın Silsile</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>525</v>
+        <v>230</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786254086007</t>
+          <t>9786254087110</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Melekler Ters Çalım Yemez</t>
+          <t>Osmanlı İmparatorluğu'nda Diplomasi ve Ağırlama (Ciltli)</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>170</v>
+        <v>900</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786254086380</t>
+          <t>9789754370355</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Efeli Hayriye</t>
+          <t>20. Asır Avrupa ve Biz</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786254086083</t>
+          <t>9786254080524</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Vaktinden Evvel Bir Zemherir</t>
+          <t>Türk Müziği Klasikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>150</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786254086908</t>
+          <t>9786254086342</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Filistin'de Gördüklerim</t>
+          <t>Azade Prometheus (Ciltli)</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786254086670</t>
+          <t>9786254086977</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Şamanın Son Haykırışı</t>
+          <t>Kurtuluş'a Muhalefet</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786254086212</t>
+          <t>9786254086540</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Dublinliler</t>
+          <t>Halide ve Cahit Arf'ın Almanya Mektupları</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786254086045</t>
+          <t>9786254086991</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler 1</t>
+          <t>Boğaziçi Uykuda</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786254086717</t>
+          <t>9786254086274</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Bildiklerim</t>
+          <t>Kıvırcık Paşa</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786254086960</t>
+          <t>9786254085987</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Balıkesirli Abdülaziz Mecdi Tolun</t>
+          <t>Kadın Romancılarımızla Mülakatlar</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>520</v>
+        <v>170</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254085864</t>
+          <t>9786254087035</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Sevda Çıkmazı</t>
+          <t>Bozkurtların Ölümü 1. Albüm</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789754376012</t>
+          <t>9786254086649</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Schopenhauer Paradokslar Üzerinde Raks</t>
+          <t>İsimsiz Oğullar ve Tanrı Kuşları</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786051555843</t>
+          <t>9786254086519</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türk Masallarından Derlemeler</t>
+          <t>Abus</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>800</v>
+        <v>330</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786051555652</t>
+          <t>9786254087103</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıcılık ve İslamcılık Karşısında Türkçülük</t>
+          <t>Galip Erdem Adanmış Bir Ruh</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>350</v>
+        <v>525</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786254085901</t>
+          <t>9786254086007</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Ahmarubi</t>
+          <t>Melekler Ters Çalım Yemez</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786254085260</t>
+          <t>9786254086380</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Harezmşahlar Devleti Tarihi</t>
+          <t>Efeli Hayriye</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786254086120</t>
+          <t>9786254086083</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Biz İnsanlar</t>
+          <t>Vaktinden Evvel Bir Zemherir</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>410</v>
+        <v>150</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254085512</t>
+          <t>9786254086908</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Büyük Avrupa Anketi</t>
+          <t>Filistin'de Gördüklerim</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786254086496</t>
+          <t>9786254086670</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Gördüklerim, Dinlediklerim, Yazdıklarım</t>
+          <t>Şamanın Son Haykırışı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786254085925</t>
+          <t>9786254086212</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Belki De Muhteşem</t>
+          <t>Dublinliler</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254086458</t>
+          <t>9786254086045</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Siyah Pervaneler</t>
+          <t>Hikayeler 1</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786254085888</t>
+          <t>9786254086717</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>İkbal Çiçeği</t>
+          <t>Bildiklerim</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786254086199</t>
+          <t>9786254086960</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Tek Renk Olmaya Çalışan Gökkuşağı</t>
+          <t>Balıkesirli Abdülaziz Mecdi Tolun</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>920</v>
+        <v>520</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254086656</t>
+          <t>9786254085864</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kitabı</t>
+          <t>Sevda Çıkmazı</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>235</v>
+        <v>210</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254085895</t>
+          <t>9789754376012</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Bir Misket Limon Bir De Kamile</t>
+          <t>Schopenhauer Paradokslar Üzerinde Raks</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254086489</t>
+          <t>9786051555843</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk İkonu: Böri (Ciltli)</t>
+          <t>Anadolu Türk Masallarından Derlemeler</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>2000</v>
+        <v>800</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254086052</t>
+          <t>9786051555652</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Biz Beraber Geçtik Bu Yolu</t>
+          <t>Osmanlıcılık ve İslamcılık Karşısında Türkçülük</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>365</v>
+        <v>350</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254086021</t>
+          <t>9786254085901</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Ayın Uysal Işığı</t>
+          <t>Ahmarubi</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786254086038</t>
+          <t>9786254085260</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Umursanmayan Kadınlar</t>
+          <t>Harezmşahlar Devleti Tarihi</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786254086076</t>
+          <t>9786254086120</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Yazının Gölgesinde Bir Asır (Ciltli)</t>
+          <t>Biz İnsanlar</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>3900</v>
+        <v>410</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786254085994</t>
+          <t>9786254085512</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Rönesans Tarih Düşüncesinde Türkler</t>
+          <t>Büyük Avrupa Anketi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786254085956</t>
+          <t>9786254086496</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Ben Giderim Adım Kalır</t>
+          <t>Gördüklerim, Dinlediklerim, Yazdıklarım</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>1150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786254086304</t>
+          <t>9786254085925</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Ben De Çay Parası Ödüyorum</t>
+          <t>Belki De Muhteşem</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>690</v>
+        <v>150</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786254086298</t>
+          <t>9786254086458</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Doğuşu</t>
+          <t>Siyah Pervaneler</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>370</v>
+        <v>440</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254086267</t>
+          <t>9786254085888</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Yumak Yumak</t>
+          <t>İkbal Çiçeği</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254086427</t>
+          <t>9786254086199</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Dava'nın Davası (Ciltli)</t>
+          <t>Tek Renk Olmaya Çalışan Gökkuşağı</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>850</v>
+        <v>920</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254085666</t>
+          <t>9786254086656</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Bir Bayrak Rüzgâr Bekliyor (Bez Cilt - Şömizli)</t>
+          <t>Aşk Kitabı</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>525</v>
+        <v>235</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254085710</t>
+          <t>9786254085895</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi (Ciltli)</t>
+          <t>Bir Misket Limon Bir De Kamile</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254086281</t>
+          <t>9786254086489</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Kitap Hikayeleri</t>
+          <t>Bir Türk İkonu: Böri (Ciltli)</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>175</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254086403</t>
+          <t>9786254086052</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet ve Kadın</t>
+          <t>Biz Beraber Geçtik Bu Yolu</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>270</v>
+        <v>365</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786254086373</t>
+          <t>9786254086021</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kızı Eftalya</t>
+          <t>Ayın Uysal Işığı</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254086434</t>
+          <t>9786254086038</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Türk Ocakları ve Halkevlerine Geçiş</t>
+          <t>Umursanmayan Kadınlar</t>
         </is>
       </c>
       <c r="C832" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786254086359</t>
+          <t>9786254086076</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Türk Kültürü ve Medeniyeti Üzerine Düşünceler</t>
+          <t>Yazının Gölgesinde Bir Asır (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>320</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786254086144</t>
+          <t>9786254085994</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Fakirizm</t>
+          <t>Rönesans Tarih Düşüncesinde Türkler</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786254086106</t>
+          <t>9786254085956</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Afganistan Tarihi</t>
+          <t>Ben Giderim Adım Kalır</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>350</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786254086311</t>
+          <t>9786254086304</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Pencereden Kuş uçtu</t>
+          <t>Ben De Çay Parası Ödüyorum</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>170</v>
+        <v>690</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786254086335</t>
+          <t>9786254086298</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Bunun Neresinde?</t>
+          <t>Türkiye'nin Doğuşu</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786254086366</t>
+          <t>9786254086267</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Alay Usta ve Çocukları</t>
+          <t>Anılarda Yumak Yumak</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>425</v>
+        <v>210</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254086175</t>
+          <t>9786254086427</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Bir Akşamdı</t>
+          <t>Dava'nın Davası (Ciltli)</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>290</v>
+        <v>850</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786254085949</t>
+          <t>9786254085666</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Kadıköyü</t>
+          <t>Bir Bayrak Rüzgâr Bekliyor (Bez Cilt - Şömizli)</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>460</v>
+        <v>525</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786254085055</t>
+          <t>9786254085710</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Bir Tereddüdün Romanı</t>
+          <t>İrade Terbiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786254085932</t>
+          <t>9786254086281</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Tarık Buğra'nın Roman Dünyası</t>
+          <t>Kitap Hikayeleri</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786254086014</t>
+          <t>9786254086403</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Akçura ve Rusya Türklüğü (Ciltli)</t>
+          <t>Cumhuriyet ve Kadın</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786254085703</t>
+          <t>9786254086373</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sözlük</t>
+          <t>Deniz Kızı Eftalya</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786254085918</t>
+          <t>9786254086434</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Sporunun Zafer Abideleri</t>
+          <t>Cumhuriyet Döneminde Türk Ocakları ve Halkevlerine Geçiş</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786254085970</t>
+          <t>9786254086359</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Tahra Bey'in Akıllara Durgunluk Veren Maceraları</t>
+          <t>Cumhuriyet'in 100. Yılında Türk Kültürü ve Medeniyeti Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786254085406</t>
+          <t>9786254086144</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Son Kazak</t>
+          <t>Fakirizm</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786254085505</t>
+          <t>9786254086106</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Ayşe'nin Yıldızı</t>
+          <t>Afganistan Tarihi</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786254086168</t>
+          <t>9786254086311</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Söylemin İktidarı</t>
+          <t>Pencereden Kuş uçtu</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786254086205</t>
+          <t>9786254086335</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Denizler Aslanı</t>
+          <t>Şeytan Bunun Neresinde?</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254086243</t>
+          <t>9786254086366</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Kuvvacı</t>
+          <t>Alay Usta ve Çocukları</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254086182</t>
+          <t>9786254086175</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Külhan</t>
+          <t>Bir Akşamdı</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786254085963</t>
+          <t>9786254085949</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Gazi ve İnkılap</t>
+          <t>Edebiyatın Kadıköyü</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786254086069</t>
+          <t>9786254085055</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Bir Lider</t>
+          <t>Bir Tereddüdün Romanı</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786254086113</t>
+          <t>9786254085932</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Sözde Kızlar</t>
+          <t>Tarık Buğra'nın Roman Dünyası</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786254085697</t>
+          <t>9786254086014</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya Gezisi</t>
+          <t>Yusuf Akçura ve Rusya Türklüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>140</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786254085659</t>
+          <t>9786254085703</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Kırım Türklerinin Milli Mücadelesi</t>
+          <t>Saklı Sözlük</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>800</v>
+        <v>325</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786254085857</t>
+          <t>9786254085918</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Şuşa Dağlarını Duman Bürüdü</t>
+          <t>Cumhuriyet Sporunun Zafer Abideleri</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786254085475</t>
+          <t>9786254085970</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Türk Topçuluğunun ABC'si</t>
+          <t>Tahra Bey'in Akıllara Durgunluk Veren Maceraları</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>520</v>
+        <v>140</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786254085680</t>
+          <t>9786254085406</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Türgiş Devleti</t>
+          <t>Son Kazak</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>460</v>
+        <v>450</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254085871</t>
+          <t>9786254085505</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Sakız Ağacı</t>
+          <t>Ayşe'nin Yıldızı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786254085543</t>
+          <t>9786254086168</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>XX. Yüzyıl Güney Azerbaycan Edebiyatının Öncüleri - I</t>
+          <t>Söylemin İktidarı</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>325</v>
+        <v>420</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786254085642</t>
+          <t>9786254086205</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Türk Cumhuriyetleri</t>
+          <t>Denizler Aslanı</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786254085567</t>
+          <t>9786254086243</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in 100. Yılında Mikrofonla İletişim ve Medya</t>
+          <t>Kuvvacı</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>1510</v>
+        <v>300</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786254085253</t>
+          <t>9786254086182</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Denizağaçları, Kemikyüzleri</t>
+          <t>Külhan</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786254085246</t>
+          <t>9786254085963</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Gümrah</t>
+          <t>Gazi ve İnkılap</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786254085017</t>
+          <t>9786254086069</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Seyrek Ekim</t>
+          <t>Gölgede Bir Lider</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786254084706</t>
+          <t>9786254086113</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin (Ciltli)</t>
+          <t>Sözde Kızlar</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786254084683</t>
+          <t>9786254085697</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar (Ciltli)</t>
+          <t>Küçük Asya Gezisi</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786254085604</t>
+          <t>9786254085659</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle</t>
+          <t>Kırım Türklerinin Milli Mücadelesi</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>435</v>
+        <v>800</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786254085598</t>
+          <t>9786254085857</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Aziz Sancar'dan Bilim ve Ulusal Kalkınma Üzerine Aforizmalar</t>
+          <t>Şuşa Dağlarını Duman Bürüdü</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786254085635</t>
+          <t>9786254085475</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Ülke Sorunları ve Çözüm Önerileri</t>
+          <t>Türk Topçuluğunun ABC'si</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>225</v>
+        <v>520</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786254085116</t>
+          <t>9786254085680</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Şimşek</t>
+          <t>Türgiş Devleti</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>290</v>
+        <v>460</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254085628</t>
+          <t>9786254085871</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Payitahtta Bir İngiliz Tüccar</t>
+          <t>Kardeşim Sakız Ağacı</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>435</v>
+        <v>150</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254085611</t>
+          <t>9786254085543</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Canan Aramızda Bir Adındı</t>
+          <t>XX. Yüzyıl Güney Azerbaycan Edebiyatının Öncüleri - I</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>690</v>
+        <v>325</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254085352</t>
+          <t>9786254085642</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Köy Hekimi (Ciltli)</t>
+          <t>Bağımsız Türk Cumhuriyetleri</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254084966</t>
+          <t>9786254085567</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Bîkes (Ciltli)</t>
+          <t>Cumhuriyet'in 100. Yılında Mikrofonla İletişim ve Medya</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>375</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254085673</t>
+          <t>9786254085253</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Sabri F. Ülgener - Bir İktisatçının Entellektüel Portresi</t>
+          <t>Denizağaçları, Kemikyüzleri</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>1200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254084492</t>
+          <t>9786254085246</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Bataklık Çiçeği (Ciltli)</t>
+          <t>Gümrah</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254085451</t>
+          <t>9786254085017</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Badem Ağacı</t>
+          <t>Seyrek Ekim</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786254085437</t>
+          <t>9786254084706</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mevsim Düşleri</t>
+          <t>Therese Raquin (Ciltli)</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254084928</t>
+          <t>9786254084683</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>M. Kemaleddin'in Meraklı Romanları</t>
+          <t>Değirmenimden Mektuplar (Ciltli)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786254084652</t>
+          <t>9786254085604</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>İran Türklerinde Köroğlu Destanı</t>
+          <t>Aşk İle</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>725</v>
+        <v>435</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786254085338</t>
+          <t>9786254085598</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Kahkahanın Kültür Tarihi</t>
+          <t>Aziz Sancar'dan Bilim ve Ulusal Kalkınma Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786254085420</t>
+          <t>9786254085635</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Kaynama</t>
+          <t>Ülke Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>625</v>
+        <v>225</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786254085444</t>
+          <t>9786254085116</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Uygur Savaşı</t>
+          <t>Şimşek</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786254085468</t>
+          <t>9786254085628</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Hikayeler - Havaya Uçan At ve Diğerleri</t>
+          <t>Payitahtta Bir İngiliz Tüccar</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>170</v>
+        <v>435</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786254085369</t>
+          <t>9786254085611</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Altın Yay</t>
+          <t>Canan Aramızda Bir Adındı</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>270</v>
+        <v>690</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254085277</t>
+          <t>9786254085352</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Kavaldan Şeşhaneye Gülleden Fişeğe Osmanlı'da Modern Silahlar</t>
+          <t>Köy Hekimi (Ciltli)</t>
         </is>
       </c>
       <c r="C889" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786254085550</t>
+          <t>9786254084966</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>İstila Devirlerinin Kolonizatör Türk Dervişleri</t>
+          <t>Bîkes (Ciltli)</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>590</v>
+        <v>375</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786254085529</t>
+          <t>9786254085673</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Tuna'dan Batı'ya</t>
+          <t>Sabri F. Ülgener - Bir İktisatçının Entellektüel Portresi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>240</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786254085581</t>
+          <t>9786254084492</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Okullar İçin Mesnevi'den Seçmeler</t>
+          <t>Bataklık Çiçeği (Ciltli)</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786254084959</t>
+          <t>9786254085451</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Bilinenin Aksine</t>
+          <t>Yaralı Badem Ağacı</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>740</v>
+        <v>170</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786254085390</t>
+          <t>9786254085437</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Güldestesi</t>
+          <t>Kayıp Mevsim Düşleri</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>420</v>
+        <v>150</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786254085062</t>
+          <t>9786254084928</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Cumbadan Rumbaya</t>
+          <t>M. Kemaleddin'in Meraklı Romanları</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>430</v>
+        <v>325</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786254085413</t>
+          <t>9786254084652</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Bay John Marple'in Son Yolculuğu</t>
+          <t>İran Türklerinde Köroğlu Destanı</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>160</v>
+        <v>725</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786254085383</t>
+          <t>9786254085338</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>İttihat ve Terakki'nin Küçük Efendisi Kara Kemal</t>
+          <t>Kahkahanın Kültür Tarihi</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786254085345</t>
+          <t>9786254085420</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Yadında Mı O Günler?</t>
+          <t>Kaynama</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>600</v>
+        <v>625</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786254085376</t>
+          <t>9786254085444</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Boşnaklar, Türkler ve Bosna'nın Savunulması</t>
+          <t>Uygur Savaşı</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786254085185</t>
+          <t>9786254085468</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Letafetsiz Ama Evladiyelik Öğütler</t>
+          <t>Çocuklara Hikayeler - Havaya Uçan At ve Diğerleri</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786254085284</t>
+          <t>9786254085369</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Süngüler</t>
+          <t>Altın Yay</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254084973</t>
+          <t>9786254085277</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Bir Göç Ne Bırakır Ardında?</t>
+          <t>Kavaldan Şeşhaneye Gülleden Fişeğe Osmanlı'da Modern Silahlar</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786254085291</t>
+          <t>9786254085550</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Arkadaşlık</t>
+          <t>İstila Devirlerinin Kolonizatör Türk Dervişleri</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>295</v>
+        <v>590</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786254085178</t>
+          <t>9786254085529</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Şah Mat</t>
+          <t>Tuna'dan Batı'ya</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786254085130</t>
+          <t>9786254085581</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Mahşer</t>
+          <t>Okullar İçin Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786254085123</t>
+          <t>9786254084959</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Noraliya'nın Koltuğu</t>
+          <t>Bilinenin Aksine</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>300</v>
+        <v>740</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786254085000</t>
+          <t>9786254085390</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Azam Ebu Hanife</t>
+          <t>Kerkük Güldestesi</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>480</v>
+        <v>420</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786254085031</t>
+          <t>9786254085062</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Canan</t>
+          <t>Cumbadan Rumbaya</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786254084263</t>
+          <t>9786254085413</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Güç ve Zaman</t>
+          <t>Bay John Marple'in Son Yolculuğu</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>265</v>
+        <v>160</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786254085239</t>
+          <t>9786254085383</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Müzmin Susuzluk</t>
+          <t>İttihat ve Terakki'nin Küçük Efendisi Kara Kemal</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786254083389</t>
+          <t>9786254085345</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa Nedir? Ne Değildir?</t>
+          <t>Yadında Mı O Günler?</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786254085307</t>
+          <t>9786254085376</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Şifacı Krallar (Ciltli)</t>
+          <t>Boşnaklar, Türkler ve Bosna'nın Savunulması</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>850</v>
+        <v>270</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786254084898</t>
+          <t>9786254085185</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Macbeth (Ciltli)</t>
+          <t>Letafetsiz Ama Evladiyelik Öğütler</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786254084911</t>
+          <t>9786254085284</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Hamlet (Ciltli)</t>
+          <t>Kanlı Süngüler</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>450</v>
+        <v>210</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786254084874</t>
+          <t>9786254084973</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı ve Kiracıları (Ciltli)</t>
+          <t>Bir Göç Ne Bırakır Ardında?</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786254084904</t>
+          <t>9786254085291</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear (Ciltli)</t>
+          <t>Türklerde Arkadaşlık</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>450</v>
+        <v>295</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786254084881</t>
+          <t>9786254085178</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Othello (Ciltli)</t>
+          <t>Şah Mat</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786254085314</t>
+          <t>9786254085130</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Vitrinlerin Zaferi - Sanat, Edebiyat ve Dil Yazıları</t>
+          <t>Mahşer</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>590</v>
+        <v>300</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786254084737</t>
+          <t>9786254085123</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Mistisizm ve Mistik Şiir</t>
+          <t>Matmazel Noraliya'nın Koltuğu</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786254085208</t>
+          <t>9786254085000</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Meşhurlardan Portreler</t>
+          <t>İmam-ı Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>160</v>
+        <v>480</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786254083518</t>
+          <t>9786254085031</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Denemeden Bilemezsin - Fragmanlar 1</t>
+          <t>Canan</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254083037</t>
+          <t>9786254084263</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Premçand'ın Seçilmiş Öyküleri (Ciltli)</t>
+          <t>Güç ve Zaman</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254085161</t>
+          <t>9786254085239</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Pakistan Tarihi</t>
+          <t>Müzmin Susuzluk</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254084850</t>
+          <t>9786254083389</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Açlık (Ciltli)</t>
+          <t>Teşkilat-ı Mahsusa Nedir? Ne Değildir?</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254084669</t>
+          <t>9786254085307</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Mısır Çöllerinde Türk Gençleri</t>
+          <t>Şifacı Krallar (Ciltli)</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>160</v>
+        <v>850</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254084287</t>
+          <t>9786254084898</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Adet, Merasim ve Tabirleri</t>
+          <t>Macbeth (Ciltli)</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>1100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786254084744</t>
+          <t>9786254084911</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Tahir Üzgör'ün Kaleminden Ali Nihat Tarlan ve Âmil Çelebioğlu'nun Ders Notları</t>
+          <t>Hamlet (Ciltli)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786254084508</t>
+          <t>9786254084874</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Beşer Dakikalık Hikayeler (Ciltli)</t>
+          <t>Ayaşlı ve Kiracıları (Ciltli)</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786254084164</t>
+          <t>9786254084904</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Gelişi Güzel Zamanlar</t>
+          <t>Kral Lear (Ciltli)</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786254085079</t>
+          <t>9786254084881</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Fatih Harbiye</t>
+          <t>Othello (Ciltli)</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786254084423</t>
+          <t>9786254085314</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Yarlık ve İnayetnameler</t>
+          <t>Vitrinlerin Zaferi - Sanat, Edebiyat ve Dil Yazıları</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>490</v>
+        <v>590</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786254085093</t>
+          <t>9786254084737</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Yalnızız</t>
+          <t>Mistisizm ve Mistik Şiir</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>325</v>
+        <v>420</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786254085147</t>
+          <t>9786254085208</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda İsyan Algısı</t>
+          <t>Meşhurlardan Portreler</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786254085024</t>
+          <t>9786254083518</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Attila</t>
+          <t>Denemeden Bilemezsin - Fragmanlar 1</t>
         </is>
       </c>
       <c r="C934" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786254084843</t>
+          <t>9786254083037</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Bugün Güzel Şeyler Olacak</t>
+          <t>Premçand'ın Seçilmiş Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786254084997</t>
+          <t>9786254085161</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Kök Ekin</t>
+          <t>Pakistan Tarihi</t>
         </is>
       </c>
       <c r="C936" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786254084294</t>
+          <t>9786254084850</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Moğol - Rus İlişkileri (1223-1341)</t>
+          <t>Açlık (Ciltli)</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786254084324</t>
+          <t>9786254084669</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Bütün Olasılıklar Mümkündür Saadet Başka Bir Şey</t>
+          <t>Mısır Çöllerinde Türk Gençleri</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786254084812</t>
+          <t>9786254084287</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Etimolojinin İzinde</t>
+          <t>Osmanlı Adet, Merasim ve Tabirleri</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>390</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786254084867</t>
+          <t>9786254084744</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Sahaflar Çarşısı’nda Görüp İşittiklerim</t>
+          <t>Tahir Üzgör'ün Kaleminden Ali Nihat Tarlan ve Âmil Çelebioğlu'nun Ders Notları</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>700</v>
+        <v>240</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786254085086</t>
+          <t>9786254084508</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Dokuzuncu Hariciye Koğuşu</t>
+          <t>Beşer Dakikalık Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>140</v>
+        <v>390</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786254084805</t>
+          <t>9786254084164</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Faust (Ciltli)</t>
+          <t>Gelişi Güzel Zamanlar</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786254083259</t>
+          <t>9786254085079</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>İran’da Türkçe Yer Adları</t>
+          <t>Fatih Harbiye</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>1250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786254084775</t>
+          <t>9786254084423</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Makaleler - 4</t>
+          <t>Yarlık ve İnayetnameler</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>780</v>
+        <v>490</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786254084720</t>
+          <t>9786254085093</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Makaleler - 3</t>
+          <t>Yalnızız</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>990</v>
+        <v>325</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786254084713</t>
+          <t>9786254085147</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşı Celal</t>
+          <t>Osmanlıda İsyan Algısı</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786254084515</t>
+          <t>9786254085024</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Emin Yurdakul'un Bütün Şiirleri</t>
+          <t>Attila</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786254084690</t>
+          <t>9786254084843</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Unutulanlar ve Kaybedenler 2</t>
+          <t>Bugün Güzel Şeyler Olacak</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786254084454</t>
+          <t>9786254084997</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Penceremden</t>
+          <t>Kök Ekin</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786254084751</t>
+          <t>9786254084294</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Eczacılık Hukuku (Ciltli)</t>
+          <t>Moğol - Rus İlişkileri (1223-1341)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786254084676</t>
+          <t>9786254084324</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Evet Hanım</t>
+          <t>Bütün Olasılıklar Mümkündür Saadet Başka Bir Şey</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786254084768</t>
+          <t>9786254084812</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Etimolojinin İzinde</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786254082771</t>
+          <t>9786254084867</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Tanin Gazetesi Başmakaleleri</t>
+          <t>Sahaflar Çarşısı’nda Görüp İşittiklerim</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>900</v>
+        <v>700</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786254084270</t>
+          <t>9786254085086</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Adla Çağrılış</t>
+          <t>Dokuzuncu Hariciye Koğuşu</t>
         </is>
       </c>
       <c r="C954" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786254084379</t>
+          <t>9786254084805</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Yürüyordu Çırpınan Bir Yürekle</t>
+          <t>Faust (Ciltli)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786254084782</t>
+          <t>9786254083259</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Yakup Cemil</t>
+          <t>İran’da Türkçe Yer Adları</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>650</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786254084232</t>
+          <t>9786254084775</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Uğuz Kağan Destanı (Ciltli)</t>
+          <t>Makaleler - 4</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>2900</v>
+        <v>780</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786254084522</t>
+          <t>9786254084720</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Ehvenişer</t>
+          <t>Makaleler - 3</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>150</v>
+        <v>990</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786254083495</t>
+          <t>9786254084713</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Atların Yenilgisi</t>
+          <t>Yüzbaşı Celal</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786254084485</t>
+          <t>9786254084515</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Düelloda Islık Çalan</t>
+          <t>Mehmed Emin Yurdakul'un Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786254084638</t>
+          <t>9786254084690</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Renkler</t>
+          <t>Edebiyatımızda Unutulanlar ve Kaybedenler 2</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786254084355</t>
+          <t>9786254084454</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Boşluk Değil Hayat</t>
+          <t>Penceremden</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786254084416</t>
+          <t>9786254084751</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Şiirinde Edebi Sanatlar</t>
+          <t>Eczacılık Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>650</v>
+        <v>900</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786254084430</t>
+          <t>9786254084676</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Gagaringrad Moskova Notları - Bir Köyden Bir Başşehre</t>
+          <t>Evet Hanım</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786254084140</t>
+          <t>9786254084768</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtlar</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>2750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786254084195</t>
+          <t>9786254082771</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Kara Kam</t>
+          <t>Tanin Gazetesi Başmakaleleri</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>1400</v>
+        <v>900</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786254083310</t>
+          <t>9786254084270</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi (Ciltli)</t>
+          <t>Sonsuz Adla Çağrılış</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786254084362</t>
+          <t>9786254084379</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>İnsan Artıkları - Aşınmış Vicdanlar</t>
+          <t>Yürüyordu Çırpınan Bir Yürekle</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786254084072</t>
+          <t>9786254084782</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Nisyan / Rapsodi</t>
+          <t>Yakup Cemil</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786254084065</t>
+          <t>9786254084232</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Eyzan</t>
+          <t>Uğuz Kağan Destanı (Ciltli)</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>140</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786254084089</t>
+          <t>9786254084522</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Osman Zeki Özturanlı Bütün Hikayeleri</t>
+          <t>Ehvenişer</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786254084447</t>
+          <t>9786254083495</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Gazeteciliği</t>
+          <t>Atların Yenilgisi</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786254084461</t>
+          <t>9786254084485</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Türklüğü Tartışılan Meşhurlar</t>
+          <t>Düelloda Islık Çalan</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786254084409</t>
+          <t>9786254084638</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Atlı Han'ın Oğulları</t>
+          <t>Türk Kültüründe Renkler</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786254083327</t>
+          <t>9786254084355</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Herkes Mağlup</t>
+          <t>Boşluk Değil Hayat</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786254084348</t>
+          <t>9786254084416</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Birlikteydik ve Yalnızdık</t>
+          <t>Yeni Türk Şiirinde Edebi Sanatlar</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>365</v>
+        <v>650</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786254084218</t>
+          <t>9786254084430</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Devlet ve Ekonomi - 2</t>
+          <t>Gagaringrad Moskova Notları - Bir Köyden Bir Başşehre</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>700</v>
+        <v>160</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786254082559</t>
+          <t>9786254084140</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Fakir Çarudatt ve Kırık Kalça (Ciltli)</t>
+          <t>Bozkurtlar</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>250</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786254083402</t>
+          <t>9786254084195</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Eylül (Ciltli)</t>
+          <t>Kara Kam</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>500</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786254083525</t>
+          <t>9786254083310</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Köy Hekimi (Ciltli)</t>
+          <t>Felatun Bey ile Rakım Efendi (Ciltli)</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786254084317</t>
+          <t>9786254084362</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Kül Tigin Yazıtı (Ciltli)</t>
+          <t>İnsan Artıkları - Aşınmış Vicdanlar</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786254084225</t>
+          <t>9786254084072</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Gönüllerin Dirliği / Ebu Eyyub El-Ensari'nin Hadis ve Rivayetleri</t>
+          <t>Nisyan / Rapsodi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786254084386</t>
+          <t>9786254084065</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Oy, Markus, Oy!</t>
+          <t>Eyzan</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786254082139</t>
+          <t>9786254084089</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan</t>
+          <t>Osman Zeki Özturanlı Bütün Hikayeleri</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>290</v>
+        <v>370</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786254082979</t>
+          <t>9786254084447</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Ben, Sen, O</t>
+          <t>İstanbul Gazeteciliği</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786254084249</t>
+          <t>9786254084461</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Macar Belgelerinin İzinden</t>
+          <t>Türklüğü Tartışılan Meşhurlar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786254082993</t>
+          <t>9786254084409</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Yasemin Dalları</t>
+          <t>Atlı Han'ın Oğulları</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786254084133</t>
+          <t>9786254083327</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Selma ve Gölgesi</t>
+          <t>Herkes Mağlup</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786254084171</t>
+          <t>9786254084348</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Maç ve Performans Analizi</t>
+          <t>Birlikteydik ve Yalnızdık</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786254082566</t>
+          <t>9786254084218</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Vikrama ve Urvaşi (Ciltli)</t>
+          <t>Osmanlı İmparatorluğu'nda Devlet ve Ekonomi - 2</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786254081798</t>
+          <t>9786254082559</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtlar (Ciltli)</t>
+          <t>Fakir Çarudatt ve Kırık Kalça (Ciltli)</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>625</v>
+        <v>250</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786254084256</t>
+          <t>9786254083402</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Gulyabani</t>
+          <t>Eylül (Ciltli)</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786254082443</t>
+          <t>9786254083525</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Rit Lügatı - Resmi İkameli Türkçe</t>
+          <t>Köy Hekimi (Ciltli)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786254081316</t>
+          <t>9786254084317</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Türk Büyükleri Veya Türk Adları (Ciltli)</t>
+          <t>Kül Tigin Yazıtı (Ciltli)</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>450</v>
+        <v>425</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786254082191</t>
+          <t>9786254084225</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Devleti</t>
+          <t>Gönüllerin Dirliği / Ebu Eyyub El-Ensari'nin Hadis ve Rivayetleri</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786254083419</t>
+          <t>9786254084386</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Uzmanlarıyla Söyleşiler</t>
+          <t>Oy, Markus, Oy!</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786254083013</t>
+          <t>9786254082139</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Sardanapalus (Ciltli)</t>
+          <t>Cem Sultan</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>325</v>
+        <v>290</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786254083235</t>
+          <t>9786254082979</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Kostantiniyye'nin Fetih Destanı</t>
+          <t>Ben, Sen, O</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786254083501</t>
+          <t>9786254084249</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Bekleyişler Kitabı</t>
+          <t>Macar Belgelerinin İzinden</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>130</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786254083372</t>
+          <t>9786254082993</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Sada</t>
+          <t>Yasemin Dalları</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786254082658</t>
+          <t>9786254084133</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Son Nefese Kadar</t>
+          <t>Selma ve Gölgesi</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786254083181</t>
+          <t>9786254084171</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Türk Şaman Mitolojisinin Teonimleri</t>
+          <t>Futbolda Maç ve Performans Analizi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786254083594</t>
+          <t>9786254082566</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarda</t>
+          <t>Vikrama ve Urvaşi (Ciltli)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786254083983</t>
+          <t>9786254081798</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>İhtiyar Savaşçı</t>
+          <t>Bozkurtlar (Ciltli)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>240</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786254083242</t>
+          <t>9786254084256</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Bay Markus Burton'un Köpeği</t>
+          <t>Türk Kültüründe Gulyabani</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786254084010</t>
+          <t>9786254082443</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Badem Dalına Asılı Bebekler</t>
+          <t>Rit Lügatı - Resmi İkameli Türkçe</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786254084027</t>
+          <t>9786254081316</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Anneme Mektuplar</t>
+          <t>Türk Büyükleri Veya Türk Adları (Ciltli)</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786254083990</t>
+          <t>9786254082191</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Hukuk Devleti</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786254083945</t>
+          <t>9786254083419</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Yoldaşlar</t>
+          <t>Türk Dünyası Uzmanlarıyla Söyleşiler</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786254082955</t>
+          <t>9786254083013</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatından Seçme Öyküler (Ciltli)</t>
+          <t>Sardanapalus (Ciltli)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786254082795</t>
+          <t>9786254083235</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kurdu (Ciltli)</t>
+          <t>Kostantiniyye'nin Fetih Destanı</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786254082962</t>
+          <t>9786254083501</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Osmanoflar (Ciltli)</t>
+          <t>Bekleyişler Kitabı</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786254082740</t>
+          <t>9786254083372</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Doğu Malı Batı Sanatı: İslam Ülkeleriyle Ticaret ve İtalyan Sanatı 1300 - 1600 (Ciltli)</t>
+          <t>Sada</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>1300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786254083143</t>
+          <t>9786254082658</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Türki-i Basit''n Gramer ve Lügatçesi (Ciltli)</t>
+          <t>Son Nefese Kadar</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786254083204</t>
+          <t>9786254083181</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Zeybek Kaması Namıdeğer Yatağan</t>
+          <t>Türk Şaman Mitolojisinin Teonimleri</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786254083099</t>
+          <t>9786254083594</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Altın Orda'nın Tarihi Coğrafyası</t>
+          <t>Hatıralarda</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786254083174</t>
+          <t>9786254083983</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Yazıcızade Kardeşler</t>
+          <t>İhtiyar Savaşçı</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786254082146</t>
+          <t>9786254083242</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Ebülfez Elçibey</t>
+          <t>Bay Markus Burton'un Köpeği</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786254083020</t>
+          <t>9786254084010</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Rusya Tarihi</t>
+          <t>Badem Dalına Asılı Bebekler</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786254083198</t>
+          <t>9786254084027</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Biz İmparatorluk Geçmişimizi Hiç Unutmadık Ki</t>
+          <t>Anneme Mektuplar</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786254083006</t>
+          <t>9786254083990</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Kanayınca Irmak</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786254083167</t>
+          <t>9786254083945</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Güle Al Kan Düşünce</t>
+          <t>Yoldaşlar</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786254082214</t>
+          <t>9786254082955</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Türk Sherlock Holmesü Yıldırım Cemal - Geçmişten Günümüze Polisiye</t>
+          <t>Rus Edebiyatından Seçme Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786254082269</t>
+          <t>9786254082795</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Bir Türk Polisinin Amerika'da Sergüzeştleri - Geçmişten Günümüze Polisiye</t>
+          <t>Deniz Kurdu (Ciltli)</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786254082986</t>
+          <t>9786254082962</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Siz Bir Alçaksınız!</t>
+          <t>Osmanoflar (Ciltli)</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786254082634</t>
+          <t>9786254082740</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Başkurt Tarihi</t>
+          <t>Doğu Malı Batı Sanatı: İslam Ülkeleriyle Ticaret ve İtalyan Sanatı 1300 - 1600 (Ciltli)</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>150</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786254082924</t>
+          <t>9786254083143</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Geraylar ve Osmanlılar - Kırım Hanlık Hanedanının Osmanlı Devleti'ndeki Hikayesi</t>
+          <t>Divan-ı Türki-i Basit''n Gramer ve Lügatçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>1200</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786254082535</t>
+          <t>9786254083204</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar - Dünya Klasikleri (Ciltli)</t>
+          <t>Zeybek Kaması Namıdeğer Yatağan</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786254082757</t>
+          <t>9786254083099</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında 20000 Fersah - Dünya Klasikleri</t>
+          <t>Altın Orda'nın Tarihi Coğrafyası</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786254082696</t>
+          <t>9786254083174</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Cinler - Dünya Klasikleri (Ciltli)</t>
+          <t>Yazıcızade Kardeşler</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786254082511</t>
+          <t>9786254082146</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Menfi</t>
+          <t>Ebülfez Elçibey</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786254082429</t>
+          <t>9786254083020</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Yer - Su Hikayeleri</t>
+          <t>Rusya Tarihi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786254082467</t>
+          <t>9786254083198</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>T. W. Hutchison - A. G. Sayar Mektuplaşmaları</t>
+          <t>Biz İmparatorluk Geçmişimizi Hiç Unutmadık Ki</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786254082221</t>
+          <t>9786254083006</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Tarihi - Tatarlar Olarak Andığımız</t>
+          <t>Kanayınca Irmak</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786254083150</t>
+          <t>9786254083167</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Düşman Kazanmak Sanatı</t>
+          <t>Beyaz Güle Al Kan Düşünce</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>335</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786254083068</t>
+          <t>9786254082214</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Genç Temuçin</t>
+          <t>Türk Sherlock Holmesü Yıldırım Cemal - Geçmişten Günümüze Polisiye</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786254082870</t>
+          <t>9786254082269</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Politika Dışı</t>
+          <t>Bir Türk Polisinin Amerika'da Sergüzeştleri - Geçmişten Günümüze Polisiye</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786051559520</t>
+          <t>9786254082986</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Bazıkmış İyit</t>
+          <t>Siz Bir Alçaksınız!</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786254083952</t>
+          <t>9786254082634</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Korku Günleri</t>
+          <t>Başkurt Tarihi</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786254083136</t>
+          <t>9786254082924</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Dalkavuklar Gecesi - Z Vitamini</t>
+          <t>Geraylar ve Osmanlılar - Kırım Hanlık Hanedanının Osmanlı Devleti'ndeki Hikayesi</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>180</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786254084096</t>
+          <t>9786254082535</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Bir Sel Gibi</t>
+          <t>İnsancıklar - Dünya Klasikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786254082580</t>
+          <t>9786254082757</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Fakabasmaz Zihni'nin Sergüzeştleri Cinayet Koleksiyonu Cilt 4</t>
+          <t>Denizler Altında 20000 Fersah - Dünya Klasikleri</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786254083396</t>
+          <t>9786254082696</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Arzu ve Tereddüt</t>
+          <t>Cinler - Dünya Klasikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>390</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786254082573</t>
+          <t>9786254082511</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Fakabasmaz Zihni'nin Sergüzeştleri</t>
+          <t>Menfi</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786254082337</t>
+          <t>9786254082429</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Firak-ı Irak</t>
+          <t>Yer - Su Hikayeleri</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786254083532</t>
+          <t>9786254082467</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>İki Din İki Medeniyet</t>
+          <t>T. W. Hutchison - A. G. Sayar Mektuplaşmaları</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786254083228</t>
+          <t>9786254082221</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Yo Yo</t>
+          <t>Moğolların Tarihi - Tatarlar Olarak Andığımız</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786254082733</t>
+          <t>9786254083150</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Suyu Aşan Kılıçlar</t>
+          <t>Düşman Kazanmak Sanatı</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>160</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786254082801</t>
+          <t>9786254083068</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Şiiri Okumaları - Kavramlar ve Kuramlarla</t>
+          <t>Genç Temuçin</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786254082948</t>
+          <t>9786254082870</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Türk Devrimi ve Atatürk</t>
+          <t>Politika Dışı</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786254082900</t>
+          <t>9786051559520</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Genç - Bir Alimin Hayat ve İlim Serancamı</t>
+          <t>Bazıkmış İyit</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>520</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786254082788</t>
+          <t>9786254083952</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Adı Devlet Olsun</t>
+          <t>Ölüm ve Korku Günleri</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786254082887</t>
+          <t>9786254083136</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Divan Yolu'ndan Pera'ya Selametle - Modern Türk Şiirine Doğru</t>
+          <t>Dalkavuklar Gecesi - Z Vitamini</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786254081101</t>
+          <t>9786254084096</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Koca Yusuf</t>
+          <t>Bir Sel Gibi</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786254082597</t>
+          <t>9786254082580</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Ufuklar Ardı Bizim</t>
+          <t>Fakabasmaz Zihni'nin Sergüzeştleri Cinayet Koleksiyonu Cilt 4</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786254082863</t>
+          <t>9786254083396</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağın Adı</t>
+          <t>Arzu ve Tereddüt</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786254082665</t>
+          <t>9786254082573</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kaybedenlerin Tarihi</t>
+          <t>Fakabasmaz Zihni'nin Sergüzeştleri</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786254082481</t>
+          <t>9786254082337</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Yılanı</t>
+          <t>Firak-ı Irak</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786254082627</t>
+          <t>9786254083532</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut</t>
+          <t>İki Din İki Medeniyet</t>
         </is>
       </c>
       <c r="C1059" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786254082610</t>
+          <t>9786254083228</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Bir Kitaba Tutuldum</t>
+          <t>Arkadaşım Yo Yo</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786254082542</t>
+          <t>9786254082733</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Arıza Aşklar</t>
+          <t>Suyu Aşan Kılıçlar</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786254082245</t>
+          <t>9786254082801</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Taşlıca</t>
+          <t>Modern Türk Şiiri Okumaları - Kavramlar ve Kuramlarla</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>520</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786254082474</t>
+          <t>9786254082948</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Masalları</t>
+          <t>Türk Devrimi ve Atatürk</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786254082504</t>
+          <t>9786254082900</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>ABD Basınında Türkiye'deki Darbeler</t>
+          <t>Mehmet Genç - Bir Alimin Hayat ve İlim Serancamı</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>425</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786254082498</t>
+          <t>9786254082788</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Memluklerde Hisbe Teşkilatı ve Muhtesibler</t>
+          <t>Adı Devlet Olsun</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786254082290</t>
+          <t>9786254082887</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Ruhu - Efsane İle Gerçek Arasında</t>
+          <t>Divan Yolu'ndan Pera'ya Selametle - Modern Türk Şiirine Doğru</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786254082412</t>
+          <t>9786254081101</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Ben Gönen'de Doğdum</t>
+          <t>Koca Yusuf</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786254082252</t>
+          <t>9786254082597</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Yollarında</t>
+          <t>Ufuklar Ardı Bizim</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786254082405</t>
+          <t>9786254082863</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Gazi Sultanlar ve İslamın Sınırları</t>
+          <t>Bu Çağın Adı</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>420</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786254082436</t>
+          <t>9786254082665</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Kadim Sesleri</t>
+          <t>Kaybedenlerin Tarihi</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786254082450</t>
+          <t>9786254082481</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Tuna Kürsüsü</t>
+          <t>İmparatorun Yılanı</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786254082382</t>
+          <t>9786254082627</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modernleşmesinde İlk Adımlar</t>
+          <t>Dede Korkut</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>490</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786254082153</t>
+          <t>9786254082610</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Def ve Mendil</t>
+          <t>Bir Kitaba Tutuldum</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786254082399</t>
+          <t>9786254082542</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>İsrail'in Arkasındaki Süper Güç</t>
+          <t>Arıza Aşklar</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786254082375</t>
+          <t>9786254082245</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatan Kurtuldu</t>
+          <t>Taşlıca</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>350</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786254082528</t>
+          <t>9786254082474</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hunları</t>
+          <t>Türkmen Masalları</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786254082344</t>
+          <t>9786254082504</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Görklü Suyun Kurumasın</t>
+          <t>ABD Basınında Türkiye'deki Darbeler</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>230</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786254082351</t>
+          <t>9786254082498</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Benliğin İnşası</t>
+          <t>Memluklerde Hisbe Teşkilatı ve Muhtesibler</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786254082306</t>
+          <t>9786254082290</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Manfred (Ciltli)</t>
+          <t>Rusya’nın Ruhu - Efsane İle Gerçek Arasında</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786254082177</t>
+          <t>9786254082412</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Perspektifinden Türkiye ve Milli Hareket</t>
+          <t>Ben Gönen'de Doğdum</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>490</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786254081576</t>
+          <t>9786254082252</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yangın</t>
+          <t>Kafkas Yollarında</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786254082238</t>
+          <t>9786254082405</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Şeytana Uyanlar</t>
+          <t>Gazi Sultanlar ve İslamın Sınırları</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786254081453</t>
+          <t>9786254082436</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı'nda Propaganda</t>
+          <t>Anadolu'nun Kadim Sesleri</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786254082016</t>
+          <t>9786254082450</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Bindik Bir Alamete - Dikiz Aynasından</t>
+          <t>Tuna Kürsüsü</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786254082283</t>
+          <t>9786254082382</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Zerenderzer</t>
+          <t>Osmanlı Modernleşmesinde İlk Adımlar</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>140</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786254081743</t>
+          <t>9786254082153</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Aynı</t>
+          <t>Def ve Mendil</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786254082276</t>
+          <t>9786254082399</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Nar</t>
+          <t>İsrail'in Arkasındaki Süper Güç</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786254081996</t>
+          <t>9786254082375</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Şarki Türkistan Tarihi (Ciltli)</t>
+          <t>Bir Vatan Kurtuldu</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>930</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786254081989</t>
+          <t>9786254082528</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman Öyküleri</t>
+          <t>Avrupa Hunları</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786254082184</t>
+          <t>9786254082344</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Unutulanlar ve Kaybedenler 1</t>
+          <t>Görklü Suyun Kurumasın</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786254082061</t>
+          <t>9786254082351</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tarihi</t>
+          <t>Benliğin İnşası</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786254082160</t>
+          <t>9786254082306</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıldan Yüzyıla</t>
+          <t>Manfred (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786254081644</t>
+          <t>9786254082177</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Lusitanyalılar (Ciltli)</t>
+          <t>İngiliz Perspektifinden Türkiye ve Milli Hareket</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>425</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786254081965</t>
+          <t>9786254081576</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Ciltli)</t>
+          <t>İçimdeki Yangın</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786254081705</t>
+          <t>9786254082238</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Tulliana</t>
+          <t>Şeytana Uyanlar</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786254081804</t>
+          <t>9786254081453</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Hakas Türklerinde Şamanizm ve Ölüm</t>
+          <t>İkinci Dünya Savaşı'nda Propaganda</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786254082009</t>
+          <t>9786254082016</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Çin Tarihi</t>
+          <t>Bindik Bir Alamete - Dikiz Aynasından</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786254082054</t>
+          <t>9786254082283</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan'ın Karabağ Bölgesi</t>
+          <t>Zerenderzer</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786254081811</t>
+          <t>9786254081743</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Yurt Özlemi</t>
+          <t>Aynı</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786254081972</t>
+          <t>9786254082276</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Kara Bir Gün</t>
+          <t>Nar</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786254081828</t>
+          <t>9786254081996</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt ve Ergenekon Destanı</t>
+          <t>Şarki Türkistan Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>270</v>
+        <v>930</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786254081781</t>
+          <t>9786254081989</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Göktürklere Kalan Miras</t>
+          <t>Evvel Zaman Öyküleri</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786254082047</t>
+          <t>9786254082184</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>A. Süheyl Ünver’le Sohbetler</t>
+          <t>Edebiyatımızda Unutulanlar ve Kaybedenler 1</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>690</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786254081712</t>
+          <t>9786254082061</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Nikomed (Ciltli)</t>
+          <t>Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786254081736</t>
+          <t>9786254082160</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Budala (Ciltli)</t>
+          <t>Yüzyıldan Yüzyıla</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786254081835</t>
+          <t>9786254081644</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Kısa Pantol Bol Caket Bobstile Maşallah</t>
+          <t>Lusitanyalılar (Ciltli)</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786254081569</t>
+          <t>9786254081965</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Timurlenk</t>
+          <t>Sergüzeşt (Ciltli)</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786254081583</t>
+          <t>9786254081705</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi'nde Yıldırım</t>
+          <t>Tulliana</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786254081699</t>
+          <t>9786254081804</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Zamansız Sipahi</t>
+          <t>Hakas Türklerinde Şamanizm ve Ölüm</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>140</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786254081750</t>
+          <t>9786254082009</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Ahrar</t>
+          <t>Çin Tarihi</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786254081538</t>
+          <t>9786254082054</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Zarafet Budalaları (Ciltli)</t>
+          <t>Azerbaycan'ın Karabağ Bölgesi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786254081354</t>
+          <t>9786254081811</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Dünya Hayat</t>
+          <t>Yurt Özlemi</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786254081729</t>
+          <t>9786254081972</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Türküsü</t>
+          <t>Kara Bir Gün</t>
         </is>
       </c>
       <c r="C1113" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786254081408</t>
+          <t>9786254081828</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Duvarından Memnun Olmayan Taş</t>
+          <t>Bozkurt ve Ergenekon Destanı</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786254081460</t>
+          <t>9786254081781</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar (Ciltli)</t>
+          <t>Göktürklere Kalan Miras</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786254081422</t>
+          <t>9786254082047</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Serçare</t>
+          <t>A. Süheyl Ünver’le Sohbetler</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>140</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786254081033</t>
+          <t>9786254081712</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Barbaros</t>
+          <t>Nikomed (Ciltli)</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786254081439</t>
+          <t>9786254081736</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Hür Fikirli Türk Abdullah Sur</t>
+          <t>Budala (Ciltli)</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786254081415</t>
+          <t>9786254081835</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Kuşkesen</t>
+          <t>Kısa Pantol Bol Caket Bobstile Maşallah</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786254081552</t>
+          <t>9786254081569</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Çal Çoban Çal</t>
+          <t>Timurlenk</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786254081514</t>
+          <t>9786254081583</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Akşamlar</t>
+          <t>Cihan Harbi'nde Yıldırım</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>490</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786254081330</t>
+          <t>9786254081699</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Köşe Penceresinden</t>
+          <t>Zamansız Sipahi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786254081521</t>
+          <t>9786254081750</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Bir Beyoğlu-Pera Hatırası</t>
+          <t>Ahrar</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786254081507</t>
+          <t>9786254081538</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Demokrasisi</t>
+          <t>Zarafet Budalaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786254081446</t>
+          <t>9786254081354</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Kıraathanesi</t>
+          <t>Dünya Hayat</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786254081392</t>
+          <t>9786254081729</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Ruhların Gıdası</t>
+          <t>Gençlik Türküsü</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786254081170</t>
+          <t>9786254081408</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Derkenar</t>
+          <t>Duvarından Memnun Olmayan Taş</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786254081491</t>
+          <t>9786254081460</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal</t>
+          <t>Babalar ve Oğullar (Ciltli)</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786254081255</t>
+          <t>9786254081422</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Zerçadır Altında</t>
+          <t>Serçare</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786254081477</t>
+          <t>9786254081033</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Bizim Caddeden Portreler</t>
+          <t>Barbaros</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786254081484</t>
+          <t>9786254081439</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Şair Portreleri</t>
+          <t>Hür Fikirli Türk Abdullah Sur</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786254081361</t>
+          <t>9786254081415</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirbiligi (Ciltli)</t>
+          <t>Kuşkesen</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>1500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786254081293</t>
+          <t>9786254081552</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Vahidi'nin Gül ü Bülbül Risalesi Ahmed Remzi Akyürek'in Gülzar-ı Aşk Çevirisi</t>
+          <t>Çal Çoban Çal</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786254080203</t>
+          <t>9786254081514</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı ve Siyah (Ciltli)</t>
+          <t>Çılgın Akşamlar</t>
         </is>
       </c>
       <c r="C1134" s="1">
         <v>490</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786254081378</t>
+          <t>9786254081330</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Menşeine Dair</t>
+          <t>Köşe Penceresinden</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786254081347</t>
+          <t>9786254081521</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Kimlik</t>
+          <t>Bir Beyoğlu-Pera Hatırası</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786254081309</t>
+          <t>9786254081507</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Balkabağı</t>
+          <t>Eski Türk Demokrasisi</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786051557595</t>
+          <t>9786254081446</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa'nın Doğu Afrika Faaliyetleri</t>
+          <t>Kuşlar Kıraathanesi</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786254081163</t>
+          <t>9786254081392</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz (Ciltli)</t>
+          <t>Ruhların Gıdası</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786254081118</t>
+          <t>9786254081170</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Kozmik Derkenar</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786254081224</t>
+          <t>9786254081491</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Fakabasmaz Zihni'nin Sergüzeştleri</t>
+          <t>Mustafa Kemal</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786254081194</t>
+          <t>9786254081255</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Baki Gülistanda Bir Nihal</t>
+          <t>Zerçadır Altında</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786254081279</t>
+          <t>9786254081477</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Son Cihangir</t>
+          <t>Bizim Caddeden Portreler</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786254081262</t>
+          <t>9786254081484</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Müteferrika'nın İzinde</t>
+          <t>Şair Portreleri</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786254081286</t>
+          <t>9786254081361</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Anayasa, Seçim ve Meclis Tecrübesi (1876-1923)</t>
+          <t>Türk Şiirbiligi (Ciltli)</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>390</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786254081125</t>
+          <t>9786254081293</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Eyüplü Halid'in Maceraları</t>
+          <t>Vahidi'nin Gül ü Bülbül Risalesi Ahmed Remzi Akyürek'in Gülzar-ı Aşk Çevirisi</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786254081200</t>
+          <t>9786254080203</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Fatih - İstanbul Kapılarında ve Bizans Saraylarında</t>
+          <t>Kırmızı ve Siyah (Ciltli)</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>390</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786254081217</t>
+          <t>9786254081378</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'u Nasıl Aldık?</t>
+          <t>Türklerin Menşeine Dair</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786254081026</t>
+          <t>9786254081347</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Sümer Kızı</t>
+          <t>Tarih ve Kimlik</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786254081323</t>
+          <t>9786254081309</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Parçadan Bütüne Peyami Safa Kitabı</t>
+          <t>Balkabağı</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786254081187</t>
+          <t>9786051557595</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Fatih İstanbul’da</t>
+          <t>Teşkilat-ı Mahsusa'nın Doğu Afrika Faaliyetleri</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786254081132</t>
+          <t>9786254081163</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Fatih ve Fetih</t>
+          <t>Kumarbaz (Ciltli)</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786254081057</t>
+          <t>9786254081118</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Gökkandil</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786254080920</t>
+          <t>9786254081224</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Gülzar-ı Hakikat (Ciltli)</t>
+          <t>Fakabasmaz Zihni'nin Sergüzeştleri</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>750</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786254081019</t>
+          <t>9786254081194</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Hukuku (Ciltli)</t>
+          <t>Baki Gülistanda Bir Nihal</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>750</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786254080807</t>
+          <t>9786254081279</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Parma Manastırı (Ciltli)</t>
+          <t>Son Cihangir</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786254080821</t>
+          <t>9786254081262</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Safahat (Ciltli)</t>
+          <t>Müteferrika'nın İzinde</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>700</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786254080791</t>
+          <t>9786254081286</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Doğu ve Batı Arasında Bir Tatar Mollası</t>
+          <t>Osmanlı'dan Cumhuriyet'e Anayasa, Seçim ve Meclis Tecrübesi (1876-1923)</t>
         </is>
       </c>
       <c r="C1158" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786254080845</t>
+          <t>9786254081125</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Nesayimü'l-Mahabbe Min Şemayimü'l-Fütüvve - Yiğitlik Kokularından Sevgi Esintileri</t>
+          <t>Eyüplü Halid'in Maceraları</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786254081231</t>
+          <t>9786254081200</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther'in Istırapları (Ciltli)</t>
+          <t>Fatih - İstanbul Kapılarında ve Bizans Saraylarında</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786254081248</t>
+          <t>9786254081217</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary (Ciltli)</t>
+          <t>İstanbul'u Nasıl Aldık?</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786254080715</t>
+          <t>9786254081026</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Sözler</t>
+          <t>Sümer Kızı</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786254080739</t>
+          <t>9786254081323</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç'in Ölümü (Ciltli)</t>
+          <t>Parçadan Bütüne Peyami Safa Kitabı</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786254080746</t>
+          <t>9786254081187</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Aile Mutluluğu (Ciltli)</t>
+          <t>Fatih İstanbul’da</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786254081002</t>
+          <t>9786254081132</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Bunalımlara Çare Midir?</t>
+          <t>Fatih ve Fetih</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786254080753</t>
+          <t>9786254081057</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşının Kızı (Ciltli)</t>
+          <t>Gökkandil</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786254080760</t>
+          <t>9786254080920</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Baragan'ın Devedikenleri (Ciltli)</t>
+          <t>Gülzar-ı Hakikat (Ciltli)</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786254080975</t>
+          <t>9786254081019</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Ruh Adam (Ciltli)</t>
+          <t>İş Sağlığı ve Güvenliği Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>475</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786254080951</t>
+          <t>9786254080807</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Gece Kuşları</t>
+          <t>Parma Manastırı (Ciltli)</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>170</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786254080944</t>
+          <t>9786254080821</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Milli Cinayat Koleksiyonu</t>
+          <t>Safahat (Ciltli)</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786254080852</t>
+          <t>9786254080791</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Dağları'nın Eteğinde</t>
+          <t>Doğu ve Batı Arasında Bir Tatar Mollası</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786254080913</t>
+          <t>9786254080845</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Türk Mizah Ekolojisi</t>
+          <t>Nesayimü'l-Mahabbe Min Şemayimü'l-Fütüvve - Yiğitlik Kokularından Sevgi Esintileri</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786254080937</t>
+          <t>9786254081231</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Karamanlılar</t>
+          <t>Genç Werther'in Istırapları (Ciltli)</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786254080968</t>
+          <t>9786254081248</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Fakabasmaz Zihni'nin Sergüzeştleri</t>
+          <t>Madam Bovary (Ciltli)</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>230</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786254080890</t>
+          <t>9786254080715</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Adası'nda Bir Türk</t>
+          <t>Sahipsiz Sözler</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786254080883</t>
+          <t>9786254080739</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Batarya ile Ateş</t>
+          <t>İvan İlyiç'in Ölümü (Ciltli)</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786254080982</t>
+          <t>9786254080746</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Devlet ve Ekonomi 1</t>
+          <t>Aile Mutluluğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>780</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786254080722</t>
+          <t>9786254081002</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Eski İran Dinleri ve Şeytanın Doğuşu</t>
+          <t>Felsefe Bunalımlara Çare Midir?</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786254080708</t>
+          <t>9786254080753</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif Ersoy</t>
+          <t>Yüzbaşının Kızı (Ciltli)</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786254080647</t>
+          <t>9786254080760</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Mavi Gök</t>
+          <t>Baragan'ın Devedikenleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>420</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786254080654</t>
+          <t>9786254080975</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Enstitü</t>
+          <t>Ruh Adam (Ciltli)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786254080838</t>
+          <t>9786254080951</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Türk Temaşası</t>
+          <t>Gece Kuşları</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786254080876</t>
+          <t>9786254080944</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Malkoçoğlu</t>
+          <t>Milli Cinayat Koleksiyonu</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786254080814</t>
+          <t>9786254080852</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Soy Kütüğü</t>
+          <t>Tanrı Dağları'nın Eteğinde</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786254080777</t>
+          <t>9786254080913</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Sıfırdan Doruğa</t>
+          <t>Türk Mizah Ekolojisi</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786254080579</t>
+          <t>9786254080937</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İtalyan Harbi</t>
+          <t>Sorularla Karamanlılar</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786254080593</t>
+          <t>9786254080968</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Cimri (Ciltli)</t>
+          <t>Fakabasmaz Zihni'nin Sergüzeştleri</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786254080623</t>
+          <t>9786254080890</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Balıkçısı (Ciltli)</t>
+          <t>Şeytan Adası'nda Bir Türk</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786254080678</t>
+          <t>9786254080883</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa'nın Hatıraları</t>
+          <t>Batarya ile Ateş</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786254080685</t>
+          <t>9786254080982</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Kıvılcım</t>
+          <t>Osmanlı İmparatorluğu'nda Devlet ve Ekonomi 1</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>410</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786254080371</t>
+          <t>9786254080722</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Ekmeleddin İhsanoğlu’na Armağan (Ciltli)</t>
+          <t>Eski İran Dinleri ve Şeytanın Doğuşu</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>1500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786254080487</t>
+          <t>9786254080708</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Kim Uyur Kim Uyanık?</t>
+          <t>Mehmed Akif Ersoy</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786254080630</t>
+          <t>9786254080647</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Parerga ve Paralipomena Cilt 2</t>
+          <t>Mavi Gök</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>535</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786254080616</t>
+          <t>9786254080654</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Mektepten Memlekete Bir Şehir Estetiği Van</t>
+          <t>Enstitü</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786254080449</t>
+          <t>9786254080838</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Çerçici</t>
+          <t>Türk Temaşası</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>120</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786254080432</t>
+          <t>9786254080876</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Türklüğünün Muhafazası</t>
+          <t>Malkoçoğlu</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786051553764</t>
+          <t>9786254080814</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluğu Yıkan Örgüt - Nili</t>
+          <t>Türklerin Soy Kütüğü</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786051557472</t>
+          <t>9786254080777</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkçenin Sıklık Sözlüğü</t>
+          <t>Sıfırdan Doruğa</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786254080241</t>
+          <t>9786254080579</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan</t>
+          <t>Osmanlı İtalyan Harbi</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786254080692</t>
+          <t>9786254080593</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Tarihine Ait Takvimler</t>
+          <t>Cimri (Ciltli)</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786051559933</t>
+          <t>9786254080623</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Anonim Ortaklıklarda Malvarlığı (Ciltli)</t>
+          <t>İzlanda Balıkçısı (Ciltli)</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786254080364</t>
+          <t>9786254080678</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Hunları ve Avrupa Hun Türkçesi</t>
+          <t>Barbaros Hayreddin Paşa'nın Hatıraları</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786254080258</t>
+          <t>9786254080685</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Çekiç ile Örs Arasında Mehmed Akif Ersoy</t>
+          <t>Kıvılcım</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>375</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786254080111</t>
+          <t>9786254080371</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Ateş Bahçeleri</t>
+          <t>Ekmeleddin İhsanoğlu’na Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>140</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786051554785</t>
+          <t>9786254080487</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Batıni Siyah</t>
+          <t>Kim Uyur Kim Uyanık?</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786254080128</t>
+          <t>9786254080630</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Dağların Tanrısı</t>
+          <t>Parerga ve Paralipomena Cilt 2</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>190</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786254080173</t>
+          <t>9786254080616</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Selçuklu Asırları - Makaleler 2</t>
+          <t>Mektepten Memlekete Bir Şehir Estetiği Van</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>900</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786254080159</t>
+          <t>9786254080449</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Soneler</t>
+          <t>Çerçici</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786254080135</t>
+          <t>9786254080432</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Birçok Yolculuğun Tamamlanmamış Hikayesi</t>
+          <t>İstanbul Türklüğünün Muhafazası</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786254080142</t>
+          <t>9786051553764</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Abdülhamid’in Son Günlerinde İstanbul</t>
+          <t>İmparatorluğu Yıkan Örgüt - Nili</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786051553801</t>
+          <t>9786051557472</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ekonomisine Dair Konuşmalar</t>
+          <t>Çağdaş Türkçenin Sıklık Sözlüğü</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786254080210</t>
+          <t>9786254080241</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Geleceğe Türk Kültür Dünyası</t>
+          <t>Mimar Sinan</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786254080104</t>
+          <t>9786254080692</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Sultan Alaeddin Keykubat</t>
+          <t>Osmanlı Tarihine Ait Takvimler</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786051553795</t>
+          <t>9786051559933</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Estetik - Servet-i Fünun Yazıları 1</t>
+          <t>Anonim Ortaklıklarda Malvarlığı (Ciltli)</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>335</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786254080180</t>
+          <t>9786254080364</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Düğümlere Bitişik</t>
+          <t>Avrupa Hunları ve Avrupa Hun Türkçesi</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786254080067</t>
+          <t>9786254080258</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein Ya da Modern Prometheus (Ciltli)</t>
+          <t>Çekiç ile Örs Arasında Mehmed Akif Ersoy</t>
         </is>
       </c>
       <c r="C1216" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786254080012</t>
+          <t>9786254080111</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Yüzyılda Kalan Şehir</t>
+          <t>Ateş Bahçeleri</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786254080050</t>
+          <t>9786051554785</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Pan-Turanizm ve Kafkasya Meselesi</t>
+          <t>Batıni Siyah</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786051557557</t>
+          <t>9786254080128</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Metodu (Uzun Sap) ve Türk Halk Müziği Nazariyatı</t>
+          <t>İsimsiz Dağların Tanrısı</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786254080081</t>
+          <t>9786254080173</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Savunusu ya da Tarihçilik Mesleği</t>
+          <t>Türk Tarihinde Selçuklu Asırları - Makaleler 2</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>220</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786051554778</t>
+          <t>9786254080159</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Soneler</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>470</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786254080098</t>
+          <t>9786254080135</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Cihan Harbi'nin Eşiğinde Rusya'nın Doğu'daki Hedefleri</t>
+          <t>Birçok Yolculuğun Tamamlanmamış Hikayesi</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786254080074</t>
+          <t>9786254080142</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziği Solfej - 2</t>
+          <t>Abdülhamid’in Son Günlerinde İstanbul</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786051559919</t>
+          <t>9786051553801</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Erken Devir Türk Sanatı</t>
+          <t>Osmanlı Ekonomisine Dair Konuşmalar</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>790</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786051559926</t>
+          <t>9786254080210</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinin Ana Hatları</t>
+          <t>Gelenekten Geleceğe Türk Kültür Dünyası</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786051557892</t>
+          <t>9786254080104</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hakimiyetinde Hemedan</t>
+          <t>Sultan Alaeddin Keykubat</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786254080043</t>
+          <t>9786051553795</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Kazan Bulgar ve Tatar Tarihi</t>
+          <t>Estetik - Servet-i Fünun Yazıları 1</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>300</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786051559964</t>
+          <t>9786254080180</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Son Şehbender - Müftüoğlu Ahmet Hikmet</t>
+          <t>Düğümlere Bitişik</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786254080036</t>
+          <t>9786254080067</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Güneş Doğudan Batar</t>
+          <t>Frankenstein Ya da Modern Prometheus (Ciltli)</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786254080005</t>
+          <t>9786254080012</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Sancı</t>
+          <t>Yirminci Yüzyılda Kalan Şehir</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786051559902</t>
+          <t>9786254080050</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Cennet Diye Bir Yer</t>
+          <t>Pan-Turanizm ve Kafkasya Meselesi</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786051559728</t>
+          <t>9786051557557</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Hekimbaşı Abdülaziz Efendi’nin Güfte Mecmuasındaki Şarkılar</t>
+          <t>Bağlama Metodu (Uzun Sap) ve Türk Halk Müziği Nazariyatı</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786051559988</t>
+          <t>9786254080081</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Pis Sokağı</t>
+          <t>Tarihin Savunusu ya da Tarihçilik Mesleği</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786051559773</t>
+          <t>9786051554778</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Patron</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>160</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786051559803</t>
+          <t>9786254080098</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Zafer Gaye Değildir</t>
+          <t>Cihan Harbi'nin Eşiğinde Rusya'nın Doğu'daki Hedefleri</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786051559810</t>
+          <t>9786254080074</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Bir Ben Vardır Benden İçeri</t>
+          <t>Türk Halk Müziği Solfej - 2</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786051559971</t>
+          <t>9786051559919</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Hatırla</t>
+          <t>Erken Devir Türk Sanatı</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>220</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786051559889</t>
+          <t>9786051559926</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Bir Pencere İki Manzara</t>
+          <t>Türk Mitolojisinin Ana Hatları</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>980</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786051559896</t>
+          <t>9786051557892</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Paşalar ve Padişahlar 1421 - 1520</t>
+          <t>Osmanlı Hakimiyetinde Hemedan</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786051559940</t>
+          <t>9786254080043</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin Büyükleri Büyüklerin Sözleri</t>
+          <t>Kazan Bulgar ve Tatar Tarihi</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786051559742</t>
+          <t>9786051559964</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Son Şarkı</t>
+          <t>Son Şehbender - Müftüoğlu Ahmet Hikmet</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786051559735</t>
+          <t>9786254080036</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Kızlar ve Yıldızlar</t>
+          <t>Güneş Doğudan Batar</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786051559759</t>
+          <t>9786254080005</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Korkuyorum</t>
+          <t>Sancı</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>335</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786051559612</t>
+          <t>9786051559902</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Orta Türkçe Sözlük 11-16. Yüzyıllar</t>
+          <t>Cennet Diye Bir Yer</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>590</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786051559599</t>
+          <t>9786051559728</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Bilge Tonyukuk Yazıtı (Ciltli)</t>
+          <t>Hekimbaşı Abdülaziz Efendi’nin Güfte Mecmuasındaki Şarkılar</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786051559834</t>
+          <t>9786051559988</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Mitleri</t>
+          <t>Dünyanın En Pis Sokağı</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786051559704</t>
+          <t>9786051559773</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Anthropomorphus</t>
+          <t>Patron</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786051559711</t>
+          <t>9786051559803</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Çarpık Hüzünler Kantatı</t>
+          <t>Zafer Gaye Değildir</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786051559605</t>
+          <t>9786051559810</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Hızırname - Hikayat</t>
+          <t>Bir Ben Vardır Benden İçeri</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786051559636</t>
+          <t>9786051559971</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kalbi</t>
+          <t>Hatırla</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786051559841</t>
+          <t>9786051559889</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatan Kaybettiler</t>
+          <t>Bir Pencere İki Manzara</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>500</v>
+        <v>980</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786051559766</t>
+          <t>9786051559896</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Yüzlerce Çiçek Birden Açtı</t>
+          <t>Osmanlıda Paşalar ve Padişahlar 1421 - 1520</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786051559797</t>
+          <t>9786051559940</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Güneş ve Arslan</t>
+          <t>Sözlerin Büyükleri Büyüklerin Sözleri</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786051559827</t>
+          <t>9786051559742</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Akümülatörlü Radyo</t>
+          <t>Son Şarkı</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786051559780</t>
+          <t>9786051559735</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>İbiş'in Rüyası</t>
+          <t>Kızlar ve Yıldızlar</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786051559643</t>
+          <t>9786051559759</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Nemide</t>
+          <t>Korkuyorum</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>170</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786051559629</t>
+          <t>9786051559612</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Kırık Hayatlar</t>
+          <t>Orta Türkçe Sözlük 11-16. Yüzyıllar</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>210</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786051559650</t>
+          <t>9786051559599</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Bilge Tonyukuk Yazıtı (Ciltli)</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786051559698</t>
+          <t>9786051559834</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Folklor ve Sinema</t>
+          <t>Kötülüğün Mitleri</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>420</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786051559681</t>
+          <t>9786051559704</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Anthropomorphus</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786051559667</t>
+          <t>9786051559711</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Çarpık Hüzünler Kantatı</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786051559438</t>
+          <t>9786051559605</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Notre-Dame De Paris (Ciltli)</t>
+          <t>Hızırname - Hikayat</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>550</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786051559445</t>
+          <t>9786051559636</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş (Ciltli)</t>
+          <t>Kadın Kalbi</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786051559353</t>
+          <t>9786051559841</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Taaşuk-ı Tal'at ve Fitnat (Ciltli)</t>
+          <t>Bir Vatan Kaybettiler</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786051559551</t>
+          <t>9786051559766</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Modern Kahramanın Mitolojik Yolculuğu</t>
+          <t>Yüzlerce Çiçek Birden Açtı</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786051559537</t>
+          <t>9786051559797</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Moğollar ve Türkler</t>
+          <t>Güneş ve Arslan</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786051559513</t>
+          <t>9786051559827</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Arsene Lupini Elegeçmez Kadri’nin Sergüzeştleri</t>
+          <t>Akümülatörlü Radyo</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786051559483</t>
+          <t>9786051559780</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Bir Polis Hafiyesinin Harikulade Maceraları</t>
+          <t>İbiş'in Rüyası</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>225</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786051559506</t>
+          <t>9786051559643</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Vakalar Koleksiyonu</t>
+          <t>Nemide</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786051559490</t>
+          <t>9786051559629</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Konakta Ne Var?</t>
+          <t>Kırık Hayatlar</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786051559421</t>
+          <t>9786051559650</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yılkı Atları</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786051559544</t>
+          <t>9786051559698</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Hatırlamak Uzatıyor Ömrü</t>
+          <t>Folklor ve Sinema</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786051559582</t>
+          <t>9786051559681</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Şefi</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786051558325</t>
+          <t>9786051559667</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Dostlara Armağan</t>
+          <t>Kuyu</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786051559384</t>
+          <t>9786051559438</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Seni Anlatır</t>
+          <t>Notre-Dame De Paris (Ciltli)</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786051559377</t>
+          <t>9786051559445</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Arif Nihat Asya'nın Şiir Dünyası</t>
+          <t>Kör Baykuş (Ciltli)</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>520</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786051559346</t>
+          <t>9786051559353</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüleri</t>
+          <t>Taaşuk-ı Tal'at ve Fitnat (Ciltli)</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786051559360</t>
+          <t>9786051559551</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Bellek</t>
+          <t>Modern Kahramanın Mitolojik Yolculuğu</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786051559476</t>
+          <t>9786051559537</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>18-19 Yüzyıl Türkmen Şiiri Antolojisi</t>
+          <t>Moğollar ve Türkler</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786051559469</t>
+          <t>9786051559513</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Evden Uzakta</t>
+          <t>İstanbul'un Arsene Lupini Elegeçmez Kadri’nin Sergüzeştleri</t>
         </is>
       </c>
       <c r="C1280" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786051559209</t>
+          <t>9786051559483</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Türk Bozkır Kültürünün Doğuşu Andronovo Kültürü (Ciltli)</t>
+          <t>Bir Polis Hafiyesinin Harikulade Maceraları</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>850</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786051559391</t>
+          <t>9786051559506</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>En Meşhur Türk Pehlivanları</t>
+          <t>Kanlı Vakalar Koleksiyonu</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>650</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786051559414</t>
+          <t>9786051559490</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizden Hikayeler</t>
+          <t>Karanlık Konakta Ne Var?</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786051559407</t>
+          <t>9786051559421</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizden Hikayeler</t>
+          <t>İçimdeki Yılkı Atları</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786051559292</t>
+          <t>9786051559544</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Gülizarname</t>
+          <t>Hatırlamak Uzatıyor Ömrü</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786051559278</t>
+          <t>9786051559582</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Yakub Bey ve Kaşgar Hanlığı</t>
+          <t>Şefi</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786051559339</t>
+          <t>9786051558325</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>2. Mahmud'un Sanat Çevresi</t>
+          <t>Dostlara Armağan</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786051559308</t>
+          <t>9786051559384</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Sarayında Sanatçı Cariyeler</t>
+          <t>Seni Anlatır</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786051559322</t>
+          <t>9786051559377</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı'nda İngiliz Propagandası</t>
+          <t>Arif Nihat Asya'nın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>490</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786051559261</t>
+          <t>9786051559346</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Ay Han’ım</t>
+          <t>Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786051559247</t>
+          <t>9786051559360</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kültür Tarihi</t>
+          <t>Şiir ve Bellek</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>610</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786051559148</t>
+          <t>9786051559476</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Cedidizmden Bağımsızlığa Hariçte Türkistan Mücadelesi (Ciltli)</t>
+          <t>18-19 Yüzyıl Türkmen Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>890</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786051559254</t>
+          <t>9786051559469</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geceleri</t>
+          <t>Evden Uzakta</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786051559230</t>
+          <t>9786051559209</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Tabgaçlar</t>
+          <t>Türk Bozkır Kültürünün Doğuşu Andronovo Kültürü (Ciltli)</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>250</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786051559179</t>
+          <t>9786051559391</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Arslan Yürekli Richard (Ciltli)</t>
+          <t>En Meşhur Türk Pehlivanları</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786051559223</t>
+          <t>9786051559414</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Plevne Müdafaası</t>
+          <t>Tarihimizden Hikayeler</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786051559216</t>
+          <t>9786051559407</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Çağları</t>
+          <t>Tarihimizden Hikayeler</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786051559162</t>
+          <t>9786051559292</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Türk Dışişleri Teşkilatının Gelişimi: Hariciye Nezareti</t>
+          <t>Gülizarname</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>525</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786051559100</t>
+          <t>9786051559278</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Resulzade Seçme Eserler 2</t>
+          <t>Yakub Bey ve Kaşgar Hanlığı</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>490</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786051559094</t>
+          <t>9786051559339</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Emin Resulzade Seçme Eserler 1</t>
+          <t>2. Mahmud'un Sanat Çevresi</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786051559186</t>
+          <t>9786051559308</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Fetih ve İslamlaşma Tarihi</t>
+          <t>Osmanlı Sarayında Sanatçı Cariyeler</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786051559193</t>
+          <t>9786051559322</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Memlüklerde Divanü’l Mezalim (1250 - 1517)</t>
+          <t>Birinci Dünya Savaşı'nda İngiliz Propagandası</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>320</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786051559155</t>
+          <t>9786051559261</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Kolca Kopuzdan Kılca Kaleme</t>
+          <t>Ay Han’ım</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786051558813</t>
+          <t>9786051559247</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Tanin Yazıları (2 Kitap Takım)</t>
+          <t>Türk Dünyası Kültür Tarihi</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>1750</v>
+        <v>610</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786051559124</t>
+          <t>9786051559148</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Müseyyeb Gazi Destanı</t>
+          <t>Cedidizmden Bağımsızlığa Hariçte Türkistan Mücadelesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>210</v>
+        <v>890</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786051559117</t>
+          <t>9786051559254</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Kam Ana - Udagan’ın Yolu</t>
+          <t>Ramazan Geceleri</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786051559131</t>
+          <t>9786051559230</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Nesimi - Dosdoğru Yol</t>
+          <t>Tabgaçlar</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786051559025</t>
+          <t>9786051559179</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Ortak Alfabe</t>
+          <t>Selahaddin Eyyubi ve Arslan Yürekli Richard (Ciltli)</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786051559056</t>
+          <t>9786051559223</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Ahlakın Felsefi Dönüşümü</t>
+          <t>Plevne Müdafaası</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786051558981</t>
+          <t>9786051559216</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Sibir Hanlığı Kronikleri 3</t>
+          <t>Türk Tarihinin Çağları</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786051558967</t>
+          <t>9786051559162</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Sibir Hanlığı Kronikleri 1</t>
+          <t>Türk Dışişleri Teşkilatının Gelişimi: Hariciye Nezareti</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>150</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786051558974</t>
+          <t>9786051559100</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Sibir Hanlığı Kronikleri 2</t>
+          <t>Mehmet Emin Resulzade Seçme Eserler 2</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786051558844</t>
+          <t>9786051559094</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ’da Türkler, Moğollar, İranlılar</t>
+          <t>Mehmet Emin Resulzade Seçme Eserler 1</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>725</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786051559032</t>
+          <t>9786051559186</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Macarlar</t>
+          <t>Anadolu’nun Fetih ve İslamlaşma Tarihi</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786051559018</t>
+          <t>9786051559193</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt 1071</t>
+          <t>Memlüklerde Divanü’l Mezalim (1250 - 1517)</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786051559070</t>
+          <t>9786051559155</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Recai Sultan Aziz'in Mücevherleri</t>
+          <t>Kolca Kopuzdan Kılca Kaleme</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>200</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786051559049</t>
+          <t>9786051558813</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Ayak Parmakları</t>
+          <t>Tanin Yazıları (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>270</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786051558912</t>
+          <t>9786051559124</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı'nın Poetikasına Giriş</t>
+          <t>Müseyyeb Gazi Destanı</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786051558998</t>
+          <t>9786051559117</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Çaşıt</t>
+          <t>Kam Ana - Udagan’ın Yolu</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786051558936</t>
+          <t>9786051559131</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Sevda</t>
+          <t>Seyyid Nesimi - Dosdoğru Yol</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>155</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786051558752</t>
+          <t>9786051559025</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan-Türkiye Stratejik Ortaklığı</t>
+          <t>Türk Dünyasında Ortak Alfabe</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786051558790</t>
+          <t>9786051559056</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Recai - Arsen Lüpen İstanbul'da</t>
+          <t>Ahlakın Felsefi Dönüşümü</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786051558943</t>
+          <t>9786051558981</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları - Dede Korkut ve Yağmur Taşı</t>
+          <t>Sibir Hanlığı Kronikleri 3</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786051558929</t>
+          <t>9786051558967</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>İmam Maturidi</t>
+          <t>Sibir Hanlığı Kronikleri 1</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786051559001</t>
+          <t>9786051558974</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Korkut Ata - Türk Dünyasının Velayet Sahibi Bilgesi</t>
+          <t>Sibir Hanlığı Kronikleri 2</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786051558905</t>
+          <t>9786051558844</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Hudayinabit</t>
+          <t>Ortaçağ’da Türkler, Moğollar, İranlılar</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>170</v>
+        <v>725</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786051558899</t>
+          <t>9786051559032</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Şiirler Çağla</t>
+          <t>Macarlar</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786051558882</t>
+          <t>9786051559018</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Destanı'nın Türkmenistan Boyları (Ciltli)</t>
+          <t>Malazgirt 1071</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>475</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786051558868</t>
+          <t>9786051559070</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafta Çirkin Çıkan</t>
+          <t>Cingöz Recai Sultan Aziz'in Mücevherleri</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786051558721</t>
+          <t>9786051559049</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Tepegöz Oedipus Bodoncar</t>
+          <t>Aşk ve Ayak Parmakları</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786051558851</t>
+          <t>9786051558912</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Geyikli'nin Sarmaşıkları</t>
+          <t>Dede Korkut Kitabı'nın Poetikasına Giriş</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786051558875</t>
+          <t>9786051558998</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Gök Deyişler Al Betikler</t>
+          <t>Çaşıt</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786051558783</t>
+          <t>9786051558936</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Mardin’den Ahmed Güner Sayar’a Mektuplar</t>
+          <t>Bir Başka Sevda</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>250</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786051558714</t>
+          <t>9786051558752</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Araştırmaları Abide Şahsiyetler İlmi Münakaşalar - Makaleler 1</t>
+          <t>Azerbaycan-Türkiye Stratejik Ortaklığı</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>840</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786051558738</t>
+          <t>9786051558790</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Jack London’dan Seçme Hikayeler (Ciltli)</t>
+          <t>Cingöz Recai - Arsen Lüpen İstanbul'da</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786051558677</t>
+          <t>9786051558943</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna (Ciltli)</t>
+          <t>Zaman Yolcuları - Dede Korkut ve Yağmur Taşı</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786051558615</t>
+          <t>9786051558929</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>İngiliz ve Amerikan Edebiyatından Seçme Öyküler (Ciltli)</t>
+          <t>İmam Maturidi</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786051558608</t>
+          <t>9786051559001</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Ritüsamhara / Mevsimler Geçidi - Meghatüda / Haberci Bulut (Ciltli)</t>
+          <t>Korkut Ata - Türk Dünyasının Velayet Sahibi Bilgesi</t>
         </is>
       </c>
       <c r="C1338" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786051558646</t>
+          <t>9786051558905</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Masal (Ciltli)</t>
+          <t>Hudayinabit</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786051558806</t>
+          <t>9786051558899</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizden Hikayeler (Ciltli)</t>
+          <t>Şiirler Çağla</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786051558776</t>
+          <t>9786051558882</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Hikayeleri</t>
+          <t>Dede Korkut Destanı'nın Türkmenistan Boyları (Ciltli)</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>190</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786051558769</t>
+          <t>9786051558868</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Ellerim Neden Siyah?</t>
+          <t>Fotoğrafta Çirkin Çıkan</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786051558653</t>
+          <t>9786051558721</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Fransa'da İlk Daimi Türk Elçisi - Moralı Esseyit Ali Efendi (1797 - 1802)</t>
+          <t>Tepegöz Oedipus Bodoncar</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786051558561</t>
+          <t>9786051558851</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Nevzat Kösoğlu Armağanı</t>
+          <t>Geyikli'nin Sarmaşıkları</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786051558578</t>
+          <t>9786051558875</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Özbekistan'da Ulus Kimlik - Dış Politika İlişkisi</t>
+          <t>Gök Deyişler Al Betikler</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786051558585</t>
+          <t>9786051558783</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku (Ciltli)</t>
+          <t>Yusuf Mardin’den Ahmed Güner Sayar’a Mektuplar</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786051558660</t>
+          <t>9786051558714</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Delilikle Öpüşmek</t>
+          <t>Türk Tarihi Araştırmaları Abide Şahsiyetler İlmi Münakaşalar - Makaleler 1</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>230</v>
+        <v>840</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786051558547</t>
+          <t>9786051558738</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Deryalar Sultanı</t>
+          <t>Jack London’dan Seçme Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>460</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786051558639</t>
+          <t>9786051558677</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Allo... Allo... Yetişiniz! - Cingöz Recai</t>
+          <t>Pollyanna (Ciltli)</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786051558622</t>
+          <t>9786051558615</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluklar Çağına Veda</t>
+          <t>İngiliz ve Amerikan Edebiyatından Seçme Öyküler (Ciltli)</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786051558592</t>
+          <t>9786051558608</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Pak Türk'ün Karısı Maria</t>
+          <t>Ritüsamhara / Mevsimler Geçidi - Meghatüda / Haberci Bulut (Ciltli)</t>
         </is>
       </c>
       <c r="C1351" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786051558530</t>
+          <t>9786051558646</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Temirkut 5 - Atilla'nın Buyruğu (Ciltli)</t>
+          <t>Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786051558523</t>
+          <t>9786051558806</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Temirkut 4 - Balamir Han’ın Okları (Ciltli)</t>
+          <t>Tarihimizden Hikayeler (Ciltli)</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786051558509</t>
+          <t>9786051558776</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Temirkut 3 - Mete Han ve Kut Kılıcı (Ciltli)</t>
+          <t>Bozkır Hikayeleri</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786051558493</t>
+          <t>9786051558769</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Temirkut 2 - Oğuz Kağan'ın Yolu (Ciltli)</t>
+          <t>Ellerim Neden Siyah?</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786051558448</t>
+          <t>9786051558653</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Sesler Odası</t>
+          <t>Fransa'da İlk Daimi Türk Elçisi - Moralı Esseyit Ali Efendi (1797 - 1802)</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786051558486</t>
+          <t>9786051558561</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Tam Yol Yönetim</t>
+          <t>Nevzat Kösoğlu Armağanı</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786051558431</t>
+          <t>9786051558578</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Nevayi</t>
+          <t>Özbekistan'da Ulus Kimlik - Dış Politika İlişkisi</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786051558196</t>
+          <t>9786051558585</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Darü’l-Elhan Külliyatı (Ciltli)</t>
+          <t>Anayasa Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>600</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786051558400</t>
+          <t>9786051558660</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba (Ciltli)</t>
+          <t>Delilikle Öpüşmek</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786051558127</t>
+          <t>9786051558547</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Mağcan Cumabayoğlu'nun Şiirleri</t>
+          <t>Deryalar Sultanı</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>210</v>
+        <v>460</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786051558455</t>
+          <t>9786051558639</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Parerga ve Paralipomena Cilt 1</t>
+          <t>Allo... Allo... Yetişiniz! - Cingöz Recai</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>425</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786051558479</t>
+          <t>9786051558622</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Genç Kalemler ve Türk Yurdu Yazıları</t>
+          <t>İmparatorluklar Çağına Veda</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786051558394</t>
+          <t>9786051558592</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Coğrafyası</t>
+          <t>Pak Türk'ün Karısı Maria</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>400</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786051558424</t>
+          <t>9786051558530</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Semud'un Torunları</t>
+          <t>Temirkut 5 - Atilla'nın Buyruğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786051558462</t>
+          <t>9786051558523</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Temirkut 4 - Balamir Han’ın Okları (Ciltli)</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786051558356</t>
+          <t>9786051558509</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Uçurumun Kenarında</t>
+          <t>Temirkut 3 - Mete Han ve Kut Kılıcı (Ciltli)</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>315</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786051558370</t>
+          <t>9786051558493</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Tahakküm</t>
+          <t>Temirkut 2 - Oğuz Kağan'ın Yolu (Ciltli)</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786051558387</t>
+          <t>9786051558448</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Tamgalar</t>
+          <t>Unutulmuş Sesler Odası</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786051558202</t>
+          <t>9786051558486</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Düşünen Türkçe</t>
+          <t>Tam Yol Yönetim</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786051558417</t>
+          <t>9786051558431</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Mitolojileri</t>
+          <t>Nevayi</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786051558332</t>
+          <t>9786051558196</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Ofisi</t>
+          <t>Darü’l-Elhan Külliyatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786051558363</t>
+          <t>9786051558400</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Kök</t>
+          <t>Goriot Baba (Ciltli)</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786051558226</t>
+          <t>9786051558127</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Otağ ve Yazgı</t>
+          <t>Mağcan Cumabayoğlu'nun Şiirleri</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786051558301</t>
+          <t>9786051558455</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Zıpçıktılar</t>
+          <t>Parerga ve Paralipomena Cilt 1</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786051558295</t>
+          <t>9786051558479</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Merih’te</t>
+          <t>Genç Kalemler ve Türk Yurdu Yazıları</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786051558271</t>
+          <t>9786051558394</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Eski Liman</t>
+          <t>Türk Kültür Coğrafyası</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786051558219</t>
+          <t>9786051558424</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Kurt</t>
+          <t>Semud'un Torunları</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786051558264</t>
+          <t>9786051558462</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>İslam Mecmuası ve Muallim Mecmuası Yazıları</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786051558233</t>
+          <t>9786051558356</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Lacivert Sürgün</t>
+          <t>Uçurumun Kenarında</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>150</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786051558257</t>
+          <t>9786051558370</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Göğsümde Mahşer</t>
+          <t>Tahakküm</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786051558318</t>
+          <t>9786051558387</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Evren Yaratılış ve Köken Mitleri</t>
+          <t>Tamgalar</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786051558349</t>
+          <t>9786051558202</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Ahlakta Evrensellik ve Değişme</t>
+          <t>Düşünen Türkçe</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786051558288</t>
+          <t>9786051558417</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Berceste Beyitler 2</t>
+          <t>Kıyamet Mitolojileri</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786051558028</t>
+          <t>9786051558332</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Güncesi</t>
+          <t>Vatandaşlık Ofisi</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786051558103</t>
+          <t>9786051558363</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Polis Hafiyesi Kartal İhsan’ın Maceraları</t>
+          <t>Kök</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786051558097</t>
+          <t>9786051558226</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Çekirge Zehra'nın Harikaları</t>
+          <t>Otağ ve Yazgı</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786051558110</t>
+          <t>9786051558301</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Tilki Leman'ın Harikulade Maceraları</t>
+          <t>Zıpçıktılar</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786051558158</t>
+          <t>9786051558295</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerinin Aynasında Schiller ve Goethe (Ciltli)</t>
+          <t>Cingöz Merih’te</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>700</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786051558172</t>
+          <t>9786051558271</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Kerkük'ten Derlenen Olay Türküleri</t>
+          <t>Eski Liman</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786051558189</t>
+          <t>9786051558219</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Destanı (Ciltli)</t>
+          <t>Kardeşim Kurt</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>675</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786051558141</t>
+          <t>9786051558264</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Kavgalarım</t>
+          <t>İslam Mecmuası ve Muallim Mecmuası Yazıları</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>325</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786051558165</t>
+          <t>9786051558233</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Halk Anlatılarının Yeniden Yazımı Sürecinde Tepegöz (1923-2018)</t>
+          <t>Lacivert Sürgün</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786051558042</t>
+          <t>9786051558257</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Derdimize Çare Bir Çiçek</t>
+          <t>Göğsümde Mahşer</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786051558035</t>
+          <t>9786051558318</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sırlar Dükkanı</t>
+          <t>Evren Yaratılış ve Köken Mitleri</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786051558080</t>
+          <t>9786051558349</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Soylamalar ve 13. Boy - Salur Kazan'ın Yedi Başlı Ejderhayı Öldürmesi</t>
+          <t>Ahlakta Evrensellik ve Değişme</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>590</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786051558004</t>
+          <t>9786051558288</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi ve Savaş</t>
+          <t>Berceste Beyitler 2</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>375</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786051558011</t>
+          <t>9786051558028</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Kendine Vurgun Divaneler</t>
+          <t>Türk Dünyası Güncesi</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786051557991</t>
+          <t>9786051558103</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Kral Faruk'un Elmasları Peşinde - Cingöz Recai</t>
+          <t>Polis Hafiyesi Kartal İhsan’ın Maceraları</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>325</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786051557960</t>
+          <t>9786051558097</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Dağılmış Dağ</t>
+          <t>Çekirge Zehra'nın Harikaları</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786051557953</t>
+          <t>9786051558110</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Köl Tigin Ünlemesi</t>
+          <t>Tilki Leman'ın Harikulade Maceraları</t>
         </is>
       </c>
       <c r="C1401" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786051557977</t>
+          <t>9786051558158</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Ziya Gökalp</t>
+          <t>Şiirlerinin Aynasında Schiller ve Goethe (Ciltli)</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786051557984</t>
+          <t>9786051558172</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Küçük Türk Tarihi</t>
+          <t>Kerkük'ten Derlenen Olay Türküleri</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786051557939</t>
+          <t>9786051558189</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Savaşan Şehir</t>
+          <t>Dede Korkut Destanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>390</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786051557878</t>
+          <t>9786051558141</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Tanıdıklarım</t>
+          <t>Kavgalarım</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786051550060</t>
+          <t>9786051558165</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarih Düşüncesi</t>
+          <t>Halk Anlatılarının Yeniden Yazımı Sürecinde Tepegöz (1923-2018)</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>315</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786051557762</t>
+          <t>9786051558042</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Atsız Hikayeler</t>
+          <t>Derdimize Çare Bir Çiçek</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786051557885</t>
+          <t>9786051558035</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Ferhat ile Şirin - Mukayeseli Bir Araştırma</t>
+          <t>Küçük Sırlar Dükkanı</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786051557830</t>
+          <t>9786051558080</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kültürü 2</t>
+          <t>Soylamalar ve 13. Boy - Salur Kazan'ın Yedi Başlı Ejderhayı Öldürmesi</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>350</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786051557861</t>
+          <t>9786051558004</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Piri Reis'in Gemileri (Ciltli)</t>
+          <t>Diplomasi ve Savaş</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>750</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786051557847</t>
+          <t>9786051558011</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Damolla Alimcan el Barudi Tercüme-i Hali</t>
+          <t>Kendine Vurgun Divaneler</t>
         </is>
       </c>
       <c r="C1411" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786051557854</t>
+          <t>9786051557991</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes'e Karşı Cingöz Recai - Cingöz Recai</t>
+          <t>Kral Faruk'un Elmasları Peşinde - Cingöz Recai</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786051557809</t>
+          <t>9786051557960</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Yabancıların Tasviri</t>
+          <t>Dağılmış Dağ</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786051557816</t>
+          <t>9786051557953</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Türkler ve Müslümanlık</t>
+          <t>Köl Tigin Ünlemesi</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786051557779</t>
+          <t>9786051557977</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Türk Demokrasisinin Sıfır Noktası</t>
+          <t>Türk Düşüncesinde Ziya Gökalp</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786051557793</t>
+          <t>9786051557984</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'ye Yürüyüş</t>
+          <t>Küçük Türk Tarihi</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786051557700</t>
+          <t>9786051557939</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Türk Şaman Metinleri</t>
+          <t>Savaşan Şehir</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786051557731</t>
+          <t>9786051557878</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>İdil Bulgarları ve İslamiyet</t>
+          <t>Tanıdıklarım</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786051557663</t>
+          <t>9786051550060</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Hikaye Edilişi (Ciltli)</t>
+          <t>Türk Tarih Düşüncesi</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>500</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786051557748</t>
+          <t>9786051557762</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Abdülcemil Kırımoğlu</t>
+          <t>Atsız Hikayeler</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786051557694</t>
+          <t>9786051557885</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Zamanımız Avrupa Siyasi Tarihi</t>
+          <t>Ferhat ile Şirin - Mukayeseli Bir Araştırma</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>820</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786051557717</t>
+          <t>9786051557830</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Amanvermez Avni</t>
+          <t>Türk Dünyası Kültürü 2</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786051557670</t>
+          <t>9786051557861</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizmden Türkçülüğe Kazanlı Ayaz İshaki</t>
+          <t>Piri Reis'in Gemileri (Ciltli)</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>325</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786051557724</t>
+          <t>9786051557847</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Sağdan Üçüncü Söğüt - Cingöz Recai</t>
+          <t>Damolla Alimcan el Barudi Tercüme-i Hali</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786051557687</t>
+          <t>9786051557854</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Fazilet'in Tımarhanesinde Sekizinci Senfoni</t>
+          <t>Sherlock Holmes'e Karşı Cingöz Recai - Cingöz Recai</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786051557656</t>
+          <t>9786051557809</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Çivit Mavisi</t>
+          <t>Yabancıların Tasviri</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786051552101</t>
+          <t>9786051557816</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Atilla'nın Kamçısı</t>
+          <t>Türkler ve Müslümanlık</t>
         </is>
       </c>
       <c r="C1427" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786051557632</t>
+          <t>9786051557779</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Mesele</t>
+          <t>Türk Demokrasisinin Sıfır Noktası</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786051557649</t>
+          <t>9786051557793</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Recai-Civa Necati'nin Harikalı Sergüzeştleri</t>
+          <t>Çanakkale'ye Yürüyüş</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>310</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786051557588</t>
+          <t>9786051557700</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Milliyet Nazariyeleri ve Milli Hayat</t>
+          <t>Türk Şaman Metinleri</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786051557618</t>
+          <t>9786051557731</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Yüzyıllık Defter</t>
+          <t>İdil Bulgarları ve İslamiyet</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786051557571</t>
+          <t>9786051557663</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Rus Dışişleri Arşivi’nin Gizli Belgelerinde Osmanlı’nın Cihan Harbi’ne Girişi</t>
+          <t>Dünyanın Hikaye Edilişi (Ciltli)</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786051557540</t>
+          <t>9786051557748</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Bedevilik ile Uygarlık Ayrımında Hangi İslam?</t>
+          <t>Mustafa Abdülcemil Kırımoğlu</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786051557601</t>
+          <t>9786051557694</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Tepegözü</t>
+          <t>Zamanımız Avrupa Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>240</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786051557298</t>
+          <t>9786051557717</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Bahçesaray Çeşmesi (Ciltli)</t>
+          <t>Amanvermez Avni</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786051557274</t>
+          <t>9786051557670</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Susamışlardı (Ciltli)</t>
+          <t>Sosyalizmden Türkçülüğe Kazanlı Ayaz İshaki</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786051557120</t>
+          <t>9786051557724</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kediyim (Ciltli)</t>
+          <t>Sağdan Üçüncü Söğüt - Cingöz Recai</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786051557281</t>
+          <t>9786051557687</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid: Sanatkar ve Sanat Hamisi Bir Sultan (Ciltli)</t>
+          <t>Fazilet'in Tımarhanesinde Sekizinci Senfoni</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>850</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786051557496</t>
+          <t>9786051557656</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim Çiçek Adları Gibi</t>
+          <t>Çivit Mavisi</t>
         </is>
       </c>
       <c r="C1439" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786051557434</t>
+          <t>9786051552101</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Büyük Harpte Türk Harbi (3 Cilt Takım) (Ciltli)</t>
+          <t>Atilla'nın Kamçısı</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>1200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786051557489</t>
+          <t>9786051557632</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Şiir, Şair ve Peygamber'e Dair</t>
+          <t>Mesele</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786051557397</t>
+          <t>9786051557649</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma - Oğulla Buluşma</t>
+          <t>Cingöz Recai-Civa Necati'nin Harikalı Sergüzeştleri</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>45</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786051557359</t>
+          <t>9786051557588</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Gaziler Çağı</t>
+          <t>Milliyet Nazariyeleri ve Milli Hayat</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>290</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786051557427</t>
+          <t>9786051557618</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Cingöz'ün Esrarı</t>
+          <t>Yüzyıllık Defter</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786051557380</t>
+          <t>9786051557571</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Deve Gözü</t>
+          <t>Rus Dışişleri Arşivi’nin Gizli Belgelerinde Osmanlı’nın Cihan Harbi’ne Girişi</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>55</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786051557403</t>
+          <t>9786051557540</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Yüzyüze</t>
+          <t>Bedevilik ile Uygarlık Ayrımında Hangi İslam?</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>55</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786051557236</t>
+          <t>9786051557601</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Türk Mektupları</t>
+          <t>Oğuz Tepegözü</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786051557373</t>
+          <t>9786051557298</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kıyısında Koşan Ala Köpek</t>
+          <t>Bahçesaray Çeşmesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>70</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786051557410</t>
+          <t>9786051557274</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Sesli Manasçı - Asker Çocuğu - Beyaz Yağmur</t>
+          <t>Tanrılar Susamışlardı (Ciltli)</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>45</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786051557328</t>
+          <t>9786051557120</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Berceste Beyitler 1</t>
+          <t>Ben Bir Kediyim (Ciltli)</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786051557311</t>
+          <t>9786051557281</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Gayrimüslimlerin Yönetimi</t>
+          <t>2. Abdülhamid: Sanatkar ve Sanat Hamisi Bir Sultan (Ciltli)</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>490</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786051557243</t>
+          <t>9786051557496</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Recai Kibar Serseri</t>
+          <t>Sevdiğim Çiçek Adları Gibi</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>310</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786051556864</t>
+          <t>9786051557434</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Müverrih Leon Cahun ve Muallim Barthold’a Göre Cengiz Han</t>
+          <t>Büyük Harpte Türk Harbi (3 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>190</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786051557250</t>
+          <t>9786051557489</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Cingöz Recai'nin Harikulade Sergüzeştleri</t>
+          <t>Şiir, Şair ve Peygamber'e Dair</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786051557342</t>
+          <t>9786051557397</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltık'ın Makamları - Balkanlar'da İlk Müslüman Türk İskanının Öncüsü</t>
+          <t>Kızıl Elma - Oğulla Buluşma</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786051557304</t>
+          <t>9786051557359</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Turan Duası</t>
+          <t>Gaziler Çağı</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786051557229</t>
+          <t>9786051557427</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Bulgarlar</t>
+          <t>Cingöz'ün Esrarı</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>290</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786051557267</t>
+          <t>9786051557380</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Bedreddin</t>
+          <t>Deve Gözü</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>490</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786051557199</t>
+          <t>9786051557403</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Hatırla Beni</t>
+          <t>Yüzyüze</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>380</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786051556581</t>
+          <t>9786051557236</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Türklüğün Binlerce Yıllık Anayasası: Oğuz Kağan Töresi</t>
+          <t>Türk Mektupları</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786051557168</t>
+          <t>9786051557373</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Tarık Buğra (Ciltli)</t>
+          <t>Deniz Kıyısında Koşan Ala Köpek</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>800</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786051557175</t>
+          <t>9786051557410</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Yolları Taştan</t>
+          <t>Yıldırım Sesli Manasçı - Asker Çocuğu - Beyaz Yağmur</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>315</v>
+        <v>45</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786051557014</t>
+          <t>9786051557328</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>İktidardaki Muhalif Prof. Dr. Osman Turan (Ciltli)</t>
+          <t>Berceste Beyitler 1</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>675</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786051557182</t>
+          <t>9786051557311</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Oğuzların Dili</t>
+          <t>Türkiye'de Gayrimüslimlerin Yönetimi</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>465</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786051557151</t>
+          <t>9786051557243</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Yeni Mecmua Yazıları</t>
+          <t>Cingöz Recai Kibar Serseri</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>690</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786051557137</t>
+          <t>9786051556864</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Kapıdaki Yüzler</t>
+          <t>Müverrih Leon Cahun ve Muallim Barthold’a Göre Cengiz Han</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786051557144</t>
+          <t>9786051557250</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı Duran Şair</t>
+          <t>Cingöz Recai'nin Harikulade Sergüzeştleri</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786051556987</t>
+          <t>9786051557342</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Taşı Yenen Adam</t>
+          <t>Sarı Saltık'ın Makamları - Balkanlar'da İlk Müslüman Türk İskanının Öncüsü</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786051557083</t>
+          <t>9786051557304</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Mizah Penceresinden Yunanistan'da Halk, Savaş ve Siyaset</t>
+          <t>Turan Duası</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786051557090</t>
+          <t>9786051557229</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Bulgarlar</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786051557052</t>
+          <t>9786051557267</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Danişmend Gazi Destanı</t>
+          <t>Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>380</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786051556970</t>
+          <t>9786051557199</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Kar ve Düğüm</t>
+          <t>Hatırla Beni</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786051557007</t>
+          <t>9786051556581</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber'den Günümüze Kadar İslam Tarihi (Ciltli)</t>
+          <t>Türklüğün Binlerce Yıllık Anayasası: Oğuz Kağan Töresi</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>1130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786051556963</t>
+          <t>9786051557168</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Din Politikaları ve Din - Siyaset İlişkisi</t>
+          <t>Tarık Buğra (Ciltli)</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>290</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786051556956</t>
+          <t>9786051557175</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Darağacında Sallanan Bayraklar</t>
+          <t>Edebiyatın Yolları Taştan</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>140</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786051556727</t>
+          <t>9786051557014</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Yaşamayı Bilme Sanatı Görgü</t>
+          <t>İktidardaki Muhalif Prof. Dr. Osman Turan (Ciltli)</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>375</v>
+        <v>675</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786051556833</t>
+          <t>9786051557182</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Tevarih-i Cedid-i Mir'at-ı Cihan</t>
+          <t>Oğuzların Dili</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>200</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786051556550</t>
+          <t>9786051557151</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nin Dağılma Devri</t>
+          <t>Yeni Mecmua Yazıları</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>290</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786051556994</t>
+          <t>9786051557137</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mecmua Yazıları</t>
+          <t>Kapıdaki Yüzler</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>625</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786051556819</t>
+          <t>9786051557144</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray'in Portresi (Ciltli)</t>
+          <t>Rüzgara Karşı Duran Şair</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786051556840</t>
+          <t>9786051556987</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Ciltli)</t>
+          <t>Taşı Yenen Adam</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786051556703</t>
+          <t>9786051557083</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği (Ciltli)</t>
+          <t>Mizah Penceresinden Yunanistan'da Halk, Savaş ve Siyaset</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786051556918</t>
+          <t>9786051557090</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Mektuplar - Nesip Yusufbeyli'den Şefika Gaspıralı'ya</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786051556826</t>
+          <t>9786051557052</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Deli ve Delilik</t>
+          <t>Danişmend Gazi Destanı</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786051556796</t>
+          <t>9786051556970</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Kültürel Akıl, İçtihat ve Siyaset</t>
+          <t>Kar ve Düğüm</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>520</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786051556932</t>
+          <t>9786051557007</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Hasreti</t>
+          <t>Hz. Peygamber'den Günümüze Kadar İslam Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>450</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786051556895</t>
+          <t>9786051556963</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Sürgün, İntihal ve İntihar</t>
+          <t>Türkiye'de Din Politikaları ve Din - Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C1487" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786051556888</t>
+          <t>9786051556956</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Yasak - Cengiz Han Yasası ve Moğol Devletleri Tarihinde Yaşadığı Değişim</t>
+          <t>Darağacında Sallanan Bayraklar</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786051556901</t>
+          <t>9786051556727</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Türk Milli Destanı - Oğuzlama</t>
+          <t>Yaşamayı Bilme Sanatı Görgü</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>520</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786051556543</t>
+          <t>9786051556833</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Kupa Kızını As</t>
+          <t>Tevarih-i Cedid-i Mir'at-ı Cihan</t>
         </is>
       </c>
       <c r="C1490" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786051556697</t>
+          <t>9786051556550</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Hunların Hayatı</t>
+          <t>Osmanlı Devleti'nin Dağılma Devri</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786051556925</t>
+          <t>9786051556994</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğe Karşı Haçlı Seferi ve Çektiklerimiz</t>
+          <t>Küçük Mecmua Yazıları</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>375</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786051556680</t>
+          <t>9786051556819</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Bismarck</t>
+          <t>Dorian Gray'in Portresi (Ciltli)</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786051552859</t>
+          <t>9786051556840</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Bektaşilik ve Edebiyatı</t>
+          <t>Pinokyo (Ciltli)</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786051556734</t>
+          <t>9786051556703</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Kaleme Karşı</t>
+          <t>Karanlığın Yüreği (Ciltli)</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786051556475</t>
+          <t>9786051556918</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Hunların, Türklerin, Moğolların ve Daha Sair Batı Tatarlarının Tarih-i Umumisi (Ciltli)</t>
+          <t>Mektuplar - Nesip Yusufbeyli'den Şefika Gaspıralı'ya</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>2900</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786051555423</t>
+          <t>9786051556826</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Mahşeri</t>
+          <t>Türk Kültüründe Deli ve Delilik</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9789754374148</t>
+          <t>9786051556796</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 6 (Ciltli)</t>
+          <t>Türk Milliyetçiliği Kültürel Akıl, İçtihat ve Siyaset</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9789754374131</t>
+          <t>9786051556932</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 5 (Ciltli)</t>
+          <t>İstiklal Hasreti</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9789754374124</t>
+          <t>9786051556895</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 4 (Ciltli)</t>
+          <t>Sürgün, İntihal ve İntihar</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9789754374117</t>
+          <t>9786051556888</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 3 (Ciltli)</t>
+          <t>Yasak - Cengiz Han Yasası ve Moğol Devletleri Tarihinde Yaşadığı Değişim</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9789754374100</t>
+          <t>9786051556901</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 2 (Ciltli)</t>
+          <t>Türk Milli Destanı - Oğuzlama</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9789754374513</t>
+          <t>9786051556543</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Sahih-i Buhari ve Tercemesi Cilt 14 (Ciltli)</t>
+          <t>Kupa Kızını As</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9789754374216</t>
+          <t>9786051556697</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Büyük Türk Klasikleri Cilt 13 (Ciltli)</t>
+          <t>Hunların Hayatı</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786051556673</t>
+          <t>9786051556925</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Talat Paşa</t>
+          <t>Türkçülüğe Karşı Haçlı Seferi ve Çektiklerimiz</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786051556628</t>
+          <t>9786051556680</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Risalesi</t>
+          <t>Bismarck</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>140</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786051556642</t>
+          <t>9786051552859</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Tarihe Seçme Hikayeler</t>
+          <t>Bektaşilik ve Edebiyatı</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786051556611</t>
+          <t>9786051556734</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Tarihin Estetik Yankısı</t>
+          <t>Kaleme Karşı</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>475</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786051555874</t>
+          <t>9786051556475</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Nerrantsula</t>
+          <t>Hunların, Türklerin, Moğolların ve Daha Sair Batı Tatarlarının Tarih-i Umumisi (Ciltli)</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>250</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786051556079</t>
+          <t>9786051555423</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Karamazov Kardeşler (Ciltli)</t>
+          <t>Çanakkale Mahşeri</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>650</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786051556567</t>
+          <t>9789754374148</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Çarşamba Karısı Cinayetleri - İstanbul’da Karnaval Üçlemesi 3</t>
+          <t>Büyük Türk Klasikleri Cilt 6 (Ciltli)</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786051556574</t>
+          <t>9789754374131</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Rus Çarlığı ve Türkler</t>
+          <t>Büyük Türk Klasikleri Cilt 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786051556338</t>
+          <t>9789754374124</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Türk İdiler</t>
+          <t>Büyük Türk Klasikleri Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786051556413</t>
+          <t>9789754374117</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Atilla'nın Kargısı</t>
+          <t>Büyük Türk Klasikleri Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786051556345</t>
+          <t>9789754374100</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Zaman Üzerine Felsefi Soruşturma</t>
+          <t>Büyük Türk Klasikleri Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786051556536</t>
+          <t>9789754374513</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Peyami Safa'nın İnsanları</t>
+          <t>Sahih-i Buhari ve Tercemesi Cilt 14 (Ciltli)</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786051556512</t>
+          <t>9789754374216</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Milliyet Duygusunun Sosyolojik Esasları</t>
+          <t>Büyük Türk Klasikleri Cilt 13 (Ciltli)</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786051556444</t>
+          <t>9786051556673</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Açık Kitap: Dede Korkut</t>
+          <t>Talat Paşa</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786051556437</t>
+          <t>9786051556628</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Fransa Büyük İhtilali Tarihi</t>
+          <t>Yalnızlık Risalesi</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786051556383</t>
+          <t>9786051556642</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Solfej 1 - Türk Halk Müziği</t>
+          <t>Mitolojiden Tarihe Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786051556406</t>
+          <t>9786051556611</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Romanı</t>
+          <t>Yahya Kemal Tarihin Estetik Yankısı</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>600</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786051556420</t>
+          <t>9786051555874</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Nerrantsula</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786051556284</t>
+          <t>9786051556079</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son Döneminde Pontus Rumları</t>
+          <t>Karamazov Kardeşler (Ciltli)</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786051556352</t>
+          <t>9786051556567</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan'da Rus Kilisesi ve Rusçuluk Faaliyetleri 1828-1905</t>
+          <t>Çarşamba Karısı Cinayetleri - İstanbul’da Karnaval Üçlemesi 3</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786051556369</t>
+          <t>9786051556574</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp ve Mefküre Arasındaki Münasebet Vesilesiyle Bir Tedrik Tercümesi</t>
+          <t>Rus Çarlığı ve Türkler</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786051556390</t>
+          <t>9786051556338</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Kırım Ateşi</t>
+          <t>Bir Zamanlar Türk İdiler</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786051556093</t>
+          <t>9786051556413</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi ve Topkapı Sarayı</t>
+          <t>Atilla'nın Kargısı</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786051556215</t>
+          <t>9786051556345</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türkistan Tarihinin Bilinmeyenleri</t>
+          <t>Zaman Üzerine Felsefi Soruşturma</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>475</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786051556277</t>
+          <t>9786051556536</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Belemir</t>
+          <t>Peyami Safa'nın İnsanları</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786051556239</t>
+          <t>9786051556512</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Son Savaşı</t>
+          <t>Milliyet Duygusunun Sosyolojik Esasları</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>590</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786051556208</t>
+          <t>9786051556444</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Mektupları</t>
+          <t>Açık Kitap: Dede Korkut</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786051556178</t>
+          <t>9786051556437</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yazıları</t>
+          <t>Fransa Büyük İhtilali Tarihi</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786051556154</t>
+          <t>9786051556383</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>İlk Oğuzlar</t>
+          <t>Solfej 1 - Türk Halk Müziği</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786051556192</t>
+          <t>9786051556406</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Yakup'un Kanatları</t>
+          <t>Tanzimat Romanı</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786051556185</t>
+          <t>9786051556420</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Kültürü -1</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786051556123</t>
+          <t>9786051556284</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda Osmanlı Ekonomisi ve İstanbul Gümrüğü</t>
+          <t>Osmanlı'nın Son Döneminde Pontus Rumları</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786051556147</t>
+          <t>9786051556352</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Satuk Buğra Han Destanı</t>
+          <t>Azerbaycan'da Rus Kilisesi ve Rusçuluk Faaliyetleri 1828-1905</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786051556116</t>
+          <t>9786051556369</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Mahzun Hududlar Çağlayan Sular</t>
+          <t>Ziya Gökalp ve Mefküre Arasındaki Münasebet Vesilesiyle Bir Tedrik Tercümesi</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786051556130</t>
+          <t>9786051556390</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Bilgeliğinin Kadim Kapıları</t>
+          <t>Kırım Ateşi</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786051556086</t>
+          <t>9786051556093</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Milli Hakimiyet ve Hilafet</t>
+          <t>Evliya Çelebi ve Topkapı Sarayı</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786051556062</t>
+          <t>9786051556215</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Patrik Meletios Metaksakis ve İstanbul Rum Ortodoks Patrikhanesi (192 -1923)</t>
+          <t>Geçmişten Günümüze Türkistan Tarihinin Bilinmeyenleri</t>
         </is>
       </c>
       <c r="C1541" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786051555850</t>
+          <t>9786051556277</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Vatanı Dilinde Cengiz Dağcı Kitabı</t>
+          <t>Belemir</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786254086250</t>
+          <t>9786051556239</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Osmanlı'nın Son Savaşı</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>270</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786051555935</t>
+          <t>9786051556208</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>İdigey ile Moradım</t>
+          <t>Sevgi Mektupları</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786051555942</t>
+          <t>9786051556178</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Tanzimat</t>
+          <t>Eğitim Yazıları</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786051555928</t>
+          <t>9786051556154</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Erdem Öğretileri</t>
+          <t>İlk Oğuzlar</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786051555867</t>
+          <t>9786051556192</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kehfimiz</t>
+          <t>Yakup'un Kanatları</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786051555898</t>
+          <t>9786051556185</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Bozkır Kavimleri</t>
+          <t>Türk Dünyası Kültürü -1</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786051555904</t>
+          <t>9786051556123</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Değirmen Taşı</t>
+          <t>18. Yüzyılda Osmanlı Ekonomisi ve İstanbul Gümrüğü</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786051555775</t>
+          <t>9786051556147</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Toplum ve Kültür</t>
+          <t>Satuk Buğra Han Destanı</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786051555720</t>
+          <t>9786051556116</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Tarihi</t>
+          <t>Mahzun Hududlar Çağlayan Sular</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786051555737</t>
+          <t>9786051556130</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Bin Yılın Göçü</t>
+          <t>Türk Siyasi Bilgeliğinin Kadim Kapıları</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786051555713</t>
+          <t>9786051556086</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Balkan Savaşları ve Türk Milliyetçiliğinin Doğuşu</t>
+          <t>Milli Hakimiyet ve Hilafet</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786051555683</t>
+          <t>9786051556062</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Kadim Türklerin Mitolojik Hikayeleri</t>
+          <t>Patrik Meletios Metaksakis ve İstanbul Rum Ortodoks Patrikhanesi (192 -1923)</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>270</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786051555669</t>
+          <t>9786051555850</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Bihaber</t>
+          <t>Vatanı Dilinde Cengiz Dağcı Kitabı</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786051555676</t>
+          <t>9786254086250</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Mürdüm</t>
+          <t>Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786051555522</t>
+          <t>9786051555935</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Türk-İslam Düşüncesi Üzerine</t>
+          <t>İdigey ile Moradım</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786051555607</t>
+          <t>9786051555942</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Adil Fiyat</t>
+          <t>Türkiye ve Tanzimat</t>
         </is>
       </c>
       <c r="C1558" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786051555621</t>
+          <t>9786051555928</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Gelenekli Türk Anlatıları 1</t>
+          <t>Yol ve Erdem Öğretileri</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786051555539</t>
+          <t>9786051555867</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Sözler</t>
+          <t>Ashab-ı Kehfimiz</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786051555553</t>
+          <t>9786051555898</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Sılası Türkçe</t>
+          <t>Bozkır Kavimleri</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786051555546</t>
+          <t>9786051555904</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Kırklandım</t>
+          <t>Değirmen Taşı</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786051555393</t>
+          <t>9786051555775</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Sadece Yaprak Döktük</t>
+          <t>Toplum ve Kültür</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786051555485</t>
+          <t>9786051555720</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>Sibirya Tarihi</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786051555478</t>
+          <t>9786051555737</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Siyaset</t>
+          <t>Bin Yılın Göçü</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>315</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786051555331</t>
+          <t>9786051555713</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Makamlar, Usuller ve Seyir Örnekleri</t>
+          <t>Balkan Savaşları ve Türk Milliyetçiliğinin Doğuşu</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786051555409</t>
+          <t>9786051555683</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Bozkır, Kuş ve Balık</t>
+          <t>Kadim Türklerin Mitolojik Hikayeleri</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786051555461</t>
+          <t>9786051555669</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku (Ciltli)</t>
+          <t>Bihaber</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>900</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786051555362</t>
+          <t>9786051555676</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Sultan Genç Osman ve Sultan 4. Murad</t>
+          <t>Mürdüm</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786051555355</t>
+          <t>9786051555522</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Hasret Damlaları</t>
+          <t>Türk-İslam Düşüncesi Üzerine</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786051555317</t>
+          <t>9786051555607</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Teşkilat-ı Mahsusa'nın Kafkasya Misyonu ve Operasyonları</t>
+          <t>Adil Fiyat</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>850</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786051555348</t>
+          <t>9786051555621</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Atilla'nın Kalkanı</t>
+          <t>Gelenekli Türk Anlatıları 1</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786051555300</t>
+          <t>9786051555539</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Dolduran Kiraz</t>
+          <t>Sözler</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789754371239</t>
+          <t>9786051555553</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Anestü Nara</t>
+          <t>Sılası Türkçe</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786051555263</t>
+          <t>9786051555546</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Ayakta Durmak İstiyorum</t>
+          <t>Kırklandım</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786051555218</t>
+          <t>9786051555393</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Seferberlik Mahşeri</t>
+          <t>Sadece Yaprak Döktük</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786051555201</t>
+          <t>9786051555485</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Milli Tetebbular</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786051555225</t>
+          <t>9786051555478</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Yozgat'ın Üç Sırlısı</t>
+          <t>Devlet ve Siyaset</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786051555171</t>
+          <t>9786051555331</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Son Bisküvi</t>
+          <t>Türk Müziğinde Makamlar, Usuller ve Seyir Örnekleri</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786051555140</t>
+          <t>9786051555409</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetim Sanatı</t>
+          <t>Bozkır, Kuş ve Balık</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786051555041</t>
+          <t>9786051555461</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Avrasya'nın Sekiz Asrı Çengizoğulları</t>
+          <t>Sağlık Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>790</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786051554938</t>
+          <t>9786051555362</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Dağları'nın Gözyaşları</t>
+          <t>Sultan Genç Osman ve Sultan 4. Murad</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786051554976</t>
+          <t>9786051555355</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Böyle Dedi Yozgat</t>
+          <t>Hasret Damlaları</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9789754377477</t>
+          <t>9786051555317</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Bayrak Şairi Arif Nihat Asya’dan Seçmeler</t>
+          <t>Teşkilat-ı Mahsusa'nın Kafkasya Misyonu ve Operasyonları</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>340</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9789754372403</t>
+          <t>9786051555348</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Gece</t>
+          <t>Atilla'nın Kalkanı</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786051555188</t>
+          <t>9786051555300</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Bizimkisi Bir Ocak Hikayesi</t>
+          <t>Dünyayı Dolduran Kiraz</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>195</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786051555126</t>
+          <t>9789754371239</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Demir Kuşaklı Cihangir</t>
+          <t>Anestü Nara</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>630</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786051555164</t>
+          <t>9786051555263</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Dehşet Palas AVM</t>
+          <t>Ayakta Durmak İstiyorum</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786051555089</t>
+          <t>9786051555218</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Edebalı</t>
+          <t>Seferberlik Mahşeri</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786051555133</t>
+          <t>9786051555201</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Ulu Han Ata Bitiği</t>
+          <t>Milli Tetebbular</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786051555010</t>
+          <t>9786051555225</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Siyasi</t>
+          <t>Yozgat'ın Üç Sırlısı</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786051555034</t>
+          <t>9786051555171</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>PK 546</t>
+          <t>Son Bisküvi</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786051554907</t>
+          <t>9786051555140</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Eşikte</t>
+          <t>Spor Yönetim Sanatı</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786051553719</t>
+          <t>9786051555041</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Hazar - Karadeniz Havzalarıyla Güney Kafkasya'nın Jeoekonomik Karakteristiği ve Azerbaycan'ın Yeni Petrol Politikası</t>
+          <t>Avrasya'nın Sekiz Asrı Çengizoğulları</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>260</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786051553726</t>
+          <t>9786051554938</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Güney Kafkasya'nın Askeri - Jeostratejik Durumu ve Azerbaycan'ın Güvenlik Politikası</t>
+          <t>Tanrı Dağları'nın Gözyaşları</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786051553702</t>
+          <t>9786051554976</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Güney Kafkasya, Hazar-Karadeniz Havzaları ve Azerbaycan'ın Jeopolitiği</t>
+          <t>Böyle Dedi Yozgat</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>435</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786051558240</t>
+          <t>9789754377477</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Mesele</t>
+          <t>Bayrak Şairi Arif Nihat Asya’dan Seçmeler</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>780</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786051554914</t>
+          <t>9789754372403</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Hu Diyen Karga</t>
+          <t>Bitmeyen Gece</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786051554693</t>
+          <t>9786051555188</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Devlet ve Millet Üzerine Zihin Sancıları</t>
+          <t>Bizimkisi Bir Ocak Hikayesi</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786051554679</t>
+          <t>9786051555126</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Doğudan Batıdan Hikayeler</t>
+          <t>Demir Kuşaklı Cihangir</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>240</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786051554686</t>
+          <t>9786051555164</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Kırmızı</t>
+          <t>Dehşet Palas AVM</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>60</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9789754370799</t>
+          <t>9786051555089</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Osmancık</t>
+          <t>Şeyh Edebalı</t>
         </is>
       </c>
       <c r="C1602" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786051554556</t>
+          <t>9786051555133</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Tarih Ezeli Bir Tekerrürdür!</t>
+          <t>Ulu Han Ata Bitiği</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786051554549</t>
+          <t>9786051555010</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Sur'a Üflenene Kadar</t>
+          <t>Tarih-i Siyasi</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786051554488</t>
+          <t>9786051555034</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Müslüman Olmadan Evvel Benimsediği Dinler ve Şamanizmin Bu Dinler Üzerinde Görülen Tesirleri</t>
+          <t>PK 546</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786051554518</t>
+          <t>9786051554907</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Bir Tarih Felsefesinin İlmi Esasları</t>
+          <t>Eşikte</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786051554471</t>
+          <t>9786051553719</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Türküleri</t>
+          <t>Hazar - Karadeniz Havzalarıyla Güney Kafkasya'nın Jeoekonomik Karakteristiği ve Azerbaycan'ın Yeni Petrol Politikası</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786051554440</t>
+          <t>9786051553726</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Darülhilafet Mektupları</t>
+          <t>Güney Kafkasya'nın Askeri - Jeostratejik Durumu ve Azerbaycan'ın Güvenlik Politikası</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786051554402</t>
+          <t>9786051553702</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Eflatun Hüzünler</t>
+          <t>Güney Kafkasya, Hazar-Karadeniz Havzaları ve Azerbaycan'ın Jeopolitiği</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>150</v>
+        <v>435</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786051554389</t>
+          <t>9786051558240</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Gün Sazak</t>
+          <t>Kozmik Mesele</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>625</v>
+        <v>780</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786051554310</t>
+          <t>9786051554914</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Mühür Kuyusu</t>
+          <t>Hu Diyen Karga</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786051554303</t>
+          <t>9786051554693</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan'ın Tarihi Coğrafyası</t>
+          <t>Devlet ve Millet Üzerine Zihin Sancıları</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>590</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786051554150</t>
+          <t>9786051554679</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Sahhaf Raif Yelkenci</t>
+          <t>Doğudan Batıdan Hikayeler</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786051554174</t>
+          <t>9786051554686</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Şark Meselesine Dair</t>
+          <t>Bir Başka Kırmızı</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9789754378634</t>
+          <t>9789754370799</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Şemsettin Sami</t>
+          <t>Osmancık</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9789754377347</t>
+          <t>9786051554556</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Ahşap Zamanı</t>
+          <t>Tarih Ezeli Bir Tekerrürdür!</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786051554143</t>
+          <t>9786051554549</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Söyleyin Leyla'ya Beni Unutsun</t>
+          <t>Sur'a Üflenene Kadar</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786051553924</t>
+          <t>9786051554488</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Ziraat Kültürü</t>
+          <t>Türklerin Müslüman Olmadan Evvel Benimsediği Dinler ve Şamanizmin Bu Dinler Üzerinde Görülen Tesirleri</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786051553900</t>
+          <t>9786051554518</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Cemile</t>
+          <t>Bir Tarih Felsefesinin İlmi Esasları</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>55</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786051553962</t>
+          <t>9786051554471</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Suriye ve Filistin Mektupları</t>
+          <t>İstanbul Türküleri</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9789754374612</t>
+          <t>9786051554440</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Hikayeleri</t>
+          <t>Darülhilafet Mektupları</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9789754371611</t>
+          <t>9786051554402</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Mevlana</t>
+          <t>Eflatun Hüzünler</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786051553955</t>
+          <t>9786051554389</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet'ten Önce Türklerde Kültür ve Müzik</t>
+          <t>Gün Sazak</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>370</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786051559865</t>
+          <t>9786051554310</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Mahbubu'l Kulub (Ciltli)</t>
+          <t>Mühür Kuyusu</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786051553672</t>
+          <t>9786051554303</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Kurganlar: Eski Türklerin Kutsal Mezarları</t>
+          <t>Doğu Türkistan'ın Tarihi Coğrafyası</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>790</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9789754378405</t>
+          <t>9786051554150</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Padişahların Kadınları ve Kızları</t>
+          <t>Sahhaf Raif Yelkenci</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9789754376234</t>
+          <t>9786051554174</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Ötüken Türkçe Sözlük (Ciltli)</t>
+          <t>Şark Meselesine Dair</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>4750</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786051553269</t>
+          <t>9789754378634</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Damlacıkları</t>
+          <t>Şemsettin Sami</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786051553559</t>
+          <t>9789754377347</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Devlet Anlayışı</t>
+          <t>Şehrin Ahşap Zamanı</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>535</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786051553535</t>
+          <t>9786051554143</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Kağanlık</t>
+          <t>Söyleyin Leyla'ya Beni Unutsun</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786051553511</t>
+          <t>9786051553924</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>1905 Rus Devrimi ve Sultan Abdülhamid</t>
+          <t>Türklerde Ziraat Kültürü</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786051551173</t>
+          <t>9786051553900</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Gök Aradık Tuğlara</t>
+          <t>Cemile</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9789754373486</t>
+          <t>9786051553962</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Hareminde Üç Haseki Sultan</t>
+          <t>Suriye ve Filistin Mektupları</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>225</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9789754376579</t>
+          <t>9789754374612</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Belgelerinde İhtida Kavramı ve Mühtediler</t>
+          <t>Mesnevi Hikayeleri</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786051551920</t>
+          <t>9789754371611</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Mevlana</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9789754376463</t>
+          <t>9786051553955</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’dan Anadolu’ya İnsan ve Toplum Hayatı</t>
+          <t>İslamiyet'ten Önce Türklerde Kültür ve Müzik</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786051553177</t>
+          <t>9786051559865</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Çokay: Türkistan Bağımsızlık Mücadelesine Adanmış Bir Ömür</t>
+          <t>Mahbubu'l Kulub (Ciltli)</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>490</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786051553139</t>
+          <t>9786051553672</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Hızır Barbaroso Hayreddin (Ciltli)</t>
+          <t>Kurganlar: Eski Türklerin Kutsal Mezarları</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>420</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786051553634</t>
+          <t>9789754378405</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Şehzade Eğitimi</t>
+          <t>Padişahların Kadınları ve Kızları</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786051553245</t>
+          <t>9789754376234</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı</t>
+          <t>Ötüken Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>240</v>
+        <v>4750</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786051553214</t>
+          <t>9786051553269</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Bozoknağme</t>
+          <t>Hüzün Damlacıkları</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786051553221</t>
+          <t>9786051553559</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Toprağa Can Ekenler</t>
+          <t>Türklerde Devlet Anlayışı</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>180</v>
+        <v>535</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786051553238</t>
+          <t>9786051553535</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Şehsüvar-ı Cihangir / Fatihname</t>
+          <t>Kutlu Kağanlık</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786051553191</t>
+          <t>9786051553511</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Saf Siyah</t>
+          <t>1905 Rus Devrimi ve Sultan Abdülhamid</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786051553207</t>
+          <t>9786051551173</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Türkiye Ekonomisi</t>
+          <t>Gök Aradık Tuğlara</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786051553115</t>
+          <t>9789754373486</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Goethe ve Dünya Kültürleri</t>
+          <t>Osmanlı Hareminde Üç Haseki Sultan</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>900</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9789754371352</t>
+          <t>9789754376579</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlar Bütün Eserleri 7</t>
+          <t>Osmanlı Belgelerinde İhtida Kavramı ve Mühtediler</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9789754376876</t>
+          <t>9786051551920</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal’in Rüzgarıyla Düşünceler ve Duyuşlar</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786051553184</t>
+          <t>9789754376463</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı'nda Yapı, İdeoloji ve Yaratım</t>
+          <t>Türkistan’dan Anadolu’ya İnsan ve Toplum Hayatı</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786051553160</t>
+          <t>9786051553177</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Türk Şiirinden Seçmeler / Güldeste</t>
+          <t>Mustafa Çokay: Türkistan Bağımsızlık Mücadelesine Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>670</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786051553146</t>
+          <t>9786051553139</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kurmak</t>
+          <t>Hızır Barbaroso Hayreddin (Ciltli)</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786051553085</t>
+          <t>9786051553634</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Gölge</t>
+          <t>Osmanlı'da Şehzade Eğitimi</t>
         </is>
       </c>
       <c r="C1652" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786051553078</t>
+          <t>9786051553245</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Spor Dünyamızın 45 Yılından</t>
+          <t>Dede Korkut Kitabı</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786051552507</t>
+          <t>9786051553214</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Aynasında</t>
+          <t>Bozoknağme</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786051553054</t>
+          <t>9786051553221</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Kutalmışoğlu Süleymanşah Ululaması</t>
+          <t>Toprağa Can Ekenler</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9789754370409</t>
+          <t>9786051553238</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Varolmak Kavgası</t>
+          <t>Şehsüvar-ı Cihangir / Fatihname</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>290</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786254088087</t>
+          <t>9786051553191</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Sokak</t>
+          <t>Saf Siyah</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786051553108</t>
+          <t>9786051553207</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık</t>
+          <t>Osmanlı'dan Cumhuriyet'e Türkiye Ekonomisi</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9789754376500</t>
+          <t>9786051553115</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojik Sistemi 2</t>
+          <t>Goethe ve Dünya Kültürleri</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786051553061</t>
+          <t>9789754371352</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Hukuku</t>
+          <t>Yalnızlar Bütün Eserleri 7</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>700</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786051553092</t>
+          <t>9789754376876</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Gölge</t>
+          <t>Yahya Kemal’in Rüzgarıyla Düşünceler ve Duyuşlar</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786051553122</t>
+          <t>9786051553184</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyası İletişim Rehberi</t>
+          <t>Dede Korkut Kitabı'nda Yapı, İdeoloji ve Yaratım</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>490</v>
+        <v>560</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786051553047</t>
+          <t>9786051553160</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>İki Dünyanın Hikayesi</t>
+          <t>20. Yüzyıl Türk Şiirinden Seçmeler / Güldeste</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>200</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786051552903</t>
+          <t>9786051553146</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Bir Merasime Hazırlık</t>
+          <t>Dünya Kurmak</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786051552897</t>
+          <t>9786051553085</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Tarihi</t>
+          <t>Gölge</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786051552699</t>
+          <t>9786051553078</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarih Düşüncesinin Modernleşmesi</t>
+          <t>Spor Dünyamızın 45 Yılından</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786051552866</t>
+          <t>9786051552507</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Geçmişin Aynasında</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786051552606</t>
+          <t>9786051553054</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Türk Çiçek Kültürü Üzerine Cevat Rüştü'den Bir Güldeste</t>
+          <t>Kutalmışoğlu Süleymanşah Ululaması</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786051552675</t>
+          <t>9789754370409</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Hikaye ve Romanlarında Ahmet Mithat Efendi</t>
+          <t>Varolmak Kavgası</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786051551593</t>
+          <t>9786254088087</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Vakıf Üniversiteleri Hukuku</t>
+          <t>Üşüyen Sokak</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786051552576</t>
+          <t>9786051553108</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Vidin Kalesi</t>
+          <t>Altın Işık</t>
         </is>
       </c>
       <c r="C1671" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786051552590</t>
+          <t>9789754376500</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal'den Bugüne İstanbul</t>
+          <t>Türk Mitolojik Sistemi 2</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9789754379037</t>
+          <t>9786051553061</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Suçlamalar - 2 Irkçılık</t>
+          <t>Sosyal Güvenlik Hukuku</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>260</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786051552552</t>
+          <t>9786051553092</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Türk Halk Şairleri</t>
+          <t>Ten ve Gölge</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786051552293</t>
+          <t>9786051553122</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Irak Türkmen Boyları</t>
+          <t>İş Dünyası İletişim Rehberi</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786051552095</t>
+          <t>9786051553047</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Beyrut, Filistin ve Nablus İzlenimleri 1918</t>
+          <t>İki Dünyanın Hikayesi</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786051552514</t>
+          <t>9786051552903</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve İktisat</t>
+          <t>Bir Merasime Hazırlık</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9789754377309</t>
+          <t>9786051552897</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Tanımadığımız Meşhurlar</t>
+          <t>Türkçülüğün Tarihi</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786051552064</t>
+          <t>9786051552699</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Bir Yaratılış Efsanesi</t>
+          <t>Türk Tarih Düşüncesinin Modernleşmesi</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>230</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786051552262</t>
+          <t>9786051552866</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Ejderlerin Beklediği Hazine</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786051551975</t>
+          <t>9786051552606</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Türk Çiçek Kültürü Üzerine Cevat Rüştü'den Bir Güldeste</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786051552569</t>
+          <t>9786051552675</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Divanname</t>
+          <t>Hikaye ve Romanlarında Ahmet Mithat Efendi</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9789754376760</t>
+          <t>9786051551593</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>İsmail Gaspıralı Seçilmiş Eserleri : 3</t>
+          <t>Vakıf Üniversiteleri Hukuku</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786051552491</t>
+          <t>9786051552576</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim</t>
+          <t>Vidin Kalesi</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786051552286</t>
+          <t>9786051552590</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma Şiirler</t>
+          <t>Yahya Kemal'den Bugüne İstanbul</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786051551968</t>
+          <t>9789754379037</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Türk Medeniyeti Tarihi</t>
+          <t>Suçlamalar - 2 Irkçılık</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9789754377408</t>
+          <t>9786051552552</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Son Akın</t>
+          <t>20. Yüzyıl Türk Halk Şairleri</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9789754370089</t>
+          <t>9786051552293</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Sokakta</t>
+          <t>Irak Türkmen Boyları</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9789754377019</t>
+          <t>9786051552095</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Hatıralar Yahut Bir Vatan Kurtarma Hikayesi</t>
+          <t>Beyrut, Filistin ve Nablus İzlenimleri 1918</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786254084393</t>
+          <t>9786051552514</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Hasretin Adı Kerkük</t>
+          <t>Siyaset ve İktisat</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786051555515</t>
+          <t>9789754377309</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukukunda Sorunlar ve Çözüm Önerileri</t>
+          <t>Tanımadığımız Meşhurlar</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>170</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9789754378832</t>
+          <t>9786051552064</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler 4. Kitap</t>
+          <t>Bir Yaratılış Efsanesi</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>470</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786051550121</t>
+          <t>9786051552262</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Muhassal</t>
+          <t>Ejderlerin Beklediği Hazine</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786051550015</t>
+          <t>9786051551975</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Şairleri (Ciltli)</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>2800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786051552309</t>
+          <t>9786051552569</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Din ve Kültür İlişkisi Üzerine</t>
+          <t>Divanname</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786051552026</t>
+          <t>9789754376760</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinde Orta Asya</t>
+          <t>İsmail Gaspıralı Seçilmiş Eserleri : 3</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786051552071</t>
+          <t>9786051552491</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Demirdağın Kurtları</t>
+          <t>Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>390</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786051552279</t>
+          <t>9786051552286</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Üç Tarz-ı Siyaset</t>
+          <t>Kızılelma Şiirler</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9789754377606</t>
+          <t>9786051551968</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme</t>
+          <t>Türk Medeniyeti Tarihi</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9789754377613</t>
+          <t>9789754377408</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Yanılmaları ve İki Ayrı Hafıza Kodu Teorisi</t>
+          <t>Son Akın</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9789754379167</t>
+          <t>9789754370089</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Kılıç Arslan</t>
+          <t>Sokakta</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9789754375459</t>
+          <t>9789754377019</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Bahar Neğmesi</t>
+          <t>Hatıralar Yahut Bir Vatan Kurtarma Hikayesi</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>280</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9789754378368</t>
+          <t>9786254084393</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycanlı Şair Mehemmed Hadi</t>
+          <t>Hasretin Adı Kerkük</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9789754374551</t>
+          <t>9786051555515</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Irak Türkmenleri</t>
+          <t>Anayasa Hukukunda Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9789754376661</t>
+          <t>9789754378832</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski</t>
+          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler 4. Kitap</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9789754377354</t>
+          <t>9786051550121</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Doğunun Ölümsüz Çocuğu</t>
+          <t>Muhassal</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9789754378160</t>
+          <t>9786051550015</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Üzerinde Toplamalar</t>
+          <t>Kerkük Şairleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>370</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9789754376975</t>
+          <t>9786051552309</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarih Felsefesi</t>
+          <t>Din ve Kültür İlişkisi Üzerine</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9789754370034</t>
+          <t>9786051552026</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Kökler ve Dallar Bütün Eserleri - Şiirler 3</t>
+          <t>Dünya Tarihinde Orta Asya</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786254083051</t>
+          <t>9786051552071</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Yıllar</t>
+          <t>Demirdağın Kurtları</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9789754376449</t>
+          <t>9786051552279</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Konya Halk Müziği (Notalı)</t>
+          <t>Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9789754373806</t>
+          <t>9789754377606</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Dahiler ve Deliler</t>
+          <t>Öğrenme</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9789754378283</t>
+          <t>9789754377613</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Göç</t>
+          <t>Hafıza Yanılmaları ve İki Ayrı Hafıza Kodu Teorisi</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9789754375350</t>
+          <t>9789754379167</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Çığlık</t>
+          <t>Kılıç Arslan</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9789754374988</t>
+          <t>9789754375459</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Toprak</t>
+          <t>Bahar Neğmesi</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9789754374834</t>
+          <t>9789754378368</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Zamanında Türkiye</t>
+          <t>Azerbaycanlı Şair Mehemmed Hadi</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>975</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9789754376111</t>
+          <t>9789754374551</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Muhammed İkbal</t>
+          <t>Tarihten Günümüze Irak Türkmenleri</t>
         </is>
       </c>
       <c r="C1717" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9789754378528</t>
+          <t>9789754376661</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Peyami Bey</t>
+          <t>Dostoyevski</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>520</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9789754377132</t>
+          <t>9789754377354</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Türkülerin Dili (Ciltli)</t>
+          <t>Doğunun Ölümsüz Çocuğu</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>900</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9789754377286</t>
+          <t>9789754378160</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini ve Mezhepleri Tarihi 3: Müslümanlıkta Dini Tefrika</t>
+          <t>Türk Tarihi Üzerinde Toplamalar</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9789754375756</t>
+          <t>9789754376975</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini ve Mezhepleri Tarihi 2: İslam Akaid Sisteminde Gelişmeler</t>
+          <t>Türk Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9789754375725</t>
+          <t>9789754370034</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini ve Mezhepleri Tarihi 1: Hz. Muhammed’in Doğumundan Ölümüne Kadar</t>
+          <t>Kökler ve Dallar Bütün Eserleri - Şiirler 3</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>475</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9789754378719</t>
+          <t>9786254083051</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Eröz Armağanı</t>
+          <t>Korkunç Yıllar</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9789754373318</t>
+          <t>9789754376449</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetimizin Analizi ve Geleceği</t>
+          <t>Konya Halk Müziği (Notalı)</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9789754377712</t>
+          <t>9789754373806</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşk Felsefesi</t>
+          <t>Dahiler ve Deliler</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>225</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9789754376050</t>
+          <t>9789754378283</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Goethe</t>
+          <t>Sessiz Göç</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9789754374063</t>
+          <t>9789754375350</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Yılkı Atı</t>
+          <t>Sessiz Çığlık</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9789754371840</t>
+          <t>9789754374988</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Türk Kimliği ve Türk Dünyası</t>
+          <t>Ses ve Toprak</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9789754379136</t>
+          <t>9789754374834</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Filozof - İktisatçı Terence W. Hutchison</t>
+          <t>Selçuklular Zamanında Türkiye</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>325</v>
+        <v>975</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9789754379303</t>
+          <t>9789754376111</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hukuku (Ciltli)</t>
+          <t>Muhammed İkbal</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>1200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9789754374049</t>
+          <t>9789754378528</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Çelo</t>
+          <t>Peyami Bey</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9789754377323</t>
+          <t>9789754377132</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da Batı’da İrrasyonel Düşüncenin Boyutları</t>
+          <t>Türkülerin Dili (Ciltli)</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>320</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9789754377743</t>
+          <t>9789754377286</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Gün Batarken</t>
+          <t>İslam Dini ve Mezhepleri Tarihi 3: Müslümanlıkta Dini Tefrika</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9789754375770</t>
+          <t>9789754375756</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Beyazı Karavan</t>
+          <t>İslam Dini ve Mezhepleri Tarihi 2: İslam Akaid Sisteminde Gelişmeler</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9799754375700</t>
+          <t>9789754375725</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Milletleşme Sürecinde Azerbaycan Türkleri</t>
+          <t>İslam Dini ve Mezhepleri Tarihi 1: Hz. Muhammed’in Doğumundan Ölümüne Kadar</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>340</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9789754376432</t>
+          <t>9789754378719</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Yaşlı Devrimci</t>
+          <t>Mehmet Eröz Armağanı</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>250</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9789754376616</t>
+          <t>9789754373318</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>İstila</t>
+          <t>Medeniyetimizin Analizi ve Geleceği</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9789754376296</t>
+          <t>9789754377712</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre'de Sembolizm</t>
+          <t>Mevlana’da Aşk Felsefesi</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9789754377217</t>
+          <t>9789754376050</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Yukarı Karaçay (Kocapınar) Köyü Ağzı (Ciltli)</t>
+          <t>Mevlana ve Goethe</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>800</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9789754376982</t>
+          <t>9789754374063</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Yönetim İstifa</t>
+          <t>Yılkı Atı</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786051552033</t>
+          <t>9789754371840</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılığa Methiye</t>
+          <t>Türk Kimliği ve Türk Dünyası</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786051551982</t>
+          <t>9789754379136</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>Cihangir Tuğlar</t>
+          <t>Filozof - İktisatçı Terence W. Hutchison</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>600</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786051551913</t>
+          <t>9789754379303</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>İran ve Demokrasi</t>
+          <t>Çevre Hukuku (Ciltli)</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>325</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786051551951</t>
+          <t>9789754374049</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Sultan Melikşah Devrinde Büyük Selçuklu İmparatorluğu</t>
+          <t>Çelo</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9789754377699</t>
+          <t>9789754377323</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Doğu’da Batı’da İrrasyonel Düşüncenin Boyutları</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9789754376838</t>
+          <t>9789754377743</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Belh'in Güvercinleri</t>
+          <t>Gün Batarken</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9789754372939</t>
+          <t>9789754375770</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi</t>
+          <t>Gümüş Beyazı Karavan</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9789754373646</t>
+          <t>9799754375700</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Bayram Hediyesi Hikayeler</t>
+          <t>Milletleşme Sürecinde Azerbaycan Türkleri</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786051551944</t>
+          <t>9789754376432</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Suriye'de Türkmenler ve Bayır - Bucak</t>
+          <t>Yaşlı Devrimci</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786051551937</t>
+          <t>9789754376616</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>İstila</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786051553818</t>
+          <t>9789754376296</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>Moğollar Zamanında Yakın Doğu</t>
+          <t>Yunus Emre'de Sembolizm</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786051553689</t>
+          <t>9789754377217</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Felsefe, Din ve Siyaset İlişkisi</t>
+          <t>Yukarı Karaçay (Kocapınar) Köyü Ağzı (Ciltli)</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>270</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786051552040</t>
+          <t>9789754376982</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>İsmi Lazım Değil : Hatırladıklarım - Kırk Ambar</t>
+          <t>Yönetim İstifa</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9789754379839</t>
+          <t>9786051552033</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Hukuku Sorunları ve Çözüm Önerileri</t>
+          <t>Yaşlılığa Methiye</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786051550084</t>
+          <t>9786051551982</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Kader</t>
+          <t>Cihangir Tuğlar</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9789754379815</t>
+          <t>9786051551913</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Dünya Savaşı</t>
+          <t>İran ve Demokrasi</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>365</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9789754379921</t>
+          <t>9786051551951</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Abdülbaki Gölpınarlı</t>
+          <t>Sultan Melikşah Devrinde Büyük Selçuklu İmparatorluğu</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9789754379891</t>
+          <t>9789754377699</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Yardımlarda Sorunlar ve Çözüm Önerileri</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9789754372922</t>
+          <t>9789754376838</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Meseleleri</t>
+          <t>Belh'in Güvercinleri</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9789754374056</t>
+          <t>9789754372939</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Yorganımı Sıkı Sar</t>
+          <t>Bediüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9789754373868</t>
+          <t>9789754373646</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>Yolname Özgürlük Mücadelesi</t>
+          <t>Bayram Hediyesi Hikayeler</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>315</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786254081767</t>
+          <t>9786051551944</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Yolların Sonu</t>
+          <t>Suriye'de Türkmenler ve Bayır - Bucak</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9789754373714</t>
+          <t>9786051551937</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi Usul ve Adabı</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>325</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9789754376890</t>
+          <t>9786051553818</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi Ayinleri The Music of Divine Love (Ciltli)</t>
+          <t>Moğollar Zamanında Yakın Doğu</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>2900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9789754377576</t>
+          <t>9786051553689</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’nın İncileri</t>
+          <t>Endülüs'te Felsefe, Din ve Siyaset İlişkisi</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786051553917</t>
+          <t>9786051552040</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Sultanmurat</t>
+          <t>İsmi Lazım Değil : Hatırladıklarım - Kırk Ambar</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>75</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9789754379693</t>
+          <t>9789754379839</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Ruh</t>
+          <t>Ekonomi Hukuku Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9789754379433</t>
+          <t>9786051550084</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Ses ve Yaz</t>
+          <t>Dua ve Kader</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786051555645</t>
+          <t>9789754379815</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Bir Darbenin Anatomisi</t>
+          <t>Başka Bir Dünya Savaşı</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>550</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786051551906</t>
+          <t>9789754379921</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Ahi Evran</t>
+          <t>Abdülbaki Gölpınarlı</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786051550008</t>
+          <t>9789754379891</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd</t>
+          <t>Sosyal Yardımlarda Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786051551876</t>
+          <t>9789754372922</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İbrahim Kafesoğlu</t>
+          <t>Türk Milliyetçiliğinin Meseleleri</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786051551852</t>
+          <t>9789754374056</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Şiirinde Destan</t>
+          <t>Yorganımı Sıkı Sar</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>900</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786051551722</t>
+          <t>9789754373868</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>60'lılardan Vatan Kurtarma Hikayeleri</t>
+          <t>Yolname Özgürlük Mücadelesi</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>490</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786051553849</t>
+          <t>9786254081767</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Muasır Avrupa'da Siyasi ve İctimai Fikirler ve Fikri Cereyanlar</t>
+          <t>Yolların Sonu</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786254083044</t>
+          <t>9789754373714</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Onlar da İnsandı</t>
+          <t>Mevlevi Usul ve Adabı</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9789754374827</t>
+          <t>9789754376890</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Oniki Hayvanlı Türk Takvimi</t>
+          <t>Mevlevi Ayinleri The Music of Divine Love (Ciltli)</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>290</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9789754378245</t>
+          <t>9789754377576</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Turancılık Milli Değerler ve Gençlik</t>
+          <t>Mevlana’nın İncileri</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9789754374964</t>
+          <t>9786051553917</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>A. Süheyl Ünver Hayatı Şahsiyeti ve Eserleri</t>
+          <t>Sultanmurat</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>890</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9789754379075</t>
+          <t>9789754379693</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Taht Uğrunda Baş Veren Sultanlar</t>
+          <t>Ruh</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9789754379686</t>
+          <t>9789754379433</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Metodoloji</t>
+          <t>Ses ve Yaz</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786051550169</t>
+          <t>9786051555645</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Yolcu ve Eşkıya</t>
+          <t>Bir Darbenin Anatomisi</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786051551456</t>
+          <t>9786051551906</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Muhatab İster</t>
+          <t>Ahi Evran</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786051551166</t>
+          <t>9786051550008</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Uzun Tembel Günler</t>
+          <t>İbn Rüşd</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786051551142</t>
+          <t>9786051551876</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Tarihçi Gözüyle Sohbetlerle Tarihin Lezzetine Varmak</t>
+          <t>Prof. Dr. İbrahim Kafesoğlu</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786051550213</t>
+          <t>9786051551852</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Kazak Edebiyatında Hikaye</t>
+          <t>Yeni Türk Şiirinde Destan</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786051551227</t>
+          <t>9786051551722</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>İslam Öncesi Uygurlarda Toprak Hukuku</t>
+          <t>60'lılardan Vatan Kurtarma Hikayeleri</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>395</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786051551395</t>
+          <t>9786051553849</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Gözlüklerin Üzerinden Hatırlamalar</t>
+          <t>Muasır Avrupa'da Siyasi ve İctimai Fikirler ve Fikri Cereyanlar</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786051551180</t>
+          <t>9786254083044</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Balkan Şahini</t>
+          <t>Onlar da İnsandı</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>315</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786051551470</t>
+          <t>9789754374827</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Kırım'ın İdari ve Sosyo-Ekonomik Tarihi (1600 - 1774)</t>
+          <t>Oniki Hayvanlı Türk Takvimi</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
-          <t>9786051551616</t>
+          <t>9789754378245</t>
         </is>
       </c>
       <c r="B1791" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesinden Mektuplar</t>
+          <t>Turancılık Milli Değerler ve Gençlik</t>
         </is>
       </c>
       <c r="C1791" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1792" spans="1:3">
       <c r="A1792" s="1" t="inlineStr">
         <is>
-          <t>9786051551609</t>
+          <t>9789754374964</t>
         </is>
       </c>
       <c r="B1792" s="1" t="inlineStr">
         <is>
-          <t>Boyun Eğme-Başa Çıkma Sarkacında Kadercilik</t>
+          <t>A. Süheyl Ünver Hayatı Şahsiyeti ve Eserleri</t>
         </is>
       </c>
       <c r="C1792" s="1">
-        <v>170</v>
+        <v>890</v>
       </c>
     </row>
     <row r="1793" spans="1:3">
       <c r="A1793" s="1" t="inlineStr">
         <is>
-          <t>9786051551500</t>
+          <t>9789754379075</t>
         </is>
       </c>
       <c r="B1793" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Mola Zamanı</t>
+          <t>Taht Uğrunda Baş Veren Sultanlar</t>
         </is>
       </c>
       <c r="C1793" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1794" spans="1:3">
       <c r="A1794" s="1" t="inlineStr">
         <is>
-          <t>9786051551425</t>
+          <t>9789754379686</t>
         </is>
       </c>
       <c r="B1794" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletine Borcumuz Var</t>
+          <t>Metodoloji</t>
         </is>
       </c>
       <c r="C1794" s="1">
-        <v>575</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1795" spans="1:3">
       <c r="A1795" s="1" t="inlineStr">
         <is>
-          <t>9786051551432</t>
+          <t>9786051550169</t>
         </is>
       </c>
       <c r="B1795" s="1" t="inlineStr">
         <is>
-          <t>İşçi Şirketleri Sorunu</t>
+          <t>Yolcu ve Eşkıya</t>
         </is>
       </c>
       <c r="C1795" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1796" spans="1:3">
       <c r="A1796" s="1" t="inlineStr">
         <is>
-          <t>9789754372960</t>
+          <t>9786051551456</t>
         </is>
       </c>
       <c r="B1796" s="1" t="inlineStr">
         <is>
-          <t>İnsan İnanan Bir Varlık</t>
+          <t>Yalnızlık Muhatab İster</t>
         </is>
       </c>
       <c r="C1796" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1797" spans="1:3">
       <c r="A1797" s="1" t="inlineStr">
         <is>
-          <t>9789754373967</t>
+          <t>9786051551166</t>
         </is>
       </c>
       <c r="B1797" s="1" t="inlineStr">
         <is>
-          <t>İnsan Düşüncesinin Boyutları</t>
+          <t>Uzun Tembel Günler</t>
         </is>
       </c>
       <c r="C1797" s="1">
-        <v>490</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1798" spans="1:3">
       <c r="A1798" s="1" t="inlineStr">
         <is>
-          <t>9786051550275</t>
+          <t>9786051551142</t>
         </is>
       </c>
       <c r="B1798" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Tarihçi Gözüyle Sohbetlerle Tarihin Lezzetine Varmak</t>
         </is>
       </c>
       <c r="C1798" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1799" spans="1:3">
       <c r="A1799" s="1" t="inlineStr">
         <is>
-          <t>9786051552019</t>
+          <t>9786051550213</t>
         </is>
       </c>
       <c r="B1799" s="1" t="inlineStr">
         <is>
-          <t>Başımın Tacı Kerkük</t>
+          <t>Kazak Edebiyatında Hikaye</t>
         </is>
       </c>
       <c r="C1799" s="1">
-        <v>225</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1800" spans="1:3">
       <c r="A1800" s="1" t="inlineStr">
         <is>
-          <t>9786051551999</t>
+          <t>9786051551227</t>
         </is>
       </c>
       <c r="B1800" s="1" t="inlineStr">
         <is>
-          <t>Horasan'dan Anadolu'ya Türkiye Tarihi</t>
+          <t>İslam Öncesi Uygurlarda Toprak Hukuku</t>
         </is>
       </c>
       <c r="C1800" s="1">
-        <v>600</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1801" spans="1:3">
       <c r="A1801" s="1" t="inlineStr">
         <is>
-          <t>9789754378306</t>
+          <t>9786051551395</t>
         </is>
       </c>
       <c r="B1801" s="1" t="inlineStr">
         <is>
-          <t>Emekli Aylıklarında Adalet Sorunu ve Çözüm Önerileri</t>
+          <t>Gözlüklerin Üzerinden Hatırlamalar</t>
         </is>
       </c>
       <c r="C1801" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1802" spans="1:3">
       <c r="A1802" s="1" t="inlineStr">
         <is>
-          <t>9789754371093</t>
+          <t>9786051551180</t>
         </is>
       </c>
       <c r="B1802" s="1" t="inlineStr">
         <is>
-          <t>Elveda Gülsarı</t>
+          <t>Balkan Şahini</t>
         </is>
       </c>
       <c r="C1802" s="1">
-        <v>95</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1803" spans="1:3">
       <c r="A1803" s="1" t="inlineStr">
         <is>
-          <t>9789754379426</t>
+          <t>9786051551470</t>
         </is>
       </c>
       <c r="B1803" s="1" t="inlineStr">
         <is>
-          <t>Elde Kalan</t>
+          <t>Kırım'ın İdari ve Sosyo-Ekonomik Tarihi (1600 - 1774)</t>
         </is>
       </c>
       <c r="C1803" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1804" spans="1:3">
       <c r="A1804" s="1" t="inlineStr">
         <is>
-          <t>9789754375237</t>
+          <t>9786051551616</t>
         </is>
       </c>
       <c r="B1804" s="1" t="inlineStr">
         <is>
-          <t>Ocağımız Sönmesin</t>
+          <t>Çanakkale Cephesinden Mektuplar</t>
         </is>
       </c>
       <c r="C1804" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1805" spans="1:3">
       <c r="A1805" s="1" t="inlineStr">
         <is>
-          <t>9786254082368</t>
+          <t>9786051551609</t>
         </is>
       </c>
       <c r="B1805" s="1" t="inlineStr">
         <is>
-          <t>O Topraklar Bizimdi</t>
+          <t>Boyun Eğme-Başa Çıkma Sarkacında Kadercilik</t>
         </is>
       </c>
       <c r="C1805" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1806" spans="1:3">
       <c r="A1806" s="1" t="inlineStr">
         <is>
-          <t>9789754379181</t>
+          <t>9786051551500</t>
         </is>
       </c>
       <c r="B1806" s="1" t="inlineStr">
         <is>
-          <t>Nuri Paşa</t>
+          <t>Şimdi Mola Zamanı</t>
         </is>
       </c>
       <c r="C1806" s="1">
-        <v>550</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1807" spans="1:3">
       <c r="A1807" s="1" t="inlineStr">
         <is>
-          <t>9789754376173</t>
+          <t>9786051551425</t>
         </is>
       </c>
       <c r="B1807" s="1" t="inlineStr">
         <is>
-          <t>Nuri Demirağ Türkiye’nin Havacılık Efsanesi</t>
+          <t>Türk Milletine Borcumuz Var</t>
         </is>
       </c>
       <c r="C1807" s="1">
-        <v>240</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1808" spans="1:3">
       <c r="A1808" s="1" t="inlineStr">
         <is>
-          <t>9789754370010</t>
+          <t>9786051551432</t>
         </is>
       </c>
       <c r="B1808" s="1" t="inlineStr">
         <is>
-          <t>Türk İnkılabına Bakışlar</t>
+          <t>İşçi Şirketleri Sorunu</t>
         </is>
       </c>
       <c r="C1808" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1809" spans="1:3">
       <c r="A1809" s="1" t="inlineStr">
         <is>
-          <t>9789754379143</t>
+          <t>9789754372960</t>
         </is>
       </c>
       <c r="B1809" s="1" t="inlineStr">
         <is>
-          <t>Türk Halkları Tarihine Giriş</t>
+          <t>İnsan İnanan Bir Varlık</t>
         </is>
       </c>
       <c r="C1809" s="1">
-        <v>725</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1810" spans="1:3">
       <c r="A1810" s="1" t="inlineStr">
         <is>
-          <t>9786051552088</t>
+          <t>9789754373967</t>
         </is>
       </c>
       <c r="B1810" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Mitolojileri</t>
+          <t>İnsan Düşüncesinin Boyutları</t>
         </is>
       </c>
       <c r="C1810" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1811" spans="1:3">
       <c r="A1811" s="1" t="inlineStr">
         <is>
-          <t>9786051553832</t>
+          <t>9786051550275</t>
         </is>
       </c>
       <c r="B1811" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Dönemi Türkiye-ABD İlişkileri (1918-1923)</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C1811" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1812" spans="1:3">
       <c r="A1812" s="1" t="inlineStr">
         <is>
-          <t>9786051553986</t>
+          <t>9786051552019</t>
         </is>
       </c>
       <c r="B1812" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Oğuznameleri</t>
+          <t>Başımın Tacı Kerkük</t>
         </is>
       </c>
       <c r="C1812" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1813" spans="1:3">
       <c r="A1813" s="1" t="inlineStr">
         <is>
-          <t>9786051553566</t>
+          <t>9786051551999</t>
         </is>
       </c>
       <c r="B1813" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Tercümesi 6 Cilt (Kutulu) (Ciltli)</t>
+          <t>Horasan'dan Anadolu'ya Türkiye Tarihi</t>
         </is>
       </c>
       <c r="C1813" s="1">
-        <v>2500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1814" spans="1:3">
       <c r="A1814" s="1" t="inlineStr">
         <is>
-          <t>9786051551487</t>
+          <t>9789754378306</t>
         </is>
       </c>
       <c r="B1814" s="1" t="inlineStr">
         <is>
-          <t>İktisat Sosyolojisine Başlangıç</t>
+          <t>Emekli Aylıklarında Adalet Sorunu ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1814" s="1">
-        <v>475</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1815" spans="1:3">
       <c r="A1815" s="1" t="inlineStr">
         <is>
-          <t>9786051550206</t>
+          <t>9789754371093</t>
         </is>
       </c>
       <c r="B1815" s="1" t="inlineStr">
         <is>
-          <t>Öğrenilmiş Çaresizlik</t>
+          <t>Elveda Gülsarı</t>
         </is>
       </c>
       <c r="C1815" s="1">
-        <v>160</v>
+        <v>95</v>
       </c>
     </row>
     <row r="1816" spans="1:3">
       <c r="A1816" s="1" t="inlineStr">
         <is>
-          <t>9786051550183</t>
+          <t>9789754379426</t>
         </is>
       </c>
       <c r="B1816" s="1" t="inlineStr">
         <is>
-          <t>Argos Kalesi</t>
+          <t>Elde Kalan</t>
         </is>
       </c>
       <c r="C1816" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1817" spans="1:3">
       <c r="A1817" s="1" t="inlineStr">
         <is>
-          <t>9786051550145</t>
+          <t>9789754375237</t>
         </is>
       </c>
       <c r="B1817" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma'nın İzinde</t>
+          <t>Ocağımız Sönmesin</t>
         </is>
       </c>
       <c r="C1817" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1818" spans="1:3">
       <c r="A1818" s="1" t="inlineStr">
         <is>
-          <t>9786051550190</t>
+          <t>9786254082368</t>
         </is>
       </c>
       <c r="B1818" s="1" t="inlineStr">
         <is>
-          <t>Kuvayı Milliye'nin Hazinesi</t>
+          <t>O Topraklar Bizimdi</t>
         </is>
       </c>
       <c r="C1818" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="1819" spans="1:3">
       <c r="A1819" s="1" t="inlineStr">
         <is>
-          <t>9786051550114</t>
+          <t>9789754379181</t>
         </is>
       </c>
       <c r="B1819" s="1" t="inlineStr">
         <is>
-          <t>O Zamanlar 1920-1923</t>
+          <t>Nuri Paşa</t>
         </is>
       </c>
       <c r="C1819" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1820" spans="1:3">
       <c r="A1820" s="1" t="inlineStr">
         <is>
-          <t>9786051550176</t>
+          <t>9789754376173</t>
         </is>
       </c>
       <c r="B1820" s="1" t="inlineStr">
         <is>
-          <t>Orhun'dan Tuna'ya Uluğ Türkler</t>
+          <t>Nuri Demirağ Türkiye’nin Havacılık Efsanesi</t>
         </is>
       </c>
       <c r="C1820" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1821" spans="1:3">
       <c r="A1821" s="1" t="inlineStr">
         <is>
-          <t>9789754379877</t>
+          <t>9789754370010</t>
         </is>
       </c>
       <c r="B1821" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku Sorunları ve Çözüm Önerileri</t>
+          <t>Türk İnkılabına Bakışlar</t>
         </is>
       </c>
       <c r="C1821" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1822" spans="1:3">
       <c r="A1822" s="1" t="inlineStr">
         <is>
-          <t>9789754379990</t>
+          <t>9789754379143</t>
         </is>
       </c>
       <c r="B1822" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Felsefesi</t>
+          <t>Türk Halkları Tarihine Giriş</t>
         </is>
       </c>
       <c r="C1822" s="1">
-        <v>370</v>
+        <v>725</v>
       </c>
     </row>
     <row r="1823" spans="1:3">
       <c r="A1823" s="1" t="inlineStr">
         <is>
-          <t>9789754379969</t>
+          <t>9786051552088</t>
         </is>
       </c>
       <c r="B1823" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Müslüman Coğrafyacılarından Seçmeler</t>
+          <t>Yaratılış Mitolojileri</t>
         </is>
       </c>
       <c r="C1823" s="1">
-        <v>525</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1824" spans="1:3">
       <c r="A1824" s="1" t="inlineStr">
         <is>
-          <t>9789754377866</t>
+          <t>9786051553832</t>
         </is>
       </c>
       <c r="B1824" s="1" t="inlineStr">
         <is>
-          <t>Zülkarneyn</t>
+          <t>Milli Mücadele Dönemi Türkiye-ABD İlişkileri (1918-1923)</t>
         </is>
       </c>
       <c r="C1824" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1825" spans="1:3">
       <c r="A1825" s="1" t="inlineStr">
         <is>
-          <t>9786051553665</t>
+          <t>9786051553986</t>
         </is>
       </c>
       <c r="B1825" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarıyla İz Bırakanlar</t>
+          <t>Dede Korkut Oğuznameleri</t>
         </is>
       </c>
       <c r="C1825" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1826" spans="1:3">
       <c r="A1826" s="1" t="inlineStr">
         <is>
-          <t>9786051550152</t>
+          <t>9786051553566</t>
         </is>
       </c>
       <c r="B1826" s="1" t="inlineStr">
         <is>
-          <t>Yurttan Yazılar</t>
+          <t>Mesnevi Tercümesi 6 Cilt (Kutulu) (Ciltli)</t>
         </is>
       </c>
       <c r="C1826" s="1">
-        <v>375</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="1827" spans="1:3">
       <c r="A1827" s="1" t="inlineStr">
         <is>
-          <t>9789754375763</t>
+          <t>9786051551487</t>
         </is>
       </c>
       <c r="B1827" s="1" t="inlineStr">
         <is>
-          <t>Canistan - Yağmur Atları</t>
+          <t>İktisat Sosyolojisine Başlangıç</t>
         </is>
       </c>
       <c r="C1827" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1828" spans="1:3">
       <c r="A1828" s="1" t="inlineStr">
         <is>
-          <t>9789754379853</t>
+          <t>9786051550206</t>
         </is>
       </c>
       <c r="B1828" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Sorunlar ve Çözüm Önerileri</t>
+          <t>Öğrenilmiş Çaresizlik</t>
         </is>
       </c>
       <c r="C1828" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1829" spans="1:3">
       <c r="A1829" s="1" t="inlineStr">
         <is>
-          <t>9789754379846</t>
+          <t>9786051550183</t>
         </is>
       </c>
       <c r="B1829" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları Sorunları ve Çözüm Önerileri</t>
+          <t>Argos Kalesi</t>
         </is>
       </c>
       <c r="C1829" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1830" spans="1:3">
       <c r="A1830" s="1" t="inlineStr">
         <is>
-          <t>9789754379983</t>
+          <t>9786051550145</t>
         </is>
       </c>
       <c r="B1830" s="1" t="inlineStr">
         <is>
-          <t>Gümüşsuyu</t>
+          <t>Kızılelma'nın İzinde</t>
         </is>
       </c>
       <c r="C1830" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1831" spans="1:3">
       <c r="A1831" s="1" t="inlineStr">
         <is>
-          <t>9789754373929</t>
+          <t>9786051550190</t>
         </is>
       </c>
       <c r="B1831" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Milli Hayat</t>
+          <t>Kuvayı Milliye'nin Hazinesi</t>
         </is>
       </c>
       <c r="C1831" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1832" spans="1:3">
       <c r="A1832" s="1" t="inlineStr">
         <is>
-          <t>9789754373837</t>
+          <t>9786051550114</t>
         </is>
       </c>
       <c r="B1832" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Koordinatları Okumak</t>
+          <t>O Zamanlar 1920-1923</t>
         </is>
       </c>
       <c r="C1832" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1833" spans="1:3">
       <c r="A1833" s="1" t="inlineStr">
         <is>
-          <t>9789754377590</t>
+          <t>9786051550176</t>
         </is>
       </c>
       <c r="B1833" s="1" t="inlineStr">
         <is>
-          <t>Tıp Felsefesi ve Etiği Üzerine</t>
+          <t>Orhun'dan Tuna'ya Uluğ Türkler</t>
         </is>
       </c>
       <c r="C1833" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1834" spans="1:3">
       <c r="A1834" s="1" t="inlineStr">
         <is>
-          <t>9789754374704</t>
+          <t>9789754379877</t>
         </is>
       </c>
       <c r="B1834" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular Tarihi ve Türk - İslam Medeniyeti</t>
+          <t>Sağlık Hukuku Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1834" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1835" spans="1:3">
       <c r="A1835" s="1" t="inlineStr">
         <is>
-          <t>9789754375510</t>
+          <t>9789754379990</t>
         </is>
       </c>
       <c r="B1835" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Anatomisi</t>
+          <t>Ölüm Felsefesi</t>
         </is>
       </c>
       <c r="C1835" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1836" spans="1:3">
       <c r="A1836" s="1" t="inlineStr">
         <is>
-          <t>9786051550091</t>
+          <t>9789754379969</t>
         </is>
       </c>
       <c r="B1836" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Cumhuriyeti'nin Ulusal Kalkınma ve Güvenlik Politikası</t>
+          <t>Ortaçağ Müslüman Coğrafyacılarından Seçmeler</t>
         </is>
       </c>
       <c r="C1836" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1837" spans="1:3">
       <c r="A1837" s="1" t="inlineStr">
         <is>
-          <t>9789754379860</t>
+          <t>9789754377866</t>
         </is>
       </c>
       <c r="B1837" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Güvencesi Sorunları ve Çözüm Önerileri</t>
+          <t>Zülkarneyn</t>
         </is>
       </c>
       <c r="C1837" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1838" spans="1:3">
       <c r="A1838" s="1" t="inlineStr">
         <is>
-          <t>9789754379822</t>
+          <t>9786051553665</t>
         </is>
       </c>
       <c r="B1838" s="1" t="inlineStr">
         <is>
-          <t>Asgari Ücret Sorunları ve Yansımaları</t>
+          <t>Hatıralarıyla İz Bırakanlar</t>
         </is>
       </c>
       <c r="C1838" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1839" spans="1:3">
       <c r="A1839" s="1" t="inlineStr">
         <is>
-          <t>9789754379914</t>
+          <t>9786051550152</t>
         </is>
       </c>
       <c r="B1839" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Asgari Ücrete Bakış</t>
+          <t>Yurttan Yazılar</t>
         </is>
       </c>
       <c r="C1839" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1840" spans="1:3">
       <c r="A1840" s="1" t="inlineStr">
         <is>
-          <t>9789754379884</t>
+          <t>9789754375763</t>
         </is>
       </c>
       <c r="B1840" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlikte Sorunlar ve Çözüm Önerileri</t>
+          <t>Canistan - Yağmur Atları</t>
         </is>
       </c>
       <c r="C1840" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1841" spans="1:3">
       <c r="A1841" s="1" t="inlineStr">
         <is>
-          <t>9789754379952</t>
+          <t>9789754379853</t>
         </is>
       </c>
       <c r="B1841" s="1" t="inlineStr">
         <is>
-          <t>Fatih İstanbul Kapılarında</t>
+          <t>Kamu Yönetiminde Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1841" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1842" spans="1:3">
       <c r="A1842" s="1" t="inlineStr">
         <is>
-          <t>9789754379945</t>
+          <t>9789754379846</t>
         </is>
       </c>
       <c r="B1842" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Kerkük’te</t>
+          <t>İnsan Hakları Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1842" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1843" spans="1:3">
       <c r="A1843" s="1" t="inlineStr">
         <is>
-          <t>9789754379679</t>
+          <t>9789754379983</t>
         </is>
       </c>
       <c r="B1843" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Sokak</t>
+          <t>Gümüşsuyu</t>
         </is>
       </c>
       <c r="C1843" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1844" spans="1:3">
       <c r="A1844" s="1" t="inlineStr">
         <is>
-          <t>9789754379723</t>
+          <t>9789754373929</t>
         </is>
       </c>
       <c r="B1844" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Zamanı ve Şahsiyeti</t>
+          <t>Küreselleşme ve Milli Hayat</t>
         </is>
       </c>
       <c r="C1844" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1845" spans="1:3">
       <c r="A1845" s="1" t="inlineStr">
         <is>
-          <t>9789754379716</t>
+          <t>9789754373837</t>
         </is>
       </c>
       <c r="B1845" s="1" t="inlineStr">
         <is>
-          <t>Efendi Dayının Kozalakları</t>
+          <t>Küreselleşme Koordinatları Okumak</t>
         </is>
       </c>
       <c r="C1845" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1846" spans="1:3">
       <c r="A1846" s="1" t="inlineStr">
         <is>
-          <t>9789754379532</t>
+          <t>9789754377590</t>
         </is>
       </c>
       <c r="B1846" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadının Yükselişi</t>
+          <t>Tıp Felsefesi ve Etiği Üzerine</t>
         </is>
       </c>
       <c r="C1846" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1847" spans="1:3">
       <c r="A1847" s="1" t="inlineStr">
         <is>
-          <t>9789754379785</t>
+          <t>9789754374704</t>
         </is>
       </c>
       <c r="B1847" s="1" t="inlineStr">
         <is>
-          <t>Göl'deki İsyan 1916</t>
+          <t>Selçuklular Tarihi ve Türk - İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C1847" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1848" spans="1:3">
       <c r="A1848" s="1" t="inlineStr">
         <is>
-          <t>9789754379242</t>
+          <t>9789754375510</t>
         </is>
       </c>
       <c r="B1848" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Hukukunda Sorunlar ve Çözüm Önerileri</t>
+          <t>Futbolun Anatomisi</t>
         </is>
       </c>
       <c r="C1848" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1849" spans="1:3">
       <c r="A1849" s="1" t="inlineStr">
         <is>
-          <t>9789754379792</t>
+          <t>9786051550091</t>
         </is>
       </c>
       <c r="B1849" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet'te Bir Sosyalist: Parvus Efendi</t>
+          <t>Azerbaycan Cumhuriyeti'nin Ulusal Kalkınma ve Güvenlik Politikası</t>
         </is>
       </c>
       <c r="C1849" s="1">
-        <v>240</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1850" spans="1:3">
       <c r="A1850" s="1" t="inlineStr">
         <is>
-          <t>9789754379778</t>
+          <t>9789754379860</t>
         </is>
       </c>
       <c r="B1850" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Yakmak</t>
+          <t>Sağlık Güvencesi Sorunları ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1850" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1851" spans="1:3">
       <c r="A1851" s="1" t="inlineStr">
         <is>
-          <t>9789754379709</t>
+          <t>9789754379822</t>
         </is>
       </c>
       <c r="B1851" s="1" t="inlineStr">
         <is>
-          <t>İsalar, Musalar ve Polisler</t>
+          <t>Asgari Ücret Sorunları ve Yansımaları</t>
         </is>
       </c>
       <c r="C1851" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1852" spans="1:3">
       <c r="A1852" s="1" t="inlineStr">
         <is>
-          <t>9789754379730</t>
+          <t>9789754379914</t>
         </is>
       </c>
       <c r="B1852" s="1" t="inlineStr">
         <is>
-          <t>Mehlika</t>
+          <t>Türkiye’de Asgari Ücrete Bakış</t>
         </is>
       </c>
       <c r="C1852" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1853" spans="1:3">
       <c r="A1853" s="1" t="inlineStr">
         <is>
-          <t>9789754379655</t>
+          <t>9789754379884</t>
         </is>
       </c>
       <c r="B1853" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Yetkinlik Kavramı ve İnsanın Yetkinleşmesi</t>
+          <t>Sosyal Güvenlikte Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1853" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1854" spans="1:3">
       <c r="A1854" s="1" t="inlineStr">
         <is>
-          <t>9789754378115</t>
+          <t>9789754379952</t>
         </is>
       </c>
       <c r="B1854" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Araştırmanın Niteliği</t>
+          <t>Fatih İstanbul Kapılarında</t>
         </is>
       </c>
       <c r="C1854" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1855" spans="1:3">
       <c r="A1855" s="1" t="inlineStr">
         <is>
-          <t>9789754378672</t>
+          <t>9789754379945</t>
         </is>
       </c>
       <c r="B1855" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Tarihi</t>
+          <t>Evliya Çelebi Kerkük’te</t>
         </is>
       </c>
       <c r="C1855" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1856" spans="1:3">
       <c r="A1856" s="1" t="inlineStr">
         <is>
-          <t>9789754378573</t>
+          <t>9789754379679</t>
         </is>
       </c>
       <c r="B1856" s="1" t="inlineStr">
         <is>
-          <t>Plevne</t>
+          <t>Yurttaş Sokak</t>
         </is>
       </c>
       <c r="C1856" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1857" spans="1:3">
       <c r="A1857" s="1" t="inlineStr">
         <is>
-          <t>9789754377521</t>
+          <t>9789754379723</t>
         </is>
       </c>
       <c r="B1857" s="1" t="inlineStr">
         <is>
-          <t>Petrol Çerçevesinde Musul Sorunu (1926-1955)</t>
+          <t>2. Abdülhamid Zamanı ve Şahsiyeti</t>
         </is>
       </c>
       <c r="C1857" s="1">
-        <v>475</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1858" spans="1:3">
       <c r="A1858" s="1" t="inlineStr">
         <is>
-          <t>9789754375794</t>
+          <t>9789754379716</t>
         </is>
       </c>
       <c r="B1858" s="1" t="inlineStr">
         <is>
-          <t>Panislamizm’den Büyük Asyacılığa</t>
+          <t>Efendi Dayının Kozalakları</t>
         </is>
       </c>
       <c r="C1858" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1859" spans="1:3">
       <c r="A1859" s="1" t="inlineStr">
         <is>
-          <t>9789754375077</t>
+          <t>9789754379532</t>
         </is>
       </c>
       <c r="B1859" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfeddin Seçme Hikayeler 2</t>
+          <t>Osmanlı Kadının Yükselişi</t>
         </is>
       </c>
       <c r="C1859" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1860" spans="1:3">
       <c r="A1860" s="1" t="inlineStr">
         <is>
-          <t>9789754375060</t>
+          <t>9789754379785</t>
         </is>
       </c>
       <c r="B1860" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfeddin - Seçme Hikayeler 1</t>
+          <t>Göl'deki İsyan 1916</t>
         </is>
       </c>
       <c r="C1860" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1861" spans="1:3">
       <c r="A1861" s="1" t="inlineStr">
         <is>
-          <t>9789754376425</t>
+          <t>9789754379242</t>
         </is>
       </c>
       <c r="B1861" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Hükmü</t>
+          <t>Eğitim Hukukunda Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1861" s="1">
-        <v>440</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1862" spans="1:3">
       <c r="A1862" s="1" t="inlineStr">
         <is>
-          <t>9789754370058</t>
+          <t>9789754379792</t>
         </is>
       </c>
       <c r="B1862" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Daha Güzeldi</t>
+          <t>Dersaadet'te Bir Sosyalist: Parvus Efendi</t>
         </is>
       </c>
       <c r="C1862" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1863" spans="1:3">
       <c r="A1863" s="1" t="inlineStr">
         <is>
-          <t>9789754378214</t>
+          <t>9789754379778</t>
         </is>
       </c>
       <c r="B1863" s="1" t="inlineStr">
         <is>
-          <t>Ölü Beyazı</t>
+          <t>Ateşi Yakmak</t>
         </is>
       </c>
       <c r="C1863" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1864" spans="1:3">
       <c r="A1864" s="1" t="inlineStr">
         <is>
-          <t>9789754373417</t>
+          <t>9789754379709</t>
         </is>
       </c>
       <c r="B1864" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet'e Portre Denemeleri</t>
+          <t>İsalar, Musalar ve Polisler</t>
         </is>
       </c>
       <c r="C1864" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1865" spans="1:3">
       <c r="A1865" s="1" t="inlineStr">
         <is>
-          <t>9789754373776</t>
+          <t>9789754379730</t>
         </is>
       </c>
       <c r="B1865" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan 21. Yüzyıla Ekonomik, Kültürel Ve Devlet Felsefesine Ait Değişmeler</t>
+          <t>Mehlika</t>
         </is>
       </c>
       <c r="C1865" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1866" spans="1:3">
       <c r="A1866" s="1" t="inlineStr">
         <is>
-          <t>9789754370287</t>
+          <t>9789754379655</t>
         </is>
       </c>
       <c r="B1866" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıca-Türkçe Uydurmaca</t>
+          <t>İslam Düşüncesinde Yetkinlik Kavramı ve İnsanın Yetkinleşmesi</t>
         </is>
       </c>
       <c r="C1866" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1867" spans="1:3">
       <c r="A1867" s="1" t="inlineStr">
         <is>
-          <t>9789754372663</t>
+          <t>9789754378115</t>
         </is>
       </c>
       <c r="B1867" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahlarının Hayat Hikayeleri</t>
+          <t>Psikolojik Araştırmanın Niteliği</t>
         </is>
       </c>
       <c r="C1867" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1868" spans="1:3">
       <c r="A1868" s="1" t="inlineStr">
         <is>
-          <t>9789754373325</t>
+          <t>9789754378672</t>
         </is>
       </c>
       <c r="B1868" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İktisat Düşüncesinin Çağdaşlaşması</t>
+          <t>Psikoloji Tarihi</t>
         </is>
       </c>
       <c r="C1868" s="1">
-        <v>490</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1869" spans="1:3">
       <c r="A1869" s="1" t="inlineStr">
         <is>
-          <t>9789754378696</t>
+          <t>9789754378573</t>
         </is>
       </c>
       <c r="B1869" s="1" t="inlineStr">
         <is>
-          <t>Oruç Beğ Tarihi: Ahmedi-Şükrullah (Ciltli)</t>
+          <t>Plevne</t>
         </is>
       </c>
       <c r="C1869" s="1">
-        <v>410</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1870" spans="1:3">
       <c r="A1870" s="1" t="inlineStr">
         <is>
-          <t>9789754378900</t>
+          <t>9789754377521</t>
         </is>
       </c>
       <c r="B1870" s="1" t="inlineStr">
         <is>
-          <t>Orobanhiyye</t>
+          <t>Petrol Çerçevesinde Musul Sorunu (1926-1955)</t>
         </is>
       </c>
       <c r="C1870" s="1">
-        <v>210</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1871" spans="1:3">
       <c r="A1871" s="1" t="inlineStr">
         <is>
-          <t>9789754376005</t>
+          <t>9789754375794</t>
         </is>
       </c>
       <c r="B1871" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Destan Dünyası</t>
+          <t>Panislamizm’den Büyük Asyacılığa</t>
         </is>
       </c>
       <c r="C1871" s="1">
-        <v>375</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1872" spans="1:3">
       <c r="A1872" s="1" t="inlineStr">
         <is>
-          <t>9789754374230</t>
+          <t>9789754375077</t>
         </is>
       </c>
       <c r="B1872" s="1" t="inlineStr">
         <is>
-          <t>Noktalar</t>
+          <t>Ömer Seyfeddin Seçme Hikayeler 2</t>
         </is>
       </c>
       <c r="C1872" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1873" spans="1:3">
       <c r="A1873" s="1" t="inlineStr">
         <is>
-          <t>9789754376067</t>
+          <t>9789754375060</t>
         </is>
       </c>
       <c r="B1873" s="1" t="inlineStr">
         <is>
-          <t>Müzikle Tedavi - Avrupa ve Türk-İslam Medeniyetinde</t>
+          <t>Ömer Seyfeddin - Seçme Hikayeler 1</t>
         </is>
       </c>
       <c r="C1873" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1874" spans="1:3">
       <c r="A1874" s="1" t="inlineStr">
         <is>
-          <t>9789754376043</t>
+          <t>9789754376425</t>
         </is>
       </c>
       <c r="B1874" s="1" t="inlineStr">
         <is>
-          <t>Müziğin İnsan ve Hayvanlara Etkisi</t>
+          <t>Ölüm Hükmü</t>
         </is>
       </c>
       <c r="C1874" s="1">
-        <v>140</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1875" spans="1:3">
       <c r="A1875" s="1" t="inlineStr">
         <is>
-          <t>9789754375923</t>
+          <t>9789754370058</t>
         </is>
       </c>
       <c r="B1875" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlıktan Evvel Türk Dinleri: Şamanizm</t>
+          <t>Ölüm Daha Güzeldi</t>
         </is>
       </c>
       <c r="C1875" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1876" spans="1:3">
       <c r="A1876" s="1" t="inlineStr">
         <is>
-          <t>9789754375695</t>
+          <t>9789754378214</t>
         </is>
       </c>
       <c r="B1876" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlık ve Kur’an-ı Kerimden Ayetlerle İslam Esasları</t>
+          <t>Ölü Beyazı</t>
         </is>
       </c>
       <c r="C1876" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1877" spans="1:3">
       <c r="A1877" s="1" t="inlineStr">
         <is>
-          <t>9789754374940</t>
+          <t>9789754373417</t>
         </is>
       </c>
       <c r="B1877" s="1" t="inlineStr">
         <is>
-          <t>Modern Batı Düşüncesinde Vahiy</t>
+          <t>Osmanlı’dan Cumhuriyet'e Portre Denemeleri</t>
         </is>
       </c>
       <c r="C1877" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1878" spans="1:3">
       <c r="A1878" s="1" t="inlineStr">
         <is>
-          <t>9789754376524</t>
+          <t>9789754373776</t>
         </is>
       </c>
       <c r="B1878" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiye Giriş</t>
+          <t>Osmanlı’dan 21. Yüzyıla Ekonomik, Kültürel Ve Devlet Felsefesine Ait Değişmeler</t>
         </is>
       </c>
       <c r="C1878" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1879" spans="1:3">
       <c r="A1879" s="1" t="inlineStr">
         <is>
-          <t>9789754377262</t>
+          <t>9789754370287</t>
         </is>
       </c>
       <c r="B1879" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilikte Yeni Arayışlar Yahya Kemal</t>
+          <t>Osmanlıca-Türkçe Uydurmaca</t>
         </is>
       </c>
       <c r="C1879" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1880" spans="1:3">
       <c r="A1880" s="1" t="inlineStr">
         <is>
-          <t>9789754379099</t>
+          <t>9789754372663</t>
         </is>
       </c>
       <c r="B1880" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik ve Sosyalizm Üzerine Mektuplar</t>
+          <t>Osmanlı Padişahlarının Hayat Hikayeleri</t>
         </is>
       </c>
       <c r="C1880" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1881" spans="1:3">
       <c r="A1881" s="1" t="inlineStr">
         <is>
-          <t>9789754373493</t>
+          <t>9789754373325</t>
         </is>
       </c>
       <c r="B1881" s="1" t="inlineStr">
         <is>
-          <t>Millet ve Türk Milliyetçiliği</t>
+          <t>Osmanlı İktisat Düşüncesinin Çağdaşlaşması</t>
         </is>
       </c>
       <c r="C1881" s="1">
-        <v>270</v>
+        <v>490</v>
       </c>
     </row>
     <row r="1882" spans="1:3">
       <c r="A1882" s="1" t="inlineStr">
         <is>
-          <t>9789754376852</t>
+          <t>9789754378696</t>
         </is>
       </c>
       <c r="B1882" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşkın 1001 Anlamı</t>
+          <t>Oruç Beğ Tarihi: Ahmedi-Şükrullah (Ciltli)</t>
         </is>
       </c>
       <c r="C1882" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1883" spans="1:3">
       <c r="A1883" s="1" t="inlineStr">
         <is>
-          <t>9789754376951</t>
+          <t>9789754378900</t>
         </is>
       </c>
       <c r="B1883" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Hakimüddin İdris-i Bitlisi</t>
+          <t>Orobanhiyye</t>
         </is>
       </c>
       <c r="C1883" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1884" spans="1:3">
       <c r="A1884" s="1" t="inlineStr">
         <is>
-          <t>9789754377385</t>
+          <t>9789754376005</t>
         </is>
       </c>
       <c r="B1884" s="1" t="inlineStr">
         <is>
-          <t>Meselelerimiz ve Önceliklerimiz</t>
+          <t>Oğuz Destan Dünyası</t>
         </is>
       </c>
       <c r="C1884" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1885" spans="1:3">
       <c r="A1885" s="1" t="inlineStr">
         <is>
-          <t>9789754378375</t>
+          <t>9789754374230</t>
         </is>
       </c>
       <c r="B1885" s="1" t="inlineStr">
         <is>
-          <t>Mendilim Sende Kalsın</t>
+          <t>Noktalar</t>
         </is>
       </c>
       <c r="C1885" s="1">
-        <v>230</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1886" spans="1:3">
       <c r="A1886" s="1" t="inlineStr">
         <is>
-          <t>9789754376807</t>
+          <t>9789754376067</t>
         </is>
       </c>
       <c r="B1886" s="1" t="inlineStr">
         <is>
-          <t>Melengicin Gölgesinde</t>
+          <t>Müzikle Tedavi - Avrupa ve Türk-İslam Medeniyetinde</t>
         </is>
       </c>
       <c r="C1886" s="1">
-        <v>440</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1887" spans="1:3">
       <c r="A1887" s="1" t="inlineStr">
         <is>
-          <t>9789754378122</t>
+          <t>9789754376043</t>
         </is>
       </c>
       <c r="B1887" s="1" t="inlineStr">
         <is>
-          <t>Masal Bitince</t>
+          <t>Müziğin İnsan ve Hayvanlara Etkisi</t>
         </is>
       </c>
       <c r="C1887" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1888" spans="1:3">
       <c r="A1888" s="1" t="inlineStr">
         <is>
-          <t>9789754378559</t>
+          <t>9789754375923</t>
         </is>
       </c>
       <c r="B1888" s="1" t="inlineStr">
         <is>
-          <t>Manzum Mensur Hikayeler</t>
+          <t>Müslümanlıktan Evvel Türk Dinleri: Şamanizm</t>
         </is>
       </c>
       <c r="C1888" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1889" spans="1:3">
       <c r="A1889" s="1" t="inlineStr">
         <is>
-          <t>9789754372441</t>
+          <t>9789754375695</t>
         </is>
       </c>
       <c r="B1889" s="1" t="inlineStr">
         <is>
-          <t>Mahmut ile Meryem</t>
+          <t>Müslümanlık ve Kur’an-ı Kerimden Ayetlerle İslam Esasları</t>
         </is>
       </c>
       <c r="C1889" s="1">
-        <v>295</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1890" spans="1:3">
       <c r="A1890" s="1" t="inlineStr">
         <is>
-          <t>9789754376210</t>
+          <t>9789754374940</t>
         </is>
       </c>
       <c r="B1890" s="1" t="inlineStr">
         <is>
-          <t>Liderlik ve Spor</t>
+          <t>Modern Batı Düşüncesinde Vahiy</t>
         </is>
       </c>
       <c r="C1890" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1891" spans="1:3">
       <c r="A1891" s="1" t="inlineStr">
         <is>
-          <t>9789754375244</t>
+          <t>9789754376524</t>
         </is>
       </c>
       <c r="B1891" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Milliyetçilik</t>
+          <t>Mitolojiye Giriş</t>
         </is>
       </c>
       <c r="C1891" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1892" spans="1:3">
       <c r="A1892" s="1" t="inlineStr">
         <is>
-          <t>9789754377415</t>
+          <t>9789754377262</t>
         </is>
       </c>
       <c r="B1892" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Dağ</t>
+          <t>Milliyetçilikte Yeni Arayışlar Yahya Kemal</t>
         </is>
       </c>
       <c r="C1892" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1893" spans="1:3">
       <c r="A1893" s="1" t="inlineStr">
         <is>
-          <t>9789754374681</t>
+          <t>9789754379099</t>
         </is>
       </c>
       <c r="B1893" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlamak</t>
+          <t>Milliyetçilik ve Sosyalizm Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C1893" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1894" spans="1:3">
       <c r="A1894" s="1" t="inlineStr">
         <is>
-          <t>9789754377828</t>
+          <t>9789754373493</t>
         </is>
       </c>
       <c r="B1894" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Estetik</t>
+          <t>Millet ve Türk Milliyetçiliği</t>
         </is>
       </c>
       <c r="C1894" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1895" spans="1:3">
       <c r="A1895" s="1" t="inlineStr">
         <is>
-          <t>9789754375145</t>
+          <t>9789754376852</t>
         </is>
       </c>
       <c r="B1895" s="1" t="inlineStr">
         <is>
-          <t>Kubbeler</t>
+          <t>Mevlana’da Aşkın 1001 Anlamı</t>
         </is>
       </c>
       <c r="C1895" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1896" spans="1:3">
       <c r="A1896" s="1" t="inlineStr">
         <is>
-          <t>9789754371000</t>
+          <t>9789754376951</t>
         </is>
       </c>
       <c r="B1896" s="1" t="inlineStr">
         <is>
-          <t>Köse Kadı</t>
+          <t>Mevlana Hakimüddin İdris-i Bitlisi</t>
         </is>
       </c>
       <c r="C1896" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1897" spans="1:3">
       <c r="A1897" s="1" t="inlineStr">
         <is>
-          <t>9786254084126</t>
+          <t>9789754377385</t>
         </is>
       </c>
       <c r="B1897" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu Destanı</t>
+          <t>Meselelerimiz ve Önceliklerimiz</t>
         </is>
       </c>
       <c r="C1897" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1898" spans="1:3">
       <c r="A1898" s="1" t="inlineStr">
         <is>
-          <t>9789754379211</t>
+          <t>9789754378375</t>
         </is>
       </c>
       <c r="B1898" s="1" t="inlineStr">
         <is>
-          <t>Koçaklar - 1915 Çanakkale</t>
+          <t>Mendilim Sende Kalsın</t>
         </is>
       </c>
       <c r="C1898" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1899" spans="1:3">
       <c r="A1899" s="1" t="inlineStr">
         <is>
-          <t>9789754378580</t>
+          <t>9789754376807</t>
         </is>
       </c>
       <c r="B1899" s="1" t="inlineStr">
         <is>
-          <t>Klasik Yunan Mitolojisi</t>
+          <t>Melengicin Gölgesinde</t>
         </is>
       </c>
       <c r="C1899" s="1">
-        <v>890</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1900" spans="1:3">
       <c r="A1900" s="1" t="inlineStr">
         <is>
-          <t>9789754371444</t>
+          <t>9789754378122</t>
         </is>
       </c>
       <c r="B1900" s="1" t="inlineStr">
         <is>
-          <t>Kitap Şuuru</t>
+          <t>Masal Bitince</t>
         </is>
       </c>
       <c r="C1900" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1901" spans="1:3">
       <c r="A1901" s="1" t="inlineStr">
         <is>
-          <t>9789754378863</t>
+          <t>9789754378559</t>
         </is>
       </c>
       <c r="B1901" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Atın Süvarisi</t>
+          <t>Manzum Mensur Hikayeler</t>
         </is>
       </c>
       <c r="C1901" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1902" spans="1:3">
       <c r="A1902" s="1" t="inlineStr">
         <is>
-          <t>9789754377644</t>
+          <t>9789754372441</t>
         </is>
       </c>
       <c r="B1902" s="1" t="inlineStr">
         <is>
-          <t>Kırk Ambar</t>
+          <t>Mahmut ile Meryem</t>
         </is>
       </c>
       <c r="C1902" s="1">
-        <v>300</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1903" spans="1:3">
       <c r="A1903" s="1" t="inlineStr">
         <is>
-          <t>9789754373462</t>
+          <t>9789754376210</t>
         </is>
       </c>
       <c r="B1903" s="1" t="inlineStr">
         <is>
-          <t>Kıpçak Türkleri Siyasi ve Dini Tarihi</t>
+          <t>Liderlik ve Spor</t>
         </is>
       </c>
       <c r="C1903" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1904" spans="1:3">
       <c r="A1904" s="1" t="inlineStr">
         <is>
-          <t>9789754377439</t>
+          <t>9789754375244</t>
         </is>
       </c>
       <c r="B1904" s="1" t="inlineStr">
         <is>
-          <t>Keşke</t>
+          <t>Küreselleşme ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C1904" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1905" spans="1:3">
       <c r="A1905" s="1" t="inlineStr">
         <is>
-          <t>9789754377859</t>
+          <t>9789754377415</t>
         </is>
       </c>
       <c r="B1905" s="1" t="inlineStr">
         <is>
-          <t>Kervansaray</t>
+          <t>Kutlu Dağ</t>
         </is>
       </c>
       <c r="C1905" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1906" spans="1:3">
       <c r="A1906" s="1" t="inlineStr">
         <is>
-          <t>9799754375380</t>
+          <t>9789754374681</t>
         </is>
       </c>
       <c r="B1906" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Kur’an’ı Anlamak</t>
         </is>
       </c>
       <c r="C1906" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1907" spans="1:3">
       <c r="A1907" s="1" t="inlineStr">
         <is>
-          <t>9789754376869</t>
+          <t>9789754377828</t>
         </is>
       </c>
       <c r="B1907" s="1" t="inlineStr">
         <is>
-          <t>Kerkük Çocuk Folkloru</t>
+          <t>Kur’an ve Estetik</t>
         </is>
       </c>
       <c r="C1907" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1908" spans="1:3">
       <c r="A1908" s="1" t="inlineStr">
         <is>
-          <t>9789754377637</t>
+          <t>9789754375145</t>
         </is>
       </c>
       <c r="B1908" s="1" t="inlineStr">
         <is>
-          <t>Kentte Gündelik Yaşam</t>
+          <t>Kubbeler</t>
         </is>
       </c>
       <c r="C1908" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1909" spans="1:3">
       <c r="A1909" s="1" t="inlineStr">
         <is>
-          <t>9789754377941</t>
+          <t>9789754371000</t>
         </is>
       </c>
       <c r="B1909" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yüzler</t>
+          <t>Köse Kadı</t>
         </is>
       </c>
       <c r="C1909" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1910" spans="1:3">
       <c r="A1910" s="1" t="inlineStr">
         <is>
-          <t>9789754377965</t>
+          <t>9786254084126</t>
         </is>
       </c>
       <c r="B1910" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan İstanbul’dan Hatıralar</t>
+          <t>Köroğlu Destanı</t>
         </is>
       </c>
       <c r="C1910" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1911" spans="1:3">
       <c r="A1911" s="1" t="inlineStr">
         <is>
-          <t>9789754377088</t>
+          <t>9789754379211</t>
         </is>
       </c>
       <c r="B1911" s="1" t="inlineStr">
         <is>
-          <t>Kaşgarlı Mahmut</t>
+          <t>Koçaklar - 1915 Çanakkale</t>
         </is>
       </c>
       <c r="C1911" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1912" spans="1:3">
       <c r="A1912" s="1" t="inlineStr">
         <is>
-          <t>9789754378030</t>
+          <t>9789754378580</t>
         </is>
       </c>
       <c r="B1912" s="1" t="inlineStr">
         <is>
-          <t>Kargalar Derneği</t>
+          <t>Klasik Yunan Mitolojisi</t>
         </is>
       </c>
       <c r="C1912" s="1">
-        <v>440</v>
+        <v>890</v>
       </c>
     </row>
     <row r="1913" spans="1:3">
       <c r="A1913" s="1" t="inlineStr">
         <is>
-          <t>9789754379464</t>
+          <t>9789754371444</t>
         </is>
       </c>
       <c r="B1913" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Dünyası</t>
+          <t>Kitap Şuuru</t>
         </is>
       </c>
       <c r="C1913" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1914" spans="1:3">
       <c r="A1914" s="1" t="inlineStr">
         <is>
-          <t>9789754374001</t>
+          <t>9789754378863</t>
         </is>
       </c>
       <c r="B1914" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Kuşlar Şehri</t>
+          <t>Kızıl Atın Süvarisi</t>
         </is>
       </c>
       <c r="C1914" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1915" spans="1:3">
       <c r="A1915" s="1" t="inlineStr">
         <is>
-          <t>9789754375138</t>
+          <t>9789754377644</t>
         </is>
       </c>
       <c r="B1915" s="1" t="inlineStr">
         <is>
-          <t>Kanatlarını Arayanlar</t>
+          <t>Kırk Ambar</t>
         </is>
       </c>
       <c r="C1915" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1916" spans="1:3">
       <c r="A1916" s="1" t="inlineStr">
         <is>
-          <t>9789754370324</t>
+          <t>9789754373462</t>
         </is>
       </c>
       <c r="B1916" s="1" t="inlineStr">
         <is>
-          <t>Kadın Aşk Aile</t>
+          <t>Kıpçak Türkleri Siyasi ve Dini Tarihi</t>
         </is>
       </c>
       <c r="C1916" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1917" spans="1:3">
       <c r="A1917" s="1" t="inlineStr">
         <is>
-          <t>9789754378382</t>
+          <t>9789754377439</t>
         </is>
       </c>
       <c r="B1917" s="1" t="inlineStr">
         <is>
-          <t>Kaçış</t>
+          <t>Keşke</t>
         </is>
       </c>
       <c r="C1917" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1918" spans="1:3">
       <c r="A1918" s="1" t="inlineStr">
         <is>
-          <t>9786051556741</t>
+          <t>9789754377859</t>
         </is>
       </c>
       <c r="B1918" s="1" t="inlineStr">
         <is>
-          <t>Birgili Mehmed Efendi - Ebussuud Efendi - Mustafa Ali - Kemalpaşa / Oğlu</t>
+          <t>Kervansaray</t>
         </is>
       </c>
       <c r="C1918" s="1">
-        <v>575</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1919" spans="1:3">
       <c r="A1919" s="1" t="inlineStr">
         <is>
-          <t>9789754373998</t>
+          <t>9799754375380</t>
         </is>
       </c>
       <c r="B1919" s="1" t="inlineStr">
         <is>
-          <t>İslamiyet Öncesi Türk Destanları</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C1919" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1920" spans="1:3">
       <c r="A1920" s="1" t="inlineStr">
         <is>
-          <t>9789754375169</t>
+          <t>9789754376869</t>
         </is>
       </c>
       <c r="B1920" s="1" t="inlineStr">
         <is>
-          <t>İslam’ı Anlamak</t>
+          <t>Kerkük Çocuk Folkloru</t>
         </is>
       </c>
       <c r="C1920" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1921" spans="1:3">
       <c r="A1921" s="1" t="inlineStr">
         <is>
-          <t>9789754378771</t>
+          <t>9789754377637</t>
         </is>
       </c>
       <c r="B1921" s="1" t="inlineStr">
         <is>
-          <t>İslam’dan Batı’ya Düşüncenin Yol Alışı</t>
+          <t>Kentte Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C1921" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1922" spans="1:3">
       <c r="A1922" s="1" t="inlineStr">
         <is>
-          <t>9789754375541</t>
+          <t>9789754377941</t>
         </is>
       </c>
       <c r="B1922" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi 2 Türkler ve İslam</t>
+          <t>Kayıp Yüzler</t>
         </is>
       </c>
       <c r="C1922" s="1">
-        <v>80</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1923" spans="1:3">
       <c r="A1923" s="1" t="inlineStr">
         <is>
-          <t>9789754373035</t>
+          <t>9789754377965</t>
         </is>
       </c>
       <c r="B1923" s="1" t="inlineStr">
         <is>
-          <t>İslam Medeniyeti ve Türk Kültürü</t>
+          <t>Kaybolan İstanbul’dan Hatıralar</t>
         </is>
       </c>
       <c r="C1923" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1924" spans="1:3">
       <c r="A1924" s="1" t="inlineStr">
         <is>
-          <t>9789754379280</t>
+          <t>9789754377088</t>
         </is>
       </c>
       <c r="B1924" s="1" t="inlineStr">
         <is>
-          <t>İslam Dini ve Mezhepleri Tarihi 4: Felsefe ve Eylem Olarak Tarikatçılık</t>
+          <t>Kaşgarlı Mahmut</t>
         </is>
       </c>
       <c r="C1924" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1925" spans="1:3">
       <c r="A1925" s="1" t="inlineStr">
         <is>
-          <t>9789754370225</t>
+          <t>9789754378030</t>
         </is>
       </c>
       <c r="B1925" s="1" t="inlineStr">
         <is>
-          <t>İslam Devlet Felsefesi</t>
+          <t>Kargalar Derneği</t>
         </is>
       </c>
       <c r="C1925" s="1">
-        <v>270</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1926" spans="1:3">
       <c r="A1926" s="1" t="inlineStr">
         <is>
-          <t>9789754378931</t>
+          <t>9789754379464</t>
         </is>
       </c>
       <c r="B1926" s="1" t="inlineStr">
         <is>
-          <t>İran ile Turan</t>
+          <t>Karadeniz Dünyası</t>
         </is>
       </c>
       <c r="C1926" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1927" spans="1:3">
       <c r="A1927" s="1" t="inlineStr">
         <is>
-          <t>9789754379204</t>
+          <t>9789754374001</t>
         </is>
       </c>
       <c r="B1927" s="1" t="inlineStr">
         <is>
-          <t>İlk Müslüman Türk Devletleri</t>
+          <t>Kanatsız Kuşlar Şehri</t>
         </is>
       </c>
       <c r="C1927" s="1">
-        <v>375</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1928" spans="1:3">
       <c r="A1928" s="1" t="inlineStr">
         <is>
-          <t>9789754377811</t>
+          <t>9789754375138</t>
         </is>
       </c>
       <c r="B1928" s="1" t="inlineStr">
         <is>
-          <t>İlhanlılar Döneminde Şiilik</t>
+          <t>Kanatlarını Arayanlar</t>
         </is>
       </c>
       <c r="C1928" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1929" spans="1:3">
       <c r="A1929" s="1" t="inlineStr">
         <is>
-          <t>9789754375046</t>
+          <t>9789754370324</t>
         </is>
       </c>
       <c r="B1929" s="1" t="inlineStr">
         <is>
-          <t>İktisat Metodolojisi ve Düşünce Tarihi Yazıları</t>
+          <t>Kadın Aşk Aile</t>
         </is>
       </c>
       <c r="C1929" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1930" spans="1:3">
       <c r="A1930" s="1" t="inlineStr">
         <is>
-          <t>9789754376968</t>
+          <t>9789754378382</t>
         </is>
       </c>
       <c r="B1930" s="1" t="inlineStr">
         <is>
-          <t>İhtilal, İhtiras ve İdeal</t>
+          <t>Kaçış</t>
         </is>
       </c>
       <c r="C1930" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1931" spans="1:3">
       <c r="A1931" s="1" t="inlineStr">
         <is>
-          <t>9789754379150</t>
+          <t>9786051556741</t>
         </is>
       </c>
       <c r="B1931" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'de Nedensellik</t>
+          <t>Birgili Mehmed Efendi - Ebussuud Efendi - Mustafa Ali - Kemalpaşa / Oğlu</t>
         </is>
       </c>
       <c r="C1931" s="1">
-        <v>170</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1932" spans="1:3">
       <c r="A1932" s="1" t="inlineStr">
         <is>
-          <t>9789754379372</t>
+          <t>9789754373998</t>
         </is>
       </c>
       <c r="B1932" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd’de Burhan</t>
+          <t>İslamiyet Öncesi Türk Destanları</t>
         </is>
       </c>
       <c r="C1932" s="1">
-        <v>280</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1933" spans="1:3">
       <c r="A1933" s="1" t="inlineStr">
         <is>
-          <t>9789754371222</t>
+          <t>9789754375169</t>
         </is>
       </c>
       <c r="B1933" s="1" t="inlineStr">
         <is>
-          <t>İbiş'in Rüyası Bütün Eserleri 5</t>
+          <t>İslam’ı Anlamak</t>
         </is>
       </c>
       <c r="C1933" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1934" spans="1:3">
       <c r="A1934" s="1" t="inlineStr">
         <is>
-          <t>9789754374575</t>
+          <t>9789754378771</t>
         </is>
       </c>
       <c r="B1934" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’i Anlamak</t>
+          <t>İslam’dan Batı’ya Düşüncenin Yol Alışı</t>
         </is>
       </c>
       <c r="C1934" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1935" spans="1:3">
       <c r="A1935" s="1" t="inlineStr">
         <is>
-          <t>9789754375374</t>
+          <t>9789754375541</t>
         </is>
       </c>
       <c r="B1935" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Anlar Durağı</t>
+          <t>İslam Tarihi 2 Türkler ve İslam</t>
         </is>
       </c>
       <c r="C1935" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="1936" spans="1:3">
       <c r="A1936" s="1" t="inlineStr">
         <is>
-          <t>9799754375946</t>
+          <t>9789754373035</t>
         </is>
       </c>
       <c r="B1936" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Çöktü Dağlara</t>
+          <t>İslam Medeniyeti ve Türk Kültürü</t>
         </is>
       </c>
       <c r="C1936" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1937" spans="1:3">
       <c r="A1937" s="1" t="inlineStr">
         <is>
-          <t>9789754378467</t>
+          <t>9789754379280</t>
         </is>
       </c>
       <c r="B1937" s="1" t="inlineStr">
         <is>
-          <t>Hüzne Sarılmış Öyküler</t>
+          <t>İslam Dini ve Mezhepleri Tarihi 4: Felsefe ve Eylem Olarak Tarikatçılık</t>
         </is>
       </c>
       <c r="C1937" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1938" spans="1:3">
       <c r="A1938" s="1" t="inlineStr">
         <is>
-          <t>9789754378399</t>
+          <t>9789754370225</t>
         </is>
       </c>
       <c r="B1938" s="1" t="inlineStr">
         <is>
-          <t>Hacı Arif Bey</t>
+          <t>İslam Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C1938" s="1">
-        <v>650</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1939" spans="1:3">
       <c r="A1939" s="1" t="inlineStr">
         <is>
-          <t>9789754376388</t>
+          <t>9789754378931</t>
         </is>
       </c>
       <c r="B1939" s="1" t="inlineStr">
         <is>
-          <t>Ha Bu Diyar</t>
+          <t>İran ile Turan</t>
         </is>
       </c>
       <c r="C1939" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1940" spans="1:3">
       <c r="A1940" s="1" t="inlineStr">
         <is>
-          <t>9789754370539</t>
+          <t>9789754379204</t>
         </is>
       </c>
       <c r="B1940" s="1" t="inlineStr">
         <is>
-          <t>Gün Olur Asra Bedel</t>
+          <t>İlk Müslüman Türk Devletleri</t>
         </is>
       </c>
       <c r="C1940" s="1">
-        <v>135</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1941" spans="1:3">
       <c r="A1941" s="1" t="inlineStr">
         <is>
-          <t>9789754378092</t>
+          <t>9789754377811</t>
         </is>
       </c>
       <c r="B1941" s="1" t="inlineStr">
         <is>
-          <t>Gülümsemeyi Unutma</t>
+          <t>İlhanlılar Döneminde Şiilik</t>
         </is>
       </c>
       <c r="C1941" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1942" spans="1:3">
       <c r="A1942" s="1" t="inlineStr">
         <is>
-          <t>9789754374667</t>
+          <t>9789754375046</t>
         </is>
       </c>
       <c r="B1942" s="1" t="inlineStr">
         <is>
-          <t>Gül Ayinleri</t>
+          <t>İktisat Metodolojisi ve Düşünce Tarihi Yazıları</t>
         </is>
       </c>
       <c r="C1942" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1943" spans="1:3">
       <c r="A1943" s="1" t="inlineStr">
         <is>
-          <t>9789754377040</t>
+          <t>9789754376968</t>
         </is>
       </c>
       <c r="B1943" s="1" t="inlineStr">
         <is>
-          <t>Gurbet Dediğin...</t>
+          <t>İhtilal, İhtiras ve İdeal</t>
         </is>
       </c>
       <c r="C1943" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1944" spans="1:3">
       <c r="A1944" s="1" t="inlineStr">
         <is>
-          <t>9789754379235</t>
+          <t>9789754379150</t>
         </is>
       </c>
       <c r="B1944" s="1" t="inlineStr">
         <is>
-          <t>Goethe ve İslam (Ciltli)</t>
+          <t>İbn Rüşd'de Nedensellik</t>
         </is>
       </c>
       <c r="C1944" s="1">
-        <v>800</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1945" spans="1:3">
       <c r="A1945" s="1" t="inlineStr">
         <is>
-          <t>9789754370652</t>
+          <t>9789754379372</t>
         </is>
       </c>
       <c r="B1945" s="1" t="inlineStr">
         <is>
-          <t>Gençliğim Eyvah</t>
+          <t>İbn Rüşd’de Burhan</t>
         </is>
       </c>
       <c r="C1945" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1946" spans="1:3">
       <c r="A1946" s="1" t="inlineStr">
         <is>
-          <t>9789754379266</t>
+          <t>9789754371222</t>
         </is>
       </c>
       <c r="B1946" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Kanglı Türkleri</t>
+          <t>İbiş'in Rüyası Bütün Eserleri 5</t>
         </is>
       </c>
       <c r="C1946" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1947" spans="1:3">
       <c r="A1947" s="1" t="inlineStr">
         <is>
-          <t>9789754376180</t>
+          <t>9789754374575</t>
         </is>
       </c>
       <c r="B1947" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Peşinde Yahut Vaizin Söyledikleri</t>
+          <t>Hz. Peygamber’i Anlamak</t>
         </is>
       </c>
       <c r="C1947" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1948" spans="1:3">
       <c r="A1948" s="1" t="inlineStr">
         <is>
-          <t>9789754371482</t>
+          <t>9789754375374</t>
         </is>
       </c>
       <c r="B1948" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı Güneşi</t>
+          <t>Hüzünlü Anlar Durağı</t>
         </is>
       </c>
       <c r="C1948" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1949" spans="1:3">
       <c r="A1949" s="1" t="inlineStr">
         <is>
-          <t>9789754377798</t>
+          <t>9799754375946</t>
         </is>
       </c>
       <c r="B1949" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısı</t>
+          <t>Hüzün Çöktü Dağlara</t>
         </is>
       </c>
       <c r="C1949" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1950" spans="1:3">
       <c r="A1950" s="1" t="inlineStr">
         <is>
-          <t>9789754377989</t>
+          <t>9789754378467</t>
         </is>
       </c>
       <c r="B1950" s="1" t="inlineStr">
         <is>
-          <t>Galip Erdem</t>
+          <t>Hüzne Sarılmış Öyküler</t>
         </is>
       </c>
       <c r="C1950" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1951" spans="1:3">
       <c r="A1951" s="1" t="inlineStr">
         <is>
-          <t>9789754376821</t>
+          <t>9789754378399</t>
         </is>
       </c>
       <c r="B1951" s="1" t="inlineStr">
         <is>
-          <t>Felsefe, Tarih, Edebiyat Üzerine</t>
+          <t>Hacı Arif Bey</t>
         </is>
       </c>
       <c r="C1951" s="1">
-        <v>170</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1952" spans="1:3">
       <c r="A1952" s="1" t="inlineStr">
         <is>
-          <t>9789754374971</t>
+          <t>9789754376388</t>
         </is>
       </c>
       <c r="B1952" s="1" t="inlineStr">
         <is>
-          <t>Fatihler Ölmez ve Takvimler</t>
+          <t>Ha Bu Diyar</t>
         </is>
       </c>
       <c r="C1952" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1953" spans="1:3">
       <c r="A1953" s="1" t="inlineStr">
         <is>
-          <t>9789754372953</t>
+          <t>9789754370539</t>
         </is>
       </c>
       <c r="B1953" s="1" t="inlineStr">
         <is>
-          <t>Farabi</t>
+          <t>Gün Olur Asra Bedel</t>
         </is>
       </c>
       <c r="C1953" s="1">
-        <v>210</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1954" spans="1:3">
       <c r="A1954" s="1" t="inlineStr">
         <is>
-          <t>9789754378436</t>
+          <t>9789754378092</t>
         </is>
       </c>
       <c r="B1954" s="1" t="inlineStr">
         <is>
-          <t>Fair Play</t>
+          <t>Gülümsemeyi Unutma</t>
         </is>
       </c>
       <c r="C1954" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1955" spans="1:3">
       <c r="A1955" s="1" t="inlineStr">
         <is>
-          <t>9789754378504</t>
+          <t>9789754374667</t>
         </is>
       </c>
       <c r="B1955" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi'nden Seçmeler</t>
+          <t>Gül Ayinleri</t>
         </is>
       </c>
       <c r="C1955" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1956" spans="1:3">
       <c r="A1956" s="1" t="inlineStr">
         <is>
-          <t>9789754378443</t>
+          <t>9789754377040</t>
         </is>
       </c>
       <c r="B1956" s="1" t="inlineStr">
         <is>
-          <t>Eve Dönmeyenler</t>
+          <t>Gurbet Dediğin...</t>
         </is>
       </c>
       <c r="C1956" s="1">
-        <v>390</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1957" spans="1:3">
       <c r="A1957" s="1" t="inlineStr">
         <is>
-          <t>9789754378627</t>
+          <t>9789754379235</t>
         </is>
       </c>
       <c r="B1957" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul Kahvehaneleri</t>
+          <t>Goethe ve İslam (Ciltli)</t>
         </is>
       </c>
       <c r="C1957" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1958" spans="1:3">
       <c r="A1958" s="1" t="inlineStr">
         <is>
-          <t>9789754377972</t>
+          <t>9789754370652</t>
         </is>
       </c>
       <c r="B1958" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu İbrahim Hakkı ve Adam Smith</t>
+          <t>Gençliğim Eyvah</t>
         </is>
       </c>
       <c r="C1958" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1959" spans="1:3">
       <c r="A1959" s="1" t="inlineStr">
         <is>
-          <t>9789754375121</t>
+          <t>9789754379266</t>
         </is>
       </c>
       <c r="B1959" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa ve Sarıkamış Harekatı</t>
+          <t>Geçmişten Günümüze Kanglı Türkleri</t>
         </is>
       </c>
       <c r="C1959" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1960" spans="1:3">
       <c r="A1960" s="1" t="inlineStr">
         <is>
-          <t>9789754375565</t>
+          <t>9789754376180</t>
         </is>
       </c>
       <c r="B1960" s="1" t="inlineStr">
         <is>
-          <t>Endülüste Raks</t>
+          <t>Geçmiş Zaman Peşinde Yahut Vaizin Söyledikleri</t>
         </is>
       </c>
       <c r="C1960" s="1">
-        <v>210</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1961" spans="1:3">
       <c r="A1961" s="1" t="inlineStr">
         <is>
-          <t>9789754374308</t>
+          <t>9789754371482</t>
         </is>
       </c>
       <c r="B1961" s="1" t="inlineStr">
         <is>
-          <t>El Eli Yur, El De Yüzü</t>
+          <t>Gece Yarısı Güneşi</t>
         </is>
       </c>
       <c r="C1961" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1962" spans="1:3">
       <c r="A1962" s="1" t="inlineStr">
         <is>
-          <t>9789754375787</t>
+          <t>9789754377798</t>
         </is>
       </c>
       <c r="B1962" s="1" t="inlineStr">
         <is>
-          <t>Eksik El Yazması</t>
+          <t>Gece Yarısı</t>
         </is>
       </c>
       <c r="C1962" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1963" spans="1:3">
       <c r="A1963" s="1" t="inlineStr">
         <is>
-          <t>9789754376630</t>
+          <t>9789754377989</t>
         </is>
       </c>
       <c r="B1963" s="1" t="inlineStr">
         <is>
-          <t>Ekmek ve Silah</t>
+          <t>Galip Erdem</t>
         </is>
       </c>
       <c r="C1963" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1964" spans="1:3">
       <c r="A1964" s="1" t="inlineStr">
         <is>
-          <t>9789754378764</t>
+          <t>9789754376821</t>
         </is>
       </c>
       <c r="B1964" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Müziği Besteleme</t>
+          <t>Felsefe, Tarih, Edebiyat Üzerine</t>
         </is>
       </c>
       <c r="C1964" s="1">
-        <v>450</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1965" spans="1:3">
       <c r="A1965" s="1" t="inlineStr">
         <is>
-          <t>9789754370348</t>
+          <t>9789754374971</t>
         </is>
       </c>
       <c r="B1965" s="1" t="inlineStr">
         <is>
-          <t>Eğitim, Gençlik, Üniversite</t>
+          <t>Fatihler Ölmez ve Takvimler</t>
         </is>
       </c>
       <c r="C1965" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1966" spans="1:3">
       <c r="A1966" s="1" t="inlineStr">
         <is>
-          <t>9789754376593</t>
+          <t>9789754372953</t>
         </is>
       </c>
       <c r="B1966" s="1" t="inlineStr">
         <is>
-          <t>Düş Gören Defter</t>
+          <t>Farabi</t>
         </is>
       </c>
       <c r="C1966" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1967" spans="1:3">
       <c r="A1967" s="1" t="inlineStr">
         <is>
-          <t>9789754370850</t>
+          <t>9789754378436</t>
         </is>
       </c>
       <c r="B1967" s="1" t="inlineStr">
         <is>
-          <t>Dünya Nüfusunun İktisat Tarihi</t>
+          <t>Fair Play</t>
         </is>
       </c>
       <c r="C1967" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1968" spans="1:3">
       <c r="A1968" s="1" t="inlineStr">
         <is>
-          <t>9789754377996</t>
+          <t>9789754378504</t>
         </is>
       </c>
       <c r="B1968" s="1" t="inlineStr">
         <is>
-          <t>Dündar Taşer</t>
+          <t>Evliya Çelebi Seyahatnamesi'nden Seçmeler</t>
         </is>
       </c>
       <c r="C1968" s="1">
-        <v>325</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1969" spans="1:3">
       <c r="A1969" s="1" t="inlineStr">
         <is>
-          <t>9789754370027</t>
+          <t>9789754378443</t>
         </is>
       </c>
       <c r="B1969" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Aminler Bütün Eserleri</t>
+          <t>Eve Dönmeyenler</t>
         </is>
       </c>
       <c r="C1969" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1970" spans="1:3">
       <c r="A1970" s="1" t="inlineStr">
         <is>
-          <t>9789754378450</t>
+          <t>9789754378627</t>
         </is>
       </c>
       <c r="B1970" s="1" t="inlineStr">
         <is>
-          <t>Zirvedeki Sultanlar</t>
+          <t>Eski İstanbul Kahvehaneleri</t>
         </is>
       </c>
       <c r="C1970" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1971" spans="1:3">
       <c r="A1971" s="1" t="inlineStr">
         <is>
-          <t>9789754375251</t>
+          <t>9789754377972</t>
         </is>
       </c>
       <c r="B1971" s="1" t="inlineStr">
         <is>
-          <t>Zemheri Kuyusu</t>
+          <t>Erzurumlu İbrahim Hakkı ve Adam Smith</t>
         </is>
       </c>
       <c r="C1971" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1972" spans="1:3">
       <c r="A1972" s="1" t="inlineStr">
         <is>
-          <t>9789754375961</t>
+          <t>9789754375121</t>
         </is>
       </c>
       <c r="B1972" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Yakama Yapıştırdıkları</t>
+          <t>Enver Paşa ve Sarıkamış Harekatı</t>
         </is>
       </c>
       <c r="C1972" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1973" spans="1:3">
       <c r="A1973" s="1" t="inlineStr">
         <is>
-          <t>9799754374659</t>
+          <t>9789754375565</t>
         </is>
       </c>
       <c r="B1973" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kanatları</t>
+          <t>Endülüste Raks</t>
         </is>
       </c>
       <c r="C1973" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1974" spans="1:3">
       <c r="A1974" s="1" t="inlineStr">
         <is>
-          <t>9789754377279</t>
+          <t>9789754374308</t>
         </is>
       </c>
       <c r="B1974" s="1" t="inlineStr">
         <is>
-          <t>Zaman Değirmeni</t>
+          <t>El Eli Yur, El De Yüzü</t>
         </is>
       </c>
       <c r="C1974" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1975" spans="1:3">
       <c r="A1975" s="1" t="inlineStr">
         <is>
-          <t>9789754378184</t>
+          <t>9789754375787</t>
         </is>
       </c>
       <c r="B1975" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Öğretimde Sorunlar ve Çözüm Önerileri</t>
+          <t>Eksik El Yazması</t>
         </is>
       </c>
       <c r="C1975" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1976" spans="1:3">
       <c r="A1976" s="1" t="inlineStr">
         <is>
-          <t>9786254082030</t>
+          <t>9789754376630</t>
         </is>
       </c>
       <c r="B1976" s="1" t="inlineStr">
         <is>
-          <t>Yurdunu Kaybeden Adam</t>
+          <t>Ekmek ve Silah</t>
         </is>
       </c>
       <c r="C1976" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1977" spans="1:3">
       <c r="A1977" s="1" t="inlineStr">
         <is>
-          <t>9789754375626</t>
+          <t>9789754378764</t>
         </is>
       </c>
       <c r="B1977" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Türkleşmesi ve Kültürel Hayatı</t>
+          <t>Eğitim Müziği Besteleme</t>
         </is>
       </c>
       <c r="C1977" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1978" spans="1:3">
       <c r="A1978" s="1" t="inlineStr">
         <is>
-          <t>9789754375718</t>
+          <t>9789754370348</t>
         </is>
       </c>
       <c r="B1978" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Türk Şamanlığı</t>
+          <t>Eğitim, Gençlik, Üniversite</t>
         </is>
       </c>
       <c r="C1978" s="1">
-        <v>575</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1979" spans="1:3">
       <c r="A1979" s="1" t="inlineStr">
         <is>
-          <t>9789754377194</t>
+          <t>9789754376593</t>
         </is>
       </c>
       <c r="B1979" s="1" t="inlineStr">
         <is>
-          <t>Altın Orda ve Rusya</t>
+          <t>Düş Gören Defter</t>
         </is>
       </c>
       <c r="C1979" s="1">
-        <v>550</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1980" spans="1:3">
       <c r="A1980" s="1" t="inlineStr">
         <is>
-          <t>9789754379068</t>
+          <t>9789754370850</t>
         </is>
       </c>
       <c r="B1980" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Dünya Nüfusunun İktisat Tarihi</t>
         </is>
       </c>
       <c r="C1980" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1981" spans="1:3">
       <c r="A1981" s="1" t="inlineStr">
         <is>
-          <t>9789754378351</t>
+          <t>9789754377996</t>
         </is>
       </c>
       <c r="B1981" s="1" t="inlineStr">
         <is>
-          <t>Alevi, Bektaşi, Tahtacı Nefesleri</t>
+          <t>Dündar Taşer</t>
         </is>
       </c>
       <c r="C1981" s="1">
-        <v>625</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1982" spans="1:3">
       <c r="A1982" s="1" t="inlineStr">
         <is>
-          <t>9789754372977</t>
+          <t>9789754370027</t>
         </is>
       </c>
       <c r="B1982" s="1" t="inlineStr">
         <is>
-          <t>Ak Deve</t>
+          <t>Dualar ve Aminler Bütün Eserleri</t>
         </is>
       </c>
       <c r="C1982" s="1">
-        <v>395</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1983" spans="1:3">
       <c r="A1983" s="1" t="inlineStr">
         <is>
-          <t>9786051555638</t>
+          <t>9789754378450</t>
         </is>
       </c>
       <c r="B1983" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Han</t>
+          <t>Zirvedeki Sultanlar</t>
         </is>
       </c>
       <c r="C1983" s="1">
-        <v>690</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1984" spans="1:3">
       <c r="A1984" s="1" t="inlineStr">
         <is>
-          <t>9789754376098</t>
+          <t>9789754375251</t>
         </is>
       </c>
       <c r="B1984" s="1" t="inlineStr">
         <is>
-          <t>1914’lerden 1940’lara Türk Resim ve Romanında Gerçekçilik</t>
+          <t>Zemheri Kuyusu</t>
         </is>
       </c>
       <c r="C1984" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1985" spans="1:3">
       <c r="A1985" s="1" t="inlineStr">
         <is>
-          <t>9789754379051</t>
+          <t>9789754375961</t>
         </is>
       </c>
       <c r="B1985" s="1" t="inlineStr">
         <is>
-          <t>16. Yüzyıl Osmanlı Ekonomisinde Piyasa’nın Karşıtı Pazar</t>
+          <t>Zamanın Yakama Yapıştırdıkları</t>
         </is>
       </c>
       <c r="C1985" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1986" spans="1:3">
       <c r="A1986" s="1" t="inlineStr">
         <is>
-          <t>9789754376371</t>
+          <t>9799754374659</t>
         </is>
       </c>
       <c r="B1986" s="1" t="inlineStr">
         <is>
-          <t>100 Büyük Roman - 4 Dünya Edebiyatının Şaheserleri</t>
+          <t>Zamanın Kanatları</t>
         </is>
       </c>
       <c r="C1986" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1987" spans="1:3">
       <c r="A1987" s="1" t="inlineStr">
         <is>
-          <t>9789754376364</t>
+          <t>9789754377279</t>
         </is>
       </c>
       <c r="B1987" s="1" t="inlineStr">
         <is>
-          <t>100 Büyük Roman - 3 Dünya Edebiyatının Şaheserleri</t>
+          <t>Zaman Değirmeni</t>
         </is>
       </c>
       <c r="C1987" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1988" spans="1:3">
       <c r="A1988" s="1" t="inlineStr">
         <is>
-          <t>9789754376357</t>
+          <t>9789754378184</t>
         </is>
       </c>
       <c r="B1988" s="1" t="inlineStr">
         <is>
-          <t>100 Büyük Roman - 2 Dünya Edebiyatının Şaheserleri</t>
+          <t>Yüksek Öğretimde Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1988" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1989" spans="1:3">
       <c r="A1989" s="1" t="inlineStr">
         <is>
-          <t>9789754376340</t>
+          <t>9786254082030</t>
         </is>
       </c>
       <c r="B1989" s="1" t="inlineStr">
         <is>
-          <t>100 Büyük Roman - 1 Dünya Edebiyatının Şaheserleri</t>
+          <t>Yurdunu Kaybeden Adam</t>
         </is>
       </c>
       <c r="C1989" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1990" spans="1:3">
       <c r="A1990" s="1" t="inlineStr">
         <is>
-          <t>9789754376692</t>
+          <t>9789754375626</t>
         </is>
       </c>
       <c r="B1990" s="1" t="inlineStr">
         <is>
-          <t>Yozgat Var Yozgatlı Yok</t>
+          <t>Anadolu’nun Türkleşmesi ve Kültürel Hayatı</t>
         </is>
       </c>
       <c r="C1990" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1991" spans="1:3">
       <c r="A1991" s="1" t="inlineStr">
         <is>
-          <t>9789754377729</t>
+          <t>9789754375718</t>
         </is>
       </c>
       <c r="B1991" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Adam</t>
+          <t>Ana Hatlarıyla Türk Şamanlığı</t>
         </is>
       </c>
       <c r="C1991" s="1">
-        <v>350</v>
+        <v>575</v>
       </c>
     </row>
     <row r="1992" spans="1:3">
       <c r="A1992" s="1" t="inlineStr">
         <is>
-          <t>9789754377248</t>
+          <t>9789754377194</t>
         </is>
       </c>
       <c r="B1992" s="1" t="inlineStr">
         <is>
-          <t>Yetik Ozan Bütün Şiirleri</t>
+          <t>Altın Orda ve Rusya</t>
         </is>
       </c>
       <c r="C1992" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1993" spans="1:3">
       <c r="A1993" s="1" t="inlineStr">
         <is>
-          <t>9789754378276</t>
+          <t>9789754379068</t>
         </is>
       </c>
       <c r="B1993" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çeşme</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C1993" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1994" spans="1:3">
       <c r="A1994" s="1" t="inlineStr">
         <is>
-          <t>9789754376128</t>
+          <t>9789754378351</t>
         </is>
       </c>
       <c r="B1994" s="1" t="inlineStr">
         <is>
-          <t>Yenisey Kırgızları</t>
+          <t>Alevi, Bektaşi, Tahtacı Nefesleri</t>
         </is>
       </c>
       <c r="C1994" s="1">
-        <v>375</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1995" spans="1:3">
       <c r="A1995" s="1" t="inlineStr">
         <is>
-          <t>9789754374841</t>
+          <t>9789754372977</t>
         </is>
       </c>
       <c r="B1995" s="1" t="inlineStr">
         <is>
-          <t>Yemen Ah Yemen</t>
+          <t>Ak Deve</t>
         </is>
       </c>
       <c r="C1995" s="1">
-        <v>510</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1996" spans="1:3">
       <c r="A1996" s="1" t="inlineStr">
         <is>
-          <t>9789754373561</t>
+          <t>9786051555638</t>
         </is>
       </c>
       <c r="B1996" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Şehir</t>
+          <t>2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C1996" s="1">
-        <v>160</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1997" spans="1:3">
       <c r="A1997" s="1" t="inlineStr">
         <is>
-          <t>9789754370331</t>
+          <t>9789754376098</t>
         </is>
       </c>
       <c r="B1997" s="1" t="inlineStr">
         <is>
-          <t>Yazarlar Sanatçılar Meşhurlar</t>
+          <t>1914’lerden 1940’lara Türk Resim ve Romanında Gerçekçilik</t>
         </is>
       </c>
       <c r="C1997" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1998" spans="1:3">
       <c r="A1998" s="1" t="inlineStr">
         <is>
-          <t>9789754373677</t>
+          <t>9789754379051</t>
         </is>
       </c>
       <c r="B1998" s="1" t="inlineStr">
         <is>
-          <t>Yazar Olmak</t>
+          <t>16. Yüzyıl Osmanlı Ekonomisinde Piyasa’nın Karşıtı Pazar</t>
         </is>
       </c>
       <c r="C1998" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1999" spans="1:3">
       <c r="A1999" s="1" t="inlineStr">
         <is>
-          <t>9789754376913</t>
+          <t>9789754376371</t>
         </is>
       </c>
       <c r="B1999" s="1" t="inlineStr">
         <is>
-          <t>Yaz Elması</t>
+          <t>100 Büyük Roman - 4 Dünya Edebiyatının Şaheserleri</t>
         </is>
       </c>
       <c r="C1999" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2000" spans="1:3">
       <c r="A2000" s="1" t="inlineStr">
         <is>
-          <t>9789754379341</t>
+          <t>9789754376364</t>
         </is>
       </c>
       <c r="B2000" s="1" t="inlineStr">
         <is>
-          <t>Yayla Gülü</t>
+          <t>100 Büyük Roman - 3 Dünya Edebiyatının Şaheserleri</t>
         </is>
       </c>
       <c r="C2000" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2001" spans="1:3">
       <c r="A2001" s="1" t="inlineStr">
         <is>
-          <t>9789754378498</t>
+          <t>9789754376357</t>
         </is>
       </c>
       <c r="B2001" s="1" t="inlineStr">
         <is>
-          <t>Yanık Çaydanlık</t>
+          <t>100 Büyük Roman - 2 Dünya Edebiyatının Şaheserleri</t>
         </is>
       </c>
       <c r="C2001" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2002" spans="1:3">
       <c r="A2002" s="1" t="inlineStr">
         <is>
-          <t>9789754375367</t>
+          <t>9789754376340</t>
         </is>
       </c>
       <c r="B2002" s="1" t="inlineStr">
         <is>
-          <t>Yangın Sonrası Ölmek</t>
+          <t>100 Büyük Roman - 1 Dünya Edebiyatının Şaheserleri</t>
         </is>
       </c>
       <c r="C2002" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2003" spans="1:3">
       <c r="A2003" s="1" t="inlineStr">
         <is>
-          <t>9789754371079</t>
+          <t>9789754376692</t>
         </is>
       </c>
       <c r="B2003" s="1" t="inlineStr">
         <is>
-          <t>Ülkücünün Çilesi</t>
+          <t>Yozgat Var Yozgatlı Yok</t>
         </is>
       </c>
       <c r="C2003" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2004" spans="1:3">
       <c r="A2004" s="1" t="inlineStr">
         <is>
-          <t>9789754378641</t>
+          <t>9789754377729</t>
         </is>
       </c>
       <c r="B2004" s="1" t="inlineStr">
         <is>
-          <t>Ücraişlem</t>
+          <t>Yoldaki Adam</t>
         </is>
       </c>
       <c r="C2004" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2005" spans="1:3">
       <c r="A2005" s="1" t="inlineStr">
         <is>
-          <t>9789754372045</t>
+          <t>9789754377248</t>
         </is>
       </c>
       <c r="B2005" s="1" t="inlineStr">
         <is>
-          <t>Uzun Çarşının Uluları</t>
+          <t>Yetik Ozan Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C2005" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2006" spans="1:3">
       <c r="A2006" s="1" t="inlineStr">
         <is>
-          <t>9789754372687</t>
+          <t>9789754378276</t>
         </is>
       </c>
       <c r="B2006" s="1" t="inlineStr">
         <is>
-          <t>Uçtaki Adam</t>
+          <t>Yeşil Çeşme</t>
         </is>
       </c>
       <c r="C2006" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2007" spans="1:3">
       <c r="A2007" s="1" t="inlineStr">
         <is>
-          <t>9789754377057</t>
+          <t>9789754376128</t>
         </is>
       </c>
       <c r="B2007" s="1" t="inlineStr">
         <is>
-          <t>Uçak Kanadında Evliya Çelebi</t>
+          <t>Yenisey Kırgızları</t>
         </is>
       </c>
       <c r="C2007" s="1">
-        <v>395</v>
+        <v>375</v>
       </c>
     </row>
     <row r="2008" spans="1:3">
       <c r="A2008" s="1" t="inlineStr">
         <is>
-          <t>9789754375305</t>
+          <t>9789754374841</t>
         </is>
       </c>
       <c r="B2008" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Manevi Buhran</t>
+          <t>Yemen Ah Yemen</t>
         </is>
       </c>
       <c r="C2008" s="1">
-        <v>190</v>
+        <v>510</v>
       </c>
     </row>
     <row r="2009" spans="1:3">
       <c r="A2009" s="1" t="inlineStr">
         <is>
-          <t>9789754376654</t>
+          <t>9789754373561</t>
         </is>
       </c>
       <c r="B2009" s="1" t="inlineStr">
         <is>
-          <t>Türkiye, Ortadoğu ve Avrasya’yı Neler Bekliyor?</t>
+          <t>Yedinci Şehir</t>
         </is>
       </c>
       <c r="C2009" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2010" spans="1:3">
       <c r="A2010" s="1" t="inlineStr">
         <is>
-          <t>9789754377255</t>
+          <t>9789754370331</t>
         </is>
       </c>
       <c r="B2010" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinin Çağdaş Sorunları Üzerine İncelemeler</t>
+          <t>Yazarlar Sanatçılar Meşhurlar</t>
         </is>
       </c>
       <c r="C2010" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2011" spans="1:3">
       <c r="A2011" s="1" t="inlineStr">
         <is>
-          <t>9789754378429</t>
+          <t>9789754373677</t>
         </is>
       </c>
       <c r="B2011" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’da Son Türk Devleti Buhara Emirliği ve Alim Han</t>
+          <t>Yazar Olmak</t>
         </is>
       </c>
       <c r="C2011" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2012" spans="1:3">
       <c r="A2012" s="1" t="inlineStr">
         <is>
-          <t>9789754377170</t>
+          <t>9789754376913</t>
         </is>
       </c>
       <c r="B2012" s="1" t="inlineStr">
         <is>
-          <t>Türkistan Bütünleşmesi</t>
+          <t>Yaz Elması</t>
         </is>
       </c>
       <c r="C2012" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2013" spans="1:3">
       <c r="A2013" s="1" t="inlineStr">
         <is>
-          <t>9789754370843</t>
+          <t>9789754379341</t>
         </is>
       </c>
       <c r="B2013" s="1" t="inlineStr">
         <is>
-          <t>Türk-İslam Kültüründe Ebced Hesabı ve Tarih Düşürme</t>
+          <t>Yayla Gülü</t>
         </is>
       </c>
       <c r="C2013" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2014" spans="1:3">
       <c r="A2014" s="1" t="inlineStr">
         <is>
-          <t>9789754373981</t>
+          <t>9789754378498</t>
         </is>
       </c>
       <c r="B2014" s="1" t="inlineStr">
         <is>
-          <t>Türk-İslam Düşüncesi Üzerine Araştırmalar</t>
+          <t>Yanık Çaydanlık</t>
         </is>
       </c>
       <c r="C2014" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2015" spans="1:3">
       <c r="A2015" s="1" t="inlineStr">
         <is>
-          <t>9789754378269</t>
+          <t>9789754375367</t>
         </is>
       </c>
       <c r="B2015" s="1" t="inlineStr">
         <is>
-          <t>Türk Ülküsü</t>
+          <t>Yangın Sonrası Ölmek</t>
         </is>
       </c>
       <c r="C2015" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2016" spans="1:3">
       <c r="A2016" s="1" t="inlineStr">
         <is>
-          <t>9789754372670</t>
+          <t>9789754371079</t>
         </is>
       </c>
       <c r="B2016" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden Yapraklar</t>
+          <t>Ülkücünün Çilesi</t>
         </is>
       </c>
       <c r="C2016" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2017" spans="1:3">
       <c r="A2017" s="1" t="inlineStr">
         <is>
-          <t>9789754372472</t>
+          <t>9789754378641</t>
         </is>
       </c>
       <c r="B2017" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinden Portreler</t>
+          <t>Ücraişlem</t>
         </is>
       </c>
       <c r="C2017" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2018" spans="1:3">
       <c r="A2018" s="1" t="inlineStr">
         <is>
-          <t>9789754378054</t>
+          <t>9789754372045</t>
         </is>
       </c>
       <c r="B2018" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinde Meseleler</t>
+          <t>Uzun Çarşının Uluları</t>
         </is>
       </c>
       <c r="C2018" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="2019" spans="1:3">
       <c r="A2019" s="1" t="inlineStr">
         <is>
-          <t>9789754378566</t>
+          <t>9789754372687</t>
         </is>
       </c>
       <c r="B2019" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Mevlana</t>
+          <t>Uçtaki Adam</t>
         </is>
       </c>
       <c r="C2019" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2020" spans="1:3">
       <c r="A2020" s="1" t="inlineStr">
         <is>
-          <t>9789754370171</t>
+          <t>9789754377057</t>
         </is>
       </c>
       <c r="B2020" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi Nazariyatı ve Usulleri</t>
+          <t>Uçak Kanadında Evliya Çelebi</t>
         </is>
       </c>
       <c r="C2020" s="1">
-        <v>975</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2021" spans="1:3">
       <c r="A2021" s="1" t="inlineStr">
         <is>
-          <t>9789754378740</t>
+          <t>9789754375305</t>
         </is>
       </c>
       <c r="B2021" s="1" t="inlineStr">
         <is>
-          <t>Türk Muhafazakarlığı</t>
+          <t>Türkiye'de Manevi Buhran</t>
         </is>
       </c>
       <c r="C2021" s="1">
-        <v>315</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2022" spans="1:3">
       <c r="A2022" s="1" t="inlineStr">
         <is>
-          <t>9789754376494</t>
+          <t>9789754376654</t>
         </is>
       </c>
       <c r="B2022" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojik Sistemi 1</t>
+          <t>Türkiye, Ortadoğu ve Avrasya’yı Neler Bekliyor?</t>
         </is>
       </c>
       <c r="C2022" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2023" spans="1:3">
       <c r="A2023" s="1" t="inlineStr">
         <is>
-          <t>9789754375220</t>
+          <t>9789754377255</t>
         </is>
       </c>
       <c r="B2023" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliğinin Doğuşu ve Ziya Gökalp</t>
+          <t>Türkiye Türkçesinin Çağdaş Sorunları Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C2023" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2024" spans="1:3">
       <c r="A2024" s="1" t="inlineStr">
         <is>
-          <t>9789754373356</t>
+          <t>9789754378429</t>
         </is>
       </c>
       <c r="B2024" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği ve Osmanlı</t>
+          <t>Türkistan’da Son Türk Devleti Buhara Emirliği ve Alim Han</t>
         </is>
       </c>
       <c r="C2024" s="1">
-        <v>325</v>
+        <v>590</v>
       </c>
     </row>
     <row r="2025" spans="1:3">
       <c r="A2025" s="1" t="inlineStr">
         <is>
-          <t>9789754372366</t>
+          <t>9789754377170</t>
         </is>
       </c>
       <c r="B2025" s="1" t="inlineStr">
         <is>
-          <t>Türk Milli Kültürü</t>
+          <t>Türkistan Bütünleşmesi</t>
         </is>
       </c>
       <c r="C2025" s="1">
-        <v>550</v>
+        <v>365</v>
       </c>
     </row>
     <row r="2026" spans="1:3">
       <c r="A2026" s="1" t="inlineStr">
         <is>
-          <t>9789754377071</t>
+          <t>9789754370843</t>
         </is>
       </c>
       <c r="B2026" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Silah</t>
+          <t>Türk-İslam Kültüründe Ebced Hesabı ve Tarih Düşürme</t>
         </is>
       </c>
       <c r="C2026" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="2027" spans="1:3">
       <c r="A2027" s="1" t="inlineStr">
         <is>
-          <t>9789754377675</t>
+          <t>9789754373981</t>
         </is>
       </c>
       <c r="B2027" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Kadın Şaman</t>
+          <t>Türk-İslam Düşüncesi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C2027" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2028" spans="1:3">
       <c r="A2028" s="1" t="inlineStr">
         <is>
-          <t>9789754378320</t>
+          <t>9789754378269</t>
         </is>
       </c>
       <c r="B2028" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi</t>
+          <t>Türk Ülküsü</t>
         </is>
       </c>
       <c r="C2028" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2029" spans="1:3">
       <c r="A2029" s="1" t="inlineStr">
         <is>
-          <t>9789754379457</t>
+          <t>9789754372670</t>
         </is>
       </c>
       <c r="B2029" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyasında Yeni Bir Medeniyet Tasarımı</t>
+          <t>Türk Tarihinden Yapraklar</t>
         </is>
       </c>
       <c r="C2029" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2030" spans="1:3">
       <c r="A2030" s="1" t="inlineStr">
         <is>
-          <t>9789754378825</t>
+          <t>9789754372472</t>
         </is>
       </c>
       <c r="B2030" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler 3. Kitap</t>
+          <t>Türk Tarihinden Portreler</t>
         </is>
       </c>
       <c r="C2030" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2031" spans="1:3">
       <c r="A2031" s="1" t="inlineStr">
         <is>
-          <t>9789754378795</t>
+          <t>9789754378054</t>
         </is>
       </c>
       <c r="B2031" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler 1. Kitap</t>
+          <t>Türk Tarihinde Meseleler</t>
         </is>
       </c>
       <c r="C2031" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2032" spans="1:3">
       <c r="A2032" s="1" t="inlineStr">
         <is>
-          <t>9789754378818</t>
+          <t>9789754378566</t>
         </is>
       </c>
       <c r="B2032" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler - 2. Kitap</t>
+          <t>Türk Romanında Mevlana</t>
         </is>
       </c>
       <c r="C2032" s="1">
-        <v>310</v>
+        <v>315</v>
       </c>
     </row>
     <row r="2033" spans="1:3">
       <c r="A2033" s="1" t="inlineStr">
         <is>
-          <t>9789754377958</t>
+          <t>9789754370171</t>
         </is>
       </c>
       <c r="B2033" s="1" t="inlineStr">
         <is>
-          <t>Türk Düğünü</t>
+          <t>Türk Musikisi Nazariyatı ve Usulleri</t>
         </is>
       </c>
       <c r="C2033" s="1">
-        <v>170</v>
+        <v>975</v>
       </c>
     </row>
     <row r="2034" spans="1:3">
       <c r="A2034" s="1" t="inlineStr">
         <is>
-          <t>9789754375176</t>
+          <t>9789754378740</t>
         </is>
       </c>
       <c r="B2034" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Tarihi</t>
+          <t>Türk Muhafazakarlığı</t>
         </is>
       </c>
       <c r="C2034" s="1">
-        <v>490</v>
+        <v>315</v>
       </c>
     </row>
     <row r="2035" spans="1:3">
       <c r="A2035" s="1" t="inlineStr">
         <is>
-          <t>9789754371086</t>
+          <t>9789754376494</t>
         </is>
       </c>
       <c r="B2035" s="1" t="inlineStr">
         <is>
-          <t>Türk Devlet Felsefesi</t>
+          <t>Türk Mitolojik Sistemi 1</t>
         </is>
       </c>
       <c r="C2035" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2036" spans="1:3">
       <c r="A2036" s="1" t="inlineStr">
         <is>
-          <t>9786051553351</t>
+          <t>9789754375220</t>
         </is>
       </c>
       <c r="B2036" s="1" t="inlineStr">
         <is>
-          <t>Türk Destanlarının Ana Unsurları</t>
+          <t>Türk Milliyetçiliğinin Doğuşu ve Ziya Gökalp</t>
         </is>
       </c>
       <c r="C2036" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2037" spans="1:3">
       <c r="A2037" s="1" t="inlineStr">
         <is>
-          <t>9789754374605</t>
+          <t>9789754373356</t>
         </is>
       </c>
       <c r="B2037" s="1" t="inlineStr">
         <is>
-          <t>Türk Cihan Hakimiyeti Mefkuresi Tarihi</t>
+          <t>Türk Milliyetçiliği ve Osmanlı</t>
         </is>
       </c>
       <c r="C2037" s="1">
-        <v>725</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2038" spans="1:3">
       <c r="A2038" s="1" t="inlineStr">
         <is>
-          <t>9789754377835</t>
+          <t>9789754372366</t>
         </is>
       </c>
       <c r="B2038" s="1" t="inlineStr">
         <is>
-          <t>Türk Argosu Üzerine İncelemeler</t>
+          <t>Türk Milli Kültürü</t>
         </is>
       </c>
       <c r="C2038" s="1">
-        <v>340</v>
+        <v>595</v>
       </c>
     </row>
     <row r="2039" spans="1:3">
       <c r="A2039" s="1" t="inlineStr">
         <is>
-          <t>9789754378542</t>
+          <t>9789754377071</t>
         </is>
       </c>
       <c r="B2039" s="1" t="inlineStr">
         <is>
-          <t>Türk - İslam Medeniyetinde Ahîlik ve Fütüvvet - Namelerin Yeri</t>
+          <t>Türk Kültüründe Silah</t>
         </is>
       </c>
       <c r="C2039" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2040" spans="1:3">
       <c r="A2040" s="1" t="inlineStr">
         <is>
-          <t>9789754371543</t>
+          <t>9789754377675</t>
         </is>
       </c>
       <c r="B2040" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ana</t>
+          <t>Türk Kültüründe Kadın Şaman</t>
         </is>
       </c>
       <c r="C2040" s="1">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2041" spans="1:3">
       <c r="A2041" s="1" t="inlineStr">
         <is>
-          <t>9789754375015</t>
+          <t>9789754378320</t>
         </is>
       </c>
       <c r="B2041" s="1" t="inlineStr">
         <is>
-          <t>Top Sesleri</t>
+          <t>Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C2041" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2042" spans="1:3">
       <c r="A2042" s="1" t="inlineStr">
         <is>
-          <t>9789754376456</t>
+          <t>9789754379457</t>
         </is>
       </c>
       <c r="B2042" s="1" t="inlineStr">
         <is>
-          <t>Tatyan Havaları (Notalı)</t>
+          <t>Türk Dünyasında Yeni Bir Medeniyet Tasarımı</t>
         </is>
       </c>
       <c r="C2042" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2043" spans="1:3">
       <c r="A2043" s="1" t="inlineStr">
         <is>
-          <t>9789754378726</t>
+          <t>9789754378825</t>
         </is>
       </c>
       <c r="B2043" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Hikayeler</t>
+          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler 3. Kitap</t>
         </is>
       </c>
       <c r="C2043" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2044" spans="1:3">
       <c r="A2044" s="1" t="inlineStr">
         <is>
-          <t>9789754370881</t>
+          <t>9789754378795</t>
         </is>
       </c>
       <c r="B2044" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Konuşmalar</t>
+          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler 1. Kitap</t>
         </is>
       </c>
       <c r="C2044" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2045" spans="1:3">
       <c r="A2045" s="1" t="inlineStr">
         <is>
-          <t>9789754375992</t>
+          <t>9789754378818</t>
         </is>
       </c>
       <c r="B2045" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Politika Ansiklopedisi</t>
+          <t>Türk Dünyası Tarihi ve Türk Medeniyeti Üzerine Düşünceler - 2. Kitap</t>
         </is>
       </c>
       <c r="C2045" s="1">
-        <v>850</v>
+        <v>310</v>
       </c>
     </row>
     <row r="2046" spans="1:3">
       <c r="A2046" s="1" t="inlineStr">
         <is>
-          <t>9789754377224</t>
+          <t>9789754377958</t>
         </is>
       </c>
       <c r="B2046" s="1" t="inlineStr">
         <is>
-          <t>Tarih Üzerine Düşünceler</t>
+          <t>Türk Düğünü</t>
         </is>
       </c>
       <c r="C2046" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="2047" spans="1:3">
       <c r="A2047" s="1" t="inlineStr">
         <is>
-          <t>9789754372540</t>
+          <t>9789754375176</t>
         </is>
       </c>
       <c r="B2047" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sohbetleri 3</t>
+          <t>Türk Dili Tarihi</t>
         </is>
       </c>
       <c r="C2047" s="1">
-        <v>395</v>
+        <v>490</v>
       </c>
     </row>
     <row r="2048" spans="1:3">
       <c r="A2048" s="1" t="inlineStr">
         <is>
-          <t>9789754372533</t>
+          <t>9789754371086</t>
         </is>
       </c>
       <c r="B2048" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sohbetleri 2</t>
+          <t>Türk Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C2048" s="1">
-        <v>395</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2049" spans="1:3">
       <c r="A2049" s="1" t="inlineStr">
         <is>
-          <t>9789754372526</t>
+          <t>9786051553351</t>
         </is>
       </c>
       <c r="B2049" s="1" t="inlineStr">
         <is>
-          <t>Tarih Sohbetleri 1</t>
+          <t>Türk Destanlarının Ana Unsurları</t>
         </is>
       </c>
       <c r="C2049" s="1">
-        <v>395</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2050" spans="1:3">
       <c r="A2050" s="1" t="inlineStr">
         <is>
-          <t>9789754378252</t>
+          <t>9789754374605</t>
         </is>
       </c>
       <c r="B2050" s="1" t="inlineStr">
         <is>
-          <t>Tarih Kültür ve Kahramanlar</t>
+          <t>Türk Cihan Hakimiyeti Mefkuresi Tarihi</t>
         </is>
       </c>
       <c r="C2050" s="1">
-        <v>260</v>
+        <v>725</v>
       </c>
     </row>
     <row r="2051" spans="1:3">
       <c r="A2051" s="1" t="inlineStr">
         <is>
-          <t>9786254085154</t>
+          <t>9789754377835</t>
         </is>
       </c>
       <c r="B2051" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Paşaları Ali ve Fuad Paşalar</t>
+          <t>Türk Argosu Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C2051" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="2052" spans="1:3">
       <c r="A2052" s="1" t="inlineStr">
         <is>
-          <t>9789754377569</t>
+          <t>9789754378542</t>
         </is>
       </c>
       <c r="B2052" s="1" t="inlineStr">
         <is>
-          <t>Tan Yeri</t>
+          <t>Türk - İslam Medeniyetinde Ahîlik ve Fütüvvet - Namelerin Yeri</t>
         </is>
       </c>
       <c r="C2052" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="2053" spans="1:3">
       <c r="A2053" s="1" t="inlineStr">
         <is>
-          <t>9789754378108</t>
+          <t>9789754371543</t>
         </is>
       </c>
       <c r="B2053" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Coğrafyaya</t>
+          <t>Toprak Ana</t>
         </is>
       </c>
       <c r="C2053" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="2054" spans="1:3">
       <c r="A2054" s="1" t="inlineStr">
         <is>
-          <t>9789754376708</t>
+          <t>9789754375015</t>
         </is>
       </c>
       <c r="B2054" s="1" t="inlineStr">
         <is>
-          <t>Şehname’nin Türk Kültür ve Edebiyatına Etkileri</t>
+          <t>Top Sesleri</t>
         </is>
       </c>
       <c r="C2054" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2055" spans="1:3">
       <c r="A2055" s="1" t="inlineStr">
         <is>
-          <t>9789754376814</t>
+          <t>9789754376456</t>
         </is>
       </c>
       <c r="B2055" s="1" t="inlineStr">
         <is>
-          <t>Şehit Enver Paşa</t>
+          <t>Tatyan Havaları (Notalı)</t>
         </is>
       </c>
       <c r="C2055" s="1">
-        <v>820</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2056" spans="1:3">
       <c r="A2056" s="1" t="inlineStr">
         <is>
-          <t>9789754377453</t>
+          <t>9789754378726</t>
         </is>
       </c>
       <c r="B2056" s="1" t="inlineStr">
         <is>
-          <t>Şehbenderzade Filibeli Ahmed Hilmi’de Türklük Tasavvuru</t>
+          <t>Tarihten Hikayeler</t>
         </is>
       </c>
       <c r="C2056" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2057" spans="1:3">
       <c r="A2057" s="1" t="inlineStr">
         <is>
-          <t>9789754377651</t>
+          <t>9789754370881</t>
         </is>
       </c>
       <c r="B2057" s="1" t="inlineStr">
         <is>
-          <t>Şecere</t>
+          <t>Tarihe Konuşmalar</t>
         </is>
       </c>
       <c r="C2057" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="2058" spans="1:3">
       <c r="A2058" s="1" t="inlineStr">
         <is>
-          <t>9789754379402</t>
+          <t>9789754375992</t>
         </is>
       </c>
       <c r="B2058" s="1" t="inlineStr">
         <is>
-          <t>Şar Dağı’nın Kurtları</t>
+          <t>Tarih ve Politika Ansiklopedisi</t>
         </is>
       </c>
       <c r="C2058" s="1">
-        <v>280</v>
+        <v>850</v>
       </c>
     </row>
     <row r="2059" spans="1:3">
       <c r="A2059" s="1" t="inlineStr">
         <is>
-          <t>9789754379105</t>
+          <t>9789754377224</t>
         </is>
       </c>
       <c r="B2059" s="1" t="inlineStr">
         <is>
-          <t>Sürgünde Yeşeren Vatan Kırım</t>
+          <t>Tarih Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C2059" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2060" spans="1:3">
       <c r="A2060" s="1" t="inlineStr">
         <is>
-          <t>9789754378757</t>
+          <t>9789754372540</t>
         </is>
       </c>
       <c r="B2060" s="1" t="inlineStr">
         <is>
-          <t>Suvari</t>
+          <t>Tarih Sohbetleri 3</t>
         </is>
       </c>
       <c r="C2060" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2061" spans="1:3">
       <c r="A2061" s="1" t="inlineStr">
         <is>
-          <t>9789754377620</t>
+          <t>9789754372533</t>
         </is>
       </c>
       <c r="B2061" s="1" t="inlineStr">
         <is>
-          <t>Suların Gölgesinde</t>
+          <t>Tarih Sohbetleri 2</t>
         </is>
       </c>
       <c r="C2061" s="1">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2062" spans="1:3">
       <c r="A2062" s="1" t="inlineStr">
         <is>
-          <t>9789754379020</t>
+          <t>9789754372526</t>
         </is>
       </c>
       <c r="B2062" s="1" t="inlineStr">
         <is>
-          <t>Suçlamalar - 1 Sağcılık, Faşizm</t>
+          <t>Tarih Sohbetleri 1</t>
         </is>
       </c>
       <c r="C2062" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="2063" spans="1:3">
       <c r="A2063" s="1" t="inlineStr">
         <is>
-          <t>9789754375053</t>
+          <t>9789754378252</t>
         </is>
       </c>
       <c r="B2063" s="1" t="inlineStr">
         <is>
-          <t>Spor Yöneticiliği ve İstihdam Alanları</t>
+          <t>Tarih Kültür ve Kahramanlar</t>
         </is>
       </c>
       <c r="C2063" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="2064" spans="1:3">
       <c r="A2064" s="1" t="inlineStr">
         <is>
-          <t>9789754377705</t>
+          <t>9786254085154</t>
         </is>
       </c>
       <c r="B2064" s="1" t="inlineStr">
         <is>
-          <t>Söz Bir Yelpazedir</t>
+          <t>Tanzimat Paşaları Ali ve Fuad Paşalar</t>
         </is>
       </c>
       <c r="C2064" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2065" spans="1:3">
       <c r="A2065" s="1" t="inlineStr">
         <is>
-          <t>9789754370300</t>
+          <t>9789754377569</t>
         </is>
       </c>
       <c r="B2065" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Marksizm Komünizm</t>
+          <t>Tan Yeri</t>
         </is>
       </c>
       <c r="C2065" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2066" spans="1:3">
       <c r="A2066" s="1" t="inlineStr">
         <is>
-          <t>9799754374819</t>
+          <t>9789754378108</t>
         </is>
       </c>
       <c r="B2066" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Yollarında</t>
+          <t>Şiirden Coğrafyaya</t>
         </is>
       </c>
       <c r="C2066" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2067" spans="1:3">
       <c r="A2067" s="1" t="inlineStr">
         <is>
-          <t>9789754370454</t>
+          <t>9789754376708</t>
         </is>
       </c>
       <c r="B2067" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kehribar</t>
+          <t>Şehname’nin Türk Kültür ve Edebiyatına Etkileri</t>
         </is>
       </c>
       <c r="C2067" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2068" spans="1:3">
       <c r="A2068" s="1" t="inlineStr">
         <is>
-          <t>9789754376135</t>
+          <t>9789754376814</t>
         </is>
       </c>
       <c r="B2068" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Yoklamak Din Sosyolojisi Okumaları</t>
+          <t>Şehit Enver Paşa</t>
         </is>
       </c>
       <c r="C2068" s="1">
-        <v>200</v>
+        <v>820</v>
       </c>
     </row>
     <row r="2069" spans="1:3">
       <c r="A2069" s="1" t="inlineStr">
         <is>
-          <t>9789754379471</t>
+          <t>9789754377453</t>
         </is>
       </c>
       <c r="B2069" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Büyüsü</t>
+          <t>Şehbenderzade Filibeli Ahmed Hilmi’de Türklük Tasavvuru</t>
         </is>
       </c>
       <c r="C2069" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2070" spans="1:3">
       <c r="A2070" s="1" t="inlineStr">
         <is>
-          <t>9789754374919</t>
+          <t>9789754377651</t>
         </is>
       </c>
       <c r="B2070" s="1" t="inlineStr">
         <is>
-          <t>Selçuklular ve İslamiyet</t>
+          <t>Şecere</t>
         </is>
       </c>
       <c r="C2070" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="2071" spans="1:3">
       <c r="A2071" s="1" t="inlineStr">
         <is>
-          <t>9789754376203</t>
+          <t>9789754379402</t>
         </is>
       </c>
       <c r="B2071" s="1" t="inlineStr">
         <is>
-          <t>Selamlık Sohbetleri</t>
+          <t>Şar Dağı’nın Kurtları</t>
         </is>
       </c>
       <c r="C2071" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2072" spans="1:3">
       <c r="A2072" s="1" t="inlineStr">
         <is>
-          <t>9786051557908</t>
+          <t>9789754379105</t>
         </is>
       </c>
       <c r="B2072" s="1" t="inlineStr">
         <is>
-          <t>Sefiller (Tam Metin - 2 Cilt Takım) (Ciltli)</t>
+          <t>Sürgünde Yeşeren Vatan Kırım</t>
         </is>
       </c>
       <c r="C2072" s="1">
-        <v>1150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2073" spans="1:3">
       <c r="A2073" s="1" t="inlineStr">
         <is>
-          <t>9789754377668</t>
+          <t>9789754378757</t>
         </is>
       </c>
       <c r="B2073" s="1" t="inlineStr">
         <is>
-          <t>Sarıklı Basmacı</t>
+          <t>Suvari</t>
         </is>
       </c>
       <c r="C2073" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2074" spans="1:3">
       <c r="A2074" s="1" t="inlineStr">
         <is>
-          <t>9789754374315</t>
+          <t>9789754377620</t>
         </is>
       </c>
       <c r="B2074" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gelin</t>
+          <t>Suların Gölgesinde</t>
         </is>
       </c>
       <c r="C2074" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="2075" spans="1:3">
       <c r="A2075" s="1" t="inlineStr">
         <is>
-          <t>9789754370294</t>
+          <t>9789754379020</t>
         </is>
       </c>
       <c r="B2075" s="1" t="inlineStr">
         <is>
-          <t>Sanat Edebiyat Tenkit</t>
+          <t>Suçlamalar - 1 Sağcılık, Faşizm</t>
         </is>
       </c>
       <c r="C2075" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2076" spans="1:3">
       <c r="A2076" s="1" t="inlineStr">
         <is>
-          <t>9789754376647</t>
+          <t>9789754375053</t>
         </is>
       </c>
       <c r="B2076" s="1" t="inlineStr">
         <is>
-          <t>Sana Yazdığım Bir Mektup Olsam</t>
+          <t>Spor Yöneticiliği ve İstihdam Alanları</t>
         </is>
       </c>
       <c r="C2076" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2077" spans="1:3">
       <c r="A2077" s="1" t="inlineStr">
         <is>
-          <t>9786051555454</t>
+          <t>9789754377705</t>
         </is>
       </c>
       <c r="B2077" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hukuku</t>
+          <t>Söz Bir Yelpazedir</t>
         </is>
       </c>
       <c r="C2077" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2078" spans="1:3">
       <c r="A2078" s="1" t="inlineStr">
         <is>
-          <t>9786254084300</t>
+          <t>9789754370300</t>
         </is>
       </c>
       <c r="B2078" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarda: Ana ve Küçük Alimcan</t>
+          <t>Sosyalizm Marksizm Komünizm</t>
         </is>
       </c>
       <c r="C2078" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2079" spans="1:3">
       <c r="A2079" s="1" t="inlineStr">
         <is>
-          <t>9789754375008</t>
+          <t>9799754374819</t>
         </is>
       </c>
       <c r="B2079" s="1" t="inlineStr">
         <is>
-          <t>Rübaiyyat-ı Arif 2</t>
+          <t>Siyasetin Yollarında</t>
         </is>
       </c>
       <c r="C2079" s="1">
-        <v>335</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2080" spans="1:3">
       <c r="A2080" s="1" t="inlineStr">
         <is>
-          <t>9789754374995</t>
+          <t>9789754370454</t>
         </is>
       </c>
       <c r="B2080" s="1" t="inlineStr">
         <is>
-          <t>Rübaiyyat-ı Arif 1</t>
+          <t>Siyah Kehribar</t>
         </is>
       </c>
       <c r="C2080" s="1">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="2081" spans="1:3">
       <c r="A2081" s="1" t="inlineStr">
         <is>
-          <t>9789754376753</t>
+          <t>9789754376135</t>
         </is>
       </c>
       <c r="B2081" s="1" t="inlineStr">
         <is>
-          <t>Rusya’nın Transkafkasya Politikası ve Türkiye’ye Etkileri</t>
+          <t>Sınırları Yoklamak Din Sosyolojisi Okumaları</t>
         </is>
       </c>
       <c r="C2081" s="1">
-        <v>325</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2082" spans="1:3">
       <c r="A2082" s="1" t="inlineStr">
         <is>
-          <t>9786254081613</t>
+          <t>9789754379471</t>
         </is>
       </c>
       <c r="B2082" s="1" t="inlineStr">
         <is>
-          <t>Ruh Adam</t>
+          <t>Sevginin Büyüsü</t>
         </is>
       </c>
       <c r="C2082" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2083" spans="1:3">
       <c r="A2083" s="1" t="inlineStr">
         <is>
-          <t>9789754376685</t>
+          <t>9789754374919</t>
         </is>
       </c>
       <c r="B2083" s="1" t="inlineStr">
         <is>
-          <t>Rubaiyyat-ı Oğuz</t>
+          <t>Selçuklular ve İslamiyet</t>
         </is>
       </c>
       <c r="C2083" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2084" spans="1:3">
       <c r="A2084" s="1" t="inlineStr">
         <is>
-          <t>9789754377460</t>
+          <t>9789754376203</t>
         </is>
       </c>
       <c r="B2084" s="1" t="inlineStr">
         <is>
-          <t>Romantik Şiirde Doğu Batı Meseleleri</t>
+          <t>Selamlık Sohbetleri</t>
         </is>
       </c>
       <c r="C2084" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2085" spans="1:3">
       <c r="A2085" s="1" t="inlineStr">
         <is>
-          <t>9789754373028</t>
+          <t>9786051557908</t>
         </is>
       </c>
       <c r="B2085" s="1" t="inlineStr">
         <is>
-          <t>Romancı Yönüyle Peyami Safa</t>
+          <t>Sefiller (Tam Metin - 2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C2085" s="1">
-        <v>335</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="2086" spans="1:3">
       <c r="A2086" s="1" t="inlineStr">
         <is>
-          <t>9789754373622</t>
+          <t>9789754377668</t>
         </is>
       </c>
       <c r="B2086" s="1" t="inlineStr">
         <is>
-          <t>Roman Sanatı 1</t>
+          <t>Sarıklı Basmacı</t>
         </is>
       </c>
       <c r="C2086" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2087" spans="1:3">
       <c r="A2087" s="1" t="inlineStr">
         <is>
-          <t>9789754373448</t>
+          <t>9789754374315</t>
         </is>
       </c>
       <c r="B2087" s="1" t="inlineStr">
         <is>
-          <t>Regina</t>
+          <t>Sarı Gelin</t>
         </is>
       </c>
       <c r="C2087" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="2088" spans="1:3">
       <c r="A2088" s="1" t="inlineStr">
         <is>
-          <t>9789754378887</t>
+          <t>9789754370294</t>
         </is>
       </c>
       <c r="B2088" s="1" t="inlineStr">
         <is>
-          <t>Radyoculuk Geleneğimiz ve Türk Musikisi</t>
+          <t>Sanat Edebiyat Tenkit</t>
         </is>
       </c>
       <c r="C2088" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2089" spans="1:3">
       <c r="A2089" s="1" t="inlineStr">
         <is>
-          <t>9789754373295</t>
+          <t>9789754376647</t>
         </is>
       </c>
       <c r="B2089" s="1" t="inlineStr">
         <is>
-          <t>Psikolojinin Kavramsal Yapısı</t>
+          <t>Sana Yazdığım Bir Mektup Olsam</t>
         </is>
       </c>
       <c r="C2089" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2090" spans="1:3">
       <c r="A2090" s="1" t="inlineStr">
         <is>
-          <t>9789754378139</t>
+          <t>9786051555454</t>
         </is>
       </c>
       <c r="B2090" s="1" t="inlineStr">
         <is>
-          <t>Dört Muzdarip Padişah</t>
+          <t>Sağlık Hukuku</t>
         </is>
       </c>
       <c r="C2090" s="1">
-        <v>520</v>
+        <v>600</v>
       </c>
     </row>
     <row r="2091" spans="1:3">
       <c r="A2091" s="1" t="inlineStr">
         <is>
-          <t>9789754374797</t>
+          <t>9786254084300</t>
         </is>
       </c>
       <c r="B2091" s="1" t="inlineStr">
         <is>
-          <t>Doğu Anadolu Türk Devletleri Tarihi</t>
+          <t>Rüyalarda: Ana ve Küçük Alimcan</t>
         </is>
       </c>
       <c r="C2091" s="1">
-        <v>425</v>
+        <v>160</v>
       </c>
     </row>
     <row r="2092" spans="1:3">
       <c r="A2092" s="1" t="inlineStr">
         <is>
-          <t>9789754377125</t>
+          <t>9789754375008</t>
         </is>
       </c>
       <c r="B2092" s="1" t="inlineStr">
         <is>
-          <t>Doğu - Batı Divanı (Ciltli)</t>
+          <t>Rübaiyyat-ı Arif 2</t>
         </is>
       </c>
       <c r="C2092" s="1">
-        <v>1200</v>
+        <v>335</v>
       </c>
     </row>
     <row r="2093" spans="1:3">
       <c r="A2093" s="1" t="inlineStr">
         <is>
-          <t>9789754379273</t>
+          <t>9789754374995</t>
         </is>
       </c>
       <c r="B2093" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Tutanağı</t>
+          <t>Rübaiyyat-ı Arif 1</t>
         </is>
       </c>
       <c r="C2093" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2094" spans="1:3">
       <c r="A2094" s="1" t="inlineStr">
         <is>
-          <t>9789754373240</t>
+          <t>9789754376753</t>
         </is>
       </c>
       <c r="B2094" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Kebir Seçmeler (4 Cilt Takım) (Ciltli)</t>
+          <t>Rusya’nın Transkafkasya Politikası ve Türkiye’ye Etkileri</t>
         </is>
       </c>
       <c r="C2094" s="1">
-        <v>2500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2095" spans="1:3">
       <c r="A2095" s="1" t="inlineStr">
         <is>
-          <t>9789754370096</t>
+          <t>9786254081613</t>
         </is>
       </c>
       <c r="B2095" s="1" t="inlineStr">
         <is>
-          <t>Dişi Kurdun Rüyaları</t>
+          <t>Ruh Adam</t>
         </is>
       </c>
       <c r="C2095" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2096" spans="1:3">
       <c r="A2096" s="1" t="inlineStr">
         <is>
-          <t>9789754374957</t>
+          <t>9789754376685</t>
         </is>
       </c>
       <c r="B2096" s="1" t="inlineStr">
         <is>
-          <t>Dini Anlamak Üzerine</t>
+          <t>Rubaiyyat-ı Oğuz</t>
         </is>
       </c>
       <c r="C2096" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2097" spans="1:3">
       <c r="A2097" s="1" t="inlineStr">
         <is>
-          <t>9789754379419</t>
+          <t>9789754377460</t>
         </is>
       </c>
       <c r="B2097" s="1" t="inlineStr">
         <is>
-          <t>Din ve Estetik</t>
+          <t>Romantik Şiirde Doğu Batı Meseleleri</t>
         </is>
       </c>
       <c r="C2097" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2098" spans="1:3">
       <c r="A2098" s="1" t="inlineStr">
         <is>
-          <t>9789754370317</t>
+          <t>9789754373028</t>
         </is>
       </c>
       <c r="B2098" s="1" t="inlineStr">
         <is>
-          <t>Din İnkılap İrtica</t>
+          <t>Romancı Yönüyle Peyami Safa</t>
         </is>
       </c>
       <c r="C2098" s="1">
-        <v>300</v>
+        <v>335</v>
       </c>
     </row>
     <row r="2099" spans="1:3">
       <c r="A2099" s="1" t="inlineStr">
         <is>
-          <t>9789754374254</t>
+          <t>9789754373622</t>
         </is>
       </c>
       <c r="B2099" s="1" t="inlineStr">
         <is>
-          <t>Dik Bayır</t>
+          <t>Roman Sanatı 1</t>
         </is>
       </c>
       <c r="C2099" s="1">
-        <v>410</v>
+        <v>315</v>
       </c>
     </row>
     <row r="2100" spans="1:3">
       <c r="A2100" s="1" t="inlineStr">
         <is>
-          <t>9786254081620</t>
+          <t>9789754373448</t>
         </is>
       </c>
       <c r="B2100" s="1" t="inlineStr">
         <is>
-          <t>Deli Kurt</t>
+          <t>Regina</t>
         </is>
       </c>
       <c r="C2100" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2101" spans="1:3">
       <c r="A2101" s="1" t="inlineStr">
         <is>
-          <t>9786051557946</t>
+          <t>9789754378887</t>
         </is>
       </c>
       <c r="B2101" s="1" t="inlineStr">
         <is>
-          <t>Dede Efendi</t>
+          <t>Radyoculuk Geleneğimiz ve Türk Musikisi</t>
         </is>
       </c>
       <c r="C2101" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2102" spans="1:3">
       <c r="A2102" s="1" t="inlineStr">
         <is>
-          <t>9789754378993</t>
+          <t>9789754373295</t>
         </is>
       </c>
       <c r="B2102" s="1" t="inlineStr">
         <is>
-          <t>Damla Damla Yaşadıklarım</t>
+          <t>Psikolojinin Kavramsal Yapısı</t>
         </is>
       </c>
       <c r="C2102" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="2103" spans="1:3">
       <c r="A2103" s="1" t="inlineStr">
         <is>
-          <t>9789754375732</t>
+          <t>9789754378139</t>
         </is>
       </c>
       <c r="B2103" s="1" t="inlineStr">
         <is>
-          <t>Daha Dün Yaşadılar</t>
+          <t>Dört Muzdarip Padişah</t>
         </is>
       </c>
       <c r="C2103" s="1">
-        <v>330</v>
+        <v>520</v>
       </c>
     </row>
     <row r="2104" spans="1:3">
       <c r="A2104" s="1" t="inlineStr">
         <is>
-          <t>9789754372113</t>
+          <t>9789754374797</t>
         </is>
       </c>
       <c r="B2104" s="1" t="inlineStr">
         <is>
-          <t>Çok Çiçekli Senfoni</t>
+          <t>Doğu Anadolu Türk Devletleri Tarihi</t>
         </is>
       </c>
       <c r="C2104" s="1">
-        <v>170</v>
+        <v>425</v>
       </c>
     </row>
     <row r="2105" spans="1:3">
       <c r="A2105" s="1" t="inlineStr">
         <is>
-          <t>9789754379327</t>
+          <t>9789754377125</t>
         </is>
       </c>
       <c r="B2105" s="1" t="inlineStr">
         <is>
-          <t>Çin Kaynaklarında Türkistan Şehirleri</t>
+          <t>Doğu - Batı Divanı (Ciltli)</t>
         </is>
       </c>
       <c r="C2105" s="1">
-        <v>700</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="2106" spans="1:3">
       <c r="A2106" s="1" t="inlineStr">
         <is>
-          <t>9789754378290</t>
+          <t>9789754379273</t>
         </is>
       </c>
       <c r="B2106" s="1" t="inlineStr">
         <is>
-          <t>Çakıllı Bahçe</t>
+          <t>Diyarbakır Tutanağı</t>
         </is>
       </c>
       <c r="C2106" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2107" spans="1:3">
       <c r="A2107" s="1" t="inlineStr">
         <is>
-          <t>9789754370904</t>
+          <t>9789754373240</t>
         </is>
       </c>
       <c r="B2107" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Divan-ı Kebir Seçmeler (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C2107" s="1">
-        <v>120</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="2108" spans="1:3">
       <c r="A2108" s="1" t="inlineStr">
         <is>
-          <t>9789754378207</t>
+          <t>9789754370096</t>
         </is>
       </c>
       <c r="B2108" s="1" t="inlineStr">
         <is>
-          <t>Cihan Padişahı Muhteşem Süleyman</t>
+          <t>Dişi Kurdun Rüyaları</t>
         </is>
       </c>
       <c r="C2108" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2109" spans="1:3">
       <c r="A2109" s="1" t="inlineStr">
         <is>
-          <t>9789754378979</t>
+          <t>9789754374957</t>
         </is>
       </c>
       <c r="B2109" s="1" t="inlineStr">
         <is>
-          <t>Cengiz İmparatorluğu</t>
+          <t>Dini Anlamak Üzerine</t>
         </is>
       </c>
       <c r="C2109" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2110" spans="1:3">
       <c r="A2110" s="1" t="inlineStr">
         <is>
-          <t>9789754370546</t>
+          <t>9789754379419</t>
         </is>
       </c>
       <c r="B2110" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Han’a Küsen Bulut</t>
+          <t>Din ve Estetik</t>
         </is>
       </c>
       <c r="C2110" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2111" spans="1:3">
       <c r="A2111" s="1" t="inlineStr">
         <is>
-          <t>9789754378955</t>
+          <t>9789754370317</t>
         </is>
       </c>
       <c r="B2111" s="1" t="inlineStr">
         <is>
-          <t>Cebrail’in Kanatları</t>
+          <t>Din İnkılap İrtica</t>
         </is>
       </c>
       <c r="C2111" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2112" spans="1:3">
       <c r="A2112" s="1" t="inlineStr">
         <is>
-          <t>9789754378313</t>
+          <t>9789754374254</t>
         </is>
       </c>
       <c r="B2112" s="1" t="inlineStr">
         <is>
-          <t>Cadıların Kırbacı</t>
+          <t>Dik Bayır</t>
         </is>
       </c>
       <c r="C2112" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="2113" spans="1:3">
       <c r="A2113" s="1" t="inlineStr">
         <is>
-          <t>9789754376302</t>
+          <t>9786254081620</t>
         </is>
       </c>
       <c r="B2113" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Devletinin İdari Sosyal ve Ekonomik Tarihi</t>
+          <t>Deli Kurt</t>
         </is>
       </c>
       <c r="C2113" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2114" spans="1:3">
       <c r="A2114" s="1" t="inlineStr">
         <is>
-          <t>9789754377026</t>
+          <t>9786051557946</t>
         </is>
       </c>
       <c r="B2114" s="1" t="inlineStr">
         <is>
-          <t>Bu Taraf Anadolu</t>
+          <t>Dede Efendi</t>
         </is>
       </c>
       <c r="C2114" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="2115" spans="1:3">
       <c r="A2115" s="1" t="inlineStr">
         <is>
-          <t>9786254081637</t>
+          <t>9789754378993</t>
         </is>
       </c>
       <c r="B2115" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtlar</t>
+          <t>Damla Damla Yaşadıklarım</t>
         </is>
       </c>
       <c r="C2115" s="1">
-        <v>475</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2116" spans="1:3">
       <c r="A2116" s="1" t="inlineStr">
         <is>
-          <t>9789754376555</t>
+          <t>9789754375732</t>
         </is>
       </c>
       <c r="B2116" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdan Cennet Bahçesine Timurlular</t>
+          <t>Daha Dün Yaşadılar</t>
         </is>
       </c>
       <c r="C2116" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="2117" spans="1:3">
       <c r="A2117" s="1" t="inlineStr">
         <is>
-          <t>9789754376623</t>
+          <t>9789754372113</t>
         </is>
       </c>
       <c r="B2117" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Yeşeren Sevda Türküleri</t>
+          <t>Çok Çiçekli Senfoni</t>
         </is>
       </c>
       <c r="C2117" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2118" spans="1:3">
       <c r="A2118" s="1" t="inlineStr">
         <is>
-          <t>9789754377781</t>
+          <t>9789754379327</t>
         </is>
       </c>
       <c r="B2118" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda Sabah</t>
+          <t>Çin Kaynaklarında Türkistan Şehirleri</t>
         </is>
       </c>
       <c r="C2118" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="2119" spans="1:3">
       <c r="A2119" s="1" t="inlineStr">
         <is>
-          <t>9789754370980</t>
+          <t>9789754378290</t>
         </is>
       </c>
       <c r="B2119" s="1" t="inlineStr">
         <is>
-          <t>Bozkır İmparatorluğu</t>
+          <t>Çakıllı Bahçe</t>
         </is>
       </c>
       <c r="C2119" s="1">
-        <v>830</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2120" spans="1:3">
       <c r="A2120" s="1" t="inlineStr">
         <is>
-          <t>9789754375206</t>
+          <t>9789754370904</t>
         </is>
       </c>
       <c r="B2120" s="1" t="inlineStr">
         <is>
-          <t>Bize Velvele Düştü</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C2120" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="2121" spans="1:3">
       <c r="A2121" s="1" t="inlineStr">
         <is>
-          <t>9789754377484</t>
+          <t>9789754378207</t>
         </is>
       </c>
       <c r="B2121" s="1" t="inlineStr">
         <is>
-          <t>Bir Tokada Bir Koca</t>
+          <t>Cihan Padişahı Muhteşem Süleyman</t>
         </is>
       </c>
       <c r="C2121" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2122" spans="1:3">
       <c r="A2122" s="1" t="inlineStr">
         <is>
-          <t>9789754376081</t>
+          <t>9789754378979</t>
         </is>
       </c>
       <c r="B2122" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehrin Beş Hali</t>
+          <t>Cengiz İmparatorluğu</t>
         </is>
       </c>
       <c r="C2122" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2123" spans="1:3">
       <c r="A2123" s="1" t="inlineStr">
         <is>
-          <t>9789754375398</t>
+          <t>9789754370546</t>
         </is>
       </c>
       <c r="B2123" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Mucizesi Mimar Sinan (Ciltli)</t>
+          <t>Cengiz Han’a Küsen Bulut</t>
         </is>
       </c>
       <c r="C2123" s="1">
-        <v>550</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2124" spans="1:3">
       <c r="A2124" s="1" t="inlineStr">
         <is>
-          <t>9789754379310</t>
+          <t>9789754378955</t>
         </is>
       </c>
       <c r="B2124" s="1" t="inlineStr">
         <is>
-          <t>Bir Millet Mistiği: Ziya Nur Aksun</t>
+          <t>Cebrail’in Kanatları</t>
         </is>
       </c>
       <c r="C2124" s="1">
-        <v>475</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2125" spans="1:3">
       <c r="A2125" s="1" t="inlineStr">
         <is>
-          <t>9789754373042</t>
+          <t>9789754378313</t>
         </is>
       </c>
       <c r="B2125" s="1" t="inlineStr">
         <is>
-          <t>Bir Medeniyet Teorisi</t>
+          <t>Cadıların Kırbacı</t>
         </is>
       </c>
       <c r="C2125" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2126" spans="1:3">
       <c r="A2126" s="1" t="inlineStr">
         <is>
-          <t>9789754378535</t>
+          <t>9789754376302</t>
         </is>
       </c>
       <c r="B2126" s="1" t="inlineStr">
         <is>
-          <t>Bir İnanç ve Kültür Terkipçisi Yahya Kemal</t>
+          <t>Büyük Selçuklu Devletinin İdari Sosyal ve Ekonomik Tarihi</t>
         </is>
       </c>
       <c r="C2126" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2127" spans="1:3">
       <c r="A2127" s="1" t="inlineStr">
         <is>
-          <t>9789754370003</t>
+          <t>9789754377026</t>
         </is>
       </c>
       <c r="B2127" s="1" t="inlineStr">
         <is>
-          <t>Bir Bayrak Rüzgar Bekliyor</t>
+          <t>Bu Taraf Anadolu</t>
         </is>
       </c>
       <c r="C2127" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="2128" spans="1:3">
       <c r="A2128" s="1" t="inlineStr">
         <is>
-          <t>9789754379389</t>
+          <t>9786254081637</t>
         </is>
       </c>
       <c r="B2128" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi Işığında İktisat Metodolojisi</t>
+          <t>Bozkurtlar</t>
         </is>
       </c>
       <c r="C2128" s="1">
-        <v>270</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2129" spans="1:3">
       <c r="A2129" s="1" t="inlineStr">
         <is>
-          <t>9789754370430</t>
+          <t>9789754376555</t>
         </is>
       </c>
       <c r="B2129" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gemi</t>
+          <t>Bozkırdan Cennet Bahçesine Timurlular</t>
         </is>
       </c>
       <c r="C2129" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2130" spans="1:3">
       <c r="A2130" s="1" t="inlineStr">
         <is>
-          <t>9786254084003</t>
+          <t>9789754376623</t>
         </is>
       </c>
       <c r="B2130" s="1" t="inlineStr">
         <is>
-          <t>Benim Gibi Biri</t>
+          <t>Bozkırda Yeşeren Sevda Türküleri</t>
         </is>
       </c>
       <c r="C2130" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="2131" spans="1:3">
       <c r="A2131" s="1" t="inlineStr">
         <is>
-          <t>9789754373066</t>
+          <t>9789754377781</t>
         </is>
       </c>
       <c r="B2131" s="1" t="inlineStr">
         <is>
-          <t>Ben Rüzgarım Sen Ateş</t>
+          <t>Bozkırda Sabah</t>
         </is>
       </c>
       <c r="C2131" s="1">
-        <v>210</v>
+        <v>500</v>
       </c>
     </row>
     <row r="2132" spans="1:3">
       <c r="A2132" s="1" t="inlineStr">
         <is>
-          <t>9789754378658</t>
+          <t>9789754370980</t>
         </is>
       </c>
       <c r="B2132" s="1" t="inlineStr">
         <is>
-          <t>Bellek-İnsan-Eser: Cengiz Dağcı</t>
+          <t>Bozkır İmparatorluğu</t>
         </is>
       </c>
       <c r="C2132" s="1">
-        <v>110</v>
+        <v>830</v>
       </c>
     </row>
     <row r="2133" spans="1:3">
       <c r="A2133" s="1" t="inlineStr">
         <is>
-          <t>9789754377293</t>
+          <t>9789754375206</t>
         </is>
       </c>
       <c r="B2133" s="1" t="inlineStr">
         <is>
-          <t>Bayrak Mücadelemiz ve İstiklal Marşı</t>
+          <t>Bize Velvele Düştü</t>
         </is>
       </c>
       <c r="C2133" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="2134" spans="1:3">
       <c r="A2134" s="1" t="inlineStr">
         <is>
-          <t>9789754376678</t>
+          <t>9789754377484</t>
         </is>
       </c>
       <c r="B2134" s="1" t="inlineStr">
         <is>
-          <t>Batı Karşısında Milli Düşünce</t>
+          <t>Bir Tokada Bir Koca</t>
         </is>
       </c>
       <c r="C2134" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2135" spans="1:3">
       <c r="A2135" s="1" t="inlineStr">
         <is>
-          <t>9789754371017</t>
+          <t>9789754376081</t>
         </is>
       </c>
       <c r="B2135" s="1" t="inlineStr">
         <is>
-          <t>Batı Düşüncesi ve Mevlana</t>
+          <t>Bir Şehrin Beş Hali</t>
         </is>
       </c>
       <c r="C2135" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="2136" spans="1:3">
       <c r="A2136" s="1" t="inlineStr">
         <is>
-          <t>9789754371734</t>
+          <t>9789754375398</t>
         </is>
       </c>
       <c r="B2136" s="1" t="inlineStr">
         <is>
-          <t>Başlangıcından Günümüze Türk Romanı</t>
+          <t>Bir Osmanlı Mucizesi Mimar Sinan (Ciltli)</t>
         </is>
       </c>
       <c r="C2136" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="2137" spans="1:3">
       <c r="A2137" s="1" t="inlineStr">
         <is>
-          <t>9789754377767</t>
+          <t>9789754379310</t>
         </is>
       </c>
       <c r="B2137" s="1" t="inlineStr">
         <is>
-          <t>Balkan Acısı</t>
+          <t>Bir Millet Mistiği: Ziya Nur Aksun</t>
         </is>
       </c>
       <c r="C2137" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="2138" spans="1:3">
       <c r="A2138" s="1" t="inlineStr">
         <is>
-          <t>9789754378917</t>
+          <t>9789754373042</t>
         </is>
       </c>
       <c r="B2138" s="1" t="inlineStr">
         <is>
-          <t>Bal Kaşığım</t>
+          <t>Bir Medeniyet Teorisi</t>
         </is>
       </c>
       <c r="C2138" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2139" spans="1:3">
       <c r="A2139" s="1" t="inlineStr">
         <is>
-          <t>9789754375152</t>
+          <t>9789754378535</t>
         </is>
       </c>
       <c r="B2139" s="1" t="inlineStr">
         <is>
-          <t>Ayın Aynasında</t>
+          <t>Bir İnanç ve Kültür Terkipçisi Yahya Kemal</t>
         </is>
       </c>
       <c r="C2139" s="1">
-        <v>315</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2140" spans="1:3">
       <c r="A2140" s="1" t="inlineStr">
         <is>
-          <t>9789754379488</t>
+          <t>9789754370003</t>
         </is>
       </c>
       <c r="B2140" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Türkiye’sini Kaybımız: 93 ve Balkan Savaşları</t>
+          <t>Bir Bayrak Rüzgar Bekliyor</t>
         </is>
       </c>
       <c r="C2140" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="2141" spans="1:3">
       <c r="A2141" s="1" t="inlineStr">
         <is>
-          <t>9789754379044</t>
+          <t>9789754379389</t>
         </is>
       </c>
       <c r="B2141" s="1" t="inlineStr">
         <is>
-          <t>Türk Ansiklopedisindeki Yazıları</t>
+          <t>Bilim Felsefesi Işığında İktisat Metodolojisi</t>
         </is>
       </c>
       <c r="C2141" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="2142" spans="1:3">
       <c r="A2142" s="1" t="inlineStr">
         <is>
-          <t>9789754377231</t>
+          <t>9789754370430</t>
         </is>
       </c>
       <c r="B2142" s="1" t="inlineStr">
         <is>
-          <t>Atebetü’l Hakayık</t>
+          <t>Beyaz Gemi</t>
         </is>
       </c>
       <c r="C2142" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2143" spans="1:3">
       <c r="A2143" s="1" t="inlineStr">
         <is>
-          <t>9789754379365</t>
+          <t>9786254084003</t>
         </is>
       </c>
       <c r="B2143" s="1" t="inlineStr">
         <is>
-          <t>Atçalı Kel Mehmed</t>
+          <t>Benim Gibi Biri</t>
         </is>
       </c>
       <c r="C2143" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="2144" spans="1:3">
       <c r="A2144" s="1" t="inlineStr">
         <is>
-          <t>9789754376029</t>
+          <t>9789754373066</t>
         </is>
       </c>
       <c r="B2144" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Din</t>
+          <t>Ben Rüzgarım Sen Ateş</t>
         </is>
       </c>
       <c r="C2144" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2145" spans="1:3">
       <c r="A2145" s="1" t="inlineStr">
         <is>
-          <t>9789754376104</t>
+          <t>9789754378658</t>
         </is>
       </c>
       <c r="B2145" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Akıl Doğu ve Batı</t>
+          <t>Bellek-İnsan-Eser: Cengiz Dağcı</t>
         </is>
       </c>
       <c r="C2145" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="2146" spans="1:3">
       <c r="A2146" s="1" t="inlineStr">
         <is>
-          <t>9789754378856</t>
+          <t>9789754377293</t>
         </is>
       </c>
       <c r="B2146" s="1" t="inlineStr">
         <is>
-          <t>Aşk Kitabı</t>
+          <t>Bayrak Mücadelemiz ve İstiklal Marşı</t>
         </is>
       </c>
       <c r="C2146" s="1">
-        <v>210</v>
+        <v>420</v>
       </c>
     </row>
     <row r="2147" spans="1:3">
       <c r="A2147" s="1" t="inlineStr">
         <is>
-          <t>9789754377736</t>
+          <t>9789754376678</t>
         </is>
       </c>
       <c r="B2147" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dini</t>
+          <t>Batı Karşısında Milli Düşünce</t>
         </is>
       </c>
       <c r="C2147" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2148" spans="1:3">
       <c r="A2148" s="1" t="inlineStr">
         <is>
-          <t>9789754378689</t>
+          <t>9789754371017</t>
         </is>
       </c>
       <c r="B2148" s="1" t="inlineStr">
         <is>
-          <t>Aşıkpaşaoğlu Tarihi</t>
+          <t>Batı Düşüncesi ve Mevlana</t>
         </is>
       </c>
       <c r="C2148" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2149" spans="1:3">
       <c r="A2149" s="1" t="inlineStr">
         <is>
-          <t>9789754372496</t>
+          <t>9789754371734</t>
         </is>
       </c>
       <c r="B2149" s="1" t="inlineStr">
         <is>
-          <t>Asyada Beş Türk</t>
+          <t>Başlangıcından Günümüze Türk Romanı</t>
         </is>
       </c>
       <c r="C2149" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="2150" spans="1:3">
       <c r="A2150" s="1" t="inlineStr">
         <is>
-          <t>9789754378177</t>
+          <t>9789754377767</t>
         </is>
       </c>
       <c r="B2150" s="1" t="inlineStr">
         <is>
-          <t>Asgari Ücret Tespitinde Sorunlar ve Çözüm Önerileri</t>
+          <t>Balkan Acısı</t>
         </is>
       </c>
       <c r="C2150" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="2151" spans="1:3">
       <c r="A2151" s="1" t="inlineStr">
         <is>
-          <t>9789754375084</t>
+          <t>9789754378917</t>
         </is>
       </c>
       <c r="B2151" s="1" t="inlineStr">
         <is>
-          <t>Aramak ve Söyleyememek</t>
+          <t>Bal Kaşığım</t>
         </is>
       </c>
       <c r="C2151" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="2152" spans="1:3">
       <c r="A2152" s="1" t="inlineStr">
         <is>
-          <t>9789754372205</t>
+          <t>9789754375152</t>
         </is>
       </c>
       <c r="B2152" s="1" t="inlineStr">
         <is>
-          <t>Hukuka Bağlılık Açısından Eski Türkler’de - İslam’da ve Osmanlı’da Devlet</t>
+          <t>Ayın Aynasında</t>
         </is>
       </c>
       <c r="C2152" s="1">
-        <v>400</v>
+        <v>315</v>
       </c>
     </row>
     <row r="2153" spans="1:3">
       <c r="A2153" s="1" t="inlineStr">
         <is>
-          <t>9789754375039</t>
+          <t>9789754379488</t>
         </is>
       </c>
       <c r="B2153" s="1" t="inlineStr">
         <is>
-          <t>Hoşçakal Şehir</t>
+          <t>Avrupa Türkiye’sini Kaybımız: 93 ve Balkan Savaşları</t>
         </is>
       </c>
       <c r="C2153" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="2154" spans="1:3">
       <c r="A2154" s="1" t="inlineStr">
         <is>
-          <t>9799754375656</t>
+          <t>9789754379044</t>
         </is>
       </c>
       <c r="B2154" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Çizgiler Tanıdıklarım</t>
+          <t>Türk Ansiklopedisindeki Yazıları</t>
         </is>
       </c>
       <c r="C2154" s="1">
-        <v>150</v>
+        <v>210</v>
       </c>
     </row>
     <row r="2155" spans="1:3">
       <c r="A2155" s="1" t="inlineStr">
         <is>
-          <t>9789754378153</t>
+          <t>9789754377231</t>
         </is>
       </c>
       <c r="B2155" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yön Veren Sözler</t>
+          <t>Atebetü’l Hakayık</t>
         </is>
       </c>
       <c r="C2155" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="2156" spans="1:3">
       <c r="A2156" s="1" t="inlineStr">
         <is>
-          <t>9789754373905</t>
+          <t>9789754379365</t>
         </is>
       </c>
       <c r="B2156" s="1" t="inlineStr">
         <is>
-          <t>Hasan Ali Yücel’in Tasavvufi Dünyası ve Mevleviliği</t>
+          <t>Atçalı Kel Mehmed</t>
         </is>
       </c>
       <c r="C2156" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="2157" spans="1:3">
       <c r="A2157" s="1" t="inlineStr">
         <is>
+          <t>9789754376029</t>
+        </is>
+      </c>
+      <c r="B2157" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk ve Din</t>
+        </is>
+      </c>
+      <c r="C2157" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="2158" spans="1:3">
+      <c r="A2158" s="1" t="inlineStr">
+        <is>
+          <t>9789754376104</t>
+        </is>
+      </c>
+      <c r="B2158" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Akıl Doğu ve Batı</t>
+        </is>
+      </c>
+      <c r="C2158" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="2159" spans="1:3">
+      <c r="A2159" s="1" t="inlineStr">
+        <is>
+          <t>9789754378856</t>
+        </is>
+      </c>
+      <c r="B2159" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Kitabı</t>
+        </is>
+      </c>
+      <c r="C2159" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="2160" spans="1:3">
+      <c r="A2160" s="1" t="inlineStr">
+        <is>
+          <t>9789754377736</t>
+        </is>
+      </c>
+      <c r="B2160" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Dini</t>
+        </is>
+      </c>
+      <c r="C2160" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2161" spans="1:3">
+      <c r="A2161" s="1" t="inlineStr">
+        <is>
+          <t>9789754378689</t>
+        </is>
+      </c>
+      <c r="B2161" s="1" t="inlineStr">
+        <is>
+          <t>Aşıkpaşaoğlu Tarihi</t>
+        </is>
+      </c>
+      <c r="C2161" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="2162" spans="1:3">
+      <c r="A2162" s="1" t="inlineStr">
+        <is>
+          <t>9789754372496</t>
+        </is>
+      </c>
+      <c r="B2162" s="1" t="inlineStr">
+        <is>
+          <t>Asyada Beş Türk</t>
+        </is>
+      </c>
+      <c r="C2162" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="2163" spans="1:3">
+      <c r="A2163" s="1" t="inlineStr">
+        <is>
+          <t>9789754378177</t>
+        </is>
+      </c>
+      <c r="B2163" s="1" t="inlineStr">
+        <is>
+          <t>Asgari Ücret Tespitinde Sorunlar ve Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C2163" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2164" spans="1:3">
+      <c r="A2164" s="1" t="inlineStr">
+        <is>
+          <t>9789754375084</t>
+        </is>
+      </c>
+      <c r="B2164" s="1" t="inlineStr">
+        <is>
+          <t>Aramak ve Söyleyememek</t>
+        </is>
+      </c>
+      <c r="C2164" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="2165" spans="1:3">
+      <c r="A2165" s="1" t="inlineStr">
+        <is>
+          <t>9789754372205</t>
+        </is>
+      </c>
+      <c r="B2165" s="1" t="inlineStr">
+        <is>
+          <t>Hukuka Bağlılık Açısından Eski Türkler’de - İslam’da ve Osmanlı’da Devlet</t>
+        </is>
+      </c>
+      <c r="C2165" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="2166" spans="1:3">
+      <c r="A2166" s="1" t="inlineStr">
+        <is>
+          <t>9789754375039</t>
+        </is>
+      </c>
+      <c r="B2166" s="1" t="inlineStr">
+        <is>
+          <t>Hoşçakal Şehir</t>
+        </is>
+      </c>
+      <c r="C2166" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2167" spans="1:3">
+      <c r="A2167" s="1" t="inlineStr">
+        <is>
+          <t>9799754375656</t>
+        </is>
+      </c>
+      <c r="B2167" s="1" t="inlineStr">
+        <is>
+          <t>Hayattan Çizgiler Tanıdıklarım</t>
+        </is>
+      </c>
+      <c r="C2167" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="2168" spans="1:3">
+      <c r="A2168" s="1" t="inlineStr">
+        <is>
+          <t>9789754378153</t>
+        </is>
+      </c>
+      <c r="B2168" s="1" t="inlineStr">
+        <is>
+          <t>Hayata Yön Veren Sözler</t>
+        </is>
+      </c>
+      <c r="C2168" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="2169" spans="1:3">
+      <c r="A2169" s="1" t="inlineStr">
+        <is>
+          <t>9789754373905</t>
+        </is>
+      </c>
+      <c r="B2169" s="1" t="inlineStr">
+        <is>
+          <t>Hasan Ali Yücel’in Tasavvufi Dünyası ve Mevleviliği</t>
+        </is>
+      </c>
+      <c r="C2169" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2170" spans="1:3">
+      <c r="A2170" s="1" t="inlineStr">
+        <is>
           <t>9789754376548</t>
         </is>
       </c>
-      <c r="B2157" s="1" t="inlineStr">
+      <c r="B2170" s="1" t="inlineStr">
         <is>
           <t>Halk Şiirimiz</t>
         </is>
       </c>
-      <c r="C2157" s="1">
+      <c r="C2170" s="1">
         <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>