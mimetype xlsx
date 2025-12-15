--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,8005 +85,8050 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054723690</t>
+          <t>9786256157453</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Üç Yoldaş</t>
+          <t>Deizm</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789944143783</t>
+          <t>9786256157446</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dağın Ardındaki Gerçekler</t>
+          <t>Dersim’in Güldüren Anekdotları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256157408</t>
+          <t>9786256157439</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kuran Son Ahit</t>
+          <t>"Sana Raman Güllük Gülistanlıktır Diyemem"</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256157422</t>
+          <t>9786054723690</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ı Anlama Metodolojisi</t>
+          <t>Üç Yoldaş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256157415</t>
+          <t>9789944143783</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Uzak Allah İnancında Şefaat Yanılsaması</t>
+          <t>Dağın Ardındaki Gerçekler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256157354</t>
+          <t>9786256157408</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya</t>
+          <t>Kuran Son Ahit</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256157385</t>
+          <t>9786256157422</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Öl İkrar Verme Öl İkrarından Dönme</t>
+          <t>Kuran’ı Anlama Metodolojisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256157378</t>
+          <t>9786256157415</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hakk ve Hakikat Aşkına Yol’u Yürütenler - 2</t>
+          <t>Uzak Allah İnancında Şefaat Yanılsaması</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256157361</t>
+          <t>9786256157354</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hakk ve Hakikat Aşkına Yol’u Yürütenler -1</t>
+          <t>Mezopotamya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256157309</t>
+          <t>9786256157385</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Koşmak</t>
+          <t>Öl İkrar Verme Öl İkrarından Dönme</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057569288</t>
+          <t>9786256157378</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Sevilmek</t>
+          <t>Hakk ve Hakikat Aşkına Yol’u Yürütenler - 2</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057569783</t>
+          <t>9786256157361</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bahçesi</t>
+          <t>Hakk ve Hakikat Aşkına Yol’u Yürütenler -1</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786084723065</t>
+          <t>9786256157309</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kandan İzler - Latin Amerika'nın Bilinmeyen Tarihi</t>
+          <t>Koşmak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256157392</t>
+          <t>9786057569288</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Okul Yolu Düz Gider</t>
+          <t>Sevmek Sevilmek</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256157347</t>
+          <t>9786057569783</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kadın</t>
+          <t>Çocuk Bahçesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256157330</t>
+          <t>9786084723065</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kampana - Söğüt Dalından Düdük 1</t>
+          <t>Kandan İzler - Latin Amerika'nın Bilinmeyen Tarihi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>440</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057569011</t>
+          <t>9786256157392</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mesaj - Kuran Çevirisi</t>
+          <t>Okul Yolu Düz Gider</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789757891963</t>
+          <t>9786256157347</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin İniş Sırasına Göre Kuran Çevirisi</t>
+          <t>Öteki Kadın</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>3990000018353</t>
+          <t>9786256157330</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>1 Mayıs 1977 Türkiye Devrimcilerinin İki 1 Mayıs Belgeseli</t>
+          <t>Kampana - Söğüt Dalından Düdük 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256157286</t>
+          <t>9786057569011</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Osman Türkay'dan Çocuklar İçin Şiir</t>
+          <t>Mesaj - Kuran Çevirisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256157293</t>
+          <t>9789757891963</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Priapos Etkisi</t>
+          <t>Ayetlerin İniş Sırasına Göre Kuran Çevirisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256157316</t>
+          <t>3990000018353</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Rengül - Dünyanın En Güzel Kitabı</t>
+          <t>1 Mayıs 1977 Türkiye Devrimcilerinin İki 1 Mayıs Belgeseli</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256157279</t>
+          <t>9786256157286</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Sonsuzluğa</t>
+          <t>Osman Türkay'dan Çocuklar İçin Şiir</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256157262</t>
+          <t>9786256157293</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yoldaşlar</t>
+          <t>Priapos Etkisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059330732</t>
+          <t>9786256157316</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İlluminati - Paranın Baronları</t>
+          <t>Rengül - Dünyanın En Güzel Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256157248</t>
+          <t>9786256157279</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Şiir Bir Demet İnci</t>
+          <t>Birlikte Sonsuzluğa</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057569806</t>
+          <t>9786256157262</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Apaçık Kur'an (Ciltli)</t>
+          <t>Sonsuz Yoldaşlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256157200</t>
+          <t>9786059330732</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Karmanyola</t>
+          <t>İlluminati - Paranın Baronları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256157217</t>
+          <t>9786256157248</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Altında Munzur'a Akan Anılarım</t>
+          <t>Bir Demet Şiir Bir Demet İnci</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257554770</t>
+          <t>9786057569806</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Adı Bende Saklı</t>
+          <t>Apaçık Kur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257554435</t>
+          <t>9786256157200</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sabah Güneşi</t>
+          <t>Karmanyola</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257554831</t>
+          <t>9786256157217</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Işık Çiçeği</t>
+          <t>Gökkuşağı Altında Munzur'a Akan Anılarım</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257554008</t>
+          <t>9786257554770</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mucize 19</t>
+          <t>Adı Bende Saklı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257554992</t>
+          <t>9786257554435</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Rodoslu Kaptanın Dilinden Anadolu'nun Mitolojik Tarihi</t>
+          <t>Sabah Güneşi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257554985</t>
+          <t>9786257554831</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Lise Defteri</t>
+          <t>Işık Çiçeği</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257554947</t>
+          <t>9786257554008</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Fısıldayan Kelimeler</t>
+          <t>Büyük Mucize 19</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257554916</t>
+          <t>9786257554992</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Hakikat Kapısı Alevilik</t>
+          <t>Rodoslu Kaptanın Dilinden Anadolu'nun Mitolojik Tarihi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257554978</t>
+          <t>9786257554985</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Alevi Teolojisi</t>
+          <t>Lise Defteri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257554961</t>
+          <t>9786257554947</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Araştırmalarında Metot Sorunu ve Çözüm Önerileri</t>
+          <t>Geçmişi Fısıldayan Kelimeler</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>420</v>
+        <v>170</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257554954</t>
+          <t>9786257554916</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Fay Hatları</t>
+          <t>Anadolu'nun Hakikat Kapısı Alevilik</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257554930</t>
+          <t>9786257554978</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüsü’nden İlköğretmen Okulu’na - Hoşot (Dicle) Anıları</t>
+          <t>Alevi Teolojisi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257554923</t>
+          <t>9786257554961</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kuran: Mucizenin Görsel Sunumu</t>
+          <t>Alevilik Araştırmalarında Metot Sorunu ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257554909</t>
+          <t>9786257554954</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sebe Melikesi</t>
+          <t>Aşkın Fay Hatları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257554886</t>
+          <t>9786257554930</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Yüreğe Sönmeyen sevda</t>
+          <t>Köy Enstitüsü’nden İlköğretmen Okulu’na - Hoşot (Dicle) Anıları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257554763</t>
+          <t>9786257554923</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Yarın” Çocuklar</t>
+          <t>Kuran: Mucizenin Görsel Sunumu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257554893</t>
+          <t>9786257554909</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Günlükler</t>
+          <t>Sebe Melikesi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257554800</t>
+          <t>9786257554886</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağda Anadolu Türklüğü – 2</t>
+          <t>Yürekten Yüreğe Sönmeyen sevda</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257554879</t>
+          <t>9786257554763</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Mezarlığı</t>
+          <t>Dersimiz Yarın” Çocuklar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257554862</t>
+          <t>9786257554893</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalmış ''Ütopik'' Fikirler</t>
+          <t>Gizemli Günlükler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257554817</t>
+          <t>9786257554800</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Mevsimi</t>
+          <t>Eski Çağda Anadolu Türklüğü – 2</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257554855</t>
+          <t>9786257554879</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yedi Uyurlar</t>
+          <t>Kimsesizler Mezarlığı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257554824</t>
+          <t>9786257554862</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşında İhanet</t>
+          <t>Gölgede Kalmış ''Ütopik'' Fikirler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257554794</t>
+          <t>9786257554817</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sussa Da</t>
+          <t>Çocukluk Mevsimi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257554848</t>
+          <t>9786257554855</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sendikalar ve Demokrasi</t>
+          <t>Yedi Uyurlar</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257554701</t>
+          <t>9786257554824</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Doğup Büyüdüğüm Topraklar Dersim</t>
+          <t>Kurtuluş Savaşında İhanet</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257554480</t>
+          <t>9786257554794</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Çelişki Olmaz - 2</t>
+          <t>Zaman Sussa Da</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257554787</t>
+          <t>9786257554848</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sinope’nin Gözyaşları</t>
+          <t>Türkiye’de Sendikalar ve Demokrasi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257554749</t>
+          <t>9786257554701</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Redur</t>
+          <t>Doğup Büyüdüğüm Topraklar Dersim</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257554732</t>
+          <t>9786257554480</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Redur – Uzak Yol</t>
+          <t>Kuran’da Çelişki Olmaz - 2</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257554756</t>
+          <t>9786257554787</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Eşsiz Mucizesi Zülkarneyn</t>
+          <t>Sinope’nin Gözyaşları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257554688</t>
+          <t>9786257554749</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışında Aleviler</t>
+          <t>Redur</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>750</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257554725</t>
+          <t>9786257554732</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Handpan Sınıfı 1. Kitap - Handpan Class First Book</t>
+          <t>Redur – Uzak Yol</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257554718</t>
+          <t>9786257554756</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kuran Son Ahit (Ciltli)</t>
+          <t>Kur’an’ın Eşsiz Mucizesi Zülkarneyn</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257554671</t>
+          <t>9786257554688</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile İnanna</t>
+          <t>Hakikat Arayışında Aleviler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257554664</t>
+          <t>9786257554725</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sercıvan</t>
+          <t>Handpan Sınıfı 1. Kitap - Handpan Class First Book</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257554657</t>
+          <t>9786257554718</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Millenium Poet Osman Türkay</t>
+          <t>Kuran Son Ahit (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>650</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257554640</t>
+          <t>9786257554671</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Uzay’ın Şairi Osman Türkay</t>
+          <t>Yusuf ile İnanna</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059330190</t>
+          <t>9786257554664</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Söylence ve Açıklamalarıyla Deyimler</t>
+          <t>Sercıvan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059330183</t>
+          <t>9786257554657</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğitmek mi Delirtmek mi</t>
+          <t>Millenium Poet Osman Türkay</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257554633</t>
+          <t>9786257554640</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hak Sende Deyişleri ve Miraçlamalar</t>
+          <t>Uzay’ın Şairi Osman Türkay</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257554626</t>
+          <t>9786059330190</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yakın Zaman Yol Deyiş ve Nefesleri</t>
+          <t>Söylence ve Açıklamalarıyla Deyimler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257554619</t>
+          <t>9786059330183</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Yol Deyişleri</t>
+          <t>Eğitmek mi Delirtmek mi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257554541</t>
+          <t>9786257554633</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Sol Klarnet Metodu- 4 Türk Sanat Müziği Şarkıları</t>
+          <t>Hak Sende Deyişleri ve Miraçlamalar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257554602</t>
+          <t>9786257554626</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sawsan</t>
+          <t>Yakın Zaman Yol Deyiş ve Nefesleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257554596</t>
+          <t>9786257554619</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Umudun Çığlığı</t>
+          <t>Geleneksel Yol Deyişleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>380</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059760720</t>
+          <t>9786257554541</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kerametin Mucizesi</t>
+          <t>Türk Müziği Sol Klarnet Metodu- 4 Türk Sanat Müziği Şarkıları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257554589</t>
+          <t>9786257554602</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dem ü Devran</t>
+          <t>Sawsan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257554572</t>
+          <t>9786257554596</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dar İnsan Derya</t>
+          <t>Umudun Çığlığı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257554565</t>
+          <t>9786059760720</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>İkilem</t>
+          <t>Kerametin Mucizesi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257554558</t>
+          <t>9786257554589</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Türkçe Meali</t>
+          <t>Dem ü Devran</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257554534</t>
+          <t>9786257554572</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Fıkralarda Rize</t>
+          <t>Dünya Dar İnsan Derya</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257554510</t>
+          <t>9786257554565</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kirazlar Çiçek Açar Açmaz Gel</t>
+          <t>İkilem</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257554503</t>
+          <t>9786257554558</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mitler - Ritler Dinler Ve Yönetimler</t>
+          <t>Kur’an-ı Kerim Türkçe Meali</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257554527</t>
+          <t>9786257554534</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Seher’in Saçları</t>
+          <t>Anılarda Fıkralarda Rize</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257554497</t>
+          <t>9786257554510</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Çelişki Olmaz-1</t>
+          <t>Kirazlar Çiçek Açar Açmaz Gel</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257554442</t>
+          <t>9786257554503</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Candaş - Hayata Tutunmak</t>
+          <t>Mitler - Ritler Dinler Ve Yönetimler</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257554367</t>
+          <t>9786257554527</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dengen Şikesti</t>
+          <t>Seher’in Saçları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257554411</t>
+          <t>9786257554497</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud</t>
+          <t>Kuran’da Çelişki Olmaz-1</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257554404</t>
+          <t>9786257554442</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Yetmedi</t>
+          <t>Candaş - Hayata Tutunmak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257554398</t>
+          <t>9786257554367</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kaşıkla Ver Kepçeyle Al</t>
+          <t>Dengen Şikesti</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257554350</t>
+          <t>9786257554411</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Canı Cehenneme</t>
+          <t>Vahdet-i Vücud</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257554343</t>
+          <t>9786257554404</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İki Dilde Dersim Masalları</t>
+          <t>Sevmek Yetmedi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257554428</t>
+          <t>9786257554398</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Cerrahın Çantası</t>
+          <t>Kaşıkla Ver Kepçeyle Al</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257554374</t>
+          <t>9786257554350</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Beş Kadın Beş Hayat</t>
+          <t>Gerçeğin Canı Cehenneme</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257554381</t>
+          <t>9786257554343</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Nedir Ne Değildir?</t>
+          <t>İki Dilde Dersim Masalları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059330350</t>
+          <t>9786257554428</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Anılara Saygı Günü</t>
+          <t>Cerrahın Çantası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257554299</t>
+          <t>9786257554374</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yontulmak</t>
+          <t>Beş Kadın Beş Hayat</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059330343</t>
+          <t>9786257554381</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sur Çalındı</t>
+          <t>Alevilik Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789944143769</t>
+          <t>9786059330350</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gümüş Kapısı</t>
+          <t>Anılara Saygı Günü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059330435</t>
+          <t>9786257554299</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılda Bir</t>
+          <t>Yontulmak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059330251</t>
+          <t>9786059330343</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kargaşa / Sevmeyi Bilmek</t>
+          <t>Sur Çalındı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059330862</t>
+          <t>9789944143769</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Dağ</t>
+          <t>Sözün Gümüş Kapısı</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059330398</t>
+          <t>9786059330435</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Halkasız Köleler</t>
+          <t>Kırk Yılda Bir</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059330503</t>
+          <t>9786059330251</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kızı</t>
+          <t>Kargaşa / Sevmeyi Bilmek</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059330152</t>
+          <t>9786059330862</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Gofret ve Çikolata</t>
+          <t>İçimdeki Dağ</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059330497</t>
+          <t>9786059330398</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Gazetecinin Diploması Defteri</t>
+          <t>Halkasız Köleler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786058330232</t>
+          <t>9786059330503</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Soyut Fenomenler</t>
+          <t>Göçmen Kızı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789757891932</t>
+          <t>9786059330152</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Takanlar ve Takılanlar</t>
+          <t>Gofret ve Çikolata</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054723171</t>
+          <t>9786059330497</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şu Yılgın Kürtler</t>
+          <t>Gazetecinin Diploması Defteri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944143462</t>
+          <t>9786058330232</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Rizgari ve Ala Rizgari</t>
+          <t>Soyut Fenomenler</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789944143738</t>
+          <t>9789757891932</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Narkoz ve Cevher Teorisi Işığında Ergenekon</t>
+          <t>Takanlar ve Takılanlar</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055927424</t>
+          <t>9786054723171</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>İzmir Romanları</t>
+          <t>Şu Yılgın Kürtler</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059330466</t>
+          <t>9789944143462</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çıkmazdaki Türkiye</t>
+          <t>Rizgari ve Ala Rizgari</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789757891161</t>
+          <t>9789944143738</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyanın İnsanları Çingeneler</t>
+          <t>Narkoz ve Cevher Teorisi Işığında Ergenekon</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054723133</t>
+          <t>9786055927424</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Barikatlar Düşerken</t>
+          <t>İzmir Romanları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257554473</t>
+          <t>9786059330466</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk Son Umut</t>
+          <t>Çıkmazdaki Türkiye</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257554459</t>
+          <t>9789757891161</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Düşündüklerim Düşünürken Yazdıklarım</t>
+          <t>Başka Dünyanın İnsanları Çingeneler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257554466</t>
+          <t>9786054723133</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste İmtihan</t>
+          <t>Barikatlar Düşerken</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257554329</t>
+          <t>9786257554473</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Yılmaz Güney</t>
+          <t>İlk Aşk Son Umut</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257554305</t>
+          <t>9786257554459</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Seul L’amour Changera le Monde</t>
+          <t>Yaşarken Düşündüklerim Düşünürken Yazdıklarım</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257554312</t>
+          <t>9786257554466</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tağı Bey</t>
+          <t>Bir Nefeste İmtihan</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054025183</t>
+          <t>9786257554329</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Düşleri Kanatlı Çocuklar</t>
+          <t>Bilinmeyen Yönleriyle Yılmaz Güney</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257554282</t>
+          <t>9786257554305</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yürüyüş</t>
+          <t>Seul L’amour Changera le Monde</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257554275</t>
+          <t>9786257554312</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Tağı Bey</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257554268</t>
+          <t>9786054025183</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Başlamak</t>
+          <t>Düşleri Kanatlı Çocuklar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257554244</t>
+          <t>9786257554282</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bir Odanın Ötesi</t>
+          <t>Bitmeyen Yürüyüş</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257554251</t>
+          <t>9786257554275</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Dinin İki Kaynağı-2</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257554237</t>
+          <t>9786257554268</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam’ın Rubaileri</t>
+          <t>Başlamak</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257554220</t>
+          <t>9786257554244</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Siyaset Vesayet</t>
+          <t>Bir Odanın Ötesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257554213</t>
+          <t>9786257554251</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Karagöz’ün Perdeyle Kavgası</t>
+          <t>Dinin İki Kaynağı-2</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257554114</t>
+          <t>9786257554237</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Cin ve Şeytan</t>
+          <t>Ömer Hayyam’ın Rubaileri</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257554138</t>
+          <t>9786257554220</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Son Sapiens</t>
+          <t>Cumhuriyet Siyaset Vesayet</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257554169</t>
+          <t>9786257554213</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Karagöz’ün Perdeyle Kavgası</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257554077</t>
+          <t>9786257554114</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kimliği</t>
+          <t>Kur’an Açısından Cin ve Şeytan</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257554152</t>
+          <t>9786257554138</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kadın Erkek Eşitsizliği ve Toplumsal Yozlaşma</t>
+          <t>Son Sapiens</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257554145</t>
+          <t>9786257554169</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Netaş Grevi</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257554176</t>
+          <t>9786257554077</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Netewen Yekbuyi U Kurd</t>
+          <t>Şiirin Kimliği</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257554183</t>
+          <t>9786257554152</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler ve Kürdler</t>
+          <t>Kadın Erkek Eşitsizliği ve Toplumsal Yozlaşma</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257554121</t>
+          <t>9786257554145</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Anlat Patara</t>
+          <t>Netaş Grevi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257554190</t>
+          <t>9786257554176</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Aladeli - Kimim Ben Hatırlat Bana</t>
+          <t>Netewen Yekbuyi U Kurd</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257554084</t>
+          <t>9786257554183</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kaya</t>
+          <t>Birleşmiş Milletler ve Kürdler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257554107</t>
+          <t>9786257554121</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Susuyordu Zaman</t>
+          <t>Anlat Patara</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257554060</t>
+          <t>9786257554190</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Özlem ve İnan'la Kemal'e Yolcu'luk</t>
+          <t>Aladeli - Kimim Ben Hatırlat Bana</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057569967</t>
+          <t>9786257554084</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Ağacı</t>
+          <t>Kırmızı Kaya</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057569936</t>
+          <t>9786257554107</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Göç Kuşları</t>
+          <t>Susuyordu Zaman</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057569981</t>
+          <t>9786257554060</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sandal</t>
+          <t>Özlem ve İnan'la Kemal'e Yolcu'luk</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057569950</t>
+          <t>9786057569967</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yak! Yak! Yak!</t>
+          <t>Özgürlük Ağacı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>380</v>
+        <v>160</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057569974</t>
+          <t>9786057569936</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayatla Evlenmek</t>
+          <t>Göç Kuşları</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057569998</t>
+          <t>9786057569981</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş Çarşı Tanığımdı</t>
+          <t>Kırık Sandal</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057569929</t>
+          <t>9786057569950</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Merkez Bankalarının Yapısı ve Bağımsızlığı</t>
+          <t>Yak! Yak! Yak!</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057569943</t>
+          <t>9786057569974</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yemliha Abi</t>
+          <t>Bir Hayatla Evlenmek</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057569912</t>
+          <t>9786057569998</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 6. Dalga: Ontoloji</t>
+          <t>Beşiktaş Çarşı Tanığımdı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057569905</t>
+          <t>9786057569929</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 5. Dalga: Epistemoloji</t>
+          <t>Merkez Bankalarının Yapısı ve Bağımsızlığı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057569899</t>
+          <t>9786057569943</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 4. Dalga: Ekonomi</t>
+          <t>Yemliha Abi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057569882</t>
+          <t>9786057569912</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 3. Dalga: Politika</t>
+          <t>Jiyanus 6. Dalga: Ontoloji</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057569875</t>
+          <t>9786057569905</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 2. Dalga: Tarih Felsefesi ve İlke-Tab</t>
+          <t>Jiyanus 5. Dalga: Epistemoloji</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057569868</t>
+          <t>9786057569899</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 1. Dalga: Ben ve Tarih</t>
+          <t>Jiyanus 4. Dalga: Ekonomi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057569745</t>
+          <t>9786057569882</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Uyaranlar ve Uyduranlar</t>
+          <t>Jiyanus 3. Dalga: Politika</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057569769</t>
+          <t>9786057569875</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Neden Müslüman Oldum</t>
+          <t>Jiyanus 2. Dalga: Tarih Felsefesi ve İlke-Tab</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057569844</t>
+          <t>9786057569868</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'dan Almanya'ya Bir Kızın Öyküsü</t>
+          <t>Jiyanus 1. Dalga: Ben ve Tarih</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057569851</t>
+          <t>9786057569745</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Duman</t>
+          <t>Uyaranlar ve Uyduranlar</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057569837</t>
+          <t>9786057569769</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Albayın Kızı</t>
+          <t>Neden Müslüman Oldum</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057569813</t>
+          <t>9786057569844</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kuran - Son Ahit</t>
+          <t>Anadolu'dan Almanya'ya Bir Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057569790</t>
+          <t>9786057569851</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Akrep Yelkovan Arasında Kumsaldaki Çakıllar</t>
+          <t>Dağlar Duman</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057569776</t>
+          <t>9786057569837</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Golan</t>
+          <t>Albayın Kızı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057569752</t>
+          <t>9786057569813</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyadan Mahzuni Geçti</t>
+          <t>Kuran - Son Ahit</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057569738</t>
+          <t>9786057569790</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Yaşa Mektup</t>
+          <t>Akrep Yelkovan Arasında Kumsaldaki Çakıllar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057569615</t>
+          <t>9786057569776</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Suçluyuz</t>
+          <t>Golan</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057569721</t>
+          <t>9786057569752</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>La Hadis</t>
+          <t>Bu Dünyadan Mahzuni Geçti</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057569707</t>
+          <t>9786057569738</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Şeytan-ı Lain'e Ağıt</t>
+          <t>Yirmi Yaşa Mektup</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057569714</t>
+          <t>9786057569615</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalim Var</t>
+          <t>Hepimiz Suçluyuz</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057569691</t>
+          <t>9786057569721</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ah Kuyusu</t>
+          <t>La Hadis</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057569684</t>
+          <t>9786057569707</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Renkleri</t>
+          <t>Şeytan-ı Lain'e Ağıt</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057569677</t>
+          <t>9786057569714</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bülent Uğur İle İstanbul</t>
+          <t>Bir Hayalim Var</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057569233</t>
+          <t>9786057569691</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Namaz</t>
+          <t>Ah Kuyusu</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057569660</t>
+          <t>9786057569684</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Hayatın Renkleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057569646</t>
+          <t>9786057569677</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kendi Türkünü Söyle</t>
+          <t>Bülent Uğur İle İstanbul</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057569639</t>
+          <t>9786057569233</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Senfonisi</t>
+          <t>Kuran'da Namaz</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057569530</t>
+          <t>9786057569660</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057569622</t>
+          <t>9786057569646</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kaçış - Herşey Mümkün</t>
+          <t>Kendi Türkünü Söyle</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057569653</t>
+          <t>9786057569639</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Grogren Kadınlar</t>
+          <t>İnsanın Senfonisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057569608</t>
+          <t>9786057569530</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Fiziğinin Açtığı Ufuklarda Eşya ve Varlığın Sırrını Okumak</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057569578</t>
+          <t>9786057569622</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bensiz Yarınlar Senin Olsun</t>
+          <t>Kaçış - Herşey Mümkün</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057569592</t>
+          <t>9786057569653</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Sol Klarnet Metodu - 3</t>
+          <t>Grogren Kadınlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>700</v>
+        <v>260</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057569585</t>
+          <t>9786057569608</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Devrinden Enstantaneler</t>
+          <t>Kuantum Fiziğinin Açtığı Ufuklarda Eşya ve Varlığın Sırrını Okumak</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057569561</t>
+          <t>9786057569578</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kar Beyaz Kan Kırmızı</t>
+          <t>Bensiz Yarınlar Senin Olsun</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057569547</t>
+          <t>9786057569592</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Töb-Der’li Yıllar</t>
+          <t>Türk Müziği Sol Klarnet Metodu - 3</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057569523</t>
+          <t>9786057569585</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Meşale</t>
+          <t>Cahiliye Devrinden Enstantaneler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057569554</t>
+          <t>9786057569561</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gülistan Kalbine Ağıt</t>
+          <t>Kar Beyaz Kan Kırmızı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057569462</t>
+          <t>9786057569547</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlanından Günümüze Sıkıyönetim Bildirileri</t>
+          <t>Töb-Der’li Yıllar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057569516</t>
+          <t>9786057569523</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yarın Çok Uzakta</t>
+          <t>Son Bir Meşale</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057569455</t>
+          <t>9786057569554</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağda Anadolu Türklüğü</t>
+          <t>Gülistan Kalbine Ağıt</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057569370</t>
+          <t>9786057569462</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bir Gecenin Düşleri</t>
+          <t>Cumhuriyet’in İlanından Günümüze Sıkıyönetim Bildirileri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059760591</t>
+          <t>9786057569516</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Güneş Yapışmış Gözlerime</t>
+          <t>Yarın Çok Uzakta</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057569493</t>
+          <t>9786057569455</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Atı Alan Üsküdar'ı Geçer mi?</t>
+          <t>Eski Çağda Anadolu Türklüğü</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057569486</t>
+          <t>9786057569370</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Fırtınası</t>
+          <t>Bir Gecenin Düşleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057569448</t>
+          <t>9786059760591</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dudak Uykusu</t>
+          <t>Güneş Yapışmış Gözlerime</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057569417</t>
+          <t>9786057569493</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Elma Çiçeği</t>
+          <t>Atı Alan Üsküdar'ı Geçer mi?</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057569509</t>
+          <t>9786057569486</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Çeşmesi</t>
+          <t>Gelincik Fırtınası</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057569479</t>
+          <t>9786057569448</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Mor Sümbüllü Yıllar</t>
+          <t>Dudak Uykusu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057569349</t>
+          <t>9786057569417</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Gençlerde Özgüvenin Temel Dinamikleri</t>
+          <t>Elma Çiçeği</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057569387</t>
+          <t>9786057569509</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim'den 40 Ayet 10 Dua</t>
+          <t>Gençlik Çeşmesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057569363</t>
+          <t>9786057569479</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Sevenlere Ayrılık Yakışmıyor</t>
+          <t>Mor Sümbüllü Yıllar</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057569400</t>
+          <t>9786057569349</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İki Pınar Arası</t>
+          <t>Çocuklarda ve Gençlerde Özgüvenin Temel Dinamikleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057569356</t>
+          <t>9786057569387</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Üç Damla Su</t>
+          <t>Kuran-ı Kerim'den 40 Ayet 10 Dua</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057569424</t>
+          <t>9786057569363</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Delici Gözler</t>
+          <t>Sevenlere Ayrılık Yakışmıyor</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057569394</t>
+          <t>9786057569400</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Londra mı Dediniz? Buyrun</t>
+          <t>İki Pınar Arası</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057569431</t>
+          <t>9786057569356</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dağlarca Burada</t>
+          <t>Üç Damla Su</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057569318</t>
+          <t>9786057569424</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Türkiyem Cennetim</t>
+          <t>Delici Gözler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057569332</t>
+          <t>9786057569394</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Şalvarlı Şaltak Osmanlı’dan Acılar Diyarı Dersim’e</t>
+          <t>Londra mı Dediniz? Buyrun</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057569325</t>
+          <t>9786057569431</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Şehid-i Kerbela’dan Hallac-ı Mansur’a</t>
+          <t>Dağlarca Burada</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059760553</t>
+          <t>9786057569318</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Aşk</t>
+          <t>Türkiyem Cennetim</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057569127</t>
+          <t>9786057569332</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mayra 1980</t>
+          <t>Şalvarlı Şaltak Osmanlı’dan Acılar Diyarı Dersim’e</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057569295</t>
+          <t>9786057569325</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Memleket Düşü</t>
+          <t>Şehid-i Kerbela’dan Hallac-ı Mansur’a</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057569301</t>
+          <t>9786059760553</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kemik Adam</t>
+          <t>Yer Gök Aşk</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057569141</t>
+          <t>9786057569127</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Din ve Felsefe Açısından Kızılbaşlık</t>
+          <t>Mayra 1980</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>420</v>
+        <v>160</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057569264</t>
+          <t>9786057569295</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Şarkıları</t>
+          <t>Memleket Düşü</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057569271</t>
+          <t>9786057569301</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Dikiz Aynasında Yüzler</t>
+          <t>Kemik Adam</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057569165</t>
+          <t>9786057569141</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Mevsimler</t>
+          <t>Din ve Felsefe Açısından Kızılbaşlık</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057569110</t>
+          <t>9786057569264</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dinin İki Kaynağı - Büyü ve Şaman Sembolizmi</t>
+          <t>Özgürlük Şarkıları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057569103</t>
+          <t>9786057569271</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Guguk Kuşu</t>
+          <t>Dikiz Aynasında Yüzler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057569059</t>
+          <t>9786057569165</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Areskiya</t>
+          <t>Kızıl Mevsimler</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057569158</t>
+          <t>9786057569110</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Russia Unfiltered</t>
+          <t>Dinin İki Kaynağı - Büyü ve Şaman Sembolizmi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057569134</t>
+          <t>9786057569103</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Hayal Taciri</t>
+          <t>Guguk Kuşu</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057569219</t>
+          <t>9786057569059</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Göksu Bulanık Akıyor</t>
+          <t>Areskiya</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057569240</t>
+          <t>9786057569158</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sevgi En Büyük Dindir</t>
+          <t>Russia Unfiltered</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057569202</t>
+          <t>9786057569134</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Şairler Konuşursa</t>
+          <t>Hayal Taciri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057569196</t>
+          <t>9786057569219</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Alevilik Toplumsal Çatışmalar ve Göç Modellerine Bakış</t>
+          <t>Göksu Bulanık Akıyor</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057569189</t>
+          <t>9786057569240</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum İki Buçuk Lirada Soldu</t>
+          <t>Sevgi En Büyük Dindir</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057569257</t>
+          <t>9786057569202</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hevi</t>
+          <t>Şairler Konuşursa</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057569226</t>
+          <t>9786057569196</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İznik Gezi Rehberi</t>
+          <t>Türkiye'de Alevilik Toplumsal Çatışmalar ve Göç Modellerine Bakış</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057569172</t>
+          <t>9786057569189</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Hanımeli ve Körebe</t>
+          <t>Çocukluğum İki Buçuk Lirada Soldu</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059330831</t>
+          <t>9786057569257</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Ağınlı Bir Seyyah</t>
+          <t>Hevi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059330381</t>
+          <t>9786057569226</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Şiirleri İçmek Aynı Kadehten</t>
+          <t>İznik Gezi Rehberi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059330336</t>
+          <t>9786057569172</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Nusret Baba</t>
+          <t>Hanımeli ve Körebe</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059330879</t>
+          <t>9786059330831</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Dersim'in Kutsal Mekanları</t>
+          <t>Ağınlı Bir Seyyah</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057569097</t>
+          <t>9786059330381</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeye ve Akletmeye Davet</t>
+          <t>Şiirleri İçmek Aynı Kadehten</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057569080</t>
+          <t>9786059330336</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gözlüğü</t>
+          <t>Nusret Baba</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059330008</t>
+          <t>9786059330879</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hayat</t>
+          <t>Dersim'in Kutsal Mekanları</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059330428</t>
+          <t>9786057569097</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Göğe Uzanan Sarmaşıklar</t>
+          <t>Düşünmeye ve Akletmeye Davet</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057569066</t>
+          <t>9786057569080</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Kadınlardan Dünyayı Değiştiren Sözler</t>
+          <t>Aşk Gözlüğü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057569073</t>
+          <t>9786059330008</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Sevdam ve Kavgam</t>
+          <t>Merhaba Hayat</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057569042</t>
+          <t>9786059330428</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Bir Karanfil</t>
+          <t>Göğe Uzanan Sarmaşıklar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057569028</t>
+          <t>9786057569066</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çiçeğe Dönen Yaz Südü</t>
+          <t>Kadınlardan Dünyayı Değiştiren Sözler</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059330954</t>
+          <t>9786057569073</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bitkiden Allah'a</t>
+          <t>Sevdam ve Kavgam</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057569004</t>
+          <t>9786057569042</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Neden Müslüman Olamadılar?</t>
+          <t>Yüreğim Bir Karanfil</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059330947</t>
+          <t>9786057569028</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Bursa Gezi Rehberi</t>
+          <t>Çiçeğe Dönen Yaz Südü</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059330985</t>
+          <t>9786059330954</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Feryadı</t>
+          <t>Bitkiden Allah'a</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059330961</t>
+          <t>9786057569004</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Biyografisi</t>
+          <t>Neden Müslüman Olamadılar?</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059330930</t>
+          <t>9786059330947</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerin Kanat Sesi</t>
+          <t>Bursa Gezi Rehberi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059330916</t>
+          <t>9786059330985</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sesler</t>
+          <t>Düşüncenin Feryadı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059330893</t>
+          <t>9786059330961</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mutluluk</t>
+          <t>Tanrı'nın Biyografisi</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059330923</t>
+          <t>9786059330930</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Mühür</t>
+          <t>Şiirlerin Kanat Sesi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059330909</t>
+          <t>9786059330916</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kuran'daki Musa - Efsanedeki Musa</t>
+          <t>Kırık Sesler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054025138</t>
+          <t>9786059330893</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Anne Sütü Mucizesi</t>
+          <t>Benim Adım Mutluluk</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059330817</t>
+          <t>9786059330923</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Kitabı (Toplu Öyküler)</t>
+          <t>Sihirli Mühür</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059330824</t>
+          <t>9786059330909</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Türkü</t>
+          <t>Kuran'daki Musa - Efsanedeki Musa</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059330800</t>
+          <t>9786054025138</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aşk Şarkıcısı</t>
+          <t>Anne Sütü Mucizesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059330855</t>
+          <t>9786059330817</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesinin Çığlığı</t>
+          <t>Dünyanın En Güzel Kitabı (Toplu Öyküler)</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059330848</t>
+          <t>9786059330824</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Toroslar'dan Nurhak'a</t>
+          <t>Yarım Kalan Türkü</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059330794</t>
+          <t>9786059330800</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Evrime İnanmak</t>
+          <t>Mutlu Aşk Şarkıcısı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059330787</t>
+          <t>9786059330855</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Kokusu</t>
+          <t>Güneş Ülkesinin Çığlığı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059330763</t>
+          <t>9786059330848</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Artvin Artvin</t>
+          <t>Toroslar'dan Nurhak'a</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059330770</t>
+          <t>9786059330794</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım</t>
+          <t>Evrime İnanmak</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059330749</t>
+          <t>9786059330787</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kurdular M'ola Çadırları Çemen'e</t>
+          <t>Toprağın Kokusu</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059330169</t>
+          <t>9786059330763</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Açıdan Ayurveda Bilimi</t>
+          <t>Artvin Artvin</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059330657</t>
+          <t>9786059330770</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Saksafon Eğitim Metodu - 2</t>
+          <t>Bir Yanım</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059330640</t>
+          <t>9786059330749</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Saksafon Eğitim Metodu - 1</t>
+          <t>Kurdular M'ola Çadırları Çemen'e</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059330756</t>
+          <t>9786059330169</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İlluminati - Türkiye Bağlantıları</t>
+          <t>En Kolay Açıdan Ayurveda Bilimi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059330725</t>
+          <t>9786059330657</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Rauf'un Rüyası</t>
+          <t>Saksafon Eğitim Metodu - 2</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059330718</t>
+          <t>9786059330640</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Lümpen Proletarya Çağı</t>
+          <t>Saksafon Eğitim Metodu - 1</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059330695</t>
+          <t>9786059330756</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Kuşu</t>
+          <t>İlluminati - Türkiye Bağlantıları</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059330701</t>
+          <t>9786059330725</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Londra Yolcusu Kalmasın</t>
+          <t>Rauf'un Rüyası</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059330664</t>
+          <t>9786059330718</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Deli Gönül</t>
+          <t>Lümpen Proletarya Çağı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059330602</t>
+          <t>9786059330695</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Kırk Makam</t>
+          <t>Fırtına Kuşu</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059330589</t>
+          <t>9786059330701</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Dayı ve Yeğenleri</t>
+          <t>Londra Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059330688</t>
+          <t>9786059330664</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ataizm</t>
+          <t>Deli Gönül</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059330367</t>
+          <t>9786059330602</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Edip Yüksel'e 114 Mektup</t>
+          <t>Dört Kapı Kırk Makam</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059330671</t>
+          <t>9786059330589</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Fiziğinin Açtığı Ufuklardan Yaradılışın Sırrını Okumak</t>
+          <t>Pamuk Dayı ve Yeğenleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059330619</t>
+          <t>9786059330688</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Şefaat Gerçeği</t>
+          <t>Ataizm</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059330626</t>
+          <t>9786059330367</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Köz Fırtınası</t>
+          <t>Edip Yüksel'e 114 Mektup</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059330565</t>
+          <t>9786059330671</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Uçurtma Uçuruyor</t>
+          <t>Kuantum Fiziğinin Açtığı Ufuklardan Yaradılışın Sırrını Okumak</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059330572</t>
+          <t>9786059330619</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Hangi Renkten Çıkılır</t>
+          <t>Kuran'da Şefaat Gerçeği</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059330633</t>
+          <t>9786059330626</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Turks in London</t>
+          <t>Köz Fırtınası</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059330558</t>
+          <t>9786059330565</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Türkleri Yeniden Tanımak</t>
+          <t>Kuşlar Uçurtma Uçuruyor</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059330442</t>
+          <t>9786059330572</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yeğenim İbrahim</t>
+          <t>Mutluluğa Hangi Renkten Çıkılır</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059330411</t>
+          <t>9786059330633</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Amcam Mustafa</t>
+          <t>Turks in London</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059330596</t>
+          <t>9786059330558</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bilinmezlik</t>
+          <t>Türkleri Yeniden Tanımak</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059330312</t>
+          <t>9786059330442</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de İşkencenin Tarihi</t>
+          <t>Yeğenim İbrahim</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059330527</t>
+          <t>9786059330411</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Etmi - Etmanaki Aşireti ve Röportajlar</t>
+          <t>Amcam Mustafa</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059330534</t>
+          <t>9786059330596</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk Bitmez</t>
+          <t>Bilinmezlik</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059330114</t>
+          <t>9786059330312</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Gel Zaman Git Zaman</t>
+          <t>Dünyada ve Türkiye’de İşkencenin Tarihi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059760249</t>
+          <t>9786059330527</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hikayeler ve 444 Kitap Özeti</t>
+          <t>Etmi - Etmanaki Aşireti ve Röportajlar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059330176</t>
+          <t>9786059330534</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Garaz</t>
+          <t>Bu Aşk Bitmez</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059330510</t>
+          <t>9786059330114</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Bazı Gereksiz Bilgiler 1</t>
+          <t>Gel Zaman Git Zaman</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>400</v>
+        <v>330</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059330480</t>
+          <t>9786059760249</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Korku Oteli</t>
+          <t>Gerçek Hikayeler ve 444 Kitap Özeti</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059330374</t>
+          <t>9786059330176</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Elbet Bir Gün Buluşacağız</t>
+          <t>Garaz</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059330473</t>
+          <t>9786059330510</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mor Tabutlar</t>
+          <t>Bazı Gereksiz Bilgiler 1</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059330459</t>
+          <t>9786059330480</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Düşgören</t>
+          <t>Korku Oteli</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059330404</t>
+          <t>9786059330374</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>19 Aralık 1978</t>
+          <t>Elbet Bir Gün Buluşacağız</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059330329</t>
+          <t>9786059330473</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Artık Gurbet Yok mu-2: Das Gefühl in der Fremde zu sein gibt es nicht mehr Oder</t>
+          <t>Mor Tabutlar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059330121</t>
+          <t>9786059330459</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Darbeler ve Demokrasi</t>
+          <t>Düşgören</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059330282</t>
+          <t>9786059330404</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Gel Yine Gel</t>
+          <t>19 Aralık 1978</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059330268</t>
+          <t>9786059330329</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Defteri</t>
+          <t>Artık Gurbet Yok mu-2: Das Gefühl in der Fremde zu sein gibt es nicht mehr Oder</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059330299</t>
+          <t>9786059330121</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Toplayıcı</t>
+          <t>Darbeler ve Demokrasi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054723980</t>
+          <t>9786059330282</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kördüğüm</t>
+          <t>Gel Yine Gel</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059330145</t>
+          <t>9786059330268</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Uçan Kelebekler</t>
+          <t>Hüzün Defteri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059760275</t>
+          <t>9786059330299</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Güzel Gözlü Kadın</t>
+          <t>Toplayıcı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059330220</t>
+          <t>9786054723980</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Allah ve Yeryüzü Tanrıları</t>
+          <t>Kördüğüm</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059330244</t>
+          <t>9786059330145</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım Süleymaniye Bir Yanım Halepçe</t>
+          <t>Özgürlüğe Uçan Kelebekler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059330237</t>
+          <t>9786059760275</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bu Meme Benim</t>
+          <t>Güzel Gözlü Kadın</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059330213</t>
+          <t>9786059330220</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Sol Klarnet Metodu 2</t>
+          <t>Allah ve Yeryüzü Tanrıları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059330206</t>
+          <t>9786059330244</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Sol Klarnet Metodu (1) - Başlangıç Seviyesi</t>
+          <t>Bir Yanım Süleymaniye Bir Yanım Halepçe</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059330138</t>
+          <t>9786059330237</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Ayak Sesleri</t>
+          <t>Bu Meme Benim</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059330107</t>
+          <t>9786059330213</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Git… Eve Dönmektir</t>
+          <t>Türk Müziği Sol Klarnet Metodu 2</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059330091</t>
+          <t>9786059330206</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Agora Sokağı</t>
+          <t>Türk Müziği Sol Klarnet Metodu (1) - Başlangıç Seviyesi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059330039</t>
+          <t>9786059330138</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>On Üç Yok Muydu?</t>
+          <t>Devrimin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059330077</t>
+          <t>9786059330107</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Adras Dağı</t>
+          <t>Git… Eve Dönmektir</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059330022</t>
+          <t>9786059330091</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ölü Çocuklar Ülkesi</t>
+          <t>Agora Sokağı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059760096</t>
+          <t>9786059330039</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Aşka Sevdalı Yürekler</t>
+          <t>On Üç Yok Muydu?</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786054723935</t>
+          <t>9786059330077</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Fırtınada İki Kelebek</t>
+          <t>Adras Dağı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789758264018</t>
+          <t>9786059330022</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sen Gideli</t>
+          <t>Ölü Çocuklar Ülkesi</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786054723461</t>
+          <t>9786059760096</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Takip : Bir Polis Muhabirinin Gerçek Olaylara Dayalı Suç Romanı</t>
+          <t>Aşka Sevdalı Yürekler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789944143912</t>
+          <t>9786054723935</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bedel - İki Dünyalı Hayat</t>
+          <t>Fırtınada İki Kelebek</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054723898</t>
+          <t>9789758264018</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Sardunyalar</t>
+          <t>Sen Gideli</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054723911</t>
+          <t>9786054723461</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Londra'da Çok Kültürlülük</t>
+          <t>Takip : Bir Polis Muhabirinin Gerçek Olaylara Dayalı Suç Romanı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786054723829</t>
+          <t>9789944143912</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bencil Metinler</t>
+          <t>Bedel - İki Dünyalı Hayat</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054723843</t>
+          <t>9786054723898</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Söyleşilerim</t>
+          <t>Üzgün Sardunyalar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054723799</t>
+          <t>9786054723911</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Haziran’da Ölmek</t>
+          <t>Londra'da Çok Kültürlülük</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054723850</t>
+          <t>9786054723829</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Bencil Metinler</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054723812</t>
+          <t>9786054723843</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Işkın</t>
+          <t>Söyleşilerim</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786055414948</t>
+          <t>9786054723799</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Şehitlerimize 100 Mektup</t>
+          <t>Haziran’da Ölmek</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054723874</t>
+          <t>9786054723850</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Türklere Esir Olmak</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054723768</t>
+          <t>9786054723812</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Norşin’den Arizona’ya</t>
+          <t>Işkın</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>660</v>
+        <v>290</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054723744</t>
+          <t>9786055414948</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sözün İzi</t>
+          <t>Şehitlerimize 100 Mektup</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054723836</t>
+          <t>9786054723874</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İki Sokak Sonra Deniz</t>
+          <t>Türklere Esir Olmak</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054723577</t>
+          <t>9786054723768</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yol Hikayeleri</t>
+          <t>Norşin’den Arizona’ya</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>240</v>
+        <v>660</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054723638</t>
+          <t>9786054723744</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Her Satırın O Kokuyor</t>
+          <t>Sözün İzi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054723645</t>
+          <t>9786054723836</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sarnıç</t>
+          <t>İki Sokak Sonra Deniz</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054723652</t>
+          <t>9786054723577</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Avşar Ağıdı</t>
+          <t>Yol Hikayeleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054723607</t>
+          <t>9786054723638</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ben Paraya Tap(m)ıyorum</t>
+          <t>Her Satırın O Kokuyor</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054723751</t>
+          <t>9786054723645</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yonca</t>
+          <t>Saklı Sarnıç</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054723867</t>
+          <t>9786054723652</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorunu’nda Çözümün ve Çözümsüzlüğün Adı : 4T</t>
+          <t>Avşar Ağıdı</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054723225</t>
+          <t>9786054723607</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Türk Sorunu</t>
+          <t>Ben Paraya Tap(m)ıyorum</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054723713</t>
+          <t>9786054723751</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Maraş’tan Bir Haber Geldi</t>
+          <t>Yaralı Yonca</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054723782</t>
+          <t>9786054723867</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yok ki!..</t>
+          <t>Ermeni Sorunu’nda Çözümün ve Çözümsüzlüğün Adı : 4T</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054723454</t>
+          <t>9786054723225</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Tünelin Ucundaki ışık</t>
+          <t>Türk Sorunu</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054723546</t>
+          <t>9786054723713</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Koza Karanlığı - 2 : Şeyh Bedreddin</t>
+          <t>Maraş’tan Bir Haber Geldi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054723584</t>
+          <t>9786054723782</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Toros Dağlarında İsyan</t>
+          <t>Aşk Yok ki!..</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054723379</t>
+          <t>9786054723454</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Üsteğmen M. Hilmi ve Bembo Tepesi</t>
+          <t>Tünelin Ucundaki ışık</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054723591</t>
+          <t>9786054723546</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Gazeteciler Gazetecileri ve Kendilerini Anlatıyor</t>
+          <t>Koza Karanlığı - 2 : Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055414627</t>
+          <t>9786054723584</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sesin Patlar Tenimde</t>
+          <t>Toros Dağlarında İsyan</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055414351</t>
+          <t>9786054723379</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Devlet Baba</t>
+          <t>Üsteğmen M. Hilmi ve Bembo Tepesi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054723294</t>
+          <t>9786054723591</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kuran Hadis İslam</t>
+          <t>Gazeteciler Gazetecileri ve Kendilerini Anlatıyor</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054723492</t>
+          <t>9786055414627</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Değişerek Nasıl Değiştirebiliriz</t>
+          <t>Sesin Patlar Tenimde</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054723508</t>
+          <t>9786055414351</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bir Çingene'nin Romanı</t>
+          <t>Devlet Baba</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054723409</t>
+          <t>9786054723294</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Mücadele</t>
+          <t>Kuran Hadis İslam</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944143950</t>
+          <t>9786054723492</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül’de de Çok Güldük Netekim!</t>
+          <t>Değişerek Nasıl Değiştirebiliriz</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054723515</t>
+          <t>9786054723508</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Bir Çingene'nin Romanı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054723195</t>
+          <t>9786054723409</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kapı Kapı</t>
+          <t>Mücadele</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054723522</t>
+          <t>9789944143950</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Turist</t>
+          <t>12 Eylül’de de Çok Güldük Netekim!</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054723393</t>
+          <t>9786054723515</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Fare</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054723287</t>
+          <t>9786054723195</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Vadisi</t>
+          <t>Kapı Kapı</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054723447</t>
+          <t>9786054723522</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Meri Keklik Öyküleri</t>
+          <t>Eyvah Turist</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054723539</t>
+          <t>9786054723393</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Valiz</t>
+          <t>Kırmızı Fare</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789944143646</t>
+          <t>9786054723287</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Cezaevi</t>
+          <t>Kelebek Vadisi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789944143936</t>
+          <t>9786054723447</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kardeşim Elini Ver Bana!</t>
+          <t>Meri Keklik Öyküleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789944143417</t>
+          <t>9786054723539</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kül Kadınlar Güncesi</t>
+          <t>Valiz</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789757891680</t>
+          <t>9789944143646</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’dan İnsanlara "Aklınızı Kullanın"</t>
+          <t>Diyarbakır Cezaevi</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054723157</t>
+          <t>9789944143936</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Mendil Sen Kokuyordu</t>
+          <t>Kürt Kardeşim Elini Ver Bana!</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054723263</t>
+          <t>9789944143417</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sevdikçe Güzelleşir</t>
+          <t>Kül Kadınlar Güncesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786054723164</t>
+          <t>9789757891680</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Emzirirdi Gözleriyle</t>
+          <t>Tanrı’dan İnsanlara "Aklınızı Kullanın"</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944143097</t>
+          <t>9786054723157</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Kuran Çevirilerindeki Hatalar</t>
+          <t>Mendil Sen Kokuyordu</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789944143943</t>
+          <t>9786054723263</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Kürtçe Sözlük / Ferhenga  Kurdi - Tirki</t>
+          <t>İnsan Sevdikçe Güzelleşir</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789757891796</t>
+          <t>9786054723164</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Çıkmıştık Yola</t>
+          <t>Güneşli Emzirirdi Gözleriyle</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789757891154</t>
+          <t>9789944143097</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Asal Tartışma</t>
+          <t>Türkçe Kuran Çevirilerindeki Hatalar</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054723423</t>
+          <t>9789944143943</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Güven İnandığın Yolda Yürümektir</t>
+          <t>Türkçe - Kürtçe Sözlük / Ferhenga  Kurdi - Tirki</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054723331</t>
+          <t>9789757891796</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Son Kış</t>
+          <t>Aşk ile Çıkmıştık Yola</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055414825</t>
+          <t>9789757891154</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalemler</t>
+          <t>Asal Tartışma</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054723720</t>
+          <t>9786054723423</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Geceden Sabaha</t>
+          <t>Güven İnandığın Yolda Yürümektir</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054723676</t>
+          <t>9786054723331</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Munzur’a Akar Yüreğim</t>
+          <t>Son Kış</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054723706</t>
+          <t>9786055414825</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Artık Gurbet Yok (mu?)</t>
+          <t>Kırık Kalemler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054723621</t>
+          <t>9786054723720</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Biyografisi</t>
+          <t>Geceden Sabaha</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054723997</t>
+          <t>9786054723676</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>On Çocuktuk</t>
+          <t>Munzur’a Akar Yüreğim</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059330015</t>
+          <t>9786054723706</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Islatan</t>
+          <t>Artık Gurbet Yok (mu?)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054723973</t>
+          <t>9786054723621</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Remo</t>
+          <t>Allah’ın Biyografisi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054723928</t>
+          <t>9786054723997</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Simgebilim Perspektifinden Göbeklitepe Tapınakları</t>
+          <t>On Çocuktuk</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054723348</t>
+          <t>9786059330015</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Tarih - Felsefe ve Kültürlerin Tanıklığında Alevi İnancı</t>
+          <t>Ahlak Islatan</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054723362</t>
+          <t>9786054723973</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Çatışma ve Atatürk'ün Saklı İdeolojisi</t>
+          <t>Remo</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054723102</t>
+          <t>9786054723928</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kızlar</t>
+          <t>Simgebilim Perspektifinden Göbeklitepe Tapınakları</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054723034</t>
+          <t>9786054723348</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Tarih - Felsefe ve Kültürlerin Tanıklığında Alevi İnancı</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>580</v>
+        <v>230</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789757891635</t>
+          <t>9786054723362</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Nokta: Orta Asya</t>
+          <t>Kültürlerarası Çatışma ve Atatürk'ün Saklı İdeolojisi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054723072</t>
+          <t>9786054723102</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Selanik Alev Alev</t>
+          <t>Kızıl Kızlar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054723355</t>
+          <t>9786054723034</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Cemaatrix</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786054723300</t>
+          <t>9789757891635</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Bir Kokladım Anadolu</t>
+          <t>Sıcak Nokta: Orta Asya</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054723249</t>
+          <t>9786054723072</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Gizli Boyutları</t>
+          <t>Selanik Alev Alev</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054723270</t>
+          <t>9786054723355</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da İslamcı Siyasetin Rolmodeli: İhvan-ı Müslimin - Müslüman Kardeşler</t>
+          <t>Cemaatrix</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054723317</t>
+          <t>9786054723300</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Bir Kokladım Anadolu</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054723201</t>
+          <t>9786054723249</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Türkü</t>
+          <t>Evrenin Gizli Boyutları</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054723256</t>
+          <t>9786054723270</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Filistin Güncesi</t>
+          <t>Ortadoğu'da İslamcı Siyasetin Rolmodeli: İhvan-ı Müslimin - Müslüman Kardeşler</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786055414580</t>
+          <t>9786054723317</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Avuç Avuç Yaşam</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054723232</t>
+          <t>9786054723201</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Kitabı</t>
+          <t>Yarım Kalan Türkü</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054723324</t>
+          <t>9786054723256</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Demirin Üstünde Karınca İzi</t>
+          <t>Filistin Güncesi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786054723010</t>
+          <t>9786055414580</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyanın Ardından Gerçekleşen Sessiz Devrim</t>
+          <t>Avuç Avuç Yaşam</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054723416</t>
+          <t>9786054723232</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Atlantis'in Ruhu</t>
+          <t>Dünyanın En Güzel Kitabı</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054723430</t>
+          <t>9786054723324</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Anamdan İnciler 2: Stres Bileziği</t>
+          <t>Demirin Üstünde Karınca İzi</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>240</v>
+        <v>420</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055414399</t>
+          <t>9786054723010</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Gülmek Bizde Gelenek</t>
+          <t>Bir Rüyanın Ardından Gerçekleşen Sessiz Devrim</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054723218</t>
+          <t>9786054723416</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Savaş Yıllarından Anılar</t>
+          <t>Atlantis'in Ruhu</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059760027</t>
+          <t>9786054723430</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Eylül'ün Vefası</t>
+          <t>Anamdan İnciler 2: Stres Bileziği</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054723942</t>
+          <t>9786055414399</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Cumartesi - Tahir Elçi</t>
+          <t>Gülmek Bizde Gelenek</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059330053</t>
+          <t>9786054723218</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Beni Benimle Anla</t>
+          <t>Savaş Yıllarından Anılar</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059330060</t>
+          <t>9786059760027</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Neden Yalnız Kur'an?</t>
+          <t>Eylül'ün Vefası</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059330046</t>
+          <t>9786054723942</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Aşk Akıldan Öte</t>
+          <t>Kırmızı Cumartesi - Tahir Elçi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944143288</t>
+          <t>9786059330053</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gerçek Tarihi</t>
+          <t>Beni Benimle Anla</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789757891505</t>
+          <t>9786059330060</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tünelinde Bir Doktor</t>
+          <t>Neden Yalnız Kur'an?</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789944143479</t>
+          <t>9786059330046</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Yürütme Sancısı ve Aşk</t>
+          <t>Aşk Akıldan Öte</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786054723096</t>
+          <t>9789944143288</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yunus 66 - Bilim ve Kur’an Işığında Diğer Dünyalarda Yaşam</t>
+          <t>Zamanın Gerçek Tarihi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789757891710</t>
+          <t>9789757891505</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yanıt Doktorluk Dediğin İki Tık Tık (V) 5 Kasım Uyarı Eylemi ve Hekimlerin Kronik Problemlerine İlişkin Görüşler, Değerlendirmeler, Öneriler</t>
+          <t>Zaman Tünelinde Bir Doktor</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944143400</t>
+          <t>9789944143479</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Yalanlar Çelişkiler Uydurmalar</t>
+          <t>Yürütme Sancısı ve Aşk</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944143370</t>
+          <t>9786054723096</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yahudi ve Hıristiyan Kaynaklarında Tanrı İmgesi</t>
+          <t>Yunus 66 - Bilim ve Kur’an Işığında Diğer Dünyalarda Yaşam</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789757891949</t>
+          <t>9789757891710</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Ütopyası’nda Siyonistler’in Nihai Dünya Düzeni</t>
+          <t>Yanıt Doktorluk Dediğin İki Tık Tık (V) 5 Kasım Uyarı Eylemi ve Hekimlerin Kronik Problemlerine İlişkin Görüşler, Değerlendirmeler, Öneriler</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789757891604</t>
+          <t>9789944143400</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüm Ama Pişman Değilim</t>
+          <t>Yalanlar Çelişkiler Uydurmalar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789757891420</t>
+          <t>9789944143370</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Üzerinde 19 Var</t>
+          <t>Yahudi ve Hıristiyan Kaynaklarında Tanrı İmgesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944143882</t>
+          <t>9789757891949</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Unutmayacağız, Barışmayacağız, Affetmeyeceğiz</t>
+          <t>Yahudi Ütopyası’nda Siyonistler’in Nihai Dünya Düzeni</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789757891918</t>
+          <t>9789757891604</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Umutlarımız Yarıda Kaldı</t>
+          <t>Üzgünüm Ama Pişman Değilim</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789757891734</t>
+          <t>9789757891420</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Tevrat’ı Kim Yazdı?</t>
+          <t>Üzerinde 19 Var</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944143974</t>
+          <t>9789944143882</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Tevrat - Zebur - İnciller ve Kur’an Açısından Sosyal Yaşam ve Dini Kavramlar</t>
+          <t>Unutmayacağız, Barışmayacağız, Affetmeyeceğiz</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>230</v>
+        <v>420</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789944143615</t>
+          <t>9789757891918</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Terörün ve Ölümün Kodu: 33</t>
+          <t>Umutlarımız Yarıda Kaldı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944143257</t>
+          <t>9789757891734</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Beni Başkan Yarat</t>
+          <t>Tevrat’ı Kim Yazdı?</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>260</v>
+        <v>550</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789757891833</t>
+          <t>9789944143974</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Şifre Çözüldü Eski Başpapaz İlker Çınar Anlatıyor: "Ben Bir Misyonerdim"</t>
+          <t>Tevrat - Zebur - İnciller ve Kur’an Açısından Sosyal Yaşam ve Dini Kavramlar</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789757891758</t>
+          <t>9789944143615</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Dünyasından Dünyanın Şehrine</t>
+          <t>Terörün ve Ölümün Kodu: 33</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789757891888</t>
+          <t>9789944143257</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Söyleşim Erdemir’li Bir Mühendisin Not Defteri</t>
+          <t>Tanrım Beni Başkan Yarat</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789944143899</t>
+          <t>9789757891833</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sosyo-Kültürel Açıdan İslam ve Merak Edenler İçin Din Bilgisi</t>
+          <t>Şifre Çözüldü Eski Başpapaz İlker Çınar Anlatıyor: "Ben Bir Misyonerdim"</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786054723041</t>
+          <t>9789757891758</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Rüzgardı ’68</t>
+          <t>Şehrin Dünyasından Dünyanın Şehrine</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789944143301</t>
+          <t>9789757891888</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Solda Teoriler ve Tarihsel Tartışmalar</t>
+          <t>Söyleşim Erdemir’li Bir Mühendisin Not Defteri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944143981</t>
+          <t>9789944143899</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sodom Gomore Masalı ve Mısır’dan Çıkış Yalanları</t>
+          <t>Sosyo-Kültürel Açıdan İslam ve Merak Edenler İçin Din Bilgisi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789757891536</t>
+          <t>9786054723041</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sinan’ın "Kara" Kitabı Bir Gazetecilik Öyküsü</t>
+          <t>Sonsuza Rüzgardı ’68</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789757891482</t>
+          <t>9789944143301</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşkün Kırık Camları</t>
+          <t>Solda Teoriler ve Tarihsel Tartışmalar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789757891611</t>
+          <t>9789944143981</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sayın: Dündar Kılıç</t>
+          <t>Sodom Gomore Masalı ve Mısır’dan Çıkış Yalanları</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789757891901</t>
+          <t>9789757891536</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sahi Siz Hangi Taraftaydınız?</t>
+          <t>Sinan’ın "Kara" Kitabı Bir Gazetecilik Öyküsü</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944143592</t>
+          <t>9789757891482</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Rizeli Milis Yüzbaşı İpsiz Recep Reis</t>
+          <t>Sırça Köşkün Kırık Camları</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>520</v>
+        <v>340</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789757891994</t>
+          <t>9789757891611</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Papalık Tarihi</t>
+          <t>Sayın: Dündar Kılıç</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789757891826</t>
+          <t>9789757891901</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bitti Demirellerin Doğuşu, Yükselişi, Çöküşü</t>
+          <t>Sahi Siz Hangi Taraftaydınız?</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789757891895</t>
+          <t>9789944143592</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Göç ve İskan</t>
+          <t>Rizeli Milis Yüzbaşı İpsiz Recep Reis</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>400</v>
+        <v>520</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789757891468</t>
+          <t>9789757891994</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>On Nokta Otuz Üç Milim Milim Bilim</t>
+          <t>Papalık Tarihi</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786054723119</t>
+          <t>9789757891826</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Oldu Da Bitti Maşallah</t>
+          <t>Oyun Bitti Demirellerin Doğuşu, Yükselişi, Çöküşü</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789944143240</t>
+          <t>9789757891895</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Satranç</t>
+          <t>Osmanlı’dan Günümüze Göç ve İskan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789944143745</t>
+          <t>9789757891468</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet Destanı 1902 - 1963</t>
+          <t>On Nokta Otuz Üç Milim Milim Bilim</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789944143547</t>
+          <t>9786054723119</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Reformcular</t>
+          <t>Oldu Da Bitti Maşallah</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>3990000028086</t>
+          <t>9789944143240</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Din Adamlarına 19 Soru</t>
+          <t>Nükleer Satranç</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789944143165</t>
+          <t>9789944143745</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Monoteist Düşünceler</t>
+          <t>Nazım Hikmet Destanı 1902 - 1963</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789944143219</t>
+          <t>9789944143547</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele</t>
+          <t>Müslüman Reformcular</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789944143295</t>
+          <t>3990000028086</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Mihai Eminescu</t>
+          <t>Müslüman Din Adamlarına 19 Soru</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789757891314</t>
+          <t>9789944143165</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Mesaj - Kuran Çevirisi</t>
+          <t>Monoteist Düşünceler</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9782950982605</t>
+          <t>9789944143219</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ölüm</t>
+          <t>Milli Mücadele</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789944143202</t>
+          <t>9789944143295</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>Mihai Eminescu</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786054723003</t>
+          <t>9789757891314</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Malatya’da Toplumsal Olaylar</t>
+          <t>Mesaj - Kuran Çevirisi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789944143127</t>
+          <t>9782950982605</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Leylak Zamanları</t>
+          <t>Mavi Ölüm</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789944143653</t>
+          <t>9789944143202</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kutsanmış Cahillikler Vadedil(me)miş Topraklar</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789757891697</t>
+          <t>9786054723003</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ın Şifresi - Sistemi Ve Mukattaa Harfleri’nin Çözümü</t>
+          <t>Malatya’da Toplumsal Olaylar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789757891673</t>
+          <t>9789944143127</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim’in Sıradan Bir İnsana Düşündürdükleri</t>
+          <t>Leylak Zamanları</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789757891925</t>
+          <t>9789944143653</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim’de ve İncil’de Dabbetü’l Arz ve Mesih İsa</t>
+          <t>Kutsanmış Cahillikler Vadedil(me)miş Topraklar</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789944143196</t>
+          <t>9789757891697</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kuran Açısından Evrim Teorisi</t>
+          <t>Kuran’ın Şifresi - Sistemi Ve Mukattaa Harfleri’nin Çözümü</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789944143387</t>
+          <t>9789757891673</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kuğu Şarkısı</t>
+          <t>Kuran-ı Kerim’in Sıradan Bir İnsana Düşündürdükleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789757891802</t>
+          <t>9789757891925</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Köle Kıyısından İnsan Biyografileri Kenya - Girit - İstanbul</t>
+          <t>Kuran-ı Kerim’de ve İncil’de Dabbetü’l Arz ve Mesih İsa</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789944143684</t>
+          <t>9789944143196</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes ve Kuran</t>
+          <t>Kuran Açısından Evrim Teorisi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789944143004</t>
+          <t>9789944143387</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes Üzerine Bir Çalışma Çelişkiler Aykırılıklar  Paralellikler</t>
+          <t>Kuğu Şarkısı</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789757891840</t>
+          <t>9789757891802</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Kanser Cinayetleri</t>
+          <t>Köle Kıyısından İnsan Biyografileri Kenya - Girit - İstanbul</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789944143554</t>
+          <t>9789944143684</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kadının Adı Anadolu</t>
+          <t>Kitab-ı Mukaddes ve Kuran</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789757891543</t>
+          <t>9789944143004</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İbret - İşkence Edilen Emniyet Hekiminden</t>
+          <t>Kitab-ı Mukaddes Üzerine Bir Çalışma Çelişkiler Aykırılıklar  Paralellikler</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789757891185</t>
+          <t>9789757891840</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İş Bulmak İçin Ne Yapmalı Avantajlı Stratejiler</t>
+          <t>Kanser Cinayetleri</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789944143523</t>
+          <t>9789944143554</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İsyan Yazıları</t>
+          <t>Kadının Adı Anadolu</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054723089</t>
+          <t>9789757891543</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>İsviçre’de Türkiyeli Göçmenler</t>
+          <t>İbret - İşkence Edilen Emniyet Hekiminden</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789944143561</t>
+          <t>9789757891185</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Falcısı</t>
+          <t>İş Bulmak İçin Ne Yapmalı Avantajlı Stratejiler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789757891789</t>
+          <t>9789944143523</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Raporlarında İsrail’in GAP Senaryosu</t>
+          <t>İsyan Yazıları</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789757891727</t>
+          <t>9786054723089</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İsa Haçta Öldü mü?</t>
+          <t>İsviçre’de Türkiyeli Göçmenler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>3990000026405</t>
+          <t>9789944143561</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>İstanbul Falcısı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789944143035</t>
+          <t>9789757891789</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yağmuru</t>
+          <t>İstihbarat Raporlarında İsrail’in GAP Senaryosu</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789757891390</t>
+          <t>9789757891727</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İncil’i Kim Yazdı</t>
+          <t>İsa Haçta Öldü mü?</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789757891253</t>
+          <t>3990000026405</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786054723027</t>
+          <t>9789944143035</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Merdiven</t>
+          <t>İnsan Yağmuru</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789944143752</t>
+          <t>9789757891390</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Bahar</t>
+          <t>İncil’i Kim Yazdı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789757891222</t>
+          <t>9789757891253</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Hristiyan Din Adamlarına 19 Soru / 19 Questions for Christian Clergy</t>
+          <t>İlginç Sorular</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789944143578</t>
+          <t>9786054723027</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Oku Kolay Öğren Zor Unut</t>
+          <t>İçimdeki Merdiven</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789944143677</t>
+          <t>9789944143752</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Hey Gidinin Egelisi</t>
+          <t>Kırmızı Bahar</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789944143707</t>
+          <t>9789757891222</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Herşey Bitti</t>
+          <t>Hristiyan Din Adamlarına 19 Soru / 19 Questions for Christian Clergy</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789944143264</t>
+          <t>9789944143578</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yön Veren Denemeler</t>
+          <t>Hızlı Oku Kolay Öğren Zor Unut</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789944143431</t>
+          <t>9789944143677</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hasretim Derin Uykularda</t>
+          <t>Hey Gidinin Egelisi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789757891451</t>
+          <t>9789944143707</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Güvercin Anadolu İsyanda</t>
+          <t>Herşey Bitti</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789944143714</t>
+          <t>9789944143264</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gülme Komşuna</t>
+          <t>Hayata Yön Veren Denemeler</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789944143806</t>
+          <t>9789944143431</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Aynasından</t>
+          <t>Hasretim Derin Uykularda</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789757891246</t>
+          <t>9789757891451</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilerin Şakası Olmaz</t>
+          <t>Hacı Bektaş Güvercin Anadolu İsyanda</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786054723126</t>
+          <t>9789944143714</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Gazel Kuşları Japon Balıkları</t>
+          <t>Gülme Komşuna</t>
         </is>
       </c>
       <c r="C494" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789944143363</t>
+          <t>9789944143806</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Gayya Karanlığından Kuran Aydınlığına</t>
+          <t>Geçmişin Aynasından</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789757891383</t>
+          <t>9789757891246</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>FKF Fikir Kulüpleri Federasyonu Demokrasi Mücadelesinde Sosyalist Bir Öğrenci Hareketi</t>
+          <t>Gazetecilerin Şakası Olmaz</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789757891550</t>
+          <t>9786054723126</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Yılların Gençlik Liderleri Konuşuyor</t>
+          <t>Gazel Kuşları Japon Balıkları</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789944143820</t>
+          <t>9789944143363</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Denemeler</t>
+          <t>Gayya Karanlığından Kuran Aydınlığına</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789944143691</t>
+          <t>9789757891383</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm Kıskacında Osmanlı'dan Günümüze  Ermeni Sorunu</t>
+          <t>FKF Fikir Kulüpleri Federasyonu Demokrasi Mücadelesinde Sosyalist Bir Öğrenci Hareketi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>260</v>
+        <v>600</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789944143776</t>
+          <t>9789757891550</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Mutluluk İçin 8 Emir - Hayatımıza Yön Veren 40 Kavram</t>
+          <t>Fırtınalı Yılların Gençlik Liderleri Konuşuyor</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789944143271</t>
+          <t>9789944143820</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Çingeneler</t>
+          <t>Evrensel Denemeler</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789757891970</t>
+          <t>9789944143691</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Dr. Michael Higger’ın Yahudi Ütopyası</t>
+          <t>Emperyalizm Kıskacında Osmanlı'dan Günümüze  Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789757891499</t>
+          <t>9789944143776</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Doktorun Seyir Defteri</t>
+          <t>Ebedi Mutluluk İçin 8 Emir - Hayatımıza Yön Veren 40 Kavram</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789757891666</t>
+          <t>9789944143271</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Doruğundakiler</t>
+          <t>Dünden Bugüne Çingeneler</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789944143905</t>
+          <t>9789757891970</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Din - Bilim - İnsan</t>
+          <t>Dr. Michael Higger’ın Yahudi Ütopyası</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786054723140</t>
+          <t>9789757891499</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Çocuklarıydılar</t>
+          <t>Doktorun Seyir Defteri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789944143967</t>
+          <t>9789757891666</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yolcuları</t>
+          <t>Sevginin Doruğundakiler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>420</v>
+        <v>340</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789757891765</t>
+          <t>9789944143905</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Devrim Bize Yakışırdı: Dam’dan Dar’a 78’liler’in Öyküsü</t>
+          <t>Din - Bilim - İnsan</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789757891192</t>
+          <t>9786054723140</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Devlet / Demokrasi / Oligarşi / Teokrasi Yargıtay Cumhuriyet Başsavcısı Vural Savaş’ın Refah Partisi’nin Kapatılması Davası İçin Hazırladığı Mütaala Taslağına Cevap</t>
+          <t>Devrimin Çocuklarıydılar</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789944143851</t>
+          <t>9789944143967</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş Destanı</t>
+          <t>Devrim Yolcuları</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789944143837</t>
+          <t>9789757891765</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Çarmıhtaki Sır</t>
+          <t>Devrim Bize Yakışırdı: Dam’dan Dar’a 78’liler’in Öyküsü</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789944143318</t>
+          <t>9789757891192</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet İçin Canverenler Kocatepe’den Dumlupınar’a</t>
+          <t>Devlet / Demokrasi / Oligarşi / Teokrasi Yargıtay Cumhuriyet Başsavcısı Vural Savaş’ın Refah Partisi’nin Kapatılması Davası İçin Hazırladığı Mütaala Taslağına Cevap</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789944143844</t>
+          <t>9789944143851</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Cezaevi Arkadaşım Yılmaz Güney</t>
+          <t>Deniz Gezmiş Destanı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789944143028</t>
+          <t>9789944143837</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya Şiirinde Kadın ve Erotizm Kadın ve Erotizm</t>
+          <t>Çarmıhtaki Sır</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789944143011</t>
+          <t>9789944143318</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Bushçağı Yazıları</t>
+          <t>Cumhuriyet İçin Canverenler Kocatepe’den Dumlupınar’a</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789944143134</t>
+          <t>9789944143844</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Birlikteliğin Farkındalığı</t>
+          <t>Cezaevi Arkadaşım Yılmaz Güney</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789757891772</t>
+          <t>9789944143028</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Bireysel ve Toplumsal Yozlaşma Zor Geçitler 1</t>
+          <t>Cemal Süreya Şiirinde Kadın ve Erotizm Kadın ve Erotizm</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789757891642</t>
+          <t>9789944143011</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ben Nazım Hikmet</t>
+          <t>Bushçağı Yazıları</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789944143073</t>
+          <t>9789944143134</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Mülteci Olmak</t>
+          <t>Birlikteliğin Farkındalığı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789757891864</t>
+          <t>9789757891772</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Antik ve Çağdaş Belgeler Işığında Davinci Fenomeni</t>
+          <t>Bireysel ve Toplumsal Yozlaşma Zor Geçitler 1</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789944143493</t>
+          <t>9789757891642</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın Keşfinde Türkler</t>
+          <t>Ben Nazım Hikmet</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789944143394</t>
+          <t>9789944143073</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İftira mı Ediyorsunuz?</t>
+          <t>Avrupa’da Mülteci Olmak</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789944143721</t>
+          <t>9789757891864</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Ahiretin İmkanı ve İsbatı Başlangıçtan Sonsuza</t>
+          <t>Antik ve Çağdaş Belgeler Işığında Davinci Fenomeni</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789757891819</t>
+          <t>9789944143493</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Ahh Marilyn Sinema Tarihinden Bir Portre</t>
+          <t>Amerika’nın Keşfinde Türkler</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789944143585</t>
+          <t>9789944143394</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Ağlasın Gökyüzü</t>
+          <t>Allah'a İftira mı Ediyorsunuz?</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789944143622</t>
+          <t>9789944143721</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye İnka</t>
+          <t>Ahiretin İmkanı ve İsbatı Başlangıçtan Sonsuza</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789944143639</t>
+          <t>9789757891819</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Acemi Savcı</t>
+          <t>Ahh Marilyn Sinema Tarihinden Bir Portre</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789944143516</t>
+          <t>9789944143585</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Abdestli Kapitalizm</t>
+          <t>Ağlasın Gökyüzü</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789757891567</t>
+          <t>9789944143622</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>68 Hareketi’nin Köy Eylemleri Devrim Havarileri</t>
+          <t>A’dan Z’ye İnka</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786055414283</t>
+          <t>9789944143639</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>2 Ortaoyunu: Revani Hanım’ın Kısmeti - İbiş ile Memiş</t>
+          <t>Acemi Savcı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789757891574</t>
+          <t>9789944143516</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>12 Mart’tan 12 Eylül’e Üç Kuşak, Üç Kardeş, Üç Sanık</t>
+          <t>Abdestli Kapitalizm</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
+          <t>9789757891567</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>68 Hareketi’nin Köy Eylemleri Devrim Havarileri</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786055414283</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>2 Ortaoyunu: Revani Hanım’ın Kısmeti - İbiş ile Memiş</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9789757891574</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>12 Mart’tan 12 Eylül’e Üç Kuşak, Üç Kardeş, Üç Sanık</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
           <t>9789757891741</t>
         </is>
       </c>
-      <c r="B532" s="1" t="inlineStr">
+      <c r="B535" s="1" t="inlineStr">
         <is>
           <t>01 Enjektör</t>
         </is>
       </c>
-      <c r="C532" s="1">
+      <c r="C535" s="1">
         <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>