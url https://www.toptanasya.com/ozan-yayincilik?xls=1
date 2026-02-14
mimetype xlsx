--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,8050 +85,8215 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256157453</t>
+          <t>9786059760010</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Deizm</t>
+          <t>Dil Marazı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256157446</t>
+          <t>9786256157224</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dersim’in Güldüren Anekdotları</t>
+          <t>Hançer ve Nakış</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256157439</t>
+          <t>9786059760430</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>"Sana Raman Güllük Gülistanlıktır Diyemem"</t>
+          <t>Sevgi Dilde İki Hece</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054723690</t>
+          <t>9786256157231</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Üç Yoldaş</t>
+          <t>Meritokratik Demokrasi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789944143783</t>
+          <t>9786057569035</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dağın Ardındaki Gerçekler</t>
+          <t>Mesaj - Kuran Çevirisi (Ciltli)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256157408</t>
+          <t>9789944143998</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuran Son Ahit</t>
+          <t>Tanrıyı Arayan Fizik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256157422</t>
+          <t>9786256157477</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ı Anlama Metodolojisi</t>
+          <t>Kadir Manga - Sus! Sıra Neferi Uyuyor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256157415</t>
+          <t>9786256157491</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Uzak Allah İnancında Şefaat Yanılsaması</t>
+          <t>Da Vinci'nin Gizemli Dünyası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256157354</t>
+          <t>9786256157484</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya</t>
+          <t>Esme'nin Kuruyan Gözyaşları</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256157385</t>
+          <t>9786059760065</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Öl İkrar Verme Öl İkrarından Dönme</t>
+          <t>Böcekçiler Çarşısı</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256157378</t>
+          <t>9789757891475</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hakk ve Hakikat Aşkına Yol’u Yürütenler - 2</t>
+          <t>Hristiyanlığımızdaki Putperestlik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256157361</t>
+          <t>9786256157453</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hakk ve Hakikat Aşkına Yol’u Yürütenler -1</t>
+          <t>Deizm</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256157309</t>
+          <t>9786256157446</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Koşmak</t>
+          <t>Dersim’in Güldüren Anekdotları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057569288</t>
+          <t>9786256157439</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Sevilmek</t>
+          <t>"Sana Raman Güllük Gülistanlıktır Diyemem"</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057569783</t>
+          <t>9786054723690</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bahçesi</t>
+          <t>Üç Yoldaş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786084723065</t>
+          <t>9789944143783</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kandan İzler - Latin Amerika'nın Bilinmeyen Tarihi</t>
+          <t>Dağın Ardındaki Gerçekler</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256157392</t>
+          <t>9786256157408</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Okul Yolu Düz Gider</t>
+          <t>Kuran Son Ahit</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256157347</t>
+          <t>9786256157422</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Öteki Kadın</t>
+          <t>Kuran’ı Anlama Metodolojisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256157330</t>
+          <t>9786256157415</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kampana - Söğüt Dalından Düdük 1</t>
+          <t>Uzak Allah İnancında Şefaat Yanılsaması</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>440</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057569011</t>
+          <t>9786256157354</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mesaj - Kuran Çevirisi</t>
+          <t>Mezopotamya</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757891963</t>
+          <t>9786256157385</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ayetlerin İniş Sırasına Göre Kuran Çevirisi</t>
+          <t>Öl İkrar Verme Öl İkrarından Dönme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>3990000018353</t>
+          <t>9786256157378</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>1 Mayıs 1977 Türkiye Devrimcilerinin İki 1 Mayıs Belgeseli</t>
+          <t>Hakk ve Hakikat Aşkına Yol’u Yürütenler - 2</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256157286</t>
+          <t>9786256157361</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Osman Türkay'dan Çocuklar İçin Şiir</t>
+          <t>Hakk ve Hakikat Aşkına Yol’u Yürütenler -1</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256157293</t>
+          <t>9786256157309</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Priapos Etkisi</t>
+          <t>Koşmak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256157316</t>
+          <t>9786057569288</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Rengül - Dünyanın En Güzel Kitabı</t>
+          <t>Sevmek Sevilmek</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256157279</t>
+          <t>9786057569783</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Sonsuzluğa</t>
+          <t>Çocuk Bahçesi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256157262</t>
+          <t>9786084723065</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yoldaşlar</t>
+          <t>Kandan İzler - Latin Amerika'nın Bilinmeyen Tarihi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059330732</t>
+          <t>9786256157392</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İlluminati - Paranın Baronları</t>
+          <t>Okul Yolu Düz Gider</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256157248</t>
+          <t>9786256157347</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Demet Şiir Bir Demet İnci</t>
+          <t>Öteki Kadın</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057569806</t>
+          <t>9786256157330</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Apaçık Kur'an (Ciltli)</t>
+          <t>Kampana - Söğüt Dalından Düdük 1</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256157200</t>
+          <t>9786057569011</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Karmanyola</t>
+          <t>Mesaj - Kuran Çevirisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256157217</t>
+          <t>9789757891963</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Altında Munzur'a Akan Anılarım</t>
+          <t>Ayetlerin İniş Sırasına Göre Kuran Çevirisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>190</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257554770</t>
+          <t>3990000018353</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Adı Bende Saklı</t>
+          <t>1 Mayıs 1977 Türkiye Devrimcilerinin İki 1 Mayıs Belgeseli</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257554435</t>
+          <t>9786256157286</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sabah Güneşi</t>
+          <t>Osman Türkay'dan Çocuklar İçin Şiir</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257554831</t>
+          <t>9786256157293</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Işık Çiçeği</t>
+          <t>Priapos Etkisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257554008</t>
+          <t>9786256157316</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Büyük Mucize 19</t>
+          <t>Rengül - Dünyanın En Güzel Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257554992</t>
+          <t>9786256157279</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Rodoslu Kaptanın Dilinden Anadolu'nun Mitolojik Tarihi</t>
+          <t>Birlikte Sonsuzluğa</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257554985</t>
+          <t>9786256157262</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Lise Defteri</t>
+          <t>Sonsuz Yoldaşlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257554947</t>
+          <t>9786059330732</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Geçmişi Fısıldayan Kelimeler</t>
+          <t>İlluminati - Paranın Baronları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257554916</t>
+          <t>9786256157248</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Hakikat Kapısı Alevilik</t>
+          <t>Bir Demet Şiir Bir Demet İnci</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257554978</t>
+          <t>9786057569806</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Alevi Teolojisi</t>
+          <t>Apaçık Kur'an (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>420</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257554961</t>
+          <t>9786256157200</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Araştırmalarında Metot Sorunu ve Çözüm Önerileri</t>
+          <t>Karmanyola</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257554954</t>
+          <t>9786256157217</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Fay Hatları</t>
+          <t>Gökkuşağı Altında Munzur'a Akan Anılarım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257554930</t>
+          <t>9786257554770</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitüsü’nden İlköğretmen Okulu’na - Hoşot (Dicle) Anıları</t>
+          <t>Adı Bende Saklı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257554923</t>
+          <t>9786257554435</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kuran: Mucizenin Görsel Sunumu</t>
+          <t>Sabah Güneşi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257554909</t>
+          <t>9786257554831</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sebe Melikesi</t>
+          <t>Işık Çiçeği</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257554886</t>
+          <t>9786257554008</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Yüreğe Sönmeyen sevda</t>
+          <t>Büyük Mucize 19</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257554763</t>
+          <t>9786257554992</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Yarın” Çocuklar</t>
+          <t>Rodoslu Kaptanın Dilinden Anadolu'nun Mitolojik Tarihi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257554893</t>
+          <t>9786257554985</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Günlükler</t>
+          <t>Lise Defteri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257554800</t>
+          <t>9786257554947</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağda Anadolu Türklüğü – 2</t>
+          <t>Geçmişi Fısıldayan Kelimeler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257554879</t>
+          <t>9786257554916</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kimsesizler Mezarlığı</t>
+          <t>Anadolu'nun Hakikat Kapısı Alevilik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257554862</t>
+          <t>9786257554978</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalmış ''Ütopik'' Fikirler</t>
+          <t>Alevi Teolojisi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257554817</t>
+          <t>9786257554961</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Mevsimi</t>
+          <t>Alevilik Araştırmalarında Metot Sorunu ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257554855</t>
+          <t>9786257554954</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yedi Uyurlar</t>
+          <t>Aşkın Fay Hatları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257554824</t>
+          <t>9786257554930</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşında İhanet</t>
+          <t>Köy Enstitüsü’nden İlköğretmen Okulu’na - Hoşot (Dicle) Anıları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257554794</t>
+          <t>9786257554923</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sussa Da</t>
+          <t>Kuran: Mucizenin Görsel Sunumu</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257554848</t>
+          <t>9786257554909</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sendikalar ve Demokrasi</t>
+          <t>Sebe Melikesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257554701</t>
+          <t>9786257554886</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Doğup Büyüdüğüm Topraklar Dersim</t>
+          <t>Yürekten Yüreğe Sönmeyen sevda</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>130</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257554480</t>
+          <t>9786257554763</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Çelişki Olmaz - 2</t>
+          <t>Dersimiz Yarın” Çocuklar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257554787</t>
+          <t>9786257554893</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Sinope’nin Gözyaşları</t>
+          <t>Gizemli Günlükler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257554749</t>
+          <t>9786257554800</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Redur</t>
+          <t>Eski Çağda Anadolu Türklüğü – 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257554732</t>
+          <t>9786257554879</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Redur – Uzak Yol</t>
+          <t>Kimsesizler Mezarlığı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257554756</t>
+          <t>9786257554862</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Eşsiz Mucizesi Zülkarneyn</t>
+          <t>Gölgede Kalmış ''Ütopik'' Fikirler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257554688</t>
+          <t>9786257554817</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Arayışında Aleviler</t>
+          <t>Çocukluk Mevsimi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257554725</t>
+          <t>9786257554855</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Handpan Sınıfı 1. Kitap - Handpan Class First Book</t>
+          <t>Yedi Uyurlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257554718</t>
+          <t>9786257554824</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kuran Son Ahit (Ciltli)</t>
+          <t>Kurtuluş Savaşında İhanet</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257554671</t>
+          <t>9786257554794</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yusuf ile İnanna</t>
+          <t>Zaman Sussa Da</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257554664</t>
+          <t>9786257554848</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sercıvan</t>
+          <t>Türkiye’de Sendikalar ve Demokrasi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257554657</t>
+          <t>9786257554701</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Millenium Poet Osman Türkay</t>
+          <t>Doğup Büyüdüğüm Topraklar Dersim</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257554640</t>
+          <t>9786257554480</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Uzay’ın Şairi Osman Türkay</t>
+          <t>Kuran’da Çelişki Olmaz - 2</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059330190</t>
+          <t>9786257554787</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Söylence ve Açıklamalarıyla Deyimler</t>
+          <t>Sinope’nin Gözyaşları</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059330183</t>
+          <t>9786257554749</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Eğitmek mi Delirtmek mi</t>
+          <t>Redur</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257554633</t>
+          <t>9786257554732</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hak Sende Deyişleri ve Miraçlamalar</t>
+          <t>Redur – Uzak Yol</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257554626</t>
+          <t>9786257554756</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yakın Zaman Yol Deyiş ve Nefesleri</t>
+          <t>Kur’an’ın Eşsiz Mucizesi Zülkarneyn</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257554619</t>
+          <t>9786257554688</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Yol Deyişleri</t>
+          <t>Hakikat Arayışında Aleviler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>380</v>
+        <v>850</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257554541</t>
+          <t>9786257554725</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Sol Klarnet Metodu- 4 Türk Sanat Müziği Şarkıları</t>
+          <t>Handpan Sınıfı 1. Kitap - Handpan Class First Book</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257554602</t>
+          <t>9786257554718</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sawsan</t>
+          <t>Kuran Son Ahit (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>700</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257554596</t>
+          <t>9786257554671</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Umudun Çığlığı</t>
+          <t>Yusuf ile İnanna</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059760720</t>
+          <t>9786257554664</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kerametin Mucizesi</t>
+          <t>Sercıvan</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257554589</t>
+          <t>9786257554657</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dem ü Devran</t>
+          <t>Millenium Poet Osman Türkay</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257554572</t>
+          <t>9786257554640</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dünya Dar İnsan Derya</t>
+          <t>Uzay’ın Şairi Osman Türkay</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257554565</t>
+          <t>9786059330190</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İkilem</t>
+          <t>Söylence ve Açıklamalarıyla Deyimler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257554558</t>
+          <t>9786059330183</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Türkçe Meali</t>
+          <t>Eğitmek mi Delirtmek mi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257554534</t>
+          <t>9786257554633</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Anılarda Fıkralarda Rize</t>
+          <t>Hak Sende Deyişleri ve Miraçlamalar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257554510</t>
+          <t>9786257554626</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kirazlar Çiçek Açar Açmaz Gel</t>
+          <t>Yakın Zaman Yol Deyiş ve Nefesleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257554503</t>
+          <t>9786257554619</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Mitler - Ritler Dinler Ve Yönetimler</t>
+          <t>Geleneksel Yol Deyişleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257554527</t>
+          <t>9786257554541</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Seher’in Saçları</t>
+          <t>Türk Müziği Sol Klarnet Metodu- 4 Türk Sanat Müziği Şarkıları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257554497</t>
+          <t>9786257554602</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kuran’da Çelişki Olmaz-1</t>
+          <t>Sawsan</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257554442</t>
+          <t>9786257554596</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Candaş - Hayata Tutunmak</t>
+          <t>Umudun Çığlığı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257554367</t>
+          <t>9786059760720</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Dengen Şikesti</t>
+          <t>Kerametin Mucizesi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257554411</t>
+          <t>9786257554589</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Vahdet-i Vücud</t>
+          <t>Dem ü Devran</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257554404</t>
+          <t>9786257554572</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sevmek Yetmedi</t>
+          <t>Dünya Dar İnsan Derya</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257554398</t>
+          <t>9786257554565</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kaşıkla Ver Kepçeyle Al</t>
+          <t>İkilem</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257554350</t>
+          <t>9786257554558</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Canı Cehenneme</t>
+          <t>Kur’an-ı Kerim Türkçe Meali</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257554343</t>
+          <t>9786257554534</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İki Dilde Dersim Masalları</t>
+          <t>Anılarda Fıkralarda Rize</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257554428</t>
+          <t>9786257554510</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Cerrahın Çantası</t>
+          <t>Kirazlar Çiçek Açar Açmaz Gel</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257554374</t>
+          <t>9786257554503</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Beş Kadın Beş Hayat</t>
+          <t>Mitler - Ritler Dinler Ve Yönetimler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257554381</t>
+          <t>9786257554527</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Nedir Ne Değildir?</t>
+          <t>Seher’in Saçları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059330350</t>
+          <t>9786257554497</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Anılara Saygı Günü</t>
+          <t>Kuran’da Çelişki Olmaz-1</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257554299</t>
+          <t>9786257554442</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yontulmak</t>
+          <t>Candaş - Hayata Tutunmak</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059330343</t>
+          <t>9786257554367</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sur Çalındı</t>
+          <t>Dengen Şikesti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789944143769</t>
+          <t>9786257554411</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sözün Gümüş Kapısı</t>
+          <t>Vahdet-i Vücud</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059330435</t>
+          <t>9786257554404</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kırk Yılda Bir</t>
+          <t>Sevmek Yetmedi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059330251</t>
+          <t>9786257554398</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kargaşa / Sevmeyi Bilmek</t>
+          <t>Kaşıkla Ver Kepçeyle Al</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059330862</t>
+          <t>9786257554350</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Dağ</t>
+          <t>Gerçeğin Canı Cehenneme</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059330398</t>
+          <t>9786257554343</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Halkasız Köleler</t>
+          <t>İki Dilde Dersim Masalları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059330503</t>
+          <t>9786257554428</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kızı</t>
+          <t>Cerrahın Çantası</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059330152</t>
+          <t>9786257554374</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gofret ve Çikolata</t>
+          <t>Beş Kadın Beş Hayat</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059330497</t>
+          <t>9786257554381</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gazetecinin Diploması Defteri</t>
+          <t>Alevilik Nedir Ne Değildir?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786058330232</t>
+          <t>9786059330350</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Soyut Fenomenler</t>
+          <t>Anılara Saygı Günü</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789757891932</t>
+          <t>9786257554299</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Takanlar ve Takılanlar</t>
+          <t>Yontulmak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054723171</t>
+          <t>9786059330343</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Şu Yılgın Kürtler</t>
+          <t>Sur Çalındı</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944143462</t>
+          <t>9789944143769</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Rizgari ve Ala Rizgari</t>
+          <t>Sözün Gümüş Kapısı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789944143738</t>
+          <t>9786059330435</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Narkoz ve Cevher Teorisi Işığında Ergenekon</t>
+          <t>Kırk Yılda Bir</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055927424</t>
+          <t>9786059330251</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İzmir Romanları</t>
+          <t>Kargaşa / Sevmeyi Bilmek</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059330466</t>
+          <t>9786059330862</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çıkmazdaki Türkiye</t>
+          <t>İçimdeki Dağ</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789757891161</t>
+          <t>9786059330398</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Başka Dünyanın İnsanları Çingeneler</t>
+          <t>Halkasız Köleler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054723133</t>
+          <t>9786059330503</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Barikatlar Düşerken</t>
+          <t>Göçmen Kızı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257554473</t>
+          <t>9786059330152</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk Son Umut</t>
+          <t>Gofret ve Çikolata</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257554459</t>
+          <t>9786059330497</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yaşarken Düşündüklerim Düşünürken Yazdıklarım</t>
+          <t>Gazetecinin Diploması Defteri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257554466</t>
+          <t>9786058330232</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefeste İmtihan</t>
+          <t>Soyut Fenomenler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257554329</t>
+          <t>9789757891932</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Yılmaz Güney</t>
+          <t>Takanlar ve Takılanlar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257554305</t>
+          <t>9786054723171</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Seul L’amour Changera le Monde</t>
+          <t>Şu Yılgın Kürtler</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257554312</t>
+          <t>9789944143462</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Tağı Bey</t>
+          <t>Rizgari ve Ala Rizgari</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054025183</t>
+          <t>9789944143738</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Düşleri Kanatlı Çocuklar</t>
+          <t>Narkoz ve Cevher Teorisi Işığında Ergenekon</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257554282</t>
+          <t>9786055927424</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Yürüyüş</t>
+          <t>İzmir Romanları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257554275</t>
+          <t>9786059330466</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yürümek</t>
+          <t>Çıkmazdaki Türkiye</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257554268</t>
+          <t>9789757891161</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Başlamak</t>
+          <t>Başka Dünyanın İnsanları Çingeneler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257554244</t>
+          <t>9786054723133</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bir Odanın Ötesi</t>
+          <t>Barikatlar Düşerken</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257554251</t>
+          <t>9786257554473</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Dinin İki Kaynağı-2</t>
+          <t>İlk Aşk Son Umut</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257554237</t>
+          <t>9786257554459</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ömer Hayyam’ın Rubaileri</t>
+          <t>Yaşarken Düşündüklerim Düşünürken Yazdıklarım</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257554220</t>
+          <t>9786257554466</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Siyaset Vesayet</t>
+          <t>Bir Nefeste İmtihan</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257554213</t>
+          <t>9786257554329</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Karagöz’ün Perdeyle Kavgası</t>
+          <t>Bilinmeyen Yönleriyle Yılmaz Güney</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257554114</t>
+          <t>9786257554305</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Açısından Cin ve Şeytan</t>
+          <t>Seul L’amour Changera le Monde</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257554138</t>
+          <t>9786257554312</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Son Sapiens</t>
+          <t>Tağı Bey</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257554169</t>
+          <t>9786054025183</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Halleri</t>
+          <t>Düşleri Kanatlı Çocuklar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257554077</t>
+          <t>9786257554282</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Kimliği</t>
+          <t>Bitmeyen Yürüyüş</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257554152</t>
+          <t>9786257554275</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kadın Erkek Eşitsizliği ve Toplumsal Yozlaşma</t>
+          <t>Yürümek</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257554145</t>
+          <t>9786257554268</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Netaş Grevi</t>
+          <t>Başlamak</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257554176</t>
+          <t>9786257554244</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Netewen Yekbuyi U Kurd</t>
+          <t>Bir Odanın Ötesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257554183</t>
+          <t>9786257554251</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Birleşmiş Milletler ve Kürdler</t>
+          <t>Dinin İki Kaynağı-2</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257554121</t>
+          <t>9786257554237</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Anlat Patara</t>
+          <t>Ömer Hayyam’ın Rubaileri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257554190</t>
+          <t>9786257554220</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aladeli - Kimim Ben Hatırlat Bana</t>
+          <t>Cumhuriyet Siyaset Vesayet</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257554084</t>
+          <t>9786257554213</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kaya</t>
+          <t>Karagöz’ün Perdeyle Kavgası</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257554107</t>
+          <t>9786257554114</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Susuyordu Zaman</t>
+          <t>Kur’an Açısından Cin ve Şeytan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257554060</t>
+          <t>9786257554138</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Özlem ve İnan'la Kemal'e Yolcu'luk</t>
+          <t>Son Sapiens</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057569967</t>
+          <t>9786257554169</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Ağacı</t>
+          <t>Aşkın Halleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057569936</t>
+          <t>9786257554077</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Göç Kuşları</t>
+          <t>Şiirin Kimliği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057569981</t>
+          <t>9786257554152</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sandal</t>
+          <t>Kadın Erkek Eşitsizliği ve Toplumsal Yozlaşma</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057569950</t>
+          <t>9786257554145</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yak! Yak! Yak!</t>
+          <t>Netaş Grevi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057569974</t>
+          <t>9786257554176</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayatla Evlenmek</t>
+          <t>Netewen Yekbuyi U Kurd</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057569998</t>
+          <t>9786257554183</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaş Çarşı Tanığımdı</t>
+          <t>Birleşmiş Milletler ve Kürdler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057569929</t>
+          <t>9786257554121</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Merkez Bankalarının Yapısı ve Bağımsızlığı</t>
+          <t>Anlat Patara</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057569943</t>
+          <t>9786257554190</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Yemliha Abi</t>
+          <t>Aladeli - Kimim Ben Hatırlat Bana</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057569912</t>
+          <t>9786257554084</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 6. Dalga: Ontoloji</t>
+          <t>Kırmızı Kaya</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057569905</t>
+          <t>9786257554107</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 5. Dalga: Epistemoloji</t>
+          <t>Susuyordu Zaman</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057569899</t>
+          <t>9786257554060</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 4. Dalga: Ekonomi</t>
+          <t>Özlem ve İnan'la Kemal'e Yolcu'luk</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057569882</t>
+          <t>9786057569967</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 3. Dalga: Politika</t>
+          <t>Özgürlük Ağacı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057569875</t>
+          <t>9786057569936</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 2. Dalga: Tarih Felsefesi ve İlke-Tab</t>
+          <t>Göç Kuşları</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057569868</t>
+          <t>9786057569981</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Jiyanus 1. Dalga: Ben ve Tarih</t>
+          <t>Kırık Sandal</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057569745</t>
+          <t>9786057569950</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Uyaranlar ve Uyduranlar</t>
+          <t>Yak! Yak! Yak!</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057569769</t>
+          <t>9786057569974</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Neden Müslüman Oldum</t>
+          <t>Bir Hayatla Evlenmek</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057569844</t>
+          <t>9786057569998</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'dan Almanya'ya Bir Kızın Öyküsü</t>
+          <t>Beşiktaş Çarşı Tanığımdı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057569851</t>
+          <t>9786057569929</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Duman</t>
+          <t>Merkez Bankalarının Yapısı ve Bağımsızlığı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057569837</t>
+          <t>9786057569943</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Albayın Kızı</t>
+          <t>Yemliha Abi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057569813</t>
+          <t>9786057569912</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kuran - Son Ahit</t>
+          <t>Jiyanus 6. Dalga: Ontoloji</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057569790</t>
+          <t>9786057569905</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Akrep Yelkovan Arasında Kumsaldaki Çakıllar</t>
+          <t>Jiyanus 5. Dalga: Epistemoloji</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057569776</t>
+          <t>9786057569899</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Golan</t>
+          <t>Jiyanus 4. Dalga: Ekonomi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057569752</t>
+          <t>9786057569882</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünyadan Mahzuni Geçti</t>
+          <t>Jiyanus 3. Dalga: Politika</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057569738</t>
+          <t>9786057569875</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Yaşa Mektup</t>
+          <t>Jiyanus 2. Dalga: Tarih Felsefesi ve İlke-Tab</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057569615</t>
+          <t>9786057569868</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Suçluyuz</t>
+          <t>Jiyanus 1. Dalga: Ben ve Tarih</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057569721</t>
+          <t>9786057569745</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>La Hadis</t>
+          <t>Uyaranlar ve Uyduranlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057569707</t>
+          <t>9786057569769</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Şeytan-ı Lain'e Ağıt</t>
+          <t>Neden Müslüman Oldum</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057569714</t>
+          <t>9786057569844</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalim Var</t>
+          <t>Anadolu'dan Almanya'ya Bir Kızın Öyküsü</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057569691</t>
+          <t>9786057569851</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ah Kuyusu</t>
+          <t>Dağlar Duman</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057569684</t>
+          <t>9786057569837</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Renkleri</t>
+          <t>Albayın Kızı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057569677</t>
+          <t>9786057569813</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bülent Uğur İle İstanbul</t>
+          <t>Kuran - Son Ahit</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057569233</t>
+          <t>9786057569790</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Namaz</t>
+          <t>Akrep Yelkovan Arasında Kumsaldaki Çakıllar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057569660</t>
+          <t>9786057569776</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Golan</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057569646</t>
+          <t>9786057569752</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kendi Türkünü Söyle</t>
+          <t>Bu Dünyadan Mahzuni Geçti</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057569639</t>
+          <t>9786057569738</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Senfonisi</t>
+          <t>Yirmi Yaşa Mektup</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057569530</t>
+          <t>9786057569615</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Nergis</t>
+          <t>Hepimiz Suçluyuz</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057569622</t>
+          <t>9786057569721</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kaçış - Herşey Mümkün</t>
+          <t>La Hadis</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057569653</t>
+          <t>9786057569707</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Grogren Kadınlar</t>
+          <t>Şeytan-ı Lain'e Ağıt</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057569608</t>
+          <t>9786057569714</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Fiziğinin Açtığı Ufuklarda Eşya ve Varlığın Sırrını Okumak</t>
+          <t>Bir Hayalim Var</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057569578</t>
+          <t>9786057569691</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bensiz Yarınlar Senin Olsun</t>
+          <t>Ah Kuyusu</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057569592</t>
+          <t>9786057569684</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Sol Klarnet Metodu - 3</t>
+          <t>Hayatın Renkleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>700</v>
+        <v>280</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057569585</t>
+          <t>9786057569677</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye Devrinden Enstantaneler</t>
+          <t>Bülent Uğur İle İstanbul</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057569561</t>
+          <t>9786057569233</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kar Beyaz Kan Kırmızı</t>
+          <t>Kuran'da Namaz</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057569547</t>
+          <t>9786057569660</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Töb-Der’li Yıllar</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057569523</t>
+          <t>9786057569646</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Son Bir Meşale</t>
+          <t>Kendi Türkünü Söyle</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>620</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057569554</t>
+          <t>9786057569639</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gülistan Kalbine Ağıt</t>
+          <t>İnsanın Senfonisi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057569462</t>
+          <t>9786057569530</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlanından Günümüze Sıkıyönetim Bildirileri</t>
+          <t>Nergis</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057569516</t>
+          <t>9786057569622</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yarın Çok Uzakta</t>
+          <t>Kaçış - Herşey Mümkün</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057569455</t>
+          <t>9786057569653</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Eski Çağda Anadolu Türklüğü</t>
+          <t>Grogren Kadınlar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057569370</t>
+          <t>9786057569608</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bir Gecenin Düşleri</t>
+          <t>Kuantum Fiziğinin Açtığı Ufuklarda Eşya ve Varlığın Sırrını Okumak</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059760591</t>
+          <t>9786057569578</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Güneş Yapışmış Gözlerime</t>
+          <t>Bensiz Yarınlar Senin Olsun</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057569493</t>
+          <t>9786057569592</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Atı Alan Üsküdar'ı Geçer mi?</t>
+          <t>Türk Müziği Sol Klarnet Metodu - 3</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>900</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057569486</t>
+          <t>9786057569585</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Gelincik Fırtınası</t>
+          <t>Cahiliye Devrinden Enstantaneler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057569448</t>
+          <t>9786057569561</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Dudak Uykusu</t>
+          <t>Kar Beyaz Kan Kırmızı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057569417</t>
+          <t>9786057569547</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Elma Çiçeği</t>
+          <t>Töb-Der’li Yıllar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057569509</t>
+          <t>9786057569523</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Çeşmesi</t>
+          <t>Son Bir Meşale</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057569479</t>
+          <t>9786057569554</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Mor Sümbüllü Yıllar</t>
+          <t>Gülistan Kalbine Ağıt</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057569349</t>
+          <t>9786057569462</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda ve Gençlerde Özgüvenin Temel Dinamikleri</t>
+          <t>Cumhuriyet’in İlanından Günümüze Sıkıyönetim Bildirileri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057569387</t>
+          <t>9786057569516</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim'den 40 Ayet 10 Dua</t>
+          <t>Yarın Çok Uzakta</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057569363</t>
+          <t>9786057569455</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sevenlere Ayrılık Yakışmıyor</t>
+          <t>Eski Çağda Anadolu Türklüğü</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057569400</t>
+          <t>9786057569370</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İki Pınar Arası</t>
+          <t>Bir Gecenin Düşleri</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057569356</t>
+          <t>9786059760591</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Üç Damla Su</t>
+          <t>Güneş Yapışmış Gözlerime</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057569424</t>
+          <t>9786057569493</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Delici Gözler</t>
+          <t>Atı Alan Üsküdar'ı Geçer mi?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057569394</t>
+          <t>9786057569486</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Londra mı Dediniz? Buyrun</t>
+          <t>Gelincik Fırtınası</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057569431</t>
+          <t>9786057569448</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Dağlarca Burada</t>
+          <t>Dudak Uykusu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057569318</t>
+          <t>9786057569417</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Türkiyem Cennetim</t>
+          <t>Elma Çiçeği</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057569332</t>
+          <t>9786057569509</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Şalvarlı Şaltak Osmanlı’dan Acılar Diyarı Dersim’e</t>
+          <t>Gençlik Çeşmesi</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057569325</t>
+          <t>9786057569479</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Şehid-i Kerbela’dan Hallac-ı Mansur’a</t>
+          <t>Mor Sümbüllü Yıllar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059760553</t>
+          <t>9786057569349</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yer Gök Aşk</t>
+          <t>Çocuklarda ve Gençlerde Özgüvenin Temel Dinamikleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057569127</t>
+          <t>9786057569387</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Mayra 1980</t>
+          <t>Kuran-ı Kerim'den 40 Ayet 10 Dua</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057569295</t>
+          <t>9786057569363</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Memleket Düşü</t>
+          <t>Sevenlere Ayrılık Yakışmıyor</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>160</v>
+        <v>370</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057569301</t>
+          <t>9786057569400</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kemik Adam</t>
+          <t>İki Pınar Arası</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057569141</t>
+          <t>9786057569356</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Din ve Felsefe Açısından Kızılbaşlık</t>
+          <t>Üç Damla Su</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>420</v>
+        <v>550</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057569264</t>
+          <t>9786057569424</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Şarkıları</t>
+          <t>Delici Gözler</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057569271</t>
+          <t>9786057569394</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dikiz Aynasında Yüzler</t>
+          <t>Londra mı Dediniz? Buyrun</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057569165</t>
+          <t>9786057569431</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Mevsimler</t>
+          <t>Dağlarca Burada</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057569110</t>
+          <t>9786057569318</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dinin İki Kaynağı - Büyü ve Şaman Sembolizmi</t>
+          <t>Türkiyem Cennetim</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057569103</t>
+          <t>9786057569332</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Guguk Kuşu</t>
+          <t>Şalvarlı Şaltak Osmanlı’dan Acılar Diyarı Dersim’e</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057569059</t>
+          <t>9786057569325</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Areskiya</t>
+          <t>Şehid-i Kerbela’dan Hallac-ı Mansur’a</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057569158</t>
+          <t>9786059760553</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Russia Unfiltered</t>
+          <t>Yer Gök Aşk</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057569134</t>
+          <t>9786057569127</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hayal Taciri</t>
+          <t>Mayra 1980</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057569219</t>
+          <t>9786057569295</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Göksu Bulanık Akıyor</t>
+          <t>Memleket Düşü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057569240</t>
+          <t>9786057569301</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sevgi En Büyük Dindir</t>
+          <t>Kemik Adam</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057569202</t>
+          <t>9786057569141</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Şairler Konuşursa</t>
+          <t>Din ve Felsefe Açısından Kızılbaşlık</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057569196</t>
+          <t>9786057569264</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Alevilik Toplumsal Çatışmalar ve Göç Modellerine Bakış</t>
+          <t>Özgürlük Şarkıları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057569189</t>
+          <t>9786057569271</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğum İki Buçuk Lirada Soldu</t>
+          <t>Dikiz Aynasında Yüzler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057569257</t>
+          <t>9786057569165</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hevi</t>
+          <t>Kızıl Mevsimler</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057569226</t>
+          <t>9786057569110</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İznik Gezi Rehberi</t>
+          <t>Dinin İki Kaynağı - Büyü ve Şaman Sembolizmi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057569172</t>
+          <t>9786057569103</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Hanımeli ve Körebe</t>
+          <t>Guguk Kuşu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059330831</t>
+          <t>9786057569059</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ağınlı Bir Seyyah</t>
+          <t>Areskiya</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059330381</t>
+          <t>9786057569158</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Şiirleri İçmek Aynı Kadehten</t>
+          <t>Russia Unfiltered</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059330336</t>
+          <t>9786057569134</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Nusret Baba</t>
+          <t>Hayal Taciri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059330879</t>
+          <t>9786057569219</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Dersim'in Kutsal Mekanları</t>
+          <t>Göksu Bulanık Akıyor</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057569097</t>
+          <t>9786057569240</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Düşünmeye ve Akletmeye Davet</t>
+          <t>Sevgi En Büyük Dindir</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057569080</t>
+          <t>9786057569202</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gözlüğü</t>
+          <t>Şairler Konuşursa</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059330008</t>
+          <t>9786057569196</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Hayat</t>
+          <t>Türkiye'de Alevilik Toplumsal Çatışmalar ve Göç Modellerine Bakış</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059330428</t>
+          <t>9786057569189</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Göğe Uzanan Sarmaşıklar</t>
+          <t>Çocukluğum İki Buçuk Lirada Soldu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057569066</t>
+          <t>9786057569257</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kadınlardan Dünyayı Değiştiren Sözler</t>
+          <t>Hevi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057569073</t>
+          <t>9786057569226</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sevdam ve Kavgam</t>
+          <t>İznik Gezi Rehberi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057569042</t>
+          <t>9786057569172</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Bir Karanfil</t>
+          <t>Hanımeli ve Körebe</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057569028</t>
+          <t>9786059330831</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çiçeğe Dönen Yaz Südü</t>
+          <t>Ağınlı Bir Seyyah</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059330954</t>
+          <t>9786059330381</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bitkiden Allah'a</t>
+          <t>Şiirleri İçmek Aynı Kadehten</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057569004</t>
+          <t>9786059330336</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Neden Müslüman Olamadılar?</t>
+          <t>Nusret Baba</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059330947</t>
+          <t>9786059330879</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bursa Gezi Rehberi</t>
+          <t>Dersim'in Kutsal Mekanları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059330985</t>
+          <t>9786057569097</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Düşüncenin Feryadı</t>
+          <t>Düşünmeye ve Akletmeye Davet</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059330961</t>
+          <t>9786057569080</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Biyografisi</t>
+          <t>Aşk Gözlüğü</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059330930</t>
+          <t>9786059330008</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerin Kanat Sesi</t>
+          <t>Merhaba Hayat</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059330916</t>
+          <t>9786059330428</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kırık Sesler</t>
+          <t>Göğe Uzanan Sarmaşıklar</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059330893</t>
+          <t>9786057569066</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Mutluluk</t>
+          <t>Kadınlardan Dünyayı Değiştiren Sözler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059330923</t>
+          <t>9786057569073</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Mühür</t>
+          <t>Sevdam ve Kavgam</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059330909</t>
+          <t>9786057569042</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kuran'daki Musa - Efsanedeki Musa</t>
+          <t>Yüreğim Bir Karanfil</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054025138</t>
+          <t>9786057569028</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Anne Sütü Mucizesi</t>
+          <t>Çiçeğe Dönen Yaz Südü</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059330817</t>
+          <t>9786059330954</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Kitabı (Toplu Öyküler)</t>
+          <t>Bitkiden Allah'a</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059330824</t>
+          <t>9786057569004</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Türkü</t>
+          <t>Neden Müslüman Olamadılar?</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059330800</t>
+          <t>9786059330947</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aşk Şarkıcısı</t>
+          <t>Bursa Gezi Rehberi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059330855</t>
+          <t>9786059330985</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ülkesinin Çığlığı</t>
+          <t>Düşüncenin Feryadı</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059330848</t>
+          <t>9786059330961</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Toroslar'dan Nurhak'a</t>
+          <t>Tanrı'nın Biyografisi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059330794</t>
+          <t>9786059330930</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Evrime İnanmak</t>
+          <t>Şiirlerin Kanat Sesi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059330787</t>
+          <t>9786059330916</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Kokusu</t>
+          <t>Kırık Sesler</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059330763</t>
+          <t>9786059330893</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Artvin Artvin</t>
+          <t>Benim Adım Mutluluk</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059330770</t>
+          <t>9786059330923</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım</t>
+          <t>Sihirli Mühür</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059330749</t>
+          <t>9786059330909</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kurdular M'ola Çadırları Çemen'e</t>
+          <t>Kuran'daki Musa - Efsanedeki Musa</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059330169</t>
+          <t>9786054025138</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>En Kolay Açıdan Ayurveda Bilimi</t>
+          <t>Anne Sütü Mucizesi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059330657</t>
+          <t>9786059330817</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Saksafon Eğitim Metodu - 2</t>
+          <t>Dünyanın En Güzel Kitabı (Toplu Öyküler)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059330640</t>
+          <t>9786059330824</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Saksafon Eğitim Metodu - 1</t>
+          <t>Yarım Kalan Türkü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059330756</t>
+          <t>9786059330800</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İlluminati - Türkiye Bağlantıları</t>
+          <t>Mutlu Aşk Şarkıcısı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059330725</t>
+          <t>9786059330855</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Rauf'un Rüyası</t>
+          <t>Güneş Ülkesinin Çığlığı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059330718</t>
+          <t>9786059330848</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Lümpen Proletarya Çağı</t>
+          <t>Toroslar'dan Nurhak'a</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059330695</t>
+          <t>9786059330794</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Kuşu</t>
+          <t>Evrime İnanmak</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059330701</t>
+          <t>9786059330787</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Londra Yolcusu Kalmasın</t>
+          <t>Toprağın Kokusu</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059330664</t>
+          <t>9786059330763</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Deli Gönül</t>
+          <t>Artvin Artvin</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059330602</t>
+          <t>9786059330770</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı Kırk Makam</t>
+          <t>Bir Yanım</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059330589</t>
+          <t>9786059330749</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Dayı ve Yeğenleri</t>
+          <t>Kurdular M'ola Çadırları Çemen'e</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059330688</t>
+          <t>9786059330169</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Ataizm</t>
+          <t>En Kolay Açıdan Ayurveda Bilimi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059330367</t>
+          <t>9786059330657</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Edip Yüksel'e 114 Mektup</t>
+          <t>Saksafon Eğitim Metodu - 2</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059330671</t>
+          <t>9786059330640</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Fiziğinin Açtığı Ufuklardan Yaradılışın Sırrını Okumak</t>
+          <t>Saksafon Eğitim Metodu - 1</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059330619</t>
+          <t>9786059330756</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kuran'da Şefaat Gerçeği</t>
+          <t>İlluminati - Türkiye Bağlantıları</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059330626</t>
+          <t>9786059330725</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Köz Fırtınası</t>
+          <t>Rauf'un Rüyası</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059330565</t>
+          <t>9786059330718</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Uçurtma Uçuruyor</t>
+          <t>Lümpen Proletarya Çağı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059330572</t>
+          <t>9786059330695</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Hangi Renkten Çıkılır</t>
+          <t>Fırtına Kuşu</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059330633</t>
+          <t>9786059330701</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Turks in London</t>
+          <t>Londra Yolcusu Kalmasın</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059330558</t>
+          <t>9786059330664</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Türkleri Yeniden Tanımak</t>
+          <t>Deli Gönül</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059330442</t>
+          <t>9786059330602</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Yeğenim İbrahim</t>
+          <t>Dört Kapı Kırk Makam</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059330411</t>
+          <t>9786059330589</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Amcam Mustafa</t>
+          <t>Pamuk Dayı ve Yeğenleri</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059330596</t>
+          <t>9786059330688</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bilinmezlik</t>
+          <t>Ataizm</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059330312</t>
+          <t>9786059330367</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de İşkencenin Tarihi</t>
+          <t>Edip Yüksel'e 114 Mektup</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059330527</t>
+          <t>9786059330671</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Etmi - Etmanaki Aşireti ve Röportajlar</t>
+          <t>Kuantum Fiziğinin Açtığı Ufuklardan Yaradılışın Sırrını Okumak</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059330534</t>
+          <t>9786059330619</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bu Aşk Bitmez</t>
+          <t>Kuran'da Şefaat Gerçeği</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059330114</t>
+          <t>9786059330626</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Gel Zaman Git Zaman</t>
+          <t>Köz Fırtınası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059760249</t>
+          <t>9786059330565</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hikayeler ve 444 Kitap Özeti</t>
+          <t>Kuşlar Uçurtma Uçuruyor</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059330176</t>
+          <t>9786059330572</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Garaz</t>
+          <t>Mutluluğa Hangi Renkten Çıkılır</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059330510</t>
+          <t>9786059330633</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Bazı Gereksiz Bilgiler 1</t>
+          <t>Turks in London</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059330480</t>
+          <t>9786059330558</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Korku Oteli</t>
+          <t>Türkleri Yeniden Tanımak</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059330374</t>
+          <t>9786059330442</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Elbet Bir Gün Buluşacağız</t>
+          <t>Yeğenim İbrahim</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059330473</t>
+          <t>9786059330411</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mor Tabutlar</t>
+          <t>Amcam Mustafa</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059330459</t>
+          <t>9786059330596</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Düşgören</t>
+          <t>Bilinmezlik</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059330404</t>
+          <t>9786059330312</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>19 Aralık 1978</t>
+          <t>Dünyada ve Türkiye’de İşkencenin Tarihi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059330329</t>
+          <t>9786059330527</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Artık Gurbet Yok mu-2: Das Gefühl in der Fremde zu sein gibt es nicht mehr Oder</t>
+          <t>Etmi - Etmanaki Aşireti ve Röportajlar</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059330121</t>
+          <t>9786059330534</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Darbeler ve Demokrasi</t>
+          <t>Bu Aşk Bitmez</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059330282</t>
+          <t>9786059330114</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Gel Yine Gel</t>
+          <t>Gel Zaman Git Zaman</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059330268</t>
+          <t>9786059760249</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Hüzün Defteri</t>
+          <t>Gerçek Hikayeler ve 444 Kitap Özeti</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059330299</t>
+          <t>9786059330176</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Toplayıcı</t>
+          <t>Garaz</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054723980</t>
+          <t>9786059330510</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kördüğüm</t>
+          <t>Bazı Gereksiz Bilgiler 1</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059330145</t>
+          <t>9786059330480</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğe Uçan Kelebekler</t>
+          <t>Korku Oteli</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059760275</t>
+          <t>9786059330374</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Güzel Gözlü Kadın</t>
+          <t>Elbet Bir Gün Buluşacağız</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059330220</t>
+          <t>9786059330473</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Allah ve Yeryüzü Tanrıları</t>
+          <t>Mor Tabutlar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059330244</t>
+          <t>9786059330459</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bir Yanım Süleymaniye Bir Yanım Halepçe</t>
+          <t>Düşgören</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059330237</t>
+          <t>9786059330404</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bu Meme Benim</t>
+          <t>19 Aralık 1978</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059330213</t>
+          <t>9786059330329</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Sol Klarnet Metodu 2</t>
+          <t>Artık Gurbet Yok mu-2: Das Gefühl in der Fremde zu sein gibt es nicht mehr Oder</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059330206</t>
+          <t>9786059330121</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Sol Klarnet Metodu (1) - Başlangıç Seviyesi</t>
+          <t>Darbeler ve Demokrasi</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059330138</t>
+          <t>9786059330282</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Ayak Sesleri</t>
+          <t>Gel Yine Gel</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059330107</t>
+          <t>9786059330268</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Git… Eve Dönmektir</t>
+          <t>Hüzün Defteri</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059330091</t>
+          <t>9786059330299</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Agora Sokağı</t>
+          <t>Toplayıcı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059330039</t>
+          <t>9786054723980</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>On Üç Yok Muydu?</t>
+          <t>Kördüğüm</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059330077</t>
+          <t>9786059330145</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Adras Dağı</t>
+          <t>Özgürlüğe Uçan Kelebekler</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059330022</t>
+          <t>9786059760275</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ölü Çocuklar Ülkesi</t>
+          <t>Güzel Gözlü Kadın</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059760096</t>
+          <t>9786059330220</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Aşka Sevdalı Yürekler</t>
+          <t>Allah ve Yeryüzü Tanrıları</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786054723935</t>
+          <t>9786059330244</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Fırtınada İki Kelebek</t>
+          <t>Bir Yanım Süleymaniye Bir Yanım Halepçe</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789758264018</t>
+          <t>9786059330237</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sen Gideli</t>
+          <t>Bu Meme Benim</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786054723461</t>
+          <t>9786059330213</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Takip : Bir Polis Muhabirinin Gerçek Olaylara Dayalı Suç Romanı</t>
+          <t>Türk Müziği Sol Klarnet Metodu 2</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9789944143912</t>
+          <t>9786059330206</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Bedel - İki Dünyalı Hayat</t>
+          <t>Türk Müziği Sol Klarnet Metodu (1) - Başlangıç Seviyesi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>270</v>
+        <v>700</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054723898</t>
+          <t>9786059330138</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Sardunyalar</t>
+          <t>Devrimin Ayak Sesleri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>250</v>
+        <v>640</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054723911</t>
+          <t>9786059330107</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Londra'da Çok Kültürlülük</t>
+          <t>Git… Eve Dönmektir</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054723829</t>
+          <t>9786059330091</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Bencil Metinler</t>
+          <t>Agora Sokağı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054723843</t>
+          <t>9786059330039</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Söyleşilerim</t>
+          <t>On Üç Yok Muydu?</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054723799</t>
+          <t>9786059330077</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Haziran’da Ölmek</t>
+          <t>Adras Dağı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054723850</t>
+          <t>9786059330022</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Uyanış</t>
+          <t>Ölü Çocuklar Ülkesi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054723812</t>
+          <t>9786059760096</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Işkın</t>
+          <t>Aşka Sevdalı Yürekler</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055414948</t>
+          <t>9786054723935</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Şehitlerimize 100 Mektup</t>
+          <t>Fırtınada İki Kelebek</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786054723874</t>
+          <t>9789758264018</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Türklere Esir Olmak</t>
+          <t>Sen Gideli</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786054723768</t>
+          <t>9786054723461</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Norşin’den Arizona’ya</t>
+          <t>Takip : Bir Polis Muhabirinin Gerçek Olaylara Dayalı Suç Romanı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>660</v>
+        <v>300</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054723744</t>
+          <t>9789944143912</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Sözün İzi</t>
+          <t>Bedel - İki Dünyalı Hayat</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054723836</t>
+          <t>9786054723898</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>İki Sokak Sonra Deniz</t>
+          <t>Üzgün Sardunyalar</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054723577</t>
+          <t>9786054723911</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yol Hikayeleri</t>
+          <t>Londra'da Çok Kültürlülük</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054723638</t>
+          <t>9786054723829</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Her Satırın O Kokuyor</t>
+          <t>Bencil Metinler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054723645</t>
+          <t>9786054723843</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Saklı Sarnıç</t>
+          <t>Söyleşilerim</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054723652</t>
+          <t>9786054723799</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Avşar Ağıdı</t>
+          <t>Haziran’da Ölmek</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786054723607</t>
+          <t>9786054723850</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ben Paraya Tap(m)ıyorum</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786054723751</t>
+          <t>9786054723812</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Yonca</t>
+          <t>Işkın</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054723867</t>
+          <t>9786055414948</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Sorunu’nda Çözümün ve Çözümsüzlüğün Adı : 4T</t>
+          <t>Şehitlerimize 100 Mektup</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054723225</t>
+          <t>9786054723874</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Türk Sorunu</t>
+          <t>Türklere Esir Olmak</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054723713</t>
+          <t>9786054723768</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Maraş’tan Bir Haber Geldi</t>
+          <t>Norşin’den Arizona’ya</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>290</v>
+        <v>780</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054723782</t>
+          <t>9786054723744</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yok ki!..</t>
+          <t>Sözün İzi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054723454</t>
+          <t>9786054723836</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Tünelin Ucundaki ışık</t>
+          <t>İki Sokak Sonra Deniz</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054723546</t>
+          <t>9786054723577</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Koza Karanlığı - 2 : Şeyh Bedreddin</t>
+          <t>Yol Hikayeleri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054723584</t>
+          <t>9786054723638</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Toros Dağlarında İsyan</t>
+          <t>Her Satırın O Kokuyor</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054723379</t>
+          <t>9786054723645</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Üsteğmen M. Hilmi ve Bembo Tepesi</t>
+          <t>Saklı Sarnıç</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054723591</t>
+          <t>9786054723652</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Gazeteciler Gazetecileri ve Kendilerini Anlatıyor</t>
+          <t>Avşar Ağıdı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055414627</t>
+          <t>9786054723607</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Sesin Patlar Tenimde</t>
+          <t>Ben Paraya Tap(m)ıyorum</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055414351</t>
+          <t>9786054723751</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Devlet Baba</t>
+          <t>Yaralı Yonca</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>220</v>
+        <v>620</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786054723294</t>
+          <t>9786054723867</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kuran Hadis İslam</t>
+          <t>Ermeni Sorunu’nda Çözümün ve Çözümsüzlüğün Adı : 4T</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054723492</t>
+          <t>9786054723225</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Değişerek Nasıl Değiştirebiliriz</t>
+          <t>Türk Sorunu</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786054723508</t>
+          <t>9786054723713</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Bir Çingene'nin Romanı</t>
+          <t>Maraş’tan Bir Haber Geldi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054723409</t>
+          <t>9786054723782</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Mücadele</t>
+          <t>Aşk Yok ki!..</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789944143950</t>
+          <t>9786054723454</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>12 Eylül’de de Çok Güldük Netekim!</t>
+          <t>Tünelin Ucundaki ışık</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054723515</t>
+          <t>9786054723546</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Tek Başına</t>
+          <t>Koza Karanlığı - 2 : Şeyh Bedreddin</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054723195</t>
+          <t>9786054723584</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kapı Kapı</t>
+          <t>Toros Dağlarında İsyan</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054723522</t>
+          <t>9786054723379</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Turist</t>
+          <t>Üsteğmen M. Hilmi ve Bembo Tepesi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054723393</t>
+          <t>9786054723591</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Fare</t>
+          <t>Gazeteciler Gazetecileri ve Kendilerini Anlatıyor</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054723287</t>
+          <t>9786055414627</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Vadisi</t>
+          <t>Sesin Patlar Tenimde</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054723447</t>
+          <t>9786055414351</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Meri Keklik Öyküleri</t>
+          <t>Devlet Baba</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054723539</t>
+          <t>9786054723294</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Valiz</t>
+          <t>Kuran Hadis İslam</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789944143646</t>
+          <t>9786054723492</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Cezaevi</t>
+          <t>Değişerek Nasıl Değiştirebiliriz</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789944143936</t>
+          <t>9786054723508</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kürt Kardeşim Elini Ver Bana!</t>
+          <t>Bir Çingene'nin Romanı</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789944143417</t>
+          <t>9786054723409</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kül Kadınlar Güncesi</t>
+          <t>Mücadele</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789757891680</t>
+          <t>9789944143950</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’dan İnsanlara "Aklınızı Kullanın"</t>
+          <t>12 Eylül’de de Çok Güldük Netekim!</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786054723157</t>
+          <t>9786054723515</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Mendil Sen Kokuyordu</t>
+          <t>Tek Başına</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786054723263</t>
+          <t>9786054723195</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>İnsan Sevdikçe Güzelleşir</t>
+          <t>Kapı Kapı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786054723164</t>
+          <t>9786054723522</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Emzirirdi Gözleriyle</t>
+          <t>Eyvah Turist</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789944143097</t>
+          <t>9786054723393</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Kuran Çevirilerindeki Hatalar</t>
+          <t>Kırmızı Fare</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944143943</t>
+          <t>9786054723287</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Kürtçe Sözlük / Ferhenga  Kurdi - Tirki</t>
+          <t>Kelebek Vadisi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789757891796</t>
+          <t>9786054723447</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Çıkmıştık Yola</t>
+          <t>Meri Keklik Öyküleri</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789757891154</t>
+          <t>9786054723539</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Asal Tartışma</t>
+          <t>Valiz</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786054723423</t>
+          <t>9789944143646</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Güven İnandığın Yolda Yürümektir</t>
+          <t>Diyarbakır Cezaevi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786054723331</t>
+          <t>9789944143936</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Son Kış</t>
+          <t>Kürt Kardeşim Elini Ver Bana!</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055414825</t>
+          <t>9789944143417</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kırık Kalemler</t>
+          <t>Kül Kadınlar Güncesi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786054723720</t>
+          <t>9789757891680</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Geceden Sabaha</t>
+          <t>Tanrı’dan İnsanlara "Aklınızı Kullanın"</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054723676</t>
+          <t>9786054723157</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Munzur’a Akar Yüreğim</t>
+          <t>Mendil Sen Kokuyordu</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054723706</t>
+          <t>9786054723263</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Artık Gurbet Yok (mu?)</t>
+          <t>İnsan Sevdikçe Güzelleşir</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786054723621</t>
+          <t>9786054723164</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Biyografisi</t>
+          <t>Güneşli Emzirirdi Gözleriyle</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054723997</t>
+          <t>9789944143097</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>On Çocuktuk</t>
+          <t>Türkçe Kuran Çevirilerindeki Hatalar</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059330015</t>
+          <t>9789944143943</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Islatan</t>
+          <t>Türkçe - Kürtçe Sözlük / Ferhenga  Kurdi - Tirki</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786054723973</t>
+          <t>9789757891796</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Remo</t>
+          <t>Aşk ile Çıkmıştık Yola</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054723928</t>
+          <t>9789757891154</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Simgebilim Perspektifinden Göbeklitepe Tapınakları</t>
+          <t>Asal Tartışma</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786054723348</t>
+          <t>9786054723423</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Tarih - Felsefe ve Kültürlerin Tanıklığında Alevi İnancı</t>
+          <t>Güven İnandığın Yolda Yürümektir</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054723362</t>
+          <t>9786054723331</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Çatışma ve Atatürk'ün Saklı İdeolojisi</t>
+          <t>Son Kış</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054723102</t>
+          <t>9786055414825</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kızlar</t>
+          <t>Kırık Kalemler</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054723034</t>
+          <t>9786054723720</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Geceden Sabaha</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>580</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789757891635</t>
+          <t>9786054723676</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Nokta: Orta Asya</t>
+          <t>Munzur’a Akar Yüreğim</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054723072</t>
+          <t>9786054723706</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Selanik Alev Alev</t>
+          <t>Artık Gurbet Yok (mu?)</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054723355</t>
+          <t>9786054723621</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Cemaatrix</t>
+          <t>Allah’ın Biyografisi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786054723300</t>
+          <t>9786054723997</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bir Kokladım Anadolu</t>
+          <t>On Çocuktuk</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054723249</t>
+          <t>9786059330015</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Evrenin Gizli Boyutları</t>
+          <t>Ahlak Islatan</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054723270</t>
+          <t>9786054723973</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da İslamcı Siyasetin Rolmodeli: İhvan-ı Müslimin - Müslüman Kardeşler</t>
+          <t>Remo</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054723317</t>
+          <t>9786054723928</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük</t>
+          <t>Simgebilim Perspektifinden Göbeklitepe Tapınakları</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054723201</t>
+          <t>9786054723348</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Türkü</t>
+          <t>Tarih - Felsefe ve Kültürlerin Tanıklığında Alevi İnancı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786054723256</t>
+          <t>9786054723362</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Filistin Güncesi</t>
+          <t>Kültürlerarası Çatışma ve Atatürk'ün Saklı İdeolojisi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055414580</t>
+          <t>9786054723102</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Avuç Avuç Yaşam</t>
+          <t>Kızıl Kızlar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054723232</t>
+          <t>9786054723034</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Güzel Kitabı</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054723324</t>
+          <t>9789757891635</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Demirin Üstünde Karınca İzi</t>
+          <t>Sıcak Nokta: Orta Asya</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786054723010</t>
+          <t>9786054723072</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Bir Rüyanın Ardından Gerçekleşen Sessiz Devrim</t>
+          <t>Selanik Alev Alev</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786054723416</t>
+          <t>9786054723355</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Atlantis'in Ruhu</t>
+          <t>Cemaatrix</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786054723430</t>
+          <t>9786054723300</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Anamdan İnciler 2: Stres Bileziği</t>
+          <t>Bir Kokladım Anadolu</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055414399</t>
+          <t>9786054723249</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Gülmek Bizde Gelenek</t>
+          <t>Evrenin Gizli Boyutları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786054723218</t>
+          <t>9786054723270</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Savaş Yıllarından Anılar</t>
+          <t>Ortadoğu'da İslamcı Siyasetin Rolmodeli: İhvan-ı Müslimin - Müslüman Kardeşler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059760027</t>
+          <t>9786054723317</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Eylül'ün Vefası</t>
+          <t>Özgürlük</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054723942</t>
+          <t>9786054723201</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Cumartesi - Tahir Elçi</t>
+          <t>Yarım Kalan Türkü</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059330053</t>
+          <t>9786054723256</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Beni Benimle Anla</t>
+          <t>Filistin Güncesi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059330060</t>
+          <t>9786055414580</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Neden Yalnız Kur'an?</t>
+          <t>Avuç Avuç Yaşam</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059330046</t>
+          <t>9786054723232</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Aşk Akıldan Öte</t>
+          <t>Dünyanın En Güzel Kitabı</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789944143288</t>
+          <t>9786054723324</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Gerçek Tarihi</t>
+          <t>Demirin Üstünde Karınca İzi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>420</v>
+        <v>500</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789757891505</t>
+          <t>9786054723010</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tünelinde Bir Doktor</t>
+          <t>Bir Rüyanın Ardından Gerçekleşen Sessiz Devrim</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789944143479</t>
+          <t>9786054723416</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Yürütme Sancısı ve Aşk</t>
+          <t>Atlantis'in Ruhu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786054723096</t>
+          <t>9786054723430</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yunus 66 - Bilim ve Kur’an Işığında Diğer Dünyalarda Yaşam</t>
+          <t>Anamdan İnciler 2: Stres Bileziği</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789757891710</t>
+          <t>9786055414399</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yanıt Doktorluk Dediğin İki Tık Tık (V) 5 Kasım Uyarı Eylemi ve Hekimlerin Kronik Problemlerine İlişkin Görüşler, Değerlendirmeler, Öneriler</t>
+          <t>Gülmek Bizde Gelenek</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789944143400</t>
+          <t>9786054723218</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yalanlar Çelişkiler Uydurmalar</t>
+          <t>Savaş Yıllarından Anılar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789944143370</t>
+          <t>9786059760027</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Yahudi ve Hıristiyan Kaynaklarında Tanrı İmgesi</t>
+          <t>Eylül'ün Vefası</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789757891949</t>
+          <t>9786054723942</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Ütopyası’nda Siyonistler’in Nihai Dünya Düzeni</t>
+          <t>Kırmızı Cumartesi - Tahir Elçi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789757891604</t>
+          <t>9786059330053</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Üzgünüm Ama Pişman Değilim</t>
+          <t>Beni Benimle Anla</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789757891420</t>
+          <t>9786059330060</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Üzerinde 19 Var</t>
+          <t>Neden Yalnız Kur'an?</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789944143882</t>
+          <t>9786059330046</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Unutmayacağız, Barışmayacağız, Affetmeyeceğiz</t>
+          <t>Aşk Akıldan Öte</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789757891918</t>
+          <t>9789944143288</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Umutlarımız Yarıda Kaldı</t>
+          <t>Zamanın Gerçek Tarihi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>270</v>
+        <v>500</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789757891734</t>
+          <t>9789757891505</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tevrat’ı Kim Yazdı?</t>
+          <t>Zaman Tünelinde Bir Doktor</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789944143974</t>
+          <t>9789944143479</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Tevrat - Zebur - İnciller ve Kur’an Açısından Sosyal Yaşam ve Dini Kavramlar</t>
+          <t>Yürütme Sancısı ve Aşk</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789944143615</t>
+          <t>9786054723096</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Terörün ve Ölümün Kodu: 33</t>
+          <t>Yunus 66 - Bilim ve Kur’an Işığında Diğer Dünyalarda Yaşam</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789944143257</t>
+          <t>9789757891710</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Tanrım Beni Başkan Yarat</t>
+          <t>Yanıt Doktorluk Dediğin İki Tık Tık (V) 5 Kasım Uyarı Eylemi ve Hekimlerin Kronik Problemlerine İlişkin Görüşler, Değerlendirmeler, Öneriler</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789757891833</t>
+          <t>9789944143400</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Şifre Çözüldü Eski Başpapaz İlker Çınar Anlatıyor: "Ben Bir Misyonerdim"</t>
+          <t>Yalanlar Çelişkiler Uydurmalar</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789757891758</t>
+          <t>9789944143370</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Dünyasından Dünyanın Şehrine</t>
+          <t>Yahudi ve Hıristiyan Kaynaklarında Tanrı İmgesi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789757891888</t>
+          <t>9789757891949</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Söyleşim Erdemir’li Bir Mühendisin Not Defteri</t>
+          <t>Yahudi Ütopyası’nda Siyonistler’in Nihai Dünya Düzeni</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944143899</t>
+          <t>9789757891604</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Sosyo-Kültürel Açıdan İslam ve Merak Edenler İçin Din Bilgisi</t>
+          <t>Üzgünüm Ama Pişman Değilim</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786054723041</t>
+          <t>9789757891420</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Rüzgardı ’68</t>
+          <t>Üzerinde 19 Var</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944143301</t>
+          <t>9789944143882</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Solda Teoriler ve Tarihsel Tartışmalar</t>
+          <t>Unutmayacağız, Barışmayacağız, Affetmeyeceğiz</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789944143981</t>
+          <t>9789757891918</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sodom Gomore Masalı ve Mısır’dan Çıkış Yalanları</t>
+          <t>Umutlarımız Yarıda Kaldı</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789757891536</t>
+          <t>9789757891734</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sinan’ın "Kara" Kitabı Bir Gazetecilik Öyküsü</t>
+          <t>Tevrat’ı Kim Yazdı?</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789757891482</t>
+          <t>9789944143974</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşkün Kırık Camları</t>
+          <t>Tevrat - Zebur - İnciller ve Kur’an Açısından Sosyal Yaşam ve Dini Kavramlar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789757891611</t>
+          <t>9789944143615</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sayın: Dündar Kılıç</t>
+          <t>Terörün ve Ölümün Kodu: 33</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789757891901</t>
+          <t>9789944143257</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sahi Siz Hangi Taraftaydınız?</t>
+          <t>Tanrım Beni Başkan Yarat</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944143592</t>
+          <t>9789757891833</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Rizeli Milis Yüzbaşı İpsiz Recep Reis</t>
+          <t>Şifre Çözüldü Eski Başpapaz İlker Çınar Anlatıyor: "Ben Bir Misyonerdim"</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789757891994</t>
+          <t>9789757891758</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Papalık Tarihi</t>
+          <t>Şehrin Dünyasından Dünyanın Şehrine</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789757891826</t>
+          <t>9789757891888</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Oyun Bitti Demirellerin Doğuşu, Yükselişi, Çöküşü</t>
+          <t>Söyleşim Erdemir’li Bir Mühendisin Not Defteri</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789757891895</t>
+          <t>9789944143899</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Göç ve İskan</t>
+          <t>Sosyo-Kültürel Açıdan İslam ve Merak Edenler İçin Din Bilgisi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789757891468</t>
+          <t>9786054723041</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>On Nokta Otuz Üç Milim Milim Bilim</t>
+          <t>Sonsuza Rüzgardı ’68</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786054723119</t>
+          <t>9789944143301</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Oldu Da Bitti Maşallah</t>
+          <t>Solda Teoriler ve Tarihsel Tartışmalar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789944143240</t>
+          <t>9789944143981</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Satranç</t>
+          <t>Sodom Gomore Masalı ve Mısır’dan Çıkış Yalanları</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789944143745</t>
+          <t>9789757891536</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet Destanı 1902 - 1963</t>
+          <t>Sinan’ın "Kara" Kitabı Bir Gazetecilik Öyküsü</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789944143547</t>
+          <t>9789757891482</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Reformcular</t>
+          <t>Sırça Köşkün Kırık Camları</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>3990000028086</t>
+          <t>9789757891611</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Din Adamlarına 19 Soru</t>
+          <t>Sayın: Dündar Kılıç</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789944143165</t>
+          <t>9789757891901</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Monoteist Düşünceler</t>
+          <t>Sahi Siz Hangi Taraftaydınız?</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789944143219</t>
+          <t>9789944143592</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele</t>
+          <t>Rizeli Milis Yüzbaşı İpsiz Recep Reis</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789944143295</t>
+          <t>9789757891994</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Mihai Eminescu</t>
+          <t>Papalık Tarihi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789757891314</t>
+          <t>9789757891826</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Mesaj - Kuran Çevirisi</t>
+          <t>Oyun Bitti Demirellerin Doğuşu, Yükselişi, Çöküşü</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9782950982605</t>
+          <t>9789757891895</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Mavi Ölüm</t>
+          <t>Osmanlı’dan Günümüze Göç ve İskan</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789944143202</t>
+          <t>9789757891468</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Manifesto</t>
+          <t>On Nokta Otuz Üç Milim Milim Bilim</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054723003</t>
+          <t>9786054723119</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Malatya’da Toplumsal Olaylar</t>
+          <t>Oldu Da Bitti Maşallah</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789944143127</t>
+          <t>9789944143240</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Leylak Zamanları</t>
+          <t>Nükleer Satranç</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789944143653</t>
+          <t>9789944143745</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Kutsanmış Cahillikler Vadedil(me)miş Topraklar</t>
+          <t>Nazım Hikmet Destanı 1902 - 1963</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789757891697</t>
+          <t>9789944143547</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ın Şifresi - Sistemi Ve Mukattaa Harfleri’nin Çözümü</t>
+          <t>Müslüman Reformcular</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789757891673</t>
+          <t>3990000028086</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim’in Sıradan Bir İnsana Düşündürdükleri</t>
+          <t>Müslüman Din Adamlarına 19 Soru</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789757891925</t>
+          <t>9789944143165</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kuran-ı Kerim’de ve İncil’de Dabbetü’l Arz ve Mesih İsa</t>
+          <t>Monoteist Düşünceler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789944143196</t>
+          <t>9789944143219</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kuran Açısından Evrim Teorisi</t>
+          <t>Milli Mücadele</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789944143387</t>
+          <t>9789944143295</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kuğu Şarkısı</t>
+          <t>Mihai Eminescu</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789757891802</t>
+          <t>9789757891314</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Köle Kıyısından İnsan Biyografileri Kenya - Girit - İstanbul</t>
+          <t>Mesaj - Kuran Çevirisi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789944143684</t>
+          <t>9782950982605</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes ve Kuran</t>
+          <t>Mavi Ölüm</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789944143004</t>
+          <t>9789944143202</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddes Üzerine Bir Çalışma Çelişkiler Aykırılıklar  Paralellikler</t>
+          <t>Manifesto</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789757891840</t>
+          <t>9786054723003</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kanser Cinayetleri</t>
+          <t>Malatya’da Toplumsal Olaylar</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789944143554</t>
+          <t>9789944143127</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kadının Adı Anadolu</t>
+          <t>Leylak Zamanları</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789757891543</t>
+          <t>9789944143653</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>İbret - İşkence Edilen Emniyet Hekiminden</t>
+          <t>Kutsanmış Cahillikler Vadedil(me)miş Topraklar</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789757891185</t>
+          <t>9789757891697</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İş Bulmak İçin Ne Yapmalı Avantajlı Stratejiler</t>
+          <t>Kuran’ın Şifresi - Sistemi Ve Mukattaa Harfleri’nin Çözümü</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789944143523</t>
+          <t>9789757891673</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İsyan Yazıları</t>
+          <t>Kuran-ı Kerim’in Sıradan Bir İnsana Düşündürdükleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054723089</t>
+          <t>9789757891925</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>İsviçre’de Türkiyeli Göçmenler</t>
+          <t>Kuran-ı Kerim’de ve İncil’de Dabbetü’l Arz ve Mesih İsa</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789944143561</t>
+          <t>9789944143196</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Falcısı</t>
+          <t>Kuran Açısından Evrim Teorisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789757891789</t>
+          <t>9789944143387</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>İstihbarat Raporlarında İsrail’in GAP Senaryosu</t>
+          <t>Kuğu Şarkısı</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789757891727</t>
+          <t>9789757891802</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İsa Haçta Öldü mü?</t>
+          <t>Köle Kıyısından İnsan Biyografileri Kenya - Girit - İstanbul</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>3990000026405</t>
+          <t>9789944143684</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İntihar</t>
+          <t>Kitab-ı Mukaddes ve Kuran</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789944143035</t>
+          <t>9789944143004</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yağmuru</t>
+          <t>Kitab-ı Mukaddes Üzerine Bir Çalışma Çelişkiler Aykırılıklar  Paralellikler</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789757891390</t>
+          <t>9789757891840</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İncil’i Kim Yazdı</t>
+          <t>Kanser Cinayetleri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789757891253</t>
+          <t>9789944143554</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İlginç Sorular</t>
+          <t>Kadının Adı Anadolu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786054723027</t>
+          <t>9789757891543</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Merdiven</t>
+          <t>İbret - İşkence Edilen Emniyet Hekiminden</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789944143752</t>
+          <t>9789757891185</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Bahar</t>
+          <t>İş Bulmak İçin Ne Yapmalı Avantajlı Stratejiler</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789757891222</t>
+          <t>9789944143523</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Hristiyan Din Adamlarına 19 Soru / 19 Questions for Christian Clergy</t>
+          <t>İsyan Yazıları</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789944143578</t>
+          <t>9786054723089</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Oku Kolay Öğren Zor Unut</t>
+          <t>İsviçre’de Türkiyeli Göçmenler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789944143677</t>
+          <t>9789944143561</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hey Gidinin Egelisi</t>
+          <t>İstanbul Falcısı</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789944143707</t>
+          <t>9789757891789</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Herşey Bitti</t>
+          <t>İstihbarat Raporlarında İsrail’in GAP Senaryosu</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789944143264</t>
+          <t>9789757891727</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Hayata Yön Veren Denemeler</t>
+          <t>İsa Haçta Öldü mü?</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789944143431</t>
+          <t>3990000026405</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Hasretim Derin Uykularda</t>
+          <t>İntihar</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789757891451</t>
+          <t>9789944143035</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş Güvercin Anadolu İsyanda</t>
+          <t>İnsan Yağmuru</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789944143714</t>
+          <t>9789757891390</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Gülme Komşuna</t>
+          <t>İncil’i Kim Yazdı</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>220</v>
+        <v>620</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789944143806</t>
+          <t>9789757891253</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Aynasından</t>
+          <t>İlginç Sorular</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789757891246</t>
+          <t>9786054723027</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilerin Şakası Olmaz</t>
+          <t>İçimdeki Merdiven</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054723126</t>
+          <t>9789944143752</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Gazel Kuşları Japon Balıkları</t>
+          <t>Kırmızı Bahar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789944143363</t>
+          <t>9789757891222</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Gayya Karanlığından Kuran Aydınlığına</t>
+          <t>Hristiyan Din Adamlarına 19 Soru / 19 Questions for Christian Clergy</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789757891383</t>
+          <t>9789944143578</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>FKF Fikir Kulüpleri Federasyonu Demokrasi Mücadelesinde Sosyalist Bir Öğrenci Hareketi</t>
+          <t>Hızlı Oku Kolay Öğren Zor Unut</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789757891550</t>
+          <t>9789944143677</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Fırtınalı Yılların Gençlik Liderleri Konuşuyor</t>
+          <t>Hey Gidinin Egelisi</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789944143820</t>
+          <t>9789944143707</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Denemeler</t>
+          <t>Herşey Bitti</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789944143691</t>
+          <t>9789944143264</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm Kıskacında Osmanlı'dan Günümüze  Ermeni Sorunu</t>
+          <t>Hayata Yön Veren Denemeler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789944143776</t>
+          <t>9789944143431</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Mutluluk İçin 8 Emir - Hayatımıza Yön Veren 40 Kavram</t>
+          <t>Hasretim Derin Uykularda</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>230</v>
+        <v>480</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789944143271</t>
+          <t>9789757891451</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Çingeneler</t>
+          <t>Hacı Bektaş Güvercin Anadolu İsyanda</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789757891970</t>
+          <t>9789944143714</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Dr. Michael Higger’ın Yahudi Ütopyası</t>
+          <t>Gülme Komşuna</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789757891499</t>
+          <t>9789944143806</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Doktorun Seyir Defteri</t>
+          <t>Geçmişin Aynasından</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789757891666</t>
+          <t>9789757891246</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Doruğundakiler</t>
+          <t>Gazetecilerin Şakası Olmaz</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789944143905</t>
+          <t>9786054723126</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Din - Bilim - İnsan</t>
+          <t>Gazel Kuşları Japon Balıkları</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054723140</t>
+          <t>9789944143363</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Devrimin Çocuklarıydılar</t>
+          <t>Gayya Karanlığından Kuran Aydınlığına</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789944143967</t>
+          <t>9789757891383</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Devrim Yolcuları</t>
+          <t>FKF Fikir Kulüpleri Federasyonu Demokrasi Mücadelesinde Sosyalist Bir Öğrenci Hareketi</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>420</v>
+        <v>750</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789757891765</t>
+          <t>9789757891550</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Devrim Bize Yakışırdı: Dam’dan Dar’a 78’liler’in Öyküsü</t>
+          <t>Fırtınalı Yılların Gençlik Liderleri Konuşuyor</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789757891192</t>
+          <t>9789944143820</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Devlet / Demokrasi / Oligarşi / Teokrasi Yargıtay Cumhuriyet Başsavcısı Vural Savaş’ın Refah Partisi’nin Kapatılması Davası İçin Hazırladığı Mütaala Taslağına Cevap</t>
+          <t>Evrensel Denemeler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789944143851</t>
+          <t>9789944143691</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Deniz Gezmiş Destanı</t>
+          <t>Emperyalizm Kıskacında Osmanlı'dan Günümüze  Ermeni Sorunu</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789944143837</t>
+          <t>9789944143776</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Çarmıhtaki Sır</t>
+          <t>Ebedi Mutluluk İçin 8 Emir - Hayatımıza Yön Veren 40 Kavram</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789944143318</t>
+          <t>9789944143271</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet İçin Canverenler Kocatepe’den Dumlupınar’a</t>
+          <t>Dünden Bugüne Çingeneler</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789944143844</t>
+          <t>9789757891970</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Cezaevi Arkadaşım Yılmaz Güney</t>
+          <t>Dr. Michael Higger’ın Yahudi Ütopyası</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789944143028</t>
+          <t>9789757891499</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Cemal Süreya Şiirinde Kadın ve Erotizm Kadın ve Erotizm</t>
+          <t>Doktorun Seyir Defteri</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789944143011</t>
+          <t>9789757891666</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Bushçağı Yazıları</t>
+          <t>Sevginin Doruğundakiler</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789944143134</t>
+          <t>9789944143905</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Birlikteliğin Farkındalığı</t>
+          <t>Din - Bilim - İnsan</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789757891772</t>
+          <t>9786054723140</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Bireysel ve Toplumsal Yozlaşma Zor Geçitler 1</t>
+          <t>Devrimin Çocuklarıydılar</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789757891642</t>
+          <t>9789944143967</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ben Nazım Hikmet</t>
+          <t>Devrim Yolcuları</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789944143073</t>
+          <t>9789757891765</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Mülteci Olmak</t>
+          <t>Devrim Bize Yakışırdı: Dam’dan Dar’a 78’liler’in Öyküsü</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789757891864</t>
+          <t>9789757891192</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Antik ve Çağdaş Belgeler Işığında Davinci Fenomeni</t>
+          <t>Devlet / Demokrasi / Oligarşi / Teokrasi Yargıtay Cumhuriyet Başsavcısı Vural Savaş’ın Refah Partisi’nin Kapatılması Davası İçin Hazırladığı Mütaala Taslağına Cevap</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789944143493</t>
+          <t>9789944143851</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Amerika’nın Keşfinde Türkler</t>
+          <t>Deniz Gezmiş Destanı</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789944143394</t>
+          <t>9789944143837</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Allah'a İftira mı Ediyorsunuz?</t>
+          <t>Çarmıhtaki Sır</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789944143721</t>
+          <t>9789944143318</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ahiretin İmkanı ve İsbatı Başlangıçtan Sonsuza</t>
+          <t>Cumhuriyet İçin Canverenler Kocatepe’den Dumlupınar’a</t>
         </is>
       </c>
       <c r="C526" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789757891819</t>
+          <t>9789944143844</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Ahh Marilyn Sinema Tarihinden Bir Portre</t>
+          <t>Cezaevi Arkadaşım Yılmaz Güney</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789944143585</t>
+          <t>9789944143028</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ağlasın Gökyüzü</t>
+          <t>Cemal Süreya Şiirinde Kadın ve Erotizm Kadın ve Erotizm</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789944143622</t>
+          <t>9789944143011</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye İnka</t>
+          <t>Bushçağı Yazıları</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789944143639</t>
+          <t>9789944143134</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Acemi Savcı</t>
+          <t>Birlikteliğin Farkındalığı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789944143516</t>
+          <t>9789757891772</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Abdestli Kapitalizm</t>
+          <t>Bireysel ve Toplumsal Yozlaşma Zor Geçitler 1</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789757891567</t>
+          <t>9789757891642</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>68 Hareketi’nin Köy Eylemleri Devrim Havarileri</t>
+          <t>Ben Nazım Hikmet</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786055414283</t>
+          <t>9789944143073</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>2 Ortaoyunu: Revani Hanım’ın Kısmeti - İbiş ile Memiş</t>
+          <t>Avrupa’da Mülteci Olmak</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789757891574</t>
+          <t>9789757891864</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>12 Mart’tan 12 Eylül’e Üç Kuşak, Üç Kardeş, Üç Sanık</t>
+          <t>Antik ve Çağdaş Belgeler Işığında Davinci Fenomeni</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>260</v>
+        <v>380</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
+          <t>9789944143493</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Amerika’nın Keşfinde Türkler</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9789944143394</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Allah'a İftira mı Ediyorsunuz?</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9789944143721</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Ahiretin İmkanı ve İsbatı Başlangıçtan Sonsuza</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9789757891819</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Ahh Marilyn Sinema Tarihinden Bir Portre</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9789944143585</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Ağlasın Gökyüzü</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9789944143622</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>A’dan Z’ye İnka</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9789944143639</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Acemi Savcı</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9789944143516</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Abdestli Kapitalizm</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9789757891567</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>68 Hareketi’nin Köy Eylemleri Devrim Havarileri</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786055414283</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>2 Ortaoyunu: Revani Hanım’ın Kısmeti - İbiş ile Memiş</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9789757891574</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>12 Mart’tan 12 Eylül’e Üç Kuşak, Üç Kardeş, Üç Sanık</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
           <t>9789757891741</t>
         </is>
       </c>
-      <c r="B535" s="1" t="inlineStr">
+      <c r="B546" s="1" t="inlineStr">
         <is>
           <t>01 Enjektör</t>
         </is>
       </c>
-      <c r="C535" s="1">
-        <v>230</v>
+      <c r="C546" s="1">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>