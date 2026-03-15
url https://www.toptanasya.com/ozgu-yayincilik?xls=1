--- v0 (2025-10-24)
+++ v1 (2026-03-15)
@@ -94,1306 +94,1306 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9789758911936</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Elbistan Ağıtları 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789758911929</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Elbistan Ağıtları 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786055350086</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Ayrandede Şırıltıları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786057305565</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Hz. Peygamber’in Sağlık Konusunda 40 Hadisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789758911721</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Mutlu Bir Toplum İçin Peygamberimizin Tavsiyesi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789758911998</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Sorulu-Cevaplı İslam Fıkhı (8 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>7000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786059348805</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Bilim Çağında İslami Sohbetler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>4440000002242</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Dini Bilgiler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786055350277</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Hz. Muhammed'in Hayatı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789758911899</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Kabirde İlk Karşılaşma</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786055350642</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Gönül Azığı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9789758911639</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Asr-ı Saadet Hutbetleri - Hz. Peygamber ve Sahabe Dönemi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786055350345</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Asr Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>4440000002246</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Namaz Hocası (Cep)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786059348607</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Örneklerle Araplar İçin 100 Kelimede Türkçe Konuşma Klavuzu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057305534</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Ümmetin Hastalıkları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786059348799</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Nimet-i İslam Büyük İslam İlmihali</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>950</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>4440000002245</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Namaz Hocası (Cep 64 Sayfa)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>4440000002247</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Sultanname</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>4440000002241</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Bir Gökyüzüdür Yürek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786059348591</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>İslam Davası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786055350949</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>İslamda Cihad</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786059348652</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>İslam'da Sakal ve Kıyafet</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>4440000001141</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Hatırlatmalar</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9789758911776</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Hastalıkla Arınma</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9789758911479</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>İstihare Namazı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>4440000001142</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Müslüman Kimliğinin Kodları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9789758911769</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Namaz Hocası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786059348645</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Din Diyalog ve Ilımlı İslam</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786059348560</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Bize Düşen</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789758911455</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Bir Mezardan Yaşayanlara Mektup</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786059348973</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Fecrin Doğuşu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786059348324</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Müslüman Kadının Aile ve Toplumdaki Yeri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786059348263</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Kıymet Bilmek</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786059348232</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Hesaplaşmadan Olmaz</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786059348225</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Davetsiz Olmaz</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786059348218</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>İlimsiz Olmaz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786059348140</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>İslamsız Olmaz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786055350772</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Aşkın Körüğü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786059348089</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Dini ve Ahlaki Değerler ve Kavramlar Haritası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786055350987</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>İslam'ın Özeti - Allah Bizden Neler İstiyor?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786059348003</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>İmam Hatip Davası ve Hacı Kalay</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786055350932</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Hanımlardan Hz. Peygamber'e Sorular</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786055350789</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Adı Konmamış Savaş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786055350918</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Kitap Sevgisi Yazma Aşkı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786055350888</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Batılılaşmayla Hesaplaşma</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786055350901</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Batılılaşma Cinnetinde Aydınların Karanlığı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786055350765</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Dört Mezheb İmamı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786055350734</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Derdimiz İslam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786055350727</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Yeni Ticaret Sözlüğü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786055350741</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Yasin Tefsiri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786055350673</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Laiklik Sorgulaması</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786055350611</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Osmanlı'dan Cumhuriyet'e Büyük Kırılma</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786055350604</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>İslam Savaşçısının Ahlaki Stratejisi</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786055350598</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Müslüman Kardeşler Teşkilatı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786055350574</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Eyyüb Sultan Camii'nde Cuma Vaazlarım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786055350710</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Sorulu Cevaplı Müslümanın El Kitabı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786055350994</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Allah Ve Resulü'nün Sevgisine Ulaştıran 100 Yol</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9789758911820</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Kur'an'da Kıyamet Sahneleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786055350147</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Kur'an'a Göre Hicret</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9789758911356</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Kur'an Devleti</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9789758911523</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Mutluluk Çağından Kesitler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9789758911806</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Hz. Peygamber'in (s.a.v.) Mucizeleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9789758911387</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Dini ve İctimai Meseleler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9789758911325</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Gün Işığı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9789758911745</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Tuhfe Şairi Hayati Ahmed Efendi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9789758911349</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Şeyhülislam İbn Teymiyye ve Mücadelesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9789758911592</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Muhammed Ali Bülbülün Peşinde</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786055350109</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Makamat-ı Evliya Akşemseddin</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9789758911813</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>İslamda Kız Çocuğunun Yetiştirilmesi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786055350246</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>İslam Davasının Stratejisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9789758911363</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Hz. Peygamber'den Günümüze Tefsir Ekolleri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9789758911783</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Harici Garanti ve Akreditif Sözlüğü</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786055350321</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Hak Dini Kur'an Dili - Kur'an-ı Kerim ve Türkçe Meali (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>730</v>
+        <v>880</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9789758911172</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Gurbetçi Ailenin Fıkhi Problemleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>2250</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786055350376</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9789758911974</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Farklı İlmihal</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>1300</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789758911622</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Ergenlik Dönemi ve İletişimde 22 Problem</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9789758911196</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Elbistanlı Nakiboğlu Kadı Mustafa Kamil Efendi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9789758911493</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Elbistan Ağzı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786055350338</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Efendimiz'e Atılan En Çirkin İftira</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9789758911790</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Dini İlimlerin Yeniden Yapılanması</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786055350390</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Çark-ı Devran</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786055350079</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Aşere-i Mübeşşere</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>170</v>
+        <v>650</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786055350482</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Cihad ve Zafer Şartları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>