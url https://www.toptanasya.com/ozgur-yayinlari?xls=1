--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,505 +85,2950 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754473674</t>
+          <t>9789754478532</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk</t>
+          <t>Sana Sadece Sen İyi Gelirsin</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>42</v>
+        <v>137.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789754473506</t>
+          <t>9789754473681</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Neden Köy Enstitüleri</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789754473605</t>
+          <t>9789754473650</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ihlara Vadisi</t>
+          <t>Mustafa Kemal Atatürk’ten Seçme Sözler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>53</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789754473810</t>
+          <t>9789754473711</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>H. Cahit Öztelli - Halkbilimine Adanmış Bir Yaşam</t>
+          <t>Çığ</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789754473803</t>
+          <t>9789754473599</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılda Türkiye</t>
+          <t>Zımpara</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>42</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789754473797</t>
+          <t>9789754471809</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sana Yalan Söylemişler</t>
+          <t>Zehra Karabibik</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>23</v>
+        <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789754473759</t>
+          <t>9789754470871</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dürdane Hanım</t>
+          <t>Yolpalas Cinayeti</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789754473742</t>
+          <t>9789754472011</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Geluyurum Dedem</t>
+          <t>Yaşamın Diğer Bir Penceresi Otistik Özelliklere Sahip Çocuk Babaları ve Duyguları</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>38</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789754473735</t>
+          <t>9789754472929</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ferda-yı Garam</t>
+          <t>Vatan Yahut Silistre - Zavallı Çocuk - Karabela</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789754473728</t>
+          <t>9789754473131</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Şehirlerarası Arzu</t>
+          <t>Valide Mektupları ve Kitapları Dışında Kalan Hikayeler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>38</v>
+        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789754473629</t>
+          <t>9789754471304</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Çocuklarına Masallar</t>
+          <t>Üstün Zekalı ve Yetenekli Çocukların Eğitimi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>35</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789754473582</t>
+          <t>9789754472905</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tesadüf</t>
+          <t>Üç Hikaye</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>50</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789754472189</t>
+          <t>9789754472875</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Müşahedat</t>
+          <t>Türk Romanında Bürokrasi ve Memurlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789754473063</t>
+          <t>9789754472462</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Enstrümanlarının Frekans Aralıkları</t>
+          <t>Turfanda mı Yoksa Turfa mı?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>95</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789754473346</t>
+          <t>9789754470901</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Normalleşme Sancısı</t>
+          <t>Tesadüf / Şeytan İşi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>50</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789754473339</t>
+          <t>9789754472592</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yokluğuna Başkaldırı Aşk</t>
+          <t>Tarantula</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789754473261</t>
+          <t>9789754471694</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Azınlıklar (1872 - 1950)</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>85</v>
+        <v>28</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789754471595</t>
+          <t>9789754472851</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Armonide Çözümleme ve Uygulaması</t>
+          <t>Şiir ve Psikiyatri Kavşağında</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>95</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789754472264</t>
+          <t>9789754470512</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitimde Akademik Becerilere Hazırlık Etkinlik Örnekleri</t>
+          <t>Şıpsevdi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>80</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789754473483</t>
+          <t>9789754472028</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Üstün Zekalı ve Yetenekliler İçin Eğitim Programının Farklılaştırılması</t>
+          <t>Son Arzu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>42</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789754472424</t>
+          <t>9789754472271</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aile Tedavisi</t>
+          <t>Solgun Demet</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>90</v>
+        <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789754470185</t>
+          <t>9789754472530</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Siz Kimsiniz? (Kişilik Testinizi Kendiniz Yapın)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789754470826</t>
+          <t>9789754472745</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Pir Sultan’ın Dostları</t>
+          <t>Shakespeare’den Hikayeler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>380</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9799754471075</t>
+          <t>9789754473087</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Halk Türküleri Evlerinin Önü</t>
+          <t>Sevgili Charlie</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789754471281</t>
+          <t>9789754472196</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Emrah Yaşamı, Şiirleri</t>
+          <t>Sevda Peşinde / Kadın Erkekleşince</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>39</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789754471908</t>
+          <t>9789754472769</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yönleriyle Şair Eşref</t>
+          <t>Sepette Bulunmuş - Hepsinden Acı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>90</v>
+        <v>14</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789754470918</t>
+          <t>9789754472288</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Mevlana Celaleddin</t>
+          <t>Sefile</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>30</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754473124</t>
+          <t>9789754473155</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Depresyon</t>
+          <t>Seçmeler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>37</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754472073</t>
+          <t>9789754473070</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazın Tarihi</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789754470857</t>
+          <t>9789754472318</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bektaşi Gülleri</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
+          <t>9789754472301</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9789754471762</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Saray ve Ötesi</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9789754472868</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Psikodinamik Açıdan Haydar Ergülen ve Şiiri</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9789754473100</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Psikanaliz ve Aşk</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9789754470819</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Pir Sultan Abdal</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9789754472370</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitimde Temel Akademik Çalışmalar (2. Kitap)</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9789754472363</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitimde Temel Akademik Çalışmalar  (1. Kitap)</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789754471038</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Oyun, Çocuk, Tiyatro</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9789754471243</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Otizm ve Otistik Çocuklar</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9789754472943</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Onu Beklerken</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789754472646</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Nesl-i Ahir</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789754472097</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Nemide</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789754472240</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Namuslu Kokotlar</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789754471724</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Müsameretname</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789754473117</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Muhadarat</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789754471021</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Meydan Okuyan Çocuk</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789754471564</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Mensur Şiirler Mezardan Sesler Bütün Eserleri</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789754471816</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Sergüzeşt</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789754471410</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Mehmed Rauf’un Anıları</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789754471434</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Mai ve Siyah</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789754471502</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Kültür, Dil, Kimlik Behçet Necatigil’in Şiir Dünyası</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789754471915</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Fıkralar (Hikayeler)</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789754472899</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Kuma Yazılanlar</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>15.28</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789754472394</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Yıl</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789754472257</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Kırık Hayatlar</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789754471786</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Evlere Şenlik Kaynanam Nasıl Kudurdu?</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789754470802</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Karacaoğlan</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789754472912</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Pençesi</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789754472110</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>İzmir Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789754471113</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>İşitme Engelli Çocukların Eğitiminde Temel İlkeler</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789754471830</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>İntibah</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789754471151</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretimde Sosyal Becerilerin Geliştirilmesi</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789754471175</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>İlköğretimde Sosyal Becerilerin Geliştirilmesi</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789754470505</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>İki Hödüğün Seyahati / Kesik Baş</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789754472516</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>İhtiyar Dost</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789754471717</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Hiperaktif Çocuklar ve Ritalin  Evet mi, Hayır mı?</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789754473094</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Hikaye</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789754472936</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Gülnihal - Akif Bey</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789754471939</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Gül Yaprağın’ Döktü Bugün Ağıtlar</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789754471526</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Kendine IQ Testleri Zeka Katsayınızı Belirleyin</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789754472165</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Gılgameş Destanı</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789754473025</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Gezgin ile Gölgesi</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789754470338</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Çağı Ruh Sağlığı ve Ruhsal Sorunları</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789754472639</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Firmin</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789754473179</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Firari Güvercinler</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789754470895</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Fıkralar Seçkisi</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789754471823</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Felatun Bey ile Rakım Efendi</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789754472103</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah! Çocuğum Okula Başlıyor</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789754472226</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Eylül</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789754471779</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>EQ Duygusal Zeka ve Başarının Sırrı</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789754473001</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Ferdi ve Şürekası</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789754473360</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenci Fıkraları</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789754473230</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Sanata Dair</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789754473216</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789754473209</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Gulyabani</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789754473193</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Çocukluk ve Şiir</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789754473568</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe ve Seçme Öyküler</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789754473667</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Siyah İnciler</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789754473575</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Cadı</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789754473490</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Şeyler</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789754473612</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Rübab-ı Şikeste</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789754473537</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Altın Işık</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789754473421</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>İlk Hikayeler ve Tuhfe-i Letaif</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789754473469</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Toraman</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789754473438</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Hakk'a Sığındık</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789754473353</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Türk Mizahından Fıkralar</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789754473636</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Ticareti</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789754473643</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Günümüz Diliyle Dede Korkut Öyküleri</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789754473414</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Mihveri Kadın mı, Para mı?</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789754473407</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Şeytan İşi</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789754473315</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Nimetşinas</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789754473322</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>İki Hödüğün Seyahati</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789754473292</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Efsuncu Baba</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789754473308</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Andersen'den Masallar</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789754473285</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>La Fontaine Masalları</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789754473278</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>İffet</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789754473247</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Şık</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789754473223</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Mürebbiye</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789754473186</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Rock Hudson'un Öteki Yüzü</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789754470178</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Toplumda Aile ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789754471328</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklarda Depresyon</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789754471298</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Oyunlar</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789754470789</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Yemekleri Doğumdan Yetişkinliğe</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789754470062</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Ruh Sağlığı</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789754471229</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğunuzun Beceri ve Yeteneklerini Nasıl Geliştirebilirsiniz? 6-12 Yaş</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789754470031</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Çeşitli Yönleriyle Neyzen Tevfik Hayatı Kişiliği Şiirleri</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789754472219</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Çaresaz</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789754472035</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Keman Eğitimi Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789754472752</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Cezmi</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789754472585</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Cemal Süreya ve Şiiri</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789754471069</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yönleriyle Hayyam Rubaileri</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9789754470208</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yönleriyle Hacı Bektaş Veli</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9789754471540</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Öyküleriyle Mesnevi-i Şerif</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9789754471045</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Boşanma ve Çocuk Üzerine Etkileri</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>20.37</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9789754471496</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Bizanslı Yemekler</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9789754472431</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yıldız Kaydı</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9789754472202</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şi’r-i Hayal</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9789754472042</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ölünün Defteri</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9789754472837</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Bir Hikaye-i Sevda</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9789754473162</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Bir Acı Hikaye</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9789754472554</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Big Bang’in Romanı</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9789754471120</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Beslenme Eğitimi Rehberi</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9789754472332</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Bertolt Brecht ve Epik Tiyatro</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9789754472448</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Beni Sıkı Sıkı Kucakla</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>15.74</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9789754472172</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Bebeklerde ve Çocuklarda Sağlıklı Ruhsal Gelişim</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9789754471878</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Bayan Perşembeler</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>3990000006435</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Ateşten Gömlek</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9789754471441</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Memnu</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9779754472401</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Bize Göre - Bir Seyahatin Notları</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9789754472349</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Dair</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9789754471984</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Peygamberi Mevlana’nın Hayatı</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9789754471885</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Araba Sevdası</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9789754471342</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Aptal Çocuk Yoktur Öğrenme Bozuklukları Nasıl Oluşur ve Nasıl Yardımcı Olabilirsiniz</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>16.67</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9789754472004</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Annenin Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9789754471311</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu’nun Kadın Erenleri</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9789754471199</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Erenleri</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9789754473148</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Adli Psikiyatri</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>22.22</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9789754473452</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Meyhanede Kadınlar</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9789754473254</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Yetenekli Çocuklar ve Eğitimi</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9789754473544</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Bağrı Yanık Ömer</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9789754473551</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Gide Gide Gele Gele 2</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9789754473520</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Şermin</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9789754473476</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Otizmde Derinlemesine Oyunla Tedavi</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9789754473445</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Kaderin Cilvesi</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9789754473391</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Şair Evlenmesi</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9789754473377</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Kesik Baş</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9789754473384</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Öldüren Öpücük</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9789754471991</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Özel Gereksinimli Çocuk</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9789754473780</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Uzay Lordları</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789754473773</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Ölüm Bir Kurtuluş mudur?</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789754473766</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Oyundan Okula</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9789754473704</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Ah Şu Bizim Siyasiler</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9789754473698</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Hayattan Sayfalar</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789754473674</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Mustafa Kemal Atatürk</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9789754473506</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Neden Köy Enstitüleri</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789754473605</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Ihlara Vadisi</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9789754473810</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>H. Cahit Öztelli - Halkbilimine Adanmış Bir Yaşam</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9789754473803</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Yüzyılda Türkiye</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9789754473797</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Sana Yalan Söylemişler</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9789754473759</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Dürdane Hanım</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9789754473742</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Geluyurum Dedem</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9789754473735</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Ferda-yı Garam</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789754473728</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Şehirlerarası Arzu</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9789754473629</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Atatürk Çocuklarına Masallar</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789754473582</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Tesadüf</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>9789754472189</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Müşahedat</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9789754473063</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Türk Müziği Enstrümanlarının Frekans Aralıkları</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9789754473346</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Normalleşme Sancısı</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9789754473339</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Yokluğuna Başkaldırı Aşk</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9789754473261</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Türk Romanında Azınlıklar (1872 - 1950)</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9789754471595</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Armonide Çözümleme ve Uygulaması</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9789754472264</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Özel Eğitimde Akademik Becerilere Hazırlık Etkinlik Örnekleri</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9789754473483</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Üstün Zekalı ve Yetenekliler İçin Eğitim Programının Farklılaştırılması</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9789754472424</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Aile Tedavisi</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789754470185</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9789754470826</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Pir Sultan’ın Dostları</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9799754471075</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Halk Türküleri Evlerinin Önü</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789754471281</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Erzurumlu Emrah Yaşamı, Şiirleri</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789754471908</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Çeşitli Yönleriyle Şair Eşref</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9789754470918</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yönleriyle Mevlana Celaleddin</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9789754473124</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Yönleriyle Depresyon</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9789754472073</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yazın Tarihi</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9789754470857</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Bektaşi Gülleri</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
           <t>9789754471182</t>
         </is>
       </c>
-      <c r="B32" s="1" t="inlineStr">
+      <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Ana Babalık Sanatı</t>
         </is>
       </c>
-      <c r="C32" s="1">
+      <c r="C195" s="1">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>