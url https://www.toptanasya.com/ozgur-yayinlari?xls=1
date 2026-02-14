--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -2584,51 +2584,51 @@
         <is>
           <t>9789754473605</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Ihlara Vadisi</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>53</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>9789754473810</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>H. Cahit Öztelli - Halkbilimine Adanmış Bir Yaşam</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>9789754473803</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Yüzyılda Türkiye</t>
         </is>
       </c>
       <c r="C169" s="1">
         <v>42</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>9789754473797</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
@@ -2884,51 +2884,51 @@
         <is>
           <t>9789754470826</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Pir Sultan’ın Dostları</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>9799754471075</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Halk Türküleri Evlerinin Önü</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>500</v>
+        <v>850</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>9789754471281</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Erzurumlu Emrah Yaşamı, Şiirleri</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>39</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>9789754471908</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
@@ -2974,51 +2974,51 @@
         <is>
           <t>9789754472073</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Bir Yazın Tarihi</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>37</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t>9789754470857</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Bektaşi Gülleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t>9789754471182</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Ana Babalık Sanatı</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>80</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>