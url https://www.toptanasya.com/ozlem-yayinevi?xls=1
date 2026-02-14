--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -85,2395 +85,2425 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>4440000000905</t>
+          <t>9786256020900</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Balina Avcıları - Ünlü Çocuk Romanları 2</t>
+          <t>Yosi’nin Dünya Turu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>12</v>
+        <v>190</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>4440000000904</t>
+          <t>9786256020603</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Ada - Ünlü Çocuk Romanları 3</t>
+          <t>Buzdolabındaki Lezzetler Savaşı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>12</v>
+        <v>127</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256020436</t>
+          <t>9786054532216</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yosi</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>112</v>
+        <v>494</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054532919</t>
+          <t>4440000000905</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Defne Macera Peşinde</t>
+          <t>Balina Avcıları - Ünlü Çocuk Romanları 2</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>126</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054532803</t>
+          <t>4440000000904</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Küskün Martılar</t>
+          <t>Esrarlı Ada - Ünlü Çocuk Romanları 3</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>98</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054532667</t>
+          <t>9786256020436</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Lila Ördek</t>
+          <t>Yosi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054532896</t>
+          <t>9786054532919</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Defne Macera Peşinde</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>168</v>
+        <v>164</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056859519</t>
+          <t>9786054532803</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz - Ahraz Meryem</t>
+          <t>Küskün Martılar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058911208</t>
+          <t>9786054532667</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Çoban Ayhan</t>
+          <t>Lila Ördek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054532544</t>
+          <t>9786054532896</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mavi Uçurtmam</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>112</v>
+        <v>218</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054532551</t>
+          <t>9786056859519</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yüreklere Atılan Düğümler</t>
+          <t>Dilsiz - Ahraz Meryem</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054532636</t>
+          <t>9786058911208</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İki Arkadaş</t>
+          <t>Çoban Ayhan</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>112</v>
+        <v>164</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051220888</t>
+          <t>9786054532544</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Boyama Kitabı</t>
+          <t>Mavi Uçurtmam</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>126</v>
+        <v>146</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256020214</t>
+          <t>9786054532551</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Yıldızı</t>
+          <t>Yüreklere Atılan Düğümler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>146</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054532773</t>
+          <t>9786054532636</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tavşan - Ağaçtaki Kız</t>
+          <t>İki Arkadaş</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054532698</t>
+          <t>9786051220888</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Küçük Prens Günlük Defteri Hediye)</t>
+          <t>Masallarla Boyama Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>168</v>
+        <v>164</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257977982</t>
+          <t>9786256020214</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Issız Adada Tek Başıma</t>
+          <t>Kuzey Yıldızı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>112</v>
+        <v>182</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257977975</t>
+          <t>9786054532773</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gezegenden Gelen Çocuk</t>
+          <t>Beyaz Tavşan - Ağaçtaki Kız</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257977968</t>
+          <t>9786054532698</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>41. Sokak</t>
+          <t>Küçük Prens (Küçük Prens Günlük Defteri Hediye)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>126</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056859526</t>
+          <t>9786257977982</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Hayvanlar - Hayvanlar Adası Serisi 1 (10 Kitap Takım)</t>
+          <t>Issız Adada Tek Başıma</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>490</v>
+        <v>146</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054532872</t>
+          <t>9786257977975</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Toplama ve Çıkarma Öğreniyorum</t>
+          <t>Kayıp Gezegenden Gelen Çocuk</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786050000405</t>
+          <t>9786257977968</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>4. Sınıf Kitaplığı (24 Kitap Takım Kutulu)</t>
+          <t>41. Sokak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>980</v>
+        <v>164</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257977951</t>
+          <t>9786056859526</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>100. Yılda Gençlere ve Genç Kalanlara</t>
+          <t>Adadaki Hayvanlar - Hayvanlar Adası Serisi 1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>990</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257977814</t>
+          <t>9786054532872</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kardeşim Amman</t>
+          <t>Toplama ve Çıkarma Öğreniyorum</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257977821</t>
+          <t>9786050000405</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Satrançta Temel Altyapı - Satranç Öğreniyorum</t>
+          <t>4. Sınıf Kitaplığı (24 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>224</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257977791</t>
+          <t>9786257977951</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Böyle Diye Diye</t>
+          <t>100. Yılda Gençlere ve Genç Kalanlara</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>168</v>
+        <v>182</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257977807</t>
+          <t>9786257977814</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zaman Taşı</t>
+          <t>Kardeşim Amman</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257977784</t>
+          <t>9786257977821</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yarasalar Karanlıkta Uçar</t>
+          <t>Satrançta Temel Altyapı - Satranç Öğreniyorum</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>291</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257977623</t>
+          <t>9786257977791</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklar Dünyası Okul Öncesi 1. Sınıf</t>
+          <t>Böyle Diye Diye</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>98</v>
+        <v>218</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257977616</t>
+          <t>9786257977807</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Pembegül</t>
+          <t>Zaman Taşı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257977593</t>
+          <t>9786257977784</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Elif</t>
+          <t>Yarasalar Karanlıkta Uçar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>98</v>
+        <v>208</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058911222</t>
+          <t>9786257977623</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Ağacı</t>
+          <t>Oyuncaklar Dünyası Okul Öncesi 1. Sınıf</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789944026130</t>
+          <t>9786257977616</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları 1 - 2 (2 Kitap Takım)</t>
+          <t>Pembegül</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789944026131</t>
+          <t>9786257977593</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları - 1</t>
+          <t>Elif</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786050000207</t>
+          <t>9786058911222</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>3. Sınıf Kitaplık Seti (24 Kitap Takım)</t>
+          <t>Ceviz Ağacı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>900</v>
+        <v>146</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050000208</t>
+          <t>9789944026130</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>2. Sınıf Kitaplık Seti (31 Kitap Takım)</t>
+          <t>Anadolu Masalları 1 - 2 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>800</v>
+        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789944026132</t>
+          <t>9789944026131</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları - 2</t>
+          <t>Anadolu Masalları - 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786050000298</t>
+          <t>9786050000207</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yahya Türkeli'nin Kitapları (13 Kitap Takım)</t>
+          <t>3. Sınıf Kitaplık Seti (24 Kitap Takım)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>840</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257977609</t>
+          <t>9786050000208</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Sessizliği</t>
+          <t>2. Sınıf Kitaplık Seti (31 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>126</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786200000106</t>
+          <t>9789944026132</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>10 Yaş Öykü Romanları (10 Kitap Takım)</t>
+          <t>Anadolu Masalları - 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>740</v>
+        <v>127</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786200000105</t>
+          <t>9786050000298</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>9 Yaş Roman Seti (10 Kitap Takım)</t>
+          <t>Yahya Türkeli'nin Kitapları (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>640</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786200000104</t>
+          <t>9786257977609</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>9 Yaş Öykü (10 Kitap Takım)</t>
+          <t>Gecenin Sessizliği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>640</v>
+        <v>164</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786200000103</t>
+          <t>9786200000106</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Yaş Öykü Kitapları (10 Kitap - 10'ar Adet)</t>
+          <t>10 Yaş Öykü Romanları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>560</v>
+        <v>990</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786200000102</t>
+          <t>9786200000105</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Yaş Masal Kitapları (10 Kitap - 10'ar Adet)</t>
+          <t>9 Yaş Roman Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>540</v>
+        <v>900</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257977586</t>
+          <t>9786200000104</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kutup Yıldızı</t>
+          <t>9 Yaş Öykü (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>98</v>
+        <v>900</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257977562</t>
+          <t>9786200000103</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Yol</t>
+          <t>Sekiz Yaş Öykü Kitapları (10 Kitap - 10'ar Adet)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>112</v>
+        <v>800</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257977579</t>
+          <t>9786200000102</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kavgayı Korkaklar Başlatır</t>
+          <t>Sekiz Yaş Masal Kitapları (10 Kitap - 10'ar Adet)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>800</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257977555</t>
+          <t>9786257977586</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yüzümde Açan Çiçekler</t>
+          <t>Kutup Yıldızı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>4440000000472</t>
+          <t>9786257977562</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Çocuk Romanları (5 Kitap Takım)</t>
+          <t>Yasaklı Yol</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>146</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257977395</t>
+          <t>9786257977579</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Fıkraları</t>
+          <t>Kavgayı Korkaklar Başlatır</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>112</v>
+        <v>208</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257977173</t>
+          <t>9786257977555</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünün Tamamı Bir Kuş</t>
+          <t>Yüzümde Açan Çiçekler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257977081</t>
+          <t>4440000000472</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’e ve Cumhuriyete Vefa</t>
+          <t>Ünlü Çocuk Romanları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>160</v>
+        <v>494</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257977166</t>
+          <t>9786257977395</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Annemden Dinlediğim Masalllar</t>
+          <t>Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257977159</t>
+          <t>9786257977173</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Süper Golcü</t>
+          <t>Gökyüzünün Tamamı Bir Kuş</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257977142</t>
+          <t>9786257977081</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dededen Toruna Mektuplar</t>
+          <t>Atatürk’e ve Cumhuriyete Vefa</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>112</v>
+        <v>208</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944510875</t>
+          <t>9786257977166</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ayı Öyküleri</t>
+          <t>Annemden Dinlediğim Masalllar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789944510868</t>
+          <t>9786257977159</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bahçemizdeki Hayvanlar</t>
+          <t>Süper Golcü</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789944510851</t>
+          <t>9786257977142</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bizim Alabaş</t>
+          <t>Dededen Toruna Mektuplar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789944510844</t>
+          <t>9789944510875</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Asiller</t>
+          <t>Ayı Öyküleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>126</v>
+        <v>146</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789944510813</t>
+          <t>9789944510868</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım ve Kardeşim</t>
+          <t>Bahçemizdeki Hayvanlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789944510837</t>
+          <t>9789944510851</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mustafa</t>
+          <t>Bizim Alabaş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944510820</t>
+          <t>9789944510844</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Altı Günlük Macera (Anneme Söyleme)</t>
+          <t>Asiller</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>112</v>
+        <v>164</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944510806</t>
+          <t>9789944510813</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar Üşür mü?</t>
+          <t>Arkadaşım ve Kardeşim</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056859588</t>
+          <t>9789944510837</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Çilli Horoz</t>
+          <t>Küçük Mustafa</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786056859557</t>
+          <t>9789944510820</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Faytoncu Kız</t>
+          <t>Altı Günlük Macera (Anneme Söyleme)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786056859571</t>
+          <t>9789944510806</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Karınca ve Kaya Kartalı</t>
+          <t>Dalgalar Üşür mü?</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786056859595</t>
+          <t>9786056859588</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kızgın Boğa</t>
+          <t>Çilli Horoz</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786056859564</t>
+          <t>9786056859557</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Pati</t>
+          <t>Faytoncu Kız</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786056859540</t>
+          <t>9786056859571</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Severler Tayfası</t>
+          <t>Çalışkan Karınca ve Kaya Kartalı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056859533</t>
+          <t>9786056859595</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Adadaki Hazine</t>
+          <t>Kızgın Boğa</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054532759</t>
+          <t>9786056859564</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Altınlar</t>
+          <t>Arkadaşım Pati</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054532766</t>
+          <t>9786056859540</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Uzun Sakallı Dede</t>
+          <t>Hayvan Severler Tayfası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054532995</t>
+          <t>9786056859533</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Adadaki Hazine</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054532988</t>
+          <t>9786054532759</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Sihirli Altınlar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054532502</t>
+          <t>9786054532766</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Uzun Sakallı Dede</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054532971</t>
+          <t>9786054532995</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Çocukluk ve Okul Yılları</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054532957</t>
+          <t>9786054532988</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Arabalı Yatak 2</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054532612</t>
+          <t>9786054532502</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kedilerim</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054532933</t>
+          <t>9786054532971</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Küçük Ressam - Makaracı Çocuk</t>
+          <t>Atatürk'ün Çocukluk ve Okul Yılları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786054532902</t>
+          <t>9786054532957</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dünya Ülkelerinden Masallar</t>
+          <t>Arabalı Yatak 2</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054532926</t>
+          <t>9786054532612</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Duru Melek Kalpli Kız</t>
+          <t>Kedilerim</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054532889</t>
+          <t>9786054532933</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Karanfil</t>
+          <t>Küçük Ressam - Makaracı Çocuk</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054532865</t>
+          <t>9786054532902</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Arı Adam Serisi (4 Kitap)</t>
+          <t>Dünya Ülkelerinden Masallar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>168</v>
+        <v>146</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054532858</t>
+          <t>9786054532926</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Şaşkın Aşıklar</t>
+          <t>Duru Melek Kalpli Kız</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054532780</t>
+          <t>9786054532889</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köpeğim</t>
+          <t>Karanfil</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054532834</t>
+          <t>9786054532865</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Karlı Sokak</t>
+          <t>Arı Adam Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>112</v>
+        <v>218</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054532810</t>
+          <t>9786054532858</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dedem Diyor Ki</t>
+          <t>Şaşkın Aşıklar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>98</v>
+        <v>164</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054532827</t>
+          <t>9786054532780</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Işığın Atası</t>
+          <t>Küçük Köpeğim</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786054532841</t>
+          <t>9786054532834</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Telli Turnam</t>
+          <t>Karlı Sokak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786054532742</t>
+          <t>9786054532810</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Aşan Afacanlar</t>
+          <t>Dedem Diyor Ki</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054532704</t>
+          <t>9786054532827</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Aya Giden Maymun</t>
+          <t>Işığın Atası</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054532674</t>
+          <t>9786054532841</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Can ile Sude’nin Macerası Serisi (5 Kitap)</t>
+          <t>Telli Turnam</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>168</v>
+        <v>146</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054532537</t>
+          <t>9786054532742</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzu Tanıyın</t>
+          <t>Zamanı Aşan Afacanlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>146</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786054532568</t>
+          <t>9786054532704</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Serisi - 5 Kitap Takım</t>
+          <t>Aya Giden Maymun</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>146</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786054532575</t>
+          <t>9786054532674</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ergene Güzeli</t>
+          <t>Can ile Sude’nin Macerası Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>98</v>
+        <v>218</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054532643</t>
+          <t>9786054532537</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Keklik</t>
+          <t>Çocuğunuzu Tanıyın</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>112</v>
+        <v>182</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054532650</t>
+          <t>9786054532568</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sezer'in Sezgisi</t>
+          <t>Değerler Eğitimi Serisi - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>112</v>
+        <v>182</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054532513</t>
+          <t>9786054532575</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Fedakar Arkadaşlar</t>
+          <t>Ergene Güzeli</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786050000020</t>
+          <t>9786054532643</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Özgün Çocuk Romanları (20 Kitap Set)</t>
+          <t>Kınalı Keklik</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1120</v>
+        <v>146</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054532599</t>
+          <t>9786054532650</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bilmece Bulmaca Gülmece</t>
+          <t>Sezer'in Sezgisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786054532360</t>
+          <t>9786054532513</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dört Kafadar</t>
+          <t>Fedakar Arkadaşlar</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054532483</t>
+          <t>9786050000020</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Mantıksal Zeka Serisi - 1</t>
+          <t>Özgün Çocuk Romanları (20 Kitap Set)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>98</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054532506</t>
+          <t>9786054532599</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Tepe</t>
+          <t>Bilmece Bulmaca Gülmece</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054532476</t>
+          <t>9786054532360</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Masalı</t>
+          <t>Dört Kafadar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>154</v>
+        <v>146</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054532339</t>
+          <t>9786054532483</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Büyülü Dansı</t>
+          <t>Matematik ve Mantıksal Zeka Serisi - 1</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054532469</t>
+          <t>9786054532506</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tünelinde Kaybolanlar</t>
+          <t>Yasaklı Tepe</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>126</v>
+        <v>146</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054532407</t>
+          <t>9786054532476</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Tuzak</t>
+          <t>Dünyanın Masalı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>112</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054532605</t>
+          <t>9786054532339</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Misket</t>
+          <t>Ateşin Büyülü Dansı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>98</v>
+        <v>164</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054532001</t>
+          <t>9786054532469</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Rakip Kardeşler</t>
+          <t>Zaman Tünelinde Kaybolanlar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>98</v>
+        <v>164</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789944026192</t>
+          <t>9786054532407</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Perdeli Pencereler</t>
+          <t>Ormandaki Tuzak</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054532094</t>
+          <t>9786054532605</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçme Öyküler</t>
+          <t>Benim Adım Misket</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054532315</t>
+          <t>9786054532001</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Şiir Perisi</t>
+          <t>Rakip Kardeşler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789944026116</t>
+          <t>9789944026192</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Okul Harçlığımı Kazanırken</t>
+          <t>Perdeli Pencereler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786054532025</t>
+          <t>9786054532094</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Güvercin Gülleri</t>
+          <t>Ömer Seyfettin’den Seçme Öyküler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786054532070</t>
+          <t>9786054532315</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gülçin’in Beneklisi</t>
+          <t>Öğretmenin Şiir Perisi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>50</v>
+        <v>127</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944026109</t>
+          <t>9789944026116</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Göçebe</t>
+          <t>Okul Harçlığımı Kazanırken</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054532100</t>
+          <t>9786054532025</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Geometri</t>
+          <t>Güvercin Gülleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786058911284</t>
+          <t>9786054532070</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Deniz ve Fındık</t>
+          <t>Gülçin’in Beneklisi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>112</v>
+        <v>50</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054532018</t>
+          <t>9789944026109</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dağ Söyledi Gök Dinledi</t>
+          <t>Göçebe</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786058911260</t>
+          <t>9786054532100</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Çoban Mektupları</t>
+          <t>Geometri</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054532414</t>
+          <t>9786058911284</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sarp - Küçük Çevreci</t>
+          <t>Deniz ve Fındık</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786058911239</t>
+          <t>9786054532018</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mısır Anne</t>
+          <t>Dağ Söyledi Gök Dinledi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786058911246</t>
+          <t>9786058911260</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Mağaranın Kızı</t>
+          <t>Çoban Mektupları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054532735</t>
+          <t>9786054532414</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Umut Yorgunu</t>
+          <t>Sarp - Küçük Çevreci</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054532711</t>
+          <t>9786058911239</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Kedi</t>
+          <t>Mısır Anne</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054532384</t>
+          <t>9786058911246</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Dans</t>
+          <t>Mağaranın Kızı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944026178</t>
+          <t>9786054532735</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Yazılmayan Şiirler - Hayat Şemi</t>
+          <t>Umut Yorgunu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786056147227</t>
+          <t>9786054532711</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yavru Serçeler</t>
+          <t>Aynadaki Kedi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054532285</t>
+          <t>9786054532384</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yağmurun Gücü</t>
+          <t>Zoraki Dans</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054532032</t>
+          <t>9789944026178</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Tuzak</t>
+          <t>Yazılmayan Şiirler - Hayat Şemi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786054532186</t>
+          <t>9786056147227</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Ünlü Çocuk Masalları (5 Kitap Takım)</t>
+          <t>Yavru Serçeler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>280</v>
+        <v>146</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944026230</t>
+          <t>9786054532285</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ustanın Çocukları</t>
+          <t>Yağmurun Gücü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054532728</t>
+          <t>9786054532032</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tomurcuk - Belirli Gün ve Haftalarla İlgili Şiirler</t>
+          <t>Vadideki Tuzak</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>98</v>
+        <v>127</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944026147</t>
+          <t>9786054532186</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tilkinin Serüvenleri (Düz Yazılı - 10 Kitap Takım)</t>
+          <t>Ünlü Çocuk Masalları (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>490</v>
+        <v>364</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786054532292</t>
+          <t>9789944026230</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tarihten İlginç Öyküler</t>
+          <t>Ustanın Çocukları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786056147289</t>
+          <t>9786054532728</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Çakı</t>
+          <t>Tomurcuk - Belirli Gün ve Haftalarla İlgili Şiirler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786056147265</t>
+          <t>9789944026147</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sandıktaki Sır</t>
+          <t>Tilkinin Serüvenleri (Düz Yazılı - 10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>112</v>
+        <v>990</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786058911253</t>
+          <t>9786054532292</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlı Vadi</t>
+          <t>Tarihten İlginç Öyküler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054532049</t>
+          <t>9786056147289</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Fıkraları</t>
+          <t>Sihirli Çakı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786056147272</t>
+          <t>9786056147265</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Nerede?</t>
+          <t>Sandıktaki Sır</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786056147203</t>
+          <t>9786058911253</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kaptan</t>
+          <t>Rüzgarlı Vadi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944026154</t>
+          <t>9786054532049</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kendine Alışmak</t>
+          <t>Nasrettin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054532247</t>
+          <t>9786056147272</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan’ın Sihirli Değneği</t>
+          <t>Mutluluk Nerede?</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786056147296</t>
+          <t>9786056147203</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Keleşoğlan</t>
+          <t>Küçük Kaptan</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054532148</t>
+          <t>9789944026154</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Yakut Taşı</t>
+          <t>Kendine Alışmak</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054532056</t>
+          <t>9786054532247</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Gezegen 2. Dünya</t>
+          <t>Keloğlan’ın Sihirli Değneği</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054532063</t>
+          <t>9786056147296</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Karagöz’ün Kabusu Hacivat</t>
+          <t>Keloğlan Keleşoğlan</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>112</v>
+        <v>127</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786058911291</t>
+          <t>9786054532148</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hitit Güneşi</t>
+          <t>Kayıp Yakut Taşı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786054532131</t>
+          <t>9786054532056</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Hayal Dünyasının Gezginleri</t>
+          <t>Kayıp Gezegen 2. Dünya</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786056147234</t>
+          <t>9786054532063</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Eylül Uçmak İstiyor</t>
+          <t>Karagöz’ün Kabusu Hacivat</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054532162</t>
+          <t>9786058911291</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi’nin Seyhatname’sinden Seçmeler</t>
+          <t>Hitit Güneşi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786054532087</t>
+          <t>9786054532131</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Duygu Hırsızı - Düşlerde Olanım Gel</t>
+          <t>Hayal Dünyasının Gezginleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>112</v>
+        <v>146</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786058911215</t>
+          <t>9786056147234</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ceninden Ergenliğe</t>
+          <t>Eylül Uçmak İstiyor</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>168</v>
+        <v>146</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944026161</t>
+          <t>9786054532162</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Büküntü</t>
+          <t>Evliya Çelebi’nin Seyhatname’sinden Seçmeler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>126</v>
+        <v>146</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054532322</t>
+          <t>9786054532087</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Savrulmuş Çocuklar</t>
+          <t>Duygu Hırsızı - Düşlerde Olanım Gel</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>98</v>
+        <v>146</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054532353</t>
+          <t>9786058911215</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Uçan Şiirler</t>
+          <t>Ceninden Ergenliğe</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>98</v>
+        <v>218</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054532377</t>
+          <t>9789944026161</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Karne Sevinci</t>
+          <t>Büküntü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>112</v>
+        <v>164</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786054532322</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Savrulmuş Çocuklar</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786054532353</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Şiirler</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>