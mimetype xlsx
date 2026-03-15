--- v0 (2025-10-24)
+++ v1 (2026-03-15)
@@ -124,66 +124,66 @@
         <is>
           <t>9789754761733</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Deyimler, Atasözleri ve Güzel Sözler Sözlüğü</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9789754769401</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Resimli Deyimler ve Atasözleri Sözlüğü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9789754769371</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Resimli İngilizce Sözlük</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9789759099657</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Coğrafya Atlası</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9789759099671</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
@@ -229,51 +229,51 @@
         <is>
           <t>9789754769418</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Kitap Özeti Defteri</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9789754768848</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Resimli Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789754766813</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Özyürek İmla Kılavuzu</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>100</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>