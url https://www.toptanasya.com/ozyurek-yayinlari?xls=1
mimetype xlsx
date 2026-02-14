--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -2689,51 +2689,51 @@
         <is>
           <t>9789944942751</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Çizgi Çocuk</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>9789754767278</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Çitlembik Ağacı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>9789754767261</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Bizler Büyüyünce</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>9789754768329</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
@@ -6439,51 +6439,51 @@
         <is>
           <t>9789754767001</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
           <t>Onurlu Korkuluk</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
           <t>9789754767148</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
           <t>Okul Yolunda</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
           <t>9789754761511</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesi Zeka Geliştirme Oyunları 2</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
           <t>9789754766189</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
@@ -6574,51 +6574,51 @@
         <is>
           <t>9789754768008</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
           <t>Küçük Yarışçı</t>
         </is>
       </c>
       <c r="C433" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
           <t>9789754768381</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
           <t>Küçük Satıcı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
           <t>9789754762594</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
           <t>Küçük Ressam</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
           <t>9789754767742</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
@@ -7039,51 +7039,51 @@
         <is>
           <t>9789754766868</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
           <t>2. ve 3. Sınıflar İçin Öykü Seti (35 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>1500</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
           <t>9789754768282</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
           <t>14 Yaş Orada</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
           <t>9789754769074</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
           <t>Denizkızı</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
           <t>9789754766929</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>