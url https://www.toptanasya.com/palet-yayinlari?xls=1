--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,8290 +85,8350 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255603333</t>
+          <t>9786255603647</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Psikolojisi</t>
+          <t>O Bir Yönetmen Değildir İran Sinemasının Yasaklı Auteur’ü Cafer Panahi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255603302</t>
+          <t>9786255603562</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzleri</t>
+          <t>Kudretin ve Hikmetin Sultanı: Yavuz</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255603166</t>
+          <t>9786256345935</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nun Gibi Yaşamak</t>
+          <t>Muhammed Divanı - Gülşen-i Remz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255603265</t>
+          <t>9786255603142</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çarpıcı Olaylar ve Örneklerle/ Türkiye'de Definecilik (1923- 1973)</t>
+          <t>Tutum Değişimi Bağlamında Başörtüsünü Çıkarma Tecrübesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256345386</t>
+          <t>9786255603333</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Karay Atasözleri</t>
+          <t>İletişimin Psikolojisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255603210</t>
+          <t>9786255603302</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Film Estetiğinde Dijital Dokunuşlar</t>
+          <t>Geçmişin İzleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255603128</t>
+          <t>9786255603166</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Benim Çok Ülke Adım</t>
+          <t>Nun Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256345799</t>
+          <t>9786255603265</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Çarpıcı Olaylar ve Örneklerle/ Türkiye'de Definecilik (1923- 1973)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055262167</t>
+          <t>9786256345386</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Karay Atasözleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055583071</t>
+          <t>9786255603210</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>KPSS ve Kurum Sınavlarına Hazırlık Maliye</t>
+          <t>Belgesel Film Estetiğinde Dijital Dokunuşlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256345782</t>
+          <t>9786255603128</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Alemdağda Var Bir Yılan</t>
+          <t>Benim Çok Ülke Adım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256345805</t>
+          <t>9786256345799</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256345942</t>
+          <t>9786055262167</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Hikayeler</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256345560</t>
+          <t>9786055583071</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Dilsel İhtilafların Çözümünde Belagatın Anlama Etkisi</t>
+          <t>KPSS ve Kurum Sınavlarına Hazırlık Maliye</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256775428</t>
+          <t>9786256345782</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Sözlüğü Lügat-i Ferişteoğlu Şerhi</t>
+          <t>Alemdağda Var Bir Yılan</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256345928</t>
+          <t>9786256345805</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mi'rac-Name'de Söz Dizimi</t>
+          <t>Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055262013</t>
+          <t>9786256345942</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dürrü’l-Meknun Derviş Muhammed Bin eş-Şeyh Ahmed el-Ankaravi</t>
+          <t>Doğu’dan Hikayeler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256775985</t>
+          <t>9786256345560</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Sözlüğü Lügat-i Ferişteoğlu</t>
+          <t>Kur’an’daki Dilsel İhtilafların Çözümünde Belagatın Anlama Etkisi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057600615</t>
+          <t>9786256775428</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Selçuklu Sanatında Gezegen ve Burç Tasvirleri</t>
+          <t>Kur’an-ı Kerim Sözlüğü Lügat-i Ferişteoğlu Şerhi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256775312</t>
+          <t>9786256345928</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nestorıans</t>
+          <t>Mi'rac-Name'de Söz Dizimi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055262044</t>
+          <t>9786055262013</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ayıntablı Hamdi Baba Divanı</t>
+          <t>Dürrü’l-Meknun Derviş Muhammed Bin eş-Şeyh Ahmed el-Ankaravi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255603036</t>
+          <t>9786256775985</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ethnographic Textiles</t>
+          <t>Kur’an-ı Kerim Sözlüğü Lügat-i Ferişteoğlu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255603098</t>
+          <t>9786057600615</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ölçü</t>
+          <t>Anadolu Selçuklu Sanatında Gezegen ve Burç Tasvirleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256345379</t>
+          <t>9786256775312</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Anton Tien’in Türkçe Grameri</t>
+          <t>Nestorıans</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255603067</t>
+          <t>9786055262044</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim Çağındaki Yeni Kültürel Aracılar: Influencerlar</t>
+          <t>Ayıntablı Hamdi Baba Divanı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256345775</t>
+          <t>9786255603036</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli Külliyesi Kutsal Mekanda Ticaret</t>
+          <t>Ethnographic Textiles</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>400</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256345737</t>
+          <t>9786255603098</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Din ve Toplumsal Dayanışma</t>
+          <t>Ölçü</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057600202</t>
+          <t>9786256345379</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani’nin Peygamberlik Anlayışı</t>
+          <t>Anton Tien’in Türkçe Grameri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255603029</t>
+          <t>9786255603067</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisada Giriş</t>
+          <t>Dijital İletişim Çağındaki Yeni Kültürel Aracılar: Influencerlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059269858</t>
+          <t>9786256345775</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Vocabulary &amp; Grammar</t>
+          <t>Hacı Bayram-ı Veli Külliyesi Kutsal Mekanda Ticaret</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256345768</t>
+          <t>9786256345737</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Ayrılıkçılığı Yoluna Döşenen Taşlar</t>
+          <t>Din ve Toplumsal Dayanışma</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256401372</t>
+          <t>9786057600202</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dini Olandan Sekülere Hibrit Ahlak</t>
+          <t>İmam-ı Rabbani’nin Peygamberlik Anlayışı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256345645</t>
+          <t>9786255603029</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Köprülüler</t>
+          <t>Makro İktisada Giriş</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256345591</t>
+          <t>9786059269858</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretmenlerinin Ortaokul Öğrencilerine Tavsiye Ettikleri Kitaplar</t>
+          <t>Vocabulary &amp; Grammar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256345713</t>
+          <t>9786256345768</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bostan Çelebi’nin Kaleminden: Sultan Süleymen Zamanı</t>
+          <t>Ermeni Ayrılıkçılığı Yoluna Döşenen Taşlar</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256345355</t>
+          <t>9786256401372</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Beyşehir</t>
+          <t>Dini Olandan Sekülere Hibrit Ahlak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256345195</t>
+          <t>9786256345645</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Köprülüler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256345454</t>
+          <t>9786256345591</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Şarih Filozof İbn Rüşd’de Metafizik</t>
+          <t>Türkçe Öğretmenlerinin Ortaokul Öğrencilerine Tavsiye Ettikleri Kitaplar</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256345546</t>
+          <t>9786256345713</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Platon Düşüncesine Giriş</t>
+          <t>Bostan Çelebi’nin Kaleminden: Sultan Süleymen Zamanı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256345362</t>
+          <t>9786256345355</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Liseli Bir Sporcunun Romanı Spor Sağlık ve Bağışıklık</t>
+          <t>Cumhuriyet Döneminde Beyşehir</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257057875</t>
+          <t>9786256345195</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>YÖK-Dil Sağlık Bilimleri İngilizce Soru Bankası 2021</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256345461</t>
+          <t>9786256345454</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Televizyondan Dijitale Türk Dizi Karekterlerinin Değişimi</t>
+          <t>Şarih Filozof İbn Rüşd’de Metafizik</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256345485</t>
+          <t>9786256345546</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Innovative Models Strategies And Conceptualizations In PR</t>
+          <t>Platon Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1000</v>
+        <v>170</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256345188</t>
+          <t>9786256345362</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Arap Edebiyatında Bir Portre İbn Matuk ve Şiirleri</t>
+          <t>Liseli Bir Sporcunun Romanı Spor Sağlık ve Bağışıklık</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256345393</t>
+          <t>9786257057875</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada İletişim-II</t>
+          <t>YÖK-Dil Sağlık Bilimleri İngilizce Soru Bankası 2021</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256345003</t>
+          <t>9786256345461</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bir Evvel Zaman Muarriri Mustafa Ataman Kitabı</t>
+          <t>Televizyondan Dijitale Türk Dizi Karekterlerinin Değişimi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256345638</t>
+          <t>9786256345485</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak-5</t>
+          <t>Innovative Models Strategies And Conceptualizations In PR</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256401648</t>
+          <t>9786256345188</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Osmanlı Döneminde Arap Edebiyatında Bir Portre İbn Matuk ve Şiirleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256345416</t>
+          <t>9786256345393</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>40 Yıl 40 Dava</t>
+          <t>Sosyal Medyada İletişim-II</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256401600</t>
+          <t>9786256345003</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Bir Evvel Zaman Muarriri Mustafa Ataman Kitabı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057600462</t>
+          <t>9786256345638</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Batı Afrika Kabile Dilleri - Wolofça</t>
+          <t>Dijital İletişimi Anlamak-5</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256345331</t>
+          <t>9786256401648</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Sinema Araştırmaları ve Film Çözümlemeleri</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256345225</t>
+          <t>9786256345416</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Afganistan Özbek Hikâyesi</t>
+          <t>40 Yıl 40 Dava</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256345294</t>
+          <t>9786256401600</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256345270</t>
+          <t>9786057600462</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Stratejik İletişim ve Kamu Diplomasisi</t>
+          <t>Batı Afrika Kabile Dilleri - Wolofça</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256345287</t>
+          <t>9786256345331</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Sinema Araştırmaları ve Film Çözümlemeleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057600707</t>
+          <t>9786256345225</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Ocak</t>
+          <t>Günümüz Afganistan Özbek Hikâyesi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256345300</t>
+          <t>9786256345294</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256775404</t>
+          <t>9786256345270</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İdealist Öğretmen</t>
+          <t>Uluslararası İlişkilerde Stratejik İletişim ve Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>85</v>
+        <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256775886</t>
+          <t>9786256345287</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ozan Yaşar Çebişli</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256345249</t>
+          <t>9786057600707</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Alimler İdareciler Dervişler Bozulunca</t>
+          <t>Ocak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256775893</t>
+          <t>9786256345300</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kör Nakkaş ve Cinler</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257057257</t>
+          <t>9786256775404</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kenarda Kalmış</t>
+          <t>İdealist Öğretmen</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256345171</t>
+          <t>9786256775886</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Nakil</t>
+          <t>Ozan Yaşar Çebişli</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256401754</t>
+          <t>9786256345249</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Hikayeleri</t>
+          <t>Alimler İdareciler Dervişler Bozulunca</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256775237</t>
+          <t>9786256775893</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Nusayrilik</t>
+          <t>Kör Nakkaş ve Cinler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256345102</t>
+          <t>9786257057257</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Fas’ta İslam Mimarisi</t>
+          <t>Kenarda Kalmış</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256345133</t>
+          <t>9786256345171</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi’nema</t>
+          <t>Nakil</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256345072</t>
+          <t>9786256401754</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Medyayla İlişkiler ve Basın Bültenleri</t>
+          <t>Anadolu Hikayeleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256775879</t>
+          <t>9786256775237</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bir Zalimin Encamı</t>
+          <t>Nusayrilik</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257057127</t>
+          <t>9786256345102</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Avusturya İmparatoriçesi Maria Theresia’nın Türk Evlatlığı / Türk Sefirleri Viyana'da</t>
+          <t>Fas’ta İslam Mimarisi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256775923</t>
+          <t>9786256345133</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Öngörü ve Uyanma Zamanı</t>
+          <t>Diplomasi’nema</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256401181</t>
+          <t>9786256345072</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Samandağlı Bir Şair Süleyman El-İsa</t>
+          <t>Halkla İlişkilerde Medyayla İlişkiler ve Basın Bültenleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256775978</t>
+          <t>9786256775879</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Stratejin Kadar Başarılısın</t>
+          <t>Bir Zalimin Encamı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256775961</t>
+          <t>9786257057127</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Stratejin Kadar Başarılısın</t>
+          <t>Avusturya İmparatoriçesi Maria Theresia’nın Türk Evlatlığı / Türk Sefirleri Viyana'da</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256775480</t>
+          <t>9786256775923</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşağı Saksonya ve Bremen Türk Diasporasının 100. Yılına Armağan</t>
+          <t>Stratejik Öngörü ve Uyanma Zamanı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256775992</t>
+          <t>9786256401181</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Türk - İslam Edebiyatı Üzerine Makaleler</t>
+          <t>Samandağlı Bir Şair Süleyman El-İsa</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256345010</t>
+          <t>9786256775978</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Lodos</t>
+          <t>Stratejin Kadar Başarılısın</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258414646</t>
+          <t>9786256775961</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Arap Edebiyatı El-Muhibbi</t>
+          <t>Stratejin Kadar Başarılısın</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256401396</t>
+          <t>9786256775480</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Yeniden Asya</t>
+          <t>Aşağı Saksonya ve Bremen Türk Diasporasının 100. Yılına Armağan</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256401211</t>
+          <t>9786256775992</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Larende Vakfiyeleri</t>
+          <t>Türk - İslam Edebiyatı Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258414813</t>
+          <t>9786256345010</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Havacılıkta Halkla İlişkiler</t>
+          <t>Lodos</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258414066</t>
+          <t>9786258414646</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Challenger</t>
+          <t>Osmanlı Dönemi Arap Edebiyatı El-Muhibbi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256775527</t>
+          <t>9786256401396</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyetinin Kuruluşu Devrimler ve Karşı Devrimler</t>
+          <t>Uluslararası İlişkilerde Yeniden Asya</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256775398</t>
+          <t>9786256401211</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Müesseseleri Tarihi</t>
+          <t>Larende Vakfiyeleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256775954</t>
+          <t>9786258414813</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ben Cahit Sıtkı Sesim Sessizliğim Oldu</t>
+          <t>Havacılıkta Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256775787</t>
+          <t>9786258414066</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak-4</t>
+          <t>Challenger</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256401921</t>
+          <t>9786256775527</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Okul ve Toplum</t>
+          <t>Türkiye Cumhuriyetinin Kuruluşu Devrimler ve Karşı Devrimler</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256775367</t>
+          <t>9786256775398</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Şair Olarak Muhyiddin İbnü’l Arabi</t>
+          <t>Osmanlı Müesseseleri Tarihi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256775336</t>
+          <t>9786256775954</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>New Trends and Promising Directions in Modern Education</t>
+          <t>Ben Cahit Sıtkı Sesim Sessizliğim Oldu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256775213</t>
+          <t>9786256775787</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde İletişim Filler</t>
+          <t>Dijital İletişimi Anlamak-4</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256775107</t>
+          <t>9786256401921</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ezelden Aşinayız Türk Şiiri ve Romanı Üzerine Yazılar</t>
+          <t>Okul ve Toplum</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256775305</t>
+          <t>9786256775367</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Musa-Name</t>
+          <t>Şair Olarak Muhyiddin İbnü’l Arabi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256775251</t>
+          <t>9786256775336</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>2000 Sonrası Türk Sinemasında Mizansen: 13 Yönetmen ve 13 Film</t>
+          <t>New Trends and Promising Directions in Modern Education</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256775145</t>
+          <t>9786256775213</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Organ Adlarıyla Kurulan Eski Türkçe Deyimlerde Duygular</t>
+          <t>Türkiye Türkçesinde İletişim Filler</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256775022</t>
+          <t>9786256775107</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kültür, İletişim ve Diplomasi</t>
+          <t>Ezelden Aşinayız Türk Şiiri ve Romanı Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256775039</t>
+          <t>9786256775305</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca Raḥatü'l-Kulub</t>
+          <t>Musa-Name</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256775084</t>
+          <t>9786256775251</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Ötesi: Farklı Bakış Açılarıyla Sinema</t>
+          <t>2000 Sonrası Türk Sinemasında Mizansen: 13 Yönetmen ve 13 Film</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256775015</t>
+          <t>9786256775145</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Serdarabad’ın Serencamı: Bir Nehir İki Ülke(1927-1953)</t>
+          <t>Organ Adlarıyla Kurulan Eski Türkçe Deyimlerde Duygular</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256775053</t>
+          <t>9786256775022</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Gösterişçi Tüketimin Seremonisi</t>
+          <t>Kültür, İletişim ve Diplomasi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256401891</t>
+          <t>9786256775039</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Senelerinde Teşkilat-ı Mahsusa</t>
+          <t>Çağatayca Raḥatü'l-Kulub</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256401945</t>
+          <t>9786256775084</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Perdenin Ötesi: Farklı Bakış Açılarıyla Sinema</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256401778</t>
+          <t>9786256775015</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Osman Döneminde Taşkent/Pirlevganda’nın Klasik Eğitim Kurumları</t>
+          <t>Serdarabad’ın Serencamı: Bir Nehir İki Ülke(1927-1953)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256401853</t>
+          <t>9786256775053</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Makedonya "Kanatlar” Köyünde Bektaşi Kültürü</t>
+          <t>Gösterişçi Tüketimin Seremonisi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256401884</t>
+          <t>9786256401891</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Sıderıtıs Montana Subsp. Montana Ve Sıderıtıs Montana Subsp. Remota Üzerine Farmakognozik Araştırmalar</t>
+          <t>Milli Mücadele Senelerinde Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256401877</t>
+          <t>9786256401945</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Uşaklı Derüni ve Divançesi</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256401662</t>
+          <t>9786256401778</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Bilimler Literatüründe Yörükler</t>
+          <t>Osman Döneminde Taşkent/Pirlevganda’nın Klasik Eğitim Kurumları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786056401808</t>
+          <t>9786256401853</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yemen Arap Edebiyatı Emir San'ani Divanı</t>
+          <t>Kuzey Makedonya "Kanatlar” Köyünde Bektaşi Kültürü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256401860</t>
+          <t>9786256401884</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şemsi-i Bağdadi Ve Manzaru'l-ebrar Mesnevisi</t>
+          <t>Sıderıtıs Montana Subsp. Montana Ve Sıderıtıs Montana Subsp. Remota Üzerine Farmakognozik Araştırmalar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258414158</t>
+          <t>9786256401877</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Karapınar Sultan Selim Camii Ve Külliyesi</t>
+          <t>Uşaklı Derüni ve Divançesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256401327</t>
+          <t>9786256401662</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Millî Mücadele Döneminde Güney Cephesi</t>
+          <t>Türkiye’de Sosyal Bilimler Literatüründe Yörükler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256401303</t>
+          <t>9786056401808</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Karay Awazı Dergisinde Geçen Deyimler Sözlüğü</t>
+          <t>Yemen Arap Edebiyatı Emir San'ani Divanı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256401785</t>
+          <t>9786256401860</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İyi-Kötü-Çirkin Mücadelesi</t>
+          <t>Şemsi-i Bağdadi Ve Manzaru'l-ebrar Mesnevisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256401686</t>
+          <t>9786258414158</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’te Eleştirel Düşünce</t>
+          <t>Karapınar Sultan Selim Camii Ve Külliyesi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256401730</t>
+          <t>9786256401327</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hurufi Şair Arşi Divanı (İnceleme - Metin)</t>
+          <t>Millî Mücadele Döneminde Güney Cephesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256401747</t>
+          <t>9786256401303</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kuva-yı Milliye Döneminde Afyonkarahisar 1918-1920</t>
+          <t>Karay Awazı Dergisinde Geçen Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258414356</t>
+          <t>9786256401785</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kazakça İlk Alfabe Kitabı Okuv Kuralı</t>
+          <t>İyi-Kötü-Çirkin Mücadelesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257675956</t>
+          <t>9786256401686</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
+          <t>Mehmet Akif’te Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257675574</t>
+          <t>9786256401730</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>W. Radloff’un Türk Lehçeleri Sözlüğü Denemesi Eserindeki Karaim (Karay) Türkçesi Söz Varlığı</t>
+          <t>Hurufi Şair Arşi Divanı (İnceleme - Metin)</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257675598</t>
+          <t>9786256401747</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Manavgat Ağzı Sözlüğü</t>
+          <t>Kuva-yı Milliye Döneminde Afyonkarahisar 1918-1920</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052338308</t>
+          <t>9786258414356</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Eğitimden Damlalar</t>
+          <t>Kazakça İlk Alfabe Kitabı Okuv Kuralı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055627560</t>
+          <t>9786257675956</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Uygulamalı Türk Dili ve Kompozisyon Bilgileri</t>
+          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059269445</t>
+          <t>9786257675574</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi / Söz Dizimi</t>
+          <t>W. Radloff’un Türk Lehçeleri Sözlüğü Denemesi Eserindeki Karaim (Karay) Türkçesi Söz Varlığı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257057608</t>
+          <t>9786257675598</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Olumsuzluk Algısı</t>
+          <t>Açıklamalı Manavgat Ağzı Sözlüğü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256401693</t>
+          <t>9786052338308</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>From Geopolitic to Geostrategy</t>
+          <t>Eğitimden Damlalar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256401037</t>
+          <t>9786055627560</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İlm-İ Ahlak</t>
+          <t>Üniversiteler İçin Uygulamalı Türk Dili ve Kompozisyon Bilgileri</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256401570</t>
+          <t>9786059269445</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>İklimin Geleceği - İklim Değişikliğine Disiplinlerarası Bir Bakış</t>
+          <t>Türkiye Türkçesi / Söz Dizimi</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258414639</t>
+          <t>9786257057608</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Yapı ve Anlam - Ez-Zeccac ve Kitabu Fe'altu ve Ef'altu</t>
+          <t>Türkçede Olumsuzluk Algısı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256401501</t>
+          <t>9786256401693</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Altay Türkçesi ve Türkiye Türkçesi Ağızlarının (Eski Türkçeyle Karşılaştırmalı) Ortak Kelimeler Sözlüğü</t>
+          <t>From Geopolitic to Geostrategy</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256401532</t>
+          <t>9786256401037</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Arslanköy Hadisesi</t>
+          <t>İlm-İ Ahlak</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256401419</t>
+          <t>9786256401570</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Hicaz Şairlerinden Abdulaziz Ez-Zemzemi ve Divanı</t>
+          <t>İklimin Geleceği - İklim Değişikliğine Disiplinlerarası Bir Bakış</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258414912</t>
+          <t>9786258414639</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Selçukludan Cumhuriyete Konya Şehir İçi Hanları</t>
+          <t>Arap Dilinde Yapı ve Anlam - Ez-Zeccac ve Kitabu Fe'altu ve Ef'altu</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256401440</t>
+          <t>9786256401501</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Soru Üslubu</t>
+          <t>Altay Türkçesi ve Türkiye Türkçesi Ağızlarının (Eski Türkçeyle Karşılaştırmalı) Ortak Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057600783</t>
+          <t>9786256401532</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Okuma Kitabı C+ Kuru</t>
+          <t>Arslanköy Hadisesi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052338889</t>
+          <t>9786256401419</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
+          <t>Osmanlı Dönemi Hicaz Şairlerinden Abdulaziz Ez-Zemzemi ve Divanı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258414455</t>
+          <t>9786258414912</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Terceme-i Sevakıb</t>
+          <t>Selçukludan Cumhuriyete Konya Şehir İçi Hanları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256401495</t>
+          <t>9786256401440</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu Sinemasının Şimdiki Geçmiş Zamanı - Teknoloji Beden ve Kimlik</t>
+          <t>Hz. Peygamber’in Soru Üslubu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256401457</t>
+          <t>9786057600783</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Dünyası</t>
+          <t>Yabancılar İçin Türkçe Okuma Kitabı C+ Kuru</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256401389</t>
+          <t>9786052338889</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Türk Cilt Sanatında Mücellid Mühürleri</t>
+          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256401402</t>
+          <t>9786258414455</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sistemsel Bunalımdan Çıkış</t>
+          <t>Terceme-i Sevakıb</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256401358</t>
+          <t>9786256401495</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Beyitler Arasında</t>
+          <t>Bilim Kurgu Sinemasının Şimdiki Geçmiş Zamanı - Teknoloji Beden ve Kimlik</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786258414448</t>
+          <t>9786256401457</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Eğitiminde Yeni Bir Nesil Yetiştirme Çalışmaları 1923-1950</t>
+          <t>Medeniyetler Dünyası</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786258414783</t>
+          <t>9786256401389</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma Sürecinde Beşeri Sermayenin Önemi</t>
+          <t>Türk Cilt Sanatında Mücellid Mühürleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786258414950</t>
+          <t>9786256401402</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kültürel ve Sosyal Bağlamda Burdur Törenleri</t>
+          <t>Sistemsel Bunalımdan Çıkış</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256401006</t>
+          <t>9786256401358</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yeni Göçmenleri</t>
+          <t>Beyitler Arasında</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258414998</t>
+          <t>9786258414448</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak-3</t>
+          <t>Cumhuriyet Eğitiminde Yeni Bir Nesil Yetiştirme Çalışmaları 1923-1950</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258414790</t>
+          <t>9786258414783</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Borç Ve Kredi Kullanımı</t>
+          <t>Kalkınma Sürecinde Beşeri Sermayenin Önemi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057600219</t>
+          <t>9786258414950</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani’nin Zat Ve Sıfat Anlayışı</t>
+          <t>Kültürel ve Sosyal Bağlamda Burdur Törenleri</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258414905</t>
+          <t>9786256401006</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Ve Kafkasya</t>
+          <t>Türkiye’nin Yeni Göçmenleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258414875</t>
+          <t>9786258414998</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Baba Ravşan Destanı</t>
+          <t>Dijital İletişimi Anlamak-3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258414820</t>
+          <t>9786258414790</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Osmanlı Toplumunda Borç Ve Kredi Kullanımı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258414806</t>
+          <t>9786057600219</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Clarıssa</t>
+          <t>İmam-ı Rabbani’nin Zat Ve Sıfat Anlayışı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258414738</t>
+          <t>9786258414905</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Eski Eser Kaçakçılığı</t>
+          <t>Orta Asya Ve Kafkasya</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258414592</t>
+          <t>9786258414875</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Literatüründe Menasikü’l-hac” Geleneği Menasikü’l-kari Örneği</t>
+          <t>Baba Ravşan Destanı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258414578</t>
+          <t>9786258414820</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mevlidü’n Nebi</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258414707</t>
+          <t>9786258414806</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Joseph Roth’un Romanlarında Çöküş Yalnızlık Ve Şark İmajı</t>
+          <t>Clarıssa</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258414509</t>
+          <t>9786258414738</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Şırnak Tarihi (İdari, Sosyal ve Ekonomik Yapı, 1853-1929)</t>
+          <t>Türkiye’de Eski Eser Kaçakçılığı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258414523</t>
+          <t>9786258414592</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Döneminde Bürokrasi ve Modernleşme</t>
+          <t>Fıkıh Literatüründe Menasikü’l-hac” Geleneği Menasikü’l-kari Örneği</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258414547</t>
+          <t>9786258414578</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Mevlidü’n Nebi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258414530</t>
+          <t>9786258414707</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bir Divane Sır: Mehmet Sezai</t>
+          <t>Joseph Roth’un Romanlarında Çöküş Yalnızlık Ve Şark İmajı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258414462</t>
+          <t>9786258414509</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Halk İnançları</t>
+          <t>Osmanlı’dan Cumhuriyet’e Şırnak Tarihi (İdari, Sosyal ve Ekonomik Yapı, 1853-1929)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258414424</t>
+          <t>9786258414523</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Türk Efsanelerinde Tayyimekân Tayyizaman Olgusu</t>
+          <t>Atatürk Döneminde Bürokrasi ve Modernleşme</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258414295</t>
+          <t>9786258414547</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türk Felsefesi</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258414318</t>
+          <t>9786258414530</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Bir Divane Sır: Mehmet Sezai</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258414301</t>
+          <t>9786258414462</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Ağrı Halk İnançları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258414189</t>
+          <t>9786258414424</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>O (ki Gönüllerde Yaşıyor)</t>
+          <t>Türk Efsanelerinde Tayyimekân Tayyizaman Olgusu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257675802</t>
+          <t>9786258414295</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Serrac-zade Hasan Hatif Manzum Seyahatname</t>
+          <t>Türk Felsefesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258414240</t>
+          <t>9786258414318</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kültürü ve Türkmen Kültürüne Dayalı Söz Varlığı</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258414226</t>
+          <t>9786258414301</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Politikalar Çerçevesinde Türk Medyasının Mülkiyet Yapısının Değişimi</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258414110</t>
+          <t>9786258414189</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Ziyafet Olgusu</t>
+          <t>O (ki Gönüllerde Yaşıyor)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>4440000000847</t>
+          <t>9786257675802</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Ruhlar</t>
+          <t>Serrac-zade Hasan Hatif Manzum Seyahatname</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>4440000000848</t>
+          <t>9786258414240</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Joseph Fouche</t>
+          <t>Türkmen Kültürü ve Türkmen Kültürüne Dayalı Söz Varlığı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055262440</t>
+          <t>9786258414226</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Diasporada Dini Yaşamak</t>
+          <t>Neoliberal Politikalar Çerçevesinde Türk Medyasının Mülkiyet Yapısının Değişimi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057600516</t>
+          <t>9786258414110</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ateizmin Psiko-Sosyolojisi (2 Cilt Takım)</t>
+          <t>Türk Kültüründe Ziyafet Olgusu</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786058913707</t>
+          <t>4440000000847</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler için Dil ve Anlatım</t>
+          <t>Huzursuz Ruhlar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057600356</t>
+          <t>4440000000848</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Türkçesinde Birleşik Sözcükler</t>
+          <t>Joseph Fouche</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258414165</t>
+          <t>9786055262440</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Nisyan İle Mağrur</t>
+          <t>Diasporada Dini Yaşamak</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258414222</t>
+          <t>9786057600516</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında İsmet İnönü’nün Resmî Ve Gayriresmî Yurt Dışı Temasları (1931-1971)</t>
+          <t>Ateizmin Psiko-Sosyolojisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258414035</t>
+          <t>9786058913707</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Mi’racün’n - Nebi</t>
+          <t>Üniversiteler için Dil ve Anlatım</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258414028</t>
+          <t>9786057600356</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Uşak’ta Sağlık</t>
+          <t>Türkmen Türkçesinde Birleşik Sözcükler</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258414059</t>
+          <t>9786258414165</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş</t>
+          <t>Nisyan İle Mağrur</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258414042</t>
+          <t>9786258414222</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Aşçıbaşı Diyor ki</t>
+          <t>Türk Dış Politikasında İsmet İnönü’nün Resmî Ve Gayriresmî Yurt Dışı Temasları (1931-1971)</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258414004</t>
+          <t>9786258414035</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasi Partiler ve Milliyetçilik</t>
+          <t>Mi’racün’n - Nebi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257675994</t>
+          <t>9786258414028</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kamu Yönetimi</t>
+          <t>Osmanlı’dan Cumhuriyet’e Uşak’ta Sağlık</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257675987</t>
+          <t>9786258414059</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Rahmi Gürpınar'ın Romanlarında Sosyal Tenkit</t>
+          <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257057882</t>
+          <t>9786258414042</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hüsam Katip Cümcümename</t>
+          <t>Aşçıbaşı Diyor ki</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257675888</t>
+          <t>9786258414004</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak 2</t>
+          <t>Türkiye'de Siyasi Partiler ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257675796</t>
+          <t>9786257675994</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Eleşkirt</t>
+          <t>Yeni Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257675581</t>
+          <t>9786257675987</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Antalya Göç Kitabı</t>
+          <t>Hüseyin Rahmi Gürpınar'ın Romanlarında Sosyal Tenkit</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257675512</t>
+          <t>9786257057882</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Hüsam Katip Cümcümename</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257675567</t>
+          <t>9786257675888</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca Kabusname Tercümesi</t>
+          <t>Dijital İletişimi Anlamak 2</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257675819</t>
+          <t>9786257675796</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Entegrasyon</t>
+          <t>Geçmişten Günümüze Eleşkirt</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257675864</t>
+          <t>9786257675581</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerde Kurumsal İmaj</t>
+          <t>Antalya Göç Kitabı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257675666</t>
+          <t>9786257675512</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Kirişçi Baba</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257675659</t>
+          <t>9786257675567</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Macellan</t>
+          <t>Çağatayca Kabusname Tercümesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257675765</t>
+          <t>9786257675819</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Değişim Rüzgarı</t>
+          <t>Göç ve Entegrasyon</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257675628</t>
+          <t>9786257675864</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Viyana’da Türk İzleri</t>
+          <t>Üniversitelerde Kurumsal İmaj</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257675604</t>
+          <t>9786257675666</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Aydın Vilayeti Suç İstatistikleri</t>
+          <t>Yunus Emre Kirişçi Baba</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257675543</t>
+          <t>9786257675659</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Macellan</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257675536</t>
+          <t>9786257675765</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Eylül Masalı</t>
+          <t>Değişim Rüzgarı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257675529</t>
+          <t>9786257675628</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Eylül (Eleştirel Basım)</t>
+          <t>Viyana’da Türk İzleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257675321</t>
+          <t>9786257675604</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Türklük Yazıları</t>
+          <t>2. Meşrutiyet Dönemi Aydın Vilayeti Suç İstatistikleri</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257675505</t>
+          <t>9786257675543</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257057950</t>
+          <t>9786257675536</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri (Orijinal Metin)</t>
+          <t>Eylül Masalı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257675437</t>
+          <t>9786257675529</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Grimm Kardeşler Diez'in Tepegöz Özel Baskısını Okudu mu?</t>
+          <t>Eylül (Eleştirel Basım)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257675420</t>
+          <t>9786257675321</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hayy'dan Hu'ya Hay Bin Yakzan</t>
+          <t>Türklük Yazıları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257675444</t>
+          <t>9786257675505</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Çözümü ve İslam</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257675413</t>
+          <t>9786257057950</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>New Trends and Promising Directions in Modern Education</t>
+          <t>Lale Devri (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257675468</t>
+          <t>9786257675437</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri Milli Mücadele ve Türkiye Cumhuriyeti Tarihi</t>
+          <t>Grimm Kardeşler Diez'in Tepegöz Özel Baskısını Okudu mu?</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>360</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257057868</t>
+          <t>9786257675420</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yörük Araştırmaları 2</t>
+          <t>Hayy'dan Hu'ya Hay Bin Yakzan</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257675376</t>
+          <t>9786257675444</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Beyşehir</t>
+          <t>Çatışma Çözümü ve İslam</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>1000</v>
+        <v>150</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257675390</t>
+          <t>9786257675413</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Family As The Source Of Terror In Patrick Mcgrath’s New Gothic Novels</t>
+          <t>New Trends and Promising Directions in Modern Education</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257675383</t>
+          <t>9786257675468</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Bitki Adları Sözlüğü</t>
+          <t>Atatürk İlkeleri Milli Mücadele ve Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257675345</t>
+          <t>9786257057868</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Türk Sineması Üzerine Yeni Söylemler: Çağdaş Temsiller, Çözümlemeler ve Türler</t>
+          <t>Yörük Araştırmaları 2</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257675307</t>
+          <t>9786257675376</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da İlk Selçuklu Mimarisi Ani</t>
+          <t>Beyşehir</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257675352</t>
+          <t>9786257675390</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Rüya Lekesi</t>
+          <t>Family As The Source Of Terror In Patrick Mcgrath’s New Gothic Novels</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257675291</t>
+          <t>9786257675383</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi Sülukü</t>
+          <t>Azerbaycan Bitki Adları Sözlüğü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257675314</t>
+          <t>9786257675345</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Baba Nimetullah Nahcuvani</t>
+          <t>Türk Sineması Üzerine Yeni Söylemler: Çağdaş Temsiller, Çözümlemeler ve Türler</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257675239</t>
+          <t>9786257675307</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Anadolu'da İlk Selçuklu Mimarisi Ani</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257675208</t>
+          <t>9786257675352</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Rüya Lekesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257675253</t>
+          <t>9786257675291</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Stratejiyi ve Coğrafyayı Anlamak</t>
+          <t>Mevlevi Sülukü</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257675277</t>
+          <t>9786257675314</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Anılarından Köşede Kalanlar</t>
+          <t>Baba Nimetullah Nahcuvani</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257675222</t>
+          <t>9786257675239</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Eski Kahramanlar</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257675260</t>
+          <t>9786257675208</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kahta’nın Han ve Hamamları</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257675246</t>
+          <t>9786257675253</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Bediiyye Geleneği ve Suyuti’nin Nazmu’l-Bedi Adlı Eseri</t>
+          <t>Uluslararası İlişkilerde Stratejiyi ve Coğrafyayı Anlamak</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257675161</t>
+          <t>9786257675277</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Tütün Kahve Çay</t>
+          <t>Karıncanın Anılarından Köşede Kalanlar</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257057967</t>
+          <t>9786257675222</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Eski Kahramanlar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257675215</t>
+          <t>9786257675260</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Mimarisinde Minareli Taç Kapılar</t>
+          <t>Kahta’nın Han ve Hamamları</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257675154</t>
+          <t>9786257675246</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi Olmaya Adam</t>
+          <t>Arap Edebiyatında Bediiyye Geleneği ve Suyuti’nin Nazmu’l-Bedi Adlı Eseri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257675178</t>
+          <t>9786257675161</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Muharrerat-ı Nisvan</t>
+          <t>Tütün Kahve Çay</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257057974</t>
+          <t>9786257057967</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Gönlün Halleri - İbrahim Gülşeni'nin Makamat-ı İlahisi'si</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257675116</t>
+          <t>9786257675215</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Batılı Gezginleri Yörük-Türkmen İmgesi</t>
+          <t>Türk İslam Mimarisinde Minareli Taç Kapılar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257057479</t>
+          <t>9786257675154</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Politikada Halkla İlişkiler</t>
+          <t>Hikayesi Olmaya Adam</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257675055</t>
+          <t>9786257675178</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Kadın Bakışı</t>
+          <t>Muharrerat-ı Nisvan</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257057813</t>
+          <t>9786257057974</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Gönlün Halleri - İbrahim Gülşeni'nin Makamat-ı İlahisi'si</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257675017</t>
+          <t>9786257675116</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mental Fiil Teorisi</t>
+          <t>Batılı Gezginleri Yörük-Türkmen İmgesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257057929</t>
+          <t>9786257057479</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri (Sadeleştirilmiş Metin)</t>
+          <t>Politikada Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257057936</t>
+          <t>9786257675055</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadeleyi Yargılamak</t>
+          <t>Sinemada Kadın Bakışı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257057707</t>
+          <t>9786257057813</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Rubaiyyat-ı Dai</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059269186</t>
+          <t>9786257675017</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i Yusuf</t>
+          <t>Mental Fiil Teorisi</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257057738</t>
+          <t>9786257057929</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınına Yansımalarıyla Hatay Sorunu (1936-1939)</t>
+          <t>Lale Devri (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257057790</t>
+          <t>9786257057936</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Müzesinde Bulunan Samsat Sırlı Seramikler</t>
+          <t>Milli Mücadeleyi Yargılamak</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257057745</t>
+          <t>9786257057707</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne - 4</t>
+          <t>Rubaiyyat-ı Dai</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786257057721</t>
+          <t>9786059269186</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Muhyi’nin Selim-Namesi</t>
+          <t>Kıssa-i Yusuf</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257057837</t>
+          <t>9786257057738</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Alman Bild Gazetesinde “Barış Pınarı Harekatı”</t>
+          <t>Türk Basınına Yansımalarıyla Hatay Sorunu (1936-1939)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257057783</t>
+          <t>9786257057790</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Adıyaman Müzesinde Bulunan Samsat Sırlı Seramikler</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257057912</t>
+          <t>9786257057745</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak 1</t>
+          <t>Dünden Bugüne - 4</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257057691</t>
+          <t>9786257057721</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Özellikleri Bağlamında Gençlerin Siyasal Katılımı</t>
+          <t>Muhyi’nin Selim-Namesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257057769</t>
+          <t>9786257057837</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Kalan</t>
+          <t>Alman Bild Gazetesinde “Barış Pınarı Harekatı”</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257057615</t>
+          <t>9786257057783</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluk ve Marka İmajı</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257057592</t>
+          <t>9786257057912</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Yeni Mekan Yeni Mesaj</t>
+          <t>Dijital İletişimi Anlamak 1</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257057264</t>
+          <t>9786257057691</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Susam ve Zambaklar</t>
+          <t>Kişilik Özellikleri Bağlamında Gençlerin Siyasal Katılımı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057600790</t>
+          <t>9786257057769</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Harimi (Şehzade Korkud) Divanı</t>
+          <t>Karanlıktan Kalan</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257057523</t>
+          <t>9786257057615</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın Sesi</t>
+          <t>Kurumsal Sosyal Sorumluk ve Marka İmajı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257057509</t>
+          <t>9786257057592</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Arkasında</t>
+          <t>Yeni Medya Yeni Mekan Yeni Mesaj</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257057516</t>
+          <t>9786257057264</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Acı Günleri</t>
+          <t>Susam ve Zambaklar</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786257057493</t>
+          <t>9786057600790</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim Yazıları</t>
+          <t>Harimi (Şehzade Korkud) Divanı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257057462</t>
+          <t>9786257057523</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Din Anlayışında Reform</t>
+          <t>Vicdanın Sesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257057455</t>
+          <t>9786257057509</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Balat ve Çine Vakıfları</t>
+          <t>Işıklar Arkasında</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257057158</t>
+          <t>9786257057516</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kubbe-i Hadra Kalemişi Tezyinatı ve Onarımı</t>
+          <t>Türkçenin Acı Günleri</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257057448</t>
+          <t>9786257057493</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Masal ve Peri</t>
+          <t>Siyasal İletişim Yazıları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257057356</t>
+          <t>9786257057462</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Aladağ’ın İncisi Derbent</t>
+          <t>Din Anlayışında Reform</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257057303</t>
+          <t>9786257057455</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kahraman-Name</t>
+          <t>Balat ve Çine Vakıfları</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257057295</t>
+          <t>9786257057158</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Mektuplarla Yunus Emre</t>
+          <t>Kubbe-i Hadra Kalemişi Tezyinatı ve Onarımı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257057318</t>
+          <t>9786257057448</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Toplum İnşa Etmek</t>
+          <t>Masal ve Peri</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257057271</t>
+          <t>9786257057356</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devletin Yarım Türkler’i</t>
+          <t>Aladağ’ın İncisi Derbent</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257057288</t>
+          <t>9786257057303</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası ve Kamu Diplomasisi Faaliyetleri (1934-1960)</t>
+          <t>Kahraman-Name</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057600141</t>
+          <t>9786257057295</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani’de İman Kavramı Süri ve Hakiki İman</t>
+          <t>Mektuplarla Yunus Emre</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257057103</t>
+          <t>9786257057318</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Fağfür-Name</t>
+          <t>Yeni Bir Toplum İnşa Etmek</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257057189</t>
+          <t>9786257057271</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Amerikan Edebiyatında Erkekler ve Erkeklikler</t>
+          <t>Ulus Devletin Yarım Türkler’i</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257057134</t>
+          <t>9786257057288</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri’nin Gölgesinde</t>
+          <t>Türk Dış Politikası ve Kamu Diplomasisi Faaliyetleri (1934-1960)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786257057202</t>
+          <t>9786057600141</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Diplomat Sahabiler</t>
+          <t>İmam-ı Rabbani’de İman Kavramı Süri ve Hakiki İman</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057600936</t>
+          <t>9786257057103</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu (Eski ve Yeni Harflerle)</t>
+          <t>Fağfür-Name</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257057165</t>
+          <t>9786257057189</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Rotterdamlı Erasmus</t>
+          <t>20. Yüzyıl Amerikan Edebiyatında Erkekler ve Erkeklikler</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257057141</t>
+          <t>9786257057134</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Modern İnsanın Yalnızlığı</t>
+          <t>Tiryaki Sözleri’nin Gölgesinde</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257057110</t>
+          <t>9786257057202</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler</t>
+          <t>Diplomat Sahabiler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057600899</t>
+          <t>9786057600936</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tutiname</t>
+          <t>Ömer’in Çocukluğu (Eski ve Yeni Harflerle)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057600851</t>
+          <t>9786257057165</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Şairlerinden Yusuf El-Esir ve Şiiri</t>
+          <t>Rotterdamlı Erasmus</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057600844</t>
+          <t>9786257057141</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hadis Mezhep İhtilaf</t>
+          <t>Modern İnsanın Yalnızlığı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057600967</t>
+          <t>9786257057110</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Mahkeme</t>
+          <t>Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057600608</t>
+          <t>9786057600899</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Gök Sancak</t>
+          <t>Tutiname</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057600837</t>
+          <t>9786057600851</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Seyahatnamelerde ve Tarihi Coğrafya Eserlerinde Karaman</t>
+          <t>Osmanlı Dönemi Şairlerinden Yusuf El-Esir ve Şiiri</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057600189</t>
+          <t>9786057600844</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Gurabahane-i Laklakan (Orijinal Metin)</t>
+          <t>Hadis Mezhep İhtilaf</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057600370</t>
+          <t>9786057600967</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Emiri’ş-Şu‘Ara Ahmet Şevki ve Şevkiyyat’ında Toplum ve Siyaset</t>
+          <t>Sıra Dışı Bir Mahkeme</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057600820</t>
+          <t>9786057600608</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Feth-i Mısır (Şiri'nin Şahane Namesi)</t>
+          <t>Gök Sancak</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057600813</t>
+          <t>9786057600837</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Etik</t>
+          <t>Seyahatnamelerde ve Tarihi Coğrafya Eserlerinde Karaman</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057600196</t>
+          <t>9786057600189</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Gurabahane-i Laklakan (Sadeleştirilmiş Metin)</t>
+          <t>Gurabahane-i Laklakan (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057600806</t>
+          <t>9786057600370</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İsyanlardan Kürtçülüğe PKK Terörüne Giden Yol</t>
+          <t>Emiri’ş-Şu‘Ara Ahmet Şevki ve Şevkiyyat’ında Toplum ve Siyaset</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057600738</t>
+          <t>9786057600820</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya - Dün Bugün Yarın</t>
+          <t>Tarih-i Feth-i Mısır (Şiri'nin Şahane Namesi)</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057600714</t>
+          <t>9786057600813</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’te Emek Netice-i Sa’y ve Kayınvalide</t>
+          <t>Halkla İlişkiler ve Etik</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057600639</t>
+          <t>9786057600196</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İlac-Name</t>
+          <t>Gurabahane-i Laklakan (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057600547</t>
+          <t>9786057600806</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Naz Demi</t>
+          <t>İsyanlardan Kürtçülüğe PKK Terörüne Giden Yol</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057600585</t>
+          <t>9786057600738</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mezarından Kalkan Şehit (Orijinal Metin)</t>
+          <t>Sosyal Medya - Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057600530</t>
+          <t>9786057600714</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Türk Demokrasi Tecrübesi</t>
+          <t>Dersaadet’te Emek Netice-i Sa’y ve Kayınvalide</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057600578</t>
+          <t>9786057600639</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Şeytan İşi</t>
+          <t>İlac-Name</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057600554</t>
+          <t>9786057600547</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Tabip</t>
+          <t>Naz Demi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057600561</t>
+          <t>9786057600585</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Zor Nikahı</t>
+          <t>Mezarından Kalkan Şehit (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057600592</t>
+          <t>9786057600530</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İffet (Orjinal Metin)</t>
+          <t>Türk Demokrasi Tecrübesi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057600509</t>
+          <t>9786057600578</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Ütopik ve Distopik Filmlerde Geleceğin İnsanı</t>
+          <t>Şeytan İşi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057600011</t>
+          <t>9786057600554</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Zoraki Tabip</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057600486</t>
+          <t>9786057600561</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bireyin Dönüşümü</t>
+          <t>Zor Nikahı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057600448</t>
+          <t>9786057600592</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İnovasyon ve Kurumsal İmaj</t>
+          <t>İffet (Orjinal Metin)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057600455</t>
+          <t>9786057600509</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Castellio Calvin'e Karşı ya da Vicdanın Zorbalığa İsyanı</t>
+          <t>Ütopik ve Distopik Filmlerde Geleceğin İnsanı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057600431</t>
+          <t>9786057600011</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Tahir Selam Divanı</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057600165</t>
+          <t>9786057600486</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Konya'sında Nakşibendilik</t>
+          <t>Bireyin Dönüşümü</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057600363</t>
+          <t>9786057600448</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Solunum Yolları İmmünolojisi ve Hastalıkları - İmmünoloji (Bağışıklık) Ana Prensipleri</t>
+          <t>Sosyal İnovasyon ve Kurumsal İmaj</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057600158</t>
+          <t>9786057600455</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Söz Yazı Kitap</t>
+          <t>Castellio Calvin'e Karşı ya da Vicdanın Zorbalığa İsyanı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057600325</t>
+          <t>9786057600431</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel ve Mufassal Aş Ustası</t>
+          <t>Tahir Selam Divanı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057600332</t>
+          <t>9786057600165</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmede Domino Etkisi</t>
+          <t>19. Yüzyıl Konya'sında Nakşibendilik</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057600318</t>
+          <t>9786057600363</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Yollarında (Orijinal Metin Eski Yeni Harflerle)</t>
+          <t>Solunum Yolları İmmünolojisi ve Hastalıkları - İmmünoloji (Bağışıklık) Ana Prensipleri</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057600295</t>
+          <t>9786057600158</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Geçmişle Kurgulamak</t>
+          <t>Söz Yazı Kitap</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057600134</t>
+          <t>9786057600325</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani'nin Hayatı ve Tecdid Algısı</t>
+          <t>Mükemmel ve Mufassal Aş Ustası</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057600288</t>
+          <t>9786057600332</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömre Kaç Şiir Sığar</t>
+          <t>Öğrenmede Domino Etkisi</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057600028</t>
+          <t>9786057600318</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Nazmizade Murtaza'nın Kabusname Tercümesi</t>
+          <t>Kafkas Yollarında (Orijinal Metin Eski Yeni Harflerle)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052338704</t>
+          <t>9786057600295</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Doğu Mültecileri ve Akşehir</t>
+          <t>Geleceği Geçmişle Kurgulamak</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057600103</t>
+          <t>9786057600134</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Miski Divanı</t>
+          <t>İmam-ı Rabbani'nin Hayatı ve Tecdid Algısı</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057600004</t>
+          <t>9786057600288</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Haristan (Sadeleştirilmiş Metin)</t>
+          <t>Bir Ömre Kaç Şiir Sığar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057600172</t>
+          <t>9786057600028</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Zorluktan Kolaylığa</t>
+          <t>Nazmizade Murtaza'nın Kabusname Tercümesi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057600233</t>
+          <t>9786052338704</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Cevahirü'l Me'ani</t>
+          <t>Doğu Mültecileri ve Akşehir</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052338988</t>
+          <t>9786057600103</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Maksadi Kemalat</t>
+          <t>Miski Divanı</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057600110</t>
+          <t>9786057600004</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Ebu Süleyman Es - Sicistani ve Felsefesi</t>
+          <t>Haristan (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052338742</t>
+          <t>9786057600172</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Orijinal Metin)</t>
+          <t>Zorluktan Kolaylığa</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052338995</t>
+          <t>9786057600233</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Resim Sanatında Ölümcül Kadın Figürler</t>
+          <t>Cevahirü'l Me'ani</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052338964</t>
+          <t>9786052338988</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Felaket Seneleri 1683 - 1699</t>
+          <t>Maksadi Kemalat</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052338933</t>
+          <t>9786057600110</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Anlamsızlığın Anlamı Postmodernizm</t>
+          <t>Ebu Süleyman Es - Sicistani ve Felsefesi</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052338940</t>
+          <t>9786052338742</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Sadeleştirilmiş Metin)</t>
+          <t>Araba Sevdası (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052338872</t>
+          <t>9786052338995</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Dilinden Günümüze Kronolojik Kur'an Sözlüğü</t>
+          <t>Avrupa Resim Sanatında Ölümcül Kadın Figürler</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052338766</t>
+          <t>9786052338964</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat (Sadeleştirilmiş Metin)</t>
+          <t>Felaket Seneleri 1683 - 1699</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052338971</t>
+          <t>9786052338933</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Asırlarda Osmanlı Hayatı Felaket Seneleri (1683-1699)</t>
+          <t>Anlamsızlığın Anlamı Postmodernizm</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052338483</t>
+          <t>9786052338940</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat (Orijinal Metin)</t>
+          <t>Araba Sevdası (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052338896</t>
+          <t>9786052338872</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Celili Divanı</t>
+          <t>Eski Türk Dilinden Günümüze Kronolojik Kur'an Sözlüğü</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052338919</t>
+          <t>9786052338766</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yarısı Bulut</t>
+          <t>Taaşşuk-ı Talat ve Fitnat (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052338902</t>
+          <t>9786052338971</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ve Üzümle Tedavi</t>
+          <t>Geçmiş Asırlarda Osmanlı Hayatı Felaket Seneleri (1683-1699)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052338797</t>
+          <t>9786052338483</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Sadeleştirilmiş Metin)</t>
+          <t>Taaşşuk-ı Talat ve Fitnat (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052338834</t>
+          <t>9786052338896</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Büyü</t>
+          <t>Celili Divanı</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052338728</t>
+          <t>9786052338919</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Türk-İslam Kültüründe Vakıf ve Sanat</t>
+          <t>Yarısı Bulut</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052338759</t>
+          <t>9786052338902</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Üzüm ve Üzümle Tedavi</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052338780</t>
+          <t>9786052338797</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Orjinal Metin)</t>
+          <t>İntibah (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052338773</t>
+          <t>9786052338834</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Dünün Dünyası</t>
+          <t>Söz ve Büyü</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052338681</t>
+          <t>9786052338728</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İlahi Dinlerde Şeytan İnancı ve Anlayışı</t>
+          <t>Türk-İslam Kültüründe Vakıf ve Sanat</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052338735</t>
+          <t>9786052338759</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Cümle Bilgisi</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052338445</t>
+          <t>9786052338780</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Karabibik ve Hala Güzel (Orijinal Metin)</t>
+          <t>İntibah (Orjinal Metin)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052338667</t>
+          <t>9786052338773</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sa'di'yi Şirazi'nin Hayatı Eserleri ve Türk Edebiyatındaki Yeri</t>
+          <t>Dünün Dünyası</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052338605</t>
+          <t>9786052338681</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddime-i Ebu'l-Leysi's-Semerkandi</t>
+          <t>İlahi Dinlerde Şeytan İnancı ve Anlayışı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052338575</t>
+          <t>9786052338735</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze 41 Türk Sinemasında Folklor İzleri</t>
+          <t>Türkiye Türkçesi Cümle Bilgisi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052338568</t>
+          <t>9786052338445</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaşta Sıcak Temas</t>
+          <t>Karabibik ve Hala Güzel (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052338551</t>
+          <t>9786052338667</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İbn Hicce El-Hamevi ve Divanı</t>
+          <t>Sa'di'yi Şirazi'nin Hayatı Eserleri ve Türk Edebiyatındaki Yeri</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052338452</t>
+          <t>9786052338605</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Karabibik ve Hala Güzel (Sadeleştirilmiş Metin)</t>
+          <t>Kitab-ı Mukaddime-i Ebu'l-Leysi's-Semerkandi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052338537</t>
+          <t>9786052338575</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Turgut (Orijinal Metin)</t>
+          <t>Geçmişten Günümüze 41 Türk Sinemasında Folklor İzleri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052338414</t>
+          <t>9786052338568</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Sadeleştirilmiş Metin)</t>
+          <t>Soğuk Savaşta Sıcak Temas</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052338407</t>
+          <t>9786052338551</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Orjinal Metin)</t>
+          <t>İbn Hicce El-Hamevi ve Divanı</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052338520</t>
+          <t>9786052338452</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Baba Temsili</t>
+          <t>Karabibik ve Hala Güzel (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052338391</t>
+          <t>9786052338537</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Celili’nin Leyla vü Mecnun Mesnevisi (İnceleme-Metin-Çeviri)</t>
+          <t>Öksüz Turgut (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052338384</t>
+          <t>9786052338414</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Celili’nin Husrev ü Şirin Mesnevisi</t>
+          <t>Sergüzeşt (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052338513</t>
+          <t>9786052338407</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi: Ma'lumat-ı Esasiyye</t>
+          <t>Sergüzeşt (Orjinal Metin)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059269414</t>
+          <t>9786052338520</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Türk Sinemasında Baba Temsili</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052338438</t>
+          <t>9786052338391</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Memleketinde</t>
+          <t>Celili’nin Leyla vü Mecnun Mesnevisi (İnceleme-Metin-Çeviri)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052338506</t>
+          <t>9786052338384</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi ve Sosyoloji</t>
+          <t>Celili’nin Husrev ü Şirin Mesnevisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052338469</t>
+          <t>9786052338513</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Konya-Karatay Müzesindeki Anadolu Selçuklu Dönemi Seramik Kandiller</t>
+          <t>Diplomasi: Ma'lumat-ı Esasiyye</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052338278</t>
+          <t>9786059269414</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Neydeki Sırlar</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C361" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052338322</t>
+          <t>9786052338438</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Konya Araştırmaları - Göç ve İskan</t>
+          <t>Beyaz Zambaklar Memleketinde</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052338377</t>
+          <t>9786052338506</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ordusunda Alman Ekolü Von Der Goltz Paşa (1883-1895)</t>
+          <t>Hukuk Felsefesi ve Sosyoloji</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052338346</t>
+          <t>9786052338469</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Kozmogoni Kozmoloji</t>
+          <t>Konya-Karatay Müzesindeki Anadolu Selçuklu Dönemi Seramik Kandiller</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052338353</t>
+          <t>9786052338278</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okumalar Işığında Ziya Gökalp</t>
+          <t>Neydeki Sırlar</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052338339</t>
+          <t>9786052338322</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Filibeli Ahmet Hilmi'nin Tiyatroları</t>
+          <t>Konya Araştırmaları - Göç ve İskan</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052338285</t>
+          <t>9786052338377</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hak Yolu</t>
+          <t>Osmanlı Ordusunda Alman Ekolü Von Der Goltz Paşa (1883-1895)</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052338230</t>
+          <t>9786052338346</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Kıyafetname - Numune-i Enveri</t>
+          <t>Türk Düşüncesinde Kozmogoni Kozmoloji</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052338186</t>
+          <t>9786052338353</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Sanatlarına Giriş</t>
+          <t>Yeni Okumalar Işığında Ziya Gökalp</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052338254</t>
+          <t>9786052338339</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Eski-Yeni-Eski Arasında Faik Reşad ve Şiir Mecmuası</t>
+          <t>Filibeli Ahmet Hilmi'nin Tiyatroları</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059269353</t>
+          <t>9786052338285</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>1915'e Hapsedilen Tarih: Ermeni Meselesi</t>
+          <t>Hak Yolu</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052338261</t>
+          <t>9786052338230</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Manzum Dini Hikayeler</t>
+          <t>Kıyafetname - Numune-i Enveri</t>
         </is>
       </c>
       <c r="C372" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052338247</t>
+          <t>9786052338186</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Urdu Şiirinde Naat</t>
+          <t>Türk İslam Sanatlarına Giriş</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052338193</t>
+          <t>9786052338254</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Hayatından Yirmi Dört Saat</t>
+          <t>Eski-Yeni-Eski Arasında Faik Reşad ve Şiir Mecmuası</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059269872</t>
+          <t>9786059269353</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Litvanya Tatar Türklerine Ait Du'a Kitabı</t>
+          <t>1915'e Hapsedilen Tarih: Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059269896</t>
+          <t>9786052338261</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türk Tezyinat Sanatında Kalem İşleri</t>
+          <t>Manzum Dini Hikayeler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059269933</t>
+          <t>9786052338247</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Eş'ari ve Matüridi Mezhepleri Arasındaki Görüş Farkları</t>
+          <t>Urdu Şiirinde Naat</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052338162</t>
+          <t>9786052338193</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Aşık Edebiyatında Naat</t>
+          <t>Bir Kadının Hayatından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052338124</t>
+          <t>9786059269872</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiir Bilgelik</t>
+          <t>Litvanya Tatar Türklerine Ait Du'a Kitabı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052338094</t>
+          <t>9786059269896</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>İslam Mimarisinde Anlam ve Sembol</t>
+          <t>Türk Tezyinat Sanatında Kalem İşleri</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052338179</t>
+          <t>9786059269933</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Eş'ari ve Matüridi Mezhepleri Arasındaki Görüş Farkları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052338131</t>
+          <t>9786052338162</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Vaizi</t>
+          <t>Aşık Edebiyatında Naat</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052338087</t>
+          <t>9786052338124</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Rehber-i Konya - İş Ocağı</t>
+          <t>Aşk Şiir Bilgelik</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052338001</t>
+          <t>9786052338094</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Cümcümename</t>
+          <t>İslam Mimarisinde Anlam ve Sembol</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059269988</t>
+          <t>9786052338179</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>İhsan Ahmet'in Romanları ve Hikayesi</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059269940</t>
+          <t>9786052338131</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Horasan Türkçesi Metinleri</t>
+          <t>Kadınlar Vaizi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059269957</t>
+          <t>9786052338087</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Semt-i Bela</t>
+          <t>Rehber-i Konya - İş Ocağı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059269926</t>
+          <t>9786052338001</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’ten Özbekistan’a (Seyahat-Name-i Zair)</t>
+          <t>Cümcümename</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059269964</t>
+          <t>9786059269988</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda</t>
+          <t>İhsan Ahmet'in Romanları ve Hikayesi</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059269865</t>
+          <t>9786059269940</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i Temur-Name</t>
+          <t>Horasan Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059269810</t>
+          <t>9786059269957</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>1926 Bakü 1. Türkoloji Kongresi</t>
+          <t>Semt-i Bela</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059269834</t>
+          <t>9786059269926</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Endülüs’ten Özbekistan’a (Seyahat-Name-i Zair)</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059269759</t>
+          <t>9786059269964</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Dini Basiret - İtikadi Mezhepler ve Ehl-i Sünnet</t>
+          <t>Dışarıda</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059269803</t>
+          <t>9786059269865</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Tiyatrosu</t>
+          <t>Kıssa-i Temur-Name</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059269711</t>
+          <t>9786059269810</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Ufk-ı Ati</t>
+          <t>1926 Bakü 1. Türkoloji Kongresi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059269568</t>
+          <t>9786059269834</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük Usta</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059269780</t>
+          <t>9786059269759</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Burası Anadolu</t>
+          <t>Dini Basiret - İtikadi Mezhepler ve Ehl-i Sünnet</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059269469</t>
+          <t>9786059269803</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Litvanya Tatar Türklerine Ait İlm-i Ḥal Kitabı</t>
+          <t>İngiliz Tiyatrosu</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059269452</t>
+          <t>9786059269711</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Eski Oğuz Türkçesinden Günümüz Türkiye Türkçesine Söz Varlığı ve Anlam Olayları</t>
+          <t>Ufk-ı Ati</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059269766</t>
+          <t>9786059269568</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Para Politikalarında Aktarım</t>
+          <t>Üç Büyük Usta</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059269728</t>
+          <t>9786059269780</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Şahab - 2. Meşrutiyet Konya’sında Bir Dergi</t>
+          <t>Burası Anadolu</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059269797</t>
+          <t>9786059269469</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Siyaset</t>
+          <t>Litvanya Tatar Türklerine Ait İlm-i Ḥal Kitabı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059269612</t>
+          <t>9786059269452</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Çal Çoban Çal</t>
+          <t>Eski Oğuz Türkçesinden Günümüz Türkiye Türkçesine Söz Varlığı ve Anlam Olayları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>180</v>
+        <v>800</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059269704</t>
+          <t>9786059269766</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Para Politikalarında Aktarım</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059269742</t>
+          <t>9786059269728</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Mefruşat-ı Hümayun İdaresi</t>
+          <t>Şahab - 2. Meşrutiyet Konya’sında Bir Dergi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059269735</t>
+          <t>9786059269797</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059269643</t>
+          <t>9786059269612</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Çal Çoban Çal</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>80</v>
+        <v>180</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059269667</t>
+          <t>9786059269704</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Ahmad Yasawi And The Diwan-ı Hikmat</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059269650</t>
+          <t>9786059269742</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizme Başlangıç</t>
+          <t>Mefruşat-ı Hümayun İdaresi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059269636</t>
+          <t>9786059269735</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Terci-i Bend - Terkib-i Bend</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059269629</t>
+          <t>9786059269643</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059269391</t>
+          <t>9786059269667</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne - 3</t>
+          <t>Ahmad Yasawi And The Diwan-ı Hikmat</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059269384</t>
+          <t>9786059269650</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne - 2</t>
+          <t>Küresel Kapitalizme Başlangıç</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059269377</t>
+          <t>9786059269636</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne - 1</t>
+          <t>Terci-i Bend - Terkib-i Bend</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059269544</t>
+          <t>9786059269629</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Vav Misali</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059269407</t>
+          <t>9786059269391</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Doktrinler ve Tarihsel Gelişimi</t>
+          <t>Dünden Bugüne - 3</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059269575</t>
+          <t>9786059269384</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Dünden Bugüne - 2</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059269339</t>
+          <t>9786059269377</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yüce Poetika</t>
+          <t>Dünden Bugüne - 1</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059269247</t>
+          <t>9786059269544</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Tafṣil-i Tariki’l-Muḳarrebin ve Sebili’l-Müttebi‘in</t>
+          <t>Vav Misali</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059269360</t>
+          <t>9786059269407</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesi El Kitabı</t>
+          <t>İktisadi Doktrinler ve Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059269254</t>
+          <t>9786059269575</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Emani Divanı</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059269315</t>
+          <t>9786059269339</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Ayarı Bozuklar</t>
+          <t>Yüce Poetika</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059269308</t>
+          <t>9786059269247</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Amerigo</t>
+          <t>Kitab-ı Tafṣil-i Tariki’l-Muḳarrebin ve Sebili’l-Müttebi‘in</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059269261</t>
+          <t>9786059269360</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Meseleler</t>
+          <t>Özbek Türkçesi El Kitabı</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059269223</t>
+          <t>9786059269254</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Din-Siyaset ve Toplum İlişkileri Üzerine (1923-1960)</t>
+          <t>Emani Divanı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059269230</t>
+          <t>9786059269315</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Gönül Diliyle</t>
+          <t>Ayarı Bozuklar</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055262884</t>
+          <t>9786059269308</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Strateji ve Savaş Kültürünün Gelişimi</t>
+          <t>Amerigo</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055262600</t>
+          <t>9786059269261</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Dünya Tarihi</t>
+          <t>Sosyal Meseleler</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059269216</t>
+          <t>9786059269223</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Cezeri Kasım Paşa Safi Divanı</t>
+          <t>Din-Siyaset ve Toplum İlişkileri Üzerine (1923-1960)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059269209</t>
+          <t>9786059269230</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Reklamcılık</t>
+          <t>Gönül Diliyle</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059269049</t>
+          <t>9786055262884</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Zühretü'r-Riyaz</t>
+          <t>Strateji ve Savaş Kültürünün Gelişimi</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059269094</t>
+          <t>9786055262600</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Tarık</t>
+          <t>Stratejik Dünya Tarihi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059269179</t>
+          <t>9786059269216</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Okçuluğun İlkeleri</t>
+          <t>Cezeri Kasım Paşa Safi Divanı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059269018</t>
+          <t>9786059269209</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dönemler Genel Hukuk Tarihi</t>
+          <t>Kurumsal Reklamcılık</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055262983</t>
+          <t>9786059269049</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Zühretü'r-Riyaz</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055262976</t>
+          <t>9786059269094</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Tarık</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055262990</t>
+          <t>9786059269179</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Okçuluğun İlkeleri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059269100</t>
+          <t>9786059269018</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Hamiş</t>
+          <t>Kadim Dönemler Genel Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055262969</t>
+          <t>9786055262983</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yitik Şiirler</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059269070</t>
+          <t>9786055262976</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Tarih Denizinden Damlalar</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059269056</t>
+          <t>9786055262990</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Dili Yok Kalbimin</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059269087</t>
+          <t>9786059269100</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Sektöründe Kurumsal İmaj Algısı</t>
+          <t>Hamiş</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059269063</t>
+          <t>9786055262969</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Manzum Sözlük Geleneği ve Mahmudiyye</t>
+          <t>Yitik Şiirler</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059269001</t>
+          <t>9786059269070</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Tarih Denizinden Damlalar</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055262853</t>
+          <t>9786059269056</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Esirleri</t>
+          <t>Dili Yok Kalbimin</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055262945</t>
+          <t>9786059269087</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>1980 Sonrası Türk Hikayesinde Tasavvuf</t>
+          <t>Hizmet Sektöründe Kurumsal İmaj Algısı</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055262952</t>
+          <t>9786059269063</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>1256 Tarihli Temettüat Defterine Göre Bozkır’ın Köyleri</t>
+          <t>Manzum Sözlük Geleneği ve Mahmudiyye</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055583651</t>
+          <t>9786059269001</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İhtişamdan Sefalete Yeni Türk Edebiyatı’nda Konak ve Yalı</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055262907</t>
+          <t>9786055262853</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hinduizm’in Kutsal Metinlerinde Manu Kanunnamesi (Manusmriti)</t>
+          <t>Sultanın Esirleri</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055262891</t>
+          <t>9786055262945</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Gölgesinde Divan Şiiri</t>
+          <t>1980 Sonrası Türk Hikayesinde Tasavvuf</t>
         </is>
       </c>
       <c r="C450" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055262921</t>
+          <t>9786055262952</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Klasik Şairlerinden Baha ve Şiirleri</t>
+          <t>1256 Tarihli Temettüat Defterine Göre Bozkır’ın Köyleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055262914</t>
+          <t>9786055583651</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Siyaset</t>
+          <t>İhtişamdan Sefalete Yeni Türk Edebiyatı’nda Konak ve Yalı</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055262938</t>
+          <t>9786055262907</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'de Uluhiyet</t>
+          <t>Hinduizm’in Kutsal Metinlerinde Manu Kanunnamesi (Manusmriti)</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055262099</t>
+          <t>9786055262891</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Klasik Osmanlı Çağında</t>
+          <t>Modernliğin Gölgesinde Divan Şiiri</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055262105</t>
+          <t>9786055262921</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Nabi Divanında Sosyal Hayata Hikmetli Bakış</t>
+          <t>Son Dönem Klasik Şairlerinden Baha ve Şiirleri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055262556</t>
+          <t>9786055262914</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türk Yunan İlişkileri ve Türk-Rum Nüfus Mübadelesi</t>
+          <t>Sosyal Medya ve Siyaset</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055262754</t>
+          <t>9786055262938</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal (Orijinal Metin)</t>
+          <t>İbn Rüşd'de Uluhiyet</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055262655</t>
+          <t>9786055262099</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Sosyal Medya</t>
+          <t>Klasik Osmanlı Çağında</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055262815</t>
+          <t>9786055262105</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Netayicü’l-A’mal ve Menahicü’l Ebrar</t>
+          <t>Nabi Divanında Sosyal Hayata Hikmetli Bakış</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055262792</t>
+          <t>9786055262556</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Tehcirinde Konya</t>
+          <t>Türk Yunan İlişkileri ve Türk-Rum Nüfus Mübadelesi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055262846</t>
+          <t>9786055262754</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Manzum İlk Ashab-ı Kehf Kıssası</t>
+          <t>A'mak-ı Hayal (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055262860</t>
+          <t>9786055262655</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Kadının Mektubu</t>
+          <t>Kamu Yönetiminde Sosyal Medya</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055262563</t>
+          <t>9786055262815</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Hileli Tartı</t>
+          <t>Netayicü’l-A’mal ve Menahicü’l Ebrar</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055262723</t>
+          <t>9786055262792</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Makaleler : Türkiye Cumhuriyeti Tarihi Üzerine İncelemeler</t>
+          <t>Ermeni Tehcirinde Konya</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055262716</t>
+          <t>9786055262846</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Türk - Tatar Dil Bilimine Giriş</t>
+          <t>Manzum İlk Ashab-ı Kehf Kıssası</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055262693</t>
+          <t>9786055262860</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Meçhul Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055262709</t>
+          <t>9786055262563</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>Hileli Tartı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>3990000026125</t>
+          <t>9786055262723</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Türkolojisinin Kurucusu : Sergi Cikia</t>
+          <t>Makaleler : Türkiye Cumhuriyeti Tarihi Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055262778</t>
+          <t>9786055262716</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Emile Zola'sı Salahaddin Enis</t>
+          <t>Türk - Tatar Dil Bilimine Giriş</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055262785</t>
+          <t>9786055262693</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Sahifeler (Orijinal Metin)</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055262471</t>
+          <t>9786055262709</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Daniş'in Fuad Köprülü'ye Cevabı: Münazaratım</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055262631</t>
+          <t>3990000026125</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
+          <t>Gürcü Türkolojisinin Kurucusu : Sergi Cikia</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055262648</t>
+          <t>9786055262778</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Köktürkçe El Kitabı</t>
+          <t>Türkiye'nin Emile Zola'sı Salahaddin Enis</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055262730</t>
+          <t>9786055262785</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Mizah Basınında Osmanlı Modernleşmesi ve Eleştirel Kodlar</t>
+          <t>Hayattan Sahifeler (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059269155</t>
+          <t>9786055262471</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi</t>
+          <t>Hüseyin Daniş'in Fuad Köprülü'ye Cevabı: Münazaratım</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055262242</t>
+          <t>9786055262631</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günah</t>
+          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055262457</t>
+          <t>9786055262648</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kültür - Sanat Yazıları</t>
+          <t>Köktürkçe El Kitabı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055262617</t>
+          <t>9786055262730</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Süreçte Beyşehir Gölü ve Adalarında Hayat</t>
+          <t>2. Meşrutiyet Dönemi Mizah Basınında Osmanlı Modernleşmesi ve Eleştirel Kodlar</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059269124</t>
+          <t>9786059269155</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Ekonomilerinde 3R</t>
+          <t>Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059269117</t>
+          <t>9786055262242</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Konya'da Kaybolan Türk-İslam Eserleri</t>
+          <t>Büyük Günah</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055262464</t>
+          <t>9786055262457</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Dehşetler İçinde</t>
+          <t>Kültür - Sanat Yazıları</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055262549</t>
+          <t>9786055262617</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sevda Sultan</t>
+          <t>Tarihi Süreçte Beyşehir Gölü ve Adalarında Hayat</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055262495</t>
+          <t>9786059269124</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Şark'tan Mektuplar</t>
+          <t>Piyasa Ekonomilerinde 3R</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055262396</t>
+          <t>9786059269117</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>3 Numaralı Konya Şer'iye Sicili</t>
+          <t>Konya'da Kaybolan Türk-İslam Eserleri</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055262143</t>
+          <t>9786055262464</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Yarım Sevmeler</t>
+          <t>Dehşetler İçinde</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055262075</t>
+          <t>9786055262549</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Özetleriyle 100 Temel Eser</t>
+          <t>Sevda Sultan</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055262419</t>
+          <t>9786055262495</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Söylem Analizi</t>
+          <t>Şark'tan Mektuplar</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786056063503</t>
+          <t>9786055262396</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Basın</t>
+          <t>3 Numaralı Konya Şer'iye Sicili</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786056063534</t>
+          <t>9786055262143</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şizofrenik Hali Sevim Burak</t>
+          <t>Yarım Sevmeler</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786058818385</t>
+          <t>9786055262075</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İman ve İsyan Şairi Mehmet Akif</t>
+          <t>Özetleriyle 100 Temel Eser</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786056131417</t>
+          <t>9786055262419</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Devrinde Basın ve Siyaset</t>
+          <t>Söylem Analizi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786058749993</t>
+          <t>9786056063503</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa’da Felsefe ve Din Münasebeti</t>
+          <t>Atatürk ve Basın</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786056131486</t>
+          <t>9786056063534</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Haşim-name</t>
+          <t>Aşkın Şizofrenik Hali Sevim Burak</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786058913769</t>
+          <t>9786058818385</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Vefik Paşa’nın Anadolu Sağ Kol Müfettişliği</t>
+          <t>İman ve İsyan Şairi Mehmet Akif</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786058818378</t>
+          <t>9786056131417</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>51 Numaralı Konya Şer’iye Sicili</t>
+          <t>İkinci Meşrutiyet Devrinde Basın ve Siyaset</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786055262402</t>
+          <t>9786058749993</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>O Günler Anılar (1928-1945)</t>
+          <t>İhvan-ı Safa’da Felsefe ve Din Münasebeti</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786055262365</t>
+          <t>9786056131486</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Dünyası Tarihi</t>
+          <t>Haşim-name</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786055262327</t>
+          <t>9786058913769</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Silahü’l-Mü’Minin</t>
+          <t>Ahmed Vefik Paşa’nın Anadolu Sağ Kol Müfettişliği</t>
         </is>
       </c>
       <c r="C498" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786055583088</t>
+          <t>9786058818378</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Türk Tenkit Tarihi</t>
+          <t>51 Numaralı Konya Şer’iye Sicili</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786058818309</t>
+          <t>9786055262402</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Gelenek</t>
+          <t>O Günler Anılar (1928-1945)</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>3990000026054</t>
+          <t>9786055262365</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Se-Zeban</t>
+          <t>Çağdaş Türk Dünyası Tarihi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055262334</t>
+          <t>9786055262327</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kışşa-i Musa'Aleyhi's -Selam</t>
+          <t>Silahü’l-Mü’Minin</t>
         </is>
       </c>
       <c r="C502" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786055262341</t>
+          <t>9786055583088</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani'de Ehl-i Sünnet Kimliği</t>
+          <t>Türk Tenkit Tarihi</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786055262297</t>
+          <t>9786058818309</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili</t>
+          <t>Türk Şiirinde Gelenek</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786055262433</t>
+          <t>3990000026054</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Afganistanlı Özbek Şairleri</t>
+          <t>Se-Zeban</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055262211</t>
+          <t>9786055262334</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>1256 (1840) Tarihli - Bozkır Temettüat Defteri</t>
+          <t>Kışşa-i Musa'Aleyhi's -Selam</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786055262426</t>
+          <t>9786055262341</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>İmam-ı Rabbani'de Ehl-i Sünnet Kimliği</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786055262112</t>
+          <t>9786055262297</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Çeşm-i Alem ve Divanı</t>
+          <t>Türk Dili</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055262358</t>
+          <t>9786055262433</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomide Uluslararası  Vergileme Yapısı, Ekonomi Politiği ve Ülkeler Arası İşbirliği</t>
+          <t>Günümüz Afganistanlı Özbek Şairleri</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055262594</t>
+          <t>9786055262211</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Seyfettin Başcıllar</t>
+          <t>1256 (1840) Tarihli - Bozkır Temettüat Defteri</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059269131</t>
+          <t>9786055262426</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Monologlar</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055262372</t>
+          <t>9786055262112</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Notları</t>
+          <t>Çeşm-i Alem ve Divanı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786055262174</t>
+          <t>9786055262358</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Aczimin Giryesi - Beyitler ve Dörtlükler</t>
+          <t>Küresel Ekonomide Uluslararası  Vergileme Yapısı, Ekonomi Politiği ve Ülkeler Arası İşbirliği</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055262686</t>
+          <t>9786055262594</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Michael Kohlhaas</t>
+          <t>Seyfettin Başcıllar</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786055262273</t>
+          <t>9786059269131</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Metinleri</t>
+          <t>Monologlar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055262280</t>
+          <t>9786055262372</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Esbab ve Alamat-ı Semerkandi</t>
+          <t>Edebiyat Notları</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786058749900</t>
+          <t>9786055262174</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Van Kırgızları’nın Tarihi Kişiler Hakkındaki Ağıtları</t>
+          <t>Aczimin Giryesi - Beyitler ve Dörtlükler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055583101</t>
+          <t>9786055262686</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Reformist Tipler</t>
+          <t>Michael Kohlhaas</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786056131493</t>
+          <t>9786055262273</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Frengi Tercümesi</t>
+          <t>Osmanlı Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786056131479</t>
+          <t>9786055262280</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniyeli Nemrut Mustafa Paşa</t>
+          <t>Esbab ve Alamat-ı Semerkandi</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786056063596</t>
+          <t>9786058749900</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ü Nev-Bahar’da Eskicil Öğeler</t>
+          <t>Van Kırgızları’nın Tarihi Kişiler Hakkındaki Ağıtları</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786058818392</t>
+          <t>9786055583101</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimine Giriş</t>
+          <t>Türk Romanında Reformist Tipler</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786055262037</t>
+          <t>9786056131493</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eğitimi Alan Öğrencilerin Sanat ve Estetik Tutumlarına Görsel Kültürün Etkisi</t>
+          <t>Tarih-i Frengi Tercümesi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786056131400</t>
+          <t>9786056131479</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kuruluşlarında Halkla İlişkiler Uygulamaları</t>
+          <t>Süleymaniyeli Nemrut Mustafa Paşa</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786058913721</t>
+          <t>9786056063596</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Rol Etkileşimi Bağlamında Kadın Subaylar</t>
+          <t>Süheyl ü Nev-Bahar’da Eskicil Öğeler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786055262082</t>
+          <t>9786058818392</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Ötelerden 33 Kişi</t>
+          <t>Siyaset Bilimine Giriş</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786058913776</t>
+          <t>9786055262037</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Bilgi ve İktidar</t>
+          <t>Sanat Eğitimi Alan Öğrencilerin Sanat ve Estetik Tutumlarına Görsel Kültürün Etkisi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786058818361</t>
+          <t>9786056131400</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Meyvename</t>
+          <t>Sağlık Kuruluşlarında Halkla İlişkiler Uygulamaları</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786056063572</t>
+          <t>9786058913721</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşk Sırrı ve Nihai Bütünleşme</t>
+          <t>Rol Etkileşimi Bağlamında Kadın Subaylar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786055262068</t>
+          <t>9786055262082</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Menekşe</t>
+          <t>Ötelerden 33 Kişi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786055262006</t>
+          <t>9786058913776</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kriz ve Türkiye Ekonomisinin Yapısal Dönüşümü / Makaleler</t>
+          <t>Osmanlı Devletinde Bilgi ve İktidar</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786055583002</t>
+          <t>9786058818361</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Konya’da Çok Partili Dönem Genel Seçimleri (1946-1957)</t>
+          <t>Meyvename</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786056063510</t>
+          <t>9786056063572</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Konya Basın Tarihi</t>
+          <t>Mevlana’da Aşk Sırrı ve Nihai Bütünleşme</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789944046862</t>
+          <t>9786055262068</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Kar Yangını</t>
+          <t>Menekşe</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786058749924</t>
+          <t>9786055262006</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Mallar</t>
+          <t>Küresel Kriz ve Türkiye Ekonomisinin Yapısal Dönüşümü / Makaleler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786058818330</t>
+          <t>9786055583002</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Halkla İlişkiler ve E-Devlet</t>
+          <t>Konya’da Çok Partili Dönem Genel Seçimleri (1946-1957)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786058818354</t>
+          <t>9786056063510</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Kamu Ruhu: Postmodern Kimliksizliğe Karşı Duruşlar</t>
+          <t>Konya Basın Tarihi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786055262150</t>
+          <t>9789944046862</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kalem İzi</t>
+          <t>Kar Yangını</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786055583118</t>
+          <t>9786058749924</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İşgal Altında</t>
+          <t>Kamusal Mallar</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786055583507</t>
+          <t>9786058818330</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Dönemlerinde Kader</t>
+          <t>Kamu Yönetiminde Halkla İlişkiler ve E-Devlet</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786058749917</t>
+          <t>9786058818354</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Hayatı, Eserleri ve Edebiyat Anlayışıyla Muhiddin Mekki</t>
+          <t>Kamu Ruhu: Postmodern Kimliksizliğe Karşı Duruşlar</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786055583316</t>
+          <t>9786055262150</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Edirneli Şevki Divanı</t>
+          <t>Kalem İzi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786056131462</t>
+          <t>9786055583118</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Ecel-i Kaza</t>
+          <t>İşgal Altında</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786055262136</t>
+          <t>9786055583507</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Duhani-zade Ali Çelebi Mir’atü’l-Akait Tercümesi</t>
+          <t>İslam’ın İlk Dönemlerinde Kader</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786058913745</t>
+          <t>9786058749917</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Define ve Kan Damlası</t>
+          <t>Hayatı, Eserleri ve Edebiyat Anlayışıyla Muhiddin Mekki</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786055262020</t>
+          <t>9786055583316</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku - Temel Bilgiler</t>
+          <t>Edirneli Şevki Divanı</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786055583514</t>
+          <t>9786056131462</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Beyitlerin Gölgesinde</t>
+          <t>Ecel-i Kaza</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786058913790</t>
+          <t>9786055262136</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Baskı ve Kaçış Problemi</t>
+          <t>Duhani-zade Ali Çelebi Mir’atü’l-Akait Tercümesi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786055262051</t>
+          <t>9786058913745</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Ayıntablı Mahremi Divanı</t>
+          <t>Define ve Kan Damlası</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786058749979</t>
+          <t>9786055262020</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>323 Numaralı Karaman Şer’iyye Sicili</t>
+          <t>Ceza Muhakemesi Hukuku - Temel Bilgiler</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
+          <t>9786055583514</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Beyitlerin Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786058913790</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Baskı ve Kaçış Problemi</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786055262051</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Ayıntablı Mahremi Divanı</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786058749979</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>323 Numaralı Karaman Şer’iyye Sicili</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
           <t>9786058749962</t>
         </is>
       </c>
-      <c r="B551" s="1" t="inlineStr">
+      <c r="B555" s="1" t="inlineStr">
         <is>
           <t>319 Numaralı Karaman Şer’iyye Sicili</t>
         </is>
       </c>
-      <c r="C551" s="1">
+      <c r="C555" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>