--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,8350 +85,8500 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255603647</t>
+          <t>9786256401518</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>O Bir Yönetmen Değildir İran Sinemasının Yasaklı Auteur’ü Cafer Panahi</t>
+          <t>Uygur Harfli Mi‘rac - Name</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255603562</t>
+          <t>9786258552249</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kudretin ve Hikmetin Sultanı: Yavuz</t>
+          <t>Türk Mitolojisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256345935</t>
+          <t>9786255603937</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Divanı - Gülşen-i Remz</t>
+          <t>Gramer ve Yorum</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255603142</t>
+          <t>9786255603548</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tutum Değişimi Bağlamında Başörtüsünü Çıkarma Tecrübesi</t>
+          <t>Geçmişin İzleri 2</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255603333</t>
+          <t>9786258552126</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Psikolojisi</t>
+          <t>Türk Romanında Cumhuriyet Dönemi Siyasi Partileri (1923-1960)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255603302</t>
+          <t>9786255603814</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin İzleri</t>
+          <t>Eğitimin Jeopolitiği ve Geleceği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255603166</t>
+          <t>9786258552010</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Nun Gibi Yaşamak</t>
+          <t>Osmanlılar ve Akdeniz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255603265</t>
+          <t>9786258552140</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Çarpıcı Olaylar ve Örneklerle/ Türkiye'de Definecilik (1923- 1973)</t>
+          <t>Dijital İletişimi Anlamak - 6</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256345386</t>
+          <t>9786258552256</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Karay Atasözleri</t>
+          <t>Medyada Denetim</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255603210</t>
+          <t>9786255603760</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Belgesel Film Estetiğinde Dijital Dokunuşlar</t>
+          <t>Tekdüze Bir Üniversite - Ve Bileşenleri İçinde Edebiyat Eğitimine Dair Arayışlar- 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255603128</t>
+          <t>9786255603647</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Benim Çok Ülke Adım</t>
+          <t>O Bir Yönetmen Değildir İran Sinemasının Yasaklı Auteur’ü Cafer Panahi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256345799</t>
+          <t>9786255603562</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Semaver</t>
+          <t>Kudretin ve Hikmetin Sultanı: Yavuz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786055262167</t>
+          <t>9786256345935</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi</t>
+          <t>Muhammed Divanı - Gülşen-i Remz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786055583071</t>
+          <t>9786255603142</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>KPSS ve Kurum Sınavlarına Hazırlık Maliye</t>
+          <t>Tutum Değişimi Bağlamında Başörtüsünü Çıkarma Tecrübesi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256345782</t>
+          <t>9786255603333</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Alemdağda Var Bir Yılan</t>
+          <t>İletişimin Psikolojisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256345805</t>
+          <t>9786255603302</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Lüzumsuz Adam</t>
+          <t>Geçmişin İzleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256345942</t>
+          <t>9786255603166</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Doğu’dan Hikayeler</t>
+          <t>Nun Gibi Yaşamak</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256345560</t>
+          <t>9786255603265</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Dilsel İhtilafların Çözümünde Belagatın Anlama Etkisi</t>
+          <t>Çarpıcı Olaylar ve Örneklerle/ Türkiye'de Definecilik (1923- 1973)</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256775428</t>
+          <t>9786256345386</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Sözlüğü Lügat-i Ferişteoğlu Şerhi</t>
+          <t>Karay Atasözleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256345928</t>
+          <t>9786255603210</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mi'rac-Name'de Söz Dizimi</t>
+          <t>Belgesel Film Estetiğinde Dijital Dokunuşlar</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055262013</t>
+          <t>9786255603128</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Dürrü’l-Meknun Derviş Muhammed Bin eş-Şeyh Ahmed el-Ankaravi</t>
+          <t>Benim Çok Ülke Adım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256775985</t>
+          <t>9786256345799</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Sözlüğü Lügat-i Ferişteoğlu</t>
+          <t>Semaver</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057600615</t>
+          <t>9786055262167</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Selçuklu Sanatında Gezegen ve Burç Tasvirleri</t>
+          <t>Din Sosyolojisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256775312</t>
+          <t>9786055583071</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nestorıans</t>
+          <t>KPSS ve Kurum Sınavlarına Hazırlık Maliye</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055262044</t>
+          <t>9786256345782</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ayıntablı Hamdi Baba Divanı</t>
+          <t>Alemdağda Var Bir Yılan</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255603036</t>
+          <t>9786256345805</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ethnographic Textiles</t>
+          <t>Lüzumsuz Adam</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>1600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255603098</t>
+          <t>9786256345942</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ölçü</t>
+          <t>Doğu’dan Hikayeler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256345379</t>
+          <t>9786256345560</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anton Tien’in Türkçe Grameri</t>
+          <t>Kur’an’daki Dilsel İhtilafların Çözümünde Belagatın Anlama Etkisi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255603067</t>
+          <t>9786256775428</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim Çağındaki Yeni Kültürel Aracılar: Influencerlar</t>
+          <t>Kur’an-ı Kerim Sözlüğü Lügat-i Ferişteoğlu Şerhi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256345775</t>
+          <t>9786256345928</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli Külliyesi Kutsal Mekanda Ticaret</t>
+          <t>Mi'rac-Name'de Söz Dizimi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256345737</t>
+          <t>9786055262013</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Din ve Toplumsal Dayanışma</t>
+          <t>Dürrü’l-Meknun Derviş Muhammed Bin eş-Şeyh Ahmed el-Ankaravi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057600202</t>
+          <t>9786256775985</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani’nin Peygamberlik Anlayışı</t>
+          <t>Kur’an-ı Kerim Sözlüğü Lügat-i Ferişteoğlu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255603029</t>
+          <t>9786057600615</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisada Giriş</t>
+          <t>Anadolu Selçuklu Sanatında Gezegen ve Burç Tasvirleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059269858</t>
+          <t>9786256775312</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Vocabulary &amp; Grammar</t>
+          <t>Nestorıans</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256345768</t>
+          <t>9786055262044</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Ayrılıkçılığı Yoluna Döşenen Taşlar</t>
+          <t>Ayıntablı Hamdi Baba Divanı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256401372</t>
+          <t>9786255603036</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dini Olandan Sekülere Hibrit Ahlak</t>
+          <t>Ethnographic Textiles</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>170</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256345645</t>
+          <t>9786255603098</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Köprülüler</t>
+          <t>Ölçü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256345591</t>
+          <t>9786256345379</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretmenlerinin Ortaokul Öğrencilerine Tavsiye Ettikleri Kitaplar</t>
+          <t>Anton Tien’in Türkçe Grameri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256345713</t>
+          <t>9786255603067</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bostan Çelebi’nin Kaleminden: Sultan Süleymen Zamanı</t>
+          <t>Dijital İletişim Çağındaki Yeni Kültürel Aracılar: Influencerlar</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256345355</t>
+          <t>9786256345775</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Beyşehir</t>
+          <t>Hacı Bayram-ı Veli Külliyesi Kutsal Mekanda Ticaret</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256345195</t>
+          <t>9786256345737</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Şehir Mektupları</t>
+          <t>Din ve Toplumsal Dayanışma</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256345454</t>
+          <t>9786057600202</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şarih Filozof İbn Rüşd’de Metafizik</t>
+          <t>İmam-ı Rabbani’nin Peygamberlik Anlayışı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256345546</t>
+          <t>9786255603029</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Platon Düşüncesine Giriş</t>
+          <t>Makro İktisada Giriş</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256345362</t>
+          <t>9786059269858</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Liseli Bir Sporcunun Romanı Spor Sağlık ve Bağışıklık</t>
+          <t>Vocabulary &amp; Grammar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257057875</t>
+          <t>9786256345768</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>YÖK-Dil Sağlık Bilimleri İngilizce Soru Bankası 2021</t>
+          <t>Ermeni Ayrılıkçılığı Yoluna Döşenen Taşlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256345461</t>
+          <t>9786256401372</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Televizyondan Dijitale Türk Dizi Karekterlerinin Değişimi</t>
+          <t>Dini Olandan Sekülere Hibrit Ahlak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256345485</t>
+          <t>9786256345645</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Innovative Models Strategies And Conceptualizations In PR</t>
+          <t>Köprülüler</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256345188</t>
+          <t>9786256345591</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Arap Edebiyatında Bir Portre İbn Matuk ve Şiirleri</t>
+          <t>Türkçe Öğretmenlerinin Ortaokul Öğrencilerine Tavsiye Ettikleri Kitaplar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256345393</t>
+          <t>9786256345713</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada İletişim-II</t>
+          <t>Bostan Çelebi’nin Kaleminden: Sultan Süleymen Zamanı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256345003</t>
+          <t>9786256345355</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Evvel Zaman Muarriri Mustafa Ataman Kitabı</t>
+          <t>Cumhuriyet Döneminde Beyşehir</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256345638</t>
+          <t>9786256345195</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak-5</t>
+          <t>Şehir Mektupları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256401648</t>
+          <t>9786256345454</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Şarih Filozof İbn Rüşd’de Metafizik</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256345416</t>
+          <t>9786256345546</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>40 Yıl 40 Dava</t>
+          <t>Platon Düşüncesine Giriş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256401600</t>
+          <t>9786256345362</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Liseli Bir Sporcunun Romanı Spor Sağlık ve Bağışıklık</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057600462</t>
+          <t>9786257057875</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Batı Afrika Kabile Dilleri - Wolofça</t>
+          <t>YÖK-Dil Sağlık Bilimleri İngilizce Soru Bankası 2021</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256345331</t>
+          <t>9786256345461</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sinema Araştırmaları ve Film Çözümlemeleri</t>
+          <t>Televizyondan Dijitale Türk Dizi Karekterlerinin Değişimi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256345225</t>
+          <t>9786256345485</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Afganistan Özbek Hikâyesi</t>
+          <t>Innovative Models Strategies And Conceptualizations In PR</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256345294</t>
+          <t>9786256345188</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
+          <t>Osmanlı Döneminde Arap Edebiyatında Bir Portre İbn Matuk ve Şiirleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256345270</t>
+          <t>9786256345393</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Stratejik İletişim ve Kamu Diplomasisi</t>
+          <t>Sosyal Medyada İletişim-II</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256345287</t>
+          <t>9786256345003</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Bir Evvel Zaman Muarriri Mustafa Ataman Kitabı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057600707</t>
+          <t>9786256345638</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ocak</t>
+          <t>Dijital İletişimi Anlamak-5</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256345300</t>
+          <t>9786256401648</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Türk Töresi</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256775404</t>
+          <t>9786256345416</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İdealist Öğretmen</t>
+          <t>40 Yıl 40 Dava</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256775886</t>
+          <t>9786256401600</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ozan Yaşar Çebişli</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256345249</t>
+          <t>9786057600462</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Alimler İdareciler Dervişler Bozulunca</t>
+          <t>Batı Afrika Kabile Dilleri - Wolofça</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256775893</t>
+          <t>9786256345331</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kör Nakkaş ve Cinler</t>
+          <t>Sinema Araştırmaları ve Film Çözümlemeleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257057257</t>
+          <t>9786256345225</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kenarda Kalmış</t>
+          <t>Günümüz Afganistan Özbek Hikâyesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256345171</t>
+          <t>9786256345294</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nakil</t>
+          <t>Türkleşmek İslamlaşmak Muasırlaşmak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256401754</t>
+          <t>9786256345270</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Hikayeleri</t>
+          <t>Uluslararası İlişkilerde Stratejik İletişim ve Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256775237</t>
+          <t>9786256345287</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Nusayrilik</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256345102</t>
+          <t>9786057600707</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Fas’ta İslam Mimarisi</t>
+          <t>Ocak</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256345133</t>
+          <t>9786256345300</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi’nema</t>
+          <t>Türk Töresi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256345072</t>
+          <t>9786256775404</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Medyayla İlişkiler ve Basın Bültenleri</t>
+          <t>İdealist Öğretmen</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256775879</t>
+          <t>9786256775886</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Zalimin Encamı</t>
+          <t>Ozan Yaşar Çebişli</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257057127</t>
+          <t>9786256345249</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Avusturya İmparatoriçesi Maria Theresia’nın Türk Evlatlığı / Türk Sefirleri Viyana'da</t>
+          <t>Alimler İdareciler Dervişler Bozulunca</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256775923</t>
+          <t>9786256775893</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Öngörü ve Uyanma Zamanı</t>
+          <t>Kör Nakkaş ve Cinler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256401181</t>
+          <t>9786257057257</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Samandağlı Bir Şair Süleyman El-İsa</t>
+          <t>Kenarda Kalmış</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256775978</t>
+          <t>9786256345171</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Stratejin Kadar Başarılısın</t>
+          <t>Nakil</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256775961</t>
+          <t>9786256401754</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Stratejin Kadar Başarılısın</t>
+          <t>Anadolu Hikayeleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256775480</t>
+          <t>9786256775237</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aşağı Saksonya ve Bremen Türk Diasporasının 100. Yılına Armağan</t>
+          <t>Nusayrilik</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256775992</t>
+          <t>9786256345102</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Türk - İslam Edebiyatı Üzerine Makaleler</t>
+          <t>Fas’ta İslam Mimarisi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256345010</t>
+          <t>9786256345133</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Lodos</t>
+          <t>Diplomasi’nema</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258414646</t>
+          <t>9786256345072</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Arap Edebiyatı El-Muhibbi</t>
+          <t>Halkla İlişkilerde Medyayla İlişkiler ve Basın Bültenleri</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256401396</t>
+          <t>9786256775879</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Yeniden Asya</t>
+          <t>Bir Zalimin Encamı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256401211</t>
+          <t>9786257057127</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Larende Vakfiyeleri</t>
+          <t>Avusturya İmparatoriçesi Maria Theresia’nın Türk Evlatlığı / Türk Sefirleri Viyana'da</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258414813</t>
+          <t>9786256775923</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Havacılıkta Halkla İlişkiler</t>
+          <t>Stratejik Öngörü ve Uyanma Zamanı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258414066</t>
+          <t>9786256401181</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Challenger</t>
+          <t>Samandağlı Bir Şair Süleyman El-İsa</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256775527</t>
+          <t>9786256775978</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyetinin Kuruluşu Devrimler ve Karşı Devrimler</t>
+          <t>Stratejin Kadar Başarılısın</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256775398</t>
+          <t>9786256775961</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Müesseseleri Tarihi</t>
+          <t>Stratejin Kadar Başarılısın</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256775954</t>
+          <t>9786256775480</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ben Cahit Sıtkı Sesim Sessizliğim Oldu</t>
+          <t>Aşağı Saksonya ve Bremen Türk Diasporasının 100. Yılına Armağan</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256775787</t>
+          <t>9786256775992</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak-4</t>
+          <t>Türk - İslam Edebiyatı Üzerine Makaleler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256401921</t>
+          <t>9786256345010</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Okul ve Toplum</t>
+          <t>Lodos</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256775367</t>
+          <t>9786258414646</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Şair Olarak Muhyiddin İbnü’l Arabi</t>
+          <t>Osmanlı Dönemi Arap Edebiyatı El-Muhibbi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256775336</t>
+          <t>9786256401396</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>New Trends and Promising Directions in Modern Education</t>
+          <t>Uluslararası İlişkilerde Yeniden Asya</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256775213</t>
+          <t>9786256401211</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde İletişim Filler</t>
+          <t>Larende Vakfiyeleri</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256775107</t>
+          <t>9786258414813</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ezelden Aşinayız Türk Şiiri ve Romanı Üzerine Yazılar</t>
+          <t>Havacılıkta Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256775305</t>
+          <t>9786258414066</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Musa-Name</t>
+          <t>Challenger</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256775251</t>
+          <t>9786256775527</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>2000 Sonrası Türk Sinemasında Mizansen: 13 Yönetmen ve 13 Film</t>
+          <t>Türkiye Cumhuriyetinin Kuruluşu Devrimler ve Karşı Devrimler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256775145</t>
+          <t>9786256775398</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Organ Adlarıyla Kurulan Eski Türkçe Deyimlerde Duygular</t>
+          <t>Osmanlı Müesseseleri Tarihi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256775022</t>
+          <t>9786256775954</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kültür, İletişim ve Diplomasi</t>
+          <t>Ben Cahit Sıtkı Sesim Sessizliğim Oldu</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256775039</t>
+          <t>9786256775787</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca Raḥatü'l-Kulub</t>
+          <t>Dijital İletişimi Anlamak-4</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256775084</t>
+          <t>9786256401921</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Perdenin Ötesi: Farklı Bakış Açılarıyla Sinema</t>
+          <t>Okul ve Toplum</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256775015</t>
+          <t>9786256775367</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Serdarabad’ın Serencamı: Bir Nehir İki Ülke(1927-1953)</t>
+          <t>Şair Olarak Muhyiddin İbnü’l Arabi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256775053</t>
+          <t>9786256775336</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gösterişçi Tüketimin Seremonisi</t>
+          <t>New Trends and Promising Directions in Modern Education</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256401891</t>
+          <t>9786256775213</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Senelerinde Teşkilat-ı Mahsusa</t>
+          <t>Türkiye Türkçesinde İletişim Filler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256401945</t>
+          <t>9786256775107</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Ezelden Aşinayız Türk Şiiri ve Romanı Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256401778</t>
+          <t>9786256775305</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Osman Döneminde Taşkent/Pirlevganda’nın Klasik Eğitim Kurumları</t>
+          <t>Musa-Name</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256401853</t>
+          <t>9786256775251</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Makedonya "Kanatlar” Köyünde Bektaşi Kültürü</t>
+          <t>2000 Sonrası Türk Sinemasında Mizansen: 13 Yönetmen ve 13 Film</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256401884</t>
+          <t>9786256775145</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sıderıtıs Montana Subsp. Montana Ve Sıderıtıs Montana Subsp. Remota Üzerine Farmakognozik Araştırmalar</t>
+          <t>Organ Adlarıyla Kurulan Eski Türkçe Deyimlerde Duygular</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256401877</t>
+          <t>9786256775022</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Uşaklı Derüni ve Divançesi</t>
+          <t>Kültür, İletişim ve Diplomasi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256401662</t>
+          <t>9786256775039</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Bilimler Literatüründe Yörükler</t>
+          <t>Çağatayca Raḥatü'l-Kulub</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786056401808</t>
+          <t>9786256775084</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yemen Arap Edebiyatı Emir San'ani Divanı</t>
+          <t>Perdenin Ötesi: Farklı Bakış Açılarıyla Sinema</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256401860</t>
+          <t>9786256775015</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Şemsi-i Bağdadi Ve Manzaru'l-ebrar Mesnevisi</t>
+          <t>Serdarabad’ın Serencamı: Bir Nehir İki Ülke(1927-1953)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258414158</t>
+          <t>9786256775053</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Karapınar Sultan Selim Camii Ve Külliyesi</t>
+          <t>Gösterişçi Tüketimin Seremonisi</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256401327</t>
+          <t>9786256401891</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Millî Mücadele Döneminde Güney Cephesi</t>
+          <t>Milli Mücadele Senelerinde Teşkilat-ı Mahsusa</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256401303</t>
+          <t>9786256401945</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Karay Awazı Dergisinde Geçen Deyimler Sözlüğü</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256401785</t>
+          <t>9786256401778</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İyi-Kötü-Çirkin Mücadelesi</t>
+          <t>Osman Döneminde Taşkent/Pirlevganda’nın Klasik Eğitim Kurumları</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256401686</t>
+          <t>9786256401853</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’te Eleştirel Düşünce</t>
+          <t>Kuzey Makedonya "Kanatlar” Köyünde Bektaşi Kültürü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256401730</t>
+          <t>9786256401884</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hurufi Şair Arşi Divanı (İnceleme - Metin)</t>
+          <t>Sıderıtıs Montana Subsp. Montana Ve Sıderıtıs Montana Subsp. Remota Üzerine Farmakognozik Araştırmalar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256401747</t>
+          <t>9786256401877</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kuva-yı Milliye Döneminde Afyonkarahisar 1918-1920</t>
+          <t>Uşaklı Derüni ve Divançesi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786258414356</t>
+          <t>9786256401662</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kazakça İlk Alfabe Kitabı Okuv Kuralı</t>
+          <t>Türkiye’de Sosyal Bilimler Literatüründe Yörükler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257675956</t>
+          <t>9786056401808</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
+          <t>Yemen Arap Edebiyatı Emir San'ani Divanı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257675574</t>
+          <t>9786256401860</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>W. Radloff’un Türk Lehçeleri Sözlüğü Denemesi Eserindeki Karaim (Karay) Türkçesi Söz Varlığı</t>
+          <t>Şemsi-i Bağdadi Ve Manzaru'l-ebrar Mesnevisi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257675598</t>
+          <t>9786258414158</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Manavgat Ağzı Sözlüğü</t>
+          <t>Karapınar Sultan Selim Camii Ve Külliyesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052338308</t>
+          <t>9786256401327</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Eğitimden Damlalar</t>
+          <t>Millî Mücadele Döneminde Güney Cephesi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055627560</t>
+          <t>9786256401303</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Uygulamalı Türk Dili ve Kompozisyon Bilgileri</t>
+          <t>Karay Awazı Dergisinde Geçen Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059269445</t>
+          <t>9786256401785</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi / Söz Dizimi</t>
+          <t>İyi-Kötü-Çirkin Mücadelesi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257057608</t>
+          <t>9786256401686</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Olumsuzluk Algısı</t>
+          <t>Mehmet Akif’te Eleştirel Düşünce</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256401693</t>
+          <t>9786256401730</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>From Geopolitic to Geostrategy</t>
+          <t>Hurufi Şair Arşi Divanı (İnceleme - Metin)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256401037</t>
+          <t>9786256401747</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İlm-İ Ahlak</t>
+          <t>Kuva-yı Milliye Döneminde Afyonkarahisar 1918-1920</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256401570</t>
+          <t>9786258414356</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İklimin Geleceği - İklim Değişikliğine Disiplinlerarası Bir Bakış</t>
+          <t>Kazakça İlk Alfabe Kitabı Okuv Kuralı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786258414639</t>
+          <t>9786257675956</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Yapı ve Anlam - Ez-Zeccac ve Kitabu Fe'altu ve Ef'altu</t>
+          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256401501</t>
+          <t>9786257675574</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Altay Türkçesi ve Türkiye Türkçesi Ağızlarının (Eski Türkçeyle Karşılaştırmalı) Ortak Kelimeler Sözlüğü</t>
+          <t>W. Radloff’un Türk Lehçeleri Sözlüğü Denemesi Eserindeki Karaim (Karay) Türkçesi Söz Varlığı</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>360</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256401532</t>
+          <t>9786257675598</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Arslanköy Hadisesi</t>
+          <t>Açıklamalı Manavgat Ağzı Sözlüğü</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256401419</t>
+          <t>9786052338308</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Hicaz Şairlerinden Abdulaziz Ez-Zemzemi ve Divanı</t>
+          <t>Eğitimden Damlalar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786258414912</t>
+          <t>9786055627560</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Selçukludan Cumhuriyete Konya Şehir İçi Hanları</t>
+          <t>Üniversiteler İçin Uygulamalı Türk Dili ve Kompozisyon Bilgileri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256401440</t>
+          <t>9786059269445</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Soru Üslubu</t>
+          <t>Türkiye Türkçesi / Söz Dizimi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057600783</t>
+          <t>9786257057608</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Okuma Kitabı C+ Kuru</t>
+          <t>Türkçede Olumsuzluk Algısı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052338889</t>
+          <t>9786256401693</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
+          <t>From Geopolitic to Geostrategy</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786258414455</t>
+          <t>9786256401037</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Terceme-i Sevakıb</t>
+          <t>İlm-İ Ahlak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256401495</t>
+          <t>9786256401570</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bilim Kurgu Sinemasının Şimdiki Geçmiş Zamanı - Teknoloji Beden ve Kimlik</t>
+          <t>İklimin Geleceği - İklim Değişikliğine Disiplinlerarası Bir Bakış</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256401457</t>
+          <t>9786258414639</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Dünyası</t>
+          <t>Arap Dilinde Yapı ve Anlam - Ez-Zeccac ve Kitabu Fe'altu ve Ef'altu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256401389</t>
+          <t>9786256401501</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Türk Cilt Sanatında Mücellid Mühürleri</t>
+          <t>Altay Türkçesi ve Türkiye Türkçesi Ağızlarının (Eski Türkçeyle Karşılaştırmalı) Ortak Kelimeler Sözlüğü</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256401402</t>
+          <t>9786256401532</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sistemsel Bunalımdan Çıkış</t>
+          <t>Arslanköy Hadisesi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256401358</t>
+          <t>9786256401419</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Beyitler Arasında</t>
+          <t>Osmanlı Dönemi Hicaz Şairlerinden Abdulaziz Ez-Zemzemi ve Divanı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786258414448</t>
+          <t>9786258414912</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Eğitiminde Yeni Bir Nesil Yetiştirme Çalışmaları 1923-1950</t>
+          <t>Selçukludan Cumhuriyete Konya Şehir İçi Hanları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258414783</t>
+          <t>9786256401440</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kalkınma Sürecinde Beşeri Sermayenin Önemi</t>
+          <t>Hz. Peygamber’in Soru Üslubu</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258414950</t>
+          <t>9786057600783</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kültürel ve Sosyal Bağlamda Burdur Törenleri</t>
+          <t>Yabancılar İçin Türkçe Okuma Kitabı C+ Kuru</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256401006</t>
+          <t>9786052338889</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yeni Göçmenleri</t>
+          <t>Yabancılar İçin Türkçe Okuma Kitabı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258414998</t>
+          <t>9786258414455</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak-3</t>
+          <t>Terceme-i Sevakıb</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258414790</t>
+          <t>9786256401495</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Borç Ve Kredi Kullanımı</t>
+          <t>Bilim Kurgu Sinemasının Şimdiki Geçmiş Zamanı - Teknoloji Beden ve Kimlik</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057600219</t>
+          <t>9786256401457</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani’nin Zat Ve Sıfat Anlayışı</t>
+          <t>Medeniyetler Dünyası</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258414905</t>
+          <t>9786256401389</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya Ve Kafkasya</t>
+          <t>Türk Cilt Sanatında Mücellid Mühürleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258414875</t>
+          <t>9786256401402</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Baba Ravşan Destanı</t>
+          <t>Sistemsel Bunalımdan Çıkış</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258414820</t>
+          <t>9786256401358</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Beyitler Arasında</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258414806</t>
+          <t>9786258414448</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Clarıssa</t>
+          <t>Cumhuriyet Eğitiminde Yeni Bir Nesil Yetiştirme Çalışmaları 1923-1950</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258414738</t>
+          <t>9786258414783</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Eski Eser Kaçakçılığı</t>
+          <t>Kalkınma Sürecinde Beşeri Sermayenin Önemi</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258414592</t>
+          <t>9786258414950</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Literatüründe Menasikü’l-hac” Geleneği Menasikü’l-kari Örneği</t>
+          <t>Kültürel ve Sosyal Bağlamda Burdur Törenleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786258414578</t>
+          <t>9786256401006</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mevlidü’n Nebi</t>
+          <t>Türkiye’nin Yeni Göçmenleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258414707</t>
+          <t>9786258414998</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Joseph Roth’un Romanlarında Çöküş Yalnızlık Ve Şark İmajı</t>
+          <t>Dijital İletişimi Anlamak-3</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258414509</t>
+          <t>9786258414790</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Şırnak Tarihi (İdari, Sosyal ve Ekonomik Yapı, 1853-1929)</t>
+          <t>Osmanlı Toplumunda Borç Ve Kredi Kullanımı</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258414523</t>
+          <t>9786057600219</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Döneminde Bürokrasi ve Modernleşme</t>
+          <t>İmam-ı Rabbani’nin Zat Ve Sıfat Anlayışı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258414547</t>
+          <t>9786258414905</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Hikayeler</t>
+          <t>Orta Asya Ve Kafkasya</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258414530</t>
+          <t>9786258414875</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bir Divane Sır: Mehmet Sezai</t>
+          <t>Baba Ravşan Destanı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258414462</t>
+          <t>9786258414820</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Halk İnançları</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258414424</t>
+          <t>9786258414806</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Türk Efsanelerinde Tayyimekân Tayyizaman Olgusu</t>
+          <t>Clarıssa</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258414295</t>
+          <t>9786258414738</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türk Felsefesi</t>
+          <t>Türkiye’de Eski Eser Kaçakçılığı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258414318</t>
+          <t>9786258414592</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Fıkıh Literatüründe Menasikü’l-hac” Geleneği Menasikü’l-kari Örneği</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258414301</t>
+          <t>9786258414578</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İrade Eğitimi</t>
+          <t>Mevlidü’n Nebi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258414189</t>
+          <t>9786258414707</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>O (ki Gönüllerde Yaşıyor)</t>
+          <t>Joseph Roth’un Romanlarında Çöküş Yalnızlık Ve Şark İmajı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257675802</t>
+          <t>9786258414509</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Serrac-zade Hasan Hatif Manzum Seyahatname</t>
+          <t>Osmanlı’dan Cumhuriyet’e Şırnak Tarihi (İdari, Sosyal ve Ekonomik Yapı, 1853-1929)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258414240</t>
+          <t>9786258414523</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kültürü ve Türkmen Kültürüne Dayalı Söz Varlığı</t>
+          <t>Atatürk Döneminde Bürokrasi ve Modernleşme</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258414226</t>
+          <t>9786258414547</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Politikalar Çerçevesinde Türk Medyasının Mülkiyet Yapısının Değişimi</t>
+          <t>Hikayeler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258414110</t>
+          <t>9786258414530</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Ziyafet Olgusu</t>
+          <t>Bir Divane Sır: Mehmet Sezai</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>4440000000847</t>
+          <t>9786258414462</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Ruhlar</t>
+          <t>Ağrı Halk İnançları</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>4440000000848</t>
+          <t>9786258414424</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Joseph Fouche</t>
+          <t>Türk Efsanelerinde Tayyimekân Tayyizaman Olgusu</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055262440</t>
+          <t>9786258414295</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Diasporada Dini Yaşamak</t>
+          <t>Türk Felsefesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057600516</t>
+          <t>9786258414318</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ateizmin Psiko-Sosyolojisi (2 Cilt Takım)</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786058913707</t>
+          <t>9786258414301</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler için Dil ve Anlatım</t>
+          <t>İrade Eğitimi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057600356</t>
+          <t>9786258414189</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Türkçesinde Birleşik Sözcükler</t>
+          <t>O (ki Gönüllerde Yaşıyor)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258414165</t>
+          <t>9786257675802</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Nisyan İle Mağrur</t>
+          <t>Serrac-zade Hasan Hatif Manzum Seyahatname</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258414222</t>
+          <t>9786258414240</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında İsmet İnönü’nün Resmî Ve Gayriresmî Yurt Dışı Temasları (1931-1971)</t>
+          <t>Türkmen Kültürü ve Türkmen Kültürüne Dayalı Söz Varlığı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258414035</t>
+          <t>9786258414226</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mi’racün’n - Nebi</t>
+          <t>Neoliberal Politikalar Çerçevesinde Türk Medyasının Mülkiyet Yapısının Değişimi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258414028</t>
+          <t>9786258414110</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Uşak’ta Sağlık</t>
+          <t>Türk Kültüründe Ziyafet Olgusu</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258414059</t>
+          <t>4440000000847</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş</t>
+          <t>Huzursuz Ruhlar</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258414042</t>
+          <t>4440000000848</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aşçıbaşı Diyor ki</t>
+          <t>Joseph Fouche</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258414004</t>
+          <t>9786055262440</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Siyasi Partiler ve Milliyetçilik</t>
+          <t>Diasporada Dini Yaşamak</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257675994</t>
+          <t>9786057600516</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yeni Kamu Yönetimi</t>
+          <t>Ateizmin Psiko-Sosyolojisi (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257675987</t>
+          <t>9786058913707</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Rahmi Gürpınar'ın Romanlarında Sosyal Tenkit</t>
+          <t>Üniversiteler için Dil ve Anlatım</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257057882</t>
+          <t>9786057600356</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hüsam Katip Cümcümename</t>
+          <t>Türkmen Türkçesinde Birleşik Sözcükler</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257675888</t>
+          <t>9786258414165</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak 2</t>
+          <t>Nisyan İle Mağrur</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257675796</t>
+          <t>9786258414222</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Eleşkirt</t>
+          <t>Türk Dış Politikasında İsmet İnönü’nün Resmî Ve Gayriresmî Yurt Dışı Temasları (1931-1971)</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257675581</t>
+          <t>9786258414035</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Antalya Göç Kitabı</t>
+          <t>Mi’racün’n - Nebi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257675512</t>
+          <t>9786258414028</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Osmanlı’dan Cumhuriyet’e Uşak’ta Sağlık</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257675567</t>
+          <t>9786258414059</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Çağatayca Kabusname Tercümesi</t>
+          <t>Bir Varmış Bir Yokmuş</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257675819</t>
+          <t>9786258414042</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Entegrasyon</t>
+          <t>Aşçıbaşı Diyor ki</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257675864</t>
+          <t>9786258414004</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerde Kurumsal İmaj</t>
+          <t>Türkiye'de Siyasi Partiler ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257675666</t>
+          <t>9786257675994</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Kirişçi Baba</t>
+          <t>Yeni Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257675659</t>
+          <t>9786257675987</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Macellan</t>
+          <t>Hüseyin Rahmi Gürpınar'ın Romanlarında Sosyal Tenkit</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257675765</t>
+          <t>9786257057882</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Değişim Rüzgarı</t>
+          <t>Hüsam Katip Cümcümename</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257675628</t>
+          <t>9786257675888</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Viyana’da Türk İzleri</t>
+          <t>Dijital İletişimi Anlamak 2</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257675604</t>
+          <t>9786257675796</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Aydın Vilayeti Suç İstatistikleri</t>
+          <t>Geçmişten Günümüze Eleşkirt</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257675543</t>
+          <t>9786257675581</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ada</t>
+          <t>Antalya Göç Kitabı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257675536</t>
+          <t>9786257675512</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Eylül Masalı</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>50</v>
+        <v>120</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257675529</t>
+          <t>9786257675567</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Eylül (Eleştirel Basım)</t>
+          <t>Çağatayca Kabusname Tercümesi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257675321</t>
+          <t>9786257675819</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Türklük Yazıları</t>
+          <t>Göç ve Entegrasyon</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257675505</t>
+          <t>9786257675864</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Üniversitelerde Kurumsal İmaj</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257057950</t>
+          <t>9786257675666</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri (Orijinal Metin)</t>
+          <t>Yunus Emre Kirişçi Baba</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257675437</t>
+          <t>9786257675659</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Grimm Kardeşler Diez'in Tepegöz Özel Baskısını Okudu mu?</t>
+          <t>Macellan</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257675420</t>
+          <t>9786257675765</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hayy'dan Hu'ya Hay Bin Yakzan</t>
+          <t>Değişim Rüzgarı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257675444</t>
+          <t>9786257675628</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Çözümü ve İslam</t>
+          <t>Viyana’da Türk İzleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257675413</t>
+          <t>9786257675604</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>New Trends and Promising Directions in Modern Education</t>
+          <t>2. Meşrutiyet Dönemi Aydın Vilayeti Suç İstatistikleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257675468</t>
+          <t>9786257675543</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İlkeleri Milli Mücadele ve Türkiye Cumhuriyeti Tarihi</t>
+          <t>Ada</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>360</v>
+        <v>50</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257057868</t>
+          <t>9786257675536</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yörük Araştırmaları 2</t>
+          <t>Eylül Masalı</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257675376</t>
+          <t>9786257675529</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Beyşehir</t>
+          <t>Eylül (Eleştirel Basım)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257675390</t>
+          <t>9786257675321</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Family As The Source Of Terror In Patrick Mcgrath’s New Gothic Novels</t>
+          <t>Türklük Yazıları</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257675383</t>
+          <t>9786257675505</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Bitki Adları Sözlüğü</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257675345</t>
+          <t>9786257057950</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Türk Sineması Üzerine Yeni Söylemler: Çağdaş Temsiller, Çözümlemeler ve Türler</t>
+          <t>Lale Devri (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257675307</t>
+          <t>9786257675437</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da İlk Selçuklu Mimarisi Ani</t>
+          <t>Grimm Kardeşler Diez'in Tepegöz Özel Baskısını Okudu mu?</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257675352</t>
+          <t>9786257675420</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Rüya Lekesi</t>
+          <t>Hayy'dan Hu'ya Hay Bin Yakzan</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257675291</t>
+          <t>9786257675444</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Mevlevi Sülukü</t>
+          <t>Çatışma Çözümü ve İslam</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257675314</t>
+          <t>9786257675413</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Baba Nimetullah Nahcuvani</t>
+          <t>New Trends and Promising Directions in Modern Education</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257675239</t>
+          <t>9786257675468</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Efruz Bey</t>
+          <t>Atatürk İlkeleri Milli Mücadele ve Türkiye Cumhuriyeti Tarihi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257675208</t>
+          <t>9786257057868</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Yörük Araştırmaları 2</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257675253</t>
+          <t>9786257675376</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Stratejiyi ve Coğrafyayı Anlamak</t>
+          <t>Beyşehir</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257675277</t>
+          <t>9786257675390</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Anılarından Köşede Kalanlar</t>
+          <t>Family As The Source Of Terror In Patrick Mcgrath’s New Gothic Novels</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257675222</t>
+          <t>9786257675383</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Eski Kahramanlar</t>
+          <t>Azerbaycan Bitki Adları Sözlüğü</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257675260</t>
+          <t>9786257675345</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kahta’nın Han ve Hamamları</t>
+          <t>Türk Sineması Üzerine Yeni Söylemler: Çağdaş Temsiller, Çözümlemeler ve Türler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257675246</t>
+          <t>9786257675307</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Bediiyye Geleneği ve Suyuti’nin Nazmu’l-Bedi Adlı Eseri</t>
+          <t>Anadolu'da İlk Selçuklu Mimarisi Ani</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257675161</t>
+          <t>9786257675352</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Tütün Kahve Çay</t>
+          <t>Rüya Lekesi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257057967</t>
+          <t>9786257675291</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ermiş</t>
+          <t>Mevlevi Sülukü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786257675215</t>
+          <t>9786257675314</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Mimarisinde Minareli Taç Kapılar</t>
+          <t>Baba Nimetullah Nahcuvani</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257675154</t>
+          <t>9786257675239</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hikayesi Olmaya Adam</t>
+          <t>Efruz Bey</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257675178</t>
+          <t>9786257675208</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Muharrerat-ı Nisvan</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257057974</t>
+          <t>9786257675253</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gönlün Halleri - İbrahim Gülşeni'nin Makamat-ı İlahisi'si</t>
+          <t>Uluslararası İlişkilerde Stratejiyi ve Coğrafyayı Anlamak</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257675116</t>
+          <t>9786257675277</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Batılı Gezginleri Yörük-Türkmen İmgesi</t>
+          <t>Karıncanın Anılarından Köşede Kalanlar</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786257057479</t>
+          <t>9786257675222</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Politikada Halkla İlişkiler</t>
+          <t>Eski Kahramanlar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257675055</t>
+          <t>9786257675260</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Kadın Bakışı</t>
+          <t>Kahta’nın Han ve Hamamları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786257057813</t>
+          <t>9786257675246</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Rübab-ı Şikeste</t>
+          <t>Arap Edebiyatında Bediiyye Geleneği ve Suyuti’nin Nazmu’l-Bedi Adlı Eseri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257675017</t>
+          <t>9786257675161</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Mental Fiil Teorisi</t>
+          <t>Tütün Kahve Çay</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786257057929</t>
+          <t>9786257057967</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri (Sadeleştirilmiş Metin)</t>
+          <t>Ermiş</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786257057936</t>
+          <t>9786257675215</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadeleyi Yargılamak</t>
+          <t>Türk İslam Mimarisinde Minareli Taç Kapılar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786257057707</t>
+          <t>9786257675154</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Rubaiyyat-ı Dai</t>
+          <t>Hikayesi Olmaya Adam</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059269186</t>
+          <t>9786257675178</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i Yusuf</t>
+          <t>Muharrerat-ı Nisvan</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786257057738</t>
+          <t>9786257057974</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınına Yansımalarıyla Hatay Sorunu (1936-1939)</t>
+          <t>Gönlün Halleri - İbrahim Gülşeni'nin Makamat-ı İlahisi'si</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786257057790</t>
+          <t>9786257675116</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Adıyaman Müzesinde Bulunan Samsat Sırlı Seramikler</t>
+          <t>Batılı Gezginleri Yörük-Türkmen İmgesi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786257057745</t>
+          <t>9786257057479</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne - 4</t>
+          <t>Politikada Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786257057721</t>
+          <t>9786257675055</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Muhyi’nin Selim-Namesi</t>
+          <t>Sinemada Kadın Bakışı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786257057837</t>
+          <t>9786257057813</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Alman Bild Gazetesinde “Barış Pınarı Harekatı”</t>
+          <t>Rübab-ı Şikeste</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786257057783</t>
+          <t>9786257675017</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Mental Fiil Teorisi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786257057912</t>
+          <t>9786257057929</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişimi Anlamak 1</t>
+          <t>Lale Devri (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786257057691</t>
+          <t>9786257057936</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kişilik Özellikleri Bağlamında Gençlerin Siyasal Katılımı</t>
+          <t>Milli Mücadeleyi Yargılamak</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257057769</t>
+          <t>9786257057707</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Kalan</t>
+          <t>Rubaiyyat-ı Dai</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786257057615</t>
+          <t>9786059269186</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluk ve Marka İmajı</t>
+          <t>Kıssa-i Yusuf</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786257057592</t>
+          <t>9786257057738</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Yeni Mekan Yeni Mesaj</t>
+          <t>Türk Basınına Yansımalarıyla Hatay Sorunu (1936-1939)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786257057264</t>
+          <t>9786257057790</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Susam ve Zambaklar</t>
+          <t>Adıyaman Müzesinde Bulunan Samsat Sırlı Seramikler</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057600790</t>
+          <t>9786257057745</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Harimi (Şehzade Korkud) Divanı</t>
+          <t>Dünden Bugüne - 4</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786257057523</t>
+          <t>9786257057721</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Vicdanın Sesi</t>
+          <t>Muhyi’nin Selim-Namesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786257057509</t>
+          <t>9786257057837</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Arkasında</t>
+          <t>Alman Bild Gazetesinde “Barış Pınarı Harekatı”</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786257057516</t>
+          <t>9786257057783</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Türkçenin Acı Günleri</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786257057493</t>
+          <t>9786257057912</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim Yazıları</t>
+          <t>Dijital İletişimi Anlamak 1</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786257057462</t>
+          <t>9786257057691</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Din Anlayışında Reform</t>
+          <t>Kişilik Özellikleri Bağlamında Gençlerin Siyasal Katılımı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786257057455</t>
+          <t>9786257057769</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Balat ve Çine Vakıfları</t>
+          <t>Karanlıktan Kalan</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786257057158</t>
+          <t>9786257057615</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kubbe-i Hadra Kalemişi Tezyinatı ve Onarımı</t>
+          <t>Kurumsal Sosyal Sorumluk ve Marka İmajı</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786257057448</t>
+          <t>9786257057592</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Masal ve Peri</t>
+          <t>Yeni Medya Yeni Mekan Yeni Mesaj</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786257057356</t>
+          <t>9786257057264</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Aladağ’ın İncisi Derbent</t>
+          <t>Susam ve Zambaklar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786257057303</t>
+          <t>9786057600790</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kahraman-Name</t>
+          <t>Harimi (Şehzade Korkud) Divanı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786257057295</t>
+          <t>9786257057523</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Mektuplarla Yunus Emre</t>
+          <t>Vicdanın Sesi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786257057318</t>
+          <t>9786257057509</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Toplum İnşa Etmek</t>
+          <t>Işıklar Arkasında</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786257057271</t>
+          <t>9786257057516</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Ulus Devletin Yarım Türkler’i</t>
+          <t>Türkçenin Acı Günleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786257057288</t>
+          <t>9786257057493</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası ve Kamu Diplomasisi Faaliyetleri (1934-1960)</t>
+          <t>Siyasal İletişim Yazıları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057600141</t>
+          <t>9786257057462</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani’de İman Kavramı Süri ve Hakiki İman</t>
+          <t>Din Anlayışında Reform</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786257057103</t>
+          <t>9786257057455</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Fağfür-Name</t>
+          <t>Balat ve Çine Vakıfları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786257057189</t>
+          <t>9786257057158</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Amerikan Edebiyatında Erkekler ve Erkeklikler</t>
+          <t>Kubbe-i Hadra Kalemişi Tezyinatı ve Onarımı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786257057134</t>
+          <t>9786257057448</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri’nin Gölgesinde</t>
+          <t>Masal ve Peri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257057202</t>
+          <t>9786257057356</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Diplomat Sahabiler</t>
+          <t>Aladağ’ın İncisi Derbent</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057600936</t>
+          <t>9786257057303</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu (Eski ve Yeni Harflerle)</t>
+          <t>Kahraman-Name</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786257057165</t>
+          <t>9786257057295</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Rotterdamlı Erasmus</t>
+          <t>Mektuplarla Yunus Emre</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786257057141</t>
+          <t>9786257057318</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Modern İnsanın Yalnızlığı</t>
+          <t>Yeni Bir Toplum İnşa Etmek</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786257057110</t>
+          <t>9786257057271</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler</t>
+          <t>Ulus Devletin Yarım Türkler’i</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057600899</t>
+          <t>9786257057288</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Tutiname</t>
+          <t>Türk Dış Politikası ve Kamu Diplomasisi Faaliyetleri (1934-1960)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057600851</t>
+          <t>9786057600141</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dönemi Şairlerinden Yusuf El-Esir ve Şiiri</t>
+          <t>İmam-ı Rabbani’de İman Kavramı Süri ve Hakiki İman</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057600844</t>
+          <t>9786257057103</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hadis Mezhep İhtilaf</t>
+          <t>Fağfür-Name</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057600967</t>
+          <t>9786257057189</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Sıra Dışı Bir Mahkeme</t>
+          <t>20. Yüzyıl Amerikan Edebiyatında Erkekler ve Erkeklikler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057600608</t>
+          <t>9786257057134</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Gök Sancak</t>
+          <t>Tiryaki Sözleri’nin Gölgesinde</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057600837</t>
+          <t>9786257057202</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Seyahatnamelerde ve Tarihi Coğrafya Eserlerinde Karaman</t>
+          <t>Diplomat Sahabiler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057600189</t>
+          <t>9786057600936</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Gurabahane-i Laklakan (Orijinal Metin)</t>
+          <t>Ömer’in Çocukluğu (Eski ve Yeni Harflerle)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057600370</t>
+          <t>9786257057165</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Emiri’ş-Şu‘Ara Ahmet Şevki ve Şevkiyyat’ında Toplum ve Siyaset</t>
+          <t>Rotterdamlı Erasmus</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057600820</t>
+          <t>9786257057141</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Feth-i Mısır (Şiri'nin Şahane Namesi)</t>
+          <t>Modern İnsanın Yalnızlığı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786057600813</t>
+          <t>9786257057110</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve Etik</t>
+          <t>Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057600196</t>
+          <t>9786057600899</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Gurabahane-i Laklakan (Sadeleştirilmiş Metin)</t>
+          <t>Tutiname</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057600806</t>
+          <t>9786057600851</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İsyanlardan Kürtçülüğe PKK Terörüne Giden Yol</t>
+          <t>Osmanlı Dönemi Şairlerinden Yusuf El-Esir ve Şiiri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057600738</t>
+          <t>9786057600844</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya - Dün Bugün Yarın</t>
+          <t>Hadis Mezhep İhtilaf</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057600714</t>
+          <t>9786057600967</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’te Emek Netice-i Sa’y ve Kayınvalide</t>
+          <t>Sıra Dışı Bir Mahkeme</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057600639</t>
+          <t>9786057600608</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>İlac-Name</t>
+          <t>Gök Sancak</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057600547</t>
+          <t>9786057600837</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Naz Demi</t>
+          <t>Seyahatnamelerde ve Tarihi Coğrafya Eserlerinde Karaman</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057600585</t>
+          <t>9786057600189</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Mezarından Kalkan Şehit (Orijinal Metin)</t>
+          <t>Gurabahane-i Laklakan (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057600530</t>
+          <t>9786057600370</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Türk Demokrasi Tecrübesi</t>
+          <t>Emiri’ş-Şu‘Ara Ahmet Şevki ve Şevkiyyat’ında Toplum ve Siyaset</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057600578</t>
+          <t>9786057600820</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Şeytan İşi</t>
+          <t>Tarih-i Feth-i Mısır (Şiri'nin Şahane Namesi)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057600554</t>
+          <t>9786057600813</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Tabip</t>
+          <t>Halkla İlişkiler ve Etik</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057600561</t>
+          <t>9786057600196</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Zor Nikahı</t>
+          <t>Gurabahane-i Laklakan (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057600592</t>
+          <t>9786057600806</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İffet (Orjinal Metin)</t>
+          <t>İsyanlardan Kürtçülüğe PKK Terörüne Giden Yol</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057600509</t>
+          <t>9786057600738</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Ütopik ve Distopik Filmlerde Geleceğin İnsanı</t>
+          <t>Sosyal Medya - Dün Bugün Yarın</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057600011</t>
+          <t>9786057600714</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Dersaadet’te Emek Netice-i Sa’y ve Kayınvalide</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786057600486</t>
+          <t>9786057600639</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Bireyin Dönüşümü</t>
+          <t>İlac-Name</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057600448</t>
+          <t>9786057600547</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sosyal İnovasyon ve Kurumsal İmaj</t>
+          <t>Naz Demi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057600455</t>
+          <t>9786057600585</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Castellio Calvin'e Karşı ya da Vicdanın Zorbalığa İsyanı</t>
+          <t>Mezarından Kalkan Şehit (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057600431</t>
+          <t>9786057600530</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tahir Selam Divanı</t>
+          <t>Türk Demokrasi Tecrübesi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057600165</t>
+          <t>9786057600578</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Konya'sında Nakşibendilik</t>
+          <t>Şeytan İşi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057600363</t>
+          <t>9786057600554</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Solunum Yolları İmmünolojisi ve Hastalıkları - İmmünoloji (Bağışıklık) Ana Prensipleri</t>
+          <t>Zoraki Tabip</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>50</v>
+        <v>140</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057600158</t>
+          <t>9786057600561</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Söz Yazı Kitap</t>
+          <t>Zor Nikahı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057600325</t>
+          <t>9786057600592</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel ve Mufassal Aş Ustası</t>
+          <t>İffet (Orjinal Metin)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057600332</t>
+          <t>9786057600509</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Öğrenmede Domino Etkisi</t>
+          <t>Ütopik ve Distopik Filmlerde Geleceğin İnsanı</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057600318</t>
+          <t>9786057600011</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Yollarında (Orijinal Metin Eski Yeni Harflerle)</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057600295</t>
+          <t>9786057600486</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Geleceği Geçmişle Kurgulamak</t>
+          <t>Bireyin Dönüşümü</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057600134</t>
+          <t>9786057600448</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani'nin Hayatı ve Tecdid Algısı</t>
+          <t>Sosyal İnovasyon ve Kurumsal İmaj</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057600288</t>
+          <t>9786057600455</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömre Kaç Şiir Sığar</t>
+          <t>Castellio Calvin'e Karşı ya da Vicdanın Zorbalığa İsyanı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057600028</t>
+          <t>9786057600431</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Nazmizade Murtaza'nın Kabusname Tercümesi</t>
+          <t>Tahir Selam Divanı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052338704</t>
+          <t>9786057600165</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Doğu Mültecileri ve Akşehir</t>
+          <t>19. Yüzyıl Konya'sında Nakşibendilik</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057600103</t>
+          <t>9786057600363</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Miski Divanı</t>
+          <t>Solunum Yolları İmmünolojisi ve Hastalıkları - İmmünoloji (Bağışıklık) Ana Prensipleri</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057600004</t>
+          <t>9786057600158</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Haristan (Sadeleştirilmiş Metin)</t>
+          <t>Söz Yazı Kitap</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057600172</t>
+          <t>9786057600325</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Zorluktan Kolaylığa</t>
+          <t>Mükemmel ve Mufassal Aş Ustası</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057600233</t>
+          <t>9786057600332</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Cevahirü'l Me'ani</t>
+          <t>Öğrenmede Domino Etkisi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052338988</t>
+          <t>9786057600318</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Maksadi Kemalat</t>
+          <t>Kafkas Yollarında (Orijinal Metin Eski Yeni Harflerle)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057600110</t>
+          <t>9786057600295</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Ebu Süleyman Es - Sicistani ve Felsefesi</t>
+          <t>Geleceği Geçmişle Kurgulamak</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052338742</t>
+          <t>9786057600134</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Orijinal Metin)</t>
+          <t>İmam-ı Rabbani'nin Hayatı ve Tecdid Algısı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052338995</t>
+          <t>9786057600288</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Resim Sanatında Ölümcül Kadın Figürler</t>
+          <t>Bir Ömre Kaç Şiir Sığar</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052338964</t>
+          <t>9786057600028</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Felaket Seneleri 1683 - 1699</t>
+          <t>Nazmizade Murtaza'nın Kabusname Tercümesi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052338933</t>
+          <t>9786052338704</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Anlamsızlığın Anlamı Postmodernizm</t>
+          <t>Doğu Mültecileri ve Akşehir</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052338940</t>
+          <t>9786057600103</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası (Sadeleştirilmiş Metin)</t>
+          <t>Miski Divanı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052338872</t>
+          <t>9786057600004</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Dilinden Günümüze Kronolojik Kur'an Sözlüğü</t>
+          <t>Haristan (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052338766</t>
+          <t>9786057600172</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat (Sadeleştirilmiş Metin)</t>
+          <t>Zorluktan Kolaylığa</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052338971</t>
+          <t>9786057600233</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Asırlarda Osmanlı Hayatı Felaket Seneleri (1683-1699)</t>
+          <t>Cevahirü'l Me'ani</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052338483</t>
+          <t>9786052338988</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat (Orijinal Metin)</t>
+          <t>Maksadi Kemalat</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052338896</t>
+          <t>9786057600110</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Celili Divanı</t>
+          <t>Ebu Süleyman Es - Sicistani ve Felsefesi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052338919</t>
+          <t>9786052338742</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yarısı Bulut</t>
+          <t>Araba Sevdası (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052338902</t>
+          <t>9786052338995</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Üzüm ve Üzümle Tedavi</t>
+          <t>Avrupa Resim Sanatında Ölümcül Kadın Figürler</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052338797</t>
+          <t>9786052338964</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Sadeleştirilmiş Metin)</t>
+          <t>Felaket Seneleri 1683 - 1699</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052338834</t>
+          <t>9786052338933</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Söz ve Büyü</t>
+          <t>Anlamsızlığın Anlamı Postmodernizm</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052338728</t>
+          <t>9786052338940</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Türk-İslam Kültüründe Vakıf ve Sanat</t>
+          <t>Araba Sevdası (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052338759</t>
+          <t>9786052338872</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Eski Türk Dilinden Günümüze Kronolojik Kur'an Sözlüğü</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052338780</t>
+          <t>9786052338766</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İntibah (Orjinal Metin)</t>
+          <t>Taaşşuk-ı Talat ve Fitnat (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052338773</t>
+          <t>9786052338971</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Dünün Dünyası</t>
+          <t>Geçmiş Asırlarda Osmanlı Hayatı Felaket Seneleri (1683-1699)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052338681</t>
+          <t>9786052338483</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İlahi Dinlerde Şeytan İnancı ve Anlayışı</t>
+          <t>Taaşşuk-ı Talat ve Fitnat (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052338735</t>
+          <t>9786052338896</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Cümle Bilgisi</t>
+          <t>Celili Divanı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052338445</t>
+          <t>9786052338919</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Karabibik ve Hala Güzel (Orijinal Metin)</t>
+          <t>Yarısı Bulut</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052338667</t>
+          <t>9786052338902</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Sa'di'yi Şirazi'nin Hayatı Eserleri ve Türk Edebiyatındaki Yeri</t>
+          <t>Üzüm ve Üzümle Tedavi</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052338605</t>
+          <t>9786052338797</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Mukaddime-i Ebu'l-Leysi's-Semerkandi</t>
+          <t>İntibah (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052338575</t>
+          <t>9786052338834</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze 41 Türk Sinemasında Folklor İzleri</t>
+          <t>Söz ve Büyü</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052338568</t>
+          <t>9786052338728</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaşta Sıcak Temas</t>
+          <t>Türk-İslam Kültüründe Vakıf ve Sanat</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052338551</t>
+          <t>9786052338759</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>İbn Hicce El-Hamevi ve Divanı</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052338452</t>
+          <t>9786052338780</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Karabibik ve Hala Güzel (Sadeleştirilmiş Metin)</t>
+          <t>İntibah (Orjinal Metin)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052338537</t>
+          <t>9786052338773</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Turgut (Orijinal Metin)</t>
+          <t>Dünün Dünyası</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052338414</t>
+          <t>9786052338681</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Sadeleştirilmiş Metin)</t>
+          <t>İlahi Dinlerde Şeytan İnancı ve Anlayışı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052338407</t>
+          <t>9786052338735</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt (Orjinal Metin)</t>
+          <t>Türkiye Türkçesi Cümle Bilgisi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052338520</t>
+          <t>9786052338445</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Baba Temsili</t>
+          <t>Karabibik ve Hala Güzel (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052338391</t>
+          <t>9786052338667</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Celili’nin Leyla vü Mecnun Mesnevisi (İnceleme-Metin-Çeviri)</t>
+          <t>Sa'di'yi Şirazi'nin Hayatı Eserleri ve Türk Edebiyatındaki Yeri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052338384</t>
+          <t>9786052338605</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Celili’nin Husrev ü Şirin Mesnevisi</t>
+          <t>Kitab-ı Mukaddime-i Ebu'l-Leysi's-Semerkandi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052338513</t>
+          <t>9786052338575</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi: Ma'lumat-ı Esasiyye</t>
+          <t>Geçmişten Günümüze 41 Türk Sinemasında Folklor İzleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059269414</t>
+          <t>9786052338568</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Soğuk Savaşta Sıcak Temas</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052338438</t>
+          <t>9786052338551</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Memleketinde</t>
+          <t>İbn Hicce El-Hamevi ve Divanı</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052338506</t>
+          <t>9786052338452</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Felsefesi ve Sosyoloji</t>
+          <t>Karabibik ve Hala Güzel (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052338469</t>
+          <t>9786052338537</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Konya-Karatay Müzesindeki Anadolu Selçuklu Dönemi Seramik Kandiller</t>
+          <t>Öksüz Turgut (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052338278</t>
+          <t>9786052338414</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Neydeki Sırlar</t>
+          <t>Sergüzeşt (Sadeleştirilmiş Metin)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052338322</t>
+          <t>9786052338407</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Konya Araştırmaları - Göç ve İskan</t>
+          <t>Sergüzeşt (Orjinal Metin)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052338377</t>
+          <t>9786052338520</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Ordusunda Alman Ekolü Von Der Goltz Paşa (1883-1895)</t>
+          <t>Türk Sinemasında Baba Temsili</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052338346</t>
+          <t>9786052338391</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşüncesinde Kozmogoni Kozmoloji</t>
+          <t>Celili’nin Leyla vü Mecnun Mesnevisi (İnceleme-Metin-Çeviri)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052338353</t>
+          <t>9786052338384</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Yeni Okumalar Işığında Ziya Gökalp</t>
+          <t>Celili’nin Husrev ü Şirin Mesnevisi</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052338339</t>
+          <t>9786052338513</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Filibeli Ahmet Hilmi'nin Tiyatroları</t>
+          <t>Diplomasi: Ma'lumat-ı Esasiyye</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052338285</t>
+          <t>9786059269414</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Hak Yolu</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052338230</t>
+          <t>9786052338438</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Kıyafetname - Numune-i Enveri</t>
+          <t>Beyaz Zambaklar Memleketinde</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052338186</t>
+          <t>9786052338506</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Türk İslam Sanatlarına Giriş</t>
+          <t>Hukuk Felsefesi ve Sosyoloji</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052338254</t>
+          <t>9786052338469</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Eski-Yeni-Eski Arasında Faik Reşad ve Şiir Mecmuası</t>
+          <t>Konya-Karatay Müzesindeki Anadolu Selçuklu Dönemi Seramik Kandiller</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059269353</t>
+          <t>9786052338278</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>1915'e Hapsedilen Tarih: Ermeni Meselesi</t>
+          <t>Neydeki Sırlar</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052338261</t>
+          <t>9786052338322</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Manzum Dini Hikayeler</t>
+          <t>Konya Araştırmaları - Göç ve İskan</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052338247</t>
+          <t>9786052338377</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Urdu Şiirinde Naat</t>
+          <t>Osmanlı Ordusunda Alman Ekolü Von Der Goltz Paşa (1883-1895)</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052338193</t>
+          <t>9786052338346</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Hayatından Yirmi Dört Saat</t>
+          <t>Türk Düşüncesinde Kozmogoni Kozmoloji</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059269872</t>
+          <t>9786052338353</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Litvanya Tatar Türklerine Ait Du'a Kitabı</t>
+          <t>Yeni Okumalar Işığında Ziya Gökalp</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059269896</t>
+          <t>9786052338339</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Türk Tezyinat Sanatında Kalem İşleri</t>
+          <t>Filibeli Ahmet Hilmi'nin Tiyatroları</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059269933</t>
+          <t>9786052338285</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Eş'ari ve Matüridi Mezhepleri Arasındaki Görüş Farkları</t>
+          <t>Hak Yolu</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052338162</t>
+          <t>9786052338230</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Aşık Edebiyatında Naat</t>
+          <t>Kıyafetname - Numune-i Enveri</t>
         </is>
       </c>
       <c r="C382" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052338124</t>
+          <t>9786052338186</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiir Bilgelik</t>
+          <t>Türk İslam Sanatlarına Giriş</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052338094</t>
+          <t>9786052338254</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>İslam Mimarisinde Anlam ve Sembol</t>
+          <t>Eski-Yeni-Eski Arasında Faik Reşad ve Şiir Mecmuası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052338179</t>
+          <t>9786059269353</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>1915'e Hapsedilen Tarih: Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>60</v>
+        <v>280</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052338131</t>
+          <t>9786052338261</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Vaizi</t>
+          <t>Manzum Dini Hikayeler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052338087</t>
+          <t>9786052338247</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Rehber-i Konya - İş Ocağı</t>
+          <t>Urdu Şiirinde Naat</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052338001</t>
+          <t>9786052338193</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Cümcümename</t>
+          <t>Bir Kadının Hayatından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059269988</t>
+          <t>9786059269872</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İhsan Ahmet'in Romanları ve Hikayesi</t>
+          <t>Litvanya Tatar Türklerine Ait Du'a Kitabı</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059269940</t>
+          <t>9786059269896</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Horasan Türkçesi Metinleri</t>
+          <t>Türk Tezyinat Sanatında Kalem İşleri</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059269957</t>
+          <t>9786059269933</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Semt-i Bela</t>
+          <t>Eş'ari ve Matüridi Mezhepleri Arasındaki Görüş Farkları</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059269926</t>
+          <t>9786052338162</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’ten Özbekistan’a (Seyahat-Name-i Zair)</t>
+          <t>Aşık Edebiyatında Naat</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059269964</t>
+          <t>9786052338124</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Dışarıda</t>
+          <t>Aşk Şiir Bilgelik</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059269865</t>
+          <t>9786052338094</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kıssa-i Temur-Name</t>
+          <t>İslam Mimarisinde Anlam ve Sembol</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059269810</t>
+          <t>9786052338179</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>1926 Bakü 1. Türkoloji Kongresi</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059269834</t>
+          <t>9786052338131</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Kadınlar Vaizi</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059269759</t>
+          <t>9786052338087</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Dini Basiret - İtikadi Mezhepler ve Ehl-i Sünnet</t>
+          <t>Rehber-i Konya - İş Ocağı</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059269803</t>
+          <t>9786052338001</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Tiyatrosu</t>
+          <t>Cümcümename</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059269711</t>
+          <t>9786059269988</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ufk-ı Ati</t>
+          <t>İhsan Ahmet'in Romanları ve Hikayesi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059269568</t>
+          <t>9786059269940</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Üç Büyük Usta</t>
+          <t>Horasan Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059269780</t>
+          <t>9786059269957</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Burası Anadolu</t>
+          <t>Semt-i Bela</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>150</v>
+        <v>60</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059269469</t>
+          <t>9786059269926</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Litvanya Tatar Türklerine Ait İlm-i Ḥal Kitabı</t>
+          <t>Endülüs’ten Özbekistan’a (Seyahat-Name-i Zair)</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059269452</t>
+          <t>9786059269964</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Eski Oğuz Türkçesinden Günümüz Türkiye Türkçesine Söz Varlığı ve Anlam Olayları</t>
+          <t>Dışarıda</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>800</v>
+        <v>60</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059269766</t>
+          <t>9786059269865</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Para Politikalarında Aktarım</t>
+          <t>Kıssa-i Temur-Name</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059269728</t>
+          <t>9786059269810</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Şahab - 2. Meşrutiyet Konya’sında Bir Dergi</t>
+          <t>1926 Bakü 1. Türkoloji Kongresi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059269797</t>
+          <t>9786059269834</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Siyaset</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059269612</t>
+          <t>9786059269759</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Çal Çoban Çal</t>
+          <t>Dini Basiret - İtikadi Mezhepler ve Ehl-i Sünnet</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059269704</t>
+          <t>9786059269803</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>İngiliz Tiyatrosu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059269742</t>
+          <t>9786059269711</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Mefruşat-ı Hümayun İdaresi</t>
+          <t>Ufk-ı Ati</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059269735</t>
+          <t>9786059269568</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Üç Büyük Usta</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059269643</t>
+          <t>9786059269780</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Burası Anadolu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059269667</t>
+          <t>9786059269469</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ahmad Yasawi And The Diwan-ı Hikmat</t>
+          <t>Litvanya Tatar Türklerine Ait İlm-i Ḥal Kitabı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059269650</t>
+          <t>9786059269452</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kapitalizme Başlangıç</t>
+          <t>Eski Oğuz Türkçesinden Günümüz Türkiye Türkçesine Söz Varlığı ve Anlam Olayları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>120</v>
+        <v>800</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059269636</t>
+          <t>9786059269766</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Terci-i Bend - Terkib-i Bend</t>
+          <t>Para Politikalarında Aktarım</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059269629</t>
+          <t>9786059269728</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Şık</t>
+          <t>Şahab - 2. Meşrutiyet Konya’sında Bir Dergi</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059269391</t>
+          <t>9786059269797</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne - 3</t>
+          <t>Siyaset</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059269384</t>
+          <t>9786059269612</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne - 2</t>
+          <t>Çal Çoban Çal</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059269377</t>
+          <t>9786059269704</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne - 1</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059269544</t>
+          <t>9786059269742</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Vav Misali</t>
+          <t>Mefruşat-ı Hümayun İdaresi</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059269407</t>
+          <t>9786059269735</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Doktrinler ve Tarihsel Gelişimi</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059269575</t>
+          <t>9786059269643</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059269339</t>
+          <t>9786059269667</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Yüce Poetika</t>
+          <t>Ahmad Yasawi And The Diwan-ı Hikmat</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059269247</t>
+          <t>9786059269650</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Kitab-ı Tafṣil-i Tariki’l-Muḳarrebin ve Sebili’l-Müttebi‘in</t>
+          <t>Küresel Kapitalizme Başlangıç</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059269360</t>
+          <t>9786059269636</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Özbek Türkçesi El Kitabı</t>
+          <t>Terci-i Bend - Terkib-i Bend</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059269254</t>
+          <t>9786059269629</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Emani Divanı</t>
+          <t>Şık</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059269315</t>
+          <t>9786059269391</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ayarı Bozuklar</t>
+          <t>Dünden Bugüne - 3</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059269308</t>
+          <t>9786059269384</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Amerigo</t>
+          <t>Dünden Bugüne - 2</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059269261</t>
+          <t>9786059269377</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Meseleler</t>
+          <t>Dünden Bugüne - 1</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059269223</t>
+          <t>9786059269544</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Din-Siyaset ve Toplum İlişkileri Üzerine (1923-1960)</t>
+          <t>Vav Misali</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059269230</t>
+          <t>9786059269407</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Gönül Diliyle</t>
+          <t>İktisadi Doktrinler ve Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055262884</t>
+          <t>9786059269575</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Strateji ve Savaş Kültürünün Gelişimi</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055262600</t>
+          <t>9786059269339</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Dünya Tarihi</t>
+          <t>Yüce Poetika</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059269216</t>
+          <t>9786059269247</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Cezeri Kasım Paşa Safi Divanı</t>
+          <t>Kitab-ı Tafṣil-i Tariki’l-Muḳarrebin ve Sebili’l-Müttebi‘in</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059269209</t>
+          <t>9786059269360</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Reklamcılık</t>
+          <t>Özbek Türkçesi El Kitabı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059269049</t>
+          <t>9786059269254</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Zühretü'r-Riyaz</t>
+          <t>Emani Divanı</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059269094</t>
+          <t>9786059269315</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Tarık</t>
+          <t>Ayarı Bozuklar</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059269179</t>
+          <t>9786059269308</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Okçuluğun İlkeleri</t>
+          <t>Amerigo</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059269018</t>
+          <t>9786059269261</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Kadim Dönemler Genel Hukuk Tarihi</t>
+          <t>Sosyal Meseleler</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055262983</t>
+          <t>9786059269223</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Gönül Hanım</t>
+          <t>Din-Siyaset ve Toplum İlişkileri Üzerine (1923-1960)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055262976</t>
+          <t>9786059269230</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Gönül Diliyle</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055262990</t>
+          <t>9786055262884</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Strateji ve Savaş Kültürünün Gelişimi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059269100</t>
+          <t>9786055262600</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Hamiş</t>
+          <t>Stratejik Dünya Tarihi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055262969</t>
+          <t>9786059269216</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yitik Şiirler</t>
+          <t>Cezeri Kasım Paşa Safi Divanı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059269070</t>
+          <t>9786059269209</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Tarih Denizinden Damlalar</t>
+          <t>Kurumsal Reklamcılık</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059269056</t>
+          <t>9786059269049</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Dili Yok Kalbimin</t>
+          <t>Zühretü'r-Riyaz</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059269087</t>
+          <t>9786059269094</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Sektöründe Kurumsal İmaj Algısı</t>
+          <t>Tarık</t>
         </is>
       </c>
       <c r="C446" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059269063</t>
+          <t>9786059269179</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Manzum Sözlük Geleneği ve Mahmudiyye</t>
+          <t>Okçuluğun İlkeleri</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059269001</t>
+          <t>9786059269018</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Kadim Dönemler Genel Hukuk Tarihi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055262853</t>
+          <t>9786055262983</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Esirleri</t>
+          <t>Gönül Hanım</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055262945</t>
+          <t>9786055262976</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>1980 Sonrası Türk Hikayesinde Tasavvuf</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055262952</t>
+          <t>9786055262990</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>1256 Tarihli Temettüat Defterine Göre Bozkır’ın Köyleri</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>300</v>
+        <v>80</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055583651</t>
+          <t>9786059269100</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İhtişamdan Sefalete Yeni Türk Edebiyatı’nda Konak ve Yalı</t>
+          <t>Hamiş</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055262907</t>
+          <t>9786055262969</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Hinduizm’in Kutsal Metinlerinde Manu Kanunnamesi (Manusmriti)</t>
+          <t>Yitik Şiirler</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055262891</t>
+          <t>9786059269070</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Modernliğin Gölgesinde Divan Şiiri</t>
+          <t>Tarih Denizinden Damlalar</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055262921</t>
+          <t>9786059269056</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Son Dönem Klasik Şairlerinden Baha ve Şiirleri</t>
+          <t>Dili Yok Kalbimin</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786055262914</t>
+          <t>9786059269087</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Siyaset</t>
+          <t>Hizmet Sektöründe Kurumsal İmaj Algısı</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786055262938</t>
+          <t>9786059269063</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd'de Uluhiyet</t>
+          <t>Manzum Sözlük Geleneği ve Mahmudiyye</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055262099</t>
+          <t>9786059269001</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Klasik Osmanlı Çağında</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786055262105</t>
+          <t>9786055262853</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Nabi Divanında Sosyal Hayata Hikmetli Bakış</t>
+          <t>Sultanın Esirleri</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055262556</t>
+          <t>9786055262945</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Türk Yunan İlişkileri ve Türk-Rum Nüfus Mübadelesi</t>
+          <t>1980 Sonrası Türk Hikayesinde Tasavvuf</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786055262754</t>
+          <t>9786055262952</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal (Orijinal Metin)</t>
+          <t>1256 Tarihli Temettüat Defterine Göre Bozkır’ın Köyleri</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055262655</t>
+          <t>9786055583651</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Sosyal Medya</t>
+          <t>İhtişamdan Sefalete Yeni Türk Edebiyatı’nda Konak ve Yalı</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055262815</t>
+          <t>9786055262907</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Netayicü’l-A’mal ve Menahicü’l Ebrar</t>
+          <t>Hinduizm’in Kutsal Metinlerinde Manu Kanunnamesi (Manusmriti)</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055262792</t>
+          <t>9786055262891</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Tehcirinde Konya</t>
+          <t>Modernliğin Gölgesinde Divan Şiiri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055262846</t>
+          <t>9786055262921</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Manzum İlk Ashab-ı Kehf Kıssası</t>
+          <t>Son Dönem Klasik Şairlerinden Baha ve Şiirleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055262860</t>
+          <t>9786055262914</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Meçhul Bir Kadının Mektubu</t>
+          <t>Sosyal Medya ve Siyaset</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786055262563</t>
+          <t>9786055262938</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Hileli Tartı</t>
+          <t>İbn Rüşd'de Uluhiyet</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055262723</t>
+          <t>9786055262099</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Makaleler : Türkiye Cumhuriyeti Tarihi Üzerine İncelemeler</t>
+          <t>Klasik Osmanlı Çağında</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055262716</t>
+          <t>9786055262105</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Türk - Tatar Dil Bilimine Giriş</t>
+          <t>Nabi Divanında Sosyal Hayata Hikmetli Bakış</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055262693</t>
+          <t>9786055262556</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Türk Yunan İlişkileri ve Türk-Rum Nüfus Mübadelesi</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055262709</t>
+          <t>9786055262754</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
+          <t>A'mak-ı Hayal (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>3990000026125</t>
+          <t>9786055262655</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Türkolojisinin Kurucusu : Sergi Cikia</t>
+          <t>Kamu Yönetiminde Sosyal Medya</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055262778</t>
+          <t>9786055262815</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Emile Zola'sı Salahaddin Enis</t>
+          <t>Netayicü’l-A’mal ve Menahicü’l Ebrar</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055262785</t>
+          <t>9786055262792</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Hayattan Sahifeler (Orijinal Metin)</t>
+          <t>Ermeni Tehcirinde Konya</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055262471</t>
+          <t>9786055262846</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Daniş'in Fuad Köprülü'ye Cevabı: Münazaratım</t>
+          <t>Manzum İlk Ashab-ı Kehf Kıssası</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055262631</t>
+          <t>9786055262860</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
+          <t>Meçhul Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055262648</t>
+          <t>9786055262563</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Köktürkçe El Kitabı</t>
+          <t>Hileli Tartı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055262730</t>
+          <t>9786055262723</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>2. Meşrutiyet Dönemi Mizah Basınında Osmanlı Modernleşmesi ve Eleştirel Kodlar</t>
+          <t>Makaleler : Türkiye Cumhuriyeti Tarihi Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059269155</t>
+          <t>9786055262716</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi</t>
+          <t>Türk - Tatar Dil Bilimine Giriş</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055262242</t>
+          <t>9786055262693</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Büyük Günah</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055262457</t>
+          <t>9786055262709</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Kültür - Sanat Yazıları</t>
+          <t>Kuyruklu Yıldız Altında Bir İzdivaç</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055262617</t>
+          <t>3990000026125</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Süreçte Beyşehir Gölü ve Adalarında Hayat</t>
+          <t>Gürcü Türkolojisinin Kurucusu : Sergi Cikia</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059269124</t>
+          <t>9786055262778</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Ekonomilerinde 3R</t>
+          <t>Türkiye'nin Emile Zola'sı Salahaddin Enis</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059269117</t>
+          <t>9786055262785</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Konya'da Kaybolan Türk-İslam Eserleri</t>
+          <t>Hayattan Sahifeler (Orijinal Metin)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055262464</t>
+          <t>9786055262471</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Dehşetler İçinde</t>
+          <t>Hüseyin Daniş'in Fuad Köprülü'ye Cevabı: Münazaratım</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055262549</t>
+          <t>9786055262631</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sevda Sultan</t>
+          <t>Vergi Hukuku ve Türk Vergi Sistemi</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055262495</t>
+          <t>9786055262648</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Şark'tan Mektuplar</t>
+          <t>Köktürkçe El Kitabı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786055262396</t>
+          <t>9786055262730</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>3 Numaralı Konya Şer'iye Sicili</t>
+          <t>2. Meşrutiyet Dönemi Mizah Basınında Osmanlı Modernleşmesi ve Eleştirel Kodlar</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055262143</t>
+          <t>9786059269155</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Yarım Sevmeler</t>
+          <t>Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055262075</t>
+          <t>9786055262242</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Özetleriyle 100 Temel Eser</t>
+          <t>Büyük Günah</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055262419</t>
+          <t>9786055262457</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Söylem Analizi</t>
+          <t>Kültür - Sanat Yazıları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786056063503</t>
+          <t>9786055262617</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Basın</t>
+          <t>Tarihi Süreçte Beyşehir Gölü ve Adalarında Hayat</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786056063534</t>
+          <t>9786059269124</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şizofrenik Hali Sevim Burak</t>
+          <t>Piyasa Ekonomilerinde 3R</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786058818385</t>
+          <t>9786059269117</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>İman ve İsyan Şairi Mehmet Akif</t>
+          <t>Konya'da Kaybolan Türk-İslam Eserleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786056131417</t>
+          <t>9786055262464</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>İkinci Meşrutiyet Devrinde Basın ve Siyaset</t>
+          <t>Dehşetler İçinde</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786058749993</t>
+          <t>9786055262549</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>İhvan-ı Safa’da Felsefe ve Din Münasebeti</t>
+          <t>Sevda Sultan</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786056131486</t>
+          <t>9786055262495</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Haşim-name</t>
+          <t>Şark'tan Mektuplar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786058913769</t>
+          <t>9786055262396</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Vefik Paşa’nın Anadolu Sağ Kol Müfettişliği</t>
+          <t>3 Numaralı Konya Şer'iye Sicili</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786058818378</t>
+          <t>9786055262143</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>51 Numaralı Konya Şer’iye Sicili</t>
+          <t>Yarım Sevmeler</t>
         </is>
       </c>
       <c r="C499" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786055262402</t>
+          <t>9786055262075</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>O Günler Anılar (1928-1945)</t>
+          <t>Özetleriyle 100 Temel Eser</t>
         </is>
       </c>
       <c r="C500" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786055262365</t>
+          <t>9786055262419</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Dünyası Tarihi</t>
+          <t>Söylem Analizi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055262327</t>
+          <t>9786056063503</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Silahü’l-Mü’Minin</t>
+          <t>Atatürk ve Basın</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786055583088</t>
+          <t>9786056063534</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Türk Tenkit Tarihi</t>
+          <t>Aşkın Şizofrenik Hali Sevim Burak</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786058818309</t>
+          <t>9786058818385</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Gelenek</t>
+          <t>İman ve İsyan Şairi Mehmet Akif</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>3990000026054</t>
+          <t>9786056131417</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Se-Zeban</t>
+          <t>İkinci Meşrutiyet Devrinde Basın ve Siyaset</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055262334</t>
+          <t>9786058749993</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Kışşa-i Musa'Aleyhi's -Selam</t>
+          <t>İhvan-ı Safa’da Felsefe ve Din Münasebeti</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786055262341</t>
+          <t>9786056131486</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani'de Ehl-i Sünnet Kimliği</t>
+          <t>Haşim-name</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786055262297</t>
+          <t>9786058913769</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili</t>
+          <t>Ahmed Vefik Paşa’nın Anadolu Sağ Kol Müfettişliği</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055262433</t>
+          <t>9786058818378</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Günümüz Afganistanlı Özbek Şairleri</t>
+          <t>51 Numaralı Konya Şer’iye Sicili</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055262211</t>
+          <t>9786055262402</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>1256 (1840) Tarihli - Bozkır Temettüat Defteri</t>
+          <t>O Günler Anılar (1928-1945)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055262426</t>
+          <t>9786055262365</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Çağdaş Türk Dünyası Tarihi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055262112</t>
+          <t>9786055262327</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Çeşm-i Alem ve Divanı</t>
+          <t>Silahü’l-Mü’Minin</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786055262358</t>
+          <t>9786055583088</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Küresel Ekonomide Uluslararası  Vergileme Yapısı, Ekonomi Politiği ve Ülkeler Arası İşbirliği</t>
+          <t>Türk Tenkit Tarihi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055262594</t>
+          <t>9786058818309</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Seyfettin Başcıllar</t>
+          <t>Türk Şiirinde Gelenek</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059269131</t>
+          <t>3990000026054</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Monologlar</t>
+          <t>Se-Zeban</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055262372</t>
+          <t>9786055262334</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Notları</t>
+          <t>Kışşa-i Musa'Aleyhi's -Selam</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786055262174</t>
+          <t>9786055262341</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Aczimin Giryesi - Beyitler ve Dörtlükler</t>
+          <t>İmam-ı Rabbani'de Ehl-i Sünnet Kimliği</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055262686</t>
+          <t>9786055262297</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Michael Kohlhaas</t>
+          <t>Türk Dili</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>70</v>
+        <v>350</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786055262273</t>
+          <t>9786055262433</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Metinleri</t>
+          <t>Günümüz Afganistanlı Özbek Şairleri</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786055262280</t>
+          <t>9786055262211</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Esbab ve Alamat-ı Semerkandi</t>
+          <t>1256 (1840) Tarihli - Bozkır Temettüat Defteri</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786058749900</t>
+          <t>9786055262426</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Van Kırgızları’nın Tarihi Kişiler Hakkındaki Ağıtları</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C521" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786055583101</t>
+          <t>9786055262112</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Reformist Tipler</t>
+          <t>Çeşm-i Alem ve Divanı</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786056131493</t>
+          <t>9786055262358</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Tarih-i Frengi Tercümesi</t>
+          <t>Küresel Ekonomide Uluslararası  Vergileme Yapısı, Ekonomi Politiği ve Ülkeler Arası İşbirliği</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786056131479</t>
+          <t>9786055262594</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Süleymaniyeli Nemrut Mustafa Paşa</t>
+          <t>Seyfettin Başcıllar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786056063596</t>
+          <t>9786059269131</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Süheyl ü Nev-Bahar’da Eskicil Öğeler</t>
+          <t>Monologlar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786058818392</t>
+          <t>9786055262372</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimine Giriş</t>
+          <t>Edebiyat Notları</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055262037</t>
+          <t>9786055262174</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eğitimi Alan Öğrencilerin Sanat ve Estetik Tutumlarına Görsel Kültürün Etkisi</t>
+          <t>Aczimin Giryesi - Beyitler ve Dörtlükler</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>260</v>
+        <v>80</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786056131400</t>
+          <t>9786055262686</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kuruluşlarında Halkla İlişkiler Uygulamaları</t>
+          <t>Michael Kohlhaas</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>250</v>
+        <v>70</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786058913721</t>
+          <t>9786055262273</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Rol Etkileşimi Bağlamında Kadın Subaylar</t>
+          <t>Osmanlı Türkçesi Metinleri</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786055262082</t>
+          <t>9786055262280</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Ötelerden 33 Kişi</t>
+          <t>Esbab ve Alamat-ı Semerkandi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786058913776</t>
+          <t>9786058749900</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devletinde Bilgi ve İktidar</t>
+          <t>Van Kırgızları’nın Tarihi Kişiler Hakkındaki Ağıtları</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786058818361</t>
+          <t>9786055583101</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Meyvename</t>
+          <t>Türk Romanında Reformist Tipler</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786056063572</t>
+          <t>9786056131493</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’da Aşk Sırrı ve Nihai Bütünleşme</t>
+          <t>Tarih-i Frengi Tercümesi</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786055262068</t>
+          <t>9786056131479</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Menekşe</t>
+          <t>Süleymaniyeli Nemrut Mustafa Paşa</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055262006</t>
+          <t>9786056063596</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kriz ve Türkiye Ekonomisinin Yapısal Dönüşümü / Makaleler</t>
+          <t>Süheyl ü Nev-Bahar’da Eskicil Öğeler</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786055583002</t>
+          <t>9786058818392</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Konya’da Çok Partili Dönem Genel Seçimleri (1946-1957)</t>
+          <t>Siyaset Bilimine Giriş</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786056063510</t>
+          <t>9786055262037</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Konya Basın Tarihi</t>
+          <t>Sanat Eğitimi Alan Öğrencilerin Sanat ve Estetik Tutumlarına Görsel Kültürün Etkisi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789944046862</t>
+          <t>9786056131400</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kar Yangını</t>
+          <t>Sağlık Kuruluşlarında Halkla İlişkiler Uygulamaları</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786058749924</t>
+          <t>9786058913721</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Mallar</t>
+          <t>Rol Etkileşimi Bağlamında Kadın Subaylar</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786058818330</t>
+          <t>9786055262082</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Halkla İlişkiler ve E-Devlet</t>
+          <t>Ötelerden 33 Kişi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786058818354</t>
+          <t>9786058913776</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kamu Ruhu: Postmodern Kimliksizliğe Karşı Duruşlar</t>
+          <t>Osmanlı Devletinde Bilgi ve İktidar</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786055262150</t>
+          <t>9786058818361</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kalem İzi</t>
+          <t>Meyvename</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786055583118</t>
+          <t>9786056063572</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İşgal Altında</t>
+          <t>Mevlana’da Aşk Sırrı ve Nihai Bütünleşme</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786055583507</t>
+          <t>9786055262068</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın İlk Dönemlerinde Kader</t>
+          <t>Menekşe</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786058749917</t>
+          <t>9786055262006</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Hayatı, Eserleri ve Edebiyat Anlayışıyla Muhiddin Mekki</t>
+          <t>Küresel Kriz ve Türkiye Ekonomisinin Yapısal Dönüşümü / Makaleler</t>
         </is>
       </c>
       <c r="C545" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786055583316</t>
+          <t>9786055583002</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Edirneli Şevki Divanı</t>
+          <t>Konya’da Çok Partili Dönem Genel Seçimleri (1946-1957)</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786056131462</t>
+          <t>9786056063510</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Ecel-i Kaza</t>
+          <t>Konya Basın Tarihi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786055262136</t>
+          <t>9789944046862</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Duhani-zade Ali Çelebi Mir’atü’l-Akait Tercümesi</t>
+          <t>Kar Yangını</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786058913745</t>
+          <t>9786058749924</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Define ve Kan Damlası</t>
+          <t>Kamusal Mallar</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786055262020</t>
+          <t>9786058818330</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Ceza Muhakemesi Hukuku - Temel Bilgiler</t>
+          <t>Kamu Yönetiminde Halkla İlişkiler ve E-Devlet</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055583514</t>
+          <t>9786058818354</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Beyitlerin Gölgesinde</t>
+          <t>Kamu Ruhu: Postmodern Kimliksizliğe Karşı Duruşlar</t>
         </is>
       </c>
       <c r="C551" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786058913790</t>
+          <t>9786055262150</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Baskı ve Kaçış Problemi</t>
+          <t>Kalem İzi</t>
         </is>
       </c>
       <c r="C552" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786055262051</t>
+          <t>9786055583118</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Ayıntablı Mahremi Divanı</t>
+          <t>İşgal Altında</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786058749979</t>
+          <t>9786055583507</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>323 Numaralı Karaman Şer’iyye Sicili</t>
+          <t>İslam’ın İlk Dönemlerinde Kader</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
+          <t>9786058749917</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı, Eserleri ve Edebiyat Anlayışıyla Muhiddin Mekki</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9786055583316</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Edirneli Şevki Divanı</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9786056131462</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Ecel-i Kaza</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9786055262136</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Duhani-zade Ali Çelebi Mir’atü’l-Akait Tercümesi</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786058913745</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Define ve Kan Damlası</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9786055262020</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Ceza Muhakemesi Hukuku - Temel Bilgiler</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786055583514</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Beyitlerin Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9786058913790</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Baskı ve Kaçış Problemi</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9786055262051</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Ayıntablı Mahremi Divanı</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786058749979</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>323 Numaralı Karaman Şer’iyye Sicili</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
           <t>9786058749962</t>
         </is>
       </c>
-      <c r="B555" s="1" t="inlineStr">
+      <c r="B565" s="1" t="inlineStr">
         <is>
           <t>319 Numaralı Karaman Şer’iyye Sicili</t>
         </is>
       </c>
-      <c r="C555" s="1">
+      <c r="C565" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>