--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,625 +85,655 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255600349</t>
+          <t>9786258542165</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıflar için Akıcı Okuma Tiyatrosu</t>
+          <t>1. Sınıf Değerlerle Büyüyorum (10 Kitap)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>295</v>
+        <v>950</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255600202</t>
+          <t>9786256154711</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Uçurtma 1. Sınıflar İçin İlk Okuma Kitabım</t>
+          <t>Kırmızı Giyerim Öfkeli Değilim Mavi Giyerim Üzgün Değilim (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255600042</t>
+          <t>9786255600349</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Robin'in Oyuncaklarının Günlüğü 8+ (10 Kitap)</t>
+          <t>1. Sınıflar için Akıcı Okuma Tiyatrosu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>735</v>
+        <v>295</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256154551</t>
+          <t>9786255600202</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Heyecanlı Kuş'un Maceraları Büyük Dilime Sahip Olmayı Çok İstiyorum (Ciltli)</t>
+          <t>Arkadaşım Uçurtma 1. Sınıflar İçin İlk Okuma Kitabım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256154643</t>
+          <t>9786255600042</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Süper Kedi Çılgın Çim Biçme Makinesi (Ciltli)</t>
+          <t>Robin'in Oyuncaklarının Günlüğü 8+ (10 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>185</v>
+        <v>735</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256154544</t>
+          <t>9786256154551</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Heyecanlı Kuş'un Maceraları Birinci Olmayı Çok İstiyorum (Ciltli)</t>
+          <t>Heyecanlı Kuş'un Maceraları Büyük Dilime Sahip Olmayı Çok İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256154728</t>
+          <t>9786256154643</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Matthew'un Doğum Günü Partisi (Ciltli)</t>
+          <t>Süper Kedi Çılgın Çim Biçme Makinesi (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256154636</t>
+          <t>9786256154544</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Süper Kedi – Kinci Davetsiz Misafir (Ciltli)</t>
+          <t>Heyecanlı Kuş'un Maceraları Birinci Olmayı Çok İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256154704</t>
+          <t>9786256154728</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Uyumak Bana Göre Değil (Ciltli)</t>
+          <t>Matthew'un Doğum Günü Partisi (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256154629</t>
+          <t>9786256154636</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Süper Kedi - Süper Kedi Geliyor! (Ciltli)</t>
+          <t>Süper Kedi – Kinci Davetsiz Misafir (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256154735</t>
+          <t>9786256154704</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Zebra’nın Şemsiyesi (Ciltli)</t>
+          <t>Uyumak Bana Göre Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256154681</t>
+          <t>9786256154629</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Zekiler Kulübü Uzay Aktivite Kitabı</t>
+          <t>Süper Kedi - Süper Kedi Geliyor! (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256154674</t>
+          <t>9786256154735</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Zekiler Kulübü Yeryüzü Aktivite Kitabı</t>
+          <t>Zebra’nın Şemsiyesi (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256154902</t>
+          <t>9786256154681</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Robin'in Seyhat Günlüğü 8+ (10 Kitap)</t>
+          <t>Zekiler Kulübü Uzay Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>735</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256154650</t>
+          <t>9786256154674</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Zekiler Kulübü İnsan Vücudu Aktivite Kitabı</t>
+          <t>Zekiler Kulübü Yeryüzü Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256154667</t>
+          <t>9786256154902</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Zekiler Kulübü Okyanus Aktivite Kitabı</t>
+          <t>Robin'in Seyhat Günlüğü 8+ (10 Kitap)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>295</v>
+        <v>735</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256154896</t>
+          <t>9786256154650</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Robin'in Seyahat Günlüğü 8+ (10 Kitap)</t>
+          <t>Zekiler Kulübü İnsan Vücudu Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>735</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256154605</t>
+          <t>9786256154667</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Duygularımla Tanışıyorum Yalnızım</t>
+          <t>Zekiler Kulübü Okyanus Aktivite Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256154582</t>
+          <t>9786256154896</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Duygularımla Tanışıyorum Öfkeliyim</t>
+          <t>Robin'in Seyahat Günlüğü 8+ (10 Kitap)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>225</v>
+        <v>735</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255600059</t>
+          <t>9786256154605</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bronte Tempestra Ve Şimşek Atları (10+)</t>
+          <t>Duygularımla Tanışıyorum Yalnızım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256154599</t>
+          <t>9786256154582</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Duygularımla Tanışıyorum Mutluyum</t>
+          <t>Duygularımla Tanışıyorum Öfkeliyim</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256154612</t>
+          <t>9786255600059</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Duygularımla Tanışıyorum Endişeliyim</t>
+          <t>Bronte Tempestra Ve Şimşek Atları (10+)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255600066</t>
+          <t>9786256154599</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bronte Tempestra Ve Buz Askerler (10+)</t>
+          <t>Duygularımla Tanışıyorum Mutluyum</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256154698</t>
+          <t>9786256154612</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Okul Köpeği Dexter</t>
+          <t>Duygularımla Tanışıyorum Endişeliyim</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256154575</t>
+          <t>9786255600066</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Heyacanlı Kuş'un Maceraları Limonata Yapmayı Çok İstiyorum (Ciltli)</t>
+          <t>Bronte Tempestra Ve Buz Askerler (10+)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255600134</t>
+          <t>9786256154698</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Agatha Mistery Venedik Hükümdarının Tacı (8+) (Ciltli)</t>
+          <t>Muhteşem Okul Köpeği Dexter</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256154568</t>
+          <t>9786256154575</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Heyacanlı Kuş'un Maceraları Ay'a Gitmeyi Çok İstiyorum (Ciltli)</t>
+          <t>Heyacanlı Kuş'un Maceraları Limonata Yapmayı Çok İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255600103</t>
+          <t>9786255600134</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Agatha Mistery Niagara Şelaleleri'nde Soygun (8+) (Ciltli)</t>
+          <t>Agatha Mistery Venedik Hükümdarının Tacı (8+) (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255600127</t>
+          <t>9786256154568</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Agatha Mistery Bermuda Hazinesi (8+) (Ciltli)</t>
+          <t>Heyacanlı Kuş'un Maceraları Ay'a Gitmeyi Çok İstiyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255600110</t>
+          <t>9786255600103</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Agatha Mistery Eyfel Kulesi'nde Cinayet (8+) (Ciltli)</t>
+          <t>Agatha Mistery Niagara Şelaleleri'nde Soygun (8+) (Ciltli)</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255600080</t>
+          <t>9786255600127</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Agatha Mistery Bengal İncisi (8+) (Ciltli)</t>
+          <t>Agatha Mistery Bermuda Hazinesi (8+) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255600097</t>
+          <t>9786255600110</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Agatha Mistery İskoç Kralı'nın Kılıcı (8+) (Ciltli)</t>
+          <t>Agatha Mistery Eyfel Kulesi'nde Cinayet (8+) (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255600073</t>
+          <t>9786255600080</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Agatha Mistery Fravunun Laneti (8+) (Ciltli)</t>
+          <t>Agatha Mistery Bengal İncisi (8+) (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052829844</t>
+          <t>9786255600097</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tek Hikaye Kitapları 1 Rıfkı Serisi 5 Kitap</t>
+          <t>Agatha Mistery İskoç Kralı'nın Kılıcı (8+) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>128</v>
+        <v>275</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052829851</t>
+          <t>9786255600073</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Tek Hikaye Kitapları 2 Gamzeli Gezegen Serisi 3 Kitap</t>
+          <t>Agatha Mistery Fravunun Laneti (8+) (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>128</v>
+        <v>275</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256154384</t>
+          <t>9786052829844</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Luna Fantastik Hikaye Serisi  (8 Kitap)</t>
+          <t>Tek Hikaye Kitapları 1 Rıfkı Serisi 5 Kitap</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>690</v>
+        <v>128</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256154216</t>
+          <t>9786052829851</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilim İnsanın Uzay Yolculuğu (8-10 Yaş)</t>
+          <t>Tek Hikaye Kitapları 2 Gamzeli Gezegen Serisi 3 Kitap</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>125</v>
+        <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256154230</t>
+          <t>9786256154384</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bilim İnsanın İnsan Yolculuğu (8-10 Yaş)</t>
+          <t>Luna Fantastik Hikaye Serisi  (8 Kitap)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>125</v>
+        <v>690</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
+          <t>9786256154216</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bilim İnsanın Uzay Yolculuğu (8-10 Yaş)</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786256154230</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Bilim İnsanın İnsan Yolculuğu (8-10 Yaş)</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
           <t>9786256154247</t>
         </is>
       </c>
-      <c r="B40" s="1" t="inlineStr">
+      <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Küçük Bilim İnsanın Dünya Yolculuğu (8-10 YAŞ)</t>
         </is>
       </c>
-      <c r="C40" s="1">
+      <c r="C42" s="1">
         <v>125</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>