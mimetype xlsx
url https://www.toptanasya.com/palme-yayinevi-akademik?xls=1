--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,8125 +85,8290 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256441781</t>
+          <t>9799758982096</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Biyokimyanın İlkeleri (Lehninger)</t>
+          <t>Bitki Ekolojisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1900</v>
+        <v>437</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052828311</t>
+          <t>9786053556367</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fizik Serway 3. Cilt (Yeni)</t>
+          <t>Çözümlü Genel Matematik Problemleri 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>800</v>
+        <v>690</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052829868</t>
+          <t>9786053556442</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hidrodinamik Makinaların Tasarımı Pompalar Ve Hidro-Türbinler</t>
+          <t>Çözümlü Matematik Analiz Problemleri 2</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>470</v>
+        <v>820</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052829967</t>
+          <t>9786055829155</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya İkinci Bir Dil (İkinci Dönem Konuları)</t>
+          <t>Deneysel Bitki Anatomisi Ve Morfolojisine Giriş</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>720</v>
+        <v>354</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052829929</t>
+          <t>9786053557890</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bir Çırpıda Anatomi</t>
+          <t>Fiziksel Kimya Öğrenci Çözümleri Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>254</v>
+        <v>399</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052829660</t>
+          <t>9786053550594</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Nörofizyolojinin Psikiyatrideki Yeri</t>
+          <t>Genel Kimya 1. Cilt</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>780</v>
+        <v>850</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256441088</t>
+          <t>9786053557999</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Güç Elektroniği Devreleri Matlab Ve Simulink Çözümleri</t>
+          <t>Gerçeği Hayal Etmek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>540</v>
+        <v>470</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052829974</t>
+          <t>9786256154759</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Davranış Fizyolojisi</t>
+          <t>Matematiksel İstatistik (1)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>1100</v>
+        <v>650</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9799757477630</t>
+          <t>9786255600196</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Molekülleri ( Feromonlar )</t>
+          <t>Yaşam Bilimleri Temel Ve İleri Uygulamalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>70</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256441149</t>
+          <t>9786256672741</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Akıl Yürütmeci Bilim İnsanları Buluşları Ve Eserleri</t>
+          <t>İş Güvenliği Uzmanlığı Sınavlarına Hazırlık Soru Bankası</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>325</v>
+        <v>495</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256441156</t>
+          <t>9786256672758</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklık Sistemi Nasıl Çalışır ?</t>
+          <t>İş Güvenliği Uzmanlığı Sınavlarına Hazırlık Deneme Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>847</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256441231</t>
+          <t>9786255600707</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>C İle Nesneye Dayalı Programlama</t>
+          <t>Sosyal Psikoloji</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>950</v>
+        <v>886</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256441187</t>
+          <t>9786255600615</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiyi Anlamak</t>
+          <t>Genel Kimya Cilt 1 İlkeler Ve Modern Uygulamalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1050</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256441262</t>
+          <t>9786052724729</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Mühendisliği İlkeler Ve Uygulamalar</t>
+          <t>6. Sınıf Süper Din Kültürü Ve Ahlak Bilgisi Beceri Temelli Soru Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>1300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256441293</t>
+          <t>9786256441781</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Öğretmen Okulları Ve 68 Kuşağı Gençlik</t>
+          <t>Biyokimyanın İlkeleri (Lehninger)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>570</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256441316</t>
+          <t>9786052828311</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Palme Yayınevi Ayt Sayısal Tüm Dersler Aylık Soru Fasikülleri</t>
+          <t>Fizik Serway 3. Cilt (Yeni)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>371</v>
+        <v>800</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256441415</t>
+          <t>9786052829868</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Taşların Ekolojisi İle Topografyanın Toprak Oluşumu Tarım Ve Ormancılık Açısından Önemi</t>
+          <t>Hidrodinamik Makinaların Tasarımı Pompalar Ve Hidro-Türbinler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>600</v>
+        <v>470</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256441804</t>
+          <t>9786052829967</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dijital Bağımlılıkla Mücadele Rehberi</t>
+          <t>Organik Kimya İkinci Bir Dil (İkinci Dönem Konuları)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>320</v>
+        <v>720</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256441576</t>
+          <t>9786052829929</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Hücre Biyolojisi</t>
+          <t>Bir Çırpıda Anatomi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>2300</v>
+        <v>254</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256441699</t>
+          <t>9786052829660</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ayrık Zamanlı Kontrol Sistemleri</t>
+          <t>Nörofizyolojinin Psikiyatrideki Yeri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>637</v>
+        <v>780</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256441767</t>
+          <t>9786256441088</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi</t>
+          <t>Güç Elektroniği Devreleri Matlab Ve Simulink Çözümleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256441774</t>
+          <t>9786052829974</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Modern Bir Yaklaşım</t>
+          <t>Davranış Fizyolojisi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1500</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256441798</t>
+          <t>9799757477630</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Termodinamik 2</t>
+          <t>Aşkın Molekülleri ( Feromonlar )</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>440</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256441422</t>
+          <t>9786256441149</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Bölgesel Coğrafyası</t>
+          <t>Akıl Yürütmeci Bilim İnsanları Buluşları Ve Eserleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256441583</t>
+          <t>9786256441156</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Coğrafya Atlası</t>
+          <t>Bağışıklık Sistemi Nasıl Çalışır ?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>540</v>
+        <v>847</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256441637</t>
+          <t>9786256441231</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızın Karakterini İnşa Ederken</t>
+          <t>C İle Nesneye Dayalı Programlama</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>950</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256441620</t>
+          <t>9786256441187</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Yönetimi</t>
+          <t>Psikolojiyi Anlamak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>327</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256441606</t>
+          <t>9786256441262</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Mekansal Boyutu</t>
+          <t>Elektrik Mühendisliği İlkeler Ve Uygulamalar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>328</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256441910</t>
+          <t>9786256441293</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Öz Biyoloji</t>
+          <t>Yüksek Öğretmen Okulları Ve 68 Kuşağı Gençlik</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>795</v>
+        <v>570</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256441835</t>
+          <t>9786256441316</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders 1.Cilt</t>
+          <t>Palme Yayınevi Ayt Sayısal Tüm Dersler Aylık Soru Fasikülleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>950</v>
+        <v>371</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256441897</t>
+          <t>9786256441415</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Fen Okuryazarlığı</t>
+          <t>Taşların Ekolojisi İle Topografyanın Toprak Oluşumu Tarım Ve Ormancılık Açısından Önemi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>520</v>
+        <v>600</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256672017</t>
+          <t>9786256441804</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Taşınma Süreçleri Ve Ayırma Süreci İlkeleri</t>
+          <t>Dijital Bağımlılıkla Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>1050</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256672079</t>
+          <t>9786256441576</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Kalite Kontrol Test Ve Analizleri Kumaş</t>
+          <t>Moleküler Hücre Biyolojisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>590</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256672086</t>
+          <t>9786256441699</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Kalite Kontrol Test Ve Analizleri Lif Ve İplik</t>
+          <t>Ayrık Zamanlı Kontrol Sistemleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>495</v>
+        <v>637</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256672109</t>
+          <t>9786256441767</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cebirsel Topolojiye Giriş</t>
+          <t>Ekonomi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>680</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256672055</t>
+          <t>9786256441774</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Malzeme Bilimi Ve Mühendisliğinin Temelleri</t>
+          <t>Yapay Zeka Modern Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1850</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256672062</t>
+          <t>9786256441798</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fizik Temel Bilim Ve Mühendislik İçin - Giacoli</t>
+          <t>Termodinamik 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>1950</v>
+        <v>440</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052828953</t>
+          <t>9786256441422</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muhacirin Kızı</t>
+          <t>Türkiye Bölgesel Coğrafyası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>420</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256672130</t>
+          <t>9786256441583</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Palme Yayınevi Temel Aerodinamik</t>
+          <t>Türkiye Coğrafya Atlası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>540</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256672147</t>
+          <t>9786256441637</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Ağları</t>
+          <t>Çocuklarımızın Karakterini İnşa Ederken</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>770</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256672338</t>
+          <t>9786256441620</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bürokrasi Kuramları</t>
+          <t>Duyguların Yönetimi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>175</v>
+        <v>327</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256672376</t>
+          <t>9786256441606</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Çevre Sağlığı</t>
+          <t>Eğitimin Mekansal Boyutu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>350</v>
+        <v>328</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256672383</t>
+          <t>9786256441910</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Temel İstatistik Adım Adım Yaklaşım</t>
+          <t>Öz Biyoloji</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1250</v>
+        <v>795</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256672413</t>
+          <t>9786256441835</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Adli Antropoloji</t>
+          <t>Kalkülüs Eksiksiz Bir Ders 1.Cilt</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>665</v>
+        <v>950</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256672390</t>
+          <t>9786256441897</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ebru Sanatı Terapisi</t>
+          <t>Fen Okuryazarlığı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>545</v>
+        <v>520</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256672352</t>
+          <t>9786256672017</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çevre Mühendisliği Ve Bilimi Prensipleri</t>
+          <t>Taşınma Süreçleri Ve Ayırma Süreci İlkeleri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1350</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256672666</t>
+          <t>9786256672079</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bir Çırpıda Anatomi</t>
+          <t>Tekstil Kalite Kontrol Test Ve Analizleri Kumaş</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>805</v>
+        <v>590</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256672772</t>
+          <t>9786256672086</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mikro Ekonomi</t>
+          <t>Tekstil Kalite Kontrol Test Ve Analizleri Lif Ve İplik</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>650</v>
+        <v>495</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256672734</t>
+          <t>9786256672109</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Beyin Ve Davranışa Giriş</t>
+          <t>Cebirsel Topolojiye Giriş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1253</v>
+        <v>680</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256672888</t>
+          <t>9786256672055</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Ağları</t>
+          <t>Malzeme Bilimi Ve Mühendisliğinin Temelleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>945</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256672963</t>
+          <t>9786256672062</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Elektro-Nörofizyoloji Teknikleri İçin Anatomi</t>
+          <t>Fizik Temel Bilim Ve Mühendislik İçin - Giacoli</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>245</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256154001</t>
+          <t>9786052828953</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Çelik Yapılar Tasarım Ve Davranış</t>
+          <t>Muhacirin Kızı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>895</v>
+        <v>420</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256154049</t>
+          <t>9786256672130</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Palme Yayınevi Temel Aerodinamik</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>895</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256154056</t>
+          <t>9786256672147</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mikroelektronik Devreler (Sedra / Smıth)</t>
+          <t>Bilgisayar Ağları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1450</v>
+        <v>770</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256154261</t>
+          <t>9786256672338</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Elektronik Devrelerinin Analizi</t>
+          <t>Bürokrasi Kuramları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>790</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256154308</t>
+          <t>9786256672376</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş</t>
+          <t>Cumhuriyet Döneminde Çevre Sağlığı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256154322</t>
+          <t>9786256672383</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Temel İstatistik Adım Adım Yaklaşım</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1150</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256154346</t>
+          <t>9786256672413</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Biyokimyasal Hesaplamalar</t>
+          <t>Adli Antropoloji</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>650</v>
+        <v>665</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256154513</t>
+          <t>9786256672390</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Esinlenen Optimizasyon Algoritmaları</t>
+          <t>Ebru Sanatı Terapisi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>550</v>
+        <v>545</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256154520</t>
+          <t>9786256672352</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Model</t>
+          <t>Çevre Mühendisliği Ve Bilimi Prensipleri</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>650</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256154537</t>
+          <t>9786256672666</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Virolojinin Temelleri</t>
+          <t>Bir Çırpıda Anatomi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>1650</v>
+        <v>805</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256154339</t>
+          <t>9786256672772</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesine Giriş</t>
+          <t>Mikro Ekonomi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>295</v>
+        <v>650</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256154506</t>
+          <t>9786256672734</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Diferansiyel Denklemler</t>
+          <t>Beyin Ve Davranışa Giriş</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>790</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256154766</t>
+          <t>9786256672888</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hangi Şairleri Hangi Şiirleri Okumalı ?</t>
+          <t>Bilgisayar Ağları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>425</v>
+        <v>945</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256154773</t>
+          <t>9786256672963</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hangi Yazarları Hangi Hikayeleri Okumalı ?</t>
+          <t>Elektro-Nörofizyoloji Teknikleri İçin Anatomi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>550</v>
+        <v>245</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256154780</t>
+          <t>9786256154001</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Genel Cerrahi Ders Kitabı</t>
+          <t>Çelik Yapılar Tasarım Ve Davranış</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1500</v>
+        <v>895</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256154742</t>
+          <t>9786256154049</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Travma Çalışma Kitabı</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>650</v>
+        <v>895</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255600011</t>
+          <t>9786256154056</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık</t>
+          <t>Mikroelektronik Devreler (Sedra / Smıth)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>650</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255600165</t>
+          <t>9786256154261</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Artırılmış, Sanal Ve Karma Gerçeklik</t>
+          <t>Elektrik Elektronik Devrelerinin Analizi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>250</v>
+        <v>790</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256154797</t>
+          <t>9786256154308</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ormanlarının Alansal Gelişimi (2012-2022)</t>
+          <t>İktisada Giriş</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>380</v>
+        <v>590</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052829684</t>
+          <t>9786256154322</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Eğriler Ve Yüzeyler Matlab Uygulamalı</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>354</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255600172</t>
+          <t>9786256154346</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Deniz Çayırları : Yayılışı, İzlenmesi, Korunması Ve Restorasyonu</t>
+          <t>Biyokimyasal Hesaplamalar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>495</v>
+        <v>650</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255600189</t>
+          <t>9786256154513</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Eğitimin Yönetsel Yolculuğu : Yüzyılın Portesi</t>
+          <t>Doğadan Esinlenen Optimizasyon Algoritmaları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256672741</t>
+          <t>9786256154520</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği Uzmanlığı Sınavlarına Hazırlık Soru Bankası</t>
+          <t>Matematiksel Model</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>495</v>
+        <v>650</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256672758</t>
+          <t>9786256154537</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği Uzmanlığı Sınavlarına Hazırlık Deneme Kitabı</t>
+          <t>Virolojinin Temelleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>375</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255600417</t>
+          <t>9786256154339</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji İnsan Çeşitliğinin Önemi</t>
+          <t>Siyaset Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>1250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255600547</t>
+          <t>9786256154506</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sap2000 İle Yapı Dinamiği Problemleri</t>
+          <t>Diferansiyel Denklemler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>575</v>
+        <v>790</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255600431</t>
+          <t>9786256154766</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>İşletme İstatiğinin Temelleri Kavramlar Ve Uygulamalar</t>
+          <t>Hangi Şairleri Hangi Şiirleri Okumalı ?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1495</v>
+        <v>425</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052825402</t>
+          <t>9786256154773</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>21.Yüzyılda İş Sağlığı Ve Güvenliği</t>
+          <t>Hangi Yazarları Hangi Hikayeleri Okumalı ?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>720</v>
+        <v>550</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053550457</t>
+          <t>9786256154780</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>A'dan  Z'ye  Rus Dili Grameri Soru Bankası</t>
+          <t>Genel Cerrahi Ders Kitabı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>325</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053550440</t>
+          <t>9786256154742</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye  Rus Dili Grameri Fiiller</t>
+          <t>Travma Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>410</v>
+        <v>650</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053550433</t>
+          <t>9786255600011</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Rus Dili Grameri Bağlaçlar Ve Edatlar</t>
+          <t>Bağımlılık</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>325</v>
+        <v>650</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053555858</t>
+          <t>9786255600165</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Academic Starters 1</t>
+          <t>50 Soruda Artırılmış, Sanal Ve Karma Gerçeklik</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>529</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055829469</t>
+          <t>9786256154797</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Genel Botanik Ve Bitki Anatomisi Atlası</t>
+          <t>Türkiye Ormanlarının Alansal Gelişimi (2012-2022)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>439</v>
+        <v>380</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052823361</t>
+          <t>9786052829684</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Afetler Ve Güvenlik Yönetimi</t>
+          <t>Eğriler Ve Yüzeyler Matlab Uygulamalı</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>512</v>
+        <v>354</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053553793</t>
+          <t>9786255600172</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği</t>
+          <t>Deniz Çayırları : Yayılışı, İzlenmesi, Korunması Ve Restorasyonu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>1200</v>
+        <v>495</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053555360</t>
+          <t>9786255600189</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği Hibbeler</t>
+          <t>Türkiye'de Eğitimin Yönetsel Yolculuğu : Yüzyılın Portesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>1100</v>
+        <v>425</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053552741</t>
+          <t>9786255600417</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği: Temelleri Ve Uygulamaları</t>
+          <t>Antropoloji İnsan Çeşitliğinin Önemi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1650</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053556497</t>
+          <t>9786255600547</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalara Giriş</t>
+          <t>Sap2000 İle Yapı Dinamiği Problemleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>1183</v>
+        <v>575</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053556398</t>
+          <t>9786255600431</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Analitik Geometri</t>
+          <t>İşletme İstatiğinin Temelleri Kavramlar Ve Uygulamalar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>520</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789944341790</t>
+          <t>9786052825402</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Analitik Geometri</t>
+          <t>21.Yüzyılda İş Sağlığı Ve Güvenliği</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>473</v>
+        <v>720</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052825730</t>
+          <t>9786053550457</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Analitik Kimya</t>
+          <t>A'dan  Z'ye  Rus Dili Grameri Soru Bankası</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>1019</v>
+        <v>325</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053550549</t>
+          <t>9786053550440</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Analiz Ve Cebirde İlginç Olimpiyat Problemleri Ve Çözümleri</t>
+          <t>A'dan Z'ye  Rus Dili Grameri Fiiller</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>546</v>
+        <v>410</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944341998</t>
+          <t>9786053550433</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Analize Giriş Fonksiyonlar Ve Fonksiyonların Sınıflandırılması</t>
+          <t>A'dan Z'ye Rus Dili Grameri Bağlaçlar Ve Edatlar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>308</v>
+        <v>325</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053554035</t>
+          <t>9786053555858</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Android How To Program</t>
+          <t>Academic Starters 1</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>910</v>
+        <v>529</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9799944341218</t>
+          <t>9786055829469</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Angiospermae (Kapalı Tohumlar)</t>
+          <t>Açıklamalı Genel Botanik Ve Bitki Anatomisi Atlası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>618</v>
+        <v>439</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053550532</t>
+          <t>9786052823361</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Anne-Yenidoğan Hemşireliği: Açıklığa Kavuşturulmuş Kendi Kendine Öğrenme Rehberi</t>
+          <t>Afetler Ve Güvenlik Yönetimi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>728</v>
+        <v>512</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054414833</t>
+          <t>9786053553793</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ao Kırık Tedavisinin Prensipleri</t>
+          <t>Akışkanlar Mekaniği</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>3981</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055829858</t>
+          <t>9786053555360</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Asacaksın Bu Doktorları</t>
+          <t>Akışkanlar Mekaniği Hibbeler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>255</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053551836</t>
+          <t>9786053552741</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Atkins Genel Kimya İlkeler Ve İçyüzünü Kavrama: Problem Çözümleri</t>
+          <t>Akışkanlar Mekaniği: Temelleri Ve Uygulamaları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>485</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053553571</t>
+          <t>9786053556497</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ayrık Matematik Ve Uygulamaları</t>
+          <t>Algoritmalara Giriş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1500</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053552505</t>
+          <t>9786053556398</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bakımın Planlanması</t>
+          <t>Analitik Geometri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>536</v>
+        <v>520</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053559672</t>
+          <t>9789944341790</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bal Arılarında Yapay Tohumlama</t>
+          <t>Analitik Geometri</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>680</v>
+        <v>473</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052823033</t>
+          <t>9786052825730</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Becker'ın Hücre Dünyası</t>
+          <t>Analitik Kimya</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>2000</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053550419</t>
+          <t>9786053550549</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Yalnızlık</t>
+          <t>Analiz Ve Cebirde İlginç Olimpiyat Problemleri Ve Çözümleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>182</v>
+        <v>546</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053552864</t>
+          <t>9789944341998</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Beş Dakikada Matematik</t>
+          <t>Analize Giriş Fonksiyonlar Ve Fonksiyonların Sınıflandırılması</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>445</v>
+        <v>308</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789757477311</t>
+          <t>9786053554035</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Beyin Ve Zaman</t>
+          <t>Android How To Program</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>263</v>
+        <v>910</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054414598</t>
+          <t>9799944341218</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bilimde Çözülmemiş En Büyük Beş Problem</t>
+          <t>Angiospermae (Kapalı Tohumlar)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>364</v>
+        <v>618</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055829742</t>
+          <t>9786053550532</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bilimde En Büyük Beş Fikir</t>
+          <t>Anne-Yenidoğan Hemşireliği: Açıklığa Kavuşturulmuş Kendi Kendine Öğrenme Rehberi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>400</v>
+        <v>728</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052824313</t>
+          <t>9786054414833</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Muhakeme (Akıl Yürütme)</t>
+          <t>Ao Kırık Tedavisinin Prensipleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>482</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054414888</t>
+          <t>9786055829858</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bin Uçurtmaya Kanıyorsun !</t>
+          <t>Asacaksın Bu Doktorları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>182</v>
+        <v>255</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9799758982607</t>
+          <t>9786053551836</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Perde Arkası Yugoslavya</t>
+          <t>Atkins Genel Kimya İlkeler Ve İçyüzünü Kavrama: Problem Çözümleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>425</v>
+        <v>485</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053551256</t>
+          <t>9786053553571</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Kanat Çırpar, Tutsak Mıdır?</t>
+          <t>Ayrık Matematik Ve Uygulamaları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>182</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053554585</t>
+          <t>9786053552505</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Birinci Basamakta Kamu Sağlık Yönetimi El Kitabı</t>
+          <t>Bakımın Planlanması</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>663</v>
+        <v>536</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9779758624905</t>
+          <t>9786053559672</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bitki Biyolojisi</t>
+          <t>Bal Arılarında Yapay Tohumlama</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1365</v>
+        <v>680</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052823040</t>
+          <t>9786052823033</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bitki Biyoteknolojisinde Güncel Yaklaşımlar</t>
+          <t>Becker'ın Hücre Dünyası</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>882</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789944341493</t>
+          <t>9786053550419</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bitki Coğrafyası</t>
+          <t>Benim Adım Yalnızlık</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>437</v>
+        <v>182</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055829087</t>
+          <t>9786053552864</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bitki Ekolojisi</t>
+          <t>Beş Dakikada Matematik</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>864</v>
+        <v>445</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9799758982980</t>
+          <t>9789757477311</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bitki Ekolojisi Ve Bitki Sos. Uyg.</t>
+          <t>Beyin Ve Zaman</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>437</v>
+        <v>263</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052822838</t>
+          <t>9786054414598</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bitki Fizyolojisi Ve Gelişimi</t>
+          <t>Bilimde Çözülmemiş En Büyük Beş Problem</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>1700</v>
+        <v>364</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055829865</t>
+          <t>9786055829742</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bitki Sistematiği</t>
+          <t>Bilimde En Büyük Beş Fikir</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>619</v>
+        <v>400</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758982288</t>
+          <t>9786052824313</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bitki Sosyolojisi</t>
+          <t>Bilimsel Muhakeme (Akıl Yürütme)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>437</v>
+        <v>482</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052822760</t>
+          <t>9786054414888</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerde Genetik Mühendisliği</t>
+          <t>Bin Uçurtmaya Kanıyorsun !</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>728</v>
+        <v>182</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789758982493</t>
+          <t>9799758982607</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Biyocoğrafya</t>
+          <t>Bir Dönemin Perde Arkası Yugoslavya</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>437</v>
+        <v>425</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053551799</t>
+          <t>9786053551256</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Biyoçeşitlilik</t>
+          <t>Bir Kuş Kanat Çırpar, Tutsak Mıdır?</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>437</v>
+        <v>182</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053552024</t>
+          <t>9786053554585</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya</t>
+          <t>Birinci Basamakta Kamu Sağlık Yönetimi El Kitabı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1470</v>
+        <v>663</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053551393</t>
+          <t>9779758624905</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Biyokimyanın İlkeleri</t>
+          <t>Bitki Biyolojisi</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1200</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052822852</t>
+          <t>9786052823040</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Laboratuvarı Araştırma Kılavuzu</t>
+          <t>Bitki Biyoteknolojisinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1138</v>
+        <v>882</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054414079</t>
+          <t>9789944341493</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Laboratuvarı Ve Arazi Uygulamaları : Canlılar, Ekoloji, Doğayı Koruma</t>
+          <t>Bitki Coğrafyası</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>673</v>
+        <v>437</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054414055</t>
+          <t>9786055829087</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Laboratuvarının Temelleri</t>
+          <t>Bitki Ekolojisi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>673</v>
+        <v>864</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944341318</t>
+          <t>9799758982980</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Biyolojide Geçmişe Yolculuk</t>
+          <t>Bitki Ekolojisi Ve Bitki Sos. Uyg.</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>627</v>
+        <v>437</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053551508</t>
+          <t>9786052822838</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Biyoteknolojiye Giriş</t>
+          <t>Bitki Fizyolojisi Ve Gelişimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>845</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053555964</t>
+          <t>9786055829865</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Brock Mikroorganizmaların Biyolojisi</t>
+          <t>Bitki Sistematiği</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>2100</v>
+        <v>619</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057705204</t>
+          <t>9789758982288</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bürokrasi Ve Mizahı</t>
+          <t>Bitki Sosyolojisi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>287</v>
+        <v>437</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053551164</t>
+          <t>9786052822760</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ölçekli Ve Küçük Ölçekli Organik Kimya Deneyleri</t>
+          <t>Bitkilerde Genetik Mühendisliği</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>995</v>
+        <v>728</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944341387</t>
+          <t>9789758982493</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressamlar</t>
+          <t>Biyocoğrafya</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>341</v>
+        <v>437</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053556244</t>
+          <t>9786053551799</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>C ++ İle Programlama</t>
+          <t>Biyoçeşitlilik</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>1150</v>
+        <v>437</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053556237</t>
+          <t>9786053552024</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>C İle Programlama</t>
+          <t>Biyokimya</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1150</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053556640</t>
+          <t>9786053551393</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Campbell Temel Biyoloji Fizyoloji İlaveli</t>
+          <t>Biyokimyanın İlkeleri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1000</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053552963</t>
+          <t>9786052822852</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Cebire Giriş</t>
+          <t>Biyoloji Laboratuvarı Araştırma Kılavuzu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>596</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053556305</t>
+          <t>9786054414079</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Check Up</t>
+          <t>Biyoloji Laboratuvarı Ve Arazi Uygulamaları : Canlılar, Ekoloji, Doğayı Koruma</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>304</v>
+        <v>673</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054414574</t>
+          <t>9786054414055</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Tarihimizde Üretim Ve Hizmet Düşmanlığı 1923-2003</t>
+          <t>Biyoloji Laboratuvarının Temelleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>455</v>
+        <v>673</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054414451</t>
+          <t>9789944341318</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyoloji Kuramları</t>
+          <t>Biyolojide Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>420</v>
+        <v>627</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053557388</t>
+          <t>9786053551508</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çare Başkanlık Mı?</t>
+          <t>Biyoteknolojiye Giriş</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>126</v>
+        <v>845</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052823002</t>
+          <t>9786053555964</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Genler: Bencil Genetik Elementlerin Biyolojisi</t>
+          <t>Brock Mikroorganizmaların Biyolojisi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>880</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053553113</t>
+          <t>9786057705204</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sözleri</t>
+          <t>Bürokrasi Ve Mizahı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>308</v>
+        <v>287</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053558019</t>
+          <t>9786053551164</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Güvenliği Rehberi</t>
+          <t>Büyük Ölçekli Ve Küçük Ölçekli Organik Kimya Deneyleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>198</v>
+        <v>995</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053555377</t>
+          <t>9789944341387</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ve Çevre Kirliliği</t>
+          <t>Büyük Ressamlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>290</v>
+        <v>341</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052824429</t>
+          <t>9786053556244</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ve Drama</t>
+          <t>C ++ İle Programlama</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>420</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789758982141</t>
+          <t>9786053556237</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çok Kısa Sürede Yapılabilecek Fen Deneyleri</t>
+          <t>C İle Programlama</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>310</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944341226</t>
+          <t>9786053556640</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Dil Ve Düşünme</t>
+          <t>Campbell Temel Biyoloji Fizyoloji İlaveli</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>390</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944341233</t>
+          <t>9786053552963</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Karar Verme Ve Akıl Yürütme</t>
+          <t>Cebire Giriş</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>390</v>
+        <v>596</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053550792</t>
+          <t>9786053556305</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çok Değişkenli Analiz</t>
+          <t>Check Up</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>525</v>
+        <v>304</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052826379</t>
+          <t>9786054414574</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çözümleriyle Topoloji Problemleri</t>
+          <t>Cumhuriyet Tarihimizde Üretim Ve Hizmet Düşmanlığı 1923-2003</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>336</v>
+        <v>455</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053556435</t>
+          <t>9786054414451</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Analitik Geometri Problemleri</t>
+          <t>Çağdaş Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053556381</t>
+          <t>9786053557388</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Genel Matematik Problemleri 2</t>
+          <t>Çare Başkanlık Mı?</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>570</v>
+        <v>126</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054414802</t>
+          <t>9786052823002</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Genetik Problemleri</t>
+          <t>Çatışan Genler: Bencil Genetik Elementlerin Biyolojisi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>390</v>
+        <v>880</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053556480</t>
+          <t>9786053553113</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Matematik Analiz Problemleri 1</t>
+          <t>Çevre Sözleri</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>820</v>
+        <v>308</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053552918</t>
+          <t>9786053558019</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Problemlerle Termodinamik</t>
+          <t>Çocuk Güvenliği Rehberi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>784</v>
+        <v>198</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053553700</t>
+          <t>9786053555377</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Problemlerle Uygulamalı Termodinamik</t>
+          <t>Çocuk Ve Çevre Kirliliği</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>784</v>
+        <v>290</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052826355</t>
+          <t>9786052824429</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dağlık Alanların Sürdürülebilir Güvenli Yönetimi</t>
+          <t>Çocuk Ve Drama</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>680</v>
+        <v>420</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944341707</t>
+          <t>9789758982141</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Dalgacık Teorisi</t>
+          <t>Çocuklar İçin Çok Kısa Sürede Yapılabilecek Fen Deneyleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052822944</t>
+          <t>9789944341226</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Değerlerin Rantı</t>
+          <t>Çocukta Dil Ve Düşünme</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052823835</t>
+          <t>9789944341233</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyada Anormal Psikolojisi</t>
+          <t>Çocukta Karar Verme Ve Akıl Yürütme</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>1090</v>
+        <v>390</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055829957</t>
+          <t>9786053550792</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Deneysel Genel Botanik</t>
+          <t>Çok Değişkenli Analiz</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>283</v>
+        <v>525</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789944341455</t>
+          <t>9786052826379</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Çözümleriyle Topoloji Problemleri</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>280</v>
+        <v>336</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789758982714</t>
+          <t>9786053556435</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Diferensiyel Denklemler</t>
+          <t>Çözümlü Analitik Geometri Problemleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053559474</t>
+          <t>9786053556381</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği Ve Hiperaktivite Bozukluğu (Dehb) Olan Çocuklar İçin Alıştırma Kitabı</t>
+          <t>Çözümlü Genel Matematik Problemleri 2</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>390</v>
+        <v>570</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053553496</t>
+          <t>9786054414802</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Sistemler, Kontrol Ve Giriş Şekillendirici Denetim Matlab Örnekli</t>
+          <t>Çözümlü Genetik Problemleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>455</v>
+        <v>390</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053554752</t>
+          <t>9786053556480</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Doğum Ve Kadın Sağlığı</t>
+          <t>Çözümlü Matematik Analiz Problemleri 1</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>445</v>
+        <v>820</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053551249</t>
+          <t>9786053552918</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Ardı Emek</t>
+          <t>Çözümlü Problemlerle Termodinamik</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>182</v>
+        <v>784</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055829292</t>
+          <t>9786053553700</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Düzlem Geometri</t>
+          <t>Çözümlü Problemlerle Uygulamalı Termodinamik</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>627</v>
+        <v>784</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789944341332</t>
+          <t>9786052826355</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine Denemeler</t>
+          <t>Dağlık Alanların Sürdürülebilir Güvenli Yönetimi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>435</v>
+        <v>680</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9799758982683</t>
+          <t>9789944341707</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji , Doğal Yaşam Dünyaları Ve İnsan</t>
+          <t>Dalgacık Teorisi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>540</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789944341745</t>
+          <t>9786052822944</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji'nin Temel İlkeleri</t>
+          <t>Değerlerin Rantı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>1000</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053550174</t>
+          <t>9786052823835</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sentez</t>
+          <t>Değişen Dünyada Anormal Psikolojisi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>540</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053555421</t>
+          <t>9786055829957</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Ekonometrik Çözümleme</t>
+          <t>Deneysel Genel Botanik</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>965</v>
+        <v>283</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053558750</t>
+          <t>9789944341455</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Hubbard&amp;O'brıen</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>1190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053555865</t>
+          <t>9789758982714</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Bitkiler</t>
+          <t>Diferensiyel Denklemler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>528</v>
+        <v>800</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053559535</t>
+          <t>9786053559474</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin İlkeleri</t>
+          <t>Dikkat Eksikliği Ve Hiperaktivite Bozukluğu (Dehb) Olan Çocuklar İçin Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>1100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053551485</t>
+          <t>9786053553496</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ekotoksikoloji'nin Temel İlkeleri</t>
+          <t>Dinamik Sistemler, Kontrol Ve Giriş Şekillendirici Denetim Matlab Örnekli</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>535</v>
+        <v>455</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053550310</t>
+          <t>9786053554752</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Devreleri</t>
+          <t>Doğum Ve Kadın Sağlığı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>1400</v>
+        <v>445</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052825747</t>
+          <t>9786053551249</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Devrelerinin Temelleri</t>
+          <t>Duvarın Ardı Emek</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>1350</v>
+        <v>182</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053557418</t>
+          <t>9786055829292</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Devrelerinin Temelleri</t>
+          <t>Düzlem Geometri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1400</v>
+        <v>627</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053552376</t>
+          <t>9789944341332</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Makineleri</t>
+          <t>Edebiyat Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>880</v>
+        <v>435</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052824498</t>
+          <t>9799758982683</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Makinelerinin Temelleri</t>
+          <t>Ekoloji , Doğal Yaşam Dünyaları Ve İnsan</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>819</v>
+        <v>540</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944341738</t>
+          <t>9789944341745</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetik Alanlar</t>
+          <t>Ekoloji'nin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>390</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944341721</t>
+          <t>9786053550174</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetik Uyumluluk</t>
+          <t>Ekolojik Sentez</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>390</v>
+        <v>540</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789944341714</t>
+          <t>9786053555421</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetikte Sonlu Farklar Metodu</t>
+          <t>Ekonometrik Çözümleme</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>390</v>
+        <v>965</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053554691</t>
+          <t>9786053558750</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Elektroniğe Giriş</t>
+          <t>Ekonomi Hubbard&amp;O'brıen</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>910</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786054414321</t>
+          <t>9786053555865</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Cihazlar Ve Devre Teorisi</t>
+          <t>Ekonomik Bitkiler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>1310</v>
+        <v>528</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052826348</t>
+          <t>9786053559535</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Harp</t>
+          <t>Ekonominin İlkeleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>780</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053553809</t>
+          <t>9786053551485</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Elementer Lineer Cebir</t>
+          <t>Ekotoksikoloji'nin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>936</v>
+        <v>535</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053555308</t>
+          <t>9786053550310</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Elementler Diferansiyel Denklemler Ve Sınır Değer Problemleri</t>
+          <t>Elektrik Devreleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>819</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053557913</t>
+          <t>9786052825747</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>English Grammar Practice 1 (A-1)</t>
+          <t>Elektrik Devrelerinin Temelleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>327</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053554264</t>
+          <t>9786053557418</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ermeni İsyanı 1915 Yüz Yaşında</t>
+          <t>Elektrik Devrelerinin Temelleri</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>445</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789944341325</t>
+          <t>9786053552376</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Estetik Doktrinler</t>
+          <t>Elektrik Makineleri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>427</v>
+        <v>880</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053555957</t>
+          <t>9786052824498</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Evrim Neden Gerçektir</t>
+          <t>Elektrik Makinelerinin Temelleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>480</v>
+        <v>819</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055829537</t>
+          <t>9789944341738</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Evrimsel Analiz</t>
+          <t>Elektromanyetik Alanlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>1400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053550518</t>
+          <t>9789944341721</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Evrimsel Tıbbın İlkeleri</t>
+          <t>Elektromanyetik Uyumluluk</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>930</v>
+        <v>390</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055829216</t>
+          <t>9789944341714</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Excelling Readings Skills &amp; Vocabulary</t>
+          <t>Elektromanyetikte Sonlu Farklar Metodu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>430</v>
+        <v>390</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789944094603</t>
+          <t>9786053554691</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Fark/Kimlik Sınıf</t>
+          <t>Elektroniğe Giriş</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>51</v>
+        <v>910</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052822784</t>
+          <t>9786054414321</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimleri Sınıflarında Biçimlendirici Ölçme Ve Değerlendirme</t>
+          <t>Elektronik Cihazlar Ve Devre Teorisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>240</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053553199</t>
+          <t>9786052826348</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Fen Eğitiminde Yapılandırıcılık Ve Yeni Öğretim Yöntemleri</t>
+          <t>Elektronik Harp</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>390</v>
+        <v>780</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055829797</t>
+          <t>9786053553809</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Fen Öğretimi Laboratuvar Uygulamaları I-Iı</t>
+          <t>Elementer Lineer Cebir</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>420</v>
+        <v>936</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789758624225</t>
+          <t>9786053555308</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Fen Ve Mühendislik İçin Fizik 1</t>
+          <t>Elementler Diferansiyel Denklemler Ve Sınır Değer Problemleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>850</v>
+        <v>819</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789758624089</t>
+          <t>9786053557913</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Fen Ve Mühendislik İçin Fizik 2</t>
+          <t>English Grammar Practice 1 (A-1)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>800</v>
+        <v>327</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9789758624652</t>
+          <t>9786053554264</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Fen Ve Mühendislik İçin Fizik 2 Problem Çözümleri</t>
+          <t>Ermeni İsyanı 1915 Yüz Yaşında</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>365</v>
+        <v>445</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053553663</t>
+          <t>9789944341325</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Fen Ve Sağlık Bilimleri Alanlarında Spss Uygulamalı Veri Analizi</t>
+          <t>Estetik Doktrinler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>390</v>
+        <v>427</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053552390</t>
+          <t>9786053555957</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Feodalizmin Devlete İsyanı Ve Dersim Olayları</t>
+          <t>Evrim Neden Gerçektir</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>420</v>
+        <v>480</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053551898</t>
+          <t>9786055829537</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 1. Kitap</t>
+          <t>Evrimsel Analiz</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>880</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053552420</t>
+          <t>9786053550518</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 1.Kitap İçin Öğrenci Çözüm Kitabı</t>
+          <t>Evrimsel Tıbbın İlkeleri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>445</v>
+        <v>930</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053552444</t>
+          <t>9786055829216</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 2. Cilt Ders Kitabı</t>
+          <t>Excelling Readings Skills &amp; Vocabulary</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>760</v>
+        <v>430</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053552604</t>
+          <t>9789944094603</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 2. Ve 3. Cilt İçin Öğrenci Çözüm Kitabı</t>
+          <t>Fark/Kimlik Sınıf</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>445</v>
+        <v>51</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053554905</t>
+          <t>9786052822784</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 3. Kitap</t>
+          <t>Fen Bilimleri Sınıflarında Biçimlendirici Ölçme Ve Değerlendirme</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>880</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789757477754</t>
+          <t>9786053553199</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Fizik İlkeleri 1</t>
+          <t>Fen Eğitiminde Yapılandırıcılık Ve Yeni Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789757477815</t>
+          <t>9786055829797</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Fizik İlkeleri Problem Çözümleri</t>
+          <t>Fen Öğretimi Laboratuvar Uygulamaları I-Iı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>140</v>
+        <v>420</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053554714</t>
+          <t>9789758624225</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya</t>
+          <t>Fen Ve Mühendislik İçin Fizik 1</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>960</v>
+        <v>850</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9799758624934</t>
+          <t>9789758624089</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya 1.Cilt</t>
+          <t>Fen Ve Mühendislik İçin Fizik 2</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>530</v>
+        <v>800</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9799758624989</t>
+          <t>9789758624652</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya 2. Cilt</t>
+          <t>Fen Ve Mühendislik İçin Fizik 2 Problem Çözümleri</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>530</v>
+        <v>365</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053555759</t>
+          <t>9786053553663</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya Öğrenciler İçin Problem Çözümleri</t>
+          <t>Fen Ve Sağlık Bilimleri Alanlarında Spss Uygulamalı Veri Analizi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053557586</t>
+          <t>9786053552390</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Kimya</t>
+          <t>Feodalizmin Devlete İsyanı Ve Dersim Olayları</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>1300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053557890</t>
+          <t>9786053551898</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Kimya Öğrenci Çözümleri Kitabı</t>
+          <t>Fiziğin Temelleri 1. Kitap</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>399</v>
+        <v>880</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052825396</t>
+          <t>9786053552420</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Okuryazarlık</t>
+          <t>Fiziğin Temelleri 1.Kitap İçin Öğrenci Çözüm Kitabı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>470</v>
+        <v>445</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053557753</t>
+          <t>9786053552444</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Fizikte Kavram Yanılgıları</t>
+          <t>Fiziğin Temelleri 2. Cilt Ders Kitabı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>680</v>
+        <v>760</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9799944341256</t>
+          <t>9786053552604</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Fizikte Matematik Yöntemler 1</t>
+          <t>Fiziğin Temelleri 2. Ve 3. Cilt İçin Öğrenci Çözüm Kitabı</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>525</v>
+        <v>445</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052826126</t>
+          <t>9786053554905</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Fizyoloji</t>
+          <t>Fiziğin Temelleri 3. Kitap</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>900</v>
+        <v>880</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052822951</t>
+          <t>9789757477754</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gazi Paşa'yı Doğru Anlamak</t>
+          <t>Fizik İlkeleri 1</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>364</v>
+        <v>230</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053550402</t>
+          <t>9789757477815</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Çanakkale</t>
+          <t>Fizik İlkeleri Problem Çözümleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>299</v>
+        <v>140</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054414529</t>
+          <t>9786053554714</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Genel Biyoloji Laboratuvar Kilavuzu</t>
+          <t>Fizikokimya</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>390</v>
+        <v>960</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053556718</t>
+          <t>9799758624934</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Genel Fizik</t>
+          <t>Fizikokimya 1.Cilt</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>880</v>
+        <v>530</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052822845</t>
+          <t>9799758624989</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji</t>
+          <t>Fizikokimya 2. Cilt</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>500</v>
+        <v>530</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944341301</t>
+          <t>9786053555759</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji Atlası</t>
+          <t>Fizikokimya Öğrenciler İçin Problem Çözümleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>620</v>
+        <v>420</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052820100</t>
+          <t>9786053557586</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya</t>
+          <t>Fiziksel Kimya</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>764</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053552819</t>
+          <t>9786052825396</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya (Chang)</t>
+          <t>Fiziksel Okuryazarlık</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>844</v>
+        <v>470</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053550426</t>
+          <t>9786053557753</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya 2. Cilt</t>
+          <t>Fizikte Kavram Yanılgıları</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>880</v>
+        <v>680</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053551225</t>
+          <t>9799944341256</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya İlkeler Ve İçyüzünü Kavrama</t>
+          <t>Fizikte Matematik Yöntemler 1</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>968</v>
+        <v>525</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053552352</t>
+          <t>9786052826126</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Seçilmiş Problem Çözümleri 1</t>
+          <t>Fizyoloji</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053552369</t>
+          <t>9786052822951</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Seçilmiş Problem Çözümleri 2</t>
+          <t>Gazi Paşa'yı Doğru Anlamak</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>450</v>
+        <v>364</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053555735</t>
+          <t>9786053550402</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Temel Kavramlar</t>
+          <t>Gençler İçin Çanakkale</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>910</v>
+        <v>299</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053556374</t>
+          <t>9786054414529</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Genel Matematik 1</t>
+          <t>Genel Biyoloji Laboratuvar Kilavuzu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>820</v>
+        <v>390</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053556404</t>
+          <t>9786053556718</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Genel Matematik 2</t>
+          <t>Genel Fizik</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>570</v>
+        <v>880</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055829209</t>
+          <t>9786052822845</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Genel Ortam Kirlenmesi</t>
+          <t>Genel Histoloji</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>336</v>
+        <v>500</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053552857</t>
+          <t>9789944341301</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Genetik Analize Giriş</t>
+          <t>Genel Histoloji Atlası</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>1300</v>
+        <v>620</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789757477983</t>
+          <t>9786052820100</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Genetik</t>
+          <t>Genel Kimya</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>620</v>
+        <v>764</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052825419</t>
+          <t>9786053552819</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Genomik Analiz İçin Biyoinformatik Yöntemler</t>
+          <t>Genel Kimya (Chang)</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>620</v>
+        <v>844</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789758624614</t>
+          <t>9786053550426</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Sürüş Eğitimi</t>
+          <t>Genel Kimya 2. Cilt</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>172</v>
+        <v>880</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055829223</t>
+          <t>9786053551225</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Harput Ermenileri Gakgoş-Ararat Diyalogu</t>
+          <t>Genel Kimya İlkeler Ve İçyüzünü Kavrama</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>390</v>
+        <v>968</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053559733</t>
+          <t>9786053552352</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hava Araçlarında Piston - Prop Motorlar</t>
+          <t>Genel Kimya Seçilmiş Problem Çözümleri 1</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052822999</t>
+          <t>9786053552369</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Havadan Gelen Katil</t>
+          <t>Genel Kimya Seçilmiş Problem Çözümleri 2</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>364</v>
+        <v>450</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052824856</t>
+          <t>9786053555735</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hazırcevap Fizikçi (Resimli Rehber)</t>
+          <t>Genel Kimya Temel Kavramlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>364</v>
+        <v>910</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053556534</t>
+          <t>9786053556374</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Hemşireler Ve Sağlık Profesyonelleri İçin Psikolojiye Giriş</t>
+          <t>Genel Matematik 1</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>450</v>
+        <v>820</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053553144</t>
+          <t>9786053556404</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Esasları: İnsan Sağlığı Ve Fonksiyonları</t>
+          <t>Genel Matematik 2</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>1650</v>
+        <v>570</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053551294</t>
+          <t>9786055829209</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Fpga Ve Vhdl</t>
+          <t>Genel Ortam Kirlenmesi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>930</v>
+        <v>336</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052824481</t>
+          <t>9786053552857</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hesaplamalı Akışkanlar Dinamiği: Temelleri Ve Uygulamaları</t>
+          <t>Genetik Analize Giriş</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>750</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9799758982218</t>
+          <t>9789757477983</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Histolojik Et Ürünleri Muayane Atlası</t>
+          <t>Genetik</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>375</v>
+        <v>620</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053558262</t>
+          <t>9786052825419</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ielts Advısor</t>
+          <t>Genomik Analiz İçin Biyoinformatik Yöntemler</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>820</v>
+        <v>620</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055829926</t>
+          <t>9789758624614</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Imf'nin Değişen Rolü Ve Gelişmekte Olan Ülke Ekonomilerine Etkileri</t>
+          <t>Güvenli Sürüş Eğitimi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>172</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053552826</t>
+          <t>9786055829223</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Isı Ve Külte Geçişinin Temelleri</t>
+          <t>Harput Ermenileri Gakgoş-Ararat Diyalogu</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>1450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053552871</t>
+          <t>9786053559733</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Isı Ve Kütle Transferi</t>
+          <t>Hava Araçlarında Piston - Prop Motorlar</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>1550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053552475</t>
+          <t>9786052822999</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İç Anadolu Step Vejetasyonu</t>
+          <t>Havadan Gelen Katil</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>800</v>
+        <v>364</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054414468</t>
+          <t>9786052824856</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İklim Ve Biyoiklim</t>
+          <t>Hazırcevap Fizikçi (Resimli Rehber)</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>420</v>
+        <v>364</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789944341806</t>
+          <t>9786053556534</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>İktisatçılar İçin Matematik</t>
+          <t>Hemşireler Ve Sağlık Profesyonelleri İçin Psikolojiye Giriş</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>360</v>
+        <v>450</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786055829094</t>
+          <t>9786053553144</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Bölüşüm</t>
+          <t>Hemşirelik Esasları: İnsan Sağlığı Ve Fonksiyonları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>300</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053553731</t>
+          <t>9786053551294</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İleri Mühendislik Matematiği</t>
+          <t>Her Yönüyle Fpga Ve Vhdl</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>1200</v>
+        <v>930</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053553908</t>
+          <t>9786052824481</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sistemleri</t>
+          <t>Hesaplamalı Akışkanlar Dinamiği: Temelleri Ve Uygulamaları</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789944341837</t>
+          <t>9799758982218</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İmalat Sanayi Rekabet Gücü Araştırması Kayseri Örneği</t>
+          <t>Histolojik Et Ürünleri Muayane Atlası</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>180</v>
+        <v>375</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786054414642</t>
+          <t>9786053558262</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Dinleme Becerisini Geliştirme Rehberi</t>
+          <t>Ielts Advısor</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>370</v>
+        <v>820</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054414826</t>
+          <t>9786055829926</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğrenirken Ve Kullanırken İhtiyaç Duyabileceğiniz Temel Konular</t>
+          <t>Imf'nin Değişen Rolü Ve Gelişmekte Olan Ülke Ekonomilerine Etkileri</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>335</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055829407</t>
+          <t>9786053552826</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İnorganik Kimya</t>
+          <t>Isı Ve Külte Geçişinin Temelleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>650</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789944341608</t>
+          <t>9786053552871</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İnorganik Kimya 1. Cilt</t>
+          <t>Isı Ve Kütle Transferi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>550</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789944341776</t>
+          <t>9786053552475</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İnorganik Kimya Cilt 2</t>
+          <t>İç Anadolu Step Vejetasyonu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>430</v>
+        <v>800</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052822937</t>
+          <t>9786054414468</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>İklim Ve Biyoiklim</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>900</v>
+        <v>420</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9799758624958</t>
+          <t>9789944341806</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İnsanda Duygusal Yaşantı</t>
+          <t>İktisatçılar İçin Matematik</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053557449</t>
+          <t>9786055829094</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İşletme, İktisat, Yaşam Bilimleri Ve Sosyal Bilimler İçin Sonlu Matematik</t>
+          <t>İktisatta Bölüşüm</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9789944341578</t>
+          <t>9786053553731</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Java</t>
+          <t>İleri Mühendislik Matematiği</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>460</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053556756</t>
+          <t>9786053553908</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Johan Peter Frank- Mılton Joseph Rosenau</t>
+          <t>İletişim Sistemleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053551577</t>
+          <t>9789944341837</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kalabalıkta, Yapayalnız</t>
+          <t>İmalat Sanayi Rekabet Gücü Araştırması Kayseri Örneği</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053550273</t>
+          <t>9786054414642</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders Cilt 1</t>
+          <t>İngilizce Dinleme Becerisini Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>325</v>
+        <v>370</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053550280</t>
+          <t>9786054414826</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders Cilt 2</t>
+          <t>İngilizce Öğrenirken Ve Kullanırken İhtiyaç Duyabileceğiniz Temel Konular</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>450</v>
+        <v>335</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053550488</t>
+          <t>9786055829407</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders Öğrenci Çözüm Kılavuzu Cilt 1</t>
+          <t>İnorganik Kimya</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>234</v>
+        <v>650</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053550501</t>
+          <t>9789944341608</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders Öğrenci Çözüm Kılavuzu Cilt 2</t>
+          <t>İnorganik Kimya 1. Cilt</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>234</v>
+        <v>550</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944341356</t>
+          <t>9789944341776</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kamu Tercihinin Tespitinde Karşılaşılan Sorunlar Ve Çözüm Yolları</t>
+          <t>İnorganik Kimya Cilt 2</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>250</v>
+        <v>430</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055829032</t>
+          <t>9786052822937</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kanıt Nasıl Yapılır</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053553106</t>
+          <t>9799758624958</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağıyordu Akşamlarıma</t>
+          <t>İnsanda Duygusal Yaşantı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053552253</t>
+          <t>9786053557449</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Katı Hal Fiziğine Giriş</t>
+          <t>İşletme, İktisat, Yaşam Bilimleri Ve Sosyal Bilimler İçin Sonlu Matematik</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>820</v>
+        <v>850</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053552260</t>
+          <t>9789944341578</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Katıhal Elektroniği Devre Elemanları</t>
+          <t>Java</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>840</v>
+        <v>460</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786054414796</t>
+          <t>9786053556756</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yazdıran Öyküler</t>
+          <t>Johan Peter Frank- Mılton Joseph Rosenau</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052824917</t>
+          <t>9786053551577</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kenevir (Cannabis Sativa L.)</t>
+          <t>Kalabalıkta, Yapayalnız</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>850</v>
+        <v>180</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053553281</t>
+          <t>9786053550273</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kent Ekolojisi</t>
+          <t>Kalkülüs Eksiksiz Bir Ders Cilt 1</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053556015</t>
+          <t>9786053550280</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kent Planlamasının Başlıca Uygulama Araçları</t>
+          <t>Kalkülüs Eksiksiz Bir Ders Cilt 2</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053559924</t>
+          <t>9786053550488</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kent, Yerel Yönetimler Ve Toplu Konut Yazıları Cilt 1</t>
+          <t>Kalkülüs Eksiksiz Bir Ders Öğrenci Çözüm Kılavuzu Cilt 1</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>520</v>
+        <v>234</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053559931</t>
+          <t>9786053550501</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kent, Yerel Yönetimler Ve Toplu Konut Yazıları Cilt 2</t>
+          <t>Kalkülüs Eksiksiz Bir Ders Öğrenci Çözüm Kılavuzu Cilt 2</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>560</v>
+        <v>234</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052824153</t>
+          <t>9789944341356</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kenti Anlamak: Kent Kültürü Sorunu Ve Politikası</t>
+          <t>Kamu Tercihinin Tespitinde Karşılaşılan Sorunlar Ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>309</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053555391</t>
+          <t>9786055829032</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme</t>
+          <t>Kanıt Nasıl Yapılır</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053558040</t>
+          <t>9786053553106</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Politikalar</t>
+          <t>Kar Yağıyordu Akşamlarıma</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>590</v>
+        <v>180</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786055829605</t>
+          <t>9786053552253</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Kalkınma Yaklaşımlar Ve Türkiye Deneyimi</t>
+          <t>Katı Hal Fiziğine Giriş</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>250</v>
+        <v>820</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9799758982195</t>
+          <t>9786053552260</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kısmi Difrensiyel Denklemler</t>
+          <t>Katıhal Elektroniği Devre Elemanları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>450</v>
+        <v>840</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053551560</t>
+          <t>9786054414796</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kim İncitti Seni Böyle?</t>
+          <t>Kendini Yazdıran Öyküler</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>189</v>
+        <v>180</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053551171</t>
+          <t>9786052824917</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kimya Mühendisliğine Yönelim</t>
+          <t>Kenevir (Cannabis Sativa L.)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>800</v>
+        <v>850</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052822593</t>
+          <t>9786053553281</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Proseslerin Temel İlkeleri</t>
+          <t>Kent Ekolojisi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>950</v>
+        <v>450</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053556282</t>
+          <t>9786053556015</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Tepkime Mühendisliği</t>
+          <t>Kent Planlamasının Başlıca Uygulama Araçları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>750</v>
+        <v>340</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052823316</t>
+          <t>9786053559924</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Değerlendirilmesinde Projektif Testler</t>
+          <t>Kent, Yerel Yönetimler Ve Toplu Konut Yazıları Cilt 1</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9799944341119</t>
+          <t>9786053559931</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Klasik Kimya Deneyleri</t>
+          <t>Kent, Yerel Yönetimler Ve Toplu Konut Yazıları Cilt 2</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>450</v>
+        <v>560</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789757477568</t>
+          <t>9786052824153</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mekanik</t>
+          <t>Kenti Anlamak: Kent Kültürü Sorunu Ve Politikası</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>214</v>
+        <v>309</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9799758624538</t>
+          <t>9786053555391</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Klinik Anatomi Soru Kitabı</t>
+          <t>Kentleşme</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>62</v>
+        <v>420</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9779758624875</t>
+          <t>9786053558040</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Klinik Onkoloji El Kitabı</t>
+          <t>Kentsel Politikalar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>640</v>
+        <v>590</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052824528</t>
+          <t>9786055829605</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kafkasya'da Türk İzleri</t>
+          <t>Kırsal Kalkınma Yaklaşımlar Ve Türkiye Deneyimi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052824245</t>
+          <t>9799758982195</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Küller Büyütür Gülü</t>
+          <t>Kısmi Difrensiyel Denklemler</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052823057</t>
+          <t>9786053551560</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kültür Ve Sanat Ülkesi Özbekistan</t>
+          <t>Kim İncitti Seni Böyle?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>570</v>
+        <v>189</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786055829803</t>
+          <t>9786053551171</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Kapitalizm Ve Toplumsal Dönüşümler</t>
+          <t>Kimya Mühendisliğine Yönelim</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>430</v>
+        <v>800</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052821657</t>
+          <t>9786052822593</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Madde Testlerini Yanıltma Ve Pozitif Sonuçları Savunma: Toksikolog Yaklaşım</t>
+          <t>Kimyasal Proseslerin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>530</v>
+        <v>950</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053551935</t>
+          <t>9786053556282</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliğine Giriş</t>
+          <t>Kimyasal Tepkime Mühendisliği</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786054414420</t>
+          <t>9786052823316</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat</t>
+          <t>Kişiliğin Değerlendirilmesinde Projektif Testler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>572</v>
+        <v>360</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053556411</t>
+          <t>9799944341119</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz 1</t>
+          <t>Klasik Kimya Deneyleri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>780</v>
+        <v>450</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053556428</t>
+          <t>9789757477568</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz 2</t>
+          <t>Klasik Mekanik</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>780</v>
+        <v>214</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789758624027</t>
+          <t>9799758624538</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz Ve Analitik Geometri - Cilt 2</t>
+          <t>Klinik Anatomi Soru Kitabı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>420</v>
+        <v>62</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789758624263</t>
+          <t>9779758624875</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz Ve Analitik Geometri / Problem Çözümleri (Cilt 2)</t>
+          <t>Klinik Onkoloji El Kitabı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789758624188</t>
+          <t>9786052824528</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz Ve Analitik Geometri / Problem Çözümleri (Cilt 2)</t>
+          <t>Kuzey Kafkasya'da Türk İzleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052823538</t>
+          <t>9786052824245</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz: Ekonomi Bilimleri İçin</t>
+          <t>Küller Büyütür Gülü</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>560</v>
+        <v>180</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053551362</t>
+          <t>9786052823057</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 1</t>
+          <t>Kültür Ve Sanat Ülkesi Özbekistan</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>400</v>
+        <v>570</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053551720</t>
+          <t>9786055829803</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 2</t>
+          <t>Küreselleşme, Kapitalizm Ve Toplumsal Dönüşümler</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>430</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053552185</t>
+          <t>9786052821657</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 3</t>
+          <t>Madde Testlerini Yanıltma Ve Pozitif Sonuçları Savunma: Toksikolog Yaklaşım</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>430</v>
+        <v>530</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786055829582</t>
+          <t>9786053551935</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Matematikçi Gibi Düşünmek</t>
+          <t>Makine Mühendisliğine Giriş</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053553250</t>
+          <t>9786054414420</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Titreşimler</t>
+          <t>Makro İktisat</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>780</v>
+        <v>572</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053554882</t>
+          <t>9786053556411</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Titreşimler</t>
+          <t>Matematik Analiz 1</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>910</v>
+        <v>780</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786055829698</t>
+          <t>9786053556428</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Mikro İktisat</t>
+          <t>Matematik Analiz 2</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>630</v>
+        <v>780</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053552499</t>
+          <t>9789758624027</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Mikrodalga Mühendisliği</t>
+          <t>Matematik Analiz Ve Analitik Geometri - Cilt 2</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>800</v>
+        <v>420</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053558736</t>
+          <t>9789758624263</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Mikroelektroniğin Temelleri</t>
+          <t>Matematik Analiz Ve Analitik Geometri / Problem Çözümleri (Cilt 2)</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053557456</t>
+          <t>9789758624188</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Mikroiktisat</t>
+          <t>Matematik Analiz Ve Analitik Geometri / Problem Çözümleri (Cilt 2)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053552147</t>
+          <t>9786052823538</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Mikroiktisat</t>
+          <t>Matematik Analiz: Ekonomi Bilimleri İçin</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>835</v>
+        <v>560</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052822050</t>
+          <t>9786053551362</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Modern Kontrol Mühendisliği</t>
+          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 1</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053550624</t>
+          <t>9786053551720</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Modern Kuantum Mekaniği</t>
+          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 2</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>580</v>
+        <v>430</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053557821</t>
+          <t>9786053552185</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Modern Moleküler Biyoloji</t>
+          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 3</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>920</v>
+        <v>430</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054414062</t>
+          <t>9786055829582</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Molekülden Hücreye, Dokudan Fizyolojiye Biyoloji Deneyleri</t>
+          <t>Matematikçi Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789758624867</t>
+          <t>9786053553250</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoloji</t>
+          <t>Mekanik Titreşimler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>470</v>
+        <v>780</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053559825</t>
+          <t>9786053554882</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoloji Ve Biyoteknoloji İçin Matematiksel Hesaplamalar</t>
+          <t>Mekanik Titreşimler</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>600</v>
+        <v>910</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052826232</t>
+          <t>9786055829698</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoteknoloji</t>
+          <t>Mikro İktisat</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>1500</v>
+        <v>630</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054414949</t>
+          <t>9786053552499</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Hücre Biyolojisi</t>
+          <t>Mikrodalga Mühendisliği</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>885</v>
+        <v>800</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786055829636</t>
+          <t>9786053558736</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Simetri</t>
+          <t>Mikroelektroniğin Temelleri</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>580</v>
+        <v>950</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054414741</t>
+          <t>9786053557456</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>More Main Points</t>
+          <t>Mikroiktisat</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>640</v>
+        <v>600</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054414864</t>
+          <t>9786053552147</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Morsayrılık</t>
+          <t>Mikroiktisat</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>180</v>
+        <v>835</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052824948</t>
+          <t>9786052822050</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Muhacir: Göç Yollarında Yaşanmış Acıların Hikayesi</t>
+          <t>Modern Kontrol Mühendisliği</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>340</v>
+        <v>950</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052823378</t>
+          <t>9786053550624</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mukavemet</t>
+          <t>Modern Kuantum Mekaniği</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>1200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053552840</t>
+          <t>9786053557821</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Munro Sağlık Araştırmalarında İstatistiksel Yöntemler</t>
+          <t>Modern Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>750</v>
+        <v>920</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052823422</t>
+          <t>9786054414062</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Uygulamalı İstatistik Ve Olasılık</t>
+          <t>Molekülden Hücreye, Dokudan Fizyolojiye Biyoloji Deneyleri</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053555797</t>
+          <t>9789758624867</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler Ve Fen Bilimciler İçin Olasılık Ve İstatistik</t>
+          <t>Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>750</v>
+        <v>470</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053558514</t>
+          <t>9786053559825</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Ekonomisinin Temelleri</t>
+          <t>Moleküler Biyoloji Ve Biyoteknoloji İçin Matematiksel Hesaplamalar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789758982998</t>
+          <t>9786052826232</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Elektromanyetiğinin Temelleri</t>
+          <t>Moleküler Biyoteknoloji</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>690</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053556589</t>
+          <t>9786054414949</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik İstatistiği</t>
+          <t>Moleküler Hücre Biyolojisi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>600</v>
+        <v>885</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052825426</t>
+          <t>9786055829636</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Matlab</t>
+          <t>Moleküler Simetri</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>560</v>
+        <v>580</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053554578</t>
+          <t>9786054414741</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Termodinamiğinin İlkeleri</t>
+          <t>More Main Points</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>950</v>
+        <v>640</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9779758624899</t>
+          <t>9786054414864</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Termodinamiğinin Problemleri</t>
+          <t>Morsayrılık</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052824382</t>
+          <t>9786052824948</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Nadir Hastalıklar</t>
+          <t>Muhacir: Göç Yollarında Yaşanmış Acıların Hikayesi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>415</v>
+        <v>340</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053550372</t>
+          <t>9786052823378</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Nallı Tilki Çullu Horoz</t>
+          <t>Mukavemet</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>180</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053554172</t>
+          <t>9786053552840</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Nicel Kimyasal Analiz</t>
+          <t>Munro Sağlık Araştırmalarında İstatistiksel Yöntemler</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>950</v>
+        <v>750</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052822159</t>
+          <t>9786052823422</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Nirvana: Şiirleşmiş Özlü Sözler</t>
+          <t>Mühendisler İçin Uygulamalı İstatistik Ve Olasılık</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789944341448</t>
+          <t>9786053555797</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Mühendisler Ve Fen Bilimciler İçin Olasılık Ve İstatistik</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789757477891</t>
+          <t>9786053558514</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Fizik 2. Cilt</t>
+          <t>Mühendislik Ekonomisinin Temelleri</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>520</v>
+        <v>750</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053553090</t>
+          <t>9789758982998</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Mühendisliğe Giriş</t>
+          <t>Mühendislik Elektromanyetiğinin Temelleri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>640</v>
+        <v>690</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053554813</t>
+          <t>9786053556589</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Radyoloji: Gastrointestinal Görüntüleme</t>
+          <t>Mühendislik İstatistiği</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>990</v>
+        <v>600</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789757477525</t>
+          <t>9786052825426</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Omurgalı Hayvanlar</t>
+          <t>Matlab</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>750</v>
+        <v>560</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789758982042</t>
+          <t>9786053554578</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Omurgasız Hayvanlar Biyolojisi</t>
+          <t>Mühendislik Termodinamiğinin İlkeleri</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>610</v>
+        <v>950</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053552208</t>
+          <t>9779758624899</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Optik</t>
+          <t>Mühendislik Termodinamiğinin Problemleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>680</v>
+        <v>480</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786054414543</t>
+          <t>9786052824382</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya</t>
+          <t>Nadir Hastalıklar</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>795</v>
+        <v>415</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054414659</t>
+          <t>9786053550372</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya Yapı Ve İşlev</t>
+          <t>Nallı Tilki Çullu Horoz</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>950</v>
+        <v>180</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053552413</t>
+          <t>9786053554172</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya Yapı Ve İşlev: Çalışma Ve Problem Çözümleri El Kitabı</t>
+          <t>Nicel Kimyasal Analiz</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>290</v>
+        <v>950</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9799944341126</t>
+          <t>9786052822159</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Degişen Orta Asya Ve Kafkasya</t>
+          <t>Nirvana: Şiirleşmiş Özlü Sözler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052824955</t>
+          <t>9789944341448</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Ortalama Hız Tespit Sistemleri</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053558415</t>
+          <t>9789757477891</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Öabt Biyoloji Konu Anlatımlı Soru Bankası</t>
+          <t>Nükleer Fizik 2. Cilt</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>650</v>
+        <v>520</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053554561</t>
+          <t>9786053553090</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Problem Çözümleri Genel Kimya</t>
+          <t>Nükleer Mühendisliğe Giriş</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>540</v>
+        <v>640</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052823460</t>
+          <t>9786053554813</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Öklid Geometrisi</t>
+          <t>Olgularla Radyoloji: Gastrointestinal Görüntüleme</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>830</v>
+        <v>990</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053559467</t>
+          <t>9789757477525</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan, Önce İletişim</t>
+          <t>Omurgalı Hayvanlar</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>425</v>
+        <v>750</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052823217</t>
+          <t>9789758982042</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Cehalet</t>
+          <t>Omurgasız Hayvanlar Biyolojisi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>370</v>
+        <v>610</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053553151</t>
+          <t>9786053552208</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Para İktisadı Teori Ve Politika</t>
+          <t>Optik</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>262</v>
+        <v>680</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055829544</t>
+          <t>9786054414543</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Para, Finans Ve Kriz</t>
+          <t>Organik Kimya</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>470</v>
+        <v>795</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053557173</t>
+          <t>9786054414659</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Post - Keynesyen Yaklaşım Alternatif Parasal İktisat</t>
+          <t>Organik Kimya Yapı Ve İşlev</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>390</v>
+        <v>950</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053551973</t>
+          <t>9786053552413</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Pratik Biyokimya</t>
+          <t>Organik Kimya Yapı Ve İşlev: Çalışma Ve Problem Çözümleri El Kitabı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>425</v>
+        <v>290</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053555179</t>
+          <t>9799944341126</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Programlamayı C İle Öğreniyorum</t>
+          <t>Geçmişten Günümüze Degişen Orta Asya Ve Kafkasya</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789944341509</t>
+          <t>9786052824955</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi Yapım Öncesi Süreci</t>
+          <t>Ortalama Hız Tespit Sistemleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053552468</t>
+          <t>9786053558415</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Protozooloji</t>
+          <t>Öabt Biyoloji Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>680</v>
+        <v>650</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053556176</t>
+          <t>9786053554561</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Öğrenciler İçin Problem Çözümleri Genel Kimya</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>1600</v>
+        <v>540</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052826201</t>
+          <t>9786052823460</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Bilimi</t>
+          <t>Öklid Geometrisi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>1050</v>
+        <v>830</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052825051</t>
+          <t>9786053559467</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Radyasyon Fiziği</t>
+          <t>Önce İnsan, Önce İletişim</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>650</v>
+        <v>425</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052825068</t>
+          <t>9786052823217</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Radyasyon Sağlığı Ve Radyasyondan Korunma</t>
+          <t>Örgütlü Cehalet</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>740</v>
+        <v>370</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053551638</t>
+          <t>9786053553151</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Radyasyon Ve Radyasyondan Korunma Fiziği</t>
+          <t>Para İktisadı Teori Ve Politika</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>950</v>
+        <v>262</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053555186</t>
+          <t>9786055829544</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Raven Bitki Biyolojisi</t>
+          <t>Para, Finans Ve Kriz</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>1547</v>
+        <v>470</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053556459</t>
+          <t>9786053557173</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Reel Analiz</t>
+          <t>Post - Keynesyen Yaklaşım Alternatif Parasal İktisat</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053554028</t>
+          <t>9786053551973</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Resimli Okul Sözlüğü English-Turkish Turkish-English</t>
+          <t>Pratik Biyokimya</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053553922</t>
+          <t>9786053555179</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Resimli Şifalı Bitkilerle Tedavi</t>
+          <t>Programlamayı C İle Öğreniyorum</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>950</v>
+        <v>590</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055829988</t>
+          <t>9789944341509</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Roket Ve Füze Mühendisliği</t>
+          <t>Proje Yönetimi Yapım Öncesi Süreci</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>750</v>
+        <v>425</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053554936</t>
+          <t>9786053552468</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Rudolf Virchow</t>
+          <t>Protozooloji</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>210</v>
+        <v>680</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052824047</t>
+          <t>9786053556176</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol 1</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>750</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052824054</t>
+          <t>9786052826201</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol 2</t>
+          <t>Psikoloji Bilimi</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>580</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052824061</t>
+          <t>9786052825051</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol 3-1</t>
+          <t>Radyasyon Fiziği</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>400</v>
+        <v>650</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052824078</t>
+          <t>9786052825068</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol 3-2</t>
+          <t>Radyasyon Sağlığı Ve Radyasyondan Korunma</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>400</v>
+        <v>740</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053557258</t>
+          <t>9786053551638</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarını Türkçe Gören Bir Alman Bilim Adamı: Ord. Prof. Dr. Curt Kosswig</t>
+          <t>Radyasyon Ve Radyasyondan Korunma Fiziği</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>210</v>
+        <v>950</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053556763</t>
+          <t>9786053555186</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Sabun</t>
+          <t>Raven Bitki Biyolojisi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>180</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053550556</t>
+          <t>9786053556459</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Teorisinde İlginç Olimpiyat Problemleri Ve Çözümleri</t>
+          <t>Reel Analiz</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053556466</t>
+          <t>9786053554028</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Teorisine Giriş</t>
+          <t>Resimli Okul Sözlüğü English-Turkish Turkish-English</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053552123</t>
+          <t>9786053553922</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Görüntü İşleme</t>
+          <t>Resimli Şifalı Bitkilerle Tedavi</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>950</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786052824306</t>
+          <t>9786055829988</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Haberleşme</t>
+          <t>Roket Ve Füze Mühendisliği</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>1200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944341431</t>
+          <t>9786053554936</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Seller</t>
+          <t>Rudolf Virchow</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>60</v>
+        <v>210</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789944341424</t>
+          <t>9786052824047</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Selvihan</t>
+          <t>Rusya'ya Giden Yol 1</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>125</v>
+        <v>750</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053554943</t>
+          <t>9786052824054</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sen Mütevelli Oğlu Musun?</t>
+          <t>Rusya'ya Giden Yol 2</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>235</v>
+        <v>580</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789758982073</t>
+          <t>9786052824061</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Bahar</t>
+          <t>Rusya'ya Giden Yol 3-1</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>395</v>
+        <v>400</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053555834</t>
+          <t>9786052824078</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Labirenti</t>
+          <t>Rusya'ya Giden Yol 3-2</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>370</v>
+        <v>400</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053559658</t>
+          <t>9786053557258</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sinyaller Ve Sistemler</t>
+          <t>Rüyalarını Türkçe Gören Bir Alman Bilim Adamı: Ord. Prof. Dr. Curt Kosswig</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>850</v>
+        <v>210</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053551201</t>
+          <t>9786053556763</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sistem Dinamiği</t>
+          <t>Sabun</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>720</v>
+        <v>180</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786052825259</t>
+          <t>9786053550556</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sitoloji</t>
+          <t>Sayılar Teorisinde İlginç Olimpiyat Problemleri Ve Çözümleri</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>430</v>
+        <v>490</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053559900</t>
+          <t>9786053556466</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sobolev Uzayları Ve Eliptik Sınır Değer Problemlerine Giriş</t>
+          <t>Sayılar Teorisine Giriş</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053553755</t>
+          <t>9786053552123</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sonlu Elemanlar Analizi</t>
+          <t>Sayısal Görüntü İşleme</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789944341967</t>
+          <t>9786052824306</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Sorunlu Bankaların Çözümlenmesi Türkiye Deneyimi</t>
+          <t>Sayısal Haberleşme</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>195</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053551287</t>
+          <t>9789944341431</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Seller</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>850</v>
+        <v>60</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053551270</t>
+          <t>9789944341424</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Soyut Cebire Giriş</t>
+          <t>Selvihan</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053550730</t>
+          <t>9786053554943</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Soyut Matematik</t>
+          <t>Sen Mütevelli Oğlu Musun?</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>770</v>
+        <v>235</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053557852</t>
+          <t>9789758982073</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Spor Ekonomisi</t>
+          <t>Sessiz Bahar</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>475</v>
+        <v>395</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053552246</t>
+          <t>9786053555834</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Src 1-2-3-4 Mesleki Yeterlilik Belgesi Eğitim Kitabı</t>
+          <t>Sevgi Labirenti</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053551591</t>
+          <t>9786053559658</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Src 1-2-3-4 Mesleki Yeterlilik Belgesi Eğitimi Soru Bankası</t>
+          <t>Sinyaller Ve Sistemler</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>125</v>
+        <v>850</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789758624140</t>
+          <t>9786053551201</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Su Teknolojisi</t>
+          <t>Sistem Dinamiği</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>520</v>
+        <v>720</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052825204</t>
+          <t>9786052825259</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Kentbilim Fotoğrafları</t>
+          <t>Sitoloji</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052822975</t>
+          <t>9786053559900</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sürekli Sinyaller Ve Sistemler</t>
+          <t>Sobolev Uzayları Ve Eliptik Sınır Değer Problemlerine Giriş</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789758624522</t>
+          <t>9786053553755</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sürücü Adayı Açıklamalı Sınav Soruları</t>
+          <t>Sonlu Elemanlar Analizi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786054414635</t>
+          <t>9789944341967</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sürücü Adayı Sınav Soru Bankası</t>
+          <t>Sorunlu Bankaların Çözümlenmesi Türkiye Deneyimi</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>70</v>
+        <v>195</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052823330</t>
+          <t>9786053551287</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Şehir Ve Bölge Planlaması Bakımından Şehirleşme Hareketleri</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>360</v>
+        <v>850</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9799944341072</t>
+          <t>9786053551270</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler Ansiklopedisi - 1</t>
+          <t>Soyut Cebire Giriş</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053551263</t>
+          <t>9786053550730</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Öldüreceklerdi</t>
+          <t>Soyut Matematik</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>180</v>
+        <v>770</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052826447</t>
+          <t>9786053557852</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Taze Kesilmiş Ürün Teknolojisi</t>
+          <t>Spor Ekonomisi</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>475</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052826423</t>
+          <t>9786053552246</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tek Tıkla Şirket Yönetmek</t>
+          <t>Src 1-2-3-4 Mesleki Yeterlilik Belgesi Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053556473</t>
+          <t>9786053551591</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Temel Matematik</t>
+          <t>Src 1-2-3-4 Mesleki Yeterlilik Belgesi Eğitimi Soru Bankası</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>820</v>
+        <v>125</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052823859</t>
+          <t>9789758624140</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Temel Matematik Kavramların Künyesi</t>
+          <t>Su Teknolojisi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>770</v>
+        <v>520</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053552567</t>
+          <t>9786052825204</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Temel Moleküler Biyoloji</t>
+          <t>Sürdürülebilirlik Kentbilim Fotoğrafları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>1500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052826362</t>
+          <t>9786052822975</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Teorik Ve Uygulama Alanlarıyla Topoloji</t>
+          <t>Sürekli Sinyaller Ve Sistemler</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>530</v>
+        <v>420</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786052820742</t>
+          <t>9789758624522</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Termodinamiğin Temelleri</t>
+          <t>Sürücü Adayı Açıklamalı Sınav Soruları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>950</v>
+        <v>80</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053551621</t>
+          <t>9786054414635</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Termodinamik: Mühendislik Yaklaşımıyla</t>
+          <t>Sürücü Adayı Sınav Soru Bankası</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>1650</v>
+        <v>70</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053555742</t>
+          <t>9786052823330</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Turan'ın Kalbi Horasan</t>
+          <t>Şehir Ve Bölge Planlaması Bakımından Şehirleşme Hareketleri</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9799758982775</t>
+          <t>9799944341072</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Barış Vizyonu</t>
+          <t>Şifalı Bitkiler Ansiklopedisi - 1</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786054414758</t>
+          <t>9786053551263</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Son On Yıl</t>
+          <t>Şiiri Öldüreceklerdi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>475</v>
+        <v>180</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054414017</t>
+          <t>9786052826447</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Farsça Sözlük</t>
+          <t>Taze Kesilmiş Ürün Teknolojisi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053552383</t>
+          <t>9786052826423</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Farsça-Rusça Türkçe Öğrenelim</t>
+          <t>Tek Tıkla Şirket Yönetmek</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>305</v>
+        <v>345</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052826119</t>
+          <t>9786053556473</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Amfibi Ve Sürüngenleri</t>
+          <t>Temel Matematik</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>670</v>
+        <v>820</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053559894</t>
+          <t>9786052823859</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Gelişme Kalkınma Yazınından Bir Seçki</t>
+          <t>Temel Matematik Kavramların Künyesi</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>420</v>
+        <v>770</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052821480</t>
+          <t>9786053552567</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Afet Yönetimi</t>
+          <t>Temel Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>450</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789944341677</t>
+          <t>9786052826362</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin Nektarlı Bitkileri Polenleri Ve Balları</t>
+          <t>Teorik Ve Uygulama Alanlarıyla Topoloji</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>750</v>
+        <v>530</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053551553</t>
+          <t>9786052820742</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Türküsünü Yitiren Bulut</t>
+          <t>Termodinamiğin Temelleri</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>210</v>
+        <v>950</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786052823842</t>
+          <t>9786053551621</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İktisat</t>
+          <t>Termodinamik: Mühendislik Yaklaşımıyla</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>530</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053556947</t>
+          <t>9786053555742</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İktisat Teori Ve Politika</t>
+          <t>Turan'ın Kalbi Horasan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>790</v>
+        <v>350</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9799758982768</t>
+          <t>9799758982775</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Zenginliği 1</t>
+          <t>Türk Dış Politikası Barış Vizyonu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>435</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789944341264</t>
+          <t>9786054414758</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Zenginliği 2</t>
+          <t>Türk Dış Politikası Son On Yıl</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>425</v>
+        <v>475</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052823446</t>
+          <t>9786054414017</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Biyoinformatik Giriş: Araştırmalar Ve Çözümleri İle Birlikte</t>
+          <t>Türkçe - Farsça Sözlük</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055829872</t>
+          <t>9786053552383</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Lineer Cebir</t>
+          <t>Türkçe-Farsça-Rusça Türkçe Öğrenelim</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>780</v>
+        <v>305</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052820759</t>
+          <t>9786052826119</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Algılama Ve Görüntü Yorumlama</t>
+          <t>Türkiye Amfibi Ve Sürüngenleri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>720</v>
+        <v>670</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053551539</t>
+          <t>9786053559894</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Üç Numaralı Odanın Beş Numaralı Yatağı</t>
+          <t>Türkiye'de Gelişme Kalkınma Yazınından Bir Seçki</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053559719</t>
+          <t>9786052821480</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ülkem İçin Çare</t>
+          <t>Türkiye'nin Afet Yönetimi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789944341769</t>
+          <t>9789944341677</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Üniversitenin Bugünü Ve Yarını</t>
+          <t>Türkiyenin Nektarlı Bitkileri Polenleri Ve Balları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>390</v>
+        <v>750</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053557647</t>
+          <t>9786053551553</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi</t>
+          <t>Türküsünü Yitiren Bulut</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>990</v>
+        <v>210</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052824238</t>
+          <t>9786052823842</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Vade Mecum Of Numerical Analysis</t>
+          <t>Uluslararası İktisat</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>280</v>
+        <v>530</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786054414475</t>
+          <t>9786053556947</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Vejetasyon Ekolojisi Ve Araştırma Metodları</t>
+          <t>Uluslararası İktisat Teori Ve Politika</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>430</v>
+        <v>790</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053551546</t>
+          <t>9799758982768</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yanlışa Kurulmuş Saat</t>
+          <t>Ulusların Zenginliği 1</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>180</v>
+        <v>435</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053553397</t>
+          <t>9789944341264</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yapı Dinamiği: Teori Ve Deprem Mühendisliği Uygulamaları</t>
+          <t>Ulusların Zenginliği 2</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>1000</v>
+        <v>425</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053557777</t>
+          <t>9786052823446</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yapı Statiği Hibbeler</t>
+          <t>Uygulamalı Biyoinformatik Giriş: Araştırmalar Ve Çözümleri İle Birlikte</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>820</v>
+        <v>420</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053554189</t>
+          <t>9786055829872</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Öğrenme Ve Öğretim</t>
+          <t>Uygulamalı Lineer Cebir</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>430</v>
+        <v>780</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053552611</t>
+          <t>9786052820759</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Yaşam: Biyoloji Bilimi</t>
+          <t>Uzaktan Algılama Ve Görüntü Yorumlama</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>2400</v>
+        <v>720</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789944341691</t>
+          <t>9786053551539</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Gerçekleri Ben Ve Türkiyem</t>
+          <t>Üç Numaralı Odanın Beş Numaralı Yatağı</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053550389</t>
+          <t>9786053559719</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Yaşarım Öyküm Olursun</t>
+          <t>Ülkem İçin Çare</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053554196</t>
+          <t>9789944341769</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yds Deneme Sınavları</t>
+          <t>Üniversitenin Bugünü Ve Yarını</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053554202</t>
+          <t>9786053557647</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Yds Kelime Hazinesi - I</t>
+          <t>Üretim Yönetimi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>380</v>
+        <v>990</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053554219</t>
+          <t>9786052824238</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Yds Kelime Hazinesi - Iı</t>
+          <t>Vade Mecum Of Numerical Analysis</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053554233</t>
+          <t>9786054414475</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Yds Soru Bankası</t>
+          <t>Vejetasyon Ekolojisi Ve Araştırma Metodları</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053554226</t>
+          <t>9786053551546</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Yds Test Tekniği Püf Noktaları</t>
+          <t>Yanlışa Kurulmuş Saat</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053554240</t>
+          <t>9786053553397</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Yds Ve Proficiency Anahtarı</t>
+          <t>Yapı Dinamiği: Teori Ve Deprem Mühendisliği Uygulamaları</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>430</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789758982158</t>
+          <t>9786053557777</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Yer Biliminin (Jeoloji) Esasları</t>
+          <t>Yapı Statiği Hibbeler</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>410</v>
+        <v>820</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786052821138</t>
+          <t>9786053554189</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Yerel Siyaset</t>
+          <t>Yaşam Boyu Öğrenme Ve Öğretim</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>460</v>
+        <v>430</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055829933</t>
+          <t>9786053552611</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Yoksullukla Mücadelede Sosyal Yardımlaşma Ve Dayanışma Vakıfları</t>
+          <t>Yaşam: Biyoloji Bilimi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>380</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789944341370</t>
+          <t>9789944341691</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Zırkı Yöresi Ve "Seyyid Hasan Zerraki Ziyareti"</t>
+          <t>Yaşamın Gerçekleri Ben Ve Türkiyem</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053555919</t>
+          <t>9786053550389</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Zooloji</t>
+          <t>Yaşarım Öyküm Olursun</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>1300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786052826669</t>
+          <t>9786053554196</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Bilimlerde Çalışma Metotları</t>
+          <t>Yds Deneme Sınavları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>845</v>
+        <v>350</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786052826652</t>
+          <t>9786053554202</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Astronomi Öğretimi</t>
+          <t>Yds Kelime Hazinesi - I</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>670</v>
+        <v>380</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786052826331</t>
+          <t>9786053554219</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol</t>
+          <t>Yds Kelime Hazinesi - Iı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>230</v>
+        <v>255</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786052826676</t>
+          <t>9786053554233</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İdil-Ural Türkleri</t>
+          <t>Yds Soru Bankası</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>325</v>
+        <v>380</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786052826751</t>
+          <t>9786053554226</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İleri Mühendislik Elektromanyetiği</t>
+          <t>Yds Test Tekniği Püf Noktaları</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>1250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786052826805</t>
+          <t>9786053554240</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Ürgüp 1960</t>
+          <t>Yds Ve Proficiency Anahtarı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>520</v>
+        <v>430</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786052826874</t>
+          <t>9789758982158</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Sonrası Bir Tebessüm Olur</t>
+          <t>Yer Biliminin (Jeoloji) Esasları</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052826898</t>
+          <t>9786052821138</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Zengin Yaşasın Çocuklar</t>
+          <t>Yerel Siyaset</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>215</v>
+        <v>460</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786052827000</t>
+          <t>9786055829933</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Uçak Elektronik Gösterge Sistemleri</t>
+          <t>Yoksullukla Mücadelede Sosyal Yardımlaşma Ve Dayanışma Vakıfları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>530</v>
+        <v>380</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786052827147</t>
+          <t>9789944341370</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşam Bağlamında Matematik Uygulamaları</t>
+          <t>Zırkı Yöresi Ve "Seyyid Hasan Zerraki Ziyareti"</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786052827161</t>
+          <t>9786053555919</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kavramsal Fizik</t>
+          <t>Zooloji</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>890</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052827864</t>
+          <t>9786052826669</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Yöneylem Araştırması Uygulamalar Ve Algoritmalar</t>
+          <t>Biyolojik Bilimlerde Çalışma Metotları</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>2100</v>
+        <v>845</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052827932</t>
+          <t>9786052826652</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Koşu</t>
+          <t>Etkinliklerle Astronomi Öğretimi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>580</v>
+        <v>670</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052827963</t>
+          <t>9786052826331</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu Açıldı: Soğuk Savaş Sonrasında İç Çatışmalar Ve İç Savaşlar</t>
+          <t>Rusya'ya Giden Yol</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>570</v>
+        <v>230</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052827895</t>
+          <t>9786052826676</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Çayır Mera Islahı</t>
+          <t>İdil-Ural Türkleri</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>750</v>
+        <v>325</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052827987</t>
+          <t>9786052826751</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>5N 1K İle Değerlerin İncelenmesi Ve Sınıflandırılması</t>
+          <t>İleri Mühendislik Elektromanyetiği</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>512</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052828250</t>
+          <t>9786052826805</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Çevre Mühendisliğinde Temel İşlemler Ve Süreçler</t>
+          <t>Her Yönüyle Ürgüp 1960</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>950</v>
+        <v>520</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052828298</t>
+          <t>9786052826874</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Fizik Serway 1.Cilt (Yeni)</t>
+          <t>Sonrası Bir Tebessüm Olur</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>950</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052828342</t>
+          <t>9786052826898</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Astronomi</t>
+          <t>Zengin Yaşasın Çocuklar</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>455</v>
+        <v>215</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052828335</t>
+          <t>9786052827000</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Campbell Biyoloji (12. Baskı)</t>
+          <t>Uçak Elektronik Gösterge Sistemleri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>2200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052828359</t>
+          <t>9786052827147</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Diferansiyel Geometri</t>
+          <t>Günlük Yaşam Bağlamında Matematik Uygulamaları</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>670</v>
+        <v>430</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052828410</t>
+          <t>9786052827161</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Cebir</t>
+          <t>Kavramsal Fizik</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>780</v>
+        <v>890</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052828427</t>
+          <t>9786052827864</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Sultangaliyev Ve 68 Kuşağı</t>
+          <t>Yöneylem Araştırması Uygulamalar Ve Algoritmalar</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>390</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052828458</t>
+          <t>9786052827932</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Ayrık Sinyaller</t>
+          <t>Zorlu Koşu</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>325</v>
+        <v>580</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052828472</t>
+          <t>9786052827963</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kimya Olimpiyatları İçin Kuram Ve Problemler</t>
+          <t>Pandora'nın Kutusu Açıldı: Soğuk Savaş Sonrasında İç Çatışmalar Ve İç Savaşlar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>850</v>
+        <v>570</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052828496</t>
+          <t>9786052827895</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Antik Ankara</t>
+          <t>Çayır Mera Islahı</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>543</v>
+        <v>750</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052828465</t>
+          <t>9786052827987</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenliğe Giriş</t>
+          <t>5N 1K İle Değerlerin İncelenmesi Ve Sınıflandırılması</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>780</v>
+        <v>512</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052823989</t>
+          <t>9786052828250</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Instrumental Analysis Laboratory Manual</t>
+          <t>Çevre Mühendisliğinde Temel İşlemler Ve Süreçler</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>425</v>
+        <v>950</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052825211</t>
+          <t>9786052828298</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Matematiği</t>
+          <t>Fizik Serway 1.Cilt (Yeni)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>180</v>
+        <v>950</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052823972</t>
+          <t>9786052828342</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Analytical Chemistry Laboratory Manual</t>
+          <t>Astronomi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>357</v>
+        <v>455</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052828632</t>
+          <t>9786052828335</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Graf Teorisine Giriş</t>
+          <t>Campbell Biyoloji (12. Baskı)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>350</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052828571</t>
+          <t>9786052828359</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Kahramanları</t>
+          <t>Diferansiyel Geometri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>45</v>
+        <v>670</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052828601</t>
+          <t>9786052828410</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji Kavramlar Ve Uygulamalar</t>
+          <t>Cebir</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>1500</v>
+        <v>780</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052828809</t>
+          <t>9786052828427</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya İkinci Bir Dil (Birinci Dönem Konuları)</t>
+          <t>Sultangaliyev Ve 68 Kuşağı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>720</v>
+        <v>390</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052828823</t>
+          <t>9786052828458</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvarlar İçin Uygulamalı İstatistik</t>
+          <t>Ayrık Sinyaller</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>520</v>
+        <v>325</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052828854</t>
+          <t>9786052828472</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Mekatronik Makine Ve Elektrik Mühendisliğinde Elektronik Kontrol Sistemleri</t>
+          <t>Kimya Olimpiyatları İçin Kuram Ve Problemler</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>950</v>
+        <v>850</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789757477099</t>
+          <t>9786052828496</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Travma Ve Akut Karın</t>
+          <t>Antik Ankara</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>172</v>
+        <v>543</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786053550570</t>
+          <t>9786052828465</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Cep Sözlüğü</t>
+          <t>Siber Güvenliğe Giriş</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>245</v>
+        <v>780</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052825785</t>
+          <t>9786052823989</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Prometheus Anatomi Atlası 3. Cilt</t>
+          <t>Instrumental Analysis Laboratory Manual</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>2350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052828960</t>
+          <t>9786052825211</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Ve Temel Bilimler İçin Matlab® Destekli Sayısal Analiz ( 2. Baskıdan Çeviri )</t>
+          <t>Özgürlüğün Matematiği</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052828977</t>
+          <t>9786052823972</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Bakım Bilimine Temellenen Hemşirelik Eğitim Programı</t>
+          <t>Analytical Chemistry Laboratory Manual</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>850</v>
+        <v>357</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052829011</t>
+          <t>9786052828632</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı Ve Tedavi İş Ve Çevre Hekimliği</t>
+          <t>Graf Teorisine Giriş</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>1950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052829004</t>
+          <t>9786052828571</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Özgün Yolu Dört Baro Konferansı</t>
+          <t>Çocukluğumun Kahramanları</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>100</v>
+        <v>45</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052829073</t>
+          <t>9786052828601</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kriptografi İle Sayılar Teorisine Giriş</t>
+          <t>Ekoloji Kavramlar Ve Uygulamalar</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052829059</t>
+          <t>9786052828809</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm</t>
+          <t>Organik Kimya İkinci Bir Dil (Birinci Dönem Konuları)</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>152</v>
+        <v>720</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052829066</t>
+          <t>9786052828823</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Trajik Ve Modern Oğuz Atay - Joseph Conrad - Yusuf Atılgan</t>
+          <t>Laboratuvarlar İçin Uygulamalı İstatistik</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>180</v>
+        <v>520</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052829042</t>
+          <t>9786052828854</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Söylem İhsan Oktay Anar - John Fowles</t>
+          <t>Mekatronik Makine Ve Elektrik Mühendisliğinde Elektronik Kontrol Sistemleri</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>289</v>
+        <v>950</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786052829080</t>
+          <t>9789757477099</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetizma Kompleks Analiz Elektromanyetik Alanlar Ve Dalga Oluşumu</t>
+          <t>Çocuklarda Travma Ve Akut Karın</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>980</v>
+        <v>172</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786052829028</t>
+          <t>9786053550570</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Anten Teorisi Analiz Ve Tasarım</t>
+          <t>Anatomi Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>1183</v>
+        <v>245</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052829035</t>
+          <t>9786052825785</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Phillips Diş Hekimliği Malzeme Bilimi</t>
+          <t>Prometheus Anatomi Atlası 3. Cilt</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>2150</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052829141</t>
+          <t>9786052828960</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Terimleri Sözlüğü</t>
+          <t>Mühendislik Ve Temel Bilimler İçin Matlab® Destekli Sayısal Analiz ( 2. Baskıdan Çeviri )</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>664</v>
+        <v>750</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052829479</t>
+          <t>9786052828977</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Bakım Bilimine Temellenen Hemşirelik Eğitim Programı</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>1580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052829455</t>
+          <t>9786052829011</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yöresel Mutfak Uygulamaları</t>
+          <t>Current Tanı Ve Tedavi İş Ve Çevre Hekimliği</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>250</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052829462</t>
+          <t>9786052829004</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji Temelleri Ve Uygulamaları</t>
+          <t>Türkiye'nin Özgün Yolu Dört Baro Konferansı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052829639</t>
+          <t>9786052829073</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Termodinamik - 1</t>
+          <t>Kriptografi İle Sayılar Teorisine Giriş</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052829608</t>
+          <t>9786052829059</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya Yaşamın Kalbi</t>
+          <t>Postmodernizm</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>1500</v>
+        <v>152</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052829585</t>
+          <t>9786052829066</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Bilimde Kanıt Ve Doğrulama</t>
+          <t>Trajik Ve Modern Oğuz Atay - Joseph Conrad - Yusuf Atılgan</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052829592</t>
+          <t>9786052829042</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Şeyden Sayılara</t>
+          <t>Postmodern Söylem İhsan Oktay Anar - John Fowles</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>495</v>
+        <v>289</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052829530</t>
+          <t>9786052829080</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji</t>
+          <t>Elektromanyetizma Kompleks Analiz Elektromanyetik Alanlar Ve Dalga Oluşumu</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>950</v>
+        <v>980</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052829387</t>
+          <t>9786052829028</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Rekabet Avantajı Yaklaşım</t>
+          <t>Anten Teorisi Analiz Ve Tasarım</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>950</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052829486</t>
+          <t>9786052829035</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi İlkeleri</t>
+          <t>Phillips Diş Hekimliği Malzeme Bilimi</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>395</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052829394</t>
+          <t>9786052829141</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Haklar Sosyoloji</t>
+          <t>Biyoloji Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>650</v>
+        <v>664</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
+          <t>9786052829479</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Evrim</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786052829455</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Yöresel Mutfak Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9786052829462</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Yenilenebilir Enerji Temelleri Ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9786052829639</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Termodinamik - 1</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786052829608</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Organik Kimya Yaşamın Kalbi</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786052829585</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Bilimde Kanıt Ve Doğrulama</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786052829592</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Şeyden Sayılara</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786052829530</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Psikoloji</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786052829387</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Yönetim Rekabet Avantajı Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786052829486</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi İlkeleri</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786052829394</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Haklar Sosyoloji</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
           <t>9786052828304</t>
         </is>
       </c>
-      <c r="B540" s="1" t="inlineStr">
+      <c r="B551" s="1" t="inlineStr">
         <is>
           <t>Fizik Serway 2.Cilt (Yeni)</t>
         </is>
       </c>
-      <c r="C540" s="1">
+      <c r="C551" s="1">
         <v>900</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>