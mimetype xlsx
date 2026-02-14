--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,8290 +85,8320 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9799758982096</t>
+          <t>9786256441163</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bitki Ekolojisi</t>
+          <t>Elektromanyetiğin İlkeleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>437</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053556367</t>
+          <t>9786258542134</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Genel Matematik Problemleri 1</t>
+          <t>Palme 10.Sınıf Enerji Matematik Konu Özetli Soru Fasikülleri (7 Fasikül)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>690</v>
+        <v>795</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053556442</t>
+          <t>9799758982096</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Matematik Analiz Problemleri 2</t>
+          <t>Bitki Ekolojisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>820</v>
+        <v>437</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055829155</t>
+          <t>9786053556367</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Deneysel Bitki Anatomisi Ve Morfolojisine Giriş</t>
+          <t>Çözümlü Genel Matematik Problemleri 1</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>354</v>
+        <v>690</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053557890</t>
+          <t>9786053556442</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Kimya Öğrenci Çözümleri Kitabı</t>
+          <t>Çözümlü Matematik Analiz Problemleri 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>399</v>
+        <v>820</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053550594</t>
+          <t>9786055829155</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya 1. Cilt</t>
+          <t>Deneysel Bitki Anatomisi Ve Morfolojisine Giriş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>850</v>
+        <v>354</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053557999</t>
+          <t>9786053557890</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Hayal Etmek</t>
+          <t>Fiziksel Kimya Öğrenci Çözümleri Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>470</v>
+        <v>399</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256154759</t>
+          <t>9786053550594</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel İstatistik (1)</t>
+          <t>Genel Kimya 1. Cilt</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>650</v>
+        <v>850</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255600196</t>
+          <t>9786053557999</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilimleri Temel Ve İleri Uygulamalar</t>
+          <t>Gerçeği Hayal Etmek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256672741</t>
+          <t>9786256154759</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği Uzmanlığı Sınavlarına Hazırlık Soru Bankası</t>
+          <t>Matematiksel İstatistik (1)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>495</v>
+        <v>650</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256672758</t>
+          <t>9786255600196</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İş Güvenliği Uzmanlığı Sınavlarına Hazırlık Deneme Kitabı</t>
+          <t>Yaşam Bilimleri Temel Ve İleri Uygulamalar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>375</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255600707</t>
+          <t>9786256672741</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji</t>
+          <t>İş Güvenliği Uzmanlığı Sınavlarına Hazırlık Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>886</v>
+        <v>495</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255600615</t>
+          <t>9786256672758</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Cilt 1 İlkeler Ve Modern Uygulamalar</t>
+          <t>İş Güvenliği Uzmanlığı Sınavlarına Hazırlık Deneme Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>1035</v>
+        <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052724729</t>
+          <t>9786255600707</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Süper Din Kültürü Ve Ahlak Bilgisi Beceri Temelli Soru Kitabı</t>
+          <t>Sosyal Psikoloji</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>240</v>
+        <v>886</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256441781</t>
+          <t>9786255600615</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Biyokimyanın İlkeleri (Lehninger)</t>
+          <t>Genel Kimya Cilt 1 İlkeler Ve Modern Uygulamalar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>1900</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052828311</t>
+          <t>9786052724729</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Fizik Serway 3. Cilt (Yeni)</t>
+          <t>6. Sınıf Süper Din Kültürü Ve Ahlak Bilgisi Beceri Temelli Soru Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052829868</t>
+          <t>9786256441781</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hidrodinamik Makinaların Tasarımı Pompalar Ve Hidro-Türbinler</t>
+          <t>Biyokimyanın İlkeleri (Lehninger)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>470</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052829967</t>
+          <t>9786052828311</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya İkinci Bir Dil (İkinci Dönem Konuları)</t>
+          <t>Fizik Serway 3. Cilt (Yeni)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>720</v>
+        <v>800</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786052829929</t>
+          <t>9786052829868</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Çırpıda Anatomi</t>
+          <t>Hidrodinamik Makinaların Tasarımı Pompalar Ve Hidro-Türbinler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>254</v>
+        <v>470</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786052829660</t>
+          <t>9786052829967</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Nörofizyolojinin Psikiyatrideki Yeri</t>
+          <t>Organik Kimya İkinci Bir Dil (İkinci Dönem Konuları)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>780</v>
+        <v>720</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256441088</t>
+          <t>9786052829929</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Güç Elektroniği Devreleri Matlab Ve Simulink Çözümleri</t>
+          <t>Bir Çırpıda Anatomi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>540</v>
+        <v>254</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052829974</t>
+          <t>9786052829660</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Davranış Fizyolojisi</t>
+          <t>Nörofizyolojinin Psikiyatrideki Yeri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>1100</v>
+        <v>780</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9799757477630</t>
+          <t>9786256441088</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Molekülleri ( Feromonlar )</t>
+          <t>Güç Elektroniği Devreleri Matlab Ve Simulink Çözümleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>70</v>
+        <v>540</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256441149</t>
+          <t>9786052829974</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Akıl Yürütmeci Bilim İnsanları Buluşları Ve Eserleri</t>
+          <t>Davranış Fizyolojisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256441156</t>
+          <t>9799757477630</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bağışıklık Sistemi Nasıl Çalışır ?</t>
+          <t>Aşkın Molekülleri ( Feromonlar )</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>847</v>
+        <v>70</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256441231</t>
+          <t>9786256441149</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>C İle Nesneye Dayalı Programlama</t>
+          <t>Akıl Yürütmeci Bilim İnsanları Buluşları Ve Eserleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>950</v>
+        <v>325</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256441187</t>
+          <t>9786256441156</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Psikolojiyi Anlamak</t>
+          <t>Bağışıklık Sistemi Nasıl Çalışır ?</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1050</v>
+        <v>847</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256441262</t>
+          <t>9786256441231</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Mühendisliği İlkeler Ve Uygulamalar</t>
+          <t>C İle Nesneye Dayalı Programlama</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>1300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256441293</t>
+          <t>9786256441187</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Öğretmen Okulları Ve 68 Kuşağı Gençlik</t>
+          <t>Psikolojiyi Anlamak</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>570</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256441316</t>
+          <t>9786256441262</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Palme Yayınevi Ayt Sayısal Tüm Dersler Aylık Soru Fasikülleri</t>
+          <t>Elektrik Mühendisliği İlkeler Ve Uygulamalar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>371</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256441415</t>
+          <t>9786256441293</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Taşların Ekolojisi İle Topografyanın Toprak Oluşumu Tarım Ve Ormancılık Açısından Önemi</t>
+          <t>Yüksek Öğretmen Okulları Ve 68 Kuşağı Gençlik</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>600</v>
+        <v>570</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256441804</t>
+          <t>9786256441316</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Dijital Bağımlılıkla Mücadele Rehberi</t>
+          <t>Palme Yayınevi Ayt Sayısal Tüm Dersler Aylık Soru Fasikülleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>371</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256441576</t>
+          <t>9786256441415</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Hücre Biyolojisi</t>
+          <t>Taşların Ekolojisi İle Topografyanın Toprak Oluşumu Tarım Ve Ormancılık Açısından Önemi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>2300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256441699</t>
+          <t>9786256441804</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ayrık Zamanlı Kontrol Sistemleri</t>
+          <t>Dijital Bağımlılıkla Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>637</v>
+        <v>320</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256441767</t>
+          <t>9786256441576</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi</t>
+          <t>Moleküler Hücre Biyolojisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>1220</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256441774</t>
+          <t>9786256441699</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Modern Bir Yaklaşım</t>
+          <t>Ayrık Zamanlı Kontrol Sistemleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1500</v>
+        <v>637</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256441798</t>
+          <t>9786256441767</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Termodinamik 2</t>
+          <t>Ekonomi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>440</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256441422</t>
+          <t>9786256441774</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Bölgesel Coğrafyası</t>
+          <t>Yapay Zeka Modern Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>1200</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256441583</t>
+          <t>9786256441798</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Coğrafya Atlası</t>
+          <t>Termodinamik 2</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>540</v>
+        <v>440</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256441637</t>
+          <t>9786256441422</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızın Karakterini İnşa Ederken</t>
+          <t>Türkiye Bölgesel Coğrafyası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>320</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256441620</t>
+          <t>9786256441583</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Yönetimi</t>
+          <t>Türkiye Coğrafya Atlası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>327</v>
+        <v>540</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256441606</t>
+          <t>9786256441637</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Mekansal Boyutu</t>
+          <t>Çocuklarımızın Karakterini İnşa Ederken</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>328</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256441910</t>
+          <t>9786256441620</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Öz Biyoloji</t>
+          <t>Duyguların Yönetimi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>795</v>
+        <v>327</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256441835</t>
+          <t>9786256441606</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders 1.Cilt</t>
+          <t>Eğitimin Mekansal Boyutu</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>950</v>
+        <v>328</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256441897</t>
+          <t>9786256441910</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Fen Okuryazarlığı</t>
+          <t>Öz Biyoloji</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>520</v>
+        <v>795</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256672017</t>
+          <t>9786256441835</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Taşınma Süreçleri Ve Ayırma Süreci İlkeleri</t>
+          <t>Kalkülüs Eksiksiz Bir Ders 1.Cilt</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>1050</v>
+        <v>950</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256672079</t>
+          <t>9786256441897</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Kalite Kontrol Test Ve Analizleri Kumaş</t>
+          <t>Fen Okuryazarlığı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>590</v>
+        <v>520</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256672086</t>
+          <t>9786256672017</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Kalite Kontrol Test Ve Analizleri Lif Ve İplik</t>
+          <t>Taşınma Süreçleri Ve Ayırma Süreci İlkeleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>495</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256672109</t>
+          <t>9786256672079</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Cebirsel Topolojiye Giriş</t>
+          <t>Tekstil Kalite Kontrol Test Ve Analizleri Kumaş</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>680</v>
+        <v>590</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256672055</t>
+          <t>9786256672086</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Malzeme Bilimi Ve Mühendisliğinin Temelleri</t>
+          <t>Tekstil Kalite Kontrol Test Ve Analizleri Lif Ve İplik</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1850</v>
+        <v>495</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256672062</t>
+          <t>9786256672109</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fizik Temel Bilim Ve Mühendislik İçin - Giacoli</t>
+          <t>Cebirsel Topolojiye Giriş</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>1950</v>
+        <v>680</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052828953</t>
+          <t>9786256672055</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Muhacirin Kızı</t>
+          <t>Malzeme Bilimi Ve Mühendisliğinin Temelleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>420</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256672130</t>
+          <t>9786256672062</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Palme Yayınevi Temel Aerodinamik</t>
+          <t>Fizik Temel Bilim Ve Mühendislik İçin - Giacoli</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256672147</t>
+          <t>9786052828953</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Ağları</t>
+          <t>Muhacirin Kızı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>770</v>
+        <v>420</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256672338</t>
+          <t>9786256672130</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bürokrasi Kuramları</t>
+          <t>Palme Yayınevi Temel Aerodinamik</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256672376</t>
+          <t>9786256672147</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Döneminde Çevre Sağlığı</t>
+          <t>Bilgisayar Ağları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>770</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256672383</t>
+          <t>9786256672338</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Temel İstatistik Adım Adım Yaklaşım</t>
+          <t>Bürokrasi Kuramları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>1250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256672413</t>
+          <t>9786256672376</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Adli Antropoloji</t>
+          <t>Cumhuriyet Döneminde Çevre Sağlığı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>665</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256672390</t>
+          <t>9786256672383</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ebru Sanatı Terapisi</t>
+          <t>Temel İstatistik Adım Adım Yaklaşım</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>545</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256672352</t>
+          <t>9786256672413</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çevre Mühendisliği Ve Bilimi Prensipleri</t>
+          <t>Adli Antropoloji</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>1350</v>
+        <v>665</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256672666</t>
+          <t>9786256672390</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Çırpıda Anatomi</t>
+          <t>Ebru Sanatı Terapisi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>805</v>
+        <v>545</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256672772</t>
+          <t>9786256672352</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mikro Ekonomi</t>
+          <t>Çevre Mühendisliği Ve Bilimi Prensipleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>650</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256672734</t>
+          <t>9786256672666</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Beyin Ve Davranışa Giriş</t>
+          <t>Bir Çırpıda Anatomi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1253</v>
+        <v>805</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256672888</t>
+          <t>9786256672772</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Ağları</t>
+          <t>Mikro Ekonomi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>945</v>
+        <v>650</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256672963</t>
+          <t>9786256672734</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Elektro-Nörofizyoloji Teknikleri İçin Anatomi</t>
+          <t>Beyin Ve Davranışa Giriş</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>245</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256154001</t>
+          <t>9786256672888</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çelik Yapılar Tasarım Ve Davranış</t>
+          <t>Bilgisayar Ağları</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>895</v>
+        <v>945</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256154049</t>
+          <t>9786256672963</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Elektro-Nörofizyoloji Teknikleri İçin Anatomi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>895</v>
+        <v>245</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256154056</t>
+          <t>9786256154001</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Mikroelektronik Devreler (Sedra / Smıth)</t>
+          <t>Çelik Yapılar Tasarım Ve Davranış</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>1450</v>
+        <v>895</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256154261</t>
+          <t>9786256154049</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Elektronik Devrelerinin Analizi</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>790</v>
+        <v>895</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256154308</t>
+          <t>9786256154056</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>İktisada Giriş</t>
+          <t>Mikroelektronik Devreler (Sedra / Smıth)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>590</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256154322</t>
+          <t>9786256154261</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranış</t>
+          <t>Elektrik Elektronik Devrelerinin Analizi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>1150</v>
+        <v>790</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256154346</t>
+          <t>9786256154308</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Biyokimyasal Hesaplamalar</t>
+          <t>İktisada Giriş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>650</v>
+        <v>590</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256154513</t>
+          <t>9786256154322</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Esinlenen Optimizasyon Algoritmaları</t>
+          <t>Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>550</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256154520</t>
+          <t>9786256154346</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Model</t>
+          <t>Biyokimyasal Hesaplamalar</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>650</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256154537</t>
+          <t>9786256154513</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Virolojinin Temelleri</t>
+          <t>Doğadan Esinlenen Optimizasyon Algoritmaları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>1650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256154339</t>
+          <t>9786256154520</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesine Giriş</t>
+          <t>Matematiksel Model</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>295</v>
+        <v>650</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256154506</t>
+          <t>9786256154537</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Diferansiyel Denklemler</t>
+          <t>Virolojinin Temelleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>790</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256154766</t>
+          <t>9786256154339</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hangi Şairleri Hangi Şiirleri Okumalı ?</t>
+          <t>Siyaset Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256154773</t>
+          <t>9786256154506</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hangi Yazarları Hangi Hikayeleri Okumalı ?</t>
+          <t>Diferansiyel Denklemler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>550</v>
+        <v>790</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256154780</t>
+          <t>9786256154766</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Genel Cerrahi Ders Kitabı</t>
+          <t>Hangi Şairleri Hangi Şiirleri Okumalı ?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>1500</v>
+        <v>425</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256154742</t>
+          <t>9786256154773</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Travma Çalışma Kitabı</t>
+          <t>Hangi Yazarları Hangi Hikayeleri Okumalı ?</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255600011</t>
+          <t>9786256154780</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık</t>
+          <t>Genel Cerrahi Ders Kitabı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>650</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255600165</t>
+          <t>9786256154742</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Artırılmış, Sanal Ve Karma Gerçeklik</t>
+          <t>Travma Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256154797</t>
+          <t>9786255600011</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Ormanlarının Alansal Gelişimi (2012-2022)</t>
+          <t>Bağımlılık</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052829684</t>
+          <t>9786255600165</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Eğriler Ve Yüzeyler Matlab Uygulamalı</t>
+          <t>50 Soruda Artırılmış, Sanal Ve Karma Gerçeklik</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>354</v>
+        <v>250</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255600172</t>
+          <t>9786256154797</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Deniz Çayırları : Yayılışı, İzlenmesi, Korunması Ve Restorasyonu</t>
+          <t>Türkiye Ormanlarının Alansal Gelişimi (2012-2022)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>495</v>
+        <v>380</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255600189</t>
+          <t>9786052829684</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Eğitimin Yönetsel Yolculuğu : Yüzyılın Portesi</t>
+          <t>Eğriler Ve Yüzeyler Matlab Uygulamalı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>425</v>
+        <v>354</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255600417</t>
+          <t>9786255600172</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Antropoloji İnsan Çeşitliğinin Önemi</t>
+          <t>Deniz Çayırları : Yayılışı, İzlenmesi, Korunması Ve Restorasyonu</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255600547</t>
+          <t>9786255600189</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sap2000 İle Yapı Dinamiği Problemleri</t>
+          <t>Türkiye'de Eğitimin Yönetsel Yolculuğu : Yüzyılın Portesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>575</v>
+        <v>425</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255600431</t>
+          <t>9786255600417</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İşletme İstatiğinin Temelleri Kavramlar Ve Uygulamalar</t>
+          <t>Antropoloji İnsan Çeşitliğinin Önemi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>1495</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052825402</t>
+          <t>9786255600547</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>21.Yüzyılda İş Sağlığı Ve Güvenliği</t>
+          <t>Sap2000 İle Yapı Dinamiği Problemleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>720</v>
+        <v>575</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053550457</t>
+          <t>9786255600431</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>A'dan  Z'ye  Rus Dili Grameri Soru Bankası</t>
+          <t>İşletme İstatiğinin Temelleri Kavramlar Ve Uygulamalar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>325</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053550440</t>
+          <t>9786052825402</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye  Rus Dili Grameri Fiiller</t>
+          <t>21.Yüzyılda İş Sağlığı Ve Güvenliği</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>410</v>
+        <v>720</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053550433</t>
+          <t>9786053550457</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>A'dan Z'ye Rus Dili Grameri Bağlaçlar Ve Edatlar</t>
+          <t>A'dan  Z'ye  Rus Dili Grameri Soru Bankası</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053555858</t>
+          <t>9786053550440</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Academic Starters 1</t>
+          <t>A'dan Z'ye  Rus Dili Grameri Fiiller</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>529</v>
+        <v>410</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055829469</t>
+          <t>9786053550433</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Genel Botanik Ve Bitki Anatomisi Atlası</t>
+          <t>A'dan Z'ye Rus Dili Grameri Bağlaçlar Ve Edatlar</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>439</v>
+        <v>325</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052823361</t>
+          <t>9786053555858</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Afetler Ve Güvenlik Yönetimi</t>
+          <t>Academic Starters 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>512</v>
+        <v>529</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053553793</t>
+          <t>9786055829469</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği</t>
+          <t>Açıklamalı Genel Botanik Ve Bitki Anatomisi Atlası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>1200</v>
+        <v>439</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053555360</t>
+          <t>9786052823361</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği Hibbeler</t>
+          <t>Afetler Ve Güvenlik Yönetimi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>1100</v>
+        <v>512</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053552741</t>
+          <t>9786053553793</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Akışkanlar Mekaniği: Temelleri Ve Uygulamaları</t>
+          <t>Akışkanlar Mekaniği</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1650</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053556497</t>
+          <t>9786053555360</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalara Giriş</t>
+          <t>Akışkanlar Mekaniği Hibbeler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>1183</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053556398</t>
+          <t>9786053552741</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Analitik Geometri</t>
+          <t>Akışkanlar Mekaniği: Temelleri Ve Uygulamaları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>520</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789944341790</t>
+          <t>9786053556497</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Analitik Geometri</t>
+          <t>Algoritmalara Giriş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>473</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052825730</t>
+          <t>9786053556398</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Analitik Kimya</t>
+          <t>Analitik Geometri</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1019</v>
+        <v>520</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053550549</t>
+          <t>9789944341790</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Analiz Ve Cebirde İlginç Olimpiyat Problemleri Ve Çözümleri</t>
+          <t>Analitik Geometri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>546</v>
+        <v>473</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789944341998</t>
+          <t>9786052825730</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Analize Giriş Fonksiyonlar Ve Fonksiyonların Sınıflandırılması</t>
+          <t>Analitik Kimya</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>308</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053554035</t>
+          <t>9786053550549</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Android How To Program</t>
+          <t>Analiz Ve Cebirde İlginç Olimpiyat Problemleri Ve Çözümleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>910</v>
+        <v>546</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9799944341218</t>
+          <t>9789944341998</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Angiospermae (Kapalı Tohumlar)</t>
+          <t>Analize Giriş Fonksiyonlar Ve Fonksiyonların Sınıflandırılması</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>618</v>
+        <v>308</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053550532</t>
+          <t>9786053554035</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Anne-Yenidoğan Hemşireliği: Açıklığa Kavuşturulmuş Kendi Kendine Öğrenme Rehberi</t>
+          <t>Android How To Program</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>728</v>
+        <v>910</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054414833</t>
+          <t>9799944341218</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ao Kırık Tedavisinin Prensipleri</t>
+          <t>Angiospermae (Kapalı Tohumlar)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>3981</v>
+        <v>618</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055829858</t>
+          <t>9786053550532</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Asacaksın Bu Doktorları</t>
+          <t>Anne-Yenidoğan Hemşireliği: Açıklığa Kavuşturulmuş Kendi Kendine Öğrenme Rehberi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>255</v>
+        <v>728</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053551836</t>
+          <t>9786054414833</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Atkins Genel Kimya İlkeler Ve İçyüzünü Kavrama: Problem Çözümleri</t>
+          <t>Ao Kırık Tedavisinin Prensipleri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>485</v>
+        <v>3981</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053553571</t>
+          <t>9786055829858</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ayrık Matematik Ve Uygulamaları</t>
+          <t>Asacaksın Bu Doktorları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1500</v>
+        <v>255</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053552505</t>
+          <t>9786053551836</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bakımın Planlanması</t>
+          <t>Atkins Genel Kimya İlkeler Ve İçyüzünü Kavrama: Problem Çözümleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>536</v>
+        <v>485</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053559672</t>
+          <t>9786053553571</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bal Arılarında Yapay Tohumlama</t>
+          <t>Ayrık Matematik Ve Uygulamaları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>680</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052823033</t>
+          <t>9786053552505</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Becker'ın Hücre Dünyası</t>
+          <t>Bakımın Planlanması</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>2000</v>
+        <v>536</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053550419</t>
+          <t>9786053559672</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Yalnızlık</t>
+          <t>Bal Arılarında Yapay Tohumlama</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>182</v>
+        <v>680</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053552864</t>
+          <t>9786052823033</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Beş Dakikada Matematik</t>
+          <t>Becker'ın Hücre Dünyası</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>445</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789757477311</t>
+          <t>9786053550419</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Beyin Ve Zaman</t>
+          <t>Benim Adım Yalnızlık</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>263</v>
+        <v>182</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054414598</t>
+          <t>9786053552864</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bilimde Çözülmemiş En Büyük Beş Problem</t>
+          <t>Beş Dakikada Matematik</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>364</v>
+        <v>445</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055829742</t>
+          <t>9789757477311</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bilimde En Büyük Beş Fikir</t>
+          <t>Beyin Ve Zaman</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>400</v>
+        <v>263</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052824313</t>
+          <t>9786054414598</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Muhakeme (Akıl Yürütme)</t>
+          <t>Bilimde Çözülmemiş En Büyük Beş Problem</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>482</v>
+        <v>364</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054414888</t>
+          <t>9786055829742</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Bin Uçurtmaya Kanıyorsun !</t>
+          <t>Bilimde En Büyük Beş Fikir</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>182</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9799758982607</t>
+          <t>9786052824313</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Dönemin Perde Arkası Yugoslavya</t>
+          <t>Bilimsel Muhakeme (Akıl Yürütme)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>425</v>
+        <v>482</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053551256</t>
+          <t>9786054414888</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Kanat Çırpar, Tutsak Mıdır?</t>
+          <t>Bin Uçurtmaya Kanıyorsun !</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>182</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053554585</t>
+          <t>9799758982607</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Birinci Basamakta Kamu Sağlık Yönetimi El Kitabı</t>
+          <t>Bir Dönemin Perde Arkası Yugoslavya</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>663</v>
+        <v>425</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9779758624905</t>
+          <t>9786053551256</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bitki Biyolojisi</t>
+          <t>Bir Kuş Kanat Çırpar, Tutsak Mıdır?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1365</v>
+        <v>182</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786052823040</t>
+          <t>9786053554585</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bitki Biyoteknolojisinde Güncel Yaklaşımlar</t>
+          <t>Birinci Basamakta Kamu Sağlık Yönetimi El Kitabı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>882</v>
+        <v>663</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944341493</t>
+          <t>9779758624905</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bitki Coğrafyası</t>
+          <t>Bitki Biyolojisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>437</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055829087</t>
+          <t>9786052823040</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Bitki Ekolojisi</t>
+          <t>Bitki Biyoteknolojisinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>864</v>
+        <v>882</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9799758982980</t>
+          <t>9789944341493</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bitki Ekolojisi Ve Bitki Sos. Uyg.</t>
+          <t>Bitki Coğrafyası</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>437</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052822838</t>
+          <t>9786055829087</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bitki Fizyolojisi Ve Gelişimi</t>
+          <t>Bitki Ekolojisi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>1700</v>
+        <v>864</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055829865</t>
+          <t>9799758982980</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bitki Sistematiği</t>
+          <t>Bitki Ekolojisi Ve Bitki Sos. Uyg.</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>619</v>
+        <v>437</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758982288</t>
+          <t>9786052822838</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bitki Sosyolojisi</t>
+          <t>Bitki Fizyolojisi Ve Gelişimi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>437</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052822760</t>
+          <t>9786055829865</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerde Genetik Mühendisliği</t>
+          <t>Bitki Sistematiği</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>728</v>
+        <v>619</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789758982493</t>
+          <t>9789758982288</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Biyocoğrafya</t>
+          <t>Bitki Sosyolojisi</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>437</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053551799</t>
+          <t>9786052822760</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Biyoçeşitlilik</t>
+          <t>Bitkilerde Genetik Mühendisliği</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>437</v>
+        <v>728</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053552024</t>
+          <t>9789758982493</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Biyokimya</t>
+          <t>Biyocoğrafya</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>1470</v>
+        <v>437</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053551393</t>
+          <t>9786053551799</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Biyokimyanın İlkeleri</t>
+          <t>Biyoçeşitlilik</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>1200</v>
+        <v>437</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052822852</t>
+          <t>9786053552024</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Laboratuvarı Araştırma Kılavuzu</t>
+          <t>Biyokimya</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>1138</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786054414079</t>
+          <t>9786053551393</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Laboratuvarı Ve Arazi Uygulamaları : Canlılar, Ekoloji, Doğayı Koruma</t>
+          <t>Biyokimyanın İlkeleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>673</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786054414055</t>
+          <t>9786052822852</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Laboratuvarının Temelleri</t>
+          <t>Biyoloji Laboratuvarı Araştırma Kılavuzu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>673</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944341318</t>
+          <t>9786054414079</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Biyolojide Geçmişe Yolculuk</t>
+          <t>Biyoloji Laboratuvarı Ve Arazi Uygulamaları : Canlılar, Ekoloji, Doğayı Koruma</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>627</v>
+        <v>673</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053551508</t>
+          <t>9786054414055</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Biyoteknolojiye Giriş</t>
+          <t>Biyoloji Laboratuvarının Temelleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>845</v>
+        <v>673</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053555964</t>
+          <t>9789944341318</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Brock Mikroorganizmaların Biyolojisi</t>
+          <t>Biyolojide Geçmişe Yolculuk</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>2100</v>
+        <v>627</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057705204</t>
+          <t>9786053551508</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bürokrasi Ve Mizahı</t>
+          <t>Biyoteknolojiye Giriş</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>287</v>
+        <v>845</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053551164</t>
+          <t>9786053555964</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ölçekli Ve Küçük Ölçekli Organik Kimya Deneyleri</t>
+          <t>Brock Mikroorganizmaların Biyolojisi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>995</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944341387</t>
+          <t>9786057705204</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ressamlar</t>
+          <t>Bürokrasi Ve Mizahı</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>341</v>
+        <v>287</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053556244</t>
+          <t>9786053551164</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>C ++ İle Programlama</t>
+          <t>Büyük Ölçekli Ve Küçük Ölçekli Organik Kimya Deneyleri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1150</v>
+        <v>995</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053556237</t>
+          <t>9789944341387</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>C İle Programlama</t>
+          <t>Büyük Ressamlar</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>1150</v>
+        <v>341</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053556640</t>
+          <t>9786053556244</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Campbell Temel Biyoloji Fizyoloji İlaveli</t>
+          <t>C ++ İle Programlama</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>1000</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053552963</t>
+          <t>9786053556237</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Cebire Giriş</t>
+          <t>C İle Programlama</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>596</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053556305</t>
+          <t>9786053556640</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Check Up</t>
+          <t>Campbell Temel Biyoloji Fizyoloji İlaveli</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>304</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786054414574</t>
+          <t>9786053552963</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Tarihimizde Üretim Ve Hizmet Düşmanlığı 1923-2003</t>
+          <t>Cebire Giriş</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>455</v>
+        <v>596</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054414451</t>
+          <t>9786053556305</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sosyoloji Kuramları</t>
+          <t>Check Up</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>420</v>
+        <v>304</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053557388</t>
+          <t>9786054414574</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Çare Başkanlık Mı?</t>
+          <t>Cumhuriyet Tarihimizde Üretim Ve Hizmet Düşmanlığı 1923-2003</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>126</v>
+        <v>455</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052823002</t>
+          <t>9786054414451</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Genler: Bencil Genetik Elementlerin Biyolojisi</t>
+          <t>Çağdaş Sosyoloji Kuramları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>880</v>
+        <v>420</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053553113</t>
+          <t>9786053557388</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çevre Sözleri</t>
+          <t>Çare Başkanlık Mı?</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>308</v>
+        <v>126</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053558019</t>
+          <t>9786052823002</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Güvenliği Rehberi</t>
+          <t>Çatışan Genler: Bencil Genetik Elementlerin Biyolojisi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>198</v>
+        <v>880</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053555377</t>
+          <t>9786053553113</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ve Çevre Kirliliği</t>
+          <t>Çevre Sözleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>290</v>
+        <v>308</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052824429</t>
+          <t>9786053558019</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ve Drama</t>
+          <t>Çocuk Güvenliği Rehberi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>420</v>
+        <v>198</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789758982141</t>
+          <t>9786053555377</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Çok Kısa Sürede Yapılabilecek Fen Deneyleri</t>
+          <t>Çocuk Ve Çevre Kirliliği</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789944341226</t>
+          <t>9786052824429</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Dil Ve Düşünme</t>
+          <t>Çocuk Ve Drama</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789944341233</t>
+          <t>9789758982141</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Karar Verme Ve Akıl Yürütme</t>
+          <t>Çocuklar İçin Çok Kısa Sürede Yapılabilecek Fen Deneyleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>390</v>
+        <v>310</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053550792</t>
+          <t>9789944341226</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çok Değişkenli Analiz</t>
+          <t>Çocukta Dil Ve Düşünme</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>525</v>
+        <v>390</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052826379</t>
+          <t>9789944341233</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Çözümleriyle Topoloji Problemleri</t>
+          <t>Çocukta Karar Verme Ve Akıl Yürütme</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>336</v>
+        <v>390</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053556435</t>
+          <t>9786053550792</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Analitik Geometri Problemleri</t>
+          <t>Çok Değişkenli Analiz</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>450</v>
+        <v>525</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053556381</t>
+          <t>9786052826379</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Genel Matematik Problemleri 2</t>
+          <t>Çözümleriyle Topoloji Problemleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>570</v>
+        <v>336</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054414802</t>
+          <t>9786053556435</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Genetik Problemleri</t>
+          <t>Çözümlü Analitik Geometri Problemleri</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053556480</t>
+          <t>9786053556381</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Matematik Analiz Problemleri 1</t>
+          <t>Çözümlü Genel Matematik Problemleri 2</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>820</v>
+        <v>570</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053552918</t>
+          <t>9786054414802</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Problemlerle Termodinamik</t>
+          <t>Çözümlü Genetik Problemleri</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>784</v>
+        <v>390</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053553700</t>
+          <t>9786053556480</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Problemlerle Uygulamalı Termodinamik</t>
+          <t>Çözümlü Matematik Analiz Problemleri 1</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>784</v>
+        <v>820</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052826355</t>
+          <t>9786053552918</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dağlık Alanların Sürdürülebilir Güvenli Yönetimi</t>
+          <t>Çözümlü Problemlerle Termodinamik</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>680</v>
+        <v>784</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789944341707</t>
+          <t>9786053553700</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dalgacık Teorisi</t>
+          <t>Çözümlü Problemlerle Uygulamalı Termodinamik</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>400</v>
+        <v>784</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052822944</t>
+          <t>9786052826355</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Değerlerin Rantı</t>
+          <t>Dağlık Alanların Sürdürülebilir Güvenli Yönetimi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>680</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052823835</t>
+          <t>9789944341707</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyada Anormal Psikolojisi</t>
+          <t>Dalgacık Teorisi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>1090</v>
+        <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055829957</t>
+          <t>9786052822944</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Deneysel Genel Botanik</t>
+          <t>Değerlerin Rantı</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>283</v>
+        <v>250</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789944341455</t>
+          <t>9786052823835</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Değişen Dünyada Anormal Psikolojisi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>280</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789758982714</t>
+          <t>9786055829957</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Diferensiyel Denklemler</t>
+          <t>Deneysel Genel Botanik</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>800</v>
+        <v>283</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053559474</t>
+          <t>9789944341455</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Eksikliği Ve Hiperaktivite Bozukluğu (Dehb) Olan Çocuklar İçin Alıştırma Kitabı</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053553496</t>
+          <t>9789758982714</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Sistemler, Kontrol Ve Giriş Şekillendirici Denetim Matlab Örnekli</t>
+          <t>Diferensiyel Denklemler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>455</v>
+        <v>800</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053554752</t>
+          <t>9786053559474</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Doğum Ve Kadın Sağlığı</t>
+          <t>Dikkat Eksikliği Ve Hiperaktivite Bozukluğu (Dehb) Olan Çocuklar İçin Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>445</v>
+        <v>390</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053551249</t>
+          <t>9786053553496</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Duvarın Ardı Emek</t>
+          <t>Dinamik Sistemler, Kontrol Ve Giriş Şekillendirici Denetim Matlab Örnekli</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>182</v>
+        <v>455</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055829292</t>
+          <t>9786053554752</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Düzlem Geometri</t>
+          <t>Doğum Ve Kadın Sağlığı</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>627</v>
+        <v>445</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944341332</t>
+          <t>9786053551249</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Üzerine Denemeler</t>
+          <t>Duvarın Ardı Emek</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>435</v>
+        <v>182</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9799758982683</t>
+          <t>9786055829292</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji , Doğal Yaşam Dünyaları Ve İnsan</t>
+          <t>Düzlem Geometri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>540</v>
+        <v>627</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789944341745</t>
+          <t>9789944341332</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji'nin Temel İlkeleri</t>
+          <t>Edebiyat Üzerine Denemeler</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>1000</v>
+        <v>435</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053550174</t>
+          <t>9799758982683</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sentez</t>
+          <t>Ekoloji , Doğal Yaşam Dünyaları Ve İnsan</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>540</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053555421</t>
+          <t>9789944341745</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ekonometrik Çözümleme</t>
+          <t>Ekoloji'nin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>965</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053558750</t>
+          <t>9786053550174</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Hubbard&amp;O'brıen</t>
+          <t>Ekolojik Sentez</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>1190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053555865</t>
+          <t>9786053555421</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Bitkiler</t>
+          <t>Ekonometrik Çözümleme</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>528</v>
+        <v>965</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053559535</t>
+          <t>9786053558750</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin İlkeleri</t>
+          <t>Ekonomi Hubbard&amp;O'brıen</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1100</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053551485</t>
+          <t>9786053555865</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ekotoksikoloji'nin Temel İlkeleri</t>
+          <t>Ekonomik Bitkiler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>535</v>
+        <v>528</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053550310</t>
+          <t>9786053559535</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Devreleri</t>
+          <t>Ekonominin İlkeleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>1400</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052825747</t>
+          <t>9786053551485</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Devrelerinin Temelleri</t>
+          <t>Ekotoksikoloji'nin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>1350</v>
+        <v>535</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053557418</t>
+          <t>9786053550310</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Devrelerinin Temelleri</t>
+          <t>Elektrik Devreleri</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>1400</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053552376</t>
+          <t>9786052825747</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Makineleri</t>
+          <t>Elektrik Devrelerinin Temelleri</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>880</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052824498</t>
+          <t>9786053557418</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Elektrik Makinelerinin Temelleri</t>
+          <t>Elektrik Devrelerinin Temelleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>819</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789944341738</t>
+          <t>9786053552376</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetik Alanlar</t>
+          <t>Elektrik Makineleri</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>390</v>
+        <v>880</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789944341721</t>
+          <t>9786052824498</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetik Uyumluluk</t>
+          <t>Elektrik Makinelerinin Temelleri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>390</v>
+        <v>819</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789944341714</t>
+          <t>9789944341738</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetikte Sonlu Farklar Metodu</t>
+          <t>Elektromanyetik Alanlar</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053554691</t>
+          <t>9789944341721</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Elektroniğe Giriş</t>
+          <t>Elektromanyetik Uyumluluk</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>910</v>
+        <v>390</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054414321</t>
+          <t>9789944341714</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Cihazlar Ve Devre Teorisi</t>
+          <t>Elektromanyetikte Sonlu Farklar Metodu</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>1310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052826348</t>
+          <t>9786053554691</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Harp</t>
+          <t>Elektroniğe Giriş</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>780</v>
+        <v>910</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053553809</t>
+          <t>9786054414321</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Elementer Lineer Cebir</t>
+          <t>Elektronik Cihazlar Ve Devre Teorisi</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>936</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053555308</t>
+          <t>9786052826348</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Elementler Diferansiyel Denklemler Ve Sınır Değer Problemleri</t>
+          <t>Elektronik Harp</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>819</v>
+        <v>780</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053557913</t>
+          <t>9786053553809</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>English Grammar Practice 1 (A-1)</t>
+          <t>Elementer Lineer Cebir</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>327</v>
+        <v>936</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053554264</t>
+          <t>9786053555308</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Ermeni İsyanı 1915 Yüz Yaşında</t>
+          <t>Elementler Diferansiyel Denklemler Ve Sınır Değer Problemleri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>445</v>
+        <v>819</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789944341325</t>
+          <t>9786053557913</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Estetik Doktrinler</t>
+          <t>English Grammar Practice 1 (A-1)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>427</v>
+        <v>327</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053555957</t>
+          <t>9786053554264</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Evrim Neden Gerçektir</t>
+          <t>Ermeni İsyanı 1915 Yüz Yaşında</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>480</v>
+        <v>445</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055829537</t>
+          <t>9789944341325</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Evrimsel Analiz</t>
+          <t>Estetik Doktrinler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>1400</v>
+        <v>427</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053550518</t>
+          <t>9786053555957</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Evrimsel Tıbbın İlkeleri</t>
+          <t>Evrim Neden Gerçektir</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>930</v>
+        <v>480</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055829216</t>
+          <t>9786055829537</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Excelling Readings Skills &amp; Vocabulary</t>
+          <t>Evrimsel Analiz</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>430</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789944094603</t>
+          <t>9786053550518</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Fark/Kimlik Sınıf</t>
+          <t>Evrimsel Tıbbın İlkeleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>51</v>
+        <v>930</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052822784</t>
+          <t>9786055829216</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fen Bilimleri Sınıflarında Biçimlendirici Ölçme Ve Değerlendirme</t>
+          <t>Excelling Readings Skills &amp; Vocabulary</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053553199</t>
+          <t>9789944094603</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Fen Eğitiminde Yapılandırıcılık Ve Yeni Öğretim Yöntemleri</t>
+          <t>Fark/Kimlik Sınıf</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>390</v>
+        <v>51</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055829797</t>
+          <t>9786052822784</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Fen Öğretimi Laboratuvar Uygulamaları I-Iı</t>
+          <t>Fen Bilimleri Sınıflarında Biçimlendirici Ölçme Ve Değerlendirme</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789758624225</t>
+          <t>9786053553199</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Fen Ve Mühendislik İçin Fizik 1</t>
+          <t>Fen Eğitiminde Yapılandırıcılık Ve Yeni Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>850</v>
+        <v>390</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789758624089</t>
+          <t>9786055829797</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Fen Ve Mühendislik İçin Fizik 2</t>
+          <t>Fen Öğretimi Laboratuvar Uygulamaları I-Iı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>800</v>
+        <v>420</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789758624652</t>
+          <t>9789758624225</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Fen Ve Mühendislik İçin Fizik 2 Problem Çözümleri</t>
+          <t>Fen Ve Mühendislik İçin Fizik 1</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>365</v>
+        <v>850</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053553663</t>
+          <t>9789758624089</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Fen Ve Sağlık Bilimleri Alanlarında Spss Uygulamalı Veri Analizi</t>
+          <t>Fen Ve Mühendislik İçin Fizik 2</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>390</v>
+        <v>800</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053552390</t>
+          <t>9789758624652</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Feodalizmin Devlete İsyanı Ve Dersim Olayları</t>
+          <t>Fen Ve Mühendislik İçin Fizik 2 Problem Çözümleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>420</v>
+        <v>365</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053551898</t>
+          <t>9786053553663</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 1. Kitap</t>
+          <t>Fen Ve Sağlık Bilimleri Alanlarında Spss Uygulamalı Veri Analizi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>880</v>
+        <v>390</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053552420</t>
+          <t>9786053552390</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 1.Kitap İçin Öğrenci Çözüm Kitabı</t>
+          <t>Feodalizmin Devlete İsyanı Ve Dersim Olayları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>445</v>
+        <v>420</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053552444</t>
+          <t>9786053551898</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 2. Cilt Ders Kitabı</t>
+          <t>Fiziğin Temelleri 1. Kitap</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>760</v>
+        <v>880</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053552604</t>
+          <t>9786053552420</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 2. Ve 3. Cilt İçin Öğrenci Çözüm Kitabı</t>
+          <t>Fiziğin Temelleri 1.Kitap İçin Öğrenci Çözüm Kitabı</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>445</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053554905</t>
+          <t>9786053552444</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Fiziğin Temelleri 3. Kitap</t>
+          <t>Fiziğin Temelleri 2. Cilt Ders Kitabı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>880</v>
+        <v>760</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789757477754</t>
+          <t>9786053552604</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Fizik İlkeleri 1</t>
+          <t>Fiziğin Temelleri 2. Ve 3. Cilt İçin Öğrenci Çözüm Kitabı</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>230</v>
+        <v>445</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789757477815</t>
+          <t>9786053554905</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Fizik İlkeleri Problem Çözümleri</t>
+          <t>Fiziğin Temelleri 3. Kitap</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>140</v>
+        <v>880</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053554714</t>
+          <t>9789757477754</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya</t>
+          <t>Fizik İlkeleri 1</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>960</v>
+        <v>230</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9799758624934</t>
+          <t>9789757477815</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya 1.Cilt</t>
+          <t>Fizik İlkeleri Problem Çözümleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>530</v>
+        <v>140</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9799758624989</t>
+          <t>9786053554714</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya 2. Cilt</t>
+          <t>Fizikokimya</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>530</v>
+        <v>960</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053555759</t>
+          <t>9799758624934</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Fizikokimya Öğrenciler İçin Problem Çözümleri</t>
+          <t>Fizikokimya 1.Cilt</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>420</v>
+        <v>530</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053557586</t>
+          <t>9799758624989</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Kimya</t>
+          <t>Fizikokimya 2. Cilt</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052825396</t>
+          <t>9786053555759</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Okuryazarlık</t>
+          <t>Fizikokimya Öğrenciler İçin Problem Çözümleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>470</v>
+        <v>420</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053557753</t>
+          <t>9786053557586</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Fizikte Kavram Yanılgıları</t>
+          <t>Fiziksel Kimya</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>680</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9799944341256</t>
+          <t>9786052825396</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Fizikte Matematik Yöntemler 1</t>
+          <t>Fiziksel Okuryazarlık</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>525</v>
+        <v>470</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052826126</t>
+          <t>9786053557753</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Fizyoloji</t>
+          <t>Fizikte Kavram Yanılgıları</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>900</v>
+        <v>680</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052822951</t>
+          <t>9799944341256</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gazi Paşa'yı Doğru Anlamak</t>
+          <t>Fizikte Matematik Yöntemler 1</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>364</v>
+        <v>525</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053550402</t>
+          <t>9786052826126</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Çanakkale</t>
+          <t>Fizyoloji</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>299</v>
+        <v>900</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054414529</t>
+          <t>9786052822951</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Genel Biyoloji Laboratuvar Kilavuzu</t>
+          <t>Gazi Paşa'yı Doğru Anlamak</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>390</v>
+        <v>364</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053556718</t>
+          <t>9786053550402</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Genel Fizik</t>
+          <t>Gençler İçin Çanakkale</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>880</v>
+        <v>299</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052822845</t>
+          <t>9786054414529</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji</t>
+          <t>Genel Biyoloji Laboratuvar Kilavuzu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9789944341301</t>
+          <t>9786053556718</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Genel Histoloji Atlası</t>
+          <t>Genel Fizik</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>620</v>
+        <v>880</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052820100</t>
+          <t>9786052822845</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya</t>
+          <t>Genel Histoloji</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>764</v>
+        <v>500</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053552819</t>
+          <t>9789944341301</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya (Chang)</t>
+          <t>Genel Histoloji Atlası</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>844</v>
+        <v>620</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053550426</t>
+          <t>9786052820100</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya 2. Cilt</t>
+          <t>Genel Kimya</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>880</v>
+        <v>764</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053551225</t>
+          <t>9786053552819</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya İlkeler Ve İçyüzünü Kavrama</t>
+          <t>Genel Kimya (Chang)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>968</v>
+        <v>844</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053552352</t>
+          <t>9786053550426</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Seçilmiş Problem Çözümleri 1</t>
+          <t>Genel Kimya 2. Cilt</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>450</v>
+        <v>880</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053552369</t>
+          <t>9786053551225</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Seçilmiş Problem Çözümleri 2</t>
+          <t>Genel Kimya İlkeler Ve İçyüzünü Kavrama</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>450</v>
+        <v>968</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053555735</t>
+          <t>9786053552352</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Genel Kimya Temel Kavramlar</t>
+          <t>Genel Kimya Seçilmiş Problem Çözümleri 1</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>910</v>
+        <v>450</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053556374</t>
+          <t>9786053552369</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Genel Matematik 1</t>
+          <t>Genel Kimya Seçilmiş Problem Çözümleri 2</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>820</v>
+        <v>450</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053556404</t>
+          <t>9786053555735</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Genel Matematik 2</t>
+          <t>Genel Kimya Temel Kavramlar</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>570</v>
+        <v>910</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786055829209</t>
+          <t>9786053556374</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Genel Ortam Kirlenmesi</t>
+          <t>Genel Matematik 1</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>336</v>
+        <v>820</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053552857</t>
+          <t>9786053556404</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Genetik Analize Giriş</t>
+          <t>Genel Matematik 2</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789757477983</t>
+          <t>9786055829209</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Genetik</t>
+          <t>Genel Ortam Kirlenmesi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>620</v>
+        <v>336</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052825419</t>
+          <t>9786053552857</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Genomik Analiz İçin Biyoinformatik Yöntemler</t>
+          <t>Genetik Analize Giriş</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>620</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789758624614</t>
+          <t>9789757477983</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Sürüş Eğitimi</t>
+          <t>Genetik</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>172</v>
+        <v>620</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055829223</t>
+          <t>9786052825419</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Harput Ermenileri Gakgoş-Ararat Diyalogu</t>
+          <t>Genomik Analiz İçin Biyoinformatik Yöntemler</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>390</v>
+        <v>620</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053559733</t>
+          <t>9789758624614</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hava Araçlarında Piston - Prop Motorlar</t>
+          <t>Güvenli Sürüş Eğitimi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>172</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052822999</t>
+          <t>9786055829223</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Havadan Gelen Katil</t>
+          <t>Harput Ermenileri Gakgoş-Ararat Diyalogu</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>364</v>
+        <v>390</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052824856</t>
+          <t>9786053559733</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hazırcevap Fizikçi (Resimli Rehber)</t>
+          <t>Hava Araçlarında Piston - Prop Motorlar</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>364</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053556534</t>
+          <t>9786052822999</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Hemşireler Ve Sağlık Profesyonelleri İçin Psikolojiye Giriş</t>
+          <t>Havadan Gelen Katil</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>450</v>
+        <v>364</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053553144</t>
+          <t>9786052824856</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hemşirelik Esasları: İnsan Sağlığı Ve Fonksiyonları</t>
+          <t>Hazırcevap Fizikçi (Resimli Rehber)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>1650</v>
+        <v>364</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053551294</t>
+          <t>9786053556534</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Fpga Ve Vhdl</t>
+          <t>Hemşireler Ve Sağlık Profesyonelleri İçin Psikolojiye Giriş</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>930</v>
+        <v>450</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052824481</t>
+          <t>9786053553144</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Hesaplamalı Akışkanlar Dinamiği: Temelleri Ve Uygulamaları</t>
+          <t>Hemşirelik Esasları: İnsan Sağlığı Ve Fonksiyonları</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>750</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9799758982218</t>
+          <t>9786053551294</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Histolojik Et Ürünleri Muayane Atlası</t>
+          <t>Her Yönüyle Fpga Ve Vhdl</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>375</v>
+        <v>930</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053558262</t>
+          <t>9786052824481</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Ielts Advısor</t>
+          <t>Hesaplamalı Akışkanlar Dinamiği: Temelleri Ve Uygulamaları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>820</v>
+        <v>750</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786055829926</t>
+          <t>9799758982218</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Imf'nin Değişen Rolü Ve Gelişmekte Olan Ülke Ekonomilerine Etkileri</t>
+          <t>Histolojik Et Ürünleri Muayane Atlası</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053552826</t>
+          <t>9786053558262</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Isı Ve Külte Geçişinin Temelleri</t>
+          <t>Ielts Advısor</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>1450</v>
+        <v>820</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053552871</t>
+          <t>9786055829926</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Isı Ve Kütle Transferi</t>
+          <t>Imf'nin Değişen Rolü Ve Gelişmekte Olan Ülke Ekonomilerine Etkileri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053552475</t>
+          <t>9786053552826</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>İç Anadolu Step Vejetasyonu</t>
+          <t>Isı Ve Külte Geçişinin Temelleri</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>800</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054414468</t>
+          <t>9786053552871</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İklim Ve Biyoiklim</t>
+          <t>Isı Ve Kütle Transferi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>420</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789944341806</t>
+          <t>9786053552475</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İktisatçılar İçin Matematik</t>
+          <t>İç Anadolu Step Vejetasyonu</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>360</v>
+        <v>800</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055829094</t>
+          <t>9786054414468</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>İktisatta Bölüşüm</t>
+          <t>İklim Ve Biyoiklim</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053553731</t>
+          <t>9789944341806</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>İleri Mühendislik Matematiği</t>
+          <t>İktisatçılar İçin Matematik</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>1200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053553908</t>
+          <t>9786055829094</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sistemleri</t>
+          <t>İktisatta Bölüşüm</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789944341837</t>
+          <t>9786053553731</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İmalat Sanayi Rekabet Gücü Araştırması Kayseri Örneği</t>
+          <t>İleri Mühendislik Matematiği</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>180</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786054414642</t>
+          <t>9786053553908</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Dinleme Becerisini Geliştirme Rehberi</t>
+          <t>İletişim Sistemleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>370</v>
+        <v>750</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786054414826</t>
+          <t>9789944341837</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Öğrenirken Ve Kullanırken İhtiyaç Duyabileceğiniz Temel Konular</t>
+          <t>İmalat Sanayi Rekabet Gücü Araştırması Kayseri Örneği</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>335</v>
+        <v>180</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055829407</t>
+          <t>9786054414642</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İnorganik Kimya</t>
+          <t>İngilizce Dinleme Becerisini Geliştirme Rehberi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>650</v>
+        <v>370</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9789944341608</t>
+          <t>9786054414826</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>İnorganik Kimya 1. Cilt</t>
+          <t>İngilizce Öğrenirken Ve Kullanırken İhtiyaç Duyabileceğiniz Temel Konular</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>550</v>
+        <v>335</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789944341776</t>
+          <t>9786055829407</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İnorganik Kimya Cilt 2</t>
+          <t>İnorganik Kimya</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>430</v>
+        <v>650</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052822937</t>
+          <t>9789944341608</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>İnorganik Kimya 1. Cilt</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>900</v>
+        <v>550</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9799758624958</t>
+          <t>9789944341776</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İnsanda Duygusal Yaşantı</t>
+          <t>İnorganik Kimya Cilt 2</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>270</v>
+        <v>430</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053557449</t>
+          <t>9786052822937</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>İşletme, İktisat, Yaşam Bilimleri Ve Sosyal Bilimler İçin Sonlu Matematik</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>850</v>
+        <v>900</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9789944341578</t>
+          <t>9799758624958</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Java</t>
+          <t>İnsanda Duygusal Yaşantı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>460</v>
+        <v>270</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053556756</t>
+          <t>9786053557449</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Johan Peter Frank- Mılton Joseph Rosenau</t>
+          <t>İşletme, İktisat, Yaşam Bilimleri Ve Sosyal Bilimler İçin Sonlu Matematik</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>220</v>
+        <v>850</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053551577</t>
+          <t>9789944341578</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kalabalıkta, Yapayalnız</t>
+          <t>Java</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053550273</t>
+          <t>9786053556756</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders Cilt 1</t>
+          <t>Johan Peter Frank- Mılton Joseph Rosenau</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053550280</t>
+          <t>9786053551577</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders Cilt 2</t>
+          <t>Kalabalıkta, Yapayalnız</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053550488</t>
+          <t>9786053550273</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders Öğrenci Çözüm Kılavuzu Cilt 1</t>
+          <t>Kalkülüs Eksiksiz Bir Ders Cilt 1</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>234</v>
+        <v>325</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053550501</t>
+          <t>9786053550280</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kalkülüs Eksiksiz Bir Ders Öğrenci Çözüm Kılavuzu Cilt 2</t>
+          <t>Kalkülüs Eksiksiz Bir Ders Cilt 2</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>234</v>
+        <v>450</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789944341356</t>
+          <t>9786053550488</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kamu Tercihinin Tespitinde Karşılaşılan Sorunlar Ve Çözüm Yolları</t>
+          <t>Kalkülüs Eksiksiz Bir Ders Öğrenci Çözüm Kılavuzu Cilt 1</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>250</v>
+        <v>234</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055829032</t>
+          <t>9786053550501</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kanıt Nasıl Yapılır</t>
+          <t>Kalkülüs Eksiksiz Bir Ders Öğrenci Çözüm Kılavuzu Cilt 2</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>450</v>
+        <v>234</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053553106</t>
+          <t>9789944341356</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kar Yağıyordu Akşamlarıma</t>
+          <t>Kamu Tercihinin Tespitinde Karşılaşılan Sorunlar Ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053552253</t>
+          <t>9786055829032</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Katı Hal Fiziğine Giriş</t>
+          <t>Kanıt Nasıl Yapılır</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>820</v>
+        <v>450</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053552260</t>
+          <t>9786053553106</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Katıhal Elektroniği Devre Elemanları</t>
+          <t>Kar Yağıyordu Akşamlarıma</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>840</v>
+        <v>180</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054414796</t>
+          <t>9786053552253</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Kendini Yazdıran Öyküler</t>
+          <t>Katı Hal Fiziğine Giriş</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>180</v>
+        <v>820</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052824917</t>
+          <t>9786053552260</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kenevir (Cannabis Sativa L.)</t>
+          <t>Katıhal Elektroniği Devre Elemanları</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>850</v>
+        <v>840</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053553281</t>
+          <t>9786054414796</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kent Ekolojisi</t>
+          <t>Kendini Yazdıran Öyküler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053556015</t>
+          <t>9786052824917</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kent Planlamasının Başlıca Uygulama Araçları</t>
+          <t>Kenevir (Cannabis Sativa L.)</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>340</v>
+        <v>850</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053559924</t>
+          <t>9786053553281</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kent, Yerel Yönetimler Ve Toplu Konut Yazıları Cilt 1</t>
+          <t>Kent Ekolojisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053559931</t>
+          <t>9786053556015</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kent, Yerel Yönetimler Ve Toplu Konut Yazıları Cilt 2</t>
+          <t>Kent Planlamasının Başlıca Uygulama Araçları</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>560</v>
+        <v>340</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052824153</t>
+          <t>9786053559924</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Kenti Anlamak: Kent Kültürü Sorunu Ve Politikası</t>
+          <t>Kent, Yerel Yönetimler Ve Toplu Konut Yazıları Cilt 1</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>309</v>
+        <v>520</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053555391</t>
+          <t>9786053559931</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme</t>
+          <t>Kent, Yerel Yönetimler Ve Toplu Konut Yazıları Cilt 2</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>420</v>
+        <v>560</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053558040</t>
+          <t>9786052824153</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Politikalar</t>
+          <t>Kenti Anlamak: Kent Kültürü Sorunu Ve Politikası</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>590</v>
+        <v>309</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786055829605</t>
+          <t>9786053555391</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Kalkınma Yaklaşımlar Ve Türkiye Deneyimi</t>
+          <t>Kentleşme</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9799758982195</t>
+          <t>9786053558040</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kısmi Difrensiyel Denklemler</t>
+          <t>Kentsel Politikalar</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>450</v>
+        <v>590</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053551560</t>
+          <t>9786055829605</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kim İncitti Seni Böyle?</t>
+          <t>Kırsal Kalkınma Yaklaşımlar Ve Türkiye Deneyimi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>189</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053551171</t>
+          <t>9799758982195</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kimya Mühendisliğine Yönelim</t>
+          <t>Kısmi Difrensiyel Denklemler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052822593</t>
+          <t>9786053551560</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Proseslerin Temel İlkeleri</t>
+          <t>Kim İncitti Seni Böyle?</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>950</v>
+        <v>189</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053556282</t>
+          <t>9786053551171</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Tepkime Mühendisliği</t>
+          <t>Kimya Mühendisliğine Yönelim</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>750</v>
+        <v>800</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052823316</t>
+          <t>9786052822593</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kişiliğin Değerlendirilmesinde Projektif Testler</t>
+          <t>Kimyasal Proseslerin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>360</v>
+        <v>950</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9799944341119</t>
+          <t>9786053556282</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Klasik Kimya Deneyleri</t>
+          <t>Kimyasal Tepkime Mühendisliği</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789757477568</t>
+          <t>9786052823316</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Klasik Mekanik</t>
+          <t>Kişiliğin Değerlendirilmesinde Projektif Testler</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>214</v>
+        <v>360</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9799758624538</t>
+          <t>9799944341119</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Klinik Anatomi Soru Kitabı</t>
+          <t>Klasik Kimya Deneyleri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>62</v>
+        <v>450</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9779758624875</t>
+          <t>9789757477568</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Klinik Onkoloji El Kitabı</t>
+          <t>Klasik Mekanik</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>640</v>
+        <v>214</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052824528</t>
+          <t>9799758624538</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kafkasya'da Türk İzleri</t>
+          <t>Klinik Anatomi Soru Kitabı</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>470</v>
+        <v>62</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052824245</t>
+          <t>9779758624875</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Küller Büyütür Gülü</t>
+          <t>Klinik Onkoloji El Kitabı</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>640</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052823057</t>
+          <t>9786052824528</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kültür Ve Sanat Ülkesi Özbekistan</t>
+          <t>Kuzey Kafkasya'da Türk İzleri</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>570</v>
+        <v>470</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786055829803</t>
+          <t>9786052824245</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Kapitalizm Ve Toplumsal Dönüşümler</t>
+          <t>Küller Büyütür Gülü</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>430</v>
+        <v>180</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052821657</t>
+          <t>9786052823057</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Madde Testlerini Yanıltma Ve Pozitif Sonuçları Savunma: Toksikolog Yaklaşım</t>
+          <t>Kültür Ve Sanat Ülkesi Özbekistan</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>530</v>
+        <v>570</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053551935</t>
+          <t>9786055829803</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Makine Mühendisliğine Giriş</t>
+          <t>Küreselleşme, Kapitalizm Ve Toplumsal Dönüşümler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>750</v>
+        <v>430</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786054414420</t>
+          <t>9786052821657</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Makro İktisat</t>
+          <t>Madde Testlerini Yanıltma Ve Pozitif Sonuçları Savunma: Toksikolog Yaklaşım</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>572</v>
+        <v>530</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053556411</t>
+          <t>9786053551935</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz 1</t>
+          <t>Makine Mühendisliğine Giriş</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>780</v>
+        <v>750</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053556428</t>
+          <t>9786054414420</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz 2</t>
+          <t>Makro İktisat</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>780</v>
+        <v>572</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9789758624027</t>
+          <t>9786053556411</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz Ve Analitik Geometri - Cilt 2</t>
+          <t>Matematik Analiz 1</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>420</v>
+        <v>780</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9789758624263</t>
+          <t>9786053556428</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz Ve Analitik Geometri / Problem Çözümleri (Cilt 2)</t>
+          <t>Matematik Analiz 2</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>780</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9789758624188</t>
+          <t>9789758624027</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz Ve Analitik Geometri / Problem Çözümleri (Cilt 2)</t>
+          <t>Matematik Analiz Ve Analitik Geometri - Cilt 2</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052823538</t>
+          <t>9789758624263</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Matematik Analiz: Ekonomi Bilimleri İçin</t>
+          <t>Matematik Analiz Ve Analitik Geometri / Problem Çözümleri (Cilt 2)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>560</v>
+        <v>200</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053551362</t>
+          <t>9789758624188</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 1</t>
+          <t>Matematik Analiz Ve Analitik Geometri / Problem Çözümleri (Cilt 2)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053551720</t>
+          <t>9786052823538</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 2</t>
+          <t>Matematik Analiz: Ekonomi Bilimleri İçin</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>430</v>
+        <v>560</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053552185</t>
+          <t>9786053551362</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 3</t>
+          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 1</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>430</v>
+        <v>400</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786055829582</t>
+          <t>9786053551720</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Matematikçi Gibi Düşünmek</t>
+          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 2</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053553250</t>
+          <t>9786053552185</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Titreşimler</t>
+          <t>Matematik Olimpiyatlarına Hazırlık Geometri - 3</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>780</v>
+        <v>430</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053554882</t>
+          <t>9786055829582</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Mekanik Titreşimler</t>
+          <t>Matematikçi Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>910</v>
+        <v>450</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055829698</t>
+          <t>9786053553250</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Mikro İktisat</t>
+          <t>Mekanik Titreşimler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>630</v>
+        <v>780</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053552499</t>
+          <t>9786053554882</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Mikrodalga Mühendisliği</t>
+          <t>Mekanik Titreşimler</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>800</v>
+        <v>910</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053558736</t>
+          <t>9786055829698</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Mikroelektroniğin Temelleri</t>
+          <t>Mikro İktisat</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>950</v>
+        <v>630</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053557456</t>
+          <t>9786053552499</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mikroiktisat</t>
+          <t>Mikrodalga Mühendisliği</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>600</v>
+        <v>800</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053552147</t>
+          <t>9786053558736</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Mikroiktisat</t>
+          <t>Mikroelektroniğin Temelleri</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>835</v>
+        <v>950</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052822050</t>
+          <t>9786053557456</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Modern Kontrol Mühendisliği</t>
+          <t>Mikroiktisat</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>950</v>
+        <v>600</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053550624</t>
+          <t>9786053552147</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Modern Kuantum Mekaniği</t>
+          <t>Mikroiktisat</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>580</v>
+        <v>835</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053557821</t>
+          <t>9786052822050</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Modern Moleküler Biyoloji</t>
+          <t>Modern Kontrol Mühendisliği</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>920</v>
+        <v>950</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054414062</t>
+          <t>9786053550624</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Molekülden Hücreye, Dokudan Fizyolojiye Biyoloji Deneyleri</t>
+          <t>Modern Kuantum Mekaniği</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>650</v>
+        <v>580</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789758624867</t>
+          <t>9786053557821</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoloji</t>
+          <t>Modern Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>470</v>
+        <v>920</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053559825</t>
+          <t>9786054414062</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoloji Ve Biyoteknoloji İçin Matematiksel Hesaplamalar</t>
+          <t>Molekülden Hücreye, Dokudan Fizyolojiye Biyoloji Deneyleri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052826232</t>
+          <t>9789758624867</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Biyoteknoloji</t>
+          <t>Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>1500</v>
+        <v>470</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054414949</t>
+          <t>9786053559825</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Hücre Biyolojisi</t>
+          <t>Moleküler Biyoloji Ve Biyoteknoloji İçin Matematiksel Hesaplamalar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>885</v>
+        <v>600</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055829636</t>
+          <t>9786052826232</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Simetri</t>
+          <t>Moleküler Biyoteknoloji</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>580</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054414741</t>
+          <t>9786054414949</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>More Main Points</t>
+          <t>Moleküler Hücre Biyolojisi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>640</v>
+        <v>885</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054414864</t>
+          <t>9786055829636</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Morsayrılık</t>
+          <t>Moleküler Simetri</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052824948</t>
+          <t>9786054414741</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Muhacir: Göç Yollarında Yaşanmış Acıların Hikayesi</t>
+          <t>More Main Points</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>340</v>
+        <v>640</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052823378</t>
+          <t>9786054414864</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mukavemet</t>
+          <t>Morsayrılık</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>1200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053552840</t>
+          <t>9786052824948</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Munro Sağlık Araştırmalarında İstatistiksel Yöntemler</t>
+          <t>Muhacir: Göç Yollarında Yaşanmış Acıların Hikayesi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>750</v>
+        <v>340</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052823422</t>
+          <t>9786052823378</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler İçin Uygulamalı İstatistik Ve Olasılık</t>
+          <t>Mukavemet</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>750</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053555797</t>
+          <t>9786053552840</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler Ve Fen Bilimciler İçin Olasılık Ve İstatistik</t>
+          <t>Munro Sağlık Araştırmalarında İstatistiksel Yöntemler</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053558514</t>
+          <t>9786052823422</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Ekonomisinin Temelleri</t>
+          <t>Mühendisler İçin Uygulamalı İstatistik Ve Olasılık</t>
         </is>
       </c>
       <c r="C360" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789758982998</t>
+          <t>9786053555797</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Elektromanyetiğinin Temelleri</t>
+          <t>Mühendisler Ve Fen Bilimciler İçin Olasılık Ve İstatistik</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>690</v>
+        <v>750</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053556589</t>
+          <t>9786053558514</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik İstatistiği</t>
+          <t>Mühendislik Ekonomisinin Temelleri</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>600</v>
+        <v>750</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052825426</t>
+          <t>9789758982998</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Matlab</t>
+          <t>Mühendislik Elektromanyetiğinin Temelleri</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>560</v>
+        <v>690</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053554578</t>
+          <t>9786053556589</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Termodinamiğinin İlkeleri</t>
+          <t>Mühendislik İstatistiği</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>950</v>
+        <v>600</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9779758624899</t>
+          <t>9786052825426</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Termodinamiğinin Problemleri</t>
+          <t>Matlab</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>480</v>
+        <v>560</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052824382</t>
+          <t>9786053554578</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Nadir Hastalıklar</t>
+          <t>Mühendislik Termodinamiğinin İlkeleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>415</v>
+        <v>950</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053550372</t>
+          <t>9779758624899</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Nallı Tilki Çullu Horoz</t>
+          <t>Mühendislik Termodinamiğinin Problemleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053554172</t>
+          <t>9786052824382</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Nicel Kimyasal Analiz</t>
+          <t>Nadir Hastalıklar</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>950</v>
+        <v>415</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052822159</t>
+          <t>9786053550372</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Nirvana: Şiirleşmiş Özlü Sözler</t>
+          <t>Nallı Tilki Çullu Horoz</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789944341448</t>
+          <t>9786053554172</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Nicel Kimyasal Analiz</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789757477891</t>
+          <t>9786052822159</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Fizik 2. Cilt</t>
+          <t>Nirvana: Şiirleşmiş Özlü Sözler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053553090</t>
+          <t>9789944341448</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Mühendisliğe Giriş</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>640</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053554813</t>
+          <t>9789757477891</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Olgularla Radyoloji: Gastrointestinal Görüntüleme</t>
+          <t>Nükleer Fizik 2. Cilt</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>990</v>
+        <v>520</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789757477525</t>
+          <t>9786053553090</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Omurgalı Hayvanlar</t>
+          <t>Nükleer Mühendisliğe Giriş</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>750</v>
+        <v>640</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789758982042</t>
+          <t>9786053554813</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Omurgasız Hayvanlar Biyolojisi</t>
+          <t>Olgularla Radyoloji: Gastrointestinal Görüntüleme</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>610</v>
+        <v>990</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053552208</t>
+          <t>9789757477525</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Optik</t>
+          <t>Omurgalı Hayvanlar</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>680</v>
+        <v>750</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054414543</t>
+          <t>9789758982042</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya</t>
+          <t>Omurgasız Hayvanlar Biyolojisi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>795</v>
+        <v>610</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786054414659</t>
+          <t>9786053552208</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya Yapı Ve İşlev</t>
+          <t>Optik</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>950</v>
+        <v>680</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053552413</t>
+          <t>9786054414543</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya Yapı Ve İşlev: Çalışma Ve Problem Çözümleri El Kitabı</t>
+          <t>Organik Kimya</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>290</v>
+        <v>795</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9799944341126</t>
+          <t>9786054414659</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Degişen Orta Asya Ve Kafkasya</t>
+          <t>Organik Kimya Yapı Ve İşlev</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052824955</t>
+          <t>9786053552413</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ortalama Hız Tespit Sistemleri</t>
+          <t>Organik Kimya Yapı Ve İşlev: Çalışma Ve Problem Çözümleri El Kitabı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053558415</t>
+          <t>9799944341126</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Öabt Biyoloji Konu Anlatımlı Soru Bankası</t>
+          <t>Geçmişten Günümüze Degişen Orta Asya Ve Kafkasya</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053554561</t>
+          <t>9786052824955</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Problem Çözümleri Genel Kimya</t>
+          <t>Ortalama Hız Tespit Sistemleri</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>540</v>
+        <v>295</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052823460</t>
+          <t>9786053558415</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Öklid Geometrisi</t>
+          <t>Öabt Biyoloji Konu Anlatımlı Soru Bankası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>830</v>
+        <v>650</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053559467</t>
+          <t>9786053554561</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Önce İnsan, Önce İletişim</t>
+          <t>Öğrenciler İçin Problem Çözümleri Genel Kimya</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>425</v>
+        <v>540</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052823217</t>
+          <t>9786052823460</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Örgütlü Cehalet</t>
+          <t>Öklid Geometrisi</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>370</v>
+        <v>830</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053553151</t>
+          <t>9786053559467</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Para İktisadı Teori Ve Politika</t>
+          <t>Önce İnsan, Önce İletişim</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>262</v>
+        <v>425</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055829544</t>
+          <t>9786052823217</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Para, Finans Ve Kriz</t>
+          <t>Örgütlü Cehalet</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053557173</t>
+          <t>9786053553151</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Post - Keynesyen Yaklaşım Alternatif Parasal İktisat</t>
+          <t>Para İktisadı Teori Ve Politika</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>390</v>
+        <v>262</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053551973</t>
+          <t>9786055829544</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Pratik Biyokimya</t>
+          <t>Para, Finans Ve Kriz</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>425</v>
+        <v>470</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053555179</t>
+          <t>9786053557173</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Programlamayı C İle Öğreniyorum</t>
+          <t>Post - Keynesyen Yaklaşım Alternatif Parasal İktisat</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>590</v>
+        <v>390</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944341509</t>
+          <t>9786053551973</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Proje Yönetimi Yapım Öncesi Süreci</t>
+          <t>Pratik Biyokimya</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053552468</t>
+          <t>9786053555179</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Protozooloji</t>
+          <t>Programlamayı C İle Öğreniyorum</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>680</v>
+        <v>590</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053556176</t>
+          <t>9789944341509</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji</t>
+          <t>Proje Yönetimi Yapım Öncesi Süreci</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>1600</v>
+        <v>425</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786052826201</t>
+          <t>9786053552468</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Bilimi</t>
+          <t>Protozooloji</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>1050</v>
+        <v>680</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786052825051</t>
+          <t>9786053556176</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Radyasyon Fiziği</t>
+          <t>Psikoloji</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>650</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786052825068</t>
+          <t>9786052826201</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Radyasyon Sağlığı Ve Radyasyondan Korunma</t>
+          <t>Psikoloji Bilimi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>740</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053551638</t>
+          <t>9786052825051</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Radyasyon Ve Radyasyondan Korunma Fiziği</t>
+          <t>Radyasyon Fiziği</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>950</v>
+        <v>650</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053555186</t>
+          <t>9786052825068</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Raven Bitki Biyolojisi</t>
+          <t>Radyasyon Sağlığı Ve Radyasyondan Korunma</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>1547</v>
+        <v>740</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053556459</t>
+          <t>9786053551638</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Reel Analiz</t>
+          <t>Radyasyon Ve Radyasyondan Korunma Fiziği</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>420</v>
+        <v>950</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053554028</t>
+          <t>9786053555186</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Resimli Okul Sözlüğü English-Turkish Turkish-English</t>
+          <t>Raven Bitki Biyolojisi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>320</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053553922</t>
+          <t>9786053556459</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Resimli Şifalı Bitkilerle Tedavi</t>
+          <t>Reel Analiz</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>950</v>
+        <v>420</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055829988</t>
+          <t>9786053554028</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Roket Ve Füze Mühendisliği</t>
+          <t>Resimli Okul Sözlüğü English-Turkish Turkish-English</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053554936</t>
+          <t>9786053553922</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Rudolf Virchow</t>
+          <t>Resimli Şifalı Bitkilerle Tedavi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>210</v>
+        <v>950</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786052824047</t>
+          <t>9786055829988</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol 1</t>
+          <t>Roket Ve Füze Mühendisliği</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786052824054</t>
+          <t>9786053554936</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol 2</t>
+          <t>Rudolf Virchow</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>580</v>
+        <v>210</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786052824061</t>
+          <t>9786052824047</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol 3-1</t>
+          <t>Rusya'ya Giden Yol 1</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786052824078</t>
+          <t>9786052824054</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol 3-2</t>
+          <t>Rusya'ya Giden Yol 2</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053557258</t>
+          <t>9786052824061</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarını Türkçe Gören Bir Alman Bilim Adamı: Ord. Prof. Dr. Curt Kosswig</t>
+          <t>Rusya'ya Giden Yol 3-1</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053556763</t>
+          <t>9786052824078</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Sabun</t>
+          <t>Rusya'ya Giden Yol 3-2</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053550556</t>
+          <t>9786053557258</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Teorisinde İlginç Olimpiyat Problemleri Ve Çözümleri</t>
+          <t>Rüyalarını Türkçe Gören Bir Alman Bilim Adamı: Ord. Prof. Dr. Curt Kosswig</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>490</v>
+        <v>210</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053556466</t>
+          <t>9786053556763</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Teorisine Giriş</t>
+          <t>Sabun</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053552123</t>
+          <t>9786053550556</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Görüntü İşleme</t>
+          <t>Sayılar Teorisinde İlginç Olimpiyat Problemleri Ve Çözümleri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>950</v>
+        <v>490</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052824306</t>
+          <t>9786053556466</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Sayısal Haberleşme</t>
+          <t>Sayılar Teorisine Giriş</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>1200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789944341431</t>
+          <t>9786053552123</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Seller</t>
+          <t>Sayısal Görüntü İşleme</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>60</v>
+        <v>950</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789944341424</t>
+          <t>9786052824306</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Selvihan</t>
+          <t>Sayısal Haberleşme</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>125</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053554943</t>
+          <t>9789944341431</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sen Mütevelli Oğlu Musun?</t>
+          <t>Seller</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>235</v>
+        <v>60</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789758982073</t>
+          <t>9789944341424</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Bahar</t>
+          <t>Selvihan</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>395</v>
+        <v>125</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053555834</t>
+          <t>9786053554943</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Labirenti</t>
+          <t>Sen Mütevelli Oğlu Musun?</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>370</v>
+        <v>235</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053559658</t>
+          <t>9789758982073</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sinyaller Ve Sistemler</t>
+          <t>Sessiz Bahar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>850</v>
+        <v>395</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053551201</t>
+          <t>9786053555834</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sistem Dinamiği</t>
+          <t>Sevgi Labirenti</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>720</v>
+        <v>370</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786052825259</t>
+          <t>9786053559658</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sitoloji</t>
+          <t>Sinyaller Ve Sistemler</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>430</v>
+        <v>850</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053559900</t>
+          <t>9786053551201</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sobolev Uzayları Ve Eliptik Sınır Değer Problemlerine Giriş</t>
+          <t>Sistem Dinamiği</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>320</v>
+        <v>720</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053553755</t>
+          <t>9786052825259</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sonlu Elemanlar Analizi</t>
+          <t>Sitoloji</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>600</v>
+        <v>430</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944341967</t>
+          <t>9786053559900</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sorunlu Bankaların Çözümlenmesi Türkiye Deneyimi</t>
+          <t>Sobolev Uzayları Ve Eliptik Sınır Değer Problemlerine Giriş</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053551287</t>
+          <t>9786053553755</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Sonlu Elemanlar Analizi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>850</v>
+        <v>600</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053551270</t>
+          <t>9789944341967</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Soyut Cebire Giriş</t>
+          <t>Sorunlu Bankaların Çözümlenmesi Türkiye Deneyimi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>500</v>
+        <v>195</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053550730</t>
+          <t>9786053551287</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Soyut Matematik</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>770</v>
+        <v>850</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053557852</t>
+          <t>9786053551270</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Spor Ekonomisi</t>
+          <t>Soyut Cebire Giriş</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053552246</t>
+          <t>9786053550730</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Src 1-2-3-4 Mesleki Yeterlilik Belgesi Eğitim Kitabı</t>
+          <t>Soyut Matematik</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>280</v>
+        <v>770</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053551591</t>
+          <t>9786053557852</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Src 1-2-3-4 Mesleki Yeterlilik Belgesi Eğitimi Soru Bankası</t>
+          <t>Spor Ekonomisi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>125</v>
+        <v>475</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789758624140</t>
+          <t>9786053552246</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Su Teknolojisi</t>
+          <t>Src 1-2-3-4 Mesleki Yeterlilik Belgesi Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786052825204</t>
+          <t>9786053551591</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik Kentbilim Fotoğrafları</t>
+          <t>Src 1-2-3-4 Mesleki Yeterlilik Belgesi Eğitimi Soru Bankası</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>480</v>
+        <v>125</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786052822975</t>
+          <t>9789758624140</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Sürekli Sinyaller Ve Sistemler</t>
+          <t>Su Teknolojisi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789758624522</t>
+          <t>9786052825204</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Sürücü Adayı Açıklamalı Sınav Soruları</t>
+          <t>Sürdürülebilirlik Kentbilim Fotoğrafları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>80</v>
+        <v>480</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054414635</t>
+          <t>9786052822975</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sürücü Adayı Sınav Soru Bankası</t>
+          <t>Sürekli Sinyaller Ve Sistemler</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>70</v>
+        <v>420</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052823330</t>
+          <t>9789758624522</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Şehir Ve Bölge Planlaması Bakımından Şehirleşme Hareketleri</t>
+          <t>Sürücü Adayı Açıklamalı Sınav Soruları</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>360</v>
+        <v>80</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9799944341072</t>
+          <t>9786054414635</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler Ansiklopedisi - 1</t>
+          <t>Sürücü Adayı Sınav Soru Bankası</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>500</v>
+        <v>70</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053551263</t>
+          <t>9786052823330</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Öldüreceklerdi</t>
+          <t>Şehir Ve Bölge Planlaması Bakımından Şehirleşme Hareketleri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786052826447</t>
+          <t>9799944341072</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Taze Kesilmiş Ürün Teknolojisi</t>
+          <t>Şifalı Bitkiler Ansiklopedisi - 1</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052826423</t>
+          <t>9786053551263</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Tek Tıkla Şirket Yönetmek</t>
+          <t>Şiiri Öldüreceklerdi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053556473</t>
+          <t>9786052826447</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Temel Matematik</t>
+          <t>Taze Kesilmiş Ürün Teknolojisi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>820</v>
+        <v>475</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052823859</t>
+          <t>9786052826423</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Temel Matematik Kavramların Künyesi</t>
+          <t>Tek Tıkla Şirket Yönetmek</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>770</v>
+        <v>345</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053552567</t>
+          <t>9786053556473</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Temel Moleküler Biyoloji</t>
+          <t>Temel Matematik</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>1500</v>
+        <v>820</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052826362</t>
+          <t>9786052823859</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Teorik Ve Uygulama Alanlarıyla Topoloji</t>
+          <t>Temel Matematik Kavramların Künyesi</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>530</v>
+        <v>770</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786052820742</t>
+          <t>9786053552567</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Termodinamiğin Temelleri</t>
+          <t>Temel Moleküler Biyoloji</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>950</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053551621</t>
+          <t>9786052826362</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Termodinamik: Mühendislik Yaklaşımıyla</t>
+          <t>Teorik Ve Uygulama Alanlarıyla Topoloji</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>1650</v>
+        <v>530</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053555742</t>
+          <t>9786052820742</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Turan'ın Kalbi Horasan</t>
+          <t>Termodinamiğin Temelleri</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9799758982775</t>
+          <t>9786053551621</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Barış Vizyonu</t>
+          <t>Termodinamik: Mühendislik Yaklaşımıyla</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>350</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786054414758</t>
+          <t>9786053555742</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası Son On Yıl</t>
+          <t>Turan'ın Kalbi Horasan</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054414017</t>
+          <t>9799758982775</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Türkçe - Farsça Sözlük</t>
+          <t>Türk Dış Politikası Barış Vizyonu</t>
         </is>
       </c>
       <c r="C451" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053552383</t>
+          <t>9786054414758</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Farsça-Rusça Türkçe Öğrenelim</t>
+          <t>Türk Dış Politikası Son On Yıl</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>305</v>
+        <v>475</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786052826119</t>
+          <t>9786054414017</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Amfibi Ve Sürüngenleri</t>
+          <t>Türkçe - Farsça Sözlük</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>670</v>
+        <v>350</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053559894</t>
+          <t>9786053552383</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Gelişme Kalkınma Yazınından Bir Seçki</t>
+          <t>Türkçe-Farsça-Rusça Türkçe Öğrenelim</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>420</v>
+        <v>305</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786052821480</t>
+          <t>9786052826119</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Afet Yönetimi</t>
+          <t>Türkiye Amfibi Ve Sürüngenleri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>450</v>
+        <v>670</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789944341677</t>
+          <t>9786053559894</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Türkiyenin Nektarlı Bitkileri Polenleri Ve Balları</t>
+          <t>Türkiye'de Gelişme Kalkınma Yazınından Bir Seçki</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>750</v>
+        <v>420</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053551553</t>
+          <t>9786052821480</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Türküsünü Yitiren Bulut</t>
+          <t>Türkiye'nin Afet Yönetimi</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052823842</t>
+          <t>9789944341677</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İktisat</t>
+          <t>Türkiyenin Nektarlı Bitkileri Polenleri Ve Balları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>530</v>
+        <v>750</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053556947</t>
+          <t>9786053551553</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İktisat Teori Ve Politika</t>
+          <t>Türküsünü Yitiren Bulut</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>790</v>
+        <v>210</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9799758982768</t>
+          <t>9786052823842</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Zenginliği 1</t>
+          <t>Uluslararası İktisat</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>435</v>
+        <v>530</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789944341264</t>
+          <t>9786053556947</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ulusların Zenginliği 2</t>
+          <t>Uluslararası İktisat Teori Ve Politika</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>425</v>
+        <v>790</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052823446</t>
+          <t>9799758982768</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Biyoinformatik Giriş: Araştırmalar Ve Çözümleri İle Birlikte</t>
+          <t>Ulusların Zenginliği 1</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>420</v>
+        <v>435</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055829872</t>
+          <t>9789944341264</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Lineer Cebir</t>
+          <t>Ulusların Zenginliği 2</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>780</v>
+        <v>425</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052820759</t>
+          <t>9786052823446</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Algılama Ve Görüntü Yorumlama</t>
+          <t>Uygulamalı Biyoinformatik Giriş: Araştırmalar Ve Çözümleri İle Birlikte</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>720</v>
+        <v>420</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053551539</t>
+          <t>9786055829872</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Üç Numaralı Odanın Beş Numaralı Yatağı</t>
+          <t>Uygulamalı Lineer Cebir</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>180</v>
+        <v>780</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053559719</t>
+          <t>9786052820759</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Ülkem İçin Çare</t>
+          <t>Uzaktan Algılama Ve Görüntü Yorumlama</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>160</v>
+        <v>720</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789944341769</t>
+          <t>9786053551539</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Üniversitenin Bugünü Ve Yarını</t>
+          <t>Üç Numaralı Odanın Beş Numaralı Yatağı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053557647</t>
+          <t>9786053559719</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi</t>
+          <t>Ülkem İçin Çare</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>990</v>
+        <v>160</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786052824238</t>
+          <t>9789944341769</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Vade Mecum Of Numerical Analysis</t>
+          <t>Üniversitenin Bugünü Ve Yarını</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786054414475</t>
+          <t>9786053557647</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Vejetasyon Ekolojisi Ve Araştırma Metodları</t>
+          <t>Üretim Yönetimi</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>430</v>
+        <v>990</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053551546</t>
+          <t>9786052824238</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Yanlışa Kurulmuş Saat</t>
+          <t>Vade Mecum Of Numerical Analysis</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053553397</t>
+          <t>9786054414475</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Yapı Dinamiği: Teori Ve Deprem Mühendisliği Uygulamaları</t>
+          <t>Vejetasyon Ekolojisi Ve Araştırma Metodları</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>1000</v>
+        <v>430</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053557777</t>
+          <t>9786053551546</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Yapı Statiği Hibbeler</t>
+          <t>Yanlışa Kurulmuş Saat</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>820</v>
+        <v>180</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053554189</t>
+          <t>9786053553397</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Öğrenme Ve Öğretim</t>
+          <t>Yapı Dinamiği: Teori Ve Deprem Mühendisliği Uygulamaları</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>430</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053552611</t>
+          <t>9786053557777</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Yaşam: Biyoloji Bilimi</t>
+          <t>Yapı Statiği Hibbeler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>2400</v>
+        <v>820</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789944341691</t>
+          <t>9786053554189</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Gerçekleri Ben Ve Türkiyem</t>
+          <t>Yaşam Boyu Öğrenme Ve Öğretim</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>310</v>
+        <v>430</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053550389</t>
+          <t>9786053552611</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Yaşarım Öyküm Olursun</t>
+          <t>Yaşam: Biyoloji Bilimi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>220</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053554196</t>
+          <t>9789944341691</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Yds Deneme Sınavları</t>
+          <t>Yaşamın Gerçekleri Ben Ve Türkiyem</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053554202</t>
+          <t>9786053550389</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yds Kelime Hazinesi - I</t>
+          <t>Yaşarım Öyküm Olursun</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053554219</t>
+          <t>9786053554196</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Yds Kelime Hazinesi - Iı</t>
+          <t>Yds Deneme Sınavları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053554233</t>
+          <t>9786053554202</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Yds Soru Bankası</t>
+          <t>Yds Kelime Hazinesi - I</t>
         </is>
       </c>
       <c r="C481" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053554226</t>
+          <t>9786053554219</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yds Test Tekniği Püf Noktaları</t>
+          <t>Yds Kelime Hazinesi - Iı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053554240</t>
+          <t>9786053554233</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Yds Ve Proficiency Anahtarı</t>
+          <t>Yds Soru Bankası</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>430</v>
+        <v>380</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789758982158</t>
+          <t>9786053554226</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Yer Biliminin (Jeoloji) Esasları</t>
+          <t>Yds Test Tekniği Püf Noktaları</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052821138</t>
+          <t>9786053554240</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Yerel Siyaset</t>
+          <t>Yds Ve Proficiency Anahtarı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>460</v>
+        <v>430</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055829933</t>
+          <t>9789758982158</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Yoksullukla Mücadelede Sosyal Yardımlaşma Ve Dayanışma Vakıfları</t>
+          <t>Yer Biliminin (Jeoloji) Esasları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>380</v>
+        <v>410</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789944341370</t>
+          <t>9786052821138</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Zırkı Yöresi Ve "Seyyid Hasan Zerraki Ziyareti"</t>
+          <t>Yerel Siyaset</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>280</v>
+        <v>460</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786053555919</t>
+          <t>9786055829933</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Zooloji</t>
+          <t>Yoksullukla Mücadelede Sosyal Yardımlaşma Ve Dayanışma Vakıfları</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>1300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786052826669</t>
+          <t>9789944341370</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Bilimlerde Çalışma Metotları</t>
+          <t>Zırkı Yöresi Ve "Seyyid Hasan Zerraki Ziyareti"</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>845</v>
+        <v>280</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786052826652</t>
+          <t>9786053555919</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Etkinliklerle Astronomi Öğretimi</t>
+          <t>Zooloji</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>670</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052826331</t>
+          <t>9786052826669</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Rusya'ya Giden Yol</t>
+          <t>Biyolojik Bilimlerde Çalışma Metotları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>230</v>
+        <v>845</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052826676</t>
+          <t>9786052826652</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>İdil-Ural Türkleri</t>
+          <t>Etkinliklerle Astronomi Öğretimi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>325</v>
+        <v>670</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052826751</t>
+          <t>9786052826331</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>İleri Mühendislik Elektromanyetiği</t>
+          <t>Rusya'ya Giden Yol</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>1250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786052826805</t>
+          <t>9786052826676</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Ürgüp 1960</t>
+          <t>İdil-Ural Türkleri</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>520</v>
+        <v>325</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786052826874</t>
+          <t>9786052826751</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Sonrası Bir Tebessüm Olur</t>
+          <t>İleri Mühendislik Elektromanyetiği</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786052826898</t>
+          <t>9786052826805</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Zengin Yaşasın Çocuklar</t>
+          <t>Her Yönüyle Ürgüp 1960</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>215</v>
+        <v>520</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052827000</t>
+          <t>9786052826874</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Uçak Elektronik Gösterge Sistemleri</t>
+          <t>Sonrası Bir Tebessüm Olur</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>530</v>
+        <v>200</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052827147</t>
+          <t>9786052826898</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşam Bağlamında Matematik Uygulamaları</t>
+          <t>Zengin Yaşasın Çocuklar</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>430</v>
+        <v>215</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052827161</t>
+          <t>9786052827000</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kavramsal Fizik</t>
+          <t>Uçak Elektronik Gösterge Sistemleri</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>890</v>
+        <v>530</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052827864</t>
+          <t>9786052827147</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Yöneylem Araştırması Uygulamalar Ve Algoritmalar</t>
+          <t>Günlük Yaşam Bağlamında Matematik Uygulamaları</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>2100</v>
+        <v>430</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052827932</t>
+          <t>9786052827161</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Koşu</t>
+          <t>Kavramsal Fizik</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>580</v>
+        <v>890</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052827963</t>
+          <t>9786052827864</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu Açıldı: Soğuk Savaş Sonrasında İç Çatışmalar Ve İç Savaşlar</t>
+          <t>Yöneylem Araştırması Uygulamalar Ve Algoritmalar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>570</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786052827895</t>
+          <t>9786052827932</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Çayır Mera Islahı</t>
+          <t>Zorlu Koşu</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>750</v>
+        <v>580</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786052827987</t>
+          <t>9786052827963</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>5N 1K İle Değerlerin İncelenmesi Ve Sınıflandırılması</t>
+          <t>Pandora'nın Kutusu Açıldı: Soğuk Savaş Sonrasında İç Çatışmalar Ve İç Savaşlar</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>512</v>
+        <v>570</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052828250</t>
+          <t>9786052827895</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Çevre Mühendisliğinde Temel İşlemler Ve Süreçler</t>
+          <t>Çayır Mera Islahı</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>950</v>
+        <v>750</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786052828298</t>
+          <t>9786052827987</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Fizik Serway 1.Cilt (Yeni)</t>
+          <t>5N 1K İle Değerlerin İncelenmesi Ve Sınıflandırılması</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>950</v>
+        <v>512</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786052828342</t>
+          <t>9786052828250</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Astronomi</t>
+          <t>Çevre Mühendisliğinde Temel İşlemler Ve Süreçler</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>455</v>
+        <v>950</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786052828335</t>
+          <t>9786052828298</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Campbell Biyoloji (12. Baskı)</t>
+          <t>Fizik Serway 1.Cilt (Yeni)</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>2200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786052828359</t>
+          <t>9786052828342</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Diferansiyel Geometri</t>
+          <t>Astronomi</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>670</v>
+        <v>455</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052828410</t>
+          <t>9786052828335</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Cebir</t>
+          <t>Campbell Biyoloji (12. Baskı)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>780</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786052828427</t>
+          <t>9786052828359</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sultangaliyev Ve 68 Kuşağı</t>
+          <t>Diferansiyel Geometri</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>390</v>
+        <v>670</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052828458</t>
+          <t>9786052828410</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Ayrık Sinyaller</t>
+          <t>Cebir</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>325</v>
+        <v>780</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052828472</t>
+          <t>9786052828427</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Kimya Olimpiyatları İçin Kuram Ve Problemler</t>
+          <t>Sultangaliyev Ve 68 Kuşağı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>850</v>
+        <v>390</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052828496</t>
+          <t>9786052828458</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Antik Ankara</t>
+          <t>Ayrık Sinyaller</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>543</v>
+        <v>325</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052828465</t>
+          <t>9786052828472</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Siber Güvenliğe Giriş</t>
+          <t>Kimya Olimpiyatları İçin Kuram Ve Problemler</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>780</v>
+        <v>850</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786052823989</t>
+          <t>9786052828496</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Instrumental Analysis Laboratory Manual</t>
+          <t>Antik Ankara</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>425</v>
+        <v>543</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786052825211</t>
+          <t>9786052828465</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Matematiği</t>
+          <t>Siber Güvenliğe Giriş</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>180</v>
+        <v>780</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786052823972</t>
+          <t>9786052823989</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Analytical Chemistry Laboratory Manual</t>
+          <t>Instrumental Analysis Laboratory Manual</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>357</v>
+        <v>425</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786052828632</t>
+          <t>9786052825211</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Graf Teorisine Giriş</t>
+          <t>Özgürlüğün Matematiği</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786052828571</t>
+          <t>9786052823972</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğumun Kahramanları</t>
+          <t>Analytical Chemistry Laboratory Manual</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>45</v>
+        <v>357</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786052828601</t>
+          <t>9786052828632</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Ekoloji Kavramlar Ve Uygulamalar</t>
+          <t>Graf Teorisine Giriş</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>1500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786052828809</t>
+          <t>9786052828571</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya İkinci Bir Dil (Birinci Dönem Konuları)</t>
+          <t>Çocukluğumun Kahramanları</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>720</v>
+        <v>45</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786052828823</t>
+          <t>9786052828601</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvarlar İçin Uygulamalı İstatistik</t>
+          <t>Ekoloji Kavramlar Ve Uygulamalar</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>520</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786052828854</t>
+          <t>9786052828809</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Mekatronik Makine Ve Elektrik Mühendisliğinde Elektronik Kontrol Sistemleri</t>
+          <t>Organik Kimya İkinci Bir Dil (Birinci Dönem Konuları)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>950</v>
+        <v>720</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789757477099</t>
+          <t>9786052828823</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Travma Ve Akut Karın</t>
+          <t>Laboratuvarlar İçin Uygulamalı İstatistik</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>172</v>
+        <v>520</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786053550570</t>
+          <t>9786052828854</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Cep Sözlüğü</t>
+          <t>Mekatronik Makine Ve Elektrik Mühendisliğinde Elektronik Kontrol Sistemleri</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>245</v>
+        <v>950</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786052825785</t>
+          <t>9789757477099</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Prometheus Anatomi Atlası 3. Cilt</t>
+          <t>Çocuklarda Travma Ve Akut Karın</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>2350</v>
+        <v>172</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786052828960</t>
+          <t>9786053550570</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Mühendislik Ve Temel Bilimler İçin Matlab® Destekli Sayısal Analiz ( 2. Baskıdan Çeviri )</t>
+          <t>Anatomi Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>750</v>
+        <v>245</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786052828977</t>
+          <t>9786052825785</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Bakım Bilimine Temellenen Hemşirelik Eğitim Programı</t>
+          <t>Prometheus Anatomi Atlası 3. Cilt</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>850</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786052829011</t>
+          <t>9786052828960</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Current Tanı Ve Tedavi İş Ve Çevre Hekimliği</t>
+          <t>Mühendislik Ve Temel Bilimler İçin Matlab® Destekli Sayısal Analiz ( 2. Baskıdan Çeviri )</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>1950</v>
+        <v>750</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786052829004</t>
+          <t>9786052828977</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Özgün Yolu Dört Baro Konferansı</t>
+          <t>Bakım Bilimine Temellenen Hemşirelik Eğitim Programı</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>100</v>
+        <v>850</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786052829073</t>
+          <t>9786052829011</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Kriptografi İle Sayılar Teorisine Giriş</t>
+          <t>Current Tanı Ve Tedavi İş Ve Çevre Hekimliği</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>500</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052829059</t>
+          <t>9786052829004</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Postmodernizm</t>
+          <t>Türkiye'nin Özgün Yolu Dört Baro Konferansı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>152</v>
+        <v>100</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786052829066</t>
+          <t>9786052829073</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Trajik Ve Modern Oğuz Atay - Joseph Conrad - Yusuf Atılgan</t>
+          <t>Kriptografi İle Sayılar Teorisine Giriş</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786052829042</t>
+          <t>9786052829059</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Söylem İhsan Oktay Anar - John Fowles</t>
+          <t>Postmodernizm</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>289</v>
+        <v>152</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786052829080</t>
+          <t>9786052829066</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Elektromanyetizma Kompleks Analiz Elektromanyetik Alanlar Ve Dalga Oluşumu</t>
+          <t>Trajik Ve Modern Oğuz Atay - Joseph Conrad - Yusuf Atılgan</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>980</v>
+        <v>180</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786052829028</t>
+          <t>9786052829042</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Anten Teorisi Analiz Ve Tasarım</t>
+          <t>Postmodern Söylem İhsan Oktay Anar - John Fowles</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>1183</v>
+        <v>289</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786052829035</t>
+          <t>9786052829080</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Phillips Diş Hekimliği Malzeme Bilimi</t>
+          <t>Elektromanyetizma Kompleks Analiz Elektromanyetik Alanlar Ve Dalga Oluşumu</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>2150</v>
+        <v>980</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786052829141</t>
+          <t>9786052829028</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Biyoloji Terimleri Sözlüğü</t>
+          <t>Anten Teorisi Analiz Ve Tasarım</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>664</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786052829479</t>
+          <t>9786052829035</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Phillips Diş Hekimliği Malzeme Bilimi</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>1580</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786052829455</t>
+          <t>9786052829141</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Yöresel Mutfak Uygulamaları</t>
+          <t>Biyoloji Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>664</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786052829462</t>
+          <t>9786052829479</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerji Temelleri Ve Uygulamaları</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>500</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786052829639</t>
+          <t>9786052829455</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Termodinamik - 1</t>
+          <t>Yöresel Mutfak Uygulamaları</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786052829608</t>
+          <t>9786052829462</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Organik Kimya Yaşamın Kalbi</t>
+          <t>Yenilenebilir Enerji Temelleri Ve Uygulamaları</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>1500</v>
+        <v>500</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786052829585</t>
+          <t>9786052829639</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Bilimde Kanıt Ve Doğrulama</t>
+          <t>Termodinamik - 1</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>325</v>
+        <v>260</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786052829592</t>
+          <t>9786052829608</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Şeyden Sayılara</t>
+          <t>Organik Kimya Yaşamın Kalbi</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>495</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786052829530</t>
+          <t>9786052829585</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji</t>
+          <t>Bilimde Kanıt Ve Doğrulama</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>950</v>
+        <v>325</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786052829387</t>
+          <t>9786052829592</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Rekabet Avantajı Yaklaşım</t>
+          <t>Şeyden Sayılara</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>950</v>
+        <v>495</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786052829486</t>
+          <t>9786052829530</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi İlkeleri</t>
+          <t>Sosyal Psikoloji</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>395</v>
+        <v>950</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786052829394</t>
+          <t>9786052829387</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Haklar Sosyoloji</t>
+          <t>Stratejik Yönetim Rekabet Avantajı Yaklaşım</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>650</v>
+        <v>950</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
+          <t>9786052829486</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi İlkeleri</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9786052829394</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Haklar Sosyoloji</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
           <t>9786052828304</t>
         </is>
       </c>
-      <c r="B551" s="1" t="inlineStr">
+      <c r="B553" s="1" t="inlineStr">
         <is>
           <t>Fizik Serway 2.Cilt (Yeni)</t>
         </is>
       </c>
-      <c r="C551" s="1">
+      <c r="C553" s="1">
         <v>900</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>