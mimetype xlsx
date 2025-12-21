--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,1195 +85,1210 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255600776</t>
+          <t>9786052822807</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS EĞİTİM TEMELLERİ VE TÜRK MİLLİ EĞİTİM SİSTEMİ VE MEVZUAT SORU BANKASI (PALME)</t>
+          <t>PALME YAYINEVİ YKS TYT MATEMATİK KONU ANLATIMLI</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>715</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255600790</t>
+          <t>9786255600776</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS SÖZEL YETENEK SAYISAL YETENEK SORU BANKASI (PALME)</t>
+          <t>MEB AGS EĞİTİM TEMELLERİ VE TÜRK MİLLİ EĞİTİM SİSTEMİ VE MEVZUAT SORU BANKASI (PALME)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>545</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255600783</t>
+          <t>9786255600790</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>MEB AGS TÜRKİYE COĞRAFYASI-TARİH-ANAYASA SORU BANKASI (PALME)</t>
+          <t>MEB AGS SÖZEL YETENEK SAYISAL YETENEK SORU BANKASI (PALME)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>495</v>
+        <v>545</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053559948</t>
+          <t>9786255600783</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>TYT TÜRKÇE SORU KİTABI</t>
+          <t>MEB AGS TÜRKİYE COĞRAFYASI-TARİH-ANAYASA SORU BANKASI (PALME)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255600462</t>
+          <t>9786053559948</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Enerji Tüm Dersler Soru Kitabı</t>
+          <t>TYT TÜRKÇE SORU KİTABI</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>415</v>
+        <v>494</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255600455</t>
+          <t>9786255600462</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>5. Sınıf Enerji Tüm Dersler Konu Kitabı</t>
+          <t>5. Sınıf Enerji Tüm Dersler Soru Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>605</v>
+        <v>415</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255600363</t>
+          <t>9786255600455</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Physics</t>
+          <t>5. Sınıf Enerji Tüm Dersler Konu Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>575</v>
+        <v>605</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255600370</t>
+          <t>9786255600363</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Joker Coğrafya Tematik Soru Kitabı</t>
+          <t>10. Sınıf Physics</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>395</v>
+        <v>575</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256154490</t>
+          <t>9786255600370</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Grade Chemistry</t>
+          <t>10. Sınıf Joker Coğrafya Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>875</v>
+        <v>395</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255600219</t>
+          <t>9786256154490</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Grade 10 Biology Practice Book</t>
+          <t>10. Sınıf Grade Chemistry</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>675</v>
+        <v>875</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255600288</t>
+          <t>9786255600219</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Joker Matematik Soru Kitabı</t>
+          <t>Grade 10 Biology Practice Book</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>695</v>
+        <v>675</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255600295</t>
+          <t>9786255600288</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Joker Fizik Soru Kitabı</t>
+          <t>10. Sınıf Joker Matematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>695</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255600264</t>
+          <t>9786255600295</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Joker Biyoloji Soru Kitabı</t>
+          <t>10. Sınıf Joker Fizik Soru Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>475</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255600271</t>
+          <t>9786255600264</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Joker Tarih Soru Kitabı</t>
+          <t>10. Sınıf Joker Biyoloji Soru Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>280</v>
+        <v>475</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255600233</t>
+          <t>9786255600271</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Joker Felsefe Soru Kitabı</t>
+          <t>10. Sınıf Joker Tarih Soru Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>335</v>
+        <v>280</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255600240</t>
+          <t>9786255600233</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Joker Türk Dili ve Edebiyatı Soru Kitabı</t>
+          <t>10. Sınıf Joker Felsefe Soru Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>445</v>
+        <v>335</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255600257</t>
+          <t>9786255600240</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Joker Kimya Soru Kitabı</t>
+          <t>10. Sınıf Joker Türk Dili ve Edebiyatı Soru Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>525</v>
+        <v>445</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256672024</t>
+          <t>9786255600257</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Grade Physics Practice Book</t>
+          <t>10. Sınıf Joker Kimya Soru Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>644</v>
+        <v>525</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256672048</t>
+          <t>9786256672024</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Grade Chemistry</t>
+          <t>9. Sınıf Grade Physics Practice Book</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>774</v>
+        <v>644</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256672031</t>
+          <t>9786256672048</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Grade 9 Biology Practice Book</t>
+          <t>9. Sınıf Grade Chemistry</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>644</v>
+        <v>774</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256672444</t>
+          <t>9786256672031</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Matematik Tematik Soru Kitabı</t>
+          <t>Grade 9 Biology Practice Book</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>488</v>
+        <v>644</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256672468</t>
+          <t>9786256672444</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Tarih Tematik Soru Kitabı</t>
+          <t>9. Sınıf Matematik Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>234</v>
+        <v>488</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256672482</t>
+          <t>9786256672468</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Biyoloji Tematik Soru Kitabı</t>
+          <t>9. Sınıf Tarih Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>423</v>
+        <v>234</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256672451</t>
+          <t>9786256672482</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Kimya Tematik Soru Kitabı</t>
+          <t>9. Sınıf Biyoloji Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>423</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256672499</t>
+          <t>9786256672451</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Fizik Tematik Soru Kitabı</t>
+          <t>9. Sınıf Kimya Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>293</v>
+        <v>423</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256672475</t>
+          <t>9786256672499</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>9. Sınıf Türk Dili ve Edebiyatı Tematik Soru Kitabı</t>
+          <t>9. Sınıf Fizik Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>325</v>
+        <v>293</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256441705</t>
+          <t>9786256672475</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Palme Joker TYT AYT Geometri Soru Kitabı</t>
+          <t>9. Sınıf Türk Dili ve Edebiyatı Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>507</v>
+        <v>325</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256441323</t>
+          <t>9786256441705</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Palme Yayınları AYT Eşit Ağırlık Tüm Dersler Palmetre Aylık Çalışma Fasikülleri</t>
+          <t>Palme Joker TYT AYT Geometri Soru Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>350</v>
+        <v>507</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256441309</t>
+          <t>9786256441323</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Palme Yayınları  TYT Fizik Soru Kitabı</t>
+          <t>Palme Yayınları AYT Eşit Ağırlık Tüm Dersler Palmetre Aylık Çalışma Fasikülleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>463</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052821503</t>
+          <t>9786256441309</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Türkçe Konu Kitabı</t>
+          <t>Palme Yayınları  TYT Fizik Soru Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>507</v>
+        <v>463</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052823163</t>
+          <t>9786052821503</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Tüm Dersler Soru Kitabı</t>
+          <t>Palme  Tyt Türkçe Konu Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>845</v>
+        <v>507</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786052822128</t>
+          <t>9786052823163</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Tarih Soru Kitabı</t>
+          <t>Palme  Tyt Tüm Dersler Soru Kitabı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>475</v>
+        <v>845</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052823439</t>
+          <t>9786052822128</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Paragraf Soru Kitabı</t>
+          <t>Palme  Tyt Tarih Soru Kitabı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>389</v>
+        <v>475</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052828915</t>
+          <t>9786052823439</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Matematik Soru Kitabı Video Çözümlü</t>
+          <t>Palme  Tyt Paragraf Soru Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>498</v>
+        <v>389</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052821336</t>
+          <t>9786052828915</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Kimya Soru Kitabı</t>
+          <t>Palme  Tyt Matematik Soru Kitabı Video Çözümlü</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>463</v>
+        <v>498</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052821299</t>
+          <t>9786052821336</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Kimya Konu Anlatımlı</t>
+          <t>Palme  Tyt Kimya Soru Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>488</v>
+        <v>463</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052826461</t>
+          <t>9786052821299</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Devler Karması 10 Deneme Sınavı</t>
+          <t>Palme  Tyt Kimya Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>494</v>
+        <v>488</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786052822869</t>
+          <t>9786052826461</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Çözümlü Dil Bilgisi Soru Kitabı</t>
+          <t>Palme  Tyt Devler Karması 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>463</v>
+        <v>494</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052821312</t>
+          <t>9786052822869</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Coğrafya Soru Kitabı</t>
+          <t>Palme  Tyt Çözümlü Dil Bilgisi Soru Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>426</v>
+        <v>463</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052821343</t>
+          <t>9786052821312</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Coğrafya Konu Kitabı</t>
+          <t>Palme  Tyt Coğrafya Soru Kitabı</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>501</v>
+        <v>426</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052824771</t>
+          <t>9786052821343</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Biyoloji Soru Kitabı</t>
+          <t>Palme  Tyt Coğrafya Konu Kitabı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>389</v>
+        <v>501</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052825136</t>
+          <t>9786052824771</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Biyoloji Konu Kitabı</t>
+          <t>Palme  Tyt Biyoloji Soru Kitabı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>475</v>
+        <v>389</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786052822814</t>
+          <t>9786052825136</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Ayt Tarih Soru Kitabı</t>
+          <t>Palme  Tyt Biyoloji Konu Kitabı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>611</v>
+        <v>475</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052821947</t>
+          <t>9786052822814</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Ayt Tarih Konu Anlatımlı</t>
+          <t>Palme  Tyt Ayt Tarih Soru Kitabı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>596</v>
+        <v>611</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052822821</t>
+          <t>9786052821947</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Ayt Geometri Konu Anlatımlı</t>
+          <t>Palme  Tyt Ayt Tarih Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>585</v>
+        <v>596</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052826997</t>
+          <t>9786052822821</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Ayt Felsefe Soru Kitabı</t>
+          <t>Palme  Tyt Ayt Geometri Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>389</v>
+        <v>585</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786052822210</t>
+          <t>9786052826997</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Palme  Tyt Ayt Anlam Ve Paragraf Soru Kitabı</t>
+          <t>Palme  Tyt Ayt Felsefe Soru Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>440</v>
+        <v>389</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052823279</t>
+          <t>9786052822210</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Tüm Dersler Soru Kitabı (Sayısal)</t>
+          <t>Palme  Tyt Ayt Anlam Ve Paragraf Soru Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>585</v>
+        <v>440</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052823286</t>
+          <t>9786052823279</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Tüm Dersler Soru Kitabı (Eşit Ağırlık)</t>
+          <t>Palme  Ayt Tüm Dersler Soru Kitabı (Sayısal)</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>585</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052824177</t>
+          <t>9786052823286</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Tarih Soru Kitabı</t>
+          <t>Palme  Ayt Tüm Dersler Soru Kitabı (Eşit Ağırlık)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>488</v>
+        <v>585</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052822470</t>
+          <t>9786052824177</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Psikoloji Sosyoloji Ve Mantık Soru Kitabı</t>
+          <t>Palme  Ayt Tarih Soru Kitabı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>389</v>
+        <v>488</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052822531</t>
+          <t>9786052822470</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Organik Kimya Konu Kitabı</t>
+          <t>Palme  Ayt Psikoloji Sosyoloji Ve Mantık Soru Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>348</v>
+        <v>389</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052828922</t>
+          <t>9786052822531</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Matematik Soru Kitabı Video Çözümlü</t>
+          <t>Palme  Ayt Organik Kimya Konu Kitabı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>416</v>
+        <v>348</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052822111</t>
+          <t>9786052828922</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Matematik Soru Kitabı</t>
+          <t>Palme  Ayt Matematik Soru Kitabı Video Çözümlü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>520</v>
+        <v>416</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052821893</t>
+          <t>9786052822111</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Kimya Soru Kitabı</t>
+          <t>Palme  Ayt Matematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>463</v>
+        <v>520</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052822043</t>
+          <t>9786052821893</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Kimya Konu Anlatımlı</t>
+          <t>Palme  Ayt Kimya Soru Kitabı</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>463</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052822548</t>
+          <t>9786052822043</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Geometri Soru Kitabı</t>
+          <t>Palme  Ayt Kimya Konu Anlatımlı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>520</v>
+        <v>463</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052821473</t>
+          <t>9786052822548</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Fizik Soru Kitabı</t>
+          <t>Palme  Ayt Geometri Soru Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>488</v>
+        <v>520</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052821459</t>
+          <t>9786052821473</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Fizik Konu Kitabı</t>
+          <t>Palme  Ayt Fizik Soru Kitabı</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>488</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052828700</t>
+          <t>9786052821459</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Coğrafya 40 Deneme Palmetre Video Çözümlü</t>
+          <t>Palme  Ayt Fizik Konu Kitabı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>190</v>
+        <v>488</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052822371</t>
+          <t>9786052828700</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Eser Özetleri</t>
+          <t>Palme  Ayt Coğrafya 40 Deneme Palmetre Video Çözümlü</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>233</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052821435</t>
+          <t>9786052822371</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Edebiyat Soru Kitabı</t>
+          <t>Palme  Ayt Eser Özetleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>585</v>
+        <v>233</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052824269</t>
+          <t>9786052821435</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Edebiyat Soru &amp; Cevap Kitabı</t>
+          <t>Palme  Ayt Edebiyat Soru Kitabı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>251</v>
+        <v>585</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052821497</t>
+          <t>9786052824269</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Edebiyat Konu Kitabı</t>
+          <t>Palme  Ayt Edebiyat Soru &amp; Cevap Kitabı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>624</v>
+        <v>251</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052821596</t>
+          <t>9786052821497</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Edebiyat Başucu Kitabı</t>
+          <t>Palme  Ayt Edebiyat Konu Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>323</v>
+        <v>624</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052822524</t>
+          <t>9786052821596</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Din Kültürü Ve Ahlak Bilgisi Soru Kitabı</t>
+          <t>Palme  Ayt Edebiyat Başucu Kitabı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>172</v>
+        <v>323</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052826515</t>
+          <t>9786052822524</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Devler Karması 10 Deneme Sınavı</t>
+          <t>Palme  Ayt Din Kültürü Ve Ahlak Bilgisi Soru Kitabı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>494</v>
+        <v>172</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052822418</t>
+          <t>9786052826515</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Cumhuriyet Dönemi Türk Edebiyatı Soru Kitabı</t>
+          <t>Palme  Ayt Devler Karması 10 Deneme Sınavı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>389</v>
+        <v>494</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052821824</t>
+          <t>9786052822418</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Coğrafya Soru Kitabı</t>
+          <t>Palme  Ayt Cumhuriyet Dönemi Türk Edebiyatı Soru Kitabı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>405</v>
+        <v>389</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052821817</t>
+          <t>9786052821824</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Coğrafya Konu Kitabı</t>
+          <t>Palme  Ayt Coğrafya Soru Kitabı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>487</v>
+        <v>405</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052824573</t>
+          <t>9786052821817</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Biyoloji Soru Kitabı</t>
+          <t>Palme  Ayt Coğrafya Konu Kitabı</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>463</v>
+        <v>487</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052825044</t>
+          <t>9786052824573</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Palme  Ayt Biyoloji Konu Kitabı</t>
+          <t>Palme  Ayt Biyoloji Soru Kitabı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>520</v>
+        <v>463</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052823958</t>
+          <t>9786052825044</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Palme Math-E Serisi  Tyt Matematik Soru Kitabı</t>
+          <t>Palme  Ayt Biyoloji Konu Kitabı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>480</v>
+        <v>520</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052826256</t>
+          <t>9786052823958</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Palme Math-E Serisi  Tyt Matematik Konu Kitabı</t>
+          <t>Palme Math-E Serisi  Tyt Matematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>560</v>
+        <v>480</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052824405</t>
+          <t>9786052826256</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Palme Math-E Serisi  Tyt Ayt Geometri Soru Kitabı</t>
+          <t>Palme Math-E Serisi  Tyt Matematik Konu Kitabı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>480</v>
+        <v>560</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052826324</t>
+          <t>9786052824405</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Palme Math-E Serisi  Tyt Ayt Geometri Konu Kitabı</t>
+          <t>Palme Math-E Serisi  Tyt Ayt Geometri Soru Kitabı</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
+          <t>9786052826324</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Palme Math-E Serisi  Tyt Ayt Geometri Konu Kitabı</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
           <t>9786052828793</t>
         </is>
       </c>
-      <c r="B78" s="1" t="inlineStr">
+      <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Palme Math-E Serisi  Ayt Matematik Konu  Kitabı</t>
         </is>
       </c>
-      <c r="C78" s="1">
+      <c r="C79" s="1">
         <v>574</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>