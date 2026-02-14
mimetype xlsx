--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -109,426 +109,426 @@
         <is>
           <t>9786052822807</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>PALME YAYINEVİ YKS TYT MATEMATİK KONU ANLATIMLI</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>715</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786255600776</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>MEB AGS EĞİTİM TEMELLERİ VE TÜRK MİLLİ EĞİTİM SİSTEMİ VE MEVZUAT SORU BANKASI (PALME)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>440</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786255600790</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>MEB AGS SÖZEL YETENEK SAYISAL YETENEK SORU BANKASI (PALME)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>545</v>
+        <v>680</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786255600783</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>MEB AGS TÜRKİYE COĞRAFYASI-TARİH-ANAYASA SORU BANKASI (PALME)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>495</v>
+        <v>620</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786053559948</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>TYT TÜRKÇE SORU KİTABI</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>494</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786255600462</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>5. Sınıf Enerji Tüm Dersler Soru Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>415</v>
+        <v>475</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786255600455</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>5. Sınıf Enerji Tüm Dersler Konu Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>605</v>
+        <v>695</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786255600363</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Physics</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>575</v>
+        <v>775</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786255600370</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Joker Coğrafya Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>395</v>
+        <v>455</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786256154490</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Grade Chemistry</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>875</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786255600219</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Grade 10 Biology Practice Book</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>675</v>
+        <v>910</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786255600288</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Joker Matematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>695</v>
+        <v>800</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786255600295</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Joker Fizik Soru Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786255600264</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Joker Biyoloji Soru Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>475</v>
+        <v>545</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786255600271</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Joker Tarih Soru Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786255600233</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Joker Felsefe Soru Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>335</v>
+        <v>385</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786255600240</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Joker Türk Dili ve Edebiyatı Soru Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>445</v>
+        <v>510</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786255600257</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>10. Sınıf Joker Kimya Soru Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>525</v>
+        <v>605</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786256672024</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>9. Sınıf Grade Physics Practice Book</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>644</v>
+        <v>870</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786256672048</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>9. Sınıf Grade Chemistry</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>774</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786256672031</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Grade 9 Biology Practice Book</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>644</v>
+        <v>870</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786256672444</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>9. Sınıf Matematik Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>488</v>
+        <v>560</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786256672468</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>9. Sınıf Tarih Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>234</v>
+        <v>270</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786256672482</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>9. Sınıf Biyoloji Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>423</v>
+        <v>485</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786256672451</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>9. Sınıf Kimya Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>423</v>
+        <v>485</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786256672499</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>9. Sınıf Fizik Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>293</v>
+        <v>335</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786256672475</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>9. Sınıf Türk Dili ve Edebiyatı Tematik Soru Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786256441705</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Palme Joker TYT AYT Geometri Soru Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>507</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786256441323</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>