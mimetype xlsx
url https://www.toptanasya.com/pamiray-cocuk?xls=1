--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,790 +85,880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057700759</t>
+          <t>9786258269031</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Dinozorlar Atlası</t>
+          <t>Yaramaz Berken ve Arkadaşları</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059688611</t>
+          <t>9786057700902</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Can Canavar (10 Kitap Set)</t>
+          <t>Gizemli Serüvenler Dizisi B: Mahsene İnerken</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058088405</t>
+          <t>9786258269253</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Bilmeceler</t>
+          <t>Harika Uçaklar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786059688598</t>
+          <t>9786258269123</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Serüvenler Dizisi 4 - Kötülükler Cadısı'nın Esrarengiz Çay Daveti</t>
+          <t>Eğlenceli Bilmeceler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786059688390</t>
+          <t>9786059688253</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sincap Lili ve Annesi</t>
+          <t>Güneş Yürekli Kız</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786059688437</t>
+          <t>9786057700049</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Vitmixler 1. Kitap</t>
+          <t>Çocuklar İçin Nutuk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>12</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786059688444</t>
+          <t>9786057700759</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Şiirli Bilmeceler</t>
+          <t>Muhteşem Dinozorlar Atlası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>24</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059688581</t>
+          <t>9786059688611</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Serüvenler Dizisi 3: Kurukafa Adası</t>
+          <t>Sevimli Can Canavar (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>100</v>
+        <v>800</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059688154</t>
+          <t>9786058088405</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Masal Sokağı</t>
+          <t>Eğlenceli Bilmeceler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058442764</t>
+          <t>9786059688598</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Ayıcık Leni - Boyama</t>
+          <t>Gizemli Serüvenler Dizisi 4 - Kötülükler Cadısı'nın Esrarengiz Çay Daveti</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058442771</t>
+          <t>9786059688390</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kozalak</t>
+          <t>Sincap Lili ve Annesi</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059688505</t>
+          <t>9786059688437</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Vitmixler - Dikkat Güçlendirme Kitabı</t>
+          <t>Vitmixler 1. Kitap</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>70</v>
+        <v>12</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059688345</t>
+          <t>9786059688444</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Karçiçeği</t>
+          <t>Şiirli Bilmeceler</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>70</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059688475</t>
+          <t>9786059688581</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Serüvenler Dizisi 2 - Aslanlı Kapı</t>
+          <t>Gizemli Serüvenler Dizisi 3: Kurukafa Adası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059688246</t>
+          <t>9786059688154</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dilek Havuzu</t>
+          <t>Masal Sokağı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059688277</t>
+          <t>9786058442764</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bizim Masallarımız</t>
+          <t>Tüylü Ayıcık Leni - Boyama</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>24</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786056595899</t>
+          <t>9786058442771</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Üç Bacaklı Sandalye</t>
+          <t>Küçük Kozalak</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>24</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057700452</t>
+          <t>9786059688505</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Süper Kedi Sütlaç</t>
+          <t>Vitmixler - Dikkat Güçlendirme Kitabı</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057700377</t>
+          <t>9786059688345</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Sisli Değirmen</t>
+          <t>Karçiçeği</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057700360</t>
+          <t>9786059688475</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>İkbal ve Panço Çevre Timi</t>
+          <t>Gizemli Serüvenler Dizisi 2 - Aslanlı Kapı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057700506</t>
+          <t>9786059688246</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları</t>
+          <t>Dilek Havuzu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>110</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057700476</t>
+          <t>9786059688277</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Erdem Okulda - Erdemli Çocuklar Serisi 1</t>
+          <t>Bizim Masallarımız</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057700100</t>
+          <t>9786056595899</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sarı Saltuk - Kahraman Şerif</t>
+          <t>Üç Bacaklı Sandalye</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>100</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057700209</t>
+          <t>9786057700452</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gizli Mağara</t>
+          <t>Süper Kedi Sütlaç</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258269055</t>
+          <t>9786057700377</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Harika Arabalar</t>
+          <t>Sisli Değirmen</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057700667</t>
+          <t>9786057700360</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Serüvenler Dizisi A: Kristal Kale Efsanesi</t>
+          <t>İkbal ve Panço Çevre Timi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057700056</t>
+          <t>9786057700506</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Serüvenler Dizisi 5: Mars Görevi</t>
+          <t>Türk Masalları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057700681</t>
+          <t>9786057700476</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Atatürk</t>
+          <t>Erdem Okulda - Erdemli Çocuklar Serisi 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059688772</t>
+          <t>9786057700100</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kardeşimin Hayali Futbol - Bir Yıldız Doğuyor</t>
+          <t>Sarı Saltuk - Kahraman Şerif</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059688727</t>
+          <t>9786057700209</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağı - Anadolu Efsaneleri Serisi 3</t>
+          <t>Gizli Mağara</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258269161</t>
+          <t>9786258269055</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Canavar ve Güzel Kız</t>
+          <t>Harika Arabalar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258269062</t>
+          <t>9786057700667</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Serüvenler Dizisi C: Dedektif Cem Ve Bay Donko Serüvenler</t>
+          <t>Gizemli Serüvenler Dizisi A: Kristal Kale Efsanesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258269116</t>
+          <t>9786057700056</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Öykülü Boyama Serisi 2: Robot T-Rex</t>
+          <t>Gizemli Serüvenler Dizisi 5: Mars Görevi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057700971</t>
+          <t>9786057700681</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>En Komik Fıkralar</t>
+          <t>Çocuklar İçin Atatürk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057700513</t>
+          <t>9786059688772</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları</t>
+          <t>Kardeşimin Hayali Futbol - Bir Yıldız Doğuyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059688970</t>
+          <t>9786059688727</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mevlana - Türk Büyükleri Serisi 3</t>
+          <t>Kaz Dağı - Anadolu Efsaneleri Serisi 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057700117</t>
+          <t>9786258269161</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Serüvenler Dizisi 7 - Macera Takımı</t>
+          <t>Canavar ve Güzel Kız</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059688765</t>
+          <t>9786258269062</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Susam'ın Akıl Almaz Maceraları</t>
+          <t>Gizemli Serüvenler Dizisi C: Dedektif Cem Ve Bay Donko Serüvenler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059688871</t>
+          <t>9786258269116</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kaan ile Şu Acayip Dinozorlar 5</t>
+          <t>Öykülü Boyama Serisi 2: Robot T-Rex</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059688901</t>
+          <t>9786057700971</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Şu Acayip Uzay</t>
+          <t>En Komik Fıkralar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057700094</t>
+          <t>9786057700513</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Süper Keloğlan'dan Çocuklara Öyküler - Kültür Değerlerimiz Serisi 3</t>
+          <t>Billur Köşk Masalları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057700087</t>
+          <t>9786059688970</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca'dan Çocuklara Fıkralar - Kültür Değerlerimiz Serisi 2</t>
+          <t>Mevlana - Türk Büyükleri Serisi 3</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057700070</t>
+          <t>9786057700117</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İlk Uçan Kitap</t>
+          <t>Gizemli Serüvenler Dizisi 7 - Macera Takımı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059688710</t>
+          <t>9786059688765</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Hanedanlık - Anadolu Efsaneleri Serisi 2</t>
+          <t>Susam'ın Akıl Almaz Maceraları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059688697</t>
+          <t>9786059688871</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bul Tamamla Öğren: Deyimler</t>
+          <t>Kaan ile Şu Acayip Dinozorlar 5</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059688604</t>
+          <t>9786059688901</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kağıttan Hayaller Serisi 1 - Origamili Masallar</t>
+          <t>Şu Acayip Uzay</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059688147</t>
+          <t>9786057700094</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Küçük Boyacı</t>
+          <t>Süper Keloğlan'dan Çocuklara Öyküler - Kültür Değerlerimiz Serisi 3</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786058442757</t>
+          <t>9786057700087</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tüylü Ayıcık Leni</t>
+          <t>Nasreddin Hoca'dan Çocuklara Fıkralar - Kültür Değerlerimiz Serisi 2</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059688086</t>
+          <t>9786057700070</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Neni ve Ceni'nin Maceraları</t>
+          <t>İlk Uçan Kitap</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
+          <t>9786059688710</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Hanedanlık - Anadolu Efsaneleri Serisi 2</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786059688697</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Bul Tamamla Öğren: Deyimler</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9786059688604</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Kağıttan Hayaller Serisi 1 - Origamili Masallar</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786059688147</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Boyacı</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9786058442757</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Tüylü Ayıcık Leni</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786059688086</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Neni ve Ceni'nin Maceraları</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
           <t>9786059688079</t>
         </is>
       </c>
-      <c r="B51" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Mevlana'dan Çocuklara Öyküler</t>
         </is>
       </c>
-      <c r="C51" s="1">
-        <v>100</v>
+      <c r="C57" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>