--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,1420 +85,1990 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258269925</t>
+          <t>9786057700872</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kırmızılı Kadın</t>
+          <t>Şavşatlı Köy Enstitüsü Öğretmenleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258269918</t>
+          <t>9786258269512</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cana Can Katan Mısralar</t>
+          <t>Hayatımdan Yansımalar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059688789</t>
+          <t>9786258269222</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Kitabı (Günümüz Türkçesiyle)</t>
+          <t>Cumhuriyetten Günümüze Artvinli Kalemler Seçkisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>70</v>
+        <v>800</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258269505</t>
+          <t>9786258269390</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dağların Kızı Nefin</t>
+          <t>Yaşamı İyileştiren Öyküler</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258269499</t>
+          <t>9786057700919</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sevdasını Arayan Şiirler</t>
+          <t>Canlara Sesleniş</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057700940</t>
+          <t>9786059688543</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Küllerim Bende Kalsın</t>
+          <t>Huzur, Birlik ve Aydınlanma Yolu</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258269550</t>
+          <t>9786057700735</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aydınlığa Çıkan Yol</t>
+          <t>Sarı Saltuk, Atabeygazi Hüsamettin Çoban ve Kuhistan (Kastamonu)'nun Fethi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057700162</t>
+          <t>9786057700711</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Serüvenler Dizisi 6 - Karla Kaplı Kulübe</t>
+          <t>Ejder Krallığı Serisi 1: Ejderha Gelin</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059688529</t>
+          <t>9786057700650</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz</t>
+          <t>Gizemli Serüvenler Dizisi 8: Kristal Kale Kayıp Prens</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059688642</t>
+          <t>9786057700674</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Elif Gibi Değil Hayvan Gibi Sevmek</t>
+          <t>O Günden Bugüne Anılar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059688567</t>
+          <t>9786059688741</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bay Kuru’dan Korku Öyküleri</t>
+          <t>İçilmemiş Çayın Hesabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057700766</t>
+          <t>9786059688680</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Saygılarımla Black Jack</t>
+          <t>Cansuyum</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258269093</t>
+          <t>9786059688574</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ilık Esen Rüzgarlar</t>
+          <t>Hz. Pir Şeyh Şa’ban-ı Veli’nin Sözleri ve Yorumlamalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258269079</t>
+          <t>9786059688666</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sisli Tayyare</t>
+          <t>Yamalı Yelkenli Gemi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258269178</t>
+          <t>9786059688369</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Fıkra Tadında Artvin'den Hikayeler</t>
+          <t>Yeni Anayasa ve Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258269109</t>
+          <t>9786059688031</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sevdiğim</t>
+          <t>Bir Efsanedir Ersen Dadaşlar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057700964</t>
+          <t>9786059688413</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Aydınlatan Peygamberler</t>
+          <t>Şeker Dünyası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258269024</t>
+          <t>9786059688420</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Esenyel</t>
+          <t>Süper Magazin Kahramanları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057700896</t>
+          <t>9786056595813</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ulu Önder Atatürk</t>
+          <t>Hatay'da Türk Halk İnançları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057700865</t>
+          <t>9786059688550</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Türküm</t>
+          <t>Ümmühan</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057700858</t>
+          <t>9786058442719</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Nefret Sonbahar</t>
+          <t>Sana Yazdım</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057700841</t>
+          <t>9786058442702</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kar Denizi</t>
+          <t>Beyaz Yol</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057700773</t>
+          <t>9786059688536</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Büyük Taarruz: 26 Ağustos 1922 - 18 Eylül 1922</t>
+          <t>Şarkı Tadında</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059688635</t>
+          <t>9786056595868</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Güfte Renginde Şiir Ritminde</t>
+          <t>Aşkın Soluma Emanet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058442740</t>
+          <t>9786059688314</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Al Yeter</t>
+          <t>Kara Bulut</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057700315</t>
+          <t>9786056595844</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sınav Senden Korksun! - Hopuk Yöntemi</t>
+          <t>Aşık Kevseri (Metin-İnceleme-Tasnif Çalışması)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>900</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057700780</t>
+          <t>9786059688383</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Harika Ejderhalar</t>
+          <t>Gizemli Serüvenler Dizisi 1: Kristal Kale</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057700827</t>
+          <t>9786059688055</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Erdemli Çocuklar Serisi 2: Erdem Tatilde</t>
+          <t>Namus Diye Baktığımız</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057700797</t>
+          <t>9786056595875</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Ejderhalar Atlası</t>
+          <t>Sevgiye Muhtaçken</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057700810</t>
+          <t>9786057700285</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ece ve Gofret</t>
+          <t>Avlunun Yeni Efendisi Kele</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786057700698</t>
+          <t>9786057700612</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ey Can Dostlarla Muhabbet</t>
+          <t>Senden Sonra</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057700704</t>
+          <t>9786057700568</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sonbahar</t>
+          <t>Her Yönüyle Anlatımlı Türk Halk Edebiyatı ve Dİvan Edebiyatı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>20</v>
+        <v>950</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057700599</t>
+          <t>9786057700544</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Miskale Zerre</t>
+          <t>Seni Başka Sevdim</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057700582</t>
+          <t>9786057700414</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gönül Yarası</t>
+          <t>Kendi Kendine Urduca (Hintçe) Öğren</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>50</v>
+        <v>600</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057700575</t>
+          <t>9786057700438</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Can Dedim</t>
+          <t>Kastamonu'nun Manevi İkliminden</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057700551</t>
+          <t>9786057700179</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Candaroğlu İsmail Bey Şahsiyeti ve Eserleri</t>
+          <t>Hayattan Alıntılar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057700490</t>
+          <t>9786057700223</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Damlalar</t>
+          <t>Tamara: Gürcü Kraliçesi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057700483</t>
+          <t>9786057700322</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>3 Mayıs Turan Yolunda</t>
+          <t>Merhaba</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057700469</t>
+          <t>9786258269925</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nereye Çıkar? Merak Ettim</t>
+          <t>Kırmızılı Kadın</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057700254</t>
+          <t>9786258269918</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Koza</t>
+          <t>Cana Can Katan Mısralar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>50</v>
+        <v>260</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057700407</t>
+          <t>9786059688789</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Çığlıklar</t>
+          <t>Dede Korkut Kitabı (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057700421</t>
+          <t>9786258269505</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Dağların Kızı Nefin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057700346</t>
+          <t>9786258269499</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Gülümcan</t>
+          <t>Sevdasını Arayan Şiirler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057700353</t>
+          <t>9786057700940</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Maveraya Yürüyorum</t>
+          <t>Küllerim Bende Kalsın</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057700339</t>
+          <t>9786258269550</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Avazanat</t>
+          <t>Aydınlığa Çıkan Yol</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057700292</t>
+          <t>9786057700162</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kırlangıç Csi ve Diğer Öyküler</t>
+          <t>Gizemli Serüvenler Dizisi 6 - Karla Kaplı Kulübe</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057700278</t>
+          <t>9786059688529</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Tüskevar Dikenli Kale</t>
+          <t>Yakamoz</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057700308</t>
+          <t>9786059688642</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Geç Kaldığım</t>
+          <t>Elif Gibi Değil Hayvan Gibi Sevmek</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057700261</t>
+          <t>9786059688567</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Umut Çiçekleri</t>
+          <t>Bay Kuru’dan Korku Öyküleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057700230</t>
+          <t>9786057700766</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bebek Seyfi</t>
+          <t>Saygılarımla Black Jack</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057700247</t>
+          <t>9786258269093</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Havalimanı Hatıraları</t>
+          <t>Ilık Esen Rüzgarlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057700216</t>
+          <t>9786258269079</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gün Bugündür Dem Bu Dem</t>
+          <t>Sisli Tayyare</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057700186</t>
+          <t>9786258269178</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Artvin Kültür Sanat Ustaları (Aksu)</t>
+          <t>Fıkra Tadında Artvin'den Hikayeler</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057700148</t>
+          <t>9786258269109</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimi Yüreğinle</t>
+          <t>Sevdiğim</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057700032</t>
+          <t>9786057700964</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Nutuk</t>
+          <t>Dünyayı Aydınlatan Peygamberler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059688819</t>
+          <t>9786258269024</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Türkler</t>
+          <t>Esenyel</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059688833</t>
+          <t>9786057700896</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Boço Beg</t>
+          <t>Ulu Önder Atatürk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059688802</t>
+          <t>9786057700865</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Bilim İnsanları</t>
+          <t>Bitmeyen Türküm</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059688758</t>
+          <t>9786057700858</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Miralay Halit Akmansü</t>
+          <t>Nefret Sonbahar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059688673</t>
+          <t>9786057700841</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Ben Sevdanla Yanarken</t>
+          <t>Kar Denizi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059688703</t>
+          <t>9786057700773</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Umudun Göğe Yükselişi</t>
+          <t>Büyük Taarruz: 26 Ağustos 1922 - 18 Eylül 1922</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059688659</t>
+          <t>9786059688635</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ilık Damlalar</t>
+          <t>Güfte Renginde Şiir Ritminde</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059688451</t>
+          <t>9786058442740</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şeytan Dracula</t>
+          <t>Al Yeter</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059688628</t>
+          <t>9786057700315</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yolda Yürüyenler</t>
+          <t>Sınav Senden Korksun! - Hopuk Yöntemi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059688499</t>
+          <t>9786057700780</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Hz. Pir Camiinden Vaazlar</t>
+          <t>Harika Ejderhalar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059688512</t>
+          <t>9786057700827</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Zemzem Tadında Öğütler</t>
+          <t>Erdemli Çocuklar Serisi 2: Erdem Tatilde</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059688482</t>
+          <t>9786057700797</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Dili Sende Gizli</t>
+          <t>Muhteşem Ejderhalar Atlası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059688284</t>
+          <t>9786057700810</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Syborg ve Yedi Android</t>
+          <t>Ece ve Gofret</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059688468</t>
+          <t>9786057700698</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Ey Can Dostlarla Muhabbet</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059688406</t>
+          <t>9786057700704</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Rıfat Rıfat</t>
+          <t>Sonbahar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059688307</t>
+          <t>9786057700599</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Halka - Viyana</t>
+          <t>Miskale Zerre</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059688260</t>
+          <t>9786057700582</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Münafık</t>
+          <t>Gönül Yarası</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059688239</t>
+          <t>9786057700575</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kitabın Dibi</t>
+          <t>Can Dedim</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>70</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059688208</t>
+          <t>9786057700551</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokusundan Yansımalar</t>
+          <t>Candaroğlu İsmail Bey Şahsiyeti ve Eserleri</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059688215</t>
+          <t>9786057700490</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Brüksel Hapishanesi'nde Roza için 93 gün</t>
+          <t>Gönülden Damlalar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059688192</t>
+          <t>9786057700483</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Aşık Cinasi (Ekrem Yalbuz)</t>
+          <t>3 Mayıs Turan Yolunda</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059688352</t>
+          <t>9786057700469</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yüreğinde Götür</t>
+          <t>Yaşam Nereye Çıkar? Merak Ettim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059688093</t>
+          <t>9786057700254</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Gönül</t>
+          <t>Koza</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059688338</t>
+          <t>9786057700407</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Vadideki Çığlıklar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059688161</t>
+          <t>9786057700421</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>İzo Usta</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059688123</t>
+          <t>9786057700346</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Aram</t>
+          <t>Gülümcan</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059688130</t>
+          <t>9786057700353</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yüreğe Hüzzam Düştü</t>
+          <t>Maveraya Yürüyorum</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059688000</t>
+          <t>9786057700339</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>En Ötekiler</t>
+          <t>Avazanat</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059688062</t>
+          <t>9786057700292</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Romanika - Çingenem</t>
+          <t>Cesur Kırlangıç Csi ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>70</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786056595851</t>
+          <t>9786057700278</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Bulutlar Böyle Ağlar</t>
+          <t>Tüskevar Dikenli Kale</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786056595820</t>
+          <t>9786057700308</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Artvinli Halk Şairi Gülden</t>
+          <t>Geç Kaldığım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786058442788</t>
+          <t>9786057700261</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Birkaç Günah Öyküsü</t>
+          <t>Umut Çiçekleri</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058442795</t>
+          <t>9786057700230</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mesafeler Arasında</t>
+          <t>Bebek Seyfi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>30</v>
+        <v>300</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058442733</t>
+          <t>9786057700247</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi</t>
+          <t>Atatürk Havalimanı Hatıraları</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058442726</t>
+          <t>9786057700216</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Fidandan Çınara Fatih</t>
+          <t>Gün Bugündür Dem Bu Dem</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059688116</t>
+          <t>9786057700186</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Son Adım</t>
+          <t>Artvin Kültür Sanat Ustaları (Aksu)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50</v>
+        <v>800</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
+          <t>9786057700148</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Tut Elimi Yüreğinle</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786057700032</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Öğrenciler İçin Nutuk</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786059688819</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Muhteşem Türkler</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9786059688833</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Boço Beg</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786059688802</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Müslüman Bilim İnsanları</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786059688758</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Miralay Halit Akmansü</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9786059688673</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Ben Sevdanla Yanarken</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786059688703</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Umudun Göğe Yükselişi</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786059688659</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Ilık Damlalar</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786059688451</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Şeytan Dracula</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786059688628</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Yolda Yürüyenler</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9786059688499</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Kastamonu Hz. Pir Camiinden Vaazlar</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786059688512</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Zemzem Tadında Öğütler</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786059688482</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Dili Sende Gizli</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786059688284</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Syborg ve Yedi Android</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786059688468</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Köroğlu</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9786059688406</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Rıfat Rıfat</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786059688307</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Halka - Viyana</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9786059688260</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Münafık</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786059688239</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Kitabın Dibi</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786059688208</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Gül Kokusundan Yansımalar</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9786059688215</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Brüksel Hapishanesi'nde Roza için 93 gün</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786059688192</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Aşık Cinasi (Ekrem Yalbuz)</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786059688352</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğinde Götür</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786059688093</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Mürekkep Gönül</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786059688338</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Yolculuk</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786059688161</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>İzo Usta</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786059688123</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Aram</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786059688130</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Yüreğe Hüzzam Düştü</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786059688000</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>En Ötekiler</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786059688062</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>Romanika - Çingenem</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786056595851</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Bulutlar Böyle Ağlar</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786056595820</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Artvinli Halk Şairi Gülden</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786058442788</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Birkaç Günah Öyküsü</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786058442795</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Mesafeler Arasında</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786058442733</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Su Gibi</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786058442726</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Fidandan Çınara Fatih</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786059688116</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Güneşe Son Adım</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
           <t>9786059688109</t>
         </is>
       </c>
-      <c r="B93" s="1" t="inlineStr">
+      <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Bilim, Ekonomi ve Sosyal Yaşam</t>
         </is>
       </c>
-      <c r="C93" s="1">
-        <v>70</v>
+      <c r="C131" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>