--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -85,3415 +85,3430 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752940666</t>
+          <t>9786054833160</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ramuzül EHadis 2 Cilt (Ciltli)</t>
+          <t>Kur’an-ı Kerim’in Havas ve Esrarı (Dua-035)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>2200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752942875</t>
+          <t>9789752940666</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Delailü’l Hayrat (Dua-109)</t>
+          <t>Ramuzül EHadis 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>140</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752943537</t>
+          <t>9789752942875</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hastalıksız Uzun Ömür İçin Şifalı Bitkiler ve Emraz</t>
+          <t>Fihristli Delailü’l Hayrat (Dua-109)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752943308</t>
+          <t>9789752943537</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi, Fazileti ve Sırları (Dua-001)</t>
+          <t>Hastalıksız Uzun Ömür İçin Şifalı Bitkiler ve Emraz</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000004156</t>
+          <t>9789752943308</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Arifin - İlahi Aşk (Tasavvuf-019)</t>
+          <t>Esma-i Hüsna Şerhi, Fazileti ve Sırları (Dua-001)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752940642</t>
+          <t>3990000004156</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ramuz’ül Ehadis (Hadis-001) (Ciltli)</t>
+          <t>Ruhul Arifin - İlahi Aşk (Tasavvuf-019)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752941090</t>
+          <t>9789752940642</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ramuz El-e Hadis (Kod;009/P21)</t>
+          <t>Ramuz’ül Ehadis (Hadis-001) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752942516</t>
+          <t>9789752941090</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’in (S.A.V.) Sünnetleri ve Yüce Vasıfları (Peygamber-010)</t>
+          <t>Ramuz El-e Hadis (Kod;009/P21)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752943872</t>
+          <t>9789752942516</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Haftalık Evrad-ı Şerif</t>
+          <t>Peygamberimiz’in (S.A.V.) Sünnetleri ve Yüce Vasıfları (Peygamber-010)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752943315</t>
+          <t>9789752943872</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kuran Tahrifçileri Hadislere Neden Saldırıyorlar?</t>
+          <t>Haftalık Evrad-ı Şerif</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752943865</t>
+          <t>9789752943315</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Sırları ve Hikmetleri (Sebıyyat) (Sır-001)</t>
+          <t>Kuran Tahrifçileri Hadislere Neden Saldırıyorlar?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752943179</t>
+          <t>9789752943865</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Emine Notre Dame de Sion'da (Pamuk-267)</t>
+          <t>Günlerin Sırları ve Hikmetleri (Sebıyyat) (Sır-001)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752942653</t>
+          <t>9789752943179</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Münebbihat (Öğütler) (Tasavvuf-020 / P14)</t>
+          <t>Emine Notre Dame de Sion'da (Pamuk-267)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789756594865</t>
+          <t>9789752942653</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Günlerin, Gecelerin, Ayların Fazileti, Esrarı ve Hikmeti (Üçaylar-003)</t>
+          <t>Münebbihat (Öğütler) (Tasavvuf-020 / P14)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752940109</t>
+          <t>9789756594865</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kevserden İlahiler (İlahi-001/P18)</t>
+          <t>Mübarek Günlerin, Gecelerin, Ayların Fazileti, Esrarı ve Hikmeti (Üçaylar-003)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752941823</t>
+          <t>9789752940109</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kenz’ül Arş Duası - Esrarı, Hikmeti, Fazileti - Büyük Boy (Dua-062)</t>
+          <t>Kevserden İlahiler (İlahi-001/P18)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752940307</t>
+          <t>9789752941823</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde (Dua-008)</t>
+          <t>Kenz’ül Arş Duası - Esrarı, Hikmeti, Fazileti - Büyük Boy (Dua-062)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752940741</t>
+          <t>9789752940307</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Karabaş Tecvidi (Tecvid-001)</t>
+          <t>Kaside-i Bürde (Dua-008)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789756594889</t>
+          <t>9789752940741</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hikem-i Ataiyye Şerhi Veliler Sofrası (Tasavvuf-007/P14)</t>
+          <t>Karabaş Tecvidi (Tecvid-001)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752943513</t>
+          <t>9789756594889</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hayatül Hayevan Havas ve Esrarı (Dua-048) (Ciltli)</t>
+          <t>Hikem-i Ataiyye Şerhi Veliler Sofrası (Tasavvuf-007/P14)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752940314</t>
+          <t>9789752943513</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Havassul Kur’an (Dua-011)</t>
+          <t>Hayatül Hayevan Havas ve Esrarı (Dua-048) (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752942837</t>
+          <t>9789752940314</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hacı Osman Akfırat Hazretleri (Evliya-019)</t>
+          <t>Havassul Kur’an (Dua-011)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058819559</t>
+          <t>9789752942837</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hac Rehberi ve Haccın Sırları (Üç Aylar-007/P16)</t>
+          <t>Hacı Osman Akfırat Hazretleri (Evliya-019)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752943223</t>
+          <t>9786058819559</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Elmalılı Hamdi Yazır Mealli Yasin Şifa ve Bereket Duaları (Yas-133)</t>
+          <t>Hac Rehberi ve Haccın Sırları (Üç Aylar-007/P16)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>55</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054496112</t>
+          <t>9789752943223</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar Hazinesi - Fihristli (Dua-125)</t>
+          <t>Fihristli Elmalılı Hamdi Yazır Mealli Yasin Şifa ve Bereket Duaları (Yas-133)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054496129</t>
+          <t>9786054496112</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Şifalı Dualar Hazinesi - (Dua-126)</t>
+          <t>Şifalı Dualar Hazinesi - Fihristli (Dua-125)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752940475</t>
+          <t>9786054496129</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ey İnsan - Cep Boy (Sohbet-002)</t>
+          <t>Fihristli Şifalı Dualar Hazinesi - (Dua-126)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752942646</t>
+          <t>9789752940475</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Kur’aniyye - Küçük Boy (Dua-107)</t>
+          <t>Ey İnsan - Cep Boy (Sohbet-002)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752942141</t>
+          <t>9789752942646</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Evliyalardan Dini Hikayeler (Hikaye-006)</t>
+          <t>Evrad-ı Kur’aniyye - Küçük Boy (Dua-107)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054496587</t>
+          <t>9789752942141</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Sırlar ve Şifalar Ansiklopedisi (Dua-138) (Ciltli)</t>
+          <t>Evliyalardan Dini Hikayeler (Hikaye-006)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789756594711</t>
+          <t>9786054496587</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dualar (Dua-015)</t>
+          <t>Esma-i Hüsna Sırlar ve Şifalar Ansiklopedisi (Dua-138) (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>40</v>
+        <v>750</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752940888</t>
+          <t>9789756594711</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dini Hikayeler (Hikaye-001)</t>
+          <t>En Güzel Dualar (Dua-015)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752942783</t>
+          <t>9789752940888</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz’in Dilinden Müjdeleyici Hadisler (Hadis-015/P22)</t>
+          <t>En Güzel Dini Hikayeler (Hikaye-001)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789756594681</t>
+          <t>9789752942783</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Devalar - Küçük Boy (Dua-016)</t>
+          <t>Efendimiz’in Dilinden Müjdeleyici Hadisler (Hadis-015/P22)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>45</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752941250</t>
+          <t>9789756594681</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dört Kere 40 Hadis (Hadis-012/P11)</t>
+          <t>Dualar ve Devalar - Küçük Boy (Dua-016)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752941366</t>
+          <t>9789752941250</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir Duası ve Sırları - Küçük Boy (Dua-078) (Ciltli)</t>
+          <t>Dört Kere 40 Hadis (Hadis-012/P11)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752942905</t>
+          <t>9789752941366</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veli Yavuz Sultan Selim (Evliya-008)</t>
+          <t>Cevşen-i Kebir Duası ve Sırları - Küçük Boy (Dua-078) (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789756594315</t>
+          <t>9789752942905</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerle Tedavide Lokman Hekim (Bitki-003/P20)</t>
+          <t>Büyük Veli Yavuz Sultan Selim (Evliya-008)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752942370</t>
+          <t>9789756594315</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Arş’ı Titreten Dualar - Küçük Boy (Dua-103)</t>
+          <t>Bitkilerle Tedavide Lokman Hekim (Bitki-003/P20)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>40</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752943261</t>
+          <t>9789752942370</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>99 Esma-i Hüsna Şifaları ve Sırları (Dua-130)</t>
+          <t>Arş’ı Titreten Dualar - Küçük Boy (Dua-103)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>85</v>
+        <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752943254</t>
+          <t>9789752943261</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>99 Esma-i Hüsna Fazileti ve Sırları (Dua-099)</t>
+          <t>99 Esma-i Hüsna Şifaları ve Sırları (Dua-130)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>40</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752940826</t>
+          <t>9789752943254</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ahmed El-Rufaı’den Vaazlar (Tasavvuf-003/P16)</t>
+          <t>99 Esma-i Hüsna Fazileti ve Sırları (Dua-099)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752943360</t>
+          <t>9789752940826</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Vakıa, Cuma, Duhan Sureleri ve Hacet Duaları (Yas-016)</t>
+          <t>Ahmed El-Rufaı’den Vaazlar (Tasavvuf-003/P16)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752943452</t>
+          <t>9789752943360</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Namaz Sureleri, Hacet Duaları ve 32 - 54 Farzlı Namaz Hocası ( Namaz-003)</t>
+          <t>Yasin, Tebareke, Amme, Vakıa, Cuma, Duhan Sureleri ve Hacet Duaları (Yas-016)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>40</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752941885</t>
+          <t>9789752943452</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Velilerin Dua Sofrası (Dua-086)</t>
+          <t>Yasin, Tebareke, Amme, Namaz Sureleri, Hacet Duaları ve 32 - 54 Farzlı Namaz Hocası ( Namaz-003)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>40</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789756594735</t>
+          <t>9789752941885</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar Manevi Reçeteler (Dua-023)</t>
+          <t>Velilerin Dua Sofrası (Dua-086)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054496143</t>
+          <t>9789756594735</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar Ansiklopedisi (Dua-124)</t>
+          <t>Şifalı Dualar Manevi Reçeteler (Dua-023)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752943636</t>
+          <t>9786054496143</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler Ansiklopedisi (Bitki-001 / P24) (Ciltli)</t>
+          <t>Şifalı Dualar Ansiklopedisi (Dua-124)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752942295</t>
+          <t>9789752943636</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şifa Veren Dualar (Dua-073)</t>
+          <t>Şifalı Bitkiler Ansiklopedisi (Bitki-001 / P24) (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054496044</t>
+          <t>9789752942295</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sırlı, Büyük Celcelutiyye Duası (Dua-102)</t>
+          <t>Şifa Veren Dualar (Dua-073)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752943421</t>
+          <t>9786054496044</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Salavat-ı Şerifelerin - Küçük Boy (Dua-028)</t>
+          <t>Sırlı, Büyük Celcelutiyye Duası (Dua-102)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>40</v>
+        <v>125</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752943391</t>
+          <t>9789752943421</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Resulullahın Dilinden Dualar (Dua-053)</t>
+          <t>Salavat-ı Şerifelerin - Küçük Boy (Dua-028)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789756594223</t>
+          <t>9789752943391</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri (Rüya-005/P17)</t>
+          <t>Resulullahın Dilinden Dualar (Dua-053)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054496990</t>
+          <t>9789756594223</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Resulüllah’ın Dilinden Sureler ve Dualar Fazileti, Esrarı, Hikmeti (Kod: Dua 031) (Ciltli)</t>
+          <t>Rüya Tabirleri (Rüya-005/P17)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752943285</t>
+          <t>9786054496990</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tam Musahhah Mevlid-i Şerif (İlahi-010)</t>
+          <t>Resulüllah’ın Dilinden Sureler ve Dualar Fazileti, Esrarı, Hikmeti (Kod: Dua 031) (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>75</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054833504</t>
+          <t>9789752943285</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatılı Türkçe - Osmanlıca Karabaş Tecvidi (Tecvid-214)</t>
+          <t>Tam Musahhah Mevlid-i Şerif (İlahi-010)</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789752943698</t>
+          <t>9786054833504</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Salavat-ı Şerifeler Ansiklopedisi (Dua-152)</t>
+          <t>Bilgisayar Hatılı Türkçe - Osmanlıca Karabaş Tecvidi (Tecvid-214)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054496792</t>
+          <t>9789752943698</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu 501 Hadis-i Şerif</t>
+          <t>Sırlı Salavat-ı Şerifeler Ansiklopedisi (Dua-152)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752943186</t>
+          <t>9786054496792</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Gücü Havas ve Vefk İlmi</t>
+          <t>Gül Kokulu 501 Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752943544</t>
+          <t>9789752943186</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Okunuşu ve Meali (Rahle Boy, Kuran-203) (Ciltli)</t>
+          <t>Harflerin Gücü Havas ve Vefk İlmi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752943070</t>
+          <t>9789752943544</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Resulü Ekrem'in Dilinden Devlet Başkanına İtaatin Vacip Olduğuna Dair 40 Hadis</t>
+          <t>Kur'an-ı Kerim'in Türkçe Okunuşu ve Meali (Rahle Boy, Kuran-203) (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>45</v>
+        <v>800</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752942622</t>
+          <t>9789752943070</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt (Tasavvuf-022) (Ciltli)</t>
+          <t>Resulü Ekrem'in Dilinden Devlet Başkanına İtaatin Vacip Olduğuna Dair 40 Hadis</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>500</v>
+        <v>45</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054833092</t>
+          <t>9789752942622</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Havas ve Esrarı (Dua-037) (Ciltli)</t>
+          <t>Ehl-i Beyt (Tasavvuf-022) (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>750</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054833580</t>
+          <t>9786054833092</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Günlerin - Ayların Fazileti (Üç Aylar 219)</t>
+          <t>Kur'an-ı Kerim'in Havas ve Esrarı (Dua-037) (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789752940291</t>
+          <t>9786054833580</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İsm-i A'zam Duası - Havas ve Esrarı (Dua-029)</t>
+          <t>Günlerin - Ayların Fazileti (Üç Aylar 219)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752943582</t>
+          <t>9789752940291</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Resulüllah'ın Dilinden Sureler ve Dualar Fazileti, Esrarı, Hikmeti (Dua-030) (Ciltli)</t>
+          <t>İsm-i A'zam Duası - Havas ve Esrarı (Dua-029)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>1200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054496747</t>
+          <t>9789752943582</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Nur Yağmuru Celcelütiyye Duası (Dua-139)</t>
+          <t>Resulüllah'ın Dilinden Sureler ve Dualar Fazileti, Esrarı, Hikmeti (Dua-030) (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>55</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789752941502</t>
+          <t>9786054496747</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis-i Kudsi (Hadis-013)</t>
+          <t>Nur Yağmuru Celcelütiyye Duası (Dua-139)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752943728</t>
+          <t>9789752941502</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Berhetiyye Havas ve Esrarı (Dua-012)</t>
+          <t>40 Hadis-i Kudsi (Hadis-013)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789756594339</t>
+          <t>9789752943728</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerden Şifa İksiri (Bitki-007)</t>
+          <t>Berhetiyye Havas ve Esrarı (Dua-012)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789752940499</t>
+          <t>9789756594339</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Cinler Alemi ve Korunma Çareleri (Sır-004)</t>
+          <t>Bitkilerden Şifa İksiri (Bitki-007)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054496488</t>
+          <t>9789752940499</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Her Müslümana Lazım 54 Farz (Sohbet-028)</t>
+          <t>Cinler Alemi ve Korunma Çareleri (Sır-004)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054496891</t>
+          <t>9786054496488</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Vakıa, Rahman, Cuma, Duhan, Secde, Kıyame, Namaz Sureleri, Yedi Ayetler ve Dualar (Yas-060)</t>
+          <t>Her Müslümana Lazım 54 Farz (Sohbet-028)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789756594896</t>
+          <t>9786054496891</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Veliler ve Tarikatlarda Usul - Camiul Usul (Tasavvuf-008) (Ciltli)</t>
+          <t>Yasin, Tebareke, Amme, Vakıa, Rahman, Cuma, Duhan, Secde, Kıyame, Namaz Sureleri, Yedi Ayetler ve Dualar (Yas-060)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054496150</t>
+          <t>9789756594896</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Velilerden Esrarlı Dualar (Küçük Boy) (Dua-127)</t>
+          <t>Veliler ve Tarikatlarda Usul - Camiul Usul (Tasavvuf-008) (Ciltli)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>45</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054833221</t>
+          <t>9786054496150</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir Geylani Hazretlerinin Dilinden Sırlı Dualar ve Üç Ayların Fazileti (Dua-147)</t>
+          <t>Velilerden Esrarlı Dualar (Küçük Boy) (Dua-127)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789752943704</t>
+          <t>9786054833221</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Dualarla Manevi Şifa Reçeteleri (006)</t>
+          <t>Abdülkadir Geylani Hazretlerinin Dilinden Sırlı Dualar ve Üç Ayların Fazileti (Dua-147)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786054833405</t>
+          <t>9789752943704</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Şifalı Dualar ve Salavatlar Ansiklopedisi (Ciltli)</t>
+          <t>Dualarla Manevi Şifa Reçeteleri (006)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>1200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752942547</t>
+          <t>9786054833405</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Bedir - Küçük Boy (Dua-014)</t>
+          <t>Sırlı Şifalı Dualar ve Salavatlar Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>40</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752942899</t>
+          <t>9789752942547</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Resulullahın Dilinden Sureler’in ve Dualar’ın (Dua-032) (Ciltli)</t>
+          <t>Ashab-ı Bedir - Küçük Boy (Dua-014)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054496167</t>
+          <t>9789752942899</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Delailü’l Hayrat Türkçe Okunuş ve Manalı (Üçlü) (Dua-122)</t>
+          <t>Resulullahın Dilinden Sureler’in ve Dualar’ın (Dua-032) (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>3990000003971</t>
+          <t>9786054496167</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Emin Tokadi Hazretleri (Evliya-005)</t>
+          <t>Delailü’l Hayrat Türkçe Okunuş ve Manalı (Üçlü) (Dua-122)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>40</v>
+        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752942813</t>
+          <t>3990000003971</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Şifalı Dualar Hazinesi (Dua-114)</t>
+          <t>Mehmed Emin Tokadi Hazretleri (Evliya-005)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>130</v>
+        <v>40</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752943810</t>
+          <t>9789752942813</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Celcelütiyye - Manevi Zırh - Küçük Boy (Dua-019)</t>
+          <t>Fihristli Şifalı Dualar Hazinesi (Dua-114)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>50</v>
+        <v>130</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>4440000000786</t>
+          <t>9789752943810</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir, Ashabı Bedir (Kolye-001)</t>
+          <t>Celcelütiyye - Manevi Zırh - Küçük Boy (Dua-019)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752940581</t>
+          <t>4440000000786</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ahiretin İçin Ne Yaptın (Kıyamet-005/P17)</t>
+          <t>Cevşen-i Kebir, Ashabı Bedir (Kolye-001)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>3990000011180</t>
+          <t>9789752940581</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Şeyh-ül Ekber Muhyiddin Arabi ve Beş Risalesi (Tasavvuf-027)</t>
+          <t>Ahiretin İçin Ne Yaptın (Kıyamet-005/P17)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000010538</t>
+          <t>3990000011180</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed (A.S.)’in Miracı (Peygamber-011)</t>
+          <t>Hazreti Şeyh-ül Ekber Muhyiddin Arabi ve Beş Risalesi (Tasavvuf-027)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>40</v>
+        <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000004571</t>
+          <t>3990000010538</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Vakıa, Cuma, Duhan Sureleri ve Hacet Duaları (Yas-017)</t>
+          <t>Hazreti Muhammed (A.S.)’in Miracı (Peygamber-011)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786058824300</t>
+          <t>3990000004571</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Secde, Taha, Tevbe, Münafikun, Kalem Sureleri ve Dualar Hazinesi (Yas-024)</t>
+          <t>Yasin, Tebareke, Amme, Vakıa, Cuma, Duhan Sureleri ve Hacet Duaları (Yas-017)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9789756594070</t>
+          <t>9786058824300</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar - Küçük Boy (Dua-025)</t>
+          <t>Yasin, Tebareke, Amme, Secde, Taha, Tevbe, Münafikun, Kalem Sureleri ve Dualar Hazinesi (Yas-024)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>3990000001917</t>
+          <t>9789756594070</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali (Elmalılı-005) (Ciltli)</t>
+          <t>Şifalı Dualar - Küçük Boy (Dua-025)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789752942974</t>
+          <t>3990000001917</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin (s.a.v.) Hayatı (Peygamber-009)</t>
+          <t>Kur'an-ı Kerim ve Yüce Meali (Elmalılı-005) (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>65</v>
+        <v>200</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752940444</t>
+          <t>9789752942974</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Lokman Hekim’den Oğluna Öğütler (Sohbet-006)</t>
+          <t>Peygamber Efendimizin (s.a.v.) Hayatı (Peygamber-009)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>40</v>
+        <v>65</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752943438</t>
+          <t>9789752940444</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Salavat-ı Şerifeler’in Esrarı, Hikmeti, Fazileti (Dua-038)</t>
+          <t>Lokman Hekim’den Oğluna Öğütler (Sohbet-006)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752940550</t>
+          <t>9789752943438</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi Peygamberimizin Hayatı (Peygamber-004)</t>
+          <t>Salavat-ı Şerifeler’in Esrarı, Hikmeti, Fazileti (Dua-038)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054833474</t>
+          <t>9789752940550</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i Şerif (İlahi - 211)</t>
+          <t>Siyer-i Nebi Peygamberimizin Hayatı (Peygamber-004)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>45</v>
+        <v>80</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789756594667</t>
+          <t>9786054833474</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Duası Fazileti ve Sırları (Dua/004)</t>
+          <t>Mevlid-i Şerif (İlahi - 211)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054833610</t>
+          <t>9789756594667</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı Kelime-i Tevhid ve Fazileti (Dua-137)</t>
+          <t>Ramazan Duası Fazileti ve Sırları (Dua/004)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789752943148</t>
+          <t>9786054833610</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Uğrunda Canlarını Feda Edenler (Pamuk-257)</t>
+          <t>Cennetin Anahtarı Kelime-i Tevhid ve Fazileti (Dua-137)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752940420</t>
+          <t>9789752943148</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Havas Ansiklopedisi (Dua-005) (Ciltli)</t>
+          <t>Peygamberimiz Uğrunda Canlarını Feda Edenler (Pamuk-257)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058819535</t>
+          <t>9789752940420</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zikir Risalesi (Tasavvuf -028/P13)</t>
+          <t>Dua ve Havas Ansiklopedisi (Dua-005) (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>60</v>
+        <v>900</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054496570</t>
+          <t>9786058819535</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Meali (Elmalılı-012)</t>
+          <t>Zikir Risalesi (Tasavvuf -028/P13)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752943773</t>
+          <t>9786054496570</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Gerçek Tasavvuf (Kod-280)</t>
+          <t>Kur’an-ı Kerim Meali (Elmalılı-012)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054496389</t>
+          <t>9789752943773</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Has Öğütler (K-532)</t>
+          <t>İslam'da Gerçek Tasavvuf (Kod-280)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>4440000000787</t>
+          <t>9786054496389</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Mini Kuran(Hediyelik-004)</t>
+          <t>Has Öğütler (K-532)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>30</v>
+        <v>50</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>4440000000784</t>
+          <t>4440000000787</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ümmü Sıbyan Kolye(Kolye-005)</t>
+          <t>Püsküllü Mini Kuran(Hediyelik-004)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>4440000000783</t>
+          <t>4440000000784</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>52 Soruda Kaza Ve Kader (Kod-278)</t>
+          <t>Ümmü Sıbyan Kolye(Kolye-005)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>80</v>
+        <v>25</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>4440000000781</t>
+          <t>4440000000783</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlara Bildiri (Kod-279)</t>
+          <t>52 Soruda Kaza Ve Kader (Kod-278)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752943643</t>
+          <t>4440000000781</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Baba Nasihati Kod-277</t>
+          <t>Müslümanlara Bildiri (Kod-279)</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054833627</t>
+          <t>9789752943643</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Allah Rasulünden Çok Özel Mucizeler / Peygamber-233</t>
+          <t>Gençlere Baba Nasihati Kod-277</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>130</v>
+        <v>60</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789752943100</t>
+          <t>9786054833627</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Salgın Hastalıklardan ve Musibetlerden Korunmak İçin Dualar (Ciltli)</t>
+          <t>Allah Rasulünden Çok Özel Mucizeler / Peygamber-233</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752941106</t>
+          <t>9789752943100</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz’in Dilinden Hadislerle Amellerin Fazileti (Hadis-007/P28 (Ciltli)</t>
+          <t>Salgın Hastalıklardan ve Musibetlerden Korunmak İçin Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789756594841</t>
+          <t>9789752941106</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Pusulası (Tasavvuf-016)</t>
+          <t>Efendimiz’in Dilinden Hadislerle Amellerin Fazileti (Hadis-007/P28 (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>55</v>
+        <v>800</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789752943469</t>
+          <t>9789756594841</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yasin Meclisleri (Yas-119)</t>
+          <t>Aşıkların Pusulası (Tasavvuf-016)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>100</v>
+        <v>55</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786054496617</t>
+          <t>9789752943469</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sevgililerin Sevgilisi ve İnsanlığa Getirdikleri (Sohbet-029)</t>
+          <t>Yasin Meclisleri (Yas-119)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789756594476</t>
+          <t>9786054496617</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Dikmenin Faziletleri (Sosyal-002)</t>
+          <t>Sevgililerin Sevgilisi ve İnsanlığa Getirdikleri (Sohbet-029)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054496327</t>
+          <t>9789756594476</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dertlere Derman Kenzül Arş Duası (K-530)</t>
+          <t>Ağaç Dikmenin Faziletleri (Sosyal-002)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054833597</t>
+          <t>9786054496327</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Besmelenin Kudreti (Dua-228)</t>
+          <t>Dertlere Derman Kenzül Arş Duası (K-530)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752943155</t>
+          <t>9786054833597</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Koca Hakları / Kadınlar Hakkında 40 Hadis</t>
+          <t>Besmelenin Kudreti (Dua-228)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786054833535</t>
+          <t>9789752943155</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Dua Mecmuası - Azametli Dualar (Pamuk-220)</t>
+          <t>Koca Hakları / Kadınlar Hakkında 40 Hadis</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054833528</t>
+          <t>9786054833535</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Gemisi - Dualar (Dua-217)</t>
+          <t>Dua Mecmuası - Azametli Dualar (Pamuk-220)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054833634</t>
+          <t>9786054833528</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Fırtınası</t>
+          <t>Kurtuluş Gemisi - Dualar (Dua-217)</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054833603</t>
+          <t>9786054833634</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Ey Ali (Sohbet-231)</t>
+          <t>Karadeniz Fırtınası</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054833511</t>
+          <t>9786054833603</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Aylar Dualarıyla Mübarek Günler Geceler Hazinesi (Üçaylar-218)</t>
+          <t>Ey Ali (Sohbet-231)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054833351</t>
+          <t>9786054833511</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Evlatlar Üzerindeki Anne - Baba Hakları ve En Faziletli İbadetlerimiz (Dua-153)</t>
+          <t>Rahmet Aylar Dualarıyla Mübarek Günler Geceler Hazinesi (Üçaylar-218)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054833320</t>
+          <t>9786054833351</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Dualar (Dua-149)</t>
+          <t>Evlatlar Üzerindeki Anne - Baba Hakları ve En Faziletli İbadetlerimiz (Dua-153)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054833191</t>
+          <t>9786054833320</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dua Anahtarı Esma-i Hüsna (Dua-146)</t>
+          <t>Meşhur Dualar (Dua-149)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054833184</t>
+          <t>9786054833191</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>En Tesirli Dilek Duaları (Dua-145)</t>
+          <t>Dua Anahtarı Esma-i Hüsna (Dua-146)</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752941830</t>
+          <t>9786054833184</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım ve Hayatım (Kültür-002)</t>
+          <t>En Tesirli Dilek Duaları (Dua-145)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>3990000011660</t>
+          <t>9789752941830</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’den Tasavvufi Şiirler (Tasavvuf-012)</t>
+          <t>Hatıralarım ve Hayatım (Kültür-002)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>40</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789752941045</t>
+          <t>3990000011660</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kitabı Gül Sofrası (Yemek-002)</t>
+          <t>Yunus Emre’den Tasavvufi Şiirler (Tasavvuf-012)</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054496716</t>
+          <t>9789752941045</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Nur Sofrası Yasin Yarım Defter (Yas-136/P14)</t>
+          <t>Yemek Kitabı Gül Sofrası (Yemek-002)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789752940178</t>
+          <t>9786054496716</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kenzül Arş Duası Havas ve Esrarı (Dua-009)</t>
+          <t>Nur Sofrası Yasin Yarım Defter (Yas-136/P14)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752943766</t>
+          <t>9789752940178</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Celcelutiyye Duası - Havas ve Esrarı (Dua-020)</t>
+          <t>Kenzül Arş Duası Havas ve Esrarı (Dua-009)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>80</v>
+        <v>40</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752942585</t>
+          <t>9789752943766</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Son Gecem - Hikayelerim ve Şiirlerim (Kültür-003)</t>
+          <t>Kaside-i Celcelutiyye Duası - Havas ve Esrarı (Dua-020)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3990000004554</t>
+          <t>9789752942585</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Bitkiler (Bitki-011)</t>
+          <t>Son Gecem - Hikayelerim ve Şiirlerim (Kültür-003)</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3990000004566</t>
+          <t>3990000004554</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sıhhat Kaynağı Zeytin Yağı Zencefil ve Şifalı Bitkilerimiz (Bitki-020 / P15)</t>
+          <t>Sihirli Bitkiler (Bitki-011)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>55</v>
+        <v>75</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3990000004568</t>
+          <t>3990000004566</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sapık Yollar (Sohbet-019)</t>
+          <t>Sıhhat Kaynağı Zeytin Yağı Zencefil ve Şifalı Bitkilerimiz (Bitki-020 / P15)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752943346</t>
+          <t>3990000004568</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Hikmeti, Fazileti, Esrarı (Küçük Boy) (Dua-026)</t>
+          <t>Sapık Yollar (Sohbet-019)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752942981</t>
+          <t>9789752943346</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Anlamlı Çocuk İsimleri  (Aile-003)</t>
+          <t>Esma-i Hüsna Hikmeti, Fazileti, Esrarı (Küçük Boy) (Dua-026)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752942127</t>
+          <t>9789752942981</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresinin Haftalık Evradı (Dua-89)</t>
+          <t>En Güzel Anlamlı Çocuk İsimleri  (Aile-003)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752943827</t>
+          <t>9789752942127</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Hikmeti ve Fazileti (Fihristli) (Üç Aylar-001)</t>
+          <t>Yasin Suresinin Haftalık Evradı (Dua-89)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752942868</t>
+          <t>9789752943827</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Taşlar (Kod: Bitki-018)</t>
+          <t>Üç Aylar Hikmeti ve Fazileti (Fihristli) (Üç Aylar-001)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752942912</t>
+          <t>9789752942868</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi İbretli Hikayeler (Hikaye-005)</t>
+          <t>Taşlar (Kod: Bitki-018)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3990000011518</t>
+          <t>9789752942912</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tarikatlarda On Esas (Tasavvuf-009)</t>
+          <t>Tasavvufi İbretli Hikayeler (Hikaye-005)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786054496532</t>
+          <t>3990000011518</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hac Rehberi - Peygamberimiz'in Dilinden Hac ve Umre Yapmanın Fazileti (üçaylar-009/P13)</t>
+          <t>Tarikatlarda On Esas (Tasavvuf-009)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>45</v>
+        <v>75</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789752942639</t>
+          <t>9786054496532</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Dini Hikayeler (Hikaye-003)</t>
+          <t>Hac Rehberi - Peygamberimiz'in Dilinden Hac ve Umre Yapmanın Fazileti (üçaylar-009/P13)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3990000004549</t>
+          <t>9789752942639</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Bitkisel Reçeteler (Bitki-016)</t>
+          <t>Dini Hikayeler (Hikaye-003)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786058819542</t>
+          <t>3990000004549</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Cemaatle Namaz Nasıl Kılınır? (Namaz-017)</t>
+          <t>Doğadan Bitkisel Reçeteler (Bitki-016)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789752941489</t>
+          <t>9786058819542</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Cehennemden Kurtuluş (Kıyamet-011/P12)</t>
+          <t>Cemaatle Namaz Nasıl Kılınır? (Namaz-017)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752941397</t>
+          <t>9789752941489</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Cami Sohbetleri (Sohbet-021) (Ciltli)</t>
+          <t>Cehennemden Kurtuluş (Kıyamet-011/P12)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>600</v>
+        <v>40</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>3990000011178</t>
+          <t>9789752941397</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet (Tasavvuf-024 / P8)</t>
+          <t>Cami Sohbetleri (Sohbet-021) (Ciltli)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>45</v>
+        <v>600</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789752940130</t>
+          <t>3990000011178</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tam Musahhah Mevlid-i Şerif Kaside ve İlahiler (İlahi-004/P7)</t>
+          <t>Vasiyet (Tasavvuf-024 / P8)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752940123</t>
+          <t>9789752940130</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tam Musahhah Mevlid-i Şerif (İlahi-003/P8)</t>
+          <t>Tam Musahhah Mevlid-i Şerif Kaside ve İlahiler (İlahi-004/P7)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786054496198</t>
+          <t>9789752940123</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Salavatlar (Dua-131)</t>
+          <t>Tam Musahhah Mevlid-i Şerif (İlahi-003/P8)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789752940017</t>
+          <t>9786054496198</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar ve Devalar - Büyük Boy (Dua-046)</t>
+          <t>Şifalı Salavatlar (Dua-131)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>65</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789756594346</t>
+          <t>9789752940017</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkilerle Tedavi Atlası (Bitki-009 / P23) (Ciltli)</t>
+          <t>Şifalı Dualar ve Devalar - Büyük Boy (Dua-046)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>550</v>
+        <v>65</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789752941540</t>
+          <t>9789756594346</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şifa Veren Bitkiler (Bitki-019/P13)</t>
+          <t>Şifalı Bitkilerle Tedavi Atlası (Bitki-009 / P23) (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>60</v>
+        <v>550</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752942776</t>
+          <t>9789752941540</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Şifa ve Sırlarıyla Esma-i Hüsna (Dua-113) ( Farklı Renk Seçenekleri) (Ciltli)</t>
+          <t>Şifa Veren Bitkiler (Bitki-019/P13)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>125</v>
+        <v>60</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789756594971</t>
+          <t>9789752942776</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şifa Kaynağı Esma-i Hüsna - Büyük Boy (Dua-043)</t>
+          <t>Şifa ve Sırlarıyla Esma-i Hüsna (Dua-113) ( Farklı Renk Seçenekleri) (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3990000012088</t>
+          <t>9789756594971</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sümbül Efendi ve Merkez Efendi (Evliya-013)</t>
+          <t>Şifa Kaynağı Esma-i Hüsna - Büyük Boy (Dua-043)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752943278</t>
+          <t>3990000012088</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sure-i Yasin, Tebareke, Amme, Namaz Sureleri ve Dualar (Yas-013)</t>
+          <t>Sümbül Efendi ve Merkez Efendi (Evliya-013)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>55</v>
+        <v>65</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752940437</t>
+          <t>9789752943278</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Salavat-ı Şerifeler ve Dualar (Dua-039)</t>
+          <t>Sure-i Yasin, Tebareke, Amme, Namaz Sureleri ve Dualar (Yas-013)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786058819597</t>
+          <t>9789752940437</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Salavat-ı Arifin (Dua-118)</t>
+          <t>Salavat-ı Şerifeler ve Dualar (Dua-039)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752940925</t>
+          <t>9786058819597</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Salat-ı Tefriciyye ve Dualar (Dua-022)</t>
+          <t>Salavat-ı Arifin (Dua-118)</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>3990000004060</t>
+          <t>9789752940925</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Sağlığımızın Düşmanları Kan Yağları Kolesterol ve Enfarktüs (Sağlık-001)</t>
+          <t>Salat-ı Tefriciyye ve Dualar (Dua-022)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054496174</t>
+          <t>3990000004060</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ruh Çağırma Nedir? (Sır-003)</t>
+          <t>Sağlığımızın Düşmanları Kan Yağları Kolesterol ve Enfarktüs (Sağlık-001)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789752940383</t>
+          <t>9786054496174</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Resulüllah’ın Dilinden Tıbb’un Nebevi (Bitki-013/P16)</t>
+          <t>Ruh Çağırma Nedir? (Sır-003)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786054496921</t>
+          <t>9789752940383</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Dilinden Surelerin Fazileti (Dua-042)</t>
+          <t>Resulüllah’ın Dilinden Tıbb’un Nebevi (Bitki-013/P16)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054496976</t>
+          <t>9786054496921</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Dilinden Surelerin Fazileti  (Dua-105)</t>
+          <t>Resulullah’ın Dilinden Surelerin Fazileti (Dua-042)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3990000004155</t>
+          <t>9786054496976</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Ramuz’ül Ehadis Hadis Ansiklopedisi (2 Cilt Takım, Hadis-005) (Ciltli)</t>
+          <t>Resulullah’ın Dilinden Surelerin Fazileti  (Dua-105)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>2200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789752943322</t>
+          <t>3990000004155</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Duası Fazileti ve Sırları (Dua-003)</t>
+          <t>Ramuz’ül Ehadis Hadis Ansiklopedisi (2 Cilt Takım, Hadis-005) (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>45</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752940567</t>
+          <t>9789752943322</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Şefaati (Peygamber-005)</t>
+          <t>Ramazan Duası Fazileti ve Sırları (Dua-003)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789756594919</t>
+          <t>9789752940567</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden Yasin, Tebareke, Amme Faziletli ve Esrarlı Dualar (Yas-023)</t>
+          <t>Peygamberimizin Şefaati (Peygamber-005)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>3990000013881</t>
+          <t>9789756594919</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden Şehitlik (Hadis-008)</t>
+          <t>Peygamberimizin Dilinden Yasin, Tebareke, Amme Faziletli ve Esrarlı Dualar (Yas-023)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789752941342</t>
+          <t>3990000013881</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz’in Özellikleri (Peygamber-013)</t>
+          <t>Peygamberimizin Dilinden Şehitlik (Hadis-008)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>3990000011908</t>
+          <t>9789752941342</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Ömrünü Nasıl Uzatabilirsin (Dua-068)</t>
+          <t>Peygamber Efendimiz’in Özellikleri (Peygamber-013)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752940604</t>
+          <t>3990000011908</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ölüm, Kabir ve Ötesi (Kıyamet-003)</t>
+          <t>Ömrünü Nasıl Uzatabilirsin (Dua-068)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>3990000006847</t>
+          <t>9789752940604</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ölüleriniz Sizden Kur’an Bekliyor (Kıyamet-014)</t>
+          <t>Ölüm, Kabir ve Ötesi (Kıyamet-003)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752940505</t>
+          <t>3990000006847</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fitne Mesih Deccal (Sır-002)</t>
+          <t>Ölüleriniz Sizden Kur’an Bekliyor (Kıyamet-014)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>70</v>
+        <v>35</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>3990000012090</t>
+          <t>9789752940505</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bizim Yunus Emre (Evliya-009)</t>
+          <t>Büyük Fitne Mesih Deccal (Sır-002)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789752943032</t>
+          <t>3990000012090</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaşlı Yahya Efendi (Evliya-010)</t>
+          <t>Bizim Yunus Emre (Evliya-009)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752940031</t>
+          <t>9789752943032</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü (Yasin-007)</t>
+          <t>Beşiktaşlı Yahya Efendi (Evliya-010)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>3990000011907</t>
+          <t>9789752940031</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Ulaştıran Vesileler (Sohbet-016)</t>
+          <t>Amme Cüzü (Yasin-007)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789756594124</t>
+          <t>3990000011907</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Allah Velilerinden Dualar (Yasin-009)</t>
+          <t>Allah’a Ulaştıran Vesileler (Sohbet-016)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752940116</t>
+          <t>9789756594124</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostları’ndan İlahiler ve Dualar (İlahi-005 / P14)</t>
+          <t>Allah Velilerinden Dualar (Yasin-009)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752940819</t>
+          <t>9789752940116</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Aldananlar ve Günahları Temizleyen Ameller (Tasavvuf-001)</t>
+          <t>Allah Dostları’ndan İlahiler ve Dualar (İlahi-005 / P14)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786054496426</t>
+          <t>9789752940819</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Azığım (Dua-070)</t>
+          <t>Aldananlar ve Günahları Temizleyen Ameller (Tasavvuf-001)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>3990000011906</t>
+          <t>9786054496426</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gidiyorsun? (Kıyamet-009)</t>
+          <t>Ahiret Azığım (Dua-070)</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789752942059</t>
+          <t>3990000011906</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Nazar ve Sihir (Sır-005)</t>
+          <t>Nereye Gidiyorsun? (Kıyamet-009)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752940512</t>
+          <t>9789752942059</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Namazın Fazileti ve Terk Etmenin Cezası (Namaz-007)</t>
+          <t>Nazar ve Sihir (Sır-005)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789756594483</t>
+          <t>9789752940512</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Münacat Duası Fazileti ve Sırları (Dua-050)</t>
+          <t>Namazın Fazileti ve Terk Etmenin Cezası (Namaz-007)</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>3990000011164</t>
+          <t>9789756594483</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Muhiddin Arabi Hazretlerinden Sohbetler (Sohbet-010)</t>
+          <t>Münacat Duası Fazileti ve Sırları (Dua-050)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752941328</t>
+          <t>3990000011164</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şifa-i Şerif Tercümesi (Peygamber-014)</t>
+          <t>Muhiddin Arabi Hazretlerinden Sohbetler (Sohbet-010)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>3990000003868</t>
+          <t>9789752941328</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Mucize Bitki Sarı Sabır Aloe Vera (Bitki-017)</t>
+          <t>Muhtasar Şifa-i Şerif Tercümesi (Peygamber-014)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789752941601</t>
+          <t>3990000003868</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Minberden Gönüllere (Hutbeler) (Sohbet-022)</t>
+          <t>Mucize Bitki Sarı Sabır Aloe Vera (Bitki-017)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>3990000004154</t>
+          <t>9789752941601</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mektup (Tasavvuf-015)</t>
+          <t>Minberden Gönüllere (Hutbeler) (Sohbet-022)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752940086</t>
+          <t>3990000004154</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Elifbası (Elifba - 001)</t>
+          <t>Mektup (Tasavvuf-015)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>30</v>
+        <v>45</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>3990000004560</t>
+          <t>9789752940086</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okumanın Faziletleri - Küçük Boy (Dua-057)</t>
+          <t>Kur’an-ı Kerim Elifbası (Elifba - 001)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9789756594292</t>
+          <t>3990000004560</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Yaklaşıyor (Kıyamet-006/P15)</t>
+          <t>Kuran Okumanın Faziletleri - Küçük Boy (Dua-057)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789752940598</t>
+          <t>9789756594292</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Alametleri (Kıyamet-004)</t>
+          <t>Kıyamet Yaklaşıyor (Kıyamet-006/P15)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>225</v>
+        <v>90</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752942462</t>
+          <t>9789752940598</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kudsi Hadis (Hadis-010 / P10)</t>
+          <t>Kıyamet Alametleri (Kıyamet-004)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>40</v>
+        <v>225</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752942578</t>
+          <t>9789752942462</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kabirdeki Halim (Kıyamet-015 / P10)</t>
+          <t>Kırk Kudsi Hadis (Hadis-010 / P10)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752940765</t>
+          <t>9789752942578</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Eski Zaman Manzaraları (Kültür-001)</t>
+          <t>Kabirdeki Halim (Kıyamet-015 / P10)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>140</v>
+        <v>35</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789756594131</t>
+          <t>9789752940765</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Anadolu Evliyaları (Evliya-002) (Ciltli)</t>
+          <t>İstanbul’dan Eski Zaman Manzaraları (Kültür-001)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>600</v>
+        <v>140</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>3990000011851</t>
+          <t>9789756594131</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları Sahabe Kabirleri (Evliya-003)</t>
+          <t>İstanbul ve Anadolu Evliyaları (Evliya-002) (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>40</v>
+        <v>600</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>3990000012091</t>
+          <t>3990000011851</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları Sahabe Kabirleri (Evliya-001)</t>
+          <t>İstanbul Evliyaları Sahabe Kabirleri (Evliya-003)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789752942066</t>
+          <t>3990000012091</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İslam İnceliktir (Sohbet-020)</t>
+          <t>İstanbul Evliyaları Sahabe Kabirleri (Evliya-001)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>40</v>
+        <v>160</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752942851</t>
+          <t>9789752942066</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa (A.S.)’ın Gökten İnişi ve Deccal’i Öldürmesi (Sır-008)</t>
+          <t>İslam İnceliktir (Sohbet-020)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786054496662</t>
+          <t>9789752942851</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Herkese Lazım Hadis-i Şerifler (Hadis-016)</t>
+          <t>Hz. İsa (A.S.)’ın Gökten İnişi ve Deccal’i Öldürmesi (Sır-008)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>3990000012089</t>
+          <t>9786054496662</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş’ı Veli (Evliya-017)</t>
+          <t>Herkese Lazım Hadis-i Şerifler (Hadis-016)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789756594421</t>
+          <t>3990000012089</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli Hazretleri (Evliya-006)</t>
+          <t>Hacı Bektaş’ı Veli (Evliya-017)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789756594087</t>
+          <t>9789756594421</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Günlük Dualar En Güzel İlahiler (İlahi-002/P9)</t>
+          <t>Hacı Bayram-ı Veli Hazretleri (Evliya-006)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>45</v>
+        <v>40</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752941748</t>
+          <t>9789756594087</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Gıybet Edenlere İlahi Uyarılar (Sohbet-015)</t>
+          <t>Günlük Dualar En Güzel İlahiler (İlahi-002/P9)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>3990000004127</t>
+          <t>9789752941748</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Çağına Dönüş (Sağlık-002)</t>
+          <t>Gıybet Edenlere İlahi Uyarılar (Sohbet-015)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054496235</t>
+          <t>3990000004127</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Fütuhul Ğayb (Tasavvuf-031)</t>
+          <t>Gençlik Çağına Dönüş (Sağlık-002)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>3990000012888</t>
+          <t>9786054496235</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Fethur Rahman (Tasavvuf-025 / P12)</t>
+          <t>Fütuhul Ğayb (Tasavvuf-031)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>40</v>
+        <v>175</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789752942318</t>
+          <t>3990000012888</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Manevi Tedavi Rehberi (Yasin-002)</t>
+          <t>Fethur Rahman (Tasavvuf-025 / P12)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752941465</t>
+          <t>9789752942318</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eyüp Sultan (Evliya-018)</t>
+          <t>Dualar ve Manevi Tedavi Rehberi (Yasin-002)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752942967</t>
+          <t>9789752941465</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Eyüp Sultan (Evliya-011)</t>
+          <t>Eyüp Sultan (Evliya-018)</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752940451</t>
+          <t>9789752942967</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul (Sohbet-004)</t>
+          <t>Eyüp Sultan (Evliya-011)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752940468</t>
+          <t>9789752940451</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul (Sohbet-003/P16)</t>
+          <t>Ey Oğul (Sohbet-004)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786054496310</t>
+          <t>9789752940468</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Şifa Demetleri (Yasin-003)</t>
+          <t>Ey Oğul (Sohbet-003/P16)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
+          <t>9786054496310</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Dua ve Şifa Demetleri (Yasin-003)</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
           <t>9786058819528</t>
         </is>
       </c>
-      <c r="B226" s="1" t="inlineStr">
+      <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Dört Mezhebe Göre İslam Fıkhı (Fıkıh - 002) (Ciltli)</t>
         </is>
       </c>
-      <c r="C226" s="1">
+      <c r="C227" s="1">
         <v>700</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>