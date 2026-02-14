--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,3430 +85,3625 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054833160</t>
+          <t>9786054833375</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim’in Havas ve Esrarı (Dua-035)</t>
+          <t>Sırlı Salavat-ı Şerifler Ansiklopedisi (Dua-154)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752940666</t>
+          <t>9789756594872</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ramuzül EHadis 2 Cilt (Ciltli)</t>
+          <t>Mübarek Günler ve Üç Aylar Hikmeti ve Fazileti  (Üç Aylar-002)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>2200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752942875</t>
+          <t>9789752940208</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Delailü’l Hayrat (Dua-109)</t>
+          <t>Kenz-ül Arş Duası ve Sırları (Dua-010)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752943537</t>
+          <t>9789756594025</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Hastalıksız Uzun Ömür İçin Şifalı Bitkiler ve Emraz</t>
+          <t>İlahi Emirler (Sohbet-005) (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752943308</t>
+          <t>9789752940024</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Şerhi, Fazileti ve Sırları (Dua-001)</t>
+          <t>Dua ve Şifa Demetleri (Yas-004)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000004156</t>
+          <t>9789752940192</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ruhul Arifin - İlahi Aşk (Tasavvuf-019)</t>
+          <t>Dertlere Derman Salavat-ı Şerifeler ve Sırlı Dualar (Dua-040)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752940642</t>
+          <t>9789752943216</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ramuz’ül Ehadis (Hadis-001) (Ciltli)</t>
+          <t>En Büyük Dua Kitabı (Pamuk-272)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752941090</t>
+          <t>9786054833542</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ramuz El-e Hadis (Kod;009/P21)</t>
+          <t>Ümmü Sıbyan Duası Havas ve Esrarı (Dua-222)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>75</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752942516</t>
+          <t>9789752943162</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz’in (S.A.V.) Sünnetleri ve Yüce Vasıfları (Peygamber-010)</t>
+          <t>Meşahir-i Ashab-ı Güzin ve Fakihlerin Hal Tercümeleri (Pamuk-265)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>25</v>
+        <v>230</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752943872</t>
+          <t>9786054496839</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Haftalık Evrad-ı Şerif</t>
+          <t>Şifa Deryası Ashab-ı Bedir İsimleri, Esrarı ve Fazileti (Dua-140)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752943315</t>
+          <t>9789756594650</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kuran Tahrifçileri Hadislere Neden Saldırıyorlar?</t>
+          <t>Besmele-i Şerife ve Ayet’el Kürsinin Esrarı Hikmeti ve Fazileti (Dua-018)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752943865</t>
+          <t>9786058819504</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Günlerin Sırları ve Hikmetleri (Sebıyyat) (Sır-001)</t>
+          <t>Her Derdin Çaresi Bilinmeyen Dualar (Yas-120)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752943179</t>
+          <t>9789752941243</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Emine Notre Dame de Sion'da (Pamuk-267)</t>
+          <t>Efendimizin Dilinden 1001 Hadis (Hadis-011)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>60</v>
+        <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752942653</t>
+          <t>9786054833160</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Münebbihat (Öğütler) (Tasavvuf-020 / P14)</t>
+          <t>Kur’an-ı Kerim’in Havas ve Esrarı (Dua-035)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789756594865</t>
+          <t>9789752940666</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Günlerin, Gecelerin, Ayların Fazileti, Esrarı ve Hikmeti (Üçaylar-003)</t>
+          <t>Ramuzül EHadis 2 Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>180</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752940109</t>
+          <t>9789752942875</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kevserden İlahiler (İlahi-001/P18)</t>
+          <t>Fihristli Delailü’l Hayrat (Dua-109)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752941823</t>
+          <t>9789752943537</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kenz’ül Arş Duası - Esrarı, Hikmeti, Fazileti - Büyük Boy (Dua-062)</t>
+          <t>Hastalıksız Uzun Ömür İçin Şifalı Bitkiler ve Emraz</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752940307</t>
+          <t>9789752943308</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Bürde (Dua-008)</t>
+          <t>Esma-i Hüsna Şerhi, Fazileti ve Sırları (Dua-001)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752940741</t>
+          <t>3990000004156</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Karabaş Tecvidi (Tecvid-001)</t>
+          <t>Ruhul Arifin - İlahi Aşk (Tasavvuf-019)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789756594889</t>
+          <t>9789752940642</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hikem-i Ataiyye Şerhi Veliler Sofrası (Tasavvuf-007/P14)</t>
+          <t>Ramuz’ül Ehadis (Hadis-001) (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752943513</t>
+          <t>9789752941090</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayatül Hayevan Havas ve Esrarı (Dua-048) (Ciltli)</t>
+          <t>Ramuz El-e Hadis (Kod;009/P21)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>600</v>
+        <v>75</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752940314</t>
+          <t>9789752942516</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Havassul Kur’an (Dua-011)</t>
+          <t>Peygamberimiz’in (S.A.V.) Sünnetleri ve Yüce Vasıfları (Peygamber-010)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>125</v>
+        <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752942837</t>
+          <t>9789752943872</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hacı Osman Akfırat Hazretleri (Evliya-019)</t>
+          <t>Haftalık Evrad-ı Şerif</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058819559</t>
+          <t>9789752943315</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hac Rehberi ve Haccın Sırları (Üç Aylar-007/P16)</t>
+          <t>Kuran Tahrifçileri Hadislere Neden Saldırıyorlar?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752943223</t>
+          <t>9789752943865</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Elmalılı Hamdi Yazır Mealli Yasin Şifa ve Bereket Duaları (Yas-133)</t>
+          <t>Günlerin Sırları ve Hikmetleri (Sebıyyat) (Sır-001)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>55</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054496112</t>
+          <t>9789752943179</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar Hazinesi - Fihristli (Dua-125)</t>
+          <t>Emine Notre Dame de Sion'da (Pamuk-267)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786054496129</t>
+          <t>9789752942653</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Şifalı Dualar Hazinesi - (Dua-126)</t>
+          <t>Münebbihat (Öğütler) (Tasavvuf-020 / P14)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752940475</t>
+          <t>9789756594865</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ey İnsan - Cep Boy (Sohbet-002)</t>
+          <t>Mübarek Günlerin, Gecelerin, Ayların Fazileti, Esrarı ve Hikmeti (Üçaylar-003)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>35</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789752942646</t>
+          <t>9789752940109</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Evrad-ı Kur’aniyye - Küçük Boy (Dua-107)</t>
+          <t>Kevserden İlahiler (İlahi-001/P18)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>40</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752942141</t>
+          <t>9789752941823</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Evliyalardan Dini Hikayeler (Hikaye-006)</t>
+          <t>Kenz’ül Arş Duası - Esrarı, Hikmeti, Fazileti - Büyük Boy (Dua-062)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054496587</t>
+          <t>9789752940307</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Sırlar ve Şifalar Ansiklopedisi (Dua-138) (Ciltli)</t>
+          <t>Kaside-i Bürde (Dua-008)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>750</v>
+        <v>230</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789756594711</t>
+          <t>9789752940741</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dualar (Dua-015)</t>
+          <t>Karabaş Tecvidi (Tecvid-001)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752940888</t>
+          <t>9789756594889</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Dini Hikayeler (Hikaye-001)</t>
+          <t>Hikem-i Ataiyye Şerhi Veliler Sofrası (Tasavvuf-007/P14)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752942783</t>
+          <t>9789752943513</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz’in Dilinden Müjdeleyici Hadisler (Hadis-015/P22)</t>
+          <t>Hayatül Hayevan Havas ve Esrarı (Dua-048) (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789756594681</t>
+          <t>9789752940314</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Devalar - Küçük Boy (Dua-016)</t>
+          <t>Havassul Kur’an (Dua-011)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>45</v>
+        <v>125</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752941250</t>
+          <t>9789752942837</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dört Kere 40 Hadis (Hadis-012/P11)</t>
+          <t>Hacı Osman Akfırat Hazretleri (Evliya-019)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>55</v>
+        <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752941366</t>
+          <t>9786058819559</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir Duası ve Sırları - Küçük Boy (Dua-078) (Ciltli)</t>
+          <t>Hac Rehberi ve Haccın Sırları (Üç Aylar-007/P16)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752942905</t>
+          <t>9789752943223</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Büyük Veli Yavuz Sultan Selim (Evliya-008)</t>
+          <t>Fihristli Elmalılı Hamdi Yazır Mealli Yasin Şifa ve Bereket Duaları (Yas-133)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789756594315</t>
+          <t>9786054496112</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerle Tedavide Lokman Hekim (Bitki-003/P20)</t>
+          <t>Şifalı Dualar Hazinesi - Fihristli (Dua-125)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752942370</t>
+          <t>9786054496129</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Arş’ı Titreten Dualar - Küçük Boy (Dua-103)</t>
+          <t>Fihristli Şifalı Dualar Hazinesi - (Dua-126)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752943261</t>
+          <t>9789752940475</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>99 Esma-i Hüsna Şifaları ve Sırları (Dua-130)</t>
+          <t>Ey İnsan - Cep Boy (Sohbet-002)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>85</v>
+        <v>45</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752943254</t>
+          <t>9789752942646</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>99 Esma-i Hüsna Fazileti ve Sırları (Dua-099)</t>
+          <t>Evrad-ı Kur’aniyye - Küçük Boy (Dua-107)</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752940826</t>
+          <t>9789752942141</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ahmed El-Rufaı’den Vaazlar (Tasavvuf-003/P16)</t>
+          <t>Evliyalardan Dini Hikayeler (Hikaye-006)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752943360</t>
+          <t>9786054496587</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Vakıa, Cuma, Duhan Sureleri ve Hacet Duaları (Yas-016)</t>
+          <t>Esma-i Hüsna Sırlar ve Şifalar Ansiklopedisi (Dua-138) (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752943452</t>
+          <t>9789756594711</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Namaz Sureleri, Hacet Duaları ve 32 - 54 Farzlı Namaz Hocası ( Namaz-003)</t>
+          <t>En Güzel Dualar (Dua-015)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752941885</t>
+          <t>9789752940888</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Velilerin Dua Sofrası (Dua-086)</t>
+          <t>En Güzel Dini Hikayeler (Hikaye-001)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789756594735</t>
+          <t>9789752942783</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar Manevi Reçeteler (Dua-023)</t>
+          <t>Efendimiz’in Dilinden Müjdeleyici Hadisler (Hadis-015/P22)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054496143</t>
+          <t>9789756594681</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar Ansiklopedisi (Dua-124)</t>
+          <t>Dualar ve Devalar - Küçük Boy (Dua-016)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>275</v>
+        <v>50</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752943636</t>
+          <t>9789752941250</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler Ansiklopedisi (Bitki-001 / P24) (Ciltli)</t>
+          <t>Dört Kere 40 Hadis (Hadis-012/P11)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>750</v>
+        <v>55</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752942295</t>
+          <t>9789752941366</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Şifa Veren Dualar (Dua-073)</t>
+          <t>Cevşen-i Kebir Duası ve Sırları - Küçük Boy (Dua-078) (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054496044</t>
+          <t>9789752942905</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sırlı, Büyük Celcelutiyye Duası (Dua-102)</t>
+          <t>Büyük Veli Yavuz Sultan Selim (Evliya-008)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752943421</t>
+          <t>9789756594315</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Salavat-ı Şerifelerin - Küçük Boy (Dua-028)</t>
+          <t>Bitkilerle Tedavide Lokman Hekim (Bitki-003/P20)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>40</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752943391</t>
+          <t>9789752942370</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Resulullahın Dilinden Dualar (Dua-053)</t>
+          <t>Arş’ı Titreten Dualar - Küçük Boy (Dua-103)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789756594223</t>
+          <t>9789752943261</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri (Rüya-005/P17)</t>
+          <t>99 Esma-i Hüsna Şifaları ve Sırları (Dua-130)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054496990</t>
+          <t>9789752943254</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Resulüllah’ın Dilinden Sureler ve Dualar Fazileti, Esrarı, Hikmeti (Kod: Dua 031) (Ciltli)</t>
+          <t>99 Esma-i Hüsna Fazileti ve Sırları (Dua-099)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1000</v>
+        <v>50</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789752943285</t>
+          <t>9789752940826</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Tam Musahhah Mevlid-i Şerif (İlahi-010)</t>
+          <t>Ahmed El-Rufaı’den Vaazlar (Tasavvuf-003/P16)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054833504</t>
+          <t>9789752943360</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Hatılı Türkçe - Osmanlıca Karabaş Tecvidi (Tecvid-214)</t>
+          <t>Yasin, Tebareke, Amme, Vakıa, Cuma, Duhan Sureleri ve Hacet Duaları (Yas-016)</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789752943698</t>
+          <t>9789752943452</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Salavat-ı Şerifeler Ansiklopedisi (Dua-152)</t>
+          <t>Yasin, Tebareke, Amme, Namaz Sureleri, Hacet Duaları ve 32 - 54 Farzlı Namaz Hocası ( Namaz-003)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>40</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054496792</t>
+          <t>9789752941885</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gül Kokulu 501 Hadis-i Şerif</t>
+          <t>Velilerin Dua Sofrası (Dua-086)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752943186</t>
+          <t>9789756594735</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Harflerin Gücü Havas ve Vefk İlmi</t>
+          <t>Şifalı Dualar Manevi Reçeteler (Dua-023)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789752943544</t>
+          <t>9786054496143</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Türkçe Okunuşu ve Meali (Rahle Boy, Kuran-203) (Ciltli)</t>
+          <t>Şifalı Dualar Ansiklopedisi (Dua-124)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789752943070</t>
+          <t>9789752943636</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Resulü Ekrem'in Dilinden Devlet Başkanına İtaatin Vacip Olduğuna Dair 40 Hadis</t>
+          <t>Şifalı Bitkiler Ansiklopedisi (Bitki-001 / P24) (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>45</v>
+        <v>850</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789752942622</t>
+          <t>9789752942295</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt (Tasavvuf-022) (Ciltli)</t>
+          <t>Şifa Veren Dualar (Dua-073)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054833092</t>
+          <t>9786054496044</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'in Havas ve Esrarı (Dua-037) (Ciltli)</t>
+          <t>Sırlı, Büyük Celcelutiyye Duası (Dua-102)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>750</v>
+        <v>125</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054833580</t>
+          <t>9789752943421</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Günlerin - Ayların Fazileti (Üç Aylar 219)</t>
+          <t>Salavat-ı Şerifelerin - Küçük Boy (Dua-028)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789752940291</t>
+          <t>9789752943391</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İsm-i A'zam Duası - Havas ve Esrarı (Dua-029)</t>
+          <t>Resulullahın Dilinden Dualar (Dua-053)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789752943582</t>
+          <t>9789756594223</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Resulüllah'ın Dilinden Sureler ve Dualar Fazileti, Esrarı, Hikmeti (Dua-030) (Ciltli)</t>
+          <t>Rüya Tabirleri (Rüya-005/P17)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054496747</t>
+          <t>9786054496990</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nur Yağmuru Celcelütiyye Duası (Dua-139)</t>
+          <t>Resulüllah’ın Dilinden Sureler ve Dualar Fazileti, Esrarı, Hikmeti (Kod: Dua 031) (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>55</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752941502</t>
+          <t>9789752943285</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis-i Kudsi (Hadis-013)</t>
+          <t>Tam Musahhah Mevlid-i Şerif (İlahi-010)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>40</v>
+        <v>80</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789752943728</t>
+          <t>9786054833504</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Berhetiyye Havas ve Esrarı (Dua-012)</t>
+          <t>Bilgisayar Hatılı Türkçe - Osmanlıca Karabaş Tecvidi (Tecvid-214)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789756594339</t>
+          <t>9789752943698</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerden Şifa İksiri (Bitki-007)</t>
+          <t>Sırlı Salavat-ı Şerifeler Ansiklopedisi (Dua-152)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>70</v>
+        <v>400</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789752940499</t>
+          <t>9786054496792</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Cinler Alemi ve Korunma Çareleri (Sır-004)</t>
+          <t>Gül Kokulu 501 Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054496488</t>
+          <t>9789752943186</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Her Müslümana Lazım 54 Farz (Sohbet-028)</t>
+          <t>Harflerin Gücü Havas ve Vefk İlmi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054496891</t>
+          <t>9789752943544</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Vakıa, Rahman, Cuma, Duhan, Secde, Kıyame, Namaz Sureleri, Yedi Ayetler ve Dualar (Yas-060)</t>
+          <t>Kur'an-ı Kerim'in Türkçe Okunuşu ve Meali (Rahle Boy, Kuran-203) (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>125</v>
+        <v>800</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789756594896</t>
+          <t>9789752943070</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Veliler ve Tarikatlarda Usul - Camiul Usul (Tasavvuf-008) (Ciltli)</t>
+          <t>Resulü Ekrem'in Dilinden Devlet Başkanına İtaatin Vacip Olduğuna Dair 40 Hadis</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>500</v>
+        <v>55</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054496150</t>
+          <t>9789752942622</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Velilerden Esrarlı Dualar (Küçük Boy) (Dua-127)</t>
+          <t>Ehl-i Beyt (Tasavvuf-022) (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>45</v>
+        <v>600</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054833221</t>
+          <t>9786054833092</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Abdülkadir Geylani Hazretlerinin Dilinden Sırlı Dualar ve Üç Ayların Fazileti (Dua-147)</t>
+          <t>Kur'an-ı Kerim'in Havas ve Esrarı (Dua-037) (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789752943704</t>
+          <t>9786054833580</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dualarla Manevi Şifa Reçeteleri (006)</t>
+          <t>Günlerin - Ayların Fazileti (Üç Aylar 219)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054833405</t>
+          <t>9789752940291</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Şifalı Dualar ve Salavatlar Ansiklopedisi (Ciltli)</t>
+          <t>İsm-i A'zam Duası - Havas ve Esrarı (Dua-029)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>1200</v>
+        <v>55</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789752942547</t>
+          <t>9789752943582</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Bedir - Küçük Boy (Dua-014)</t>
+          <t>Resulüllah'ın Dilinden Sureler ve Dualar Fazileti, Esrarı, Hikmeti (Dua-030) (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>40</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789752942899</t>
+          <t>9786054496747</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Resulullahın Dilinden Sureler’in ve Dualar’ın (Dua-032) (Ciltli)</t>
+          <t>Nur Yağmuru Celcelütiyye Duası (Dua-139)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054496167</t>
+          <t>9789752941502</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Delailü’l Hayrat Türkçe Okunuş ve Manalı (Üçlü) (Dua-122)</t>
+          <t>40 Hadis-i Kudsi (Hadis-013)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3990000003971</t>
+          <t>9789752943728</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Emin Tokadi Hazretleri (Evliya-005)</t>
+          <t>Berhetiyye Havas ve Esrarı (Dua-012)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752942813</t>
+          <t>9789756594339</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fihristli Şifalı Dualar Hazinesi (Dua-114)</t>
+          <t>Bitkilerden Şifa İksiri (Bitki-007)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752943810</t>
+          <t>9789752940499</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Celcelütiyye - Manevi Zırh - Küçük Boy (Dua-019)</t>
+          <t>Cinler Alemi ve Korunma Çareleri (Sır-004)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>50</v>
+        <v>230</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>4440000000786</t>
+          <t>9786054496488</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Cevşen-i Kebir, Ashabı Bedir (Kolye-001)</t>
+          <t>Her Müslümana Lazım 54 Farz (Sohbet-028)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789752940581</t>
+          <t>9786054496891</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ahiretin İçin Ne Yaptın (Kıyamet-005/P17)</t>
+          <t>Yasin, Tebareke, Amme, Vakıa, Rahman, Cuma, Duhan, Secde, Kıyame, Namaz Sureleri, Yedi Ayetler ve Dualar (Yas-060)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>3990000011180</t>
+          <t>9789756594896</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Şeyh-ül Ekber Muhyiddin Arabi ve Beş Risalesi (Tasavvuf-027)</t>
+          <t>Veliler ve Tarikatlarda Usul - Camiul Usul (Tasavvuf-008) (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>3990000010538</t>
+          <t>9786054496150</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Hazreti Muhammed (A.S.)’in Miracı (Peygamber-011)</t>
+          <t>Velilerden Esrarlı Dualar (Küçük Boy) (Dua-127)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>3990000004571</t>
+          <t>9786054833221</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Vakıa, Cuma, Duhan Sureleri ve Hacet Duaları (Yas-017)</t>
+          <t>Abdülkadir Geylani Hazretlerinin Dilinden Sırlı Dualar ve Üç Ayların Fazileti (Dua-147)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786058824300</t>
+          <t>9789752943704</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yasin, Tebareke, Amme, Secde, Taha, Tevbe, Münafikun, Kalem Sureleri ve Dualar Hazinesi (Yas-024)</t>
+          <t>Dualarla Manevi Şifa Reçeteleri (006)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756594070</t>
+          <t>9786054833405</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar - Küçük Boy (Dua-025)</t>
+          <t>Sırlı Şifalı Dualar ve Salavatlar Ansiklopedisi (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>50</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>3990000001917</t>
+          <t>9789752942547</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Yüce Meali (Elmalılı-005) (Ciltli)</t>
+          <t>Ashab-ı Bedir - Küçük Boy (Dua-014)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789752942974</t>
+          <t>9789752942899</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimizin (s.a.v.) Hayatı (Peygamber-009)</t>
+          <t>Resulullahın Dilinden Sureler’in ve Dualar’ın (Dua-032) (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752940444</t>
+          <t>9786054496167</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Lokman Hekim’den Oğluna Öğütler (Sohbet-006)</t>
+          <t>Delailü’l Hayrat Türkçe Okunuş ve Manalı (Üçlü) (Dua-122)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>40</v>
+        <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789752943438</t>
+          <t>3990000003971</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Salavat-ı Şerifeler’in Esrarı, Hikmeti, Fazileti (Dua-038)</t>
+          <t>Mehmed Emin Tokadi Hazretleri (Evliya-005)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>50</v>
+        <v>40</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789752940550</t>
+          <t>9789752942813</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Siyer-i Nebi Peygamberimizin Hayatı (Peygamber-004)</t>
+          <t>Fihristli Şifalı Dualar Hazinesi (Dua-114)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054833474</t>
+          <t>9789752943810</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mevlid-i Şerif (İlahi - 211)</t>
+          <t>Celcelütiyye - Manevi Zırh - Küçük Boy (Dua-019)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9789756594667</t>
+          <t>4440000000786</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Duası Fazileti ve Sırları (Dua/004)</t>
+          <t>Cevşen-i Kebir, Ashabı Bedir (Kolye-001)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786054833610</t>
+          <t>9789752940581</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Cennetin Anahtarı Kelime-i Tevhid ve Fazileti (Dua-137)</t>
+          <t>Ahiretin İçin Ne Yaptın (Kıyamet-005/P17)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752943148</t>
+          <t>3990000011180</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Uğrunda Canlarını Feda Edenler (Pamuk-257)</t>
+          <t>Hazreti Şeyh-ül Ekber Muhyiddin Arabi ve Beş Risalesi (Tasavvuf-027)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752940420</t>
+          <t>3990000010538</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Havas Ansiklopedisi (Dua-005) (Ciltli)</t>
+          <t>Hazreti Muhammed (A.S.)’in Miracı (Peygamber-011)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>900</v>
+        <v>40</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786058819535</t>
+          <t>3990000004571</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Zikir Risalesi (Tasavvuf -028/P13)</t>
+          <t>Yasin, Tebareke, Amme, Vakıa, Cuma, Duhan Sureleri ve Hacet Duaları (Yas-017)</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054496570</t>
+          <t>9786058824300</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Meali (Elmalılı-012)</t>
+          <t>Yasin, Tebareke, Amme, Secde, Taha, Tevbe, Münafikun, Kalem Sureleri ve Dualar Hazinesi (Yas-024)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752943773</t>
+          <t>9789756594070</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Gerçek Tasavvuf (Kod-280)</t>
+          <t>Şifalı Dualar - Küçük Boy (Dua-025)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>50</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054496389</t>
+          <t>3990000001917</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Has Öğütler (K-532)</t>
+          <t>Kur'an-ı Kerim ve Yüce Meali (Elmalılı-005) (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>4440000000787</t>
+          <t>9789752942974</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Mini Kuran(Hediyelik-004)</t>
+          <t>Peygamber Efendimizin (s.a.v.) Hayatı (Peygamber-009)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>4440000000784</t>
+          <t>9789752940444</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ümmü Sıbyan Kolye(Kolye-005)</t>
+          <t>Lokman Hekim’den Oğluna Öğütler (Sohbet-006)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>25</v>
+        <v>45</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>4440000000783</t>
+          <t>9789752943438</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>52 Soruda Kaza Ve Kader (Kod-278)</t>
+          <t>Salavat-ı Şerifeler’in Esrarı, Hikmeti, Fazileti (Dua-038)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>4440000000781</t>
+          <t>9789752940550</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Müslümanlara Bildiri (Kod-279)</t>
+          <t>Siyer-i Nebi Peygamberimizin Hayatı (Peygamber-004)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>60</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752943643</t>
+          <t>9786054833474</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Baba Nasihati Kod-277</t>
+          <t>Mevlid-i Şerif (İlahi - 211)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786054833627</t>
+          <t>9789756594667</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Allah Rasulünden Çok Özel Mucizeler / Peygamber-233</t>
+          <t>Ramazan Duası Fazileti ve Sırları (Dua/004)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>130</v>
+        <v>35</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789752943100</t>
+          <t>9786054833610</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Salgın Hastalıklardan ve Musibetlerden Korunmak İçin Dualar (Ciltli)</t>
+          <t>Cennetin Anahtarı Kelime-i Tevhid ve Fazileti (Dua-137)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>650</v>
+        <v>80</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9789752941106</t>
+          <t>9789752943148</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz’in Dilinden Hadislerle Amellerin Fazileti (Hadis-007/P28 (Ciltli)</t>
+          <t>Peygamberimiz Uğrunda Canlarını Feda Edenler (Pamuk-257)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>800</v>
+        <v>450</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756594841</t>
+          <t>9789752940420</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aşıkların Pusulası (Tasavvuf-016)</t>
+          <t>Dua ve Havas Ansiklopedisi (Dua-005) (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>55</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752943469</t>
+          <t>9786058819535</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yasin Meclisleri (Yas-119)</t>
+          <t>Zikir Risalesi (Tasavvuf -028/P13)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054496617</t>
+          <t>9786054496570</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sevgililerin Sevgilisi ve İnsanlığa Getirdikleri (Sohbet-029)</t>
+          <t>Kur’an-ı Kerim Meali (Elmalılı-012)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789756594476</t>
+          <t>9789752943773</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ağaç Dikmenin Faziletleri (Sosyal-002)</t>
+          <t>İslam'da Gerçek Tasavvuf (Kod-280)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054496327</t>
+          <t>9786054496389</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dertlere Derman Kenzül Arş Duası (K-530)</t>
+          <t>Has Öğütler (K-532)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786054833597</t>
+          <t>4440000000787</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Besmelenin Kudreti (Dua-228)</t>
+          <t>Püsküllü Mini Kuran(Hediyelik-004)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>60</v>
+        <v>30</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752943155</t>
+          <t>4440000000784</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Koca Hakları / Kadınlar Hakkında 40 Hadis</t>
+          <t>Ümmü Sıbyan Kolye(Kolye-005)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>45</v>
+        <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054833535</t>
+          <t>4440000000783</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dua Mecmuası - Azametli Dualar (Pamuk-220)</t>
+          <t>52 Soruda Kaza Ve Kader (Kod-278)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054833528</t>
+          <t>4440000000781</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Gemisi - Dualar (Dua-217)</t>
+          <t>Müslümanlara Bildiri (Kod-279)</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786054833634</t>
+          <t>9789752943643</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Karadeniz Fırtınası</t>
+          <t>Gençlere Baba Nasihati Kod-277</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054833603</t>
+          <t>9786054833627</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ey Ali (Sohbet-231)</t>
+          <t>Allah Rasulünden Çok Özel Mucizeler / Peygamber-233</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054833511</t>
+          <t>9789752943100</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Aylar Dualarıyla Mübarek Günler Geceler Hazinesi (Üçaylar-218)</t>
+          <t>Salgın Hastalıklardan ve Musibetlerden Korunmak İçin Dualar (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786054833351</t>
+          <t>9789752941106</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Evlatlar Üzerindeki Anne - Baba Hakları ve En Faziletli İbadetlerimiz (Dua-153)</t>
+          <t>Efendimiz’in Dilinden Hadislerle Amellerin Fazileti (Hadis-007/P28 (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>50</v>
+        <v>800</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054833320</t>
+          <t>9789756594841</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Meşhur Dualar (Dua-149)</t>
+          <t>Aşıkların Pusulası (Tasavvuf-016)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054833191</t>
+          <t>9789752943469</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dua Anahtarı Esma-i Hüsna (Dua-146)</t>
+          <t>Yasin Meclisleri (Yas-119)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054833184</t>
+          <t>9786054496617</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>En Tesirli Dilek Duaları (Dua-145)</t>
+          <t>Sevgililerin Sevgilisi ve İnsanlığa Getirdikleri (Sohbet-029)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752941830</t>
+          <t>9789756594476</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım ve Hayatım (Kültür-002)</t>
+          <t>Ağaç Dikmenin Faziletleri (Sosyal-002)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000011660</t>
+          <t>9786054496327</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’den Tasavvufi Şiirler (Tasavvuf-012)</t>
+          <t>Dertlere Derman Kenzül Arş Duası (K-530)</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752941045</t>
+          <t>9786054833597</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Yemek Kitabı Gül Sofrası (Yemek-002)</t>
+          <t>Besmelenin Kudreti (Dua-228)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>55</v>
+        <v>85</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786054496716</t>
+          <t>9789752943155</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Nur Sofrası Yasin Yarım Defter (Yas-136/P14)</t>
+          <t>Koca Hakları / Kadınlar Hakkında 40 Hadis</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789752940178</t>
+          <t>9786054833535</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kenzül Arş Duası Havas ve Esrarı (Dua-009)</t>
+          <t>Dua Mecmuası - Azametli Dualar (Pamuk-220)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752943766</t>
+          <t>9786054833528</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kaside-i Celcelutiyye Duası - Havas ve Esrarı (Dua-020)</t>
+          <t>Kurtuluş Gemisi - Dualar (Dua-217)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752942585</t>
+          <t>9786054833634</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Son Gecem - Hikayelerim ve Şiirlerim (Kültür-003)</t>
+          <t>Karadeniz Fırtınası</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>3990000004554</t>
+          <t>9786054833603</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Bitkiler (Bitki-011)</t>
+          <t>Ey Ali (Sohbet-231)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3990000004566</t>
+          <t>9786054833511</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sıhhat Kaynağı Zeytin Yağı Zencefil ve Şifalı Bitkilerimiz (Bitki-020 / P15)</t>
+          <t>Rahmet Aylar Dualarıyla Mübarek Günler Geceler Hazinesi (Üçaylar-218)</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>55</v>
+        <v>350</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000004568</t>
+          <t>9786054833351</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sapık Yollar (Sohbet-019)</t>
+          <t>Evlatlar Üzerindeki Anne - Baba Hakları ve En Faziletli İbadetlerimiz (Dua-153)</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>40</v>
+        <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789752943346</t>
+          <t>9786054833320</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Hikmeti, Fazileti, Esrarı (Küçük Boy) (Dua-026)</t>
+          <t>Meşhur Dualar (Dua-149)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752942981</t>
+          <t>9786054833191</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Anlamlı Çocuk İsimleri  (Aile-003)</t>
+          <t>Dua Anahtarı Esma-i Hüsna (Dua-146)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752942127</t>
+          <t>9786054833184</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Yasin Suresinin Haftalık Evradı (Dua-89)</t>
+          <t>En Tesirli Dilek Duaları (Dua-145)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752943827</t>
+          <t>9789752941830</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Üç Aylar Hikmeti ve Fazileti (Fihristli) (Üç Aylar-001)</t>
+          <t>Hatıralarım ve Hayatım (Kültür-002)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789752942868</t>
+          <t>3990000011660</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Taşlar (Kod: Bitki-018)</t>
+          <t>Yunus Emre’den Tasavvufi Şiirler (Tasavvuf-012)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752942912</t>
+          <t>9789752941045</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi İbretli Hikayeler (Hikaye-005)</t>
+          <t>Yemek Kitabı Gül Sofrası (Yemek-002)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>250</v>
+        <v>55</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>3990000011518</t>
+          <t>9786054496716</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tarikatlarda On Esas (Tasavvuf-009)</t>
+          <t>Nur Sofrası Yasin Yarım Defter (Yas-136/P14)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054496532</t>
+          <t>9789752940178</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hac Rehberi - Peygamberimiz'in Dilinden Hac ve Umre Yapmanın Fazileti (üçaylar-009/P13)</t>
+          <t>Kenzül Arş Duası Havas ve Esrarı (Dua-009)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>45</v>
+        <v>55</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789752942639</t>
+          <t>9789752943766</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Dini Hikayeler (Hikaye-003)</t>
+          <t>Kaside-i Celcelutiyye Duası - Havas ve Esrarı (Dua-020)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>3990000004549</t>
+          <t>9789752942585</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Doğadan Bitkisel Reçeteler (Bitki-016)</t>
+          <t>Son Gecem - Hikayelerim ve Şiirlerim (Kültür-003)</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786058819542</t>
+          <t>3990000004554</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Cemaatle Namaz Nasıl Kılınır? (Namaz-017)</t>
+          <t>Sihirli Bitkiler (Bitki-011)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>35</v>
+        <v>75</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752941489</t>
+          <t>3990000004566</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Cehennemden Kurtuluş (Kıyamet-011/P12)</t>
+          <t>Sıhhat Kaynağı Zeytin Yağı Zencefil ve Şifalı Bitkilerimiz (Bitki-020 / P15)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789752941397</t>
+          <t>3990000004568</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Cami Sohbetleri (Sohbet-021) (Ciltli)</t>
+          <t>Sapık Yollar (Sohbet-019)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>600</v>
+        <v>40</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>3990000011178</t>
+          <t>9789752943346</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet (Tasavvuf-024 / P8)</t>
+          <t>Esma-i Hüsna Hikmeti, Fazileti, Esrarı (Küçük Boy) (Dua-026)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>45</v>
+        <v>400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789752940130</t>
+          <t>9789752942981</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tam Musahhah Mevlid-i Şerif Kaside ve İlahiler (İlahi-004/P7)</t>
+          <t>En Güzel Anlamlı Çocuk İsimleri  (Aile-003)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>40</v>
+        <v>55</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752940123</t>
+          <t>9789752942127</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tam Musahhah Mevlid-i Şerif (İlahi-003/P8)</t>
+          <t>Yasin Suresinin Haftalık Evradı (Dua-89)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>50</v>
+        <v>220</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054496198</t>
+          <t>9789752943827</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Salavatlar (Dua-131)</t>
+          <t>Üç Aylar Hikmeti ve Fazileti (Fihristli) (Üç Aylar-001)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789752940017</t>
+          <t>9789752942868</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Dualar ve Devalar - Büyük Boy (Dua-046)</t>
+          <t>Taşlar (Kod: Bitki-018)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>65</v>
+        <v>60</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789756594346</t>
+          <t>9789752942912</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkilerle Tedavi Atlası (Bitki-009 / P23) (Ciltli)</t>
+          <t>Tasavvufi İbretli Hikayeler (Hikaye-005)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752941540</t>
+          <t>3990000011518</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Şifa Veren Bitkiler (Bitki-019/P13)</t>
+          <t>Tarikatlarda On Esas (Tasavvuf-009)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789752942776</t>
+          <t>9786054496532</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şifa ve Sırlarıyla Esma-i Hüsna (Dua-113) ( Farklı Renk Seçenekleri) (Ciltli)</t>
+          <t>Hac Rehberi - Peygamberimiz'in Dilinden Hac ve Umre Yapmanın Fazileti (üçaylar-009/P13)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>125</v>
+        <v>55</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789756594971</t>
+          <t>9789752942639</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şifa Kaynağı Esma-i Hüsna - Büyük Boy (Dua-043)</t>
+          <t>Dini Hikayeler (Hikaye-003)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>120</v>
+        <v>35</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3990000012088</t>
+          <t>3990000004549</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sümbül Efendi ve Merkez Efendi (Evliya-013)</t>
+          <t>Doğadan Bitkisel Reçeteler (Bitki-016)</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9789752943278</t>
+          <t>9786058819542</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sure-i Yasin, Tebareke, Amme, Namaz Sureleri ve Dualar (Yas-013)</t>
+          <t>Cemaatle Namaz Nasıl Kılınır? (Namaz-017)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>55</v>
+        <v>40</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789752940437</t>
+          <t>9789752941489</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Salavat-ı Şerifeler ve Dualar (Dua-039)</t>
+          <t>Cehennemden Kurtuluş (Kıyamet-011/P12)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786058819597</t>
+          <t>9789752941397</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Salavat-ı Arifin (Dua-118)</t>
+          <t>Cami Sohbetleri (Sohbet-021) (Ciltli)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>40</v>
+        <v>700</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789752940925</t>
+          <t>3990000011178</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Salat-ı Tefriciyye ve Dualar (Dua-022)</t>
+          <t>Vasiyet (Tasavvuf-024 / P8)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>3990000004060</t>
+          <t>9789752940130</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sağlığımızın Düşmanları Kan Yağları Kolesterol ve Enfarktüs (Sağlık-001)</t>
+          <t>Tam Musahhah Mevlid-i Şerif Kaside ve İlahiler (İlahi-004/P7)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786054496174</t>
+          <t>9789752940123</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ruh Çağırma Nedir? (Sır-003)</t>
+          <t>Tam Musahhah Mevlid-i Şerif (İlahi-003/P8)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752940383</t>
+          <t>9786054496198</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Resulüllah’ın Dilinden Tıbb’un Nebevi (Bitki-013/P16)</t>
+          <t>Şifalı Salavatlar (Dua-131)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054496921</t>
+          <t>9789752940017</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Dilinden Surelerin Fazileti (Dua-042)</t>
+          <t>Şifalı Dualar ve Devalar - Büyük Boy (Dua-046)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786054496976</t>
+          <t>9789756594346</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ın Dilinden Surelerin Fazileti  (Dua-105)</t>
+          <t>Şifalı Bitkilerle Tedavi Atlası (Bitki-009 / P23) (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>75</v>
+        <v>650</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>3990000004155</t>
+          <t>9789752941540</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ramuz’ül Ehadis Hadis Ansiklopedisi (2 Cilt Takım, Hadis-005) (Ciltli)</t>
+          <t>Şifa Veren Bitkiler (Bitki-019/P13)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>2200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9789752943322</t>
+          <t>9789752942776</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Duası Fazileti ve Sırları (Dua-003)</t>
+          <t>Şifa ve Sırlarıyla Esma-i Hüsna (Dua-113) ( Farklı Renk Seçenekleri) (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>45</v>
+        <v>175</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752940567</t>
+          <t>9789756594971</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Şefaati (Peygamber-005)</t>
+          <t>Şifa Kaynağı Esma-i Hüsna - Büyük Boy (Dua-043)</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>35</v>
+        <v>140</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789756594919</t>
+          <t>3990000012088</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden Yasin, Tebareke, Amme Faziletli ve Esrarlı Dualar (Yas-023)</t>
+          <t>Sümbül Efendi ve Merkez Efendi (Evliya-013)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>3990000013881</t>
+          <t>9789752943278</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden Şehitlik (Hadis-008)</t>
+          <t>Sure-i Yasin, Tebareke, Amme, Namaz Sureleri ve Dualar (Yas-013)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>45</v>
+        <v>65</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9789752941342</t>
+          <t>9789752940437</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Efendimiz’in Özellikleri (Peygamber-013)</t>
+          <t>Salavat-ı Şerifeler ve Dualar (Dua-039)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3990000011908</t>
+          <t>9786058819597</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ömrünü Nasıl Uzatabilirsin (Dua-068)</t>
+          <t>Salavat-ı Arifin (Dua-118)</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752940604</t>
+          <t>9789752940925</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ölüm, Kabir ve Ötesi (Kıyamet-003)</t>
+          <t>Salat-ı Tefriciyye ve Dualar (Dua-022)</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>3990000006847</t>
+          <t>3990000004060</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ölüleriniz Sizden Kur’an Bekliyor (Kıyamet-014)</t>
+          <t>Sağlığımızın Düşmanları Kan Yağları Kolesterol ve Enfarktüs (Sağlık-001)</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>35</v>
+        <v>60</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789752940505</t>
+          <t>9786054496174</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Büyük Fitne Mesih Deccal (Sır-002)</t>
+          <t>Ruh Çağırma Nedir? (Sır-003)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>3990000012090</t>
+          <t>9789752940383</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bizim Yunus Emre (Evliya-009)</t>
+          <t>Resulüllah’ın Dilinden Tıbb’un Nebevi (Bitki-013/P16)</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789752943032</t>
+          <t>9786054496921</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Beşiktaşlı Yahya Efendi (Evliya-010)</t>
+          <t>Resulullah’ın Dilinden Surelerin Fazileti (Dua-042)</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789752940031</t>
+          <t>9786054496976</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü (Yasin-007)</t>
+          <t>Resulullah’ın Dilinden Surelerin Fazileti  (Dua-105)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>30</v>
+        <v>75</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>3990000011907</t>
+          <t>3990000004155</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Ulaştıran Vesileler (Sohbet-016)</t>
+          <t>Ramuz’ül Ehadis Hadis Ansiklopedisi (2 Cilt Takım, Hadis-005) (Ciltli)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>60</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789756594124</t>
+          <t>9789752943322</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Allah Velilerinden Dualar (Yasin-009)</t>
+          <t>Ramazan Duası Fazileti ve Sırları (Dua-003)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752940116</t>
+          <t>9789752940567</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostları’ndan İlahiler ve Dualar (İlahi-005 / P14)</t>
+          <t>Peygamberimizin Şefaati (Peygamber-005)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>80</v>
+        <v>35</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9789752940819</t>
+          <t>9789756594919</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Aldananlar ve Günahları Temizleyen Ameller (Tasavvuf-001)</t>
+          <t>Peygamberimizin Dilinden Yasin, Tebareke, Amme Faziletli ve Esrarlı Dualar (Yas-023)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054496426</t>
+          <t>3990000013881</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ahiret Azığım (Dua-070)</t>
+          <t>Peygamberimizin Dilinden Şehitlik (Hadis-008)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000011906</t>
+          <t>9789752941342</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Nereye Gidiyorsun? (Kıyamet-009)</t>
+          <t>Peygamber Efendimiz’in Özellikleri (Peygamber-013)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752942059</t>
+          <t>3990000011908</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Nazar ve Sihir (Sır-005)</t>
+          <t>Ömrünü Nasıl Uzatabilirsin (Dua-068)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752940512</t>
+          <t>9789752940604</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Namazın Fazileti ve Terk Etmenin Cezası (Namaz-007)</t>
+          <t>Ölüm, Kabir ve Ötesi (Kıyamet-003)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>60</v>
+        <v>45</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789756594483</t>
+          <t>3990000006847</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Münacat Duası Fazileti ve Sırları (Dua-050)</t>
+          <t>Ölüleriniz Sizden Kur’an Bekliyor (Kıyamet-014)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>60</v>
+        <v>35</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>3990000011164</t>
+          <t>9789752940505</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Muhiddin Arabi Hazretlerinden Sohbetler (Sohbet-010)</t>
+          <t>Büyük Fitne Mesih Deccal (Sır-002)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>35</v>
+        <v>125</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789752941328</t>
+          <t>3990000012090</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Şifa-i Şerif Tercümesi (Peygamber-014)</t>
+          <t>Bizim Yunus Emre (Evliya-009)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>3990000003868</t>
+          <t>9789752943032</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Mucize Bitki Sarı Sabır Aloe Vera (Bitki-017)</t>
+          <t>Beşiktaşlı Yahya Efendi (Evliya-010)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>60</v>
+        <v>75</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789752941601</t>
+          <t>9789752940031</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Minberden Gönüllere (Hutbeler) (Sohbet-022)</t>
+          <t>Amme Cüzü (Yasin-007)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>3990000004154</t>
+          <t>3990000011907</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Mektup (Tasavvuf-015)</t>
+          <t>Allah’a Ulaştıran Vesileler (Sohbet-016)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>45</v>
+        <v>60</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752940086</t>
+          <t>9789756594124</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Elifbası (Elifba - 001)</t>
+          <t>Allah Velilerinden Dualar (Yasin-009)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>30</v>
+        <v>400</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>3990000004560</t>
+          <t>9789752940116</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kuran Okumanın Faziletleri - Küçük Boy (Dua-057)</t>
+          <t>Allah Dostları’ndan İlahiler ve Dualar (İlahi-005 / P14)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>45</v>
+        <v>125</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789756594292</t>
+          <t>9789752940819</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Yaklaşıyor (Kıyamet-006/P15)</t>
+          <t>Aldananlar ve Günahları Temizleyen Ameller (Tasavvuf-001)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>90</v>
+        <v>230</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789752940598</t>
+          <t>9786054496426</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Alametleri (Kıyamet-004)</t>
+          <t>Ahiret Azığım (Dua-070)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>225</v>
+        <v>45</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789752942462</t>
+          <t>3990000011906</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kudsi Hadis (Hadis-010 / P10)</t>
+          <t>Nereye Gidiyorsun? (Kıyamet-009)</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789752942578</t>
+          <t>9789752942059</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kabirdeki Halim (Kıyamet-015 / P10)</t>
+          <t>Nazar ve Sihir (Sır-005)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789752940765</t>
+          <t>9789752940512</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’dan Eski Zaman Manzaraları (Kültür-001)</t>
+          <t>Namazın Fazileti ve Terk Etmenin Cezası (Namaz-007)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9789756594131</t>
+          <t>9789756594483</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Anadolu Evliyaları (Evliya-002) (Ciltli)</t>
+          <t>Münacat Duası Fazileti ve Sırları (Dua-050)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>600</v>
+        <v>75</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>3990000011851</t>
+          <t>3990000011164</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları Sahabe Kabirleri (Evliya-003)</t>
+          <t>Muhiddin Arabi Hazretlerinden Sohbetler (Sohbet-010)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>40</v>
+        <v>35</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>3990000012091</t>
+          <t>9789752941328</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Evliyaları Sahabe Kabirleri (Evliya-001)</t>
+          <t>Muhtasar Şifa-i Şerif Tercümesi (Peygamber-014)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789752942066</t>
+          <t>3990000003868</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>İslam İnceliktir (Sohbet-020)</t>
+          <t>Mucize Bitki Sarı Sabır Aloe Vera (Bitki-017)</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789752942851</t>
+          <t>9789752941601</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsa (A.S.)’ın Gökten İnişi ve Deccal’i Öldürmesi (Sır-008)</t>
+          <t>Minberden Gönüllere (Hutbeler) (Sohbet-022)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786054496662</t>
+          <t>3990000004154</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Herkese Lazım Hadis-i Şerifler (Hadis-016)</t>
+          <t>Mektup (Tasavvuf-015)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>3990000012089</t>
+          <t>9789752940086</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bektaş’ı Veli (Evliya-017)</t>
+          <t>Kur’an-ı Kerim Elifbası (Elifba - 001)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789756594421</t>
+          <t>3990000004560</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli Hazretleri (Evliya-006)</t>
+          <t>Kuran Okumanın Faziletleri - Küçük Boy (Dua-057)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789756594087</t>
+          <t>9789756594292</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Günlük Dualar En Güzel İlahiler (İlahi-002/P9)</t>
+          <t>Kıyamet Yaklaşıyor (Kıyamet-006/P15)</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9789752941748</t>
+          <t>9789752940598</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Gıybet Edenlere İlahi Uyarılar (Sohbet-015)</t>
+          <t>Kıyamet Alametleri (Kıyamet-004)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>3990000004127</t>
+          <t>9789752942462</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Çağına Dönüş (Sağlık-002)</t>
+          <t>Kırk Kudsi Hadis (Hadis-010 / P10)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054496235</t>
+          <t>9789752942578</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Fütuhul Ğayb (Tasavvuf-031)</t>
+          <t>Kabirdeki Halim (Kıyamet-015 / P10)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>175</v>
+        <v>40</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>3990000012888</t>
+          <t>9789752940765</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Fethur Rahman (Tasavvuf-025 / P12)</t>
+          <t>İstanbul’dan Eski Zaman Manzaraları (Kültür-001)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789752942318</t>
+          <t>9789756594131</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dualar ve Manevi Tedavi Rehberi (Yasin-002)</t>
+          <t>İstanbul ve Anadolu Evliyaları (Evliya-002) (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9789752941465</t>
+          <t>3990000011851</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Eyüp Sultan (Evliya-018)</t>
+          <t>İstanbul Evliyaları Sahabe Kabirleri (Evliya-003)</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752942967</t>
+          <t>3990000012091</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Eyüp Sultan (Evliya-011)</t>
+          <t>İstanbul Evliyaları Sahabe Kabirleri (Evliya-001)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789752940451</t>
+          <t>9789752942066</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul (Sohbet-004)</t>
+          <t>İslam İnceliktir (Sohbet-020)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752940468</t>
+          <t>9789752942851</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul (Sohbet-003/P16)</t>
+          <t>Hz. İsa (A.S.)’ın Gökten İnişi ve Deccal’i Öldürmesi (Sır-008)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786054496310</t>
+          <t>9786054496662</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Dua ve Şifa Demetleri (Yasin-003)</t>
+          <t>Herkese Lazım Hadis-i Şerifler (Hadis-016)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
+          <t>3990000012089</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Hacı Bektaş’ı Veli (Evliya-017)</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9789756594421</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Hacı Bayram-ı Veli Hazretleri (Evliya-006)</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9789756594087</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Dualar En Güzel İlahiler (İlahi-002/P9)</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9789752941748</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Gıybet Edenlere İlahi Uyarılar (Sohbet-015)</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>3990000004127</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Çağına Dönüş (Sağlık-002)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786054496235</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Fütuhul Ğayb (Tasavvuf-031)</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>3990000012888</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Fethur Rahman (Tasavvuf-025 / P12)</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9789752942318</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Dualar ve Manevi Tedavi Rehberi (Yasin-002)</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9789752941465</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Eyüp Sultan (Evliya-018)</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9789752942967</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Eyüp Sultan (Evliya-011)</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9789752940451</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Ey Oğul (Sohbet-004)</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9789752940468</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Ey Oğul (Sohbet-003/P16)</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786054496310</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Dua ve Şifa Demetleri (Yasin-003)</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
           <t>9786058819528</t>
         </is>
       </c>
-      <c r="B227" s="1" t="inlineStr">
+      <c r="B240" s="1" t="inlineStr">
         <is>
           <t>Dört Mezhebe Göre İslam Fıkhı (Fıkıh - 002) (Ciltli)</t>
         </is>
       </c>
-      <c r="C227" s="1">
-        <v>700</v>
+      <c r="C240" s="1">
+        <v>800</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>