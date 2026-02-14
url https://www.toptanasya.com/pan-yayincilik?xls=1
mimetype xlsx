--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,7240 +85,7330 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258345476</t>
+          <t>9786258345506</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Uçan Pembe Filler</t>
+          <t>Türk Musikisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258345445</t>
+          <t>9786258345469</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bağlamada Tezenesiz Çalış Teknikleri Metodu</t>
+          <t>Türk Makam Müzikçisinin Seyir Defteri II</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059646338</t>
+          <t>9786258345483</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaylı Çalgılar İçin Grafik Notasyon Yoluyla Doğaçlama Oyunları</t>
+          <t>Müzikte Biçim Analizinin Temel İlkeleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757652618</t>
+          <t>9786258345513</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Yeni Müziğe Doğru</t>
+          <t>Enstrüman Olmak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9799758434663</t>
+          <t>9786059646819</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Merkezi: Karnımız</t>
+          <t>N'etti bu Yunus N'etti</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>11.11</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757652953</t>
+          <t>9786258345438</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Kökeni</t>
+          <t>Alevi Müziğinin İnşası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>11.57</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789944396615</t>
+          <t>9786258345476</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yamuk</t>
+          <t>Uçan Pembe Filler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>8.33</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789758434244</t>
+          <t>9786258345445</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal ve Ahmet Hamdi Tanpınar’da Müzik</t>
+          <t>Bağlamada Tezenesiz Çalış Teknikleri Metodu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>6.94</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054518074</t>
+          <t>9786059646338</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Varidat</t>
+          <t>Yaylı Çalgılar İçin Grafik Notasyon Yoluyla Doğaçlama Oyunları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>25</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789944396974</t>
+          <t>9789757652618</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ud Alıştırmaları - Teknik Çalışmalara/Ud Exercises: Building Technique</t>
+          <t>Yeni Müziğe Doğru</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789944396332</t>
+          <t>9799758434663</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Türkü</t>
+          <t>Yaşamın Merkezi: Karnımız</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757652540</t>
+          <t>9789757652953</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Pop Müzik Dünü ve Bugünü ile Bir İnfilak Masalı</t>
+          <t>Yaşamın Kökeni</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>5.56</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789758434893</t>
+          <t>9789944396615</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Çingene Müziği</t>
+          <t>Yamuk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>32.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789944396639</t>
+          <t>9789758434244</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Makamlar ve Seyir Özellikleri</t>
+          <t>Yahya Kemal ve Ahmet Hamdi Tanpınar’da Müzik</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>23.15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944396783</t>
+          <t>9786054518074</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisi</t>
+          <t>Varidat</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>23.15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>3990000013339</t>
+          <t>9789944396974</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türk Musıkisi’nin Mes’eleleri</t>
+          <t>Ud Alıştırmaları - Teknik Çalışmalara/Ud Exercises: Building Technique</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>4.63</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789757652502</t>
+          <t>9789944396332</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türk Musıki Kültürünün Anlamları</t>
+          <t>Türkü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>25</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054518067</t>
+          <t>9789757652540</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Techniques of 20th-Century Turkish Contemporary Music</t>
+          <t>Türkiye’de Pop Müzik Dünü ve Bugünü ile Bir İnfilak Masalı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>27.78</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789944396721</t>
+          <t>9789758434893</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şostakoviç ve Türkiye</t>
+          <t>Türkiye’de Çingene Müziği</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>14.81</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054518449</t>
+          <t>9789944396639</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Aşk Ebediyyen Değişir</t>
+          <t>Türk Müziğinde Makamlar ve Seyir Özellikleri</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>13.89</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757652755</t>
+          <t>9789944396783</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Şahbaba Osmanoğulları’nın Son Hükümdarı 6. Mehmed Vahideddin’in Hayatı, Hatıraları ve Özel Mektupları</t>
+          <t>Türk Musikisi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789944396493</t>
+          <t>3990000013339</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Suyun Ayak Sesi</t>
+          <t>Türk Musıkisi’nin Mes’eleleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>3990000012958</t>
+          <t>9789757652502</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sus ve Dinle Müzikal Karikatürler</t>
+          <t>Türk Musıki Kültürünün Anlamları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757652632</t>
+          <t>9786054518067</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sultani Besteler Osmanoğulları’nın Son Padişahı Mehmet Vahideddin’in Eserleri</t>
+          <t>Techniques of 20th-Century Turkish Contemporary Music</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>27.78</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789758434558</t>
+          <t>9789944396721</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid’in Sürgün Günleri</t>
+          <t>Şostakoviç ve Türkiye</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>23.15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9799758434632</t>
+          <t>9786054518449</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Gitar</t>
+          <t>Şimdi Aşk Ebediyyen Değişir</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789757652137</t>
+          <t>9789757652755</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlılar</t>
+          <t>Şahbaba Osmanoğulları’nın Son Hükümdarı 6. Mehmed Vahideddin’in Hayatı, Hatıraları ve Özel Mektupları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>4.63</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789944396486</t>
+          <t>9789944396493</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Gerçek Savunması</t>
+          <t>Suyun Ayak Sesi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789944396240</t>
+          <t>3990000012958</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Saklı Simetrisi</t>
+          <t>Sus ve Dinle Müzikal Karikatürler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9799758434144</t>
+          <t>9789757652632</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sesin Peşinde</t>
+          <t>Sultani Besteler Osmanoğulları’nın Son Padişahı Mehmet Vahideddin’in Eserleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>25</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789944396479</t>
+          <t>9789758434558</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sesimiz</t>
+          <t>Sultan 2. Abdülhamid’in Sürgün Günleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789757652151</t>
+          <t>9799758434632</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sermüezzin Rifat Bey’in Ferahnak Mevlevi Ayini</t>
+          <t>Sorularla Gitar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757652724</t>
+          <t>9789757652137</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Senaryo Kuramı</t>
+          <t>Son Osmanlılar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789758434923</t>
+          <t>9789944396486</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tedkik ü Tahkik İnceleme ve Gerçeği Araştırma</t>
+          <t>Sokrates’in Gerçek Savunması</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>11.57</v>
+        <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054518289</t>
+          <t>9789944396240</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler (1955 -1997)</t>
+          <t>Sevginin Saklı Simetrisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757652694</t>
+          <t>9799758434144</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sanattan Güncel Yaşama</t>
+          <t>Sesin Peşinde</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>4.63</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758434152</t>
+          <t>9789944396479</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Deha ve Yaratıcılık Schönberg, Adorno, Thomas Mann</t>
+          <t>Sesimiz</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>6.94</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789944396172</t>
+          <t>9789757652151</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sanat Felsefesi Üzerine</t>
+          <t>Sermüezzin Rifat Bey’in Ferahnak Mevlevi Ayini</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>30</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054518029</t>
+          <t>9789757652724</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarla Yoldaş</t>
+          <t>Senaryo Kuramı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757652359</t>
+          <t>9789758434923</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Rock Sözlüğü</t>
+          <t>Tedkik ü Tahkik İnceleme ve Gerçeği Araştırma</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789758434954</t>
+          <t>9786054518289</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Psykhiatria ve Mythos</t>
+          <t>Seçme Şiirler (1955 -1997)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789757652144</t>
+          <t>9789757652694</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Prozodi Dersleri</t>
+          <t>Sanattan Güncel Yaşama</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758434039</t>
+          <t>9789758434152</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Prens Dimitrie Cantemir Türk Musıkisi Bestekarı ve Nazariyatçısı</t>
+          <t>Sanatta Deha ve Yaratıcılık Schönberg, Adorno, Thomas Mann</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>50</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789757652878</t>
+          <t>9789944396172</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Piyano Tekniğinin Biyomekanik Temeli</t>
+          <t>Sanat Felsefesi Üzerine</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054518210</t>
+          <t>9786054518029</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Piyano Jimnastiği</t>
+          <t>Rüzgarla Yoldaş</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>3990000014434</t>
+          <t>9789757652359</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Pink Floyd - The Wall</t>
+          <t>Rock Sözlüğü</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>3.7</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789757652199</t>
+          <t>9789758434954</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Rembetika</t>
+          <t>Psykhiatria ve Mythos</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>6.94</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789758434640</t>
+          <t>9789757652144</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Other Words</t>
+          <t>Prozodi Dersleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>17.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9799758434304</t>
+          <t>9789758434039</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Toplumunda Aile</t>
+          <t>Prens Dimitrie Cantemir Türk Musıkisi Bestekarı ve Nazariyatçısı</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789757652700</t>
+          <t>9789757652878</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Orkestra Kuralım</t>
+          <t>Piyano Tekniğinin Biyomekanik Temeli</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789757652717</t>
+          <t>9786054518210</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Operada Gerçekçilik</t>
+          <t>Piyano Jimnastiği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9799758434212</t>
+          <t>3990000014434</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Opera Tarihi Cilt 4 (Ciltli)</t>
+          <t>Pink Floyd - The Wall</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>37.04</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9799758434205</t>
+          <t>9789757652199</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Opera Tarihi Cilt 3 (Ciltli)</t>
+          <t>Rembetika</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>37.04</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789758434190</t>
+          <t>9789758434640</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Opera Tarihi Cilt 2 (Ciltli)</t>
+          <t>Other Words</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9799758434182</t>
+          <t>9799758434304</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Opera Tarihi Cilt 1 (Ciltli)</t>
+          <t>Osmanlı Toplumunda Aile</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>37.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944396295</t>
+          <t>9789757652700</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Oluş</t>
+          <t>Orkestra Kuralım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789757652939</t>
+          <t>9789757652717</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Notasyon ve Diziler Teori 1</t>
+          <t>Operada Gerçekçilik</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>3990000006521</t>
+          <t>9799758434212</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Notalarıyla Hasan Cihat Örter Hayatım, Gitarım ve Müziğim</t>
+          <t>Opera Tarihi Cilt 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>4.63</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056316708</t>
+          <t>9799758434205</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Notaları ile Sevilen Türküler</t>
+          <t>Opera Tarihi Cilt 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>27.78</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9799758434311</t>
+          <t>9789758434190</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Noktanın Sonsuzluğu İlahiler</t>
+          <t>Opera Tarihi Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>9.26</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789757652816</t>
+          <t>9799758434182</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Noktanın Sonsuzluğu İkinci Kitap</t>
+          <t>Opera Tarihi Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789758434602</t>
+          <t>9789944396295</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Türler ve Biçimler</t>
+          <t>Oluş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789757652750</t>
+          <t>9789757652939</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Ses Sistemleri</t>
+          <t>Notasyon ve Diziler Teori 1</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>18.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789758434619</t>
+          <t>3990000006521</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Postmodernlik</t>
+          <t>Notalarıyla Hasan Cihat Örter Hayatım, Gitarım ve Müziğim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054518227</t>
+          <t>9786056316708</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Müzikte Alımlama</t>
+          <t>Notaları ile Sevilen Türküler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>60</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789757652496</t>
+          <t>9799758434311</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Kareler</t>
+          <t>Noktanın Sonsuzluğu İlahiler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789944396400</t>
+          <t>9789757652816</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Müzikli Aklın Defteri</t>
+          <t>Noktanın Sonsuzluğu İkinci Kitap</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>25</v>
+        <v>350</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9799758434625</t>
+          <t>9789758434602</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Müzik Sorunlarımız Üzerine Araştırmalar</t>
+          <t>Müzikte Türler ve Biçimler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>13.89</v>
+        <v>30</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789758434077</t>
+          <t>9789757652750</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Altı Derste Müziğin Poetikası</t>
+          <t>Müzikte Ses Sistemleri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>11.57</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799758434434</t>
+          <t>9789758434619</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Müziği Okumak Cilt: 4</t>
+          <t>Müzikte Postmodernlik</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799758434410</t>
+          <t>9786054518227</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Müziği Okumak Cilt: 2</t>
+          <t>Müzikte Alımlama</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>18.52</v>
+        <v>60</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9799758434427</t>
+          <t>9789757652496</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Müziği Okumak Cilt 3</t>
+          <t>Müzikli Kareler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>50</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9799758434403</t>
+          <t>9789944396400</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Müziği Okumak Cilt:1</t>
+          <t>Müzikli Aklın Defteri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>35</v>
+        <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758434459</t>
+          <t>9799758434625</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Müziği Anlamak Ansiklopedik Müzik Sözlüğü</t>
+          <t>Müzik Sorunlarımız Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>60</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789758434787</t>
+          <t>9789758434077</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Metin Erksan Sineması</t>
+          <t>Altı Derste Müziğin Poetikası</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>15</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789758434187</t>
+          <t>9799758434434</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Opera Tarihi 4 Kitap Takım (Ciltli)</t>
+          <t>Müziği Okumak Cilt: 4</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>129.63</v>
+        <v>35</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789757652533</t>
+          <t>9799758434410</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Meanings in Turkish Musical Culture</t>
+          <t>Müziği Okumak Cilt: 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789758434916</t>
+          <t>9799758434427</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Hata</t>
+          <t>Müziği Okumak Cilt 3</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>3990000011190</t>
+          <t>9799758434403</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Maragalı Abdülkadir</t>
+          <t>Müziği Okumak Cilt:1</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>11.57</v>
+        <v>35</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789757652526</t>
+          <t>9789758434459</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’nin Müzik Üzerine Düşünceleri</t>
+          <t>Müziği Anlamak Ansiklopedik Müzik Sözlüğü</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>3990000013712</t>
+          <t>9789758434787</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Neyzenler Kahvesi Bir Neyzenin Hatıraları</t>
+          <t>Metin Erksan Sineması</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>4.63</v>
+        <v>15</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757652243</t>
+          <t>9789758434187</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Vay Başıma Gelenler Tekerlemeler Küçüklere de, Büyüklere de</t>
+          <t>Opera Tarihi 4 Kitap Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>1.85</v>
+        <v>129.63</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>3990000003864</t>
+          <t>9789757652533</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>The Rolling Stones</t>
+          <t>Meanings in Turkish Musical Culture</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054518654</t>
+          <t>9789758434916</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Müzik, Duyumların Güzel Oyunu</t>
+          <t>Matematik ve Hata</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>20</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054518517</t>
+          <t>3990000011190</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Handel’in Kıpır Kıpır Peruğu</t>
+          <t>Maragalı Abdülkadir</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>40</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054518722</t>
+          <t>9789757652526</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Esrar-ı Tevhid</t>
+          <t>Nietzsche’nin Müzik Üzerine Düşünceleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054518548</t>
+          <t>3990000013712</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Şu Romantik Müzikçiler</t>
+          <t>Neyzenler Kahvesi Bir Neyzenin Hatıraları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.89</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789944396646</t>
+          <t>9789757652243</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Metodu (2 Cilt Takım)</t>
+          <t>Vay Başıma Gelenler Tekerlemeler Küçüklere de, Büyüklere de</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>1500</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059646345</t>
+          <t>3990000003864</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Terminolojiden Analize Alıştırmalı Müzik Teorisi 2</t>
+          <t>The Rolling Stones</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059646390</t>
+          <t>9786054518654</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Viyola Eğitimi 1</t>
+          <t>Müzik, Duyumların Güzel Oyunu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>41.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059646437</t>
+          <t>9786054518517</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Bestecilerimizden Piyano Eşlikli Flüt Eserleri</t>
+          <t>Handel’in Kıpır Kıpır Peruğu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>32.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059646192</t>
+          <t>9786054518722</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Varoluşçu Danışmanlıkta ve Psikoterapide Beceriler</t>
+          <t>Esrar-ı Tevhid</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>40.74</v>
+        <v>25</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059646475</t>
+          <t>9786054518548</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Makamdan Makama Geçki Örnekleri</t>
+          <t>Şu Romantik Müzikçiler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>100</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059646291</t>
+          <t>9789944396646</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ke-ke-me-lik</t>
+          <t>Bağlama Metodu (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>125</v>
+        <v>3250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>3990000013829</t>
+          <t>9786059646345</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya’dan Türk Halk Musıkisi</t>
+          <t>Terminolojiden Analize Alıştırmalı Müzik Teorisi 2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>16.67</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789944396080</t>
+          <t>9786059646390</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kömür’ün Cenneti</t>
+          <t>Viyola Eğitimi 1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>11.11</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789757652847</t>
+          <t>9786059646437</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Koronun Babası Verdi</t>
+          <t>Çağdaş Türk Bestecilerimizden Piyano Eşlikli Flüt Eserleri</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>13.89</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789944396752</t>
+          <t>9786059646192</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Koro</t>
+          <t>Varoluşçu Danışmanlıkta ve Psikoterapide Beceriler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>10</v>
+        <v>40.74</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786054518203</t>
+          <t>9786059646475</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kızkardeşleşmek</t>
+          <t>Makamdan Makama Geçki Örnekleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>9.26</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9789757652733</t>
+          <t>9786059646291</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Musiki Yazmalarından Kevseri Mecmuası</t>
+          <t>Ke-ke-me-lik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>25</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9799757652167</t>
+          <t>3990000013829</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Karac’oğlan</t>
+          <t>Küçük Asya’dan Türk Halk Musıkisi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>25</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789757652861</t>
+          <t>9789944396080</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kadın Besteciler</t>
+          <t>Kömür’ün Cenneti</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9799758434168</t>
+          <t>9789757652847</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Johann Sebastian Bach</t>
+          <t>Koronun Babası Verdi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>6.94</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789758434060</t>
+          <t>9789944396752</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Oda Orkestrası ve Hamit Alacalıoğlu</t>
+          <t>Koro</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>4.63</v>
+        <v>10</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758434695</t>
+          <t>9786054518203</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İncesaz Nota Albümü</t>
+          <t>Kızkardeşleşmek</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786054518272</t>
+          <t>9789757652733</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İçimi Aydınlatan Işık</t>
+          <t>18. Yüzyıl Musiki Yazmalarından Kevseri Mecmuası</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>20</v>
+        <v>25</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786054518104</t>
+          <t>9799757652167</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali’nin Kan Kalesi Hikayesi</t>
+          <t>Karac’oğlan</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789944396066</t>
+          <t>9789757652861</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Sanatı Üstüne Yazılar</t>
+          <t>Kadın Besteciler</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>450</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789758434961</t>
+          <t>9799758434168</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Heybeli’de Tanrı ve Adam</t>
+          <t>Johann Sebastian Bach</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>25</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>3990000001219</t>
+          <t>9789758434060</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 26</t>
+          <t>İstanbul Oda Orkestrası ve Hamit Alacalıoğlu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>3990000001220</t>
+          <t>9789758434695</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 25</t>
+          <t>İncesaz Nota Albümü</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>4.63</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>3990000001218</t>
+          <t>9786054518272</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 24</t>
+          <t>İçimi Aydınlatan Işık</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>4.63</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9771208011302</t>
+          <t>9786054518104</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 23</t>
+          <t>Hz. Ali’nin Kan Kalesi Hikayesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>4.63</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>3990000008151</t>
+          <t>9789944396066</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 22</t>
+          <t>Hikaye Sanatı Üstüne Yazılar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>4.63</v>
+        <v>450</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>3990000008150</t>
+          <t>9789758434961</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 21</t>
+          <t>Heybeli’de Tanrı ve Adam</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>4.63</v>
+        <v>25</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789944396776</t>
+          <t>3990000001219</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Seyri</t>
+          <t>Heves Sayı: 26</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789757652571</t>
+          <t>3990000001220</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa "Vita Brevis"</t>
+          <t>Heves Sayı: 25</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944396301</t>
+          <t>3990000001218</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Hatıraların Gri Parçaları - Gray Pieces of Memory</t>
+          <t>Heves Sayı: 24</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789758434237</t>
+          <t>9771208011302</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Harput/Elazığ Türküleri İnceleme</t>
+          <t>Heves Sayı: 23</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>5.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>3990000006911</t>
+          <t>3990000008151</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Günsüz Günce Müziğin Çevresinden Esintiler</t>
+          <t>Heves Sayı: 22</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789759899714</t>
+          <t>3990000008150</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Genç Besteciler İçin Korunma Yöntemleri</t>
+          <t>Heves Sayı: 21</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>18.52</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944396134</t>
+          <t>9789944396776</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gen Tecrübeleri</t>
+          <t>Hayatın Seyri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>10</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789758434275</t>
+          <t>9789757652571</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Geldim Gördüm Geçtim Gittim</t>
+          <t>Hayat Kısa "Vita Brevis"</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>11.57</v>
+        <v>25</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9799758434502</t>
+          <t>9789944396301</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kenzi Divanı</t>
+          <t>Hatıraların Gri Parçaları - Gray Pieces of Memory</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789757652762</t>
+          <t>9789758434237</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Nasreddin Hoca</t>
+          <t>Harput/Elazığ Türküleri İnceleme</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>50</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944396363</t>
+          <t>3990000006911</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Musiki Mirasına Bakışlar</t>
+          <t>Günsüz Günce Müziğin Çevresinden Esintiler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>37.04</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3990000011191</t>
+          <t>9789759899714</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Fener Beyleri’ne Türk Şarkıları</t>
+          <t>Genç Besteciler İçin Korunma Yöntemleri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9799758434496</t>
+          <t>9789944396134</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Fani Divanı</t>
+          <t>Gen Tecrübeleri</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>11.57</v>
+        <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>3990000006910</t>
+          <t>9789758434275</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Müzik</t>
+          <t>Geldim Gördüm Geçtim Gittim</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>6.94</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789944396769</t>
+          <t>9799758434502</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Elektrogitar Efektleri ve Amplifikatörler</t>
+          <t>Kenzi Divanı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>13.89</v>
+        <v>15</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944396851</t>
+          <t>9789757652762</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Düzensiz</t>
+          <t>Geçmişten Günümüze Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>8.33</v>
+        <v>50</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789944472678</t>
+          <t>9789944396363</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Görüşler (Ciltli)</t>
+          <t>Geçmişin Musiki Mirasına Bakışlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>69.44</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786054518371</t>
+          <t>3990000011191</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Modern Zebrası Siyah Beyaz</t>
+          <t>Fener Beyleri’ne Türk Şarkıları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>30</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789757652977</t>
+          <t>9799758434496</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Doğaçlama</t>
+          <t>Fani Divanı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>75</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758434688</t>
+          <t>3990000006910</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Divan - ı Hamdi (Serbestzade Ahmet Hamdi İskilibi)</t>
+          <t>Elektronik Müzik</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789759899707</t>
+          <t>9789944396769</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Kültür</t>
+          <t>Elektrogitar Efektleri ve Amplifikatörler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9799758434083</t>
+          <t>9789944396851</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Darwin Kuramı Seçme Yazılar - Eleştiriler</t>
+          <t>Düzensiz</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>11.57</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944396462</t>
+          <t>9789944472678</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Çürüme ve Çözülme</t>
+          <t>Düşler ve Görüşler (Ciltli)</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>10</v>
+        <v>69.44</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786054518357</t>
+          <t>9786054518371</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Odaklı Yaklaşıma ve Sistemik Yapısal Dizime Giriş</t>
+          <t>Dünyanın En Modern Zebrası Siyah Beyaz</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>45</v>
+        <v>30</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3990000012407</t>
+          <t>9789757652977</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çoksesli</t>
+          <t>Doğaçlama</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>6.94</v>
+        <v>75</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789757652373</t>
+          <t>9789758434688</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Kimya Deneyleri</t>
+          <t>Divan - ı Hamdi (Serbestzade Ahmet Hamdi İskilibi)</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789757652274</t>
+          <t>9789759899707</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Fizik Deneyleri 49 Basit Elektrik ve Manyetizma Deneyi</t>
+          <t>Dil ve Kültür</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>3990000014196</t>
+          <t>9799758434083</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Şarkıları</t>
+          <t>Darwin Kuramı Seçme Yazılar - Eleştiriler</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>4.63</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789757652687</t>
+          <t>9789944396462</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Bestecileri Contemporary Turkish Composers</t>
+          <t>Çürüme ve Çözülme</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>11.57</v>
+        <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789757652908</t>
+          <t>9786054518357</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Müzik</t>
+          <t>Çözüm Odaklı Yaklaşıma ve Sistemik Yapısal Dizime Giriş</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789757652083</t>
+          <t>3990000012407</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Cazın İçinden</t>
+          <t>Çoksesli</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>23.15</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789757652595</t>
+          <t>9789757652373</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Buzuki Erol</t>
+          <t>Çocuklar İçin Kimya Deneyleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054518234</t>
+          <t>9789757652274</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Burhanettin Deran - Hayatı ve Eserleri</t>
+          <t>Çocuklar İçin Fizik Deneyleri 49 Basit Elektrik ve Manyetizma Deneyi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9799758434830</t>
+          <t>3990000014196</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Buda Suyun Üzerindeki Lotus</t>
+          <t>Çocuk Şarkıları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>30</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789944396141</t>
+          <t>9789757652687</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bu Benim.zip</t>
+          <t>Çağdaş Türk Bestecileri Contemporary Turkish Composers</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>8.33</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789757652779</t>
+          <t>9789757652908</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Boğazlar Meselesi</t>
+          <t>Çocuklara Müzik</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944396745</t>
+          <t>9789757652083</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bitkiben</t>
+          <t>Cazın İçinden</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>8.33</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9789757652946</t>
+          <t>9789757652595</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mekanik Deneyleri</t>
+          <t>Buzuki Erol</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789944396523</t>
+          <t>9786054518234</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Savunma</t>
+          <t>Burhanettin Deran - Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789944396431</t>
+          <t>9799758434830</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ben, Anadolu</t>
+          <t>Buda Suyun Üzerindeki Lotus</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789157852755</t>
+          <t>9789944396141</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ben Gülçin</t>
+          <t>Bu Benim.zip</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>1.85</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789944396356</t>
+          <t>9789757652779</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Orkestra Şefiyim</t>
+          <t>Boğazlar Meselesi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789758434138</t>
+          <t>9789944396745</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bela Bartok Paneli Bildirileri / 10 Aralık 1996 Türkiye’ye Gelişinin 60. Yıldönümü Anısına</t>
+          <t>Bitkiben</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789944396127</t>
+          <t>9789757652946</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Beethoven’li Ölüm</t>
+          <t>Çocuklar İçin Mekanik Deneyleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789758434671</t>
+          <t>9789944396523</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Beethoven</t>
+          <t>Beyaz Savunma</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758434329</t>
+          <t>9789944396431</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Bilgisizlik ve Korku Vardı</t>
+          <t>Ben, Anadolu</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>23.15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789944396899</t>
+          <t>9789157852755</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Barones ve Müzisyen</t>
+          <t>Ben Gülçin</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>50</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9799758434809</t>
+          <t>9789944396356</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Balabanlılar Dimetoka’dan Erzincan’a Bir Alevi Aşiret</t>
+          <t>Ben Bir Orkestra Şefiyim</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786054057030</t>
+          <t>9789758434138</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Balaban Metodu</t>
+          <t>Bela Bartok Paneli Bildirileri / 10 Aralık 1996 Türkiye’ye Gelişinin 60. Yıldönümü Anısına</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>50</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054518050</t>
+          <t>9789944396127</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Bağlamada Düzenler ve Tezene Tavırları</t>
+          <t>Beethoven’li Ölüm</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>225</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>3990000014272</t>
+          <t>9789758434671</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bağlamada Düzen ve Pozisyon</t>
+          <t>Beethoven</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>4.63</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054518265</t>
+          <t>9789758434329</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bağlama İçin Denemeler</t>
+          <t>Başlangıçta Bilgisizlik ve Korku Vardı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789758434480</t>
+          <t>9789944396899</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Gezginlerin Gözüyle Osmanlılarda Musıki</t>
+          <t>Barones ve Müzisyen</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>32.41</v>
+        <v>50</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789758434008</t>
+          <t>9799758434809</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Atlantis Troya’dır</t>
+          <t>Balabanlılar Dimetoka’dan Erzincan’a Bir Alevi Aşiret</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789944396325</t>
+          <t>9786054057030</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Ateş Akvaryumu</t>
+          <t>Balaban Metodu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9789944396370</t>
+          <t>9786054518050</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sesi Ney</t>
+          <t>Bağlamada Düzenler ve Tezene Tavırları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789944396264</t>
+          <t>3990000014272</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Aşık Mücrimi’nin Yaşamı ve Şiirleri</t>
+          <t>Bağlamada Düzen ve Pozisyon</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786054518395</t>
+          <t>9786054518265</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Asdasd</t>
+          <t>Bağlama İçin Denemeler</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>9.26</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9799758434373</t>
+          <t>9789758434480</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Aralık ve Akor Bilgisi Teori 2</t>
+          <t>Avrupalı Gezginlerin Gözüyle Osmanlılarda Musıki</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>6.48</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789757652601</t>
+          <t>9789758434008</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Antonin Dvorak</t>
+          <t>Atlantis Troya’dır</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>20</v>
+        <v>50</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789758434985</t>
+          <t>9789944396325</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Annemden Duyduklarım</t>
+          <t>Ateş Akvaryumu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789944396509</t>
+          <t>9789944396370</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’da Bartok’un İzinde</t>
+          <t>Aşkın Sesi Ney</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9799758434267</t>
+          <t>9789944396264</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Ezgileri Klasik Gitar ve Piyano İçin Düzenlemeler</t>
+          <t>Aşık Mücrimi’nin Yaşamı ve Şiirleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789757652304</t>
+          <t>9786054518395</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Aşık Ali İzzet Özkan</t>
+          <t>Asdasd</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789757652069</t>
+          <t>9799758434373</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ali Ufki ve Mezmurlar</t>
+          <t>Aralık ve Akor Bilgisi Teori 2</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>15</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054518173</t>
+          <t>9789757652601</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Oğlu Şükrullah</t>
+          <t>Antonin Dvorak</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>37.04</v>
+        <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786054518258</t>
+          <t>9789758434985</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Adnan Saygun’larda Çay Sohbetleri</t>
+          <t>Annemden Duyduklarım</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>75</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789944396691</t>
+          <t>9789944396509</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>A Summary Catalogue of the Turkish Makams</t>
+          <t>Anadolu’da Bartok’un İzinde</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789944396455</t>
+          <t>9799758434267</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Alma Mahler veya Sevilme Sanatı</t>
+          <t>Anadolu Ezgileri Klasik Gitar ve Piyano İçin Düzenlemeler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>40</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789944396257</t>
+          <t>9789757652304</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>71 Türk Bestecisi / 71 Turkish Composers</t>
+          <t>Aşık Ali İzzet Özkan</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789944396882</t>
+          <t>9789757652069</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>2500 Yıllık Çin İmparatorluk Belgelerinde Hunlar ve Türkistan</t>
+          <t>Ali Ufki ve Mezmurlar</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054518135</t>
+          <t>9786054518173</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>25 Yıla 25 Besteci</t>
+          <t>Ahmed Oğlu Şükrullah</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>225</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789944396288</t>
+          <t>9786054518258</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türk Müziği Teorisi</t>
+          <t>Adnan Saygun’larda Çay Sohbetleri</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>18.52</v>
+        <v>75</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9799758434380</t>
+          <t>9789944396691</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Sanatında J.S. BACH</t>
+          <t>A Summary Catalogue of the Turkish Makams</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>11.57</v>
+        <v>50</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9799757652556</t>
+          <t>9789944396455</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Esatiz-i Elhan Hoca Zekai Dede Efendi Hoca Abdülkadir-i Meragi Dede Efendi</t>
+          <t>Alma Mahler veya Sevilme Sanatı</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>11.57</v>
+        <v>40</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3990000013900</t>
+          <t>9789944396257</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyılda Türk Müziği</t>
+          <t>71 Türk Bestecisi / 71 Turkish Composers</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>5.56</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789944396622</t>
+          <t>9789944396882</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>2048</t>
+          <t>2500 Yıllık Çin İmparatorluk Belgelerinde Hunlar ve Türkistan</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>25</v>
+        <v>75</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786054518401</t>
+          <t>9786054518135</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hafif Zehirler</t>
+          <t>25 Yıla 25 Besteci</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>11.11</v>
+        <v>225</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789944396844</t>
+          <t>9789944396288</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Turkish Music Makam Guide</t>
+          <t>21. Yüzyılda Türk Müziği Teorisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786054518883</t>
+          <t>9799758434380</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Cihat Aşkın - Artık Melekleri Hissetme Vaktidir</t>
+          <t>20. Yüzyıl Sanatında J.S. BACH</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>100</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059646253</t>
+          <t>9799757652556</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Ünitelerle Müzik Teorisi 1</t>
+          <t>Esatiz-i Elhan Hoca Zekai Dede Efendi Hoca Abdülkadir-i Meragi Dede Efendi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>150</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059646222</t>
+          <t>3990000013900</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tritonet</t>
+          <t>18. Yüzyılda Türk Müziği</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>46.3</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786054518838</t>
+          <t>9789944396622</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Flüt Metodu - Başlangıç Seviyesi</t>
+          <t>2048</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786054518777</t>
+          <t>9786054518401</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Müziği Sözlüğü (Ciltli)</t>
+          <t>Hafif Zehirler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>500</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786054518692</t>
+          <t>9789944396844</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Makam Rehberi (CD’li)</t>
+          <t>Turkish Music Makam Guide</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786054518852</t>
+          <t>9786054518883</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Cemal Reşit Rey / Kuğu Kuşunun Şarkısı</t>
+          <t>Cihat Aşkın - Artık Melekleri Hissetme Vaktidir</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054518746</t>
+          <t>9786059646253</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla (Sıla)</t>
+          <t>Ünitelerle Müzik Teorisi 1</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786054518630</t>
+          <t>9786059646222</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>11 Çağdaş Besteci</t>
+          <t>Tritonet</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>35</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786054518487</t>
+          <t>9786054518838</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Caz Sanatı</t>
+          <t>Flüt Metodu - Başlangıç Seviyesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054518456</t>
+          <t>9786054518777</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Liedler ve Ozanlar</t>
+          <t>Türk Halk Müziği Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059646048</t>
+          <t>9786054518692</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İnsan-Odaklı Proje Yönetimi</t>
+          <t>Türk Müziği Makam Rehberi (CD’li)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>32.41</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786054518685</t>
+          <t>9786054518852</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Kapu’nun Kaygısı</t>
+          <t>Cemal Reşit Rey / Kuğu Kuşunun Şarkısı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>16.2</v>
+        <v>75</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9799758434120</t>
+          <t>9786054518746</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk Hazırlıkları Felsefe Yazıları (1970-1993)</t>
+          <t>Vaveyla (Sıla)</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789757652625</t>
+          <t>9786054518630</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yokistan Tasarısı</t>
+          <t>11 Çağdaş Besteci</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>4.63</v>
+        <v>35</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9789757652328</t>
+          <t>9786054518487</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Boyunca Tango 1865-1993</t>
+          <t>Caz Sanatı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>4.63</v>
+        <v>40</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789757652922</t>
+          <t>9786054518456</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Piyano Metodu</t>
+          <t>Liedler ve Ozanlar</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>6.94</v>
+        <v>125</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789758434848</t>
+          <t>9786059646048</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Zeybek Kültürü ve Müziği</t>
+          <t>İnsan-Odaklı Proje Yönetimi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>23.15</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786054518906</t>
+          <t>9786054518685</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Sıla - Yeni Ay</t>
+          <t>Kapu’nun Kaygısı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>20</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758434947</t>
+          <t>9799758434120</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tahtalar</t>
+          <t>Yolculuk Hazırlıkları Felsefe Yazıları (1970-1993)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786054518708</t>
+          <t>9789757652625</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Ana Dizi</t>
+          <t>Yokistan Tasarısı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>27.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786054518784</t>
+          <t>9789757652328</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Annem Masume Hanım</t>
+          <t>Yıllar Boyunca Tango 1865-1993</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786054518678</t>
+          <t>9789757652922</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bir Fil Müddeti</t>
+          <t>Yetişkinler İçin Piyano Metodu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>11.11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786054518579</t>
+          <t>9789758434848</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Zeybek Kültürü ve Müziği</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>27.78</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786054518586</t>
+          <t>9786054518906</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Türk Masalları ve Hikayeleri</t>
+          <t>Sıla - Yeni Ay</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>18.52</v>
+        <v>20</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786054518531</t>
+          <t>9789758434947</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Üçüncü Selim Devrine Ait Bir Bostancıbaşı Defteri</t>
+          <t>Yeşil Tahtalar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>41.67</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>3990000052684</t>
+          <t>9786054518708</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Metodu Cilt: 1</t>
+          <t>Türk Müziğinde Ana Dizi</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>3990000054892</t>
+          <t>9786054518784</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Eski Bir İstanbul Türküsü (Üsküdar) Üzerine Çeşitleme ve Esintiler</t>
+          <t>Annem Masume Hanım</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>3990000014113</t>
+          <t>9786054518678</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Folklor (Halkbilim) Genel Bilgiler - Oyun - Müzik</t>
+          <t>Bir Fil Müddeti</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789944396073</t>
+          <t>9786054518579</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Flüt Metodu</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>250</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>3990000008149</t>
+          <t>9786054518586</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 20</t>
+          <t>Türk Masalları ve Hikayeleri</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>4.95</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>3990000009454</t>
+          <t>9786054518531</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 19</t>
+          <t>Üçüncü Selim Devrine Ait Bir Bostancıbaşı Defteri</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>4.95</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>3990000009455</t>
+          <t>3990000052684</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 18</t>
+          <t>Bağlama Metodu Cilt: 1</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>4.95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>3990000001217</t>
+          <t>3990000054892</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 17</t>
+          <t>Eski Bir İstanbul Türküsü (Üsküdar) Üzerine Çeşitleme ve Esintiler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>4.95</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>3990000009456</t>
+          <t>3990000014113</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 16</t>
+          <t>Folklor (Halkbilim) Genel Bilgiler - Oyun - Müzik</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>4.95</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789944396219</t>
+          <t>9789944396073</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 15</t>
+          <t>Flüt Metodu</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>4.63</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789944396158</t>
+          <t>3990000008149</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 14</t>
+          <t>Heves Sayı: 20</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>4.63</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789944396110</t>
+          <t>3990000009454</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 13</t>
+          <t>Heves Sayı: 19</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>4.63</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9789944396035</t>
+          <t>3990000009455</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 12</t>
+          <t>Heves Sayı: 18</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>3.7</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789944396011</t>
+          <t>3990000001217</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Heves Sayı: 11</t>
+          <t>Heves Sayı: 17</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>3.7</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9799758434656</t>
+          <t>3990000009456</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Her Yerim Ağrıyor</t>
+          <t>Heves Sayı: 16</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>10</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>3990000003551</t>
+          <t>9789944396219</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Kentin Türküsü: Anadolu Pop-Rock</t>
+          <t>Heves Sayı: 15</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>27.78</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>3990000051682</t>
+          <t>9789944396158</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Metodu Cilt: 2</t>
+          <t>Heves Sayı: 14</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9789759508821</t>
+          <t>9789944396110</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Garip Kul Duran</t>
+          <t>Heves Sayı: 13</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>46.3</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054518340</t>
+          <t>9789944396035</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>John Cage - Seçme Yazılar</t>
+          <t>Heves Sayı: 12</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>800</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258345414</t>
+          <t>9789944396011</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Eski İstanbul’un Müziği</t>
+          <t>Heves Sayı: 11</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258345391</t>
+          <t>9799758434656</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yaşama Sırası Bizde – Bir Hayat Felsefesi</t>
+          <t>Her Yerim Ağrıyor</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258345025</t>
+          <t>3990000003551</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Felsefesi</t>
+          <t>Kentin Türküsü: Anadolu Pop-Rock</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>175</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258345407</t>
+          <t>3990000051682</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>101 Program Notu</t>
+          <t>Bağlama Metodu Cilt: 2</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258345384</t>
+          <t>9789759508821</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Müzik Kuramı</t>
+          <t>Garip Kul Duran</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>450</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258345377</t>
+          <t>9786054518340</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Depresyonun Duyumotor Yoluyla Düzenlenmesi</t>
+          <t>John Cage - Seçme Yazılar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059646499</t>
+          <t>9786258345414</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Çok Gururlu Çok Kırılgan - Maria Callas</t>
+          <t>Eski İstanbul’un Müziği</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258345346</t>
+          <t>9786258345391</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çalgı Eğitimi</t>
+          <t>Yaşama Sırası Bizde – Bir Hayat Felsefesi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258345308</t>
+          <t>9786258345025</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Çorbadaki Fizik</t>
+          <t>Dostluk Felsefesi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054518555</t>
+          <t>9786258345407</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Atlıkarıncada Bir Tur Daha</t>
+          <t>101 Program Notu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258345278</t>
+          <t>9786258345384</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Terminolojiden Analize Alıştırmalı Müzik Teorisi 2</t>
+          <t>Müzik Kuramı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258345292</t>
+          <t>9786258345377</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>YÖK’ün Gölgesinde Bilim Tarihi Işığında Bir Üniversite Bir Laboratuvar</t>
+          <t>Depresyonun Duyumotor Yoluyla Düzenlenmesi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258345315</t>
+          <t>9786059646499</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kuş Dili – Müzik Yazıları</t>
+          <t>Çok Gururlu Çok Kırılgan - Maria Callas</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789757652205</t>
+          <t>9786258345346</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Caz Müziğinde Akor Dizileri</t>
+          <t>Çalgı Eğitimi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789758434022</t>
+          <t>9786258345308</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Temel Müzik Teorisi</t>
+          <t>Çorbadaki Fizik</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258345254</t>
+          <t>9786054518555</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sofie’nin Dünyası – Çizgi Roman 1. Cilt</t>
+          <t>Atlıkarıncada Bir Tur Daha</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054518005</t>
+          <t>9786258345278</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’u Dolaşırken</t>
+          <t>Terminolojiden Analize Alıştırmalı Müzik Teorisi 2</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054518388</t>
+          <t>9786258345292</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar ve Beyin</t>
+          <t>YÖK’ün Gölgesinde Bilim Tarihi Işığında Bir Üniversite Bir Laboratuvar</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054518463</t>
+          <t>9786258345315</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yazı</t>
+          <t>Kuş Dili – Müzik Yazıları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789758434572</t>
+          <t>9789757652205</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sofie’nin Dünyası</t>
+          <t>Caz Müziğinde Akor Dizileri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258345247</t>
+          <t>9789758434022</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Oldu da Agnes Varda'yla Tanışamadım</t>
+          <t>Temel Müzik Teorisi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258345216</t>
+          <t>9786258345254</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Türkülerinde Semboller, Örüntüler ve Kültürel Bağlamlar</t>
+          <t>Sofie’nin Dünyası – Çizgi Roman 1. Cilt</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258345230</t>
+          <t>9786054518005</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Makamdan Makama Geçki Örnekleri</t>
+          <t>İstanbul’u Dolaşırken</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059646062</t>
+          <t>9786054518388</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bağlama Metodu -1</t>
+          <t>Bilgisayar ve Beyin</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258345209</t>
+          <t>9786054518463</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Noktanın Sonsuzluğu İkinci Kitap</t>
+          <t>Çocuk Yazı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258345186</t>
+          <t>9789758434572</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kadar Derin Gökyüzü Kadar Hafif – Budizmle Kendi İçine Yolculuk</t>
+          <t>Sofie’nin Dünyası</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>550</v>
+        <v>700</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258345124</t>
+          <t>9786258345247</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sesi Ney</t>
+          <t>Nasıl Oldu da Agnes Varda'yla Tanışamadım</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258345179</t>
+          <t>9786258345216</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Oğuz Atay - Sevgi-Para Geriliminde Atay’ın Sofrası ve Türkiye'nin Ruhu'na İzonomik ve Tinbilimsel Bir Yaklaşım</t>
+          <t>Anadolu Türkülerinde Semboller, Örüntüler ve Kültürel Bağlamlar</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258345162</t>
+          <t>9786258345230</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Çorbadaki Biyoloji</t>
+          <t>Makamdan Makama Geçki Örnekleri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258345155</t>
+          <t>9786059646062</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Nazilere Direnen İyi Almanlar 1933-1945</t>
+          <t>Bağlama Metodu -1</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258345117</t>
+          <t>9786258345209</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sahra Hastanelerinden Nazi Laboratuvarlarına Antibiyotiğin Öyküsü</t>
+          <t>Noktanın Sonsuzluğu İkinci Kitap</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258345056</t>
+          <t>9786258345186</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziği Çeşni Rehberi</t>
+          <t>Deniz Kadar Derin Gökyüzü Kadar Hafif</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258345049</t>
+          <t>9786258345124</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Sonra</t>
+          <t>Aşkın Sesi Ney</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258345032</t>
+          <t>9786258345179</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Dolanıklık</t>
+          <t>Oğuz Atay - Sevgi-Para Geriliminde Atay’ın Sofrası ve Türkiye'nin Ruhu'na İzonomik ve Tinbilimsel Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059646994</t>
+          <t>9786258345162</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İncesaz Nota Albümü 2022 (1 - Şarkılar, 2 - Saz Eserleri)</t>
+          <t>Çorbadaki Biyoloji</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059646987</t>
+          <t>9786258345155</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>“İhtiyaç Fazlası Tanburî” Müziğin Peşinde 40 Yıl</t>
+          <t>Nazilere Direnen İyi Almanlar 1933-1945</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059646956</t>
+          <t>9786258345117</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Nihilizm</t>
+          <t>Sahra Hastanelerinden Nazi Laboratuvarlarına Antibiyotiğin Öyküsü</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789757652731</t>
+          <t>9786258345056</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Kevseri Mecmuası</t>
+          <t>Türk Müziği Çeşni Rehberi</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059646932</t>
+          <t>9786258345049</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Noktanın Sonsuzluğu Üçüncü Kitap</t>
+          <t>Ölümden Sonra</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059646949</t>
+          <t>9786258345032</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Noktanın Sonsuzluğu Dördüncü Kitap</t>
+          <t>Kuantum Dolanıklık</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>450</v>
+        <v>325</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059646925</t>
+          <t>9786059646994</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Noktanın Sonsuzluğu Birinci Kitap</t>
+          <t>İncesaz Nota Albümü 2022 (1 - Şarkılar, 2 - Saz Eserleri)</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9799758434540</t>
+          <t>9786059646987</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Efsaneden Tarihe Ankara Yahudileri</t>
+          <t>“İhtiyaç Fazlası Tanburî” Müziğin Peşinde 40 Yıl</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059646970</t>
+          <t>9786059646956</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Korkuyorum Kaptan</t>
+          <t>Nihilizm</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>100</v>
+        <v>325</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059646963</t>
+          <t>9789757652731</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Çevreyi Tanıyalım - Atık</t>
+          <t>Kevseri Mecmuası</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059646901</t>
+          <t>9786059646932</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyada Sosyodrama</t>
+          <t>Noktanın Sonsuzluğu Üçüncü Kitap</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059646918</t>
+          <t>9786059646949</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Houdini’den Sonra Ölüm</t>
+          <t>Noktanın Sonsuzluğu Dördüncü Kitap</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059646864</t>
+          <t>9786059646925</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Terminolojiden Analize Alıştırmalı Müzik Teorisi 3A-Konular</t>
+          <t>Noktanın Sonsuzluğu Birinci Kitap</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059646857</t>
+          <t>9799758434540</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Acayip Güçlü</t>
+          <t>Efsaneden Tarihe Ankara Yahudileri</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059646833</t>
+          <t>9786059646970</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Öteki Caz</t>
+          <t>Korkuyorum Kaptan</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059646840</t>
+          <t>9786059646963</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kral, İmparator, Çar</t>
+          <t>Çevreyi Tanıyalım - Atık</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059646826</t>
+          <t>9786059646901</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla İkebana</t>
+          <t>Değişen Dünyada Sosyodrama</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059646529</t>
+          <t>9786059646918</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Orff-Schulwerk - Elementer Müzik ve Hareket Pedagojisinin Temelleri</t>
+          <t>Houdini’den Sonra Ölüm</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059646802</t>
+          <t>9786059646864</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Saygun Yaklaşımıyla Armoni Eğitimi</t>
+          <t>Terminolojiden Analize Alıştırmalı Müzik Teorisi 3A-Konular</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059646789</t>
+          <t>9786059646857</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Hikayeleri</t>
+          <t>Acayip Güçlü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059646765</t>
+          <t>9786059646833</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik</t>
+          <t>Öteki Caz</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>325</v>
+        <v>600</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059646796</t>
+          <t>9786059646840</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Türk Makam Müzikçisinin Seyir Defteri-1</t>
+          <t>Kral, İmparator, Çar</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059646734</t>
+          <t>9786059646826</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Karbon Yakalama</t>
+          <t>Çocuklarla İkebana</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059646109</t>
+          <t>9786059646529</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Bir Vegan ile Evlendim</t>
+          <t>Orff-Schulwerk - Elementer Müzik ve Hareket Pedagojisinin Temelleri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059646727</t>
+          <t>9786059646802</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Zihin-Beden Problemi</t>
+          <t>Saygun Yaklaşımıyla Armoni Eğitimi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059646697</t>
+          <t>9786059646789</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Diktatörün Gözlükleri</t>
+          <t>Mesnevi Hikayeleri</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059646628</t>
+          <t>9786059646765</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Felsefe</t>
+          <t>Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>400</v>
+        <v>325</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059646666</t>
+          <t>9786059646796</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Zihin</t>
+          <t>Türk Makam Müzikçisinin Seyir Defteri-1</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>325</v>
+        <v>300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059646642</t>
+          <t>9786059646734</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İki Göz Sıvı</t>
+          <t>Karbon Yakalama</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>75</v>
+        <v>325</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059646635</t>
+          <t>9786059646109</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Herkes için Parçacık Fiziği</t>
+          <t>Bir Vegan ile Evlendim</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059646604</t>
+          <t>9786059646727</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Unutulmaz Şarkıların Bestecisi Erol Sayan</t>
+          <t>Zihin-Beden Problemi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059646598</t>
+          <t>9786059646697</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Gençler için Yıldıztozu Şarkıları (Ciltli)</t>
+          <t>Diktatörün Gözlükleri</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>225</v>
+        <v>100</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059646611</t>
+          <t>9786059646628</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Öztakip</t>
+          <t>Gençler İçin Felsefe</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059646581</t>
+          <t>9786059646666</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Anılardaki İstemihan Taviloğlu</t>
+          <t>Bilinçli Zihin</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059646574</t>
+          <t>9786059646642</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Us</t>
+          <t>İki Göz Sıvı</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059646536</t>
+          <t>9786059646635</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Nöroplastisite</t>
+          <t>Herkes için Parçacık Fiziği</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059646567</t>
+          <t>9786059646604</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Havadaki Simya</t>
+          <t>Unutulmaz Şarkıların Bestecisi Erol Sayan</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059646543</t>
+          <t>9786059646598</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ud İçin Makam Dizileri - Makam Scales for Oud</t>
+          <t>Çocuklar ve Gençler için Yıldıztozu Şarkıları (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059646512</t>
+          <t>9786059646611</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sezen Aksu Şarkıları Nota Kitabı 01</t>
+          <t>Öztakip</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059646406</t>
+          <t>9786059646581</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Relaksoloji</t>
+          <t>Anılardaki İstemihan Taviloğlu</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059646468</t>
+          <t>9786059646574</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Halk Müziği Makamları</t>
+          <t>Us</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059646314</t>
+          <t>9786059646536</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Müziği Öğreniyoruz 2. Kitap</t>
+          <t>Nöroplastisite</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059646444</t>
+          <t>9786059646567</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun İki Yolu...</t>
+          <t>Havadaki Simya</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059646451</t>
+          <t>9786059646543</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Resimleri Tamamla ve Boya</t>
+          <t>Ud İçin Makam Dizileri - Makam Scales for Oud</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059646413</t>
+          <t>9786059646512</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tanbur Metodu</t>
+          <t>Sezen Aksu Şarkıları Nota Kitabı 01</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>450</v>
+        <v>225</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059646420</t>
+          <t>9786059646406</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Osmanlının Son Döneminde Adalı Rumlar</t>
+          <t>Stres ve Relaksoloji</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059646307</t>
+          <t>9786059646468</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nedir?</t>
+          <t>Halk Müziği Makamları</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059646369</t>
+          <t>9786059646314</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çorbadaki Kimya</t>
+          <t>Müziği Öğreniyoruz 2. Kitap</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059646376</t>
+          <t>9786059646444</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Çorbadaki Ekoloji</t>
+          <t>Mutluluğun İki Yolu...</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059646352</t>
+          <t>9786059646451</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Dünya Gemisi - Doğa, Çevre ve Uygarlığın Sınırları</t>
+          <t>Resimleri Tamamla ve Boya</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059646284</t>
+          <t>9786059646413</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>İşte Benim Hayatım</t>
+          <t>Tanbur Metodu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>50</v>
+        <v>450</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059646277</t>
+          <t>9786059646420</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya’dan Türk Halk Musıkisi</t>
+          <t>Osmanlının Son Döneminde Adalı Rumlar</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>500</v>
+        <v>175</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059646215</t>
+          <t>9786059646307</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Uzun Bir Yol</t>
+          <t>Yaşam Nedir?</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059646260</t>
+          <t>9786059646369</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Ünitelerle Müzik Teorisi Solfej - 1</t>
+          <t>Çorbadaki Kimya</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059646246</t>
+          <t>9786059646376</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Rimski Korsakov’un Yaban Arısı - Glinka ve Rus Beşleri</t>
+          <t>Çorbadaki Ekoloji</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059646239</t>
+          <t>9786059646352</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>ArGe Yönetimi</t>
+          <t>Dünya Gemisi - Doğa, Çevre ve Uygarlığın Sınırları</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059646185</t>
+          <t>9786059646284</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Türk Müziğinde Usuller / The Usul in Turkish Music</t>
+          <t>İşte Benim Hayatım</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059646208</t>
+          <t>9786059646277</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Macaristan’da Mehter Müziği</t>
+          <t>Küçük Asya’dan Türk Halk Musıkisi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059646161</t>
+          <t>9786059646215</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ulus'un Dansı</t>
+          <t>Uzun Bir Yol</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>325</v>
+        <v>400</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>8697442880103</t>
+          <t>9786059646260</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Defter - Boyamaya Hazır Kenar Süsleriyle</t>
+          <t>Ünitelerle Müzik Teorisi Solfej - 1</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059646116</t>
+          <t>9786059646246</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Mercan ile Alican</t>
+          <t>Rimski Korsakov’un Yaban Arısı - Glinka ve Rus Beşleri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059646154</t>
+          <t>9786059646239</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Fabrikası Tanrıçası</t>
+          <t>ArGe Yönetimi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059646123</t>
+          <t>9786059646185</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Çini</t>
+          <t>Türk Müziğinde Usuller / The Usul in Turkish Music</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059646680</t>
+          <t>9786059646208</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Terminolojiden Analize Alıştırmalı Müzik Teorisi 1</t>
+          <t>Macaristan’da Mehter Müziği</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059646086</t>
+          <t>9786059646161</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Zahmetsiz Ustalık</t>
+          <t>Ulus'un Dansı</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054518944</t>
+          <t>8697442880103</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Umursamaz Uykucu</t>
+          <t>Defter - Boyamaya Hazır Kenar Süsleriyle</t>
         </is>
       </c>
       <c r="C340" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054518968</t>
+          <t>9786059646116</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kevseri Mecmuası</t>
+          <t>Mercan ile Alican</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786054518999</t>
+          <t>9786059646154</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Bazı Şeylere Dokunamazsın</t>
+          <t>Ekmek Fabrikası Tanrıçası</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786054518982</t>
+          <t>9786059646123</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>Yarım Kalan Çini</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786054518975</t>
+          <t>9786059646680</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>DönüşümAİ</t>
+          <t>Terminolojiden Analize Alıştırmalı Müzik Teorisi 1</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>75</v>
+        <v>800</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059646031</t>
+          <t>9786059646086</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Higgs Keşfi</t>
+          <t>Zahmetsiz Ustalık</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059646024</t>
+          <t>9786054518944</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Müzik Okyanusu</t>
+          <t>Umursamaz Uykucu</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786054518913</t>
+          <t>9786054518968</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Oyunlarla Adım Adım Müzik</t>
+          <t>Kevseri Mecmuası</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786054518166</t>
+          <t>9786054518999</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Bin Yılın Mirası</t>
+          <t>Bazı Şeylere Dokunamazsın</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786054518937</t>
+          <t>9786054518982</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Kısa Metinler ve Saat Kulesi</t>
+          <t>12</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>3990000031595</t>
+          <t>9786054518975</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Notalı Kartpostal Albümü</t>
+          <t>DönüşümAİ</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054518920</t>
+          <t>9786059646031</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Erken Adam Hikayeleri</t>
+          <t>Higgs Keşfi</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054518845</t>
+          <t>9786059646024</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Perpetuum Mobile - İlhan Usmanbaş'ın Yapıtı</t>
+          <t>Müzik Okyanusu</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054518807</t>
+          <t>9786054518913</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Müziği Okumak Ek Cilt 1</t>
+          <t>Oyunlarla Adım Adım Müzik</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786054518890</t>
+          <t>9786054518166</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Güzel Günlerine Yolculuk - İnci Çayırlı'nın Anıları</t>
+          <t>Bin Yılın Mirası</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054518876</t>
+          <t>9786054518937</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel / Uzun İnce Bir yol</t>
+          <t>Kısa Metinler ve Saat Kulesi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786054518869</t>
+          <t>3990000031595</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Cemil Bey / Cemil'in Gizli Konserleri</t>
+          <t>Notalı Kartpostal Albümü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786054518821</t>
+          <t>9786054518920</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Perseus’un Yolculuğu</t>
+          <t>Erken Adam Hikayeleri</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>3990000022053</t>
+          <t>9786054518845</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>100. Doğum Yılında Cemal Reşit Rey</t>
+          <t>Perpetuum Mobile - İlhan Usmanbaş'ın Yapıtı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786054518760</t>
+          <t>9786054518807</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ney'de Teknik Çalışmalar / Exploring Ney Techniques</t>
+          <t>Müziği Okumak Ek Cilt 1</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9799758434472</t>
+          <t>9786054518890</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Aşk İle... With Love... Türk dinî musiki formları / Compositional genres of Turkish liturgical music ( Kitap + 2 CD )</t>
+          <t>Müziğin Güzel Günlerine Yolculuk - İnci Çayırlı'nın Anıları</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054518609</t>
+          <t>9786054518876</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Adalet İçin</t>
+          <t>Aşık Veysel / Uzun İnce Bir yol</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054518739</t>
+          <t>9786054518869</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sibirya - Batı Türkistan</t>
+          <t>Tanburi Cemil Bey / Cemil'in Gizli Konserleri</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054518623</t>
+          <t>9786054518821</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Armoni Karadeniz</t>
+          <t>Perseus’un Yolculuğu</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054518180</t>
+          <t>3990000022053</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Anılardaki Adnan Saygun</t>
+          <t>100. Doğum Yılında Cemal Reşit Rey</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054518241</t>
+          <t>9786054518760</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Teknik Değişimin Ekonomisi ve Yönetimi</t>
+          <t>Ney'de Teknik Çalışmalar / Exploring Ney Techniques</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789758434701</t>
+          <t>9799758434472</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Görüntünün Müziği Müziğin Görüntüsü (Ciltli)</t>
+          <t>Aşk İle... With Love... Türk dinî musiki formları / Compositional genres of Turkish liturgical music ( Kitap + 2 CD )</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786054518715</t>
+          <t>9786054518609</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Güzey</t>
+          <t>Bir Avuç Adalet İçin</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054518661</t>
+          <t>9786054518739</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Sayın’ın Taksimlerinde İcrayı Oluşturan Elemanların Transkripsiyonu</t>
+          <t>Sibirya - Batı Türkistan</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786054518524</t>
+          <t>9786054518623</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Pireneler’deki Şato</t>
+          <t>Armoni Karadeniz</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786054518814</t>
+          <t>9786054518180</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Osman Hamdi Bey’den Picasso’ya Çocuklar için Sanat</t>
+          <t>Anılardaki Adnan Saygun</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786054518791</t>
+          <t>9786054518241</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Meydanı’nın Delisi</t>
+          <t>Teknik Değişimin Ekonomisi ve Yönetimi</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786054518562</t>
+          <t>9789758434701</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Türk Halk Şiiri Antolojisi</t>
+          <t>Görüntünün Müziği Müziğin Görüntüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789757652465</t>
+          <t>9786054518715</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Müzik Fiziği</t>
+          <t>Güzey</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789944396912</t>
+          <t>9786054518661</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Fraulein Stark</t>
+          <t>Niyazi Sayın’ın Taksimlerinde İcrayı Oluşturan Elemanların Transkripsiyonu</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789758434992</t>
+          <t>9786054518524</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Filozof Çocuk Çocuklarla Felsefe Konuşmaları</t>
+          <t>Pireneler’deki Şato</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059646741</t>
+          <t>9786054518814</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Fermat’nın Son Teoremi</t>
+          <t>Osman Hamdi Bey’den Picasso’ya Çocuklar için Sanat</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054518197</t>
+          <t>9786054518791</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Çarklarını Çevirenler</t>
+          <t>Özgürlük Meydanı’nın Delisi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9789944396448</t>
+          <t>9786054518562</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında</t>
+          <t>İzahlı Türk Halk Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789944396875</t>
+          <t>9789757652465</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Three Comparative Essays on Turkish Music</t>
+          <t>Müzik Fiziği</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9789758434886</t>
+          <t>9789944396912</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sirk Müdürünün Kızı</t>
+          <t>Fraulein Stark</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>3990000012019</t>
+          <t>9789758434992</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Simon - Garfunkel</t>
+          <t>Filozof Çocuk Çocuklarla Felsefe Konuşmaları</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789944396165</t>
+          <t>9786059646741</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Sevdim Onu</t>
+          <t>Fermat’nın Son Teoremi</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>50</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789758434817</t>
+          <t>9786054518197</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri / Psikosomatik Tıp</t>
+          <t>Yaşamın Çarklarını Çevirenler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789757652823</t>
+          <t>9789944396448</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Prince Dimitrie Cantemir Theorist and Composer of Turkish Music</t>
+          <t>Türk Edebiyatında</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>300</v>
+        <v>125</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789758434725</t>
+          <t>9789944396875</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kopuz ile Çeşte</t>
+          <t>Three Comparative Essays on Turkish Music</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059646703</t>
+          <t>9789758434886</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Kimya Güzeldir</t>
+          <t>Sirk Müdürünün Kızı</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789944396004</t>
+          <t>3990000012019</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Evveli Nokta Ahiri Nokta</t>
+          <t>Simon - Garfunkel</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>10</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789758434794</t>
+          <t>9789944396165</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Eskiçağ Kilikia Çalgıları</t>
+          <t>Sevdim Onu</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789757652809</t>
+          <t>9789758434817</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Optik Deneyleri</t>
+          <t>Psikiyatri / Psikosomatik Tıp</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789757652670</t>
+          <t>9789757652823</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Isı Deneyleri</t>
+          <t>Prince Dimitrie Cantemir Theorist and Composer of Turkish Music</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789757652663</t>
+          <t>9789758434725</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Akustik Deneyleri</t>
+          <t>Kopuz ile Çeşte</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789944396547</t>
+          <t>9786059646703</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Çin - Doğu Türkistan</t>
+          <t>Kimya Güzeldir</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786054518593</t>
+          <t>9789944396004</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kemençenin Senyörü Cüneyd Orhon</t>
+          <t>Evveli Nokta Ahiri Nokta</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786054518616</t>
+          <t>9789758434794</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Salkımsöğütün Türküsü</t>
+          <t>Eskiçağ Kilikia Çalgıları</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789944396950</t>
+          <t>9789757652809</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Oluşmak</t>
+          <t>Çocuklar İçin Optik Deneyleri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789944396837</t>
+          <t>9789757652670</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Ofis Faresinin Piyano Hikayesi</t>
+          <t>Çocuklar İçin Isı Deneyleri</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>75</v>
+        <v>175</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054518494</t>
+          <t>9789757652663</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Ses</t>
+          <t>Çocuklar İçin Akustik Deneyleri</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054518500</t>
+          <t>9789944396547</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Armoni</t>
+          <t>Çin - Doğu Türkistan</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789758434824</t>
+          <t>9786054518593</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yüzyüze</t>
+          <t>Kemençenin Senyörü Cüneyd Orhon</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059646772</t>
+          <t>9786054518616</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Salkımsöğütün Türküsü</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789944396028</t>
+          <t>9789944396950</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Şahin ve Sihirli Flüt</t>
+          <t>Oluşmak</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789944396806</t>
+          <t>9789944396837</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Hayat</t>
+          <t>Ofis Faresinin Piyano Hikayesi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789944396516</t>
+          <t>9786054518494</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yemen Seyahatnamesi ve Bitkisel Coğrafyası</t>
+          <t>Soğuk Ses</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789944396196</t>
+          <t>9786054518500</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yardım Etmenin Düzenleri</t>
+          <t>Armoni</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789757652830</t>
+          <t>9789758434824</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Umursanmamış</t>
+          <t>Yüzyüze</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786054518043</t>
+          <t>9786059646772</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Uçlarda Gezintiler</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786054518302</t>
+          <t>9789944396028</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Türkülü Aşk Hikayeleri</t>
+          <t>Yeşil Şahin ve Sihirli Flüt</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789758434756</t>
+          <t>9789944396806</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Eğitim Çıkmazı ve Atatürk</t>
+          <t>Yeni Bir Hayat</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>3990000013467</t>
+          <t>9789944396516</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>The Beatles Bütün Şarkıların Notaları, Gitar Akorları, İngilizce-Türkçe Sözleri</t>
+          <t>Yemen Seyahatnamesi ve Bitkisel Coğrafyası</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9799758434861</t>
+          <t>9789944396196</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Tebriz’in Kış Güneşi</t>
+          <t>Yardım Etmenin Düzenleri</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786054518326</t>
+          <t>9789757652830</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Taş</t>
+          <t>Umursanmamış</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9799758434335</t>
+          <t>9786054518043</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Tanburi Küçük Artin</t>
+          <t>Uçlarda Gezintiler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789944396424</t>
+          <t>9786054518302</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Şiirimizde Milenyum Kuşağı</t>
+          <t>Türkülü Aşk Hikayeleri</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054518647</t>
+          <t>9789758434756</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarla Matematik</t>
+          <t>Türkiye’nin Eğitim Çıkmazı ve Atatürk</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789758434053</t>
+          <t>3990000013467</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sources Of 18th Century Music</t>
+          <t>The Beatles Bütün Şarkıların Notaları, Gitar Akorları, İngilizce-Türkçe Sözleri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>400</v>
+        <v>40</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786054518128</t>
+          <t>9799758434861</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Siyahh</t>
+          <t>Tebriz’in Kış Güneşi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789944396707</t>
+          <t>9786054518326</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Seçme Şiirler</t>
+          <t>Taş</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789758434909</t>
+          <t>9799758434335</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sebastian Knight Bir Endülüs Hikayesi</t>
+          <t>Tanburi Küçük Artin</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789758434879</t>
+          <t>9789944396424</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Sanat Yolculukları</t>
+          <t>Şiirimizde Milenyum Kuşağı</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789757652885</t>
+          <t>9786054518647</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Saint Saens</t>
+          <t>Şarkılarla Matematik</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789944396592</t>
+          <t>9789758434053</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Rüzgar Suya Yazmıştı</t>
+          <t>Sources Of 18th Century Music</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789757652366</t>
+          <t>9786054518128</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Refik Bey</t>
+          <t>Siyahh</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789758434930</t>
+          <t>9789944396707</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Radyoda Bir Gün</t>
+          <t>Seçme Şiirler</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>175</v>
+        <v>75</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789758434732</t>
+          <t>9789758434909</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Portakal Kız</t>
+          <t>Sebastian Knight Bir Endülüs Hikayesi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789944396677</t>
+          <t>9789758434879</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Portakal İçin Mutluluk Kayısı Olmak Değildir</t>
+          <t>Sanat Yolculukları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789944396608</t>
+          <t>9789757652885</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Patronla Tartışmalar 1</t>
+          <t>Saint Saens</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789944396998</t>
+          <t>9789944396592</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Nikolay Şodoyev’in Diliyle Altay Bilik</t>
+          <t>Rüzgar Suya Yazmıştı</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9779758434764</t>
+          <t>9789757652366</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>N’etti Bu Yunus N’etti (Ciltli)</t>
+          <t>Refik Bey</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789758434770</t>
+          <t>9789758434930</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Neden New York Neden İstanbul</t>
+          <t>Radyoda Bir Gün</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789944396714</t>
+          <t>9789758434732</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Natürmort</t>
+          <t>Portakal Kız</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789944396233</t>
+          <t>9789944396677</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Nakit Makinesi İş Romanı</t>
+          <t>Portakal İçin Mutluluk Kayısı Olmak Değildir</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789758434978</t>
+          <t>9789944396608</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Müzik Yazılarım</t>
+          <t>Patronla Tartışmalar 1</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059646147</t>
+          <t>9789944396998</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Müziği Öğreniyoruz 1. Kitap</t>
+          <t>Nikolay Şodoyev’in Diliyle Altay Bilik</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789758434442</t>
+          <t>9779758434764</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Müziği Okumak Cilt: 5</t>
+          <t>N’etti Bu Yunus N’etti (Ciltli)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789757652458</t>
+          <t>9789758434770</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Müziğe Giriş</t>
+          <t>Neden New York Neden İstanbul</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786054518432</t>
+          <t>9789944396714</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Meşkte Ney Eğitimi / Teaching the Ney with the Meşk Method</t>
+          <t>Natürmort</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789944396578</t>
+          <t>9789944396233</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mersin’den Yükselen Çağdaş Ses Nevit Kodallı</t>
+          <t>Nakit Makinesi İş Romanı</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789757652915</t>
+          <t>9789758434978</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Hafid Efendi ve Musiki</t>
+          <t>Müzik Yazılarım</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789944396189</t>
+          <t>9786059646147</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Üzerine Düşünmek</t>
+          <t>Müziği Öğreniyoruz 1. Kitap</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786054518470</t>
+          <t>9789758434442</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Elektrodinamiği</t>
+          <t>Müziği Okumak Cilt: 5</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786054518081</t>
+          <t>9789757652458</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kendi Kendine Kolay Piyano Metodu</t>
+          <t>Müziğe Giriş</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789944396394</t>
+          <t>9786054518432</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Keman İçin Çeşitlemeler</t>
+          <t>Meşkte Ney Eğitimi / Teaching the Ney with the Meşk Method</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9799758434526</t>
+          <t>9789944396578</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Karton Kutudan Güfteler</t>
+          <t>Mersin’den Yükselen Çağdaş Ses Nevit Kodallı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789944396981</t>
+          <t>9789757652915</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve New York’ta Tarih Boyu Çokkültürlülük</t>
+          <t>Mehmed Hafid Efendi ve Musiki</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789757652649</t>
+          <t>9789944396189</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>İskambil Kağıtlarının Esrarı</t>
+          <t>Küçük Prens Üzerine Düşünmek</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789758434114</t>
+          <t>9786054518470</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Hayatımızdaki İnce Şeylere Dair</t>
+          <t>Kuantum Elektrodinamiği</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789944396226</t>
+          <t>9786054518081</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Hatırat Tuna Boyunca Anılarla Ezgiler</t>
+          <t>Kendi Kendine Kolay Piyano Metodu</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789758434855</t>
+          <t>9789944396394</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hasta Yakını Olmak</t>
+          <t>Keman İçin Çeşitlemeler</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789944396929</t>
+          <t>9799758434526</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Hamam</t>
+          <t>Karton Kutudan Güfteler</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789944396943</t>
+          <t>9789944396981</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hallac</t>
+          <t>İstanbul ve New York’ta Tarih Boyu Çokkültürlülük</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789758434299</t>
+          <t>9789757652649</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Git Zaman Gel Zaman</t>
+          <t>İskambil Kağıtlarının Esrarı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>1400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789944396417</t>
+          <t>9789758434114</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Gelenekle Deney</t>
+          <t>Hayatımızdaki İnce Şeylere Dair</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789757652397</t>
+          <t>9789944396226</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ertesi Günce</t>
+          <t>Hatırat Tuna Boyunca Anılarla Ezgiler</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789944396905</t>
+          <t>9789758434855</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Elit Bir Fahişenin Öyküsü</t>
+          <t>Hasta Yakını Olmak</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054518012</t>
+          <t>9789944396929</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Elektrogitar</t>
+          <t>Hamam</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>125</v>
+        <v>75</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054518296</t>
+          <t>9789944396943</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Ekmek ve Takvim</t>
+          <t>Hallac</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>50</v>
+        <v>175</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054518036</t>
+          <t>9789758434299</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Ebu Garib Neşesi</t>
+          <t>Git Zaman Gel Zaman</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>50</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789944396820</t>
+          <t>9789944396417</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar Nasıl Yapılır?</t>
+          <t>Gelenekle Deney</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789944396738</t>
+          <t>9789757652397</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Dilin İntikamı</t>
+          <t>Ertesi Günce</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789944396936</t>
+          <t>9789944396905</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon</t>
+          <t>Elit Bir Fahişenin Öyküsü</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054518098</t>
+          <t>9786054518012</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Elektrogitar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>500</v>
+        <v>125</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789944396967</t>
+          <t>9786054518296</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Dağdaki Emirler</t>
+          <t>Ekmek ve Takvim</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054518159</t>
+          <t>9786054518036</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarla Felsefe</t>
+          <t>Ebu Garib Neşesi</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>400</v>
+        <v>50</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789757652656</t>
+          <t>9789944396820</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Çilli Horozum</t>
+          <t>Dünyalar Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789944396318</t>
+          <t>9789944396738</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Yalnızlık Söylentileri</t>
+          <t>Dilin İntikamı</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789944396660</t>
+          <t>9789944396936</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Cüneyd Orhon Anlatıyor: Radyo Günlerim</t>
+          <t>Diksiyon</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789944396813</t>
+          <t>9786054518098</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Büyükdedem Dr. Osman Şevki Uludağ</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>125</v>
+        <v>500</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789944396684</t>
+          <t>9789944396967</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Çıfıt Çarşısı</t>
+          <t>Dağdaki Emirler</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>175</v>
+        <v>60</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789944396530</t>
+          <t>9786054518159</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Bir Kültür Savaşçısı Osman Şevki Uludağ</t>
+          <t>Çocuklarla Felsefe</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789944396585</t>
+          <t>9789757652656</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Çocuk</t>
+          <t>Çilli Horozum</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789944396868</t>
+          <t>9789944396318</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Beyond the Glory of the Sultans</t>
+          <t>Çeşitli Yalnızlık Söylentileri</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789944396059</t>
+          <t>9789944396660</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Işık</t>
+          <t>Cüneyd Orhon Anlatıyor: Radyo Günlerim</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059646550</t>
+          <t>9789944396813</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Ben Google Değilim</t>
+          <t>Büyükdedem Dr. Osman Şevki Uludağ</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789944396790</t>
+          <t>9789944396684</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Beethoven Çorbayı Neden Fırlattı?</t>
+          <t>Bir Zamanlar Çıfıt Çarşısı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9799758434533</t>
+          <t>9789944396530</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Bandodan Klasik Müziğe</t>
+          <t>Bir Kültür Savaşçısı Osman Şevki Uludağ</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>75</v>
+        <v>300</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789757652892</t>
+          <t>9789944396585</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Aynadaki Muamma</t>
+          <t>Bilgin Çocuk</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786054518142</t>
+          <t>9789944396868</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Ay’da Buluşalım</t>
+          <t>Beyond the Glory of the Sultans</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786054518319</t>
+          <t>9789944396059</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Avludaki Ses</t>
+          <t>Beyaz Işık</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9799758434588</t>
+          <t>9786059646550</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Anlamak ve Anlatmak</t>
+          <t>Ben Google Değilim</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789944396042</t>
+          <t>9789944396790</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Adakale</t>
+          <t>Beethoven Çorbayı Neden Fırlattı?</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
+          <t>9799758434533</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Bandodan Klasik Müziğe</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9789757652892</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Aynadaki Muamma</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786054518142</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Ay’da Buluşalım</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786054518319</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Avludaki Ses</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9799758434588</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Anlamak ve Anlatmak</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9789944396042</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Adakale</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
           <t>9786054518418</t>
         </is>
       </c>
-      <c r="B481" s="1" t="inlineStr">
+      <c r="B487" s="1" t="inlineStr">
         <is>
           <t>Acaba</t>
         </is>
       </c>
-      <c r="C481" s="1">
+      <c r="C487" s="1">
         <v>140</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>