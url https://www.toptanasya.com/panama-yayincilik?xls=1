--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -85,8215 +85,8305 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255618535</t>
+          <t>9786255618559</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Türkeş (1963-1980)</t>
+          <t>Karanlığa Adanmış Ruhlar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255618542</t>
+          <t>9786054401000</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Türkeş (1980-1997)</t>
+          <t>Mesnevi (Ciltli)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>900</v>
+        <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752444683</t>
+          <t>9786255618528</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Travma</t>
+          <t>Ülkü Ocakları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752444737</t>
+          <t>9786255618566</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Alpağut</t>
+          <t>Stratejik Analiz</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786057739773</t>
+          <t>9786255618511</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786057739025</t>
+          <t>9786255618504</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Tibet'in Ölüler Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>120</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052221549</t>
+          <t>9786255618535</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Küçük Öfkeli Gezegene Yolculuk</t>
+          <t>Alparslan Türkeş (1963-1980)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>490</v>
+        <v>900</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052221556</t>
+          <t>9786255618542</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Öğrenirsen Öyle Yaşarsın</t>
+          <t>Alparslan Türkeş (1980-1997)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>900</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>2769008912347</t>
+          <t>9789752444683</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Evrim Seti (1 Oyun 1 Kitap)</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>950</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052221501</t>
+          <t>9789752444737</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya</t>
+          <t>Alpağut</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255618450</t>
+          <t>9786057739773</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kül ve İs</t>
+          <t>Mesaj</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255618498</t>
+          <t>9786057739025</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Acıları</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9265471256597</t>
+          <t>9786052221549</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Yılmaz Seti (13 Kitap)</t>
+          <t>Küçük Öfkeli Gezegene Yolculuk</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>4500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255618474</t>
+          <t>9786052221556</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türk Olmak</t>
+          <t>Nasıl Öğrenirsen Öyle Yaşarsın</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255618467</t>
+          <t>2769008912347</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tengri</t>
+          <t>Evrim Seti (1 Oyun 1 Kitap)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255618481</t>
+          <t>9786052221501</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gördüm, Duydum, Biliyorum</t>
+          <t>Halka Dünya</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052221143</t>
+          <t>9786255618450</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kaza Dedektifleri</t>
+          <t>Kül ve İs</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059127967</t>
+          <t>9786255618498</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Adım Yeşil</t>
+          <t>Türklerin Acıları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059127981</t>
+          <t>9265471256597</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Onlar Diridirler</t>
+          <t>Çağlayan Yılmaz Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059371018</t>
+          <t>9786255618474</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Koğuş Türkiye Koğuş Dünya</t>
+          <t>Türk Olmak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255618443</t>
+          <t>9786255618467</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kırbacı Attila</t>
+          <t>Tengri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255618368</t>
+          <t>9786255618481</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Kontu</t>
+          <t>Gördüm, Duydum, Biliyorum</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255618245</t>
+          <t>9786052221143</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Kaza Dedektifleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255618375</t>
+          <t>9786059127967</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Adım Yeşil</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255618382</t>
+          <t>9786059127981</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Onlar Diridirler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255618351</t>
+          <t>9786059371018</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Koğuş Türkiye Koğuş Dünya</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255618344</t>
+          <t>9786255618443</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Tanrı’nın Kırbacı Attila</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052221075</t>
+          <t>9786255618368</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Darwin'in Hayaletleri</t>
+          <t>Monte Cristo Kontu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2769008212201</t>
+          <t>9786255618245</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Türk Klasikleri Seti (5 Kitap Takım)</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>2769008912323</t>
+          <t>9786255618375</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Seti (3 Kitap Takım)</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>1050</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2769008912354</t>
+          <t>9786255618382</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dmitry Glukhovsky Seti (5 Kitap Takım)</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>2690</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256546059</t>
+          <t>9786255618351</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kurtname</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059371421</t>
+          <t>9786255618344</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkiyem</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055143572</t>
+          <t>9786052221075</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dindar Beyin</t>
+          <t>Darwin'in Hayaletleri</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052221938</t>
+          <t>2769008212201</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gelecek</t>
+          <t>Türk Klasikleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>650</v>
+        <v>700</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752444997</t>
+          <t>2769008912323</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cemreler Düşerken</t>
+          <t>Halka Dünya Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9785874125660</t>
+          <t>2769008912354</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Nazi Almanyası (2 Kitap Set)</t>
+          <t>Dmitry Glukhovsky Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>540</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255618313</t>
+          <t>9786256546059</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt</t>
+          <t>Kurtname</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255618337</t>
+          <t>9786059371421</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Joseph Goebbels'in Hatıraları</t>
+          <t>Türkiyem</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255618306</t>
+          <t>9786055143572</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Alamut'un Efendisi- Hasan Sabbah</t>
+          <t>Dindar Beyin</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>75</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255618320</t>
+          <t>9786052221938</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Enok'un Kitabı - Gerçeği Bul’un Önsözüyle</t>
+          <t>Gelecek</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>2226523698748</t>
+          <t>9789752444997</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Paul Bloom Seti (4 Kitap)</t>
+          <t>Cemreler Düşerken</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>1410</v>
+        <v>400</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>2226523698212</t>
+          <t>9785874125660</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapisi Seti (3 Kitap)</t>
+          <t>Nazi Almanyası (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1060</v>
+        <v>540</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255618252</t>
+          <t>9786255618313</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Yükselişi ve Düşüşü</t>
+          <t>Bozkurt</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255618269</t>
+          <t>9786255618337</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aşıkpaşazade Tarihi</t>
+          <t>Joseph Goebbels'in Hatıraları</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255618276</t>
+          <t>9786255618306</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi</t>
+          <t>Alamut'un Efendisi- Hasan Sabbah</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255618283</t>
+          <t>9786255618320</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mecelle</t>
+          <t>Enok'un Kitabı - Gerçeği Bul’un Önsözüyle</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255618290</t>
+          <t>2226523698748</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>Paul Bloom Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054401789</t>
+          <t>2226523698212</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Fetih 1453</t>
+          <t>Oyun Terapisi Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054401857</t>
+          <t>9786255618252</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes İz Peşinde</t>
+          <t>Asya’nın Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055143046</t>
+          <t>9786255618269</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan</t>
+          <t>Aşıkpaşazade Tarihi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054401239</t>
+          <t>9786255618276</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>İslam Tarihi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752444072</t>
+          <t>9786255618283</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Mecelle</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059371841</t>
+          <t>9786255618290</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057739698</t>
+          <t>9786054401789</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen</t>
+          <t>Fetih 1453</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054401918</t>
+          <t>9786054401857</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Sherlock Holmes İz Peşinde</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057739865</t>
+          <t>9786055143046</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mete’nin Çin Sındığı (Tatung-Fu) Savaşı</t>
+          <t>Safiye Sultan</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057739889</t>
+          <t>9786054401239</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yıl Harbi İçinde Timur’un Anadolu Seferi ve Ankara Savaşı</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057739902</t>
+          <t>9789752444072</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055143114</t>
+          <t>9786059371841</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Sultan</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255618238</t>
+          <t>9786057739698</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Barıştım</t>
+          <t>Arsen Lüpen</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255618221</t>
+          <t>9786054401918</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Klasikler Işığında Bir Roman Yazarında Aranan Yetenekler</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256546349</t>
+          <t>9786057739865</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Mete’nin Çin Sındığı (Tatung-Fu) Savaşı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059127165</t>
+          <t>9786057739889</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Doktor</t>
+          <t>Yedi Yıl Harbi İçinde Timur’un Anadolu Seferi ve Ankara Savaşı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255618214</t>
+          <t>9786057739902</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Başka Zamanın Hikayeleri</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256546639</t>
+          <t>9786055143114</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Peçevi Tarihi</t>
+          <t>Hürrem Sultan</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052221471</t>
+          <t>9786255618238</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Rus Ruleti</t>
+          <t>Kendimle Barıştım</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057739346</t>
+          <t>9786255618221</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kanunsuz Okyanus</t>
+          <t>Klasikler Işığında Bir Roman Yazarında Aranan Yetenekler</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057739667</t>
+          <t>9786256546349</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256546622</t>
+          <t>9786059127165</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Katillere Ölüm</t>
+          <t>Doktor</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256546615</t>
+          <t>9786255618214</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Başka Zamanın Hikayeleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059127028</t>
+          <t>9786256546639</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi: Vurgun</t>
+          <t>Peçevi Tarihi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256546608</t>
+          <t>9786052221471</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur ve Yuvarlak Masa Şövalyeleri</t>
+          <t>Rus Ruleti</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256546592</t>
+          <t>9786057739346</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Putların Alacakaranlığı</t>
+          <t>Kanunsuz Okyanus</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256546578</t>
+          <t>9786057739667</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler - Stefan Zweig</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256546585</t>
+          <t>9786256546622</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler - Sebahattin Ali</t>
+          <t>Katillere Ölüm</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256546554</t>
+          <t>9786256546615</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Raziye Begüm</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059371131</t>
+          <t>9786059127028</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Azazel - İman Hasadı</t>
+          <t>Aksaçlılar Meclisi: Vurgun</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052221778</t>
+          <t>9786256546608</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Davranış Bozuklukları ve Çözüm Yolları</t>
+          <t>Kral Arthur ve Yuvarlak Masa Şövalyeleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256546110</t>
+          <t>9786256546592</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Oruç Reis - Kolsuz Kahraman</t>
+          <t>Putların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256546561</t>
+          <t>9786256546578</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler - Franz Kafka</t>
+          <t>Seçme Eserler - Stefan Zweig</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256546530</t>
+          <t>9786256546585</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Hatıraları ve Abdülhamid</t>
+          <t>Seçme Eserler - Sebahattin Ali</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256546547</t>
+          <t>9786256546554</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bumin Kağan</t>
+          <t>Raziye Begüm</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>2769008912200</t>
+          <t>9786059371131</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Seti (3 Kitap Takım)</t>
+          <t>Azazel - İman Hasadı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>930</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256546486</t>
+          <t>9786052221778</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şamil ve Şamil -Kafkas’ın Kartalları-</t>
+          <t>Çocuklarda Davranış Bozuklukları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256546479</t>
+          <t>9786256546110</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Son Akıncı</t>
+          <t>Oruç Reis - Kolsuz Kahraman</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256546523</t>
+          <t>9786256546561</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>On Altıncı Asırda Rafızilik ve Bektaşilik</t>
+          <t>Seçme Eserler - Franz Kafka</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256546493</t>
+          <t>9786256546530</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Korkma -Akif Romanı-</t>
+          <t>Yıldız Hatıraları ve Abdülhamid</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256546516</t>
+          <t>9786256546547</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin Efendisi 2 – Sır Ayini</t>
+          <t>Bumin Kağan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256546509</t>
+          <t>2769008912200</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin Efendisi 1 - Yeşil Kitap</t>
+          <t>Mevlana Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>230</v>
+        <v>930</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256546233</t>
+          <t>9786256546486</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’ın Türküsü</t>
+          <t>Şamil ve Şamil -Kafkas’ın Kartalları-</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256546066</t>
+          <t>9786256546479</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
+          <t>Son Akıncı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256546165</t>
+          <t>9786256546523</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Roman Yazma Sanatı</t>
+          <t>On Altıncı Asırda Rafızilik ve Bektaşilik</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>390</v>
+        <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256546158</t>
+          <t>9786256546493</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Hala Bir Kurban Eksik</t>
+          <t>Korkma -Akif Romanı-</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256546455</t>
+          <t>9786256546516</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Cinlerin Efendisi 2 – Sır Ayini</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786054401741</t>
+          <t>9786256546509</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sufinin Yolu</t>
+          <t>Cinlerin Efendisi 1 - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054401321</t>
+          <t>9786256546233</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Yıldız’ın Türküsü</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054401734</t>
+          <t>9786256546066</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Gizem</t>
+          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258488210</t>
+          <t>9786256546165</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Roman Yazma Sanatı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055143657</t>
+          <t>9786256546158</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Korkuları ve Çözüm Yolları</t>
+          <t>Hala Bir Kurban Eksik</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055143633</t>
+          <t>9786256546455</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Hukuk Skandalları</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752444706</t>
+          <t>9786054401741</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dirilişin Gölgesinde Ertuğrul</t>
+          <t>Sufinin Yolu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789752444461</t>
+          <t>9786054401321</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Alperenler Destanı</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789752444713</t>
+          <t>9786054401734</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Saltanat Güneşi: Payitaht Abdülhamit Han</t>
+          <t>Aşk-ı Gizem</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789752444942</t>
+          <t>9786258488210</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Hükmedenler</t>
+          <t>Burma Günleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055143565</t>
+          <t>9786055143657</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Yapılı Beyin</t>
+          <t>Çocuğunuzun Korkuları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057739643</t>
+          <t>9786055143633</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Bütün Eserleri</t>
+          <t>Osmanlı'da Hukuk Skandalları</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>1000</v>
+        <v>390</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057739193</t>
+          <t>9789752444706</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İspanyol ve Osmanlı Kaynaklarına Göre Barbaros Hayreddin Paşa</t>
+          <t>Dirilişin Gölgesinde Ertuğrul</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052221327</t>
+          <t>9789752444461</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kiracı - Sisli Bir Londra Hikayesi</t>
+          <t>Alperenler Destanı</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9785697458563</t>
+          <t>9789752444713</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Craig Russell Seti (3 Kitap)</t>
+          <t>Saltanat Güneşi: Payitaht Abdülhamit Han</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>1050</v>
+        <v>320</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>2769008812203</t>
+          <t>9789752444942</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Yıldırım Gençosmanoğlu Seti (3 Kitap Takım)</t>
+          <t>Başarıya Hükmedenler</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>1050</v>
+        <v>190</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>2769008912309</t>
+          <t>9786055143565</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Seti (4 Kitap Takım)</t>
+          <t>Ceviz Yapılı Beyin</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>625</v>
+        <v>290</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>2468008112206</t>
+          <t>9786057739643</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dilaver Cebeci Seti (11 Kitap Takım)</t>
+          <t>Ömer Seyfettin - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1830</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9788886936255</t>
+          <t>9786057739193</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Börü (3 Kitap Takım)</t>
+          <t>İspanyol ve Osmanlı Kaynaklarına Göre Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>1050</v>
+        <v>450</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256546356</t>
+          <t>9786052221327</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Severse</t>
+          <t>Kiracı - Sisli Bir Londra Hikayesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256546370</t>
+          <t>9785697458563</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış</t>
+          <t>Craig Russell Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>390</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256546073</t>
+          <t>2769008812203</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yeni Soğuk Savaş</t>
+          <t>Niyazi Yıldırım Gençosmanoğlu Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>350</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055143688</t>
+          <t>2769008912309</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
+          <t>Küçük Prens Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>290</v>
+        <v>625</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786054401178</t>
+          <t>2468008112206</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Dilaver Cebeci Seti (11 Kitap Takım)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>90</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057739551</t>
+          <t>9788886936255</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Börü (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>185</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059371704</t>
+          <t>9786256546356</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Resneli Niyazi Hatıratı</t>
+          <t>Şizofren Severse</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752444768</t>
+          <t>9786256546370</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Kutalmış</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752444478</t>
+          <t>9786256546073</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Destanlar Burcu</t>
+          <t>Yeni Soğuk Savaş</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789752444393</t>
+          <t>9786055143688</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Mavi Türkü</t>
+          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752444423</t>
+          <t>9786054401178</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Türk’e Dair</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059371643</t>
+          <t>9786057739551</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Tomris</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>290</v>
+        <v>185</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059357302</t>
+          <t>9786059371704</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri</t>
+          <t>Resneli Niyazi Hatıratı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059357289</t>
+          <t>9789752444768</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Dominis Efsanesi: Paralel Evrenler</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>190</v>
+        <v>325</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059357296</t>
+          <t>9789752444478</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dominis Efsanesi: Alev Kanatlar</t>
+          <t>Destanlar Burcu</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752444621</t>
+          <t>9789752444393</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuş</t>
+          <t>Mavi Türkü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752444065</t>
+          <t>9789752444423</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi ve 17. Yüzyıl Osmanlı Toplumu</t>
+          <t>Türk’e Dair</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059371544</t>
+          <t>9786059371643</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Barbaros'un Günlüğü</t>
+          <t>Tomris</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789752444102</t>
+          <t>9786059357302</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Zamanın Bekçileri</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059357333</t>
+          <t>9786059357289</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Zaman Koridoru</t>
+          <t>Dominis Efsanesi: Paralel Evrenler</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057739872</t>
+          <t>9786059357296</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Timurlular Zamanında Hindistan Türk İmparatorluğu</t>
+          <t>Dominis Efsanesi: Alev Kanatlar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057739919</t>
+          <t>9789752444621</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kumandanları</t>
+          <t>Sarp Yokuş</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054401697</t>
+          <t>9789752444065</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Cinnet</t>
+          <t>Evliya Çelebi ve 17. Yüzyıl Osmanlı Toplumu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059127387</t>
+          <t>9786059371544</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitabın Yorumu</t>
+          <t>Barbaros'un Günlüğü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256546219</t>
+          <t>9789752444102</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Babil’in En Zengin Adamı</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>290</v>
+        <v>75</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752444874</t>
+          <t>9786059357333</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Göç Destanı - Genç Tarih Serisi</t>
+          <t>Zaman Koridoru</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059357159</t>
+          <t>9786057739872</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Truva’nın Rüzgarı</t>
+          <t>Timurlular Zamanında Hindistan Türk İmparatorluğu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>29</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059371728</t>
+          <t>9786057739919</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Niçin Geri Kaldık?</t>
+          <t>Osmanlı Kumandanları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059371513</t>
+          <t>9786054401697</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Türkçe-Göktürkçe)</t>
+          <t>Cinnet</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789752444171</t>
+          <t>9786059127387</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Madam Bravo - Sofitadaki Kedi</t>
+          <t>Kutsal Kitabın Yorumu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059371506</t>
+          <t>9786256546219</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kankiler Çetesi: Central Park Kabusu</t>
+          <t>Babil’in En Zengin Adamı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057739957</t>
+          <t>9789752444874</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Erzurum’da İngiliz Konsolosu Everett’e Ermeni Suikastı</t>
+          <t>Göç Destanı - Genç Tarih Serisi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057739780</t>
+          <t>9786059357159</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Yedi İşareti</t>
+          <t>Truva’nın Rüzgarı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>85</v>
+        <v>29</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786079632878</t>
+          <t>9786059371728</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Seti (4 Kitap Takım)</t>
+          <t>Niçin Geri Kaldık?</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>1400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052221877</t>
+          <t>9786059371513</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikopatın Günlüğü</t>
+          <t>Küçük Prens (Türkçe-Göktürkçe)</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052221532</t>
+          <t>9789752444171</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sumerki - Alacakaranlık</t>
+          <t>Madam Bravo - Sofitadaki Kedi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052221921</t>
+          <t>9786059371506</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kankiler Çetesi: Central Park Kabusu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052221747</t>
+          <t>9786057739957</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gökkurt</t>
+          <t>Erzurum’da İngiliz Konsolosu Everett’e Ermeni Suikastı</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256546462</t>
+          <t>9786057739780</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Pars’ın Ayak İzleri Sarıkamış Yolunda Sırra Erenler</t>
+          <t>Hayatın Yedi İşareti</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258488470</t>
+          <t>9786079632878</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon</t>
+          <t>Halka Dünya Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>420</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054401871</t>
+          <t>9786052221877</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Peygamberi</t>
+          <t>Bir Psikopatın Günlüğü</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059127943</t>
+          <t>9786052221532</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Baharat Tüccarının Karısı</t>
+          <t>Sumerki - Alacakaranlık</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059371308</t>
+          <t>9786052221921</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kürşad</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786256546448</t>
+          <t>9786052221747</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bağdat'ı Ben Yaktım</t>
+          <t>Gökkurt</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256546431</t>
+          <t>9786256546462</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji 101</t>
+          <t>Pars’ın Ayak İzleri Sarıkamış Yolunda Sırra Erenler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256546417</t>
+          <t>9786258488470</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çizimlerle Matematik</t>
+          <t>İllüzyon</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>450</v>
+        <v>420</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786256546424</t>
+          <t>9786054401871</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Değişmeyen Tek Şey Değişimdir</t>
+          <t>Ölüm Peygamberi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055143497</t>
+          <t>9786059127943</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah ve Alamut Terörü</t>
+          <t>Baharat Tüccarının Karısı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256546400</t>
+          <t>9786059371308</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Selam Şanlı Mazimize</t>
+          <t>Kürşad</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052221419</t>
+          <t>9786256546448</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Börü 2 - Kurt İmparatorluğu</t>
+          <t>Bağdat'ı Ben Yaktım</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256546363</t>
+          <t>9786256546431</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Kurdu Çiçi Han</t>
+          <t>Psikoloji 101</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256546387</t>
+          <t>9786256546417</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Baltaoğlu Süleyman ve Fatih Yeniçağ’ın Kapısını Açarken</t>
+          <t>Kötü Çizimlerle Matematik</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256546394</t>
+          <t>9786256546424</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Az Gittim Uz Gittim</t>
+          <t>Değişmeyen Tek Şey Değişimdir</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256546332</t>
+          <t>9786055143497</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Üzerine - Yaşamın Kısalığı Üzerine</t>
+          <t>Hasan Sabbah ve Alamut Terörü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256546271</t>
+          <t>9786256546400</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Üzerine Konuşma - Aklını İyi Yönetmek ve Bilimlerde Hakikati Aramak İçin</t>
+          <t>Selam Şanlı Mazimize</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256546288</t>
+          <t>9786052221419</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Platon Felsefesi ve Aristoteles Felsefesi</t>
+          <t>Börü 2 - Kurt İmparatorluğu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256546318</t>
+          <t>9786256546363</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İyinin ve Kötünün Ötesinde</t>
+          <t>Asya’nın Kurdu Çiçi Han</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256546301</t>
+          <t>9786256546387</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Baltaoğlu Süleyman ve Fatih Yeniçağ’ın Kapısını Açarken</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256546325</t>
+          <t>9786256546394</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Tiamat’ın Kolyesi</t>
+          <t>Az Gittim Uz Gittim</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052221792</t>
+          <t>9786256546332</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender Tarihi (Tam Metin)</t>
+          <t>Mutlu Yaşam Üzerine - Yaşamın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>450</v>
+        <v>110</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256546257</t>
+          <t>9786256546271</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Karlar Eriyince</t>
+          <t>Yöntem Üzerine Konuşma - Aklını İyi Yönetmek ve Bilimlerde Hakikati Aramak İçin</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256546240</t>
+          <t>9786256546288</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Yaprakları</t>
+          <t>Platon Felsefesi ve Aristoteles Felsefesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256546264</t>
+          <t>9786256546318</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kazanılması</t>
+          <t>İyinin ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>75</v>
+        <v>190</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256546226</t>
+          <t>9786256546301</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İdeal Devlet</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256546202</t>
+          <t>9786256546325</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Çirkin, Kaba ve Kısa</t>
+          <t>Tiamat’ın Kolyesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256546141</t>
+          <t>9786052221792</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Kanuni’nin Gölgesi</t>
+          <t>Büyük İskender Tarihi (Tam Metin)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256546189</t>
+          <t>9786256546257</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Alparslan - Şafak Malazgirt’te Sökmüştü</t>
+          <t>Karlar Eriyince</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256546080</t>
+          <t>9786256546240</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Ceviz Yaprakları</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256546097</t>
+          <t>9786256546264</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış - Kor Yüreğim Kar Altında</t>
+          <t>Mutluluğun Kazanılması</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256546103</t>
+          <t>9786256546226</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman Bey’in Rüyası - Şeyh Edebali</t>
+          <t>İdeal Devlet</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256546172</t>
+          <t>9786256546202</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hayme Ana - Osmanoğullarının Anası</t>
+          <t>Çirkin, Kaba ve Kısa</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256546134</t>
+          <t>9786256546141</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin - Denizlerin Kartalı</t>
+          <t>Barbaros Hayrettin Kanuni’nin Gölgesi</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256546127</t>
+          <t>9786256546189</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Yazılan Yazılar - Büyü ve Tılsımın Kısa Tarihi</t>
+          <t>Alparslan - Şafak Malazgirt’te Sökmüştü</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256546035</t>
+          <t>9786256546080</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düzen ve Siyasi Çürüme</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9788523685683</t>
+          <t>9786256546097</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Francis Fukuyama Seti (3 Kitap)</t>
+          <t>Sarıkamış - Kor Yüreğim Kar Altında</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>1550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9788523698515</t>
+          <t>9786256546103</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Francis Fukuyama Seti (2 Kitap)</t>
+          <t>Kuruluş Osman Bey’in Rüyası - Şeyh Edebali</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>1100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256546042</t>
+          <t>9786256546172</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Hayme Ana - Osmanoğullarının Anası</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258236996</t>
+          <t>9786256546134</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Alein Kentigerna Seti (8 Kitap)</t>
+          <t>Barbaros Hayrettin - Denizlerin Kartalı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>2970</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256546011</t>
+          <t>9786256546127</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Ateşe Yazılan Yazılar - Büyü ve Tılsımın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256546028</t>
+          <t>9786256546035</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Elçileri</t>
+          <t>Siyasi Düzen ve Siyasi Çürüme</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256546004</t>
+          <t>9788523685683</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sonu ve Son İnsan</t>
+          <t>Francis Fukuyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>450</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059660983</t>
+          <t>9788523698515</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Milli Egemenlik ve Türkiye</t>
+          <t>Francis Fukuyama Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>350</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258488555</t>
+          <t>9786256546042</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düzenin Kökenleri</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258488562</t>
+          <t>9786258236996</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Alein Kentigerna Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258488548</t>
+          <t>9786256546011</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Çocuktuk</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258488524</t>
+          <t>9786256546028</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Empati</t>
+          <t>Kıyamet Elçileri</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258488531</t>
+          <t>9786256546004</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dinlenmiş Çocuk</t>
+          <t>Tarihin Sonu ve Son İnsan</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258488487</t>
+          <t>9786059660983</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hyde</t>
+          <t>Milli Egemenlik ve Türkiye</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258488494</t>
+          <t>9786258488555</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları</t>
+          <t>Siyasi Düzenin Kökenleri</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258488517</t>
+          <t>9786258488562</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Ayyaş Yürüyüşü</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>6541386877748</t>
+          <t>9786258488548</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Emrullah Özdemir Seti (6 Kitap)</t>
+          <t>Bir Zamanlar Çocuktuk</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>1860</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>6541236989638</t>
+          <t>9786258488524</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Yılmaz Seti (11 Kitap)</t>
+          <t>Empati</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>3850</v>
+        <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9785236482363</t>
+          <t>9786258488531</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gökçen Çatlı Seti 3</t>
+          <t>Dinlenmiş Çocuk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>1150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258488463</t>
+          <t>9786258488487</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tomris Han - Asil Kan</t>
+          <t>Hyde</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258488432</t>
+          <t>9786258488494</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bağ Bozumu</t>
+          <t>Bir Borsa Spekülatörünün Anıları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258488456</t>
+          <t>9786258488517</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ateştendoğan</t>
+          <t>Ayyaş Yürüyüşü</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258488449</t>
+          <t>6541386877748</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Dönemi Ve Nörobilim</t>
+          <t>Emrullah Özdemir Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>290</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258488371</t>
+          <t>6541236989638</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Canavar Çoga’nın Hikayesi (Ciltli)</t>
+          <t>Çağlayan Yılmaz Seti (11 Kitap)</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>350</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258488425</t>
+          <t>9785236482363</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hazzın Bilimi</t>
+          <t>Gökçen Çatlı Seti 3</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>350</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258488418</t>
+          <t>9786258488463</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Doğu Kaynaklarından Edinilen Bilgiler Işığında  Suikastçıların Tarihi</t>
+          <t>Tomris Han - Asil Kan</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258488401</t>
+          <t>9786258488432</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>101 Favori Oyun Terapisi Tekniği</t>
+          <t>Bağ Bozumu</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258488395</t>
+          <t>9786258488456</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Mete Han Büyük Hun İmparatorluğu’nun Destansı Varoluş Hikayesi</t>
+          <t>Ateştendoğan</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258488388</t>
+          <t>9786258488449</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Ve Güvenlik: Güncel Gelişmeler, Bölgesel Sorunlar, Farklı Yaklaşımlar</t>
+          <t>Erken Çocukluk Dönemi Ve Nörobilim</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258488333</t>
+          <t>9786258488371</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yorgunum</t>
+          <t>Canavar Çoga’nın Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258488340</t>
+          <t>9786258488425</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yitik Balta</t>
+          <t>Hazzın Bilimi</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258488357</t>
+          <t>9786258488418</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Maraton</t>
+          <t>Doğu Kaynaklarından Edinilen Bilgiler Işığında  Suikastçıların Tarihi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258488364</t>
+          <t>9786258488401</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi</t>
+          <t>101 Favori Oyun Terapisi Tekniği</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258488326</t>
+          <t>9786258488395</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Ömür Günlüğü</t>
+          <t>Mete Han Büyük Hun İmparatorluğu’nun Destansı Varoluş Hikayesi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9789053698716</t>
+          <t>9786258488388</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Reza Aslan Seti (3 Kitap)</t>
+          <t>Uluslararası Ticaret Ve Güvenlik: Güncel Gelişmeler, Bölgesel Sorunlar, Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>1150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789053698747</t>
+          <t>9786258488333</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Alein Kentıgerna Seti (7 Kitap)</t>
+          <t>Yorgunum</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>2680</v>
+        <v>290</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258488296</t>
+          <t>9786258488340</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kasaba</t>
+          <t>Yitik Balta</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258488319</t>
+          <t>9786258488357</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Deha Ve Kaygı</t>
+          <t>Maraton</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258488302</t>
+          <t>9786258488364</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Devletin Oğulları</t>
+          <t>Diplomasi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>350</v>
+        <v>950</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258488272</t>
+          <t>9786258488326</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Takım</t>
+          <t>Adanmış Ömür Günlüğü</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258488289</t>
+          <t>9789053698716</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Bay Mütevazı ve Kasap Doktor</t>
+          <t>Reza Aslan Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>350</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258488265</t>
+          <t>9789053698747</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Geçmişten Günümüze Dinler Tarihi</t>
+          <t>Alein Kentıgerna Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258488173</t>
+          <t>9786258488296</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mason Buttle Ve Tuhaf Hikayesi</t>
+          <t>Kasaba</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258488258</t>
+          <t>9786258488319</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Yedinci En Önemli Şey</t>
+          <t>Deha Ve Kaygı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258488241</t>
+          <t>9786258488302</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Devletin Oğulları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786027841253</t>
+          <t>9786258488272</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İskender Öksüz Seti (5 Kitap)</t>
+          <t>Kızıl Takım</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>1750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>2225555666664</t>
+          <t>9786258488289</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Bahadıroğlu Seti (9 Kitap)</t>
+          <t>Bay Mütevazı ve Kasap Doktor</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>1690</v>
+        <v>350</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789859947858</t>
+          <t>9786258488265</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>İskender Öksüz Seti (3 Kitap)</t>
+          <t>Tanrı Geçmişten Günümüze Dinler Tarihi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>1050</v>
+        <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9788799658749</t>
+          <t>9786258488173</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Bahadıroğlu Seti (8 kitap)</t>
+          <t>Mason Buttle Ve Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>1510</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258488227</t>
+          <t>9786258488258</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çin Dünyayı Ele mi Geçiriyor?</t>
+          <t>Yedinci En Önemli Şey</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258488197</t>
+          <t>9786258488241</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bebeklerin Ahlaki Yaşamı</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055143541</t>
+          <t>9786027841253</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara</t>
+          <t>İskender Öksüz Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>350</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258488234</t>
+          <t>2225555666664</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrası Rus Dış Politikasında Ontolojik Güvenlik</t>
+          <t>Yavuz Bahadıroğlu Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>350</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258488050</t>
+          <t>9789859947858</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>İskender Öksüz Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>90</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258488203</t>
+          <t>9788799658749</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>Yavuz Bahadıroğlu Seti (8 kitap)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>130</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258488180</t>
+          <t>9786258488227</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyü</t>
+          <t>Çin Dünyayı Ele mi Geçiriyor?</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258488166</t>
+          <t>9786258488197</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Çocuk</t>
+          <t>Bebeklerin Ahlaki Yaşamı</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258488159</t>
+          <t>9786055143541</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Ses</t>
+          <t>Che Guevara</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258488142</t>
+          <t>9786258488234</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Çatışması ve Dünya Düzeninin Yeniden Kurulması</t>
+          <t>Soğuk Savaş Sonrası Rus Dış Politikasında Ontolojik Güvenlik</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057739827</t>
+          <t>9786258488050</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Toplu Eserler (Ciltli)</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>990</v>
+        <v>90</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057739834</t>
+          <t>9786258488203</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Börü Dörtleme (Ciltli)</t>
+          <t>Düşünceler</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>1200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258488128</t>
+          <t>9786258488180</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Boyut</t>
+          <t>Kara Büyü</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258488104</t>
+          <t>9786258488166</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yol Gösteren</t>
+          <t>Yıldız Çocuk</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258488111</t>
+          <t>9786258488159</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Psikoz</t>
+          <t>İçimizdeki Ses</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258488135</t>
+          <t>9786258488142</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Marco Polo Seyahatnamesi</t>
+          <t>Medeniyetler Çatışması ve Dünya Düzeninin Yeniden Kurulması</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057739933</t>
+          <t>9786057739827</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Allah’tan Başka İlah Yoktur</t>
+          <t>Toplu Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>350</v>
+        <v>990</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057739940</t>
+          <t>9786057739834</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Böke - Alamut’un Fethi</t>
+          <t>Börü Dörtleme (Ciltli)</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057739858</t>
+          <t>9786258488128</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Şeytani Boyut</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057739896</t>
+          <t>9786258488104</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar</t>
+          <t>Yol Gösteren</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057739926</t>
+          <t>9786258488111</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Hoca Nüfuzu</t>
+          <t>Psikoz</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057739841</t>
+          <t>9786258488135</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kolomb Dönemi Öncesi 'Amerikan Kızılderilileri'nin Altay Kökenleri</t>
+          <t>Marco Polo Seyahatnamesi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057739803</t>
+          <t>9786057739933</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İlkel Beden İlkel Zihin</t>
+          <t>Allah’tan Başka İlah Yoktur</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057739810</t>
+          <t>9786057739940</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Zelot</t>
+          <t>Böke - Alamut’un Fethi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9782589647531</t>
+          <t>9786057739858</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dünya Serisi Seti (3 Kitap Takım)</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>1050</v>
+        <v>350</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057739797</t>
+          <t>9786057739896</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Soluğu</t>
+          <t>Haçlılar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057739735</t>
+          <t>9786057739926</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşıoğlu Talip Ağa</t>
+          <t>Osmanlı’da Hoca Nüfuzu</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057739759</t>
+          <t>9786057739841</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Börü Kutulu Set (4 Kitap Takım)</t>
+          <t>Kolomb Dönemi Öncesi 'Amerikan Kızılderilileri'nin Altay Kökenleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>1400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057739728</t>
+          <t>9786057739803</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>İlkel Beden İlkel Zihin</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057739704</t>
+          <t>9786057739810</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Kötü Ruh</t>
+          <t>Zelot</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057739711</t>
+          <t>9782589647531</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmanın Bilimi</t>
+          <t>Karanlık Dünya Serisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>290</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057739674</t>
+          <t>9786057739797</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Karanlığın Soluğu</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057739650</t>
+          <t>9786057739735</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Yüzbaşıoğlu Talip Ağa</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>75</v>
+        <v>290</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057739681</t>
+          <t>9786057739759</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Osman Bey</t>
+          <t>Börü Kutulu Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052221112</t>
+          <t>9786057739728</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Geometri</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057739629</t>
+          <t>9786057739704</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Kötü Ruh</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057739636</t>
+          <t>9786057739711</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>İnsan Olmanın Bilimi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>95</v>
+        <v>290</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057739612</t>
+          <t>9786057739674</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057739605</t>
+          <t>9786057739650</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057739582</t>
+          <t>9786057739681</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Osman Bey</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057739599</t>
+          <t>9786052221112</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Geometri</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057739568</t>
+          <t>9786057739629</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kartal</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057739537</t>
+          <t>9786057739636</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>120</v>
+        <v>95</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057739544</t>
+          <t>9786057739612</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>İtbarak - Karanlık Dünya 1</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057739520</t>
+          <t>9786057739605</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057739513</t>
+          <t>9786057739582</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789036985420</t>
+          <t>9786057739599</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Börü Seti (4 Kitap Takım)</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>1400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057739506</t>
+          <t>9786057739568</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Homo Sapiens: Gezegeni Dönüştüren Güç</t>
+          <t>Kanlı Kartal</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057739490</t>
+          <t>9786057739537</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Köken</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052221785</t>
+          <t>9786057739544</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İtalya’da Rönesans Kültürü</t>
+          <t>İtbarak - Karanlık Dünya 1</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786245862696</t>
+          <t>9786057739520</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Yılmaz Seti (8 Kitap Takım)</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>2800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057739483</t>
+          <t>9786057739513</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Börü 4</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052221822</t>
+          <t>9789036985420</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Cerrah</t>
+          <t>Börü Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057739469</t>
+          <t>9786057739506</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Demir Yaylı Dukak</t>
+          <t>Homo Sapiens: Gezegeni Dönüştüren Güç</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057739438</t>
+          <t>9786057739490</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları (Günümüz Türkçesiyle)</t>
+          <t>Köken</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786057739445</t>
+          <t>9786052221785</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>İtalya’da Rönesans Kültürü</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786057739407</t>
+          <t>9786245862696</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Çocukları</t>
+          <t>Çağlayan Yılmaz Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057739452</t>
+          <t>9786057739483</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Fikirler</t>
+          <t>Börü 4</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786057739421</t>
+          <t>9786052221822</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Adı Sen</t>
+          <t>Cerrah</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057739414</t>
+          <t>9786057739469</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Tarikat</t>
+          <t>Demir Yaylı Dukak</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786257452366</t>
+          <t>9786057739438</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun Cahşları (2 Kitap Takım) (Ciltli)</t>
+          <t>Türkçülüğün Esasları (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>1000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786017452698</t>
+          <t>9786057739445</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Erdemler Serisi (4 Kitap Takım)</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>640</v>
+        <v>75</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789087458317</t>
+          <t>9786057739407</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ramez Naam Seti (3 Kitap Takım)</t>
+          <t>Halka Dünya Çocukları</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>1200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789087453251</t>
+          <t>9786057739452</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Terapisi Seti (3 Kitap Takım)</t>
+          <t>Çılgın Fikirler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>1000</v>
+        <v>350</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057739353</t>
+          <t>9786057739421</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Hayatın Adı Sen</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057739384</t>
+          <t>9786057739414</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Apex</t>
+          <t>Tarikat</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786057739360</t>
+          <t>9786257452366</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yardımcı Olabilirim?</t>
+          <t>Ortadoğu’nun Cahşları (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>290</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052221389</t>
+          <t>9786017452698</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Çete 2</t>
+          <t>Erdemler Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>225</v>
+        <v>640</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786057739223</t>
+          <t>9789087458317</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ulukan - Ana Kurt'un Oğulları</t>
+          <t>Ramez Naam Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786057739070</t>
+          <t>9789087453251</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Zafer</t>
+          <t>Çocuk Terapisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>250</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057739186</t>
+          <t>9786057739353</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa Gazavatnamesi ve Zeyli</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057739209</t>
+          <t>9786057739384</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Durumlar ve Canavarlar</t>
+          <t>Apex</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057739179</t>
+          <t>9786057739360</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tadında Diyet</t>
+          <t>Nasıl Yardımcı Olabilirim?</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057739087</t>
+          <t>9786052221389</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Golem ve Cin</t>
+          <t>Çete 2</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052221976</t>
+          <t>9786057739223</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Crux - Güncelle</t>
+          <t>Ulukan - Ana Kurt'un Oğulları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052221990</t>
+          <t>9786057739070</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Aşk ve Zafer</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786014256367</t>
+          <t>9786057739186</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ferdi Demir Seti (3 Kitap Takım)</t>
+          <t>Barbaros Hayreddin Paşa Gazavatnamesi ve Zeyli</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>840</v>
+        <v>450</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057739063</t>
+          <t>9786057739209</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Selvi</t>
+          <t>Olağanüstü Durumlar ve Canavarlar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057739056</t>
+          <t>9786057739179</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Gül'ün Babası Kim?</t>
+          <t>Aşk Tadında Diyet</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057739049</t>
+          <t>9786057739087</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Sisli Geceler</t>
+          <t>Golem ve Cin</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057739100</t>
+          <t>9786052221976</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Kelebekler</t>
+          <t>Crux - Güncelle</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057739094</t>
+          <t>9786052221990</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Deliler</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057739032</t>
+          <t>9786014256367</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Türk - İslam Kültüründe Yardımseverlik</t>
+          <t>Ferdi Demir Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>250</v>
+        <v>840</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052221952</t>
+          <t>9786057739063</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yoganın Kalbi</t>
+          <t>Beyaz Selvi</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057739001</t>
+          <t>9786057739056</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Gül'ün Babası Kim?</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052221969</t>
+          <t>9786057739049</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Sisli Geceler</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052221983</t>
+          <t>9786057739100</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları</t>
+          <t>Kadınlar ve Kelebekler</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057739018</t>
+          <t>9786057739094</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Börü 3 - Kurt Yangını</t>
+          <t>Deliler</t>
         </is>
       </c>
       <c r="C326" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9788069944251</t>
+          <t>9786057739032</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Tarihi Seti (4 Kitap Takım)</t>
+          <t>Türk - İslam Kültüründe Yardımseverlik</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>1710</v>
+        <v>250</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>2769008912316</t>
+          <t>9786052221952</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
+          <t>Yoganın Kalbi</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>2820</v>
+        <v>350</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>2769008912361</t>
+          <t>9786057739001</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Çınar Ata Seti (2 Kitap Takım)</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>2769008912385</t>
+          <t>9786052221969</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi Seti (3 Kitap Takım)</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>1000</v>
+        <v>110</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>2769008912330</t>
+          <t>9786052221983</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Halide Nusret Zorlutuna Seti (5 Kitap Takım)</t>
+          <t>Akıl Oyunları</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>1250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>2769008712206</t>
+          <t>9786057739018</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Orhan Yeniaras Seti (20 Kitap Takım)</t>
+          <t>Börü 3 - Kurt Yangını</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>7200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>2769008512202</t>
+          <t>9788069944251</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (10 Kitap Takım)</t>
+          <t>Kötülüğün Tarihi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1090</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>2769008412205</t>
+          <t>2769008912316</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seti (4 Kitap Takım)</t>
+          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>1420</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>2769008112204</t>
+          <t>2769008912361</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Bahadıroğlu Seti (13 Kitap Takım)</t>
+          <t>Çınar Ata Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>2480</v>
+        <v>600</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>2668008112200</t>
+          <t>2769008912385</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Bahadıroğlu Genç Tarih Seti (5 Kitap Takım)</t>
+          <t>Çocuk Gelişimi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>2769008612209</t>
+          <t>2769008912330</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Rob Sinclair Serisi (3 Kitap Takım)</t>
+          <t>Halide Nusret Zorlutuna Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>1050</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9778056697123</t>
+          <t>2769008712206</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (3 Kitap Takım)</t>
+          <t>Orhan Yeniaras Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>410</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052221907</t>
+          <t>2769008512202</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Stefan Zweig Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>150</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052221914</t>
+          <t>2769008412205</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Tarih Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9725008102396</t>
+          <t>2769008112204</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>İskender Öksüz Seti (6 Kitap Takım)</t>
+          <t>Yavuz Bahadıroğlu Seti (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>2100</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9782001101894</t>
+          <t>2668008112200</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gökçen Çatlı Seti (2 Kitap Takım)</t>
+          <t>Yavuz Bahadıroğlu Genç Tarih Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>800</v>
+        <v>900</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052221945</t>
+          <t>2769008612209</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kurt</t>
+          <t>Rob Sinclair Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>350</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052221853</t>
+          <t>9778056697123</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Metro - Triloji (Ciltli)</t>
+          <t>Sabahattin Ali Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>1200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9788079941587</t>
+          <t>9786052221907</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Emrullah Özdemir Seti (4 Kitap)</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>1220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9785008912397</t>
+          <t>9786052221914</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Yılmaz Seti (6 Kitap)</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>2100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052221860</t>
+          <t>9725008102396</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapisi</t>
+          <t>İskender Öksüz Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>420</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052221679</t>
+          <t>9782001101894</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Babür Şah - Hindistan Fatihi</t>
+          <t>Gökçen Çatlı Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052221815</t>
+          <t>9786052221945</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Tahtı</t>
+          <t>Gümüş Kurt</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052221808</t>
+          <t>9786052221853</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti 2 (5 Kitap Takım)</t>
+          <t>Metro - Triloji (Ciltli)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>590</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786052221655</t>
+          <t>9788079941587</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyoncu</t>
+          <t>Emrullah Özdemir Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>350</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786052221662</t>
+          <t>9785008912397</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Çağlayan Yılmaz Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>100</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052221754</t>
+          <t>9786052221860</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Mephistopheles - Kötülüğün Tarihi 4</t>
+          <t>Oyun Terapisi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>490</v>
+        <v>420</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052221723</t>
+          <t>9786052221679</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Babür Şah - Hindistan Fatihi</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052221709</t>
+          <t>9786052221815</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Cahşları 2.Cilt (Ciltli)</t>
+          <t>Halka Dünya Tahtı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052221693</t>
+          <t>9786052221808</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Cahşları 1.Cilt (Ciltli)</t>
+          <t>Stefan Zweig Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>500</v>
+        <v>590</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052221587</t>
+          <t>9786052221655</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Kapı</t>
+          <t>Koleksiyoncu</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052221594</t>
+          <t>9786052221662</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Küller</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052221617</t>
+          <t>9786052221754</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Paranoya</t>
+          <t>Mephistopheles - Kötülüğün Tarihi 4</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>350</v>
+        <v>490</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052221648</t>
+          <t>9786052221723</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sinestezi</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052221600</t>
+          <t>9786052221709</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Asla Boyun Eğme</t>
+          <t>Ortadoğu'nun Cahşları 2.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052221570</t>
+          <t>9786052221693</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Siyah Eşekarısı</t>
+          <t>Ortadoğu'nun Cahşları 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052221563</t>
+          <t>9786052221587</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan</t>
+          <t>Aydınlık Kapı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052221518</t>
+          <t>9786052221594</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Mühendisleri</t>
+          <t>Küller</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052221525</t>
+          <t>9786052221617</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>On İki Gece</t>
+          <t>Paranoya</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052221457</t>
+          <t>9786052221648</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne</t>
+          <t>Sinestezi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052221440</t>
+          <t>9786052221600</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Romanı</t>
+          <t>Asla Boyun Eğme</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052221488</t>
+          <t>9786052221570</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Göktürk Efsanesi Tong Yabgu</t>
+          <t>Siyah Eşekarısı</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052221334</t>
+          <t>9786052221563</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Arabulucu - Suriye Düğümü</t>
+          <t>Bilge Kağan</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052221341</t>
+          <t>9786052221518</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Nursultan Nazarbayev (Ciltli)</t>
+          <t>Halka Dünya Mühendisleri</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052221495</t>
+          <t>9786052221525</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Şeytanlarımız En İyi Dostlarımız</t>
+          <t>On İki Gece</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052221464</t>
+          <t>9786052221457</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dul Kadınlar</t>
+          <t>Büyükanne</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052221426</t>
+          <t>9786052221440</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Benliğini Arayan Çocuk</t>
+          <t>Bir Devrin Romanı</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052221365</t>
+          <t>9786052221488</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kobra</t>
+          <t>Göktürk Efsanesi Tong Yabgu</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052221433</t>
+          <t>9786052221334</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapist</t>
+          <t>Arabulucu - Suriye Düğümü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052221396</t>
+          <t>9786052221341</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Nursultan Nazarbayev (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052221358</t>
+          <t>9786052221495</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Meg - Derinlerdeki Dehşet</t>
+          <t>Şeytanlarımız En İyi Dostlarımız</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052221303</t>
+          <t>9786052221464</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Nexus</t>
+          <t>Dul Kadınlar</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052221105</t>
+          <t>9786052221426</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Yoga ile Büyüyorum</t>
+          <t>Benliğini Arayan Çocuk</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052221099</t>
+          <t>9786052221365</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Osman Batur</t>
+          <t>Kızıl Kobra</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052221082</t>
+          <t>9786052221433</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Camoka</t>
+          <t>Psikoterapist</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052221044</t>
+          <t>9786052221396</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Din ve Türkçülük</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052221006</t>
+          <t>9786052221358</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Meg - Derinlerdeki Dehşet</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789752444966</t>
+          <t>9786052221303</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Nexus</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052221013</t>
+          <t>9786052221105</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı - Mürebbiye - Görünmeyen Koleksiyon</t>
+          <t>Yoga ile Büyüyorum</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789752444980</t>
+          <t>9786052221099</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kediyim</t>
+          <t>Osman Batur</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789752444973</t>
+          <t>9786052221082</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Baybars</t>
+          <t>Camoka</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052221068</t>
+          <t>9786052221044</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Atsız</t>
+          <t>Bilim, Din ve Türkçülük</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>900</v>
+        <v>350</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752444959</t>
+          <t>9786052221006</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Dostlarım</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>210</v>
+        <v>490</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752444898</t>
+          <t>9789752444966</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>İblis - Erken Hıristiyan Geleneği</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752444607</t>
+          <t>9786052221013</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım - Albert Einstein</t>
+          <t>Ay Işığı Sokağı - Mürebbiye - Görünmeyen Koleksiyon</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752444836</t>
+          <t>9789752444980</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nedir? - Genç Tarih Serisi</t>
+          <t>Ben Bir Kediyim</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>60</v>
+        <v>420</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752444614</t>
+          <t>9789752444973</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Louis Pasteur : Disiplinli Olmanın Önemi</t>
+          <t>Baybars</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789752444829</t>
+          <t>9786052221068</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Graham Bell : Yardımlaşmanın Önemi</t>
+          <t>Atsız</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>160</v>
+        <v>900</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752444881</t>
+          <t>9789752444959</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Fahrettin Paşa ve Medine Savunması</t>
+          <t>Benim Küçük Dostlarım</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>350</v>
+        <v>210</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752444751</t>
+          <t>9789752444898</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>İblis - Erken Hıristiyan Geleneği</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752444812</t>
+          <t>9789752444607</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Şeytan - Kötülüğün Tarihi 1</t>
+          <t>Benim Adım - Albert Einstein</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752444522</t>
+          <t>9789752444836</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Tarih Nedir? - Genç Tarih Serisi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752444782</t>
+          <t>9789752444614</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Benim Adım Louis Pasteur : Disiplinli Olmanın Önemi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752444553</t>
+          <t>9789752444829</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Naim Süleymanoğlu</t>
+          <t>Benim Adım Graham Bell : Yardımlaşmanın Önemi</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752444560</t>
+          <t>9789752444881</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Destanı</t>
+          <t>Fahrettin Paşa ve Medine Savunması</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752444515</t>
+          <t>9789752444751</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789752444591</t>
+          <t>9789752444812</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Tarih - Heredot</t>
+          <t>Şeytan - Kötülüğün Tarihi 1</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789752444652</t>
+          <t>9789752444522</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizi Aydınlatan Belgeler</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789752444577</t>
+          <t>9789752444782</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Börü 1 - Yeniden Dirilişin ve İntikamın Kitabı</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789752444492</t>
+          <t>9789752444553</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Miracı Hallac-ı Mansur</t>
+          <t>Naim Süleymanoğlu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752444409</t>
+          <t>9789752444560</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Men Kazanga Baramen</t>
+          <t>Bozkurtların Destanı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789752444416</t>
+          <t>9789752444515</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Türk Ailesi</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059371612</t>
+          <t>9789752444591</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince</t>
+          <t>Tarih - Heredot</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752444386</t>
+          <t>9789752444652</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Gerçekler</t>
+          <t>Tarihimizi Aydınlatan Belgeler</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752444379</t>
+          <t>9789752444577</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Türkler</t>
+          <t>Börü 1 - Yeniden Dirilişin ve İntikamın Kitabı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752444362</t>
+          <t>9789752444492</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Devranname</t>
+          <t>Aşkın Miracı Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789752444355</t>
+          <t>9789752444409</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Büyü</t>
+          <t>Men Kazanga Baramen</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752444430</t>
+          <t>9789752444416</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Ercü İle Erdü</t>
+          <t>Tanzimat ve Türk Ailesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>39</v>
+        <v>190</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789752444348</t>
+          <t>9786059371612</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>The Little Prince</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752444331</t>
+          <t>9789752444386</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Hanedan</t>
+          <t>Kur’an’dan Gerçekler</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752444447</t>
+          <t>9789752444379</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>İnsanın 8 Yeteneği</t>
+          <t>Farklı Yönleriyle Türkler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789752444041</t>
+          <t>9789752444362</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>El Turco</t>
+          <t>Devranname</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752444188</t>
+          <t>9789752444355</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Osmanlıca)</t>
+          <t>Büyü</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786052444140</t>
+          <t>9789752444430</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon - Bozkırın Kutlu Destanı</t>
+          <t>Ercü İle Erdü</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>290</v>
+        <v>39</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752444133</t>
+          <t>9789752444348</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789752444164</t>
+          <t>9789752444331</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ayetleri</t>
+          <t>Hanedan</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789752444058</t>
+          <t>9789752444447</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Kadın</t>
+          <t>İnsanın 8 Yeteneği</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789752444096</t>
+          <t>9789752444041</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Tanısan Sen De Seversin</t>
+          <t>El Turco</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059371971</t>
+          <t>9789752444188</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Hülagü Han: Bozkırın Gazabı</t>
+          <t>Küçük Prens (Osmanlıca)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059371551</t>
+          <t>9786052444140</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Psikopat Çocukları</t>
+          <t>Ergenekon - Bozkırın Kutlu Destanı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>490</v>
+        <v>290</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752444027</t>
+          <t>9789752444133</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kafka Kutulu Set (4 Kitap Takım)</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789752444034</t>
+          <t>9789752444164</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Metro Kutulu Set (3 Kitap Takım)</t>
+          <t>Aşk Ayetleri</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>1590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059371698</t>
+          <t>9789752444058</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yaşamaya Değer</t>
+          <t>Divan Şiirinde Kadın</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059371780</t>
+          <t>9789752444096</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Tanısan Sen De Seversin</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059371834</t>
+          <t>9786059371971</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim ve Kutsal Emanetler</t>
+          <t>Hülagü Han: Bozkırın Gazabı</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059371797</t>
+          <t>9786059371551</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Beylikten Hükümdara Osmanlı Padişahları</t>
+          <t>Tanrı'nın Psikopat Çocukları</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>180</v>
+        <v>490</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059371827</t>
+          <t>9789752444027</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Minaredeki Osmanlı Mührü</t>
+          <t>Kafka Kutulu Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059371766</t>
+          <t>9789752444034</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Oz’un Kalbi Mu Kıtası</t>
+          <t>Metro Kutulu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>350</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059371803</t>
+          <t>9786059371698</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Bittiği Yer Çanakkale</t>
+          <t>Hayat Yaşamaya Değer</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059371810</t>
+          <t>9786059371780</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet ve İstanbul’un Fethi</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059371711</t>
+          <t>9786059371834</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Alt Akıl: Aptallar ve Diktatörler</t>
+          <t>Yavuz Sultan Selim ve Kutsal Emanetler</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059371773</t>
+          <t>9786059371797</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Metro 2035</t>
+          <t>Beylikten Hükümdara Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059371629</t>
+          <t>9786059371827</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Persepolis</t>
+          <t>Mimar Sinan - Minaredeki Osmanlı Mührü</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059371674</t>
+          <t>9786059371766</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Oz’un Kalbi Mu Kıtası</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059371636</t>
+          <t>9786059371803</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Ateşi</t>
+          <t>Bir Devrin Bittiği Yer Çanakkale</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059371568</t>
+          <t>9786059371810</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Cihan Fatihi Oğuz Kağan</t>
+          <t>Fatih Sultan Mehmet ve İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059371476</t>
+          <t>9786059371711</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Alt Akıl: Aptallar ve Diktatörler</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059371537</t>
+          <t>9786059371773</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Milyonda Bir Çocuk</t>
+          <t>Metro 2035</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059357326</t>
+          <t>9786059371629</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Super Hero: Yaşlı Gezegen Ahoy</t>
+          <t>Persepolis</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059371469</t>
+          <t>9786059371674</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero: Çürümüş Gezegen</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059371483</t>
+          <t>9786059371636</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kankiler Çetesi: Sahra Çölü Esiri</t>
+          <t>Kerbela Ateşi</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059371490</t>
+          <t>9786059371568</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Heyecan Bizim İşimiz</t>
+          <t>Cihan Fatihi Oğuz Kağan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059371407</t>
+          <t>9786059371476</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Ayet Ayet Hayat</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059371414</t>
+          <t>9786059371537</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Gittiler</t>
+          <t>Milyonda Bir Çocuk</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059371360</t>
+          <t>9786059357326</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Azazel - İstila</t>
+          <t>Super Hero: Yaşlı Gezegen Ahoy</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059371278</t>
+          <t>9786059371469</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kültigin</t>
+          <t>Süper Hero: Çürümüş Gezegen</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059371315</t>
+          <t>9786059371483</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Din ve Laiklik</t>
+          <t>Kankiler Çetesi: Sahra Çölü Esiri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059371384</t>
+          <t>9786059371490</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ayet Ayet İnsan</t>
+          <t>Heyecan Bizim İşimiz</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059371353</t>
+          <t>9786059371407</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Sokakları</t>
+          <t>Ayet Ayet Hayat</t>
         </is>
       </c>
       <c r="C455" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059357241</t>
+          <t>9786059371414</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal</t>
+          <t>Gittiler</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059371445</t>
+          <t>9786059371360</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Bütün Öyküleri</t>
+          <t>Azazel - İstila</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059371377</t>
+          <t>9786059371278</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Tarık</t>
+          <t>Kültigin</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059371339</t>
+          <t>9786059371315</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Atalar Cengi</t>
+          <t>Din ve Laiklik</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059357265</t>
+          <t>9786059371384</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş</t>
+          <t>Ayet Ayet İnsan</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059371292</t>
+          <t>9786059371353</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Fikir Sistemi</t>
+          <t>Tarihin Arka Sokakları</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059371285</t>
+          <t>9786059357241</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Türk'üm Özür Dilerim</t>
+          <t>Yaşar Kemal</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059357227</t>
+          <t>9786059371445</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Tunga</t>
+          <t>Samed Behrengi Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>110</v>
+        <v>230</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059371261</t>
+          <t>9786059371377</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kavgam (Tam Metin)</t>
+          <t>Tarık</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059357135</t>
+          <t>9786059371339</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Truva Prensi Paris İle Güzel Helen</t>
+          <t>Atalar Cengi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059357142</t>
+          <t>9786059357265</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Truva Savaşı</t>
+          <t>Neşet Ertaş</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059357128</t>
+          <t>9786059371292</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Truva Hazineleri</t>
+          <t>Türk Milliyetçiliği Fikir Sistemi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059357074</t>
+          <t>9786059371285</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Ozan Homeros</t>
+          <t>Türk'üm Özür Dilerim</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059371223</t>
+          <t>9786059357227</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kurdurduğu Türkiye Komünist Partisi ve Kurtuluş Savaşı’nda Sol Hareketler</t>
+          <t>Tunga</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059371179</t>
+          <t>9786059371261</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Günler</t>
+          <t>Kavgam (Tam Metin)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059371124</t>
+          <t>9786059357135</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Truva Prensi Paris İle Güzel Helen</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>320</v>
+        <v>50</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059371049</t>
+          <t>9786059357142</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Boğaz Deşen: Enkebit</t>
+          <t>Truva Savaşı</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059371025</t>
+          <t>9786059357128</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>Truva Hazineleri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>390</v>
+        <v>50</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059371001</t>
+          <t>9786059357074</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Zerafet'in Fal Çiçekleri</t>
+          <t>Gezgin Ozan Homeros</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059127912</t>
+          <t>9786059371223</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Mete Han'ın Oğlu Kiok Han</t>
+          <t>Atatürk’ün Kurdurduğu Türkiye Komünist Partisi ve Kurtuluş Savaşı’nda Sol Hareketler</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059127899</t>
+          <t>9786059371179</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Yafes'in Kılıcı</t>
+          <t>Aydınlık Günler</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059127950</t>
+          <t>9786059371124</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizin İlginç ve Şaşırtan Olayları</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059127424</t>
+          <t>9786059371049</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Boğaz Deşen: Enkebit</t>
         </is>
       </c>
       <c r="C478" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059127417</t>
+          <t>9786059371025</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059127448</t>
+          <t>9786059371001</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Bir Kabusun Anatomisi</t>
+          <t>Zerafet'in Fal Çiçekleri</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786054401642</t>
+          <t>9786059127912</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Mete Han'ın Oğlu Kiok Han</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059127486</t>
+          <t>9786059127899</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Yafes'in Kılıcı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059127738</t>
+          <t>9786059127950</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Adı Biz</t>
+          <t>Tarihimizin İlginç ve Şaşırtan Olayları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059127646</t>
+          <t>9786059127424</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Klon</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059127400</t>
+          <t>9786059127417</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Av Mevsimi</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059127394</t>
+          <t>9786059127448</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Derin Devlet ve 2. Abdülhamit</t>
+          <t>Bir Kabusun Anatomisi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059127356</t>
+          <t>9786054401642</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Metro 2034</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>490</v>
+        <v>110</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059127349</t>
+          <t>9786059127486</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Metro 2033</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>550</v>
+        <v>75</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059127271</t>
+          <t>9786059127738</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Hayatın Adı Biz</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059127295</t>
+          <t>9786059127646</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Sadist</t>
+          <t>Klon</t>
         </is>
       </c>
       <c r="C490" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059127226</t>
+          <t>9786059127400</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Av Mevsimi</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786054401062</t>
+          <t>9786059127394</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Osmanlı'da Derin Devlet ve 2. Abdülhamit</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786054401161</t>
+          <t>9786059127356</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Metro 2034</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>90</v>
+        <v>490</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055143480</t>
+          <t>9786059127349</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Uçurumu</t>
+          <t>Metro 2033</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055143466</t>
+          <t>9786059127271</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059127264</t>
+          <t>9786059127295</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Sadist</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059127257</t>
+          <t>9786059127226</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059127172</t>
+          <t>9786054401062</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Yılanların Uykusu</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>370</v>
+        <v>150</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059127127</t>
+          <t>9786054401161</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059127097</t>
+          <t>9786055143480</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gelin</t>
+          <t>Sırlar Uçurumu</t>
         </is>
       </c>
       <c r="C500" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059127110</t>
+          <t>9786055143466</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786055143947</t>
+          <t>9786059127264</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059127066</t>
+          <t>9786059127257</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yetim</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786055143824</t>
+          <t>9786059127172</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Tabu</t>
+          <t>Yılanların Uykusu</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786055143909</t>
+          <t>9786059127127</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Saltanattan Cumhuriyet Yakın Tarihimizin Sır Perdesi</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055143893</t>
+          <t>9786059127097</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Beylikten Hükümdarlığa Osmanlı Padişahları</t>
+          <t>Sarı Gelin</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786055143886</t>
+          <t>9786059127110</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman ve Hürrem Sultan</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786055143879</t>
+          <t>9786055143947</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan: Mimarideki Osmanlı Mührü</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786055143862</t>
+          <t>9786059127066</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet ve İstanbul'un Fethi</t>
+          <t>Yetim</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055143855</t>
+          <t>9786055143824</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Tozu</t>
+          <t>Tabu</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055143800</t>
+          <t>9786055143909</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Zamanla Randevu</t>
+          <t>Saltanattan Cumhuriyet Yakın Tarihimizin Sır Perdesi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059127745</t>
+          <t>9786055143893</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Çırağı</t>
+          <t>Beylikten Hükümdarlığa Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786055143756</t>
+          <t>9786055143886</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Garez</t>
+          <t>Muhteşem Süleyman ve Hürrem Sultan</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055143763</t>
+          <t>9786055143879</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bebekler</t>
+          <t>Mimar Sinan: Mimarideki Osmanlı Mührü</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786054401093</t>
+          <t>9786055143862</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Fatih Sultan Mehmet ve İstanbul'un Fethi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786054401192</t>
+          <t>9786055143855</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Zürafa Tozu</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786055143039</t>
+          <t>9786055143800</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Halüsinasyon</t>
+          <t>Zamanla Randevu</t>
         </is>
       </c>
       <c r="C517" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055143640</t>
+          <t>9786059127745</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Arasında</t>
+          <t>Ressamın Çırağı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786055143664</t>
+          <t>9786055143756</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Alamut Kalesi</t>
+          <t>Garez</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786055143695</t>
+          <t>9786055143763</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz</t>
+          <t>Kırık Bebekler</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786055143558</t>
+          <t>9786054401093</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786055143848</t>
+          <t>9786054401192</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Bittiği Yer Çanakkale</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786055143831</t>
+          <t>9786055143039</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim ve Kutsal Emanetler</t>
+          <t>Halüsinasyon</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786059127752</t>
+          <t>9786055143640</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Yenilmez Kahramanı: Alp Er Tunga</t>
+          <t>İki Dünya Arasında</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059127882</t>
+          <t>9786055143664</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Çatlı Reis</t>
+          <t>Alamut Kalesi</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786055143671</t>
+          <t>9786055143695</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Babam Çatlı</t>
+          <t>Hipnoz</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055143626</t>
+          <t>9786055143558</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Vikingler</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786055143619</t>
+          <t>9786055143848</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Bir Devrin Bittiği Yer Çanakkale</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786055143589</t>
+          <t>9786055143831</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Montessori Yöntemiyle Çocuk Eğitimi</t>
+          <t>Yavuz Sultan Selim ve Kutsal Emanetler</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786055143121</t>
+          <t>9786059127752</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Hikayeler</t>
+          <t>Bozkırın Yenilmez Kahramanı: Alp Er Tunga</t>
         </is>
       </c>
       <c r="C530" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059127660</t>
+          <t>9786059127882</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Çatlı Reis</t>
         </is>
       </c>
       <c r="C531" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059127653</t>
+          <t>9786055143671</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Millet ve Milliyetçilik</t>
+          <t>Babam Çatlı</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786055143077</t>
+          <t>9786055143626</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Vikingler</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786054401994</t>
+          <t>9786055143619</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Savaşçıları</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786054401888</t>
+          <t>9786055143589</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kırbacı Atilla</t>
+          <t>Montessori Yöntemiyle Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786054401963</t>
+          <t>9786055143121</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Osmanlı’dan Hikayeler</t>
         </is>
       </c>
       <c r="C536" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786054401079</t>
+          <t>9786059127660</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786054401765</t>
+          <t>9786059127653</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Odysseia</t>
+          <t>Millet ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786054401840</t>
+          <t>9786055143077</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786054401703</t>
+          <t>9786054401994</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Bataklık</t>
+          <t>Tanrının Savaşçıları</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786054401680</t>
+          <t>9786054401888</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Tanrı’nın Kırbacı Atilla</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786055143138</t>
+          <t>9786054401963</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Işık Doğu’dan Yükselir</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786054401505</t>
+          <t>9786054401079</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C543" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786054401970</t>
+          <t>9786054401765</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Bana Deli Derlerdi</t>
+          <t>Odysseia</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786054401710</t>
+          <t>9786054401840</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Ahlaksız</t>
+          <t>Mesnevi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
+          <t>9786054401703</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Bataklık</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786054401680</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>İlyada</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786055143138</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Işık Doğu’dan Yükselir</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9786054401505</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Böyle Buyurdu Zerdüşt</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9786054401970</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Bana Deli Derlerdi</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786054401710</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Ahlaksız</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
           <t>9786054401895</t>
         </is>
       </c>
-      <c r="B546" s="1" t="inlineStr">
+      <c r="B552" s="1" t="inlineStr">
         <is>
           <t>100 Temel Eser Özetleri</t>
         </is>
       </c>
-      <c r="C546" s="1">
+      <c r="C552" s="1">
         <v>375</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>