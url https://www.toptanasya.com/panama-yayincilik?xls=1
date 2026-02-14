--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,8305 +85,8335 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255618559</t>
+          <t>9786255618573</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Karanlığa Adanmış Ruhlar</t>
+          <t>Uğultulu Tepeler</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054401000</t>
+          <t>9786255618580</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi (Ciltli)</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>750</v>
+        <v>195</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255618528</t>
+          <t>9786255618559</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ülkü Ocakları</t>
+          <t>Karanlığa Adanmış Ruhlar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>1250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255618566</t>
+          <t>9786054401000</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Analiz</t>
+          <t>Mesnevi (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255618511</t>
+          <t>9786255618528</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Gurur</t>
+          <t>Ülkü Ocakları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255618504</t>
+          <t>9786255618566</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tibet'in Ölüler Kitabı</t>
+          <t>Stratejik Analiz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255618535</t>
+          <t>9786255618511</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Türkeş (1963-1980)</t>
+          <t>Aşk ve Gurur</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255618542</t>
+          <t>9786255618504</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Alparslan Türkeş (1980-1997)</t>
+          <t>Tibet'in Ölüler Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752444683</t>
+          <t>9786255618535</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Travma</t>
+          <t>Alparslan Türkeş (1963-1980)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>900</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752444737</t>
+          <t>9786255618542</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Alpağut</t>
+          <t>Alparslan Türkeş (1980-1997)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>900</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057739773</t>
+          <t>9789752444683</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mesaj</t>
+          <t>Travma</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057739025</t>
+          <t>9789752444737</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Alpağut</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052221549</t>
+          <t>9786057739773</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Küçük Öfkeli Gezegene Yolculuk</t>
+          <t>Mesaj</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052221556</t>
+          <t>9786057739025</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Öğrenirsen Öyle Yaşarsın</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2769008912347</t>
+          <t>9786052221549</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Evrim Seti (1 Oyun 1 Kitap)</t>
+          <t>Küçük Öfkeli Gezegene Yolculuk</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>950</v>
+        <v>490</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052221501</t>
+          <t>9786052221556</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya</t>
+          <t>Nasıl Öğrenirsen Öyle Yaşarsın</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255618450</t>
+          <t>2769008912347</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kül ve İs</t>
+          <t>Evrim Seti (1 Oyun 1 Kitap)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255618498</t>
+          <t>9786052221501</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Acıları</t>
+          <t>Halka Dünya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9265471256597</t>
+          <t>9786255618450</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Yılmaz Seti (13 Kitap)</t>
+          <t>Kül ve İs</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>4500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255618474</t>
+          <t>9786255618498</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Türk Olmak</t>
+          <t>Türklerin Acıları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>190</v>
+        <v>430</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255618467</t>
+          <t>9265471256597</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tengri</t>
+          <t>Çağlayan Yılmaz Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255618481</t>
+          <t>9786255618474</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gördüm, Duydum, Biliyorum</t>
+          <t>Türk Olmak</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786052221143</t>
+          <t>9786255618467</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kaza Dedektifleri</t>
+          <t>Tengri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059127967</t>
+          <t>9786255618481</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Adım Yeşil</t>
+          <t>Gördüm, Duydum, Biliyorum</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059127981</t>
+          <t>9786052221143</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Onlar Diridirler</t>
+          <t>Kaza Dedektifleri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059371018</t>
+          <t>9786059127967</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Koğuş Türkiye Koğuş Dünya</t>
+          <t>Adım Yeşil</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255618443</t>
+          <t>9786059127981</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kırbacı Attila</t>
+          <t>Onlar Diridirler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255618368</t>
+          <t>9786059371018</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Monte Cristo Kontu</t>
+          <t>Koğuş Türkiye Koğuş Dünya</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255618245</t>
+          <t>9786255618443</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Tanrı’nın Kırbacı Attila</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255618375</t>
+          <t>9786255618368</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ölü Canlar</t>
+          <t>Monte Cristo Kontu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255618382</t>
+          <t>9786255618245</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255618351</t>
+          <t>9786255618375</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Ölü Canlar</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255618344</t>
+          <t>9786255618382</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052221075</t>
+          <t>9786255618351</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Darwin'in Hayaletleri</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>2769008212201</t>
+          <t>9786255618344</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Türk Klasikleri Seti (5 Kitap Takım)</t>
+          <t>Goriot Baba</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2769008912323</t>
+          <t>9786052221075</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Seti (3 Kitap Takım)</t>
+          <t>Darwin'in Hayaletleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>1050</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>2769008912354</t>
+          <t>2769008212201</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Dmitry Glukhovsky Seti (5 Kitap Takım)</t>
+          <t>Türk Klasikleri Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>2690</v>
+        <v>700</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256546059</t>
+          <t>2769008912323</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kurtname</t>
+          <t>Halka Dünya Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059371421</t>
+          <t>2769008912354</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Türkiyem</t>
+          <t>Dmitry Glukhovsky Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>280</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055143572</t>
+          <t>9786256546059</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dindar Beyin</t>
+          <t>Kurtname</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786052221938</t>
+          <t>9786059371421</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gelecek</t>
+          <t>Türkiyem</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752444997</t>
+          <t>9786055143572</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cemreler Düşerken</t>
+          <t>Dindar Beyin</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9785874125660</t>
+          <t>9786052221938</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Nazi Almanyası (2 Kitap Set)</t>
+          <t>Gelecek</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>540</v>
+        <v>650</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255618313</t>
+          <t>9789752444997</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bozkurt</t>
+          <t>Cemreler Düşerken</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255618337</t>
+          <t>9785874125660</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Joseph Goebbels'in Hatıraları</t>
+          <t>Nazi Almanyası (2 Kitap Set)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255618306</t>
+          <t>9786255618313</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Alamut'un Efendisi- Hasan Sabbah</t>
+          <t>Bozkurt</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255618320</t>
+          <t>9786255618337</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Enok'un Kitabı - Gerçeği Bul’un Önsözüyle</t>
+          <t>Joseph Goebbels'in Hatıraları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>2226523698748</t>
+          <t>9786255618306</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Paul Bloom Seti (4 Kitap)</t>
+          <t>Alamut'un Efendisi- Hasan Sabbah</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>2226523698212</t>
+          <t>9786255618320</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapisi Seti (3 Kitap)</t>
+          <t>Enok'un Kitabı - Gerçeği Bul’un Önsözüyle</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>1060</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255618252</t>
+          <t>2226523698748</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Yükselişi ve Düşüşü</t>
+          <t>Paul Bloom Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255618269</t>
+          <t>2226523698212</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aşıkpaşazade Tarihi</t>
+          <t>Oyun Terapisi Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255618276</t>
+          <t>9786255618252</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi</t>
+          <t>Asya’nın Yükselişi ve Düşüşü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786255618283</t>
+          <t>9786255618269</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mecelle</t>
+          <t>Aşıkpaşazade Tarihi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255618290</t>
+          <t>9786255618276</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Siyasetname</t>
+          <t>İslam Tarihi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054401789</t>
+          <t>9786255618283</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Fetih 1453</t>
+          <t>Mecelle</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054401857</t>
+          <t>9786255618290</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes İz Peşinde</t>
+          <t>Siyasetname</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055143046</t>
+          <t>9786054401789</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Safiye Sultan</t>
+          <t>Fetih 1453</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054401239</t>
+          <t>9786054401857</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>Sherlock Holmes İz Peşinde</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789752444072</t>
+          <t>9786055143046</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çağlayanlar</t>
+          <t>Safiye Sultan</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059371841</t>
+          <t>9786054401239</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Nutuk</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057739698</t>
+          <t>9789752444072</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Arsen Lüpen</t>
+          <t>Çağlayanlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054401918</t>
+          <t>9786059371841</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057739865</t>
+          <t>9786057739698</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mete’nin Çin Sındığı (Tatung-Fu) Savaşı</t>
+          <t>Arsen Lüpen</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057739889</t>
+          <t>9786054401918</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yedi Yıl Harbi İçinde Timur’un Anadolu Seferi ve Ankara Savaşı</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057739902</t>
+          <t>9786057739865</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Lale Devri</t>
+          <t>Mete’nin Çin Sındığı (Tatung-Fu) Savaşı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055143114</t>
+          <t>9786057739889</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hürrem Sultan</t>
+          <t>Yedi Yıl Harbi İçinde Timur’un Anadolu Seferi ve Ankara Savaşı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255618238</t>
+          <t>9786057739902</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kendimle Barıştım</t>
+          <t>Lale Devri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255618221</t>
+          <t>9786055143114</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Klasikler Işığında Bir Roman Yazarında Aranan Yetenekler</t>
+          <t>Hürrem Sultan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256546349</t>
+          <t>9786255618238</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İnsancıklar</t>
+          <t>Kendimle Barıştım</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059127165</t>
+          <t>9786255618221</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Doktor</t>
+          <t>Klasikler Işığında Bir Roman Yazarında Aranan Yetenekler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255618214</t>
+          <t>9786256546349</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Başka Zamanın Hikayeleri</t>
+          <t>İnsancıklar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256546639</t>
+          <t>9786059127165</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Peçevi Tarihi</t>
+          <t>Doktor</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052221471</t>
+          <t>9786255618214</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Rus Ruleti</t>
+          <t>Başka Zamanın Hikayeleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057739346</t>
+          <t>9786256546639</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kanunsuz Okyanus</t>
+          <t>Peçevi Tarihi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057739667</t>
+          <t>9786052221471</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Rus Ruleti</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256546622</t>
+          <t>9786057739346</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Katillere Ölüm</t>
+          <t>Kanunsuz Okyanus</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256546615</t>
+          <t>9786057739667</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Tanıma Sanatı</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059127028</t>
+          <t>9786256546622</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Aksaçlılar Meclisi: Vurgun</t>
+          <t>Katillere Ölüm</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256546608</t>
+          <t>9786256546615</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur ve Yuvarlak Masa Şövalyeleri</t>
+          <t>İnsanı Tanıma Sanatı</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>270</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256546592</t>
+          <t>9786059127028</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Putların Alacakaranlığı</t>
+          <t>Aksaçlılar Meclisi: Vurgun</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>120</v>
+        <v>380</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256546578</t>
+          <t>9786256546608</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler - Stefan Zweig</t>
+          <t>Kral Arthur ve Yuvarlak Masa Şövalyeleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256546585</t>
+          <t>9786256546592</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler - Sebahattin Ali</t>
+          <t>Putların Alacakaranlığı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256546554</t>
+          <t>9786256546578</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Raziye Begüm</t>
+          <t>Seçme Eserler - Stefan Zweig</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059371131</t>
+          <t>9786256546585</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Azazel - İman Hasadı</t>
+          <t>Seçme Eserler - Sebahattin Ali</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052221778</t>
+          <t>9786256546554</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Davranış Bozuklukları ve Çözüm Yolları</t>
+          <t>Raziye Begüm</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256546110</t>
+          <t>9786059371131</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Oruç Reis - Kolsuz Kahraman</t>
+          <t>Azazel - İman Hasadı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256546561</t>
+          <t>9786052221778</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Seçme Eserler - Franz Kafka</t>
+          <t>Çocuklarda Davranış Bozuklukları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256546530</t>
+          <t>9786256546110</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Hatıraları ve Abdülhamid</t>
+          <t>Oruç Reis - Kolsuz Kahraman</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256546547</t>
+          <t>9786256546561</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bumin Kağan</t>
+          <t>Seçme Eserler - Franz Kafka</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>2769008912200</t>
+          <t>9786256546530</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Seti (3 Kitap Takım)</t>
+          <t>Yıldız Hatıraları ve Abdülhamid</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>930</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256546486</t>
+          <t>9786256546547</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Şamil ve Şamil -Kafkas’ın Kartalları-</t>
+          <t>Bumin Kağan</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256546479</t>
+          <t>2769008912200</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Son Akıncı</t>
+          <t>Mevlana Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>390</v>
+        <v>930</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256546523</t>
+          <t>9786256546486</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>On Altıncı Asırda Rafızilik ve Bektaşilik</t>
+          <t>Şamil ve Şamil -Kafkas’ın Kartalları-</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256546493</t>
+          <t>9786256546479</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Korkma -Akif Romanı-</t>
+          <t>Son Akıncı</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256546516</t>
+          <t>9786256546523</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin Efendisi 2 – Sır Ayini</t>
+          <t>On Altıncı Asırda Rafızilik ve Bektaşilik</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256546509</t>
+          <t>9786256546493</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Cinlerin Efendisi 1 - Yeşil Kitap</t>
+          <t>Korkma -Akif Romanı-</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>230</v>
+        <v>390</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256546233</t>
+          <t>9786256546516</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yıldız’ın Türküsü</t>
+          <t>Cinlerin Efendisi 2 – Sır Ayini</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256546066</t>
+          <t>9786256546509</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
+          <t>Cinlerin Efendisi 1 - Yeşil Kitap</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256546165</t>
+          <t>9786256546233</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Roman Yazma Sanatı</t>
+          <t>Yıldız’ın Türküsü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>390</v>
+        <v>230</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256546158</t>
+          <t>9786256546066</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hala Bir Kurban Eksik</t>
+          <t>Yaşam Bilgeliği Üzerine Aforizmalar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256546455</t>
+          <t>9786256546165</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Roman Yazma Sanatı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786054401741</t>
+          <t>9786256546158</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Sufinin Yolu</t>
+          <t>Hala Bir Kurban Eksik</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786054401321</t>
+          <t>9786256546455</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786054401734</t>
+          <t>9786054401741</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Gizem</t>
+          <t>Sufinin Yolu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258488210</t>
+          <t>9786054401321</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Burma Günleri</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055143657</t>
+          <t>9786054401734</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Korkuları ve Çözüm Yolları</t>
+          <t>Aşk-ı Gizem</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055143633</t>
+          <t>9786258488210</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Hukuk Skandalları</t>
+          <t>Burma Günleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752444706</t>
+          <t>9786055143657</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dirilişin Gölgesinde Ertuğrul</t>
+          <t>Çocuğunuzun Korkuları ve Çözüm Yolları</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789752444461</t>
+          <t>9786055143633</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Alperenler Destanı</t>
+          <t>Osmanlı'da Hukuk Skandalları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752444713</t>
+          <t>9789752444706</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Saltanat Güneşi: Payitaht Abdülhamit Han</t>
+          <t>Dirilişin Gölgesinde Ertuğrul</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752444942</t>
+          <t>9789752444461</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Hükmedenler</t>
+          <t>Alperenler Destanı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055143565</t>
+          <t>9789752444713</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Yapılı Beyin</t>
+          <t>Saltanat Güneşi: Payitaht Abdülhamit Han</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057739643</t>
+          <t>9789752444942</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin - Bütün Eserleri</t>
+          <t>Başarıya Hükmedenler</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>1000</v>
+        <v>190</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057739193</t>
+          <t>9786055143565</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İspanyol ve Osmanlı Kaynaklarına Göre Barbaros Hayreddin Paşa</t>
+          <t>Ceviz Yapılı Beyin</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052221327</t>
+          <t>9786057739643</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kiracı - Sisli Bir Londra Hikayesi</t>
+          <t>Ömer Seyfettin - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9785697458563</t>
+          <t>9786057739193</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Craig Russell Seti (3 Kitap)</t>
+          <t>İspanyol ve Osmanlı Kaynaklarına Göre Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1050</v>
+        <v>450</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>2769008812203</t>
+          <t>9786052221327</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Niyazi Yıldırım Gençosmanoğlu Seti (3 Kitap Takım)</t>
+          <t>Kiracı - Sisli Bir Londra Hikayesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1050</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>2769008912309</t>
+          <t>9785697458563</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens Seti (4 Kitap Takım)</t>
+          <t>Craig Russell Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>625</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>2468008112206</t>
+          <t>2769008812203</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Dilaver Cebeci Seti (11 Kitap Takım)</t>
+          <t>Niyazi Yıldırım Gençosmanoğlu Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1830</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9788886936255</t>
+          <t>2769008912309</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Börü (3 Kitap Takım)</t>
+          <t>Küçük Prens Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>1050</v>
+        <v>625</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256546356</t>
+          <t>2468008112206</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Severse</t>
+          <t>Dilaver Cebeci Seti (11 Kitap Takım)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>290</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256546370</t>
+          <t>9788886936255</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kutalmış</t>
+          <t>Börü (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>390</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256546073</t>
+          <t>9786256546356</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Yeni Soğuk Savaş</t>
+          <t>Şizofren Severse</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055143688</t>
+          <t>9786256546370</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
+          <t>Kutalmış</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786054401178</t>
+          <t>9786256546073</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Yeni Soğuk Savaş</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057739551</t>
+          <t>9786055143688</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Selahaddin Eyyubi ve Haşhaşiler</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>185</v>
+        <v>290</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059371704</t>
+          <t>9786054401178</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Resneli Niyazi Hatıratı</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789752444768</t>
+          <t>9786057739551</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752444478</t>
+          <t>9786059371704</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Destanlar Burcu</t>
+          <t>Resneli Niyazi Hatıratı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752444393</t>
+          <t>9789752444768</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Mavi Türkü</t>
+          <t>İnsanlığın Yıldızının Parladığı Anlar</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>120</v>
+        <v>325</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789752444423</t>
+          <t>9789752444478</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk’e Dair</t>
+          <t>Destanlar Burcu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059371643</t>
+          <t>9789752444393</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tomris</t>
+          <t>Mavi Türkü</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059357302</t>
+          <t>9789752444423</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Bekçileri</t>
+          <t>Türk’e Dair</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059357289</t>
+          <t>9786059371643</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Dominis Efsanesi: Paralel Evrenler</t>
+          <t>Tomris</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059357296</t>
+          <t>9786059357302</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dominis Efsanesi: Alev Kanatlar</t>
+          <t>Zamanın Bekçileri</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789752444621</t>
+          <t>9786059357289</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sarp Yokuş</t>
+          <t>Dominis Efsanesi: Paralel Evrenler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752444065</t>
+          <t>9786059357296</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi ve 17. Yüzyıl Osmanlı Toplumu</t>
+          <t>Dominis Efsanesi: Alev Kanatlar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059371544</t>
+          <t>9789752444621</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Barbaros'un Günlüğü</t>
+          <t>Sarp Yokuş</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789752444102</t>
+          <t>9789752444065</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Evliya Çelebi ve 17. Yüzyıl Osmanlı Toplumu</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059357333</t>
+          <t>9786059371544</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Zaman Koridoru</t>
+          <t>Barbaros'un Günlüğü</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057739872</t>
+          <t>9789752444102</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Timurlular Zamanında Hindistan Türk İmparatorluğu</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057739919</t>
+          <t>9786059357333</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kumandanları</t>
+          <t>Zaman Koridoru</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054401697</t>
+          <t>9786057739872</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Cinnet</t>
+          <t>Timurlular Zamanında Hindistan Türk İmparatorluğu</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059127387</t>
+          <t>9786057739919</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitabın Yorumu</t>
+          <t>Osmanlı Kumandanları</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256546219</t>
+          <t>9786054401697</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Babil’in En Zengin Adamı</t>
+          <t>Cinnet</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789752444874</t>
+          <t>9786059127387</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Göç Destanı - Genç Tarih Serisi</t>
+          <t>Kutsal Kitabın Yorumu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>60</v>
+        <v>290</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059357159</t>
+          <t>9786256546219</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Truva’nın Rüzgarı</t>
+          <t>Babil’in En Zengin Adamı</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>29</v>
+        <v>290</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059371728</t>
+          <t>9789752444874</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Niçin Geri Kaldık?</t>
+          <t>Göç Destanı - Genç Tarih Serisi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059371513</t>
+          <t>9786059357159</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Türkçe-Göktürkçe)</t>
+          <t>Truva’nın Rüzgarı</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>350</v>
+        <v>29</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752444171</t>
+          <t>9786059371728</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Madam Bravo - Sofitadaki Kedi</t>
+          <t>Niçin Geri Kaldık?</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059371506</t>
+          <t>9786059371513</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kankiler Çetesi: Central Park Kabusu</t>
+          <t>Küçük Prens (Türkçe-Göktürkçe)</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057739957</t>
+          <t>9789752444171</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Erzurum’da İngiliz Konsolosu Everett’e Ermeni Suikastı</t>
+          <t>Madam Bravo - Sofitadaki Kedi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057739780</t>
+          <t>9786059371506</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Yedi İşareti</t>
+          <t>Kankiler Çetesi: Central Park Kabusu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>85</v>
+        <v>250</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786079632878</t>
+          <t>9786057739957</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Seti (4 Kitap Takım)</t>
+          <t>Erzurum’da İngiliz Konsolosu Everett’e Ermeni Suikastı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>1400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052221877</t>
+          <t>9786057739780</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikopatın Günlüğü</t>
+          <t>Hayatın Yedi İşareti</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052221532</t>
+          <t>9786079632878</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sumerki - Alacakaranlık</t>
+          <t>Halka Dünya Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>450</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052221921</t>
+          <t>9786052221877</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Bir Psikopatın Günlüğü</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052221747</t>
+          <t>9786052221532</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gökkurt</t>
+          <t>Sumerki - Alacakaranlık</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256546462</t>
+          <t>9786052221921</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Pars’ın Ayak İzleri Sarıkamış Yolunda Sırra Erenler</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258488470</t>
+          <t>9786052221747</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon</t>
+          <t>Gökkurt</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054401871</t>
+          <t>9786256546462</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Peygamberi</t>
+          <t>Pars’ın Ayak İzleri Sarıkamış Yolunda Sırra Erenler</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059127943</t>
+          <t>9786258488470</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Baharat Tüccarının Karısı</t>
+          <t>İllüzyon</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059371308</t>
+          <t>9786054401871</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kürşad</t>
+          <t>Ölüm Peygamberi</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256546448</t>
+          <t>9786059127943</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bağdat'ı Ben Yaktım</t>
+          <t>Baharat Tüccarının Karısı</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256546431</t>
+          <t>9786059371308</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji 101</t>
+          <t>Kürşad</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786256546417</t>
+          <t>9786256546448</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çizimlerle Matematik</t>
+          <t>Bağdat'ı Ben Yaktım</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256546424</t>
+          <t>9786256546431</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Değişmeyen Tek Şey Değişimdir</t>
+          <t>Psikoloji 101</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055143497</t>
+          <t>9786256546417</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah ve Alamut Terörü</t>
+          <t>Kötü Çizimlerle Matematik</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256546400</t>
+          <t>9786256546424</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Selam Şanlı Mazimize</t>
+          <t>Değişmeyen Tek Şey Değişimdir</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052221419</t>
+          <t>9786055143497</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Börü 2 - Kurt İmparatorluğu</t>
+          <t>Hasan Sabbah ve Alamut Terörü</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256546363</t>
+          <t>9786256546400</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Asya’nın Kurdu Çiçi Han</t>
+          <t>Selam Şanlı Mazimize</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786256546387</t>
+          <t>9786052221419</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Baltaoğlu Süleyman ve Fatih Yeniçağ’ın Kapısını Açarken</t>
+          <t>Börü 2 - Kurt İmparatorluğu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256546394</t>
+          <t>9786256546363</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Az Gittim Uz Gittim</t>
+          <t>Asya’nın Kurdu Çiçi Han</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786256546332</t>
+          <t>9786256546387</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Üzerine - Yaşamın Kısalığı Üzerine</t>
+          <t>Baltaoğlu Süleyman ve Fatih Yeniçağ’ın Kapısını Açarken</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>110</v>
+        <v>390</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786256546271</t>
+          <t>9786256546394</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Yöntem Üzerine Konuşma - Aklını İyi Yönetmek ve Bilimlerde Hakikati Aramak İçin</t>
+          <t>Az Gittim Uz Gittim</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786256546288</t>
+          <t>9786256546332</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Platon Felsefesi ve Aristoteles Felsefesi</t>
+          <t>Mutlu Yaşam Üzerine - Yaşamın Kısalığı Üzerine</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786256546318</t>
+          <t>9786256546271</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İyinin ve Kötünün Ötesinde</t>
+          <t>Yöntem Üzerine Konuşma - Aklını İyi Yönetmek ve Bilimlerde Hakikati Aramak İçin</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>190</v>
+        <v>75</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786256546301</t>
+          <t>9786256546288</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Toplum Sözleşmesi</t>
+          <t>Platon Felsefesi ve Aristoteles Felsefesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256546325</t>
+          <t>9786256546318</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Tiamat’ın Kolyesi</t>
+          <t>İyinin ve Kötünün Ötesinde</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052221792</t>
+          <t>9786256546301</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender Tarihi (Tam Metin)</t>
+          <t>Toplum Sözleşmesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256546257</t>
+          <t>9786256546325</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Karlar Eriyince</t>
+          <t>Tiamat’ın Kolyesi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256546240</t>
+          <t>9786052221792</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Yaprakları</t>
+          <t>Büyük İskender Tarihi (Tam Metin)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256546264</t>
+          <t>9786256546257</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Kazanılması</t>
+          <t>Karlar Eriyince</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256546226</t>
+          <t>9786256546240</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İdeal Devlet</t>
+          <t>Ceviz Yaprakları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786256546202</t>
+          <t>9786256546264</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çirkin, Kaba ve Kısa</t>
+          <t>Mutluluğun Kazanılması</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256546141</t>
+          <t>9786256546226</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin Kanuni’nin Gölgesi</t>
+          <t>İdeal Devlet</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256546189</t>
+          <t>9786256546202</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Alparslan - Şafak Malazgirt’te Sökmüştü</t>
+          <t>Çirkin, Kaba ve Kısa</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256546080</t>
+          <t>9786256546141</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Totem ve Tabu</t>
+          <t>Barbaros Hayrettin Kanuni’nin Gölgesi</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256546097</t>
+          <t>9786256546189</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış - Kor Yüreğim Kar Altında</t>
+          <t>Alparslan - Şafak Malazgirt’te Sökmüştü</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256546103</t>
+          <t>9786256546080</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kuruluş Osman Bey’in Rüyası - Şeyh Edebali</t>
+          <t>Totem ve Tabu</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256546172</t>
+          <t>9786256546097</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hayme Ana - Osmanoğullarının Anası</t>
+          <t>Sarıkamış - Kor Yüreğim Kar Altında</t>
         </is>
       </c>
       <c r="C192" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256546134</t>
+          <t>9786256546103</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayrettin - Denizlerin Kartalı</t>
+          <t>Kuruluş Osman Bey’in Rüyası - Şeyh Edebali</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256546127</t>
+          <t>9786256546172</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Ateşe Yazılan Yazılar - Büyü ve Tılsımın Kısa Tarihi</t>
+          <t>Hayme Ana - Osmanoğullarının Anası</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256546035</t>
+          <t>9786256546134</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düzen ve Siyasi Çürüme</t>
+          <t>Barbaros Hayrettin - Denizlerin Kartalı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9788523685683</t>
+          <t>9786256546127</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Francis Fukuyama Seti (3 Kitap)</t>
+          <t>Ateşe Yazılan Yazılar - Büyü ve Tılsımın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>1550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9788523698515</t>
+          <t>9786256546035</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Francis Fukuyama Seti (2 Kitap)</t>
+          <t>Siyasi Düzen ve Siyasi Çürüme</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>1100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256546042</t>
+          <t>9788523685683</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Övgü</t>
+          <t>Francis Fukuyama Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>120</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258236996</t>
+          <t>9788523698515</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Alein Kentigerna Seti (8 Kitap)</t>
+          <t>Francis Fukuyama Seti (2 Kitap)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>2970</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256546011</t>
+          <t>9786256546042</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Deliliğe Övgü</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786256546028</t>
+          <t>9786258236996</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Elçileri</t>
+          <t>Alein Kentigerna Seti (8 Kitap)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>290</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256546004</t>
+          <t>9786256546011</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sonu ve Son İnsan</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059660983</t>
+          <t>9786256546028</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Milli Egemenlik ve Türkiye</t>
+          <t>Kıyamet Elçileri</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258488555</t>
+          <t>9786256546004</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Düzenin Kökenleri</t>
+          <t>Tarihin Sonu ve Son İnsan</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258488562</t>
+          <t>9786059660983</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Milli Egemenlik ve Türkiye</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258488548</t>
+          <t>9786258488555</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Çocuktuk</t>
+          <t>Siyasi Düzenin Kökenleri</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258488524</t>
+          <t>9786258488562</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Empati</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258488531</t>
+          <t>9786258488548</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dinlenmiş Çocuk</t>
+          <t>Bir Zamanlar Çocuktuk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258488487</t>
+          <t>9786258488524</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hyde</t>
+          <t>Empati</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258488494</t>
+          <t>9786258488531</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bir Borsa Spekülatörünün Anıları</t>
+          <t>Dinlenmiş Çocuk</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258488517</t>
+          <t>9786258488487</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ayyaş Yürüyüşü</t>
+          <t>Hyde</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>6541386877748</t>
+          <t>9786258488494</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Emrullah Özdemir Seti (6 Kitap)</t>
+          <t>Bir Borsa Spekülatörünün Anıları</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>1860</v>
+        <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>6541236989638</t>
+          <t>9786258488517</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Yılmaz Seti (11 Kitap)</t>
+          <t>Ayyaş Yürüyüşü</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>3850</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9785236482363</t>
+          <t>6541386877748</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gökçen Çatlı Seti 3</t>
+          <t>Emrullah Özdemir Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>1150</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258488463</t>
+          <t>6541236989638</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tomris Han - Asil Kan</t>
+          <t>Çağlayan Yılmaz Seti (11 Kitap)</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>350</v>
+        <v>3850</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258488432</t>
+          <t>9785236482363</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bağ Bozumu</t>
+          <t>Gökçen Çatlı Seti 3</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>130</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258488456</t>
+          <t>9786258488463</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ateştendoğan</t>
+          <t>Tomris Han - Asil Kan</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258488449</t>
+          <t>9786258488432</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Dönemi Ve Nörobilim</t>
+          <t>Bağ Bozumu</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258488371</t>
+          <t>9786258488456</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Canavar Çoga’nın Hikayesi (Ciltli)</t>
+          <t>Ateştendoğan</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258488425</t>
+          <t>9786258488449</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hazzın Bilimi</t>
+          <t>Erken Çocukluk Dönemi Ve Nörobilim</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258488418</t>
+          <t>9786258488371</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Doğu Kaynaklarından Edinilen Bilgiler Işığında  Suikastçıların Tarihi</t>
+          <t>Canavar Çoga’nın Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258488401</t>
+          <t>9786258488425</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>101 Favori Oyun Terapisi Tekniği</t>
+          <t>Hazzın Bilimi</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258488395</t>
+          <t>9786258488418</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mete Han Büyük Hun İmparatorluğu’nun Destansı Varoluş Hikayesi</t>
+          <t>Doğu Kaynaklarından Edinilen Bilgiler Işığında  Suikastçıların Tarihi</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258488388</t>
+          <t>9786258488401</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret Ve Güvenlik: Güncel Gelişmeler, Bölgesel Sorunlar, Farklı Yaklaşımlar</t>
+          <t>101 Favori Oyun Terapisi Tekniği</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258488333</t>
+          <t>9786258488395</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yorgunum</t>
+          <t>Mete Han Büyük Hun İmparatorluğu’nun Destansı Varoluş Hikayesi</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258488340</t>
+          <t>9786258488388</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yitik Balta</t>
+          <t>Uluslararası Ticaret Ve Güvenlik: Güncel Gelişmeler, Bölgesel Sorunlar, Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258488357</t>
+          <t>9786258488333</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Maraton</t>
+          <t>Yorgunum</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258488364</t>
+          <t>9786258488340</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Diplomasi</t>
+          <t>Yitik Balta</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258488326</t>
+          <t>9786258488357</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Ömür Günlüğü</t>
+          <t>Maraton</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789053698716</t>
+          <t>9786258488364</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Reza Aslan Seti (3 Kitap)</t>
+          <t>Diplomasi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>1150</v>
+        <v>950</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789053698747</t>
+          <t>9786258488326</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Alein Kentıgerna Seti (7 Kitap)</t>
+          <t>Adanmış Ömür Günlüğü</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>2680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258488296</t>
+          <t>9789053698716</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kasaba</t>
+          <t>Reza Aslan Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>420</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258488319</t>
+          <t>9789053698747</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Deha Ve Kaygı</t>
+          <t>Alein Kentıgerna Seti (7 Kitap)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>450</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258488302</t>
+          <t>9786258488296</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Devletin Oğulları</t>
+          <t>Kasaba</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258488272</t>
+          <t>9786258488319</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Takım</t>
+          <t>Deha Ve Kaygı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258488289</t>
+          <t>9786258488302</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bay Mütevazı ve Kasap Doktor</t>
+          <t>Devletin Oğulları</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258488265</t>
+          <t>9786258488272</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Geçmişten Günümüze Dinler Tarihi</t>
+          <t>Kızıl Takım</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258488173</t>
+          <t>9786258488289</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Mason Buttle Ve Tuhaf Hikayesi</t>
+          <t>Bay Mütevazı ve Kasap Doktor</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258488258</t>
+          <t>9786258488265</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yedinci En Önemli Şey</t>
+          <t>Tanrı Geçmişten Günümüze Dinler Tarihi</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258488241</t>
+          <t>9786258488173</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kör Baykuş</t>
+          <t>Mason Buttle Ve Tuhaf Hikayesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786027841253</t>
+          <t>9786258488258</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İskender Öksüz Seti (5 Kitap)</t>
+          <t>Yedinci En Önemli Şey</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>1750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>2225555666664</t>
+          <t>9786258488241</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Bahadıroğlu Seti (9 Kitap)</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>1690</v>
+        <v>90</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789859947858</t>
+          <t>9786027841253</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İskender Öksüz Seti (3 Kitap)</t>
+          <t>İskender Öksüz Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>1050</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9788799658749</t>
+          <t>2225555666664</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Bahadıroğlu Seti (8 kitap)</t>
+          <t>Yavuz Bahadıroğlu Seti (9 Kitap)</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>1510</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258488227</t>
+          <t>9789859947858</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çin Dünyayı Ele mi Geçiriyor?</t>
+          <t>İskender Öksüz Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>350</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258488197</t>
+          <t>9788799658749</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bebeklerin Ahlaki Yaşamı</t>
+          <t>Yavuz Bahadıroğlu Seti (8 kitap)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>290</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055143541</t>
+          <t>9786258488227</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara</t>
+          <t>Çin Dünyayı Ele mi Geçiriyor?</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258488234</t>
+          <t>9786258488197</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrası Rus Dış Politikasında Ontolojik Güvenlik</t>
+          <t>Bebeklerin Ahlaki Yaşamı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258488050</t>
+          <t>9786055143541</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Che Guevara</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258488203</t>
+          <t>9786258488234</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Düşünceler</t>
+          <t>Soğuk Savaş Sonrası Rus Dış Politikasında Ontolojik Güvenlik</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258488180</t>
+          <t>9786258488050</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Kara Büyü</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258488166</t>
+          <t>9786258488203</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Çocuk</t>
+          <t>Düşünceler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258488159</t>
+          <t>9786258488180</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Ses</t>
+          <t>Kara Büyü</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258488142</t>
+          <t>9786258488166</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Medeniyetler Çatışması ve Dünya Düzeninin Yeniden Kurulması</t>
+          <t>Yıldız Çocuk</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>600</v>
+        <v>290</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057739827</t>
+          <t>9786258488159</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Toplu Eserler (Ciltli)</t>
+          <t>İçimizdeki Ses</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>990</v>
+        <v>350</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057739834</t>
+          <t>9786258488142</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Börü Dörtleme (Ciltli)</t>
+          <t>Medeniyetler Çatışması ve Dünya Düzeninin Yeniden Kurulması</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>1200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258488128</t>
+          <t>9786057739827</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Şeytani Boyut</t>
+          <t>Toplu Eserler (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>350</v>
+        <v>990</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258488104</t>
+          <t>9786057739834</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Yol Gösteren</t>
+          <t>Börü Dörtleme (Ciltli)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>350</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258488111</t>
+          <t>9786258488128</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Psikoz</t>
+          <t>Şeytani Boyut</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258488135</t>
+          <t>9786258488104</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Marco Polo Seyahatnamesi</t>
+          <t>Yol Gösteren</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057739933</t>
+          <t>9786258488111</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Allah’tan Başka İlah Yoktur</t>
+          <t>Psikoz</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057739940</t>
+          <t>9786258488135</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Böke - Alamut’un Fethi</t>
+          <t>Marco Polo Seyahatnamesi</t>
         </is>
       </c>
       <c r="C262" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057739858</t>
+          <t>9786057739933</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hayatım</t>
+          <t>Allah’tan Başka İlah Yoktur</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057739896</t>
+          <t>9786057739940</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Haçlılar</t>
+          <t>Böke - Alamut’un Fethi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057739926</t>
+          <t>9786057739858</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’da Hoca Nüfuzu</t>
+          <t>Hayatım</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057739841</t>
+          <t>9786057739896</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kolomb Dönemi Öncesi 'Amerikan Kızılderilileri'nin Altay Kökenleri</t>
+          <t>Haçlılar</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057739803</t>
+          <t>9786057739926</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İlkel Beden İlkel Zihin</t>
+          <t>Osmanlı’da Hoca Nüfuzu</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057739810</t>
+          <t>9786057739841</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Zelot</t>
+          <t>Kolomb Dönemi Öncesi 'Amerikan Kızılderilileri'nin Altay Kökenleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9782589647531</t>
+          <t>9786057739803</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dünya Serisi Seti (3 Kitap Takım)</t>
+          <t>İlkel Beden İlkel Zihin</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>1050</v>
+        <v>350</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057739797</t>
+          <t>9786057739810</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Soluğu</t>
+          <t>Zelot</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057739735</t>
+          <t>9782589647531</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yüzbaşıoğlu Talip Ağa</t>
+          <t>Karanlık Dünya Serisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>290</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057739759</t>
+          <t>9786057739797</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Börü Kutulu Set (4 Kitap Takım)</t>
+          <t>Karanlığın Soluğu</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>1400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057739728</t>
+          <t>9786057739735</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Yüzbaşıoğlu Talip Ağa</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057739704</t>
+          <t>9786057739759</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kötü Ruh</t>
+          <t>Börü Kutulu Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>450</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057739711</t>
+          <t>9786057739728</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmanın Bilimi</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057739674</t>
+          <t>9786057739704</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Kötü Ruh</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057739650</t>
+          <t>9786057739711</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>İnsan Olmanın Bilimi</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>75</v>
+        <v>290</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057739681</t>
+          <t>9786057739674</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Osman Bey</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052221112</t>
+          <t>9786057739650</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Geometri</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057739629</t>
+          <t>9786057739681</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Osman Bey</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057739636</t>
+          <t>9786052221112</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Metafiziği</t>
+          <t>Geometri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786057739612</t>
+          <t>9786057739629</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786057739605</t>
+          <t>9786057739636</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Vahşetin Çağrısı</t>
+          <t>Aşkın Metafiziği</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>110</v>
+        <v>95</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786057739582</t>
+          <t>9786057739612</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786057739599</t>
+          <t>9786057739605</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Vahşetin Çağrısı</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786057739568</t>
+          <t>9786057739582</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kartal</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786057739537</t>
+          <t>9786057739599</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Deccal</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786057739544</t>
+          <t>9786057739568</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İtbarak - Karanlık Dünya 1</t>
+          <t>Kanlı Kartal</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786057739520</t>
+          <t>9786057739537</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Deccal</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786057739513</t>
+          <t>9786057739544</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Prens</t>
+          <t>İtbarak - Karanlık Dünya 1</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789036985420</t>
+          <t>9786057739520</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Börü Seti (4 Kitap Takım)</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>1400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786057739506</t>
+          <t>9786057739513</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Homo Sapiens: Gezegeni Dönüştüren Güç</t>
+          <t>Prens</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786057739490</t>
+          <t>9789036985420</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Köken</t>
+          <t>Börü Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052221785</t>
+          <t>9786057739506</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İtalya’da Rönesans Kültürü</t>
+          <t>Homo Sapiens: Gezegeni Dönüştüren Güç</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786245862696</t>
+          <t>9786057739490</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Yılmaz Seti (8 Kitap Takım)</t>
+          <t>Köken</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>2800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786057739483</t>
+          <t>9786052221785</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Börü 4</t>
+          <t>İtalya’da Rönesans Kültürü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052221822</t>
+          <t>9786245862696</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Cerrah</t>
+          <t>Çağlayan Yılmaz Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>350</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786057739469</t>
+          <t>9786057739483</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Demir Yaylı Dukak</t>
+          <t>Börü 4</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786057739438</t>
+          <t>9786052221822</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları (Günümüz Türkçesiyle)</t>
+          <t>Cerrah</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786057739445</t>
+          <t>9786057739469</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Demir Yaylı Dukak</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>75</v>
+        <v>320</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786057739407</t>
+          <t>9786057739438</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Çocukları</t>
+          <t>Türkçülüğün Esasları (Günümüz Türkçesiyle)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786057739452</t>
+          <t>9786057739445</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Fikirler</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786057739421</t>
+          <t>9786057739407</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Adı Sen</t>
+          <t>Halka Dünya Çocukları</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786057739414</t>
+          <t>9786057739452</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Tarikat</t>
+          <t>Çılgın Fikirler</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786257452366</t>
+          <t>9786057739421</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu’nun Cahşları (2 Kitap Takım) (Ciltli)</t>
+          <t>Hayatın Adı Sen</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786017452698</t>
+          <t>9786057739414</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Erdemler Serisi (4 Kitap Takım)</t>
+          <t>Tarikat</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>640</v>
+        <v>350</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789087458317</t>
+          <t>9786257452366</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Ramez Naam Seti (3 Kitap Takım)</t>
+          <t>Ortadoğu’nun Cahşları (2 Kitap Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>1200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789087453251</t>
+          <t>9786017452698</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Terapisi Seti (3 Kitap Takım)</t>
+          <t>Erdemler Serisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>1000</v>
+        <v>640</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057739353</t>
+          <t>9789087458317</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Ramez Naam Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>390</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786057739384</t>
+          <t>9789087453251</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Apex</t>
+          <t>Çocuk Terapisi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786057739360</t>
+          <t>9786057739353</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Yardımcı Olabilirim?</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052221389</t>
+          <t>9786057739384</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Çete 2</t>
+          <t>Apex</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786057739223</t>
+          <t>9786057739360</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ulukan - Ana Kurt'un Oğulları</t>
+          <t>Nasıl Yardımcı Olabilirim?</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786057739070</t>
+          <t>9786052221389</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Zafer</t>
+          <t>Çete 2</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057739186</t>
+          <t>9786057739223</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Barbaros Hayreddin Paşa Gazavatnamesi ve Zeyli</t>
+          <t>Ulukan - Ana Kurt'un Oğulları</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786057739209</t>
+          <t>9786057739070</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Durumlar ve Canavarlar</t>
+          <t>Aşk ve Zafer</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057739179</t>
+          <t>9786057739186</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tadında Diyet</t>
+          <t>Barbaros Hayreddin Paşa Gazavatnamesi ve Zeyli</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057739087</t>
+          <t>9786057739209</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Golem ve Cin</t>
+          <t>Olağanüstü Durumlar ve Canavarlar</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052221976</t>
+          <t>9786057739179</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Crux - Güncelle</t>
+          <t>Aşk Tadında Diyet</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>450</v>
+        <v>190</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052221990</t>
+          <t>9786057739087</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Ütopya</t>
+          <t>Golem ve Cin</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786014256367</t>
+          <t>9786052221976</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ferdi Demir Seti (3 Kitap Takım)</t>
+          <t>Crux - Güncelle</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>840</v>
+        <v>450</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057739063</t>
+          <t>9786052221990</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Selvi</t>
+          <t>Ütopya</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786057739056</t>
+          <t>9786014256367</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gül'ün Babası Kim?</t>
+          <t>Ferdi Demir Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>840</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786057739049</t>
+          <t>9786057739063</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sisli Geceler</t>
+          <t>Beyaz Selvi</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786057739100</t>
+          <t>9786057739056</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Kelebekler</t>
+          <t>Gül'ün Babası Kim?</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786057739094</t>
+          <t>9786057739049</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Deliler</t>
+          <t>Sisli Geceler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786057739032</t>
+          <t>9786057739100</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Türk - İslam Kültüründe Yardımseverlik</t>
+          <t>Kadınlar ve Kelebekler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052221952</t>
+          <t>9786057739094</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yoganın Kalbi</t>
+          <t>Deliler</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786057739001</t>
+          <t>9786057739032</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sessizlik</t>
+          <t>Türk - İslam Kültüründe Yardımseverlik</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052221969</t>
+          <t>9786052221952</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Nutuk</t>
+          <t>Yoganın Kalbi</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052221983</t>
+          <t>9786057739001</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Akıl Oyunları</t>
+          <t>Sessizlik</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786057739018</t>
+          <t>9786052221969</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Börü 3 - Kurt Yangını</t>
+          <t>Gençler İçin Nutuk</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9788069944251</t>
+          <t>9786052221983</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Tarihi Seti (4 Kitap Takım)</t>
+          <t>Akıl Oyunları</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1710</v>
+        <v>350</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>2769008912316</t>
+          <t>9786057739018</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
+          <t>Börü 3 - Kurt Yangını</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>2820</v>
+        <v>350</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>2769008912361</t>
+          <t>9788069944251</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Çınar Ata Seti (2 Kitap Takım)</t>
+          <t>Kötülüğün Tarihi Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>600</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>2769008912385</t>
+          <t>2769008912316</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelişimi Seti (3 Kitap Takım)</t>
+          <t>Dünya Klasikleri Seti (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>1000</v>
+        <v>2820</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>2769008912330</t>
+          <t>2769008912361</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Halide Nusret Zorlutuna Seti (5 Kitap Takım)</t>
+          <t>Çınar Ata Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>1250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>2769008712206</t>
+          <t>2769008912385</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Orhan Yeniaras Seti (20 Kitap Takım)</t>
+          <t>Çocuk Gelişimi Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>7200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>2769008512202</t>
+          <t>2769008912330</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti (10 Kitap Takım)</t>
+          <t>Halide Nusret Zorlutuna Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>1090</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>2769008412205</t>
+          <t>2769008712206</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Tarih Seti (4 Kitap Takım)</t>
+          <t>Orhan Yeniaras Seti (20 Kitap Takım)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>1420</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>2769008112204</t>
+          <t>2769008512202</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Bahadıroğlu Seti (13 Kitap Takım)</t>
+          <t>Stefan Zweig Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>2480</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>2668008112200</t>
+          <t>2769008412205</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Bahadıroğlu Genç Tarih Seti (5 Kitap Takım)</t>
+          <t>Tarih Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>900</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>2769008612209</t>
+          <t>2769008112204</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Rob Sinclair Serisi (3 Kitap Takım)</t>
+          <t>Yavuz Bahadıroğlu Seti (13 Kitap Takım)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>1050</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9778056697123</t>
+          <t>2668008112200</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Seti (3 Kitap Takım)</t>
+          <t>Yavuz Bahadıroğlu Genç Tarih Seti (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>410</v>
+        <v>900</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052221907</t>
+          <t>2769008612209</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Rob Sinclair Serisi (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>150</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052221914</t>
+          <t>9778056697123</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Sabahattin Ali Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>150</v>
+        <v>410</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9725008102396</t>
+          <t>9786052221907</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İskender Öksüz Seti (6 Kitap Takım)</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>2100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9782001101894</t>
+          <t>9786052221914</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Gökçen Çatlı Seti (2 Kitap Takım)</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786052221945</t>
+          <t>9725008102396</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Kurt</t>
+          <t>İskender Öksüz Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>350</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786052221853</t>
+          <t>9782001101894</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Metro - Triloji (Ciltli)</t>
+          <t>Gökçen Çatlı Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>1200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9788079941587</t>
+          <t>9786052221945</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Emrullah Özdemir Seti (4 Kitap)</t>
+          <t>Gümüş Kurt</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9785008912397</t>
+          <t>9786052221853</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Çağlayan Yılmaz Seti (6 Kitap)</t>
+          <t>Metro - Triloji (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>2100</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786052221860</t>
+          <t>9788079941587</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapisi</t>
+          <t>Emrullah Özdemir Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>420</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052221679</t>
+          <t>9785008912397</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Babür Şah - Hindistan Fatihi</t>
+          <t>Çağlayan Yılmaz Seti (6 Kitap)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>350</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052221815</t>
+          <t>9786052221860</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Tahtı</t>
+          <t>Oyun Terapisi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052221808</t>
+          <t>9786052221679</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Stefan Zweig Seti 2 (5 Kitap Takım)</t>
+          <t>Babür Şah - Hindistan Fatihi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>590</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052221655</t>
+          <t>9786052221815</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyoncu</t>
+          <t>Halka Dünya Tahtı</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052221662</t>
+          <t>9786052221808</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sır</t>
+          <t>Stefan Zweig Seti 2 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>100</v>
+        <v>590</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786052221754</t>
+          <t>9786052221655</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Mephistopheles - Kötülüğün Tarihi 4</t>
+          <t>Koleksiyoncu</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052221723</t>
+          <t>9786052221662</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Yakıcı Sır</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052221709</t>
+          <t>9786052221754</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Cahşları 2.Cilt (Ciltli)</t>
+          <t>Mephistopheles - Kötülüğün Tarihi 4</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>500</v>
+        <v>490</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786052221693</t>
+          <t>9786052221723</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'nun Cahşları 1.Cilt (Ciltli)</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>500</v>
+        <v>190</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052221587</t>
+          <t>9786052221709</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Kapı</t>
+          <t>Ortadoğu'nun Cahşları 2.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052221594</t>
+          <t>9786052221693</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Küller</t>
+          <t>Ortadoğu'nun Cahşları 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052221617</t>
+          <t>9786052221587</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Paranoya</t>
+          <t>Aydınlık Kapı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052221648</t>
+          <t>9786052221594</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Sinestezi</t>
+          <t>Küller</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052221600</t>
+          <t>9786052221617</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Asla Boyun Eğme</t>
+          <t>Paranoya</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786052221570</t>
+          <t>9786052221648</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Siyah Eşekarısı</t>
+          <t>Sinestezi</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052221563</t>
+          <t>9786052221600</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bilge Kağan</t>
+          <t>Asla Boyun Eğme</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052221518</t>
+          <t>9786052221570</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Halka Dünya Mühendisleri</t>
+          <t>Siyah Eşekarısı</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786052221525</t>
+          <t>9786052221563</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>On İki Gece</t>
+          <t>Bilge Kağan</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786052221457</t>
+          <t>9786052221518</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne</t>
+          <t>Halka Dünya Mühendisleri</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786052221440</t>
+          <t>9786052221525</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Romanı</t>
+          <t>On İki Gece</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786052221488</t>
+          <t>9786052221457</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Göktürk Efsanesi Tong Yabgu</t>
+          <t>Büyükanne</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786052221334</t>
+          <t>9786052221440</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Arabulucu - Suriye Düğümü</t>
+          <t>Bir Devrin Romanı</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786052221341</t>
+          <t>9786052221488</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Nursultan Nazarbayev (Ciltli)</t>
+          <t>Göktürk Efsanesi Tong Yabgu</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786052221495</t>
+          <t>9786052221334</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Şeytanlarımız En İyi Dostlarımız</t>
+          <t>Arabulucu - Suriye Düğümü</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786052221464</t>
+          <t>9786052221341</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Dul Kadınlar</t>
+          <t>Nursultan Nazarbayev (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786052221426</t>
+          <t>9786052221495</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Benliğini Arayan Çocuk</t>
+          <t>Şeytanlarımız En İyi Dostlarımız</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786052221365</t>
+          <t>9786052221464</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kobra</t>
+          <t>Dul Kadınlar</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786052221433</t>
+          <t>9786052221426</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapist</t>
+          <t>Benliğini Arayan Çocuk</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786052221396</t>
+          <t>9786052221365</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Kızıl Kobra</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786052221358</t>
+          <t>9786052221433</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Meg - Derinlerdeki Dehşet</t>
+          <t>Psikoterapist</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786052221303</t>
+          <t>9786052221396</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Nexus</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786052221105</t>
+          <t>9786052221358</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Yoga ile Büyüyorum</t>
+          <t>Meg - Derinlerdeki Dehşet</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786052221099</t>
+          <t>9786052221303</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Osman Batur</t>
+          <t>Nexus</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786052221082</t>
+          <t>9786052221105</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Camoka</t>
+          <t>Yoga ile Büyüyorum</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786052221044</t>
+          <t>9786052221099</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bilim, Din ve Türkçülük</t>
+          <t>Osman Batur</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786052221006</t>
+          <t>9786052221082</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Lucifer</t>
+          <t>Camoka</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752444966</t>
+          <t>9786052221044</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Amok Koşucusu</t>
+          <t>Bilim, Din ve Türkçülük</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786052221013</t>
+          <t>9786052221006</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Sokağı - Mürebbiye - Görünmeyen Koleksiyon</t>
+          <t>Lucifer</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>100</v>
+        <v>490</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752444980</t>
+          <t>9789752444966</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Kediyim</t>
+          <t>Amok Koşucusu</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>420</v>
+        <v>100</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789752444973</t>
+          <t>9786052221013</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Baybars</t>
+          <t>Ay Işığı Sokağı - Mürebbiye - Görünmeyen Koleksiyon</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786052221068</t>
+          <t>9789752444980</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Atsız</t>
+          <t>Ben Bir Kediyim</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>900</v>
+        <v>420</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752444959</t>
+          <t>9789752444973</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Dostlarım</t>
+          <t>Baybars</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752444898</t>
+          <t>9786052221068</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İblis - Erken Hıristiyan Geleneği</t>
+          <t>Atsız</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>450</v>
+        <v>900</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752444607</t>
+          <t>9789752444959</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım - Albert Einstein</t>
+          <t>Benim Küçük Dostlarım</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752444836</t>
+          <t>9789752444898</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nedir? - Genç Tarih Serisi</t>
+          <t>İblis - Erken Hıristiyan Geleneği</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752444614</t>
+          <t>9789752444607</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Louis Pasteur : Disiplinli Olmanın Önemi</t>
+          <t>Benim Adım - Albert Einstein</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752444829</t>
+          <t>9789752444836</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Graham Bell : Yardımlaşmanın Önemi</t>
+          <t>Tarih Nedir? - Genç Tarih Serisi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752444881</t>
+          <t>9789752444614</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Fahrettin Paşa ve Medine Savunması</t>
+          <t>Benim Adım Louis Pasteur : Disiplinli Olmanın Önemi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752444751</t>
+          <t>9789752444829</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Evrim</t>
+          <t>Benim Adım Graham Bell : Yardımlaşmanın Önemi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789752444812</t>
+          <t>9789752444881</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Şeytan - Kötülüğün Tarihi 1</t>
+          <t>Fahrettin Paşa ve Medine Savunması</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789752444522</t>
+          <t>9789752444751</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Evrim</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789752444782</t>
+          <t>9789752444812</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Bir Çöküşün Öyküsü</t>
+          <t>Şeytan - Kötülüğün Tarihi 1</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789752444553</t>
+          <t>9789752444522</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Naim Süleymanoğlu</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789752444560</t>
+          <t>9789752444782</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bozkurtların Destanı</t>
+          <t>Bir Çöküşün Öyküsü</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789752444515</t>
+          <t>9789752444553</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Naim Süleymanoğlu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789752444591</t>
+          <t>9789752444560</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Tarih - Heredot</t>
+          <t>Bozkurtların Destanı</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789752444652</t>
+          <t>9789752444515</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizi Aydınlatan Belgeler</t>
+          <t>Beyaz Zambaklar Ülkesinde</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789752444577</t>
+          <t>9789752444591</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Börü 1 - Yeniden Dirilişin ve İntikamın Kitabı</t>
+          <t>Tarih - Heredot</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789752444492</t>
+          <t>9789752444652</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Miracı Hallac-ı Mansur</t>
+          <t>Tarihimizi Aydınlatan Belgeler</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789752444409</t>
+          <t>9789752444577</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Men Kazanga Baramen</t>
+          <t>Börü 1 - Yeniden Dirilişin ve İntikamın Kitabı</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789752444416</t>
+          <t>9789752444492</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat ve Türk Ailesi</t>
+          <t>Aşkın Miracı Hallac-ı Mansur</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059371612</t>
+          <t>9789752444409</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince</t>
+          <t>Men Kazanga Baramen</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789752444386</t>
+          <t>9789752444416</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Gerçekler</t>
+          <t>Tanzimat ve Türk Ailesi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789752444379</t>
+          <t>9786059371612</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Türkler</t>
+          <t>The Little Prince</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789752444362</t>
+          <t>9789752444386</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Devranname</t>
+          <t>Kur’an’dan Gerçekler</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789752444355</t>
+          <t>9789752444379</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Büyü</t>
+          <t>Farklı Yönleriyle Türkler</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789752444430</t>
+          <t>9789752444362</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Ercü İle Erdü</t>
+          <t>Devranname</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>39</v>
+        <v>190</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789752444348</t>
+          <t>9789752444355</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Korku</t>
+          <t>Büyü</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789752444331</t>
+          <t>9789752444430</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Hanedan</t>
+          <t>Ercü İle Erdü</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>39</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789752444447</t>
+          <t>9789752444348</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>İnsanın 8 Yeteneği</t>
+          <t>Korku</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789752444041</t>
+          <t>9789752444331</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>El Turco</t>
+          <t>Hanedan</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789752444188</t>
+          <t>9789752444447</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens (Osmanlıca)</t>
+          <t>İnsanın 8 Yeteneği</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052444140</t>
+          <t>9789752444041</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon - Bozkırın Kutlu Destanı</t>
+          <t>El Turco</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752444133</t>
+          <t>9789752444188</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
+          <t>Küçük Prens (Osmanlıca)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>100</v>
+        <v>110</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789752444164</t>
+          <t>9786052444140</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ayetleri</t>
+          <t>Ergenekon - Bozkırın Kutlu Destanı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789752444058</t>
+          <t>9789752444133</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Divan Şiirinde Kadın</t>
+          <t>Bir Kadının Yaşamından Yirmi Dört Saat</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789752444096</t>
+          <t>9789752444164</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tanısan Sen De Seversin</t>
+          <t>Aşk Ayetleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059371971</t>
+          <t>9789752444058</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Hülagü Han: Bozkırın Gazabı</t>
+          <t>Divan Şiirinde Kadın</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059371551</t>
+          <t>9789752444096</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Psikopat Çocukları</t>
+          <t>Tanısan Sen De Seversin</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789752444027</t>
+          <t>9786059371971</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kafka Kutulu Set (4 Kitap Takım)</t>
+          <t>Hülagü Han: Bozkırın Gazabı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789752444034</t>
+          <t>9786059371551</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Metro Kutulu Set (3 Kitap Takım)</t>
+          <t>Tanrı'nın Psikopat Çocukları</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>1590</v>
+        <v>490</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059371698</t>
+          <t>9789752444027</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yaşamaya Değer</t>
+          <t>Kafka Kutulu Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059371780</t>
+          <t>9789752444034</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü Bir Gece</t>
+          <t>Metro Kutulu Set (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>100</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059371834</t>
+          <t>9786059371698</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim ve Kutsal Emanetler</t>
+          <t>Hayat Yaşamaya Değer</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059371797</t>
+          <t>9786059371780</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Beylikten Hükümdara Osmanlı Padişahları</t>
+          <t>Olağanüstü Bir Gece</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059371827</t>
+          <t>9786059371834</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan - Minaredeki Osmanlı Mührü</t>
+          <t>Yavuz Sultan Selim ve Kutsal Emanetler</t>
         </is>
       </c>
       <c r="C439" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059371766</t>
+          <t>9786059371797</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Oz’un Kalbi Mu Kıtası</t>
+          <t>Beylikten Hükümdara Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059371803</t>
+          <t>9786059371827</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Bittiği Yer Çanakkale</t>
+          <t>Mimar Sinan - Minaredeki Osmanlı Mührü</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059371810</t>
+          <t>9786059371766</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet ve İstanbul’un Fethi</t>
+          <t>Oz’un Kalbi Mu Kıtası</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059371711</t>
+          <t>9786059371803</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Alt Akıl: Aptallar ve Diktatörler</t>
+          <t>Bir Devrin Bittiği Yer Çanakkale</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059371773</t>
+          <t>9786059371810</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Metro 2035</t>
+          <t>Fatih Sultan Mehmet ve İstanbul’un Fethi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059371629</t>
+          <t>9786059371711</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Persepolis</t>
+          <t>Alt Akıl: Aptallar ve Diktatörler</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059371674</t>
+          <t>9786059371773</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Babaya Mektup</t>
+          <t>Metro 2035</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059371636</t>
+          <t>9786059371629</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Kerbela Ateşi</t>
+          <t>Persepolis</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059371568</t>
+          <t>9786059371674</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Cihan Fatihi Oğuz Kağan</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059371476</t>
+          <t>9786059371636</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Bir Kadının Mektubu</t>
+          <t>Kerbela Ateşi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059371537</t>
+          <t>9786059371568</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Milyonda Bir Çocuk</t>
+          <t>Cihan Fatihi Oğuz Kağan</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059357326</t>
+          <t>9786059371476</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Super Hero: Yaşlı Gezegen Ahoy</t>
+          <t>Bilinmeyen Bir Kadının Mektubu</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059371469</t>
+          <t>9786059371537</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Süper Hero: Çürümüş Gezegen</t>
+          <t>Milyonda Bir Çocuk</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059371483</t>
+          <t>9786059357326</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kankiler Çetesi: Sahra Çölü Esiri</t>
+          <t>Super Hero: Yaşlı Gezegen Ahoy</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059371490</t>
+          <t>9786059371469</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Heyecan Bizim İşimiz</t>
+          <t>Süper Hero: Çürümüş Gezegen</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059371407</t>
+          <t>9786059371483</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Ayet Ayet Hayat</t>
+          <t>Kankiler Çetesi: Sahra Çölü Esiri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059371414</t>
+          <t>9786059371490</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Gittiler</t>
+          <t>Heyecan Bizim İşimiz</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059371360</t>
+          <t>9786059371407</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Azazel - İstila</t>
+          <t>Ayet Ayet Hayat</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059371278</t>
+          <t>9786059371414</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Kültigin</t>
+          <t>Gittiler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059371315</t>
+          <t>9786059371360</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Din ve Laiklik</t>
+          <t>Azazel - İstila</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059371384</t>
+          <t>9786059371278</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Ayet Ayet İnsan</t>
+          <t>Kültigin</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059371353</t>
+          <t>9786059371315</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Arka Sokakları</t>
+          <t>Din ve Laiklik</t>
         </is>
       </c>
       <c r="C461" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059357241</t>
+          <t>9786059371384</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Kemal</t>
+          <t>Ayet Ayet İnsan</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059371445</t>
+          <t>9786059371353</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Bütün Öyküleri</t>
+          <t>Tarihin Arka Sokakları</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059371377</t>
+          <t>9786059357241</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Tarık</t>
+          <t>Yaşar Kemal</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059371339</t>
+          <t>9786059371445</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Atalar Cengi</t>
+          <t>Samed Behrengi Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059357265</t>
+          <t>9786059371377</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Neşet Ertaş</t>
+          <t>Tarık</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059371292</t>
+          <t>9786059371339</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Türk Milliyetçiliği Fikir Sistemi</t>
+          <t>Atalar Cengi</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059371285</t>
+          <t>9786059357265</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Türk'üm Özür Dilerim</t>
+          <t>Neşet Ertaş</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>350</v>
+        <v>100</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059357227</t>
+          <t>9786059371292</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Tunga</t>
+          <t>Türk Milliyetçiliği Fikir Sistemi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059371261</t>
+          <t>9786059371285</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kavgam (Tam Metin)</t>
+          <t>Türk'üm Özür Dilerim</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059357135</t>
+          <t>9786059357227</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Truva Prensi Paris İle Güzel Helen</t>
+          <t>Tunga</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>50</v>
+        <v>110</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059357142</t>
+          <t>9786059371261</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Truva Savaşı</t>
+          <t>Kavgam (Tam Metin)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>50</v>
+        <v>350</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059357128</t>
+          <t>9786059357135</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Truva Hazineleri</t>
+          <t>Truva Prensi Paris İle Güzel Helen</t>
         </is>
       </c>
       <c r="C473" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059357074</t>
+          <t>9786059357142</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Ozan Homeros</t>
+          <t>Truva Savaşı</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059371223</t>
+          <t>9786059357128</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ün Kurdurduğu Türkiye Komünist Partisi ve Kurtuluş Savaşı’nda Sol Hareketler</t>
+          <t>Truva Hazineleri</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059371179</t>
+          <t>9786059357074</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Aydınlık Günler</t>
+          <t>Gezgin Ozan Homeros</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059371124</t>
+          <t>9786059371223</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Devlet</t>
+          <t>Atatürk’ün Kurdurduğu Türkiye Komünist Partisi ve Kurtuluş Savaşı’nda Sol Hareketler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059371049</t>
+          <t>9786059371179</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Boğaz Deşen: Enkebit</t>
+          <t>Aydınlık Günler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>350</v>
+        <v>60</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059371025</t>
+          <t>9786059371124</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Günahkar</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059371001</t>
+          <t>9786059371049</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Zerafet'in Fal Çiçekleri</t>
+          <t>Boğaz Deşen: Enkebit</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059127912</t>
+          <t>9786059371025</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Mete Han'ın Oğlu Kiok Han</t>
+          <t>Günahkar</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059127899</t>
+          <t>9786059371001</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yafes'in Kılıcı</t>
+          <t>Zerafet'in Fal Çiçekleri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059127950</t>
+          <t>9786059127912</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizin İlginç ve Şaşırtan Olayları</t>
+          <t>Mete Han'ın Oğlu Kiok Han</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059127424</t>
+          <t>9786059127899</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Yafes'in Kılıcı</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059127417</t>
+          <t>9786059127950</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>Tarihimizin İlginç ve Şaşırtan Olayları</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059127448</t>
+          <t>9786059127424</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Bir Kabusun Anatomisi</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786054401642</t>
+          <t>9786059127417</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey ile Rakım Efendi</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059127486</t>
+          <t>9786059127448</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Bir Kabusun Anatomisi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059127738</t>
+          <t>9786054401642</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Adı Biz</t>
+          <t>Felatun Bey ile Rakım Efendi</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059127646</t>
+          <t>9786059127486</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Klon</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059127400</t>
+          <t>9786059127738</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Av Mevsimi</t>
+          <t>Hayatın Adı Biz</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059127394</t>
+          <t>9786059127646</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Derin Devlet ve 2. Abdülhamit</t>
+          <t>Klon</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059127356</t>
+          <t>9786059127400</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Metro 2034</t>
+          <t>Av Mevsimi</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>490</v>
+        <v>350</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059127349</t>
+          <t>9786059127394</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Metro 2033</t>
+          <t>Osmanlı'da Derin Devlet ve 2. Abdülhamit</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059127271</t>
+          <t>9786059127356</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Metro 2034</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>280</v>
+        <v>490</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059127295</t>
+          <t>9786059127349</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sadist</t>
+          <t>Metro 2033</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059127226</t>
+          <t>9786059127271</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786054401062</t>
+          <t>9786059127295</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Denemeler</t>
+          <t>Sadist</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786054401161</t>
+          <t>9786059127226</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786055143480</t>
+          <t>9786054401062</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Uçurumu</t>
+          <t>Denemeler</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786055143466</t>
+          <t>9786054401161</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059127264</t>
+          <t>9786055143480</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Savunması</t>
+          <t>Sırlar Uçurumu</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>75</v>
+        <v>350</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059127257</t>
+          <t>9786055143466</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Madam Bovary</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059127172</t>
+          <t>9786059127264</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Yılanların Uykusu</t>
+          <t>Sokrates’in Savunması</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>370</v>
+        <v>75</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786059127127</t>
+          <t>9786059127257</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’in Acıları</t>
+          <t>Madam Bovary</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059127097</t>
+          <t>9786059127172</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Sarı Gelin</t>
+          <t>Yılanların Uykusu</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>350</v>
+        <v>370</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059127110</t>
+          <t>9786059127127</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Genç Werther’in Acıları</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786055143947</t>
+          <t>9786059127097</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Sarı Gelin</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059127066</t>
+          <t>9786059127110</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yetim</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786055143824</t>
+          <t>9786055143947</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Tabu</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055143909</t>
+          <t>9786059127066</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Saltanattan Cumhuriyet Yakın Tarihimizin Sır Perdesi</t>
+          <t>Yetim</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055143893</t>
+          <t>9786055143824</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Beylikten Hükümdarlığa Osmanlı Padişahları</t>
+          <t>Tabu</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786055143886</t>
+          <t>9786055143909</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Süleyman ve Hürrem Sultan</t>
+          <t>Saltanattan Cumhuriyet Yakın Tarihimizin Sır Perdesi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055143879</t>
+          <t>9786055143893</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan: Mimarideki Osmanlı Mührü</t>
+          <t>Beylikten Hükümdarlığa Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C514" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786055143862</t>
+          <t>9786055143886</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmet ve İstanbul'un Fethi</t>
+          <t>Muhteşem Süleyman ve Hürrem Sultan</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055143855</t>
+          <t>9786055143879</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Zürafa Tozu</t>
+          <t>Mimar Sinan: Mimarideki Osmanlı Mührü</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786055143800</t>
+          <t>9786055143862</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Zamanla Randevu</t>
+          <t>Fatih Sultan Mehmet ve İstanbul'un Fethi</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786059127745</t>
+          <t>9786055143855</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Çırağı</t>
+          <t>Zürafa Tozu</t>
         </is>
       </c>
       <c r="C518" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786055143756</t>
+          <t>9786055143800</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Garez</t>
+          <t>Zamanla Randevu</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786055143763</t>
+          <t>9786059127745</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Kırık Bebekler</t>
+          <t>Ressamın Çırağı</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786054401093</t>
+          <t>9786055143756</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Garez</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>110</v>
+        <v>290</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786054401192</t>
+          <t>9786055143763</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Kırık Bebekler</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786055143039</t>
+          <t>9786054401093</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Halüsinasyon</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786055143640</t>
+          <t>9786054401192</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Arasında</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786055143664</t>
+          <t>9786055143039</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Alamut Kalesi</t>
+          <t>Halüsinasyon</t>
         </is>
       </c>
       <c r="C525" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786055143695</t>
+          <t>9786055143640</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Hipnoz</t>
+          <t>İki Dünya Arasında</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055143558</t>
+          <t>9786055143664</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kerbela</t>
+          <t>Alamut Kalesi</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786055143848</t>
+          <t>9786055143695</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin Bittiği Yer Çanakkale</t>
+          <t>Hipnoz</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786055143831</t>
+          <t>9786055143558</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim ve Kutsal Emanetler</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059127752</t>
+          <t>9786055143848</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Yenilmez Kahramanı: Alp Er Tunga</t>
+          <t>Bir Devrin Bittiği Yer Çanakkale</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059127882</t>
+          <t>9786055143831</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Çatlı Reis</t>
+          <t>Yavuz Sultan Selim ve Kutsal Emanetler</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786055143671</t>
+          <t>9786059127752</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Babam Çatlı</t>
+          <t>Bozkırın Yenilmez Kahramanı: Alp Er Tunga</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786055143626</t>
+          <t>9786059127882</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Vikingler</t>
+          <t>Çatlı Reis</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786055143619</t>
+          <t>9786055143671</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Milena'ya Mektuplar</t>
+          <t>Babam Çatlı</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786055143589</t>
+          <t>9786055143626</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Montessori Yöntemiyle Çocuk Eğitimi</t>
+          <t>Vikingler</t>
         </is>
       </c>
       <c r="C535" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786055143121</t>
+          <t>9786055143619</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Hikayeler</t>
+          <t>Milena'ya Mektuplar</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059127660</t>
+          <t>9786055143589</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Paramparça</t>
+          <t>Montessori Yöntemiyle Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059127653</t>
+          <t>9786055143121</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Millet ve Milliyetçilik</t>
+          <t>Osmanlı’dan Hikayeler</t>
         </is>
       </c>
       <c r="C538" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786055143077</t>
+          <t>9786059127660</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Timur</t>
+          <t>Paramparça</t>
         </is>
       </c>
       <c r="C539" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786054401994</t>
+          <t>9786059127653</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Savaşçıları</t>
+          <t>Millet ve Milliyetçilik</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786054401888</t>
+          <t>9786055143077</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Kırbacı Atilla</t>
+          <t>Timur</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786054401963</t>
+          <t>9786054401994</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza</t>
+          <t>Tanrının Savaşçıları</t>
         </is>
       </c>
       <c r="C542" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786054401079</t>
+          <t>9786054401888</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Tanrı’nın Kırbacı Atilla</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786054401765</t>
+          <t>9786054401963</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Odysseia</t>
+          <t>Suç ve Ceza</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786054401840</t>
+          <t>9786054401079</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786054401703</t>
+          <t>9786054401765</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Bataklık</t>
+          <t>Odysseia</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786054401680</t>
+          <t>9786054401840</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>İlyada</t>
+          <t>Mesnevi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786055143138</t>
+          <t>9786054401703</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Işık Doğu’dan Yükselir</t>
+          <t>Kanlı Bataklık</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786054401505</t>
+          <t>9786054401680</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Zerdüşt</t>
+          <t>İlyada</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786054401970</t>
+          <t>9786055143138</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Bana Deli Derlerdi</t>
+          <t>Işık Doğu’dan Yükselir</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786054401710</t>
+          <t>9786054401505</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Ahlaksız</t>
+          <t>Böyle Buyurdu Zerdüşt</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
+          <t>9786054401970</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Bana Deli Derlerdi</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786054401710</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Ahlaksız</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
           <t>9786054401895</t>
         </is>
       </c>
-      <c r="B552" s="1" t="inlineStr">
+      <c r="B554" s="1" t="inlineStr">
         <is>
           <t>100 Temel Eser Özetleri</t>
         </is>
       </c>
-      <c r="C552" s="1">
+      <c r="C554" s="1">
         <v>375</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>