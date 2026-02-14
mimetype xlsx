--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,1015 +85,1075 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259696140</t>
+          <t>9786259311500</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Sabun</t>
+          <t>30. Yılında Kardak Operasyonu - Ege Denizi’nde Ateş Çemberi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259696157</t>
+          <t>9786259696195</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Suriye Girdabı ve Orta Doğu’nun Geleceği</t>
+          <t>Bu Çağın Soylusu</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259696164</t>
+          <t>9786259696188</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Dün Korkusu</t>
+          <t>Kemalist Devrim ve Sosyal Demokrat İhane</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>380</v>
+        <v>360</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259696126</t>
+          <t>9786259696171</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Cenneti Yeryüzünde Yaratmak – Sınıfsız ve Sömürüsüz Bir Dünya Mücadelesi Tarihinden Sayfalar</t>
+          <t>T.C. Bize Devlet Kursun - İmralı Tutanaklarıyla İhanetin Kodları</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259696119</t>
+          <t>9786259696140</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ankara - İstanbul - Londra Mustafa Kemal ve İngilizlerin Doğu Siyaseti</t>
+          <t>Soğuk Sabun</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259696102</t>
+          <t>9786259696157</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Shui</t>
+          <t>Suriye Girdabı ve Orta Doğu’nun Geleceği</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259513799</t>
+          <t>9786259696164</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Tarımı – Emperyalist Saldırı ve Çözümler</t>
+          <t>Dün Korkusu</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259513775</t>
+          <t>9786259696126</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tango Kokusu</t>
+          <t>Cenneti Yeryüzünde Yaratmak – Sınıfsız ve Sömürüsüz Bir Dünya Mücadelesi Tarihinden Sayfalar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259513768</t>
+          <t>9786259696119</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>SSCB’nin Türkiye’yi İşgal Girişimleri – Eski TKP ve Anti Kemalist Faaliyet</t>
+          <t>Ankara - İstanbul - Londra Mustafa Kemal ve İngilizlerin Doğu Siyaseti</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>530</v>
+        <v>380</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057129550</t>
+          <t>9786259696102</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mecmua (3 Cilt Takım)</t>
+          <t>Shui</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057312785</t>
+          <t>9786259513799</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kültürel İstihbarat ve Savaşın Etnografisi</t>
+          <t>Türkiye Tarımı – Emperyalist Saldırı ve Çözümler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786057312792</t>
+          <t>9786259513775</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Adalet Hiç Var Olmadı</t>
+          <t>Tango Kokusu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259513744</t>
+          <t>9786259513768</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Köpekleri</t>
+          <t>SSCB’nin Türkiye’yi İşgal Girişimleri – Eski TKP ve Anti Kemalist Faaliyet</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>530</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259513737</t>
+          <t>9786057129550</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Strateji ve Hürriyet – Mavi Vatan Makaleleri-2</t>
+          <t>Küçük Mecmua (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259513720</t>
+          <t>9786057312785</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Hıyanet</t>
+          <t>Kültürel İstihbarat ve Savaşın Etnografisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>390</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259513713</t>
+          <t>9786057312792</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Epstein Skandalı – Mossad’ın Küresel Şantajı</t>
+          <t>Adalet Hiç Var Olmadı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259513706</t>
+          <t>9786259513744</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Romantik</t>
+          <t>Amerikan Köpekleri</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259837482</t>
+          <t>9786259513737</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Devletle Hesaplaşma – Emperyalizmin Evrak Çantasındaki Kürt Meselesi</t>
+          <t>Strateji ve Hürriyet – Mavi Vatan Makaleleri-2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259837499</t>
+          <t>9786259513720</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ulus</t>
+          <t>Hıyanet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259837475</t>
+          <t>9786259513713</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Yalnızım Türkiye Kadar</t>
+          <t>Epstein Skandalı – Mossad’ın Küresel Şantajı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259837406</t>
+          <t>9786259513706</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu - Cilt 2</t>
+          <t>Romantik</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259837420</t>
+          <t>9786259837482</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yadacı - İlk Karşılaşma</t>
+          <t>Kemalist Devletle Hesaplaşma – Emperyalizmin Evrak Çantasındaki Kürt Meselesi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259956398</t>
+          <t>9786259837499</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Arif</t>
+          <t>Ulus</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259837468</t>
+          <t>9786259837475</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yadacı - Kam Ana</t>
+          <t>Yalnızım Türkiye Kadar</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259837437</t>
+          <t>9786259837406</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bir Cumhuriyet Generali - Yaşadım, Gördüm, Duydum</t>
+          <t>İpek Yolu - Cilt 2</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259837451</t>
+          <t>9786259837420</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet'in Soytarıları</t>
+          <t>Yadacı - İlk Karşılaşma</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>460</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259837444</t>
+          <t>9786259956398</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Atatürk İhtilali</t>
+          <t>Bir Deli Arif</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259956381</t>
+          <t>9786259837468</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Beyhan Saran – Sahnelere Bir Armağan</t>
+          <t>Yadacı - Kam Ana</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259956374</t>
+          <t>9786259837437</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Vesayet Örgütü Olarak Nato</t>
+          <t>Bir Cumhuriyet Generali - Yaşadım, Gördüm, Duydum</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259956367</t>
+          <t>9786259837451</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İsrail - Filistin 100 Yıldır Bitmeyen Savaş</t>
+          <t>Cumhuriyet'in Soytarıları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259956329</t>
+          <t>9786259837444</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatan Makaleleri</t>
+          <t>Atatürk İhtilali</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259956312</t>
+          <t>9786259956381</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Doruk Operasyonu</t>
+          <t>Beyhan Saran – Sahnelere Bir Armağan</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259956343</t>
+          <t>9786259956374</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş 1923 – “Yükselişin Öyküsü, Cesurların Uygarlığı: Cumhuriyet 100 Yaşında”</t>
+          <t>Bir Vesayet Örgütü Olarak Nato</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259956336</t>
+          <t>9786259956367</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tek Tabanca</t>
+          <t>İsrail - Filistin 100 Yıldır Bitmeyen Savaş</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259956305</t>
+          <t>9786259956329</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>İttihatçı Liderlerin Gizli Mektupları</t>
+          <t>Mavi Vatan Makaleleri</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057312778</t>
+          <t>9786259956312</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın Dalkavukları - 2</t>
+          <t>Doruk Operasyonu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057312761</t>
+          <t>9786259956343</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Futbol Sıkıntısı</t>
+          <t>Kurtuluş 1923 – “Yükselişin Öyküsü, Cesurların Uygarlığı: Cumhuriyet 100 Yaşında”</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057312747</t>
+          <t>9786259956336</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu Cilt 1</t>
+          <t>Tek Tabanca</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057312730</t>
+          <t>9786259956305</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Avratlar Cenneti Fransa</t>
+          <t>İttihatçı Liderlerin Gizli Mektupları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057312723</t>
+          <t>9786057312778</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dalalet</t>
+          <t>Bu Toprağın Dalkavukları - 2</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057129598</t>
+          <t>9786057312761</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Tapusu Türklerindir</t>
+          <t>Futbol Sıkıntısı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057312709</t>
+          <t>9786057312747</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Kadını Türkan Ayral</t>
+          <t>İpek Yolu Cilt 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057129543</t>
+          <t>9786057312730</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kurumsal Dönüşüm</t>
+          <t>Avratlar Cenneti Fransa</t>
         </is>
       </c>
       <c r="C44" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057129536</t>
+          <t>9786057312723</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Cumhuriyeti’ni Yeniden Kurmak</t>
+          <t>Dalalet</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057129529</t>
+          <t>9786057129598</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bu Toprağın Dalkavukları</t>
+          <t>Anadolu’nun Tapusu Türklerindir</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057129505</t>
+          <t>9786057312709</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Enerji Güvenliği ve Doğal Gaz Piyasaları</t>
+          <t>Cumhuriyet Kadını Türkan Ayral</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057129512</t>
+          <t>9786057129543</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Sağlığı ve Doktorları</t>
+          <t>Türkiye’de Kurumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057046291</t>
+          <t>9786057129536</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Saraya Kılınan Namazlar</t>
+          <t>Atatürk Cumhuriyeti’ni Yeniden Kurmak</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057046277</t>
+          <t>9786057129529</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Girdap</t>
+          <t>Bu Toprağın Dalkavukları</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057046284</t>
+          <t>9786057129505</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>30 Yılın Ardından Türkiye ve Türk Dünyası</t>
+          <t>Enerji Güvenliği ve Doğal Gaz Piyasaları</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057046260</t>
+          <t>9786057129512</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Girit'i Kaybetmenin Bitmeyen Acısı</t>
+          <t>Atatürk'ün Sağlığı ve Doktorları</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057046253</t>
+          <t>9786057046291</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>İç Çatışma ve Dış Müdahale Kıskacında Afganistan</t>
+          <t>Saraya Kılınan Namazlar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057046246</t>
+          <t>9786057046277</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Rotası</t>
+          <t>Girdap</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057046239</t>
+          <t>9786057046284</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kanat Koparmaca</t>
+          <t>30 Yılın Ardından Türkiye ve Türk Dünyası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057046215</t>
+          <t>9786057046260</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Liderleri İçin Büyük Strateji Esasları</t>
+          <t>Girit'i Kaybetmenin Bitmeyen Acısı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057046208</t>
+          <t>9786057046253</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Maske İzi</t>
+          <t>İç Çatışma ve Dış Müdahale Kıskacında Afganistan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050630893</t>
+          <t>9786057046246</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Darbelerde Harbiyeli Olmak</t>
+          <t>Türkiye’nin Rotası</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050630886</t>
+          <t>9786057046239</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>En Uzun Gün</t>
+          <t>Kanat Koparmaca</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786050630879</t>
+          <t>9786057046215</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Davası - Adnan Oktar Silahlı Suç Örgütü</t>
+          <t>Geleceğin Liderleri İçin Büyük Strateji Esasları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786050630855</t>
+          <t>9786057046208</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Turuncu Kutu - Bilim Düşmanlarına Reddiye</t>
+          <t>Maske İzi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786050630848</t>
+          <t>9786050630893</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gaflet</t>
+          <t>Darbelerde Harbiyeli Olmak</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786050630831</t>
+          <t>9786050630886</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Jeostrateji ve Türkiye</t>
+          <t>En Uzun Gün</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786050630824</t>
+          <t>9786050630879</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Mavi Vatan’ın Güney Cephesi: Doğu Akdeniz</t>
+          <t>Yüzyılın Davası - Adnan Oktar Silahlı Suç Örgütü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786050630817</t>
+          <t>9786050630855</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bizim de Günümüz Gelecek</t>
+          <t>Turuncu Kutu - Bilim Düşmanlarına Reddiye</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
+          <t>9786050630848</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Gaflet</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786050630831</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>21. Yüzyılda Jeostrateji ve Türkiye</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786050630824</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Vatan’ın Güney Cephesi: Doğu Akdeniz</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786050630817</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Bizim de Günümüz Gelecek</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
           <t>9786050630800</t>
         </is>
       </c>
-      <c r="B66" s="1" t="inlineStr">
+      <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Covid-19: Bir Virüsten Ötesi</t>
         </is>
       </c>
-      <c r="C66" s="1">
+      <c r="C70" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>