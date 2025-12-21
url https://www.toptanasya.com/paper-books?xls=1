--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,5800 +85,6970 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255696380</t>
+          <t>9786255696007</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>The Imaginary Invalid</t>
+          <t>Il Piccolo Principe</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>125</v>
+        <v>155</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255696373</t>
+          <t>9786255696472</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Three One-Act Comedies  The Countess of Escarbagnas - The Flying Doctor - The Jealousy of le Barbouille</t>
+          <t>Aphorismes Sur la sagesse dans la Vie</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255696601</t>
+          <t>9786255696113</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>The Lower Depths: A Drama In Four Acts</t>
+          <t>The Origin of the Family Private Property and The State</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>155</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256227996</t>
+          <t>9786255696106</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Father Sergius</t>
+          <t>Socialism: Utopian and Scientific</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>95</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255696021</t>
+          <t>9786256227972</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Der Bürgerkrieg in Frankreich</t>
+          <t>War and Peace (Volume 1)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>110</v>
+        <v>715</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259635804</t>
+          <t>9786256227989</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Childhood</t>
+          <t>War and Peace (Volume 2)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>165</v>
+        <v>735</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259635811</t>
+          <t>9786255696557</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Master and Man</t>
+          <t>In The World</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>105</v>
+        <v>400</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255696496</t>
+          <t>9786258507607</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Studies in Pessimism</t>
+          <t>The Yellow Fairy Book</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>130</v>
+        <v>375</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255696267</t>
+          <t>9786258507591</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>My Aunt Margaret’s Mirror</t>
+          <t>The Violet Fairy Book</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>360</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255696526</t>
+          <t>9786258507584</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>The Art of Controversy</t>
+          <t>The Red Fairy Book</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>130</v>
+        <v>410</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255696342</t>
+          <t>9786258507577</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Psyche</t>
+          <t>The Pink Fairy Book</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255696625</t>
+          <t>9786258507560</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>The Orloff Couple, and Malva</t>
+          <t>The Orange Fairy Book</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255696588</t>
+          <t>9786258507553</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tales of Two Countries</t>
+          <t>The Olive Fairy Book</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255696571</t>
+          <t>9786258507546</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tales From Gorky</t>
+          <t>The Lilac Fairy Book</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255696403</t>
+          <t>9786258507539</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>The Middle Class Gentleman</t>
+          <t>The Grey Fairy Book</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255696359</t>
+          <t>9786258507522</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tartuffe or The Hypocrite</t>
+          <t>The Green Fairy Book</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255696243</t>
+          <t>9786258507515</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Revolution and Counter-Revolution Or Germany In 1848</t>
+          <t>The Crimson Fairy Book</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>335</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255696397</t>
+          <t>9786258507508</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>The Impostures of Scapin</t>
+          <t>The Brown Fairy Book</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>130</v>
+        <v>335</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255696618</t>
+          <t>9786258507492</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>The Man Who Was Afraid</t>
+          <t>The Blue Fairy Book</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255696212</t>
+          <t>9786258507478</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>The Class Struggles In France, 1848-1850</t>
+          <t>Wonder Fairy &amp; Folk Tales From Many Lands</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>195</v>
+        <v>385</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255696632</t>
+          <t>9786258507386</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>The Outcasts, and Other Stories</t>
+          <t>West African Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255696236</t>
+          <t>9786258507379</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Manifest der Kommunistischen Partei</t>
+          <t>Viking Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>115</v>
+        <v>155</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255696519</t>
+          <t>9786258507362</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Religion, A Dialogue</t>
+          <t>Turkish Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255696229</t>
+          <t>9786258507355</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>The Eighteenth Brumaire of Louis Bonaparte</t>
+          <t>Tibetian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255696595</t>
+          <t>9786258507461</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>The Confession: A Novel</t>
+          <t>Swedish Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255696366</t>
+          <t>9786258507454</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>The Bores: A Comedy in Three Acts</t>
+          <t>Spanish Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255696540</t>
+          <t>9786258507447</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Creatures That Once Were Men</t>
+          <t>South African Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255696434</t>
+          <t>9786258507348</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>L'Avare</t>
+          <t>Serbian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>155</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786255696250</t>
+          <t>9786258507331</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>The Communist Manifesto</t>
+          <t>Scottish Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256227903</t>
+          <t>9786258507324</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Boyhood</t>
+          <t>Scandinavian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256227941</t>
+          <t>9786258507317</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sevastopol</t>
+          <t>Russian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256227927</t>
+          <t>9786258507430</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Roumanian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>105</v>
+        <v>245</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255696335</t>
+          <t>9786258507423</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Amphitryon</t>
+          <t>Norwegian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>110</v>
+        <v>285</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256227958</t>
+          <t>9786258507416</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>The Cossacks</t>
+          <t>Magyars Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256227934</t>
+          <t>9786258507294</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Resurrection</t>
+          <t>Korean Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>525</v>
+        <v>205</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255696564</t>
+          <t>9786258507287</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mother</t>
+          <t>Japanese Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255696274</t>
+          <t>9786258507270</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Leviathan</t>
+          <t>Indian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>660</v>
+        <v>315</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256227965</t>
+          <t>9786258507263</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>The Kreutzer Sonata</t>
+          <t>Georgian - Mingrelian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256227705</t>
+          <t>9786258507256</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>The King Of Pirates</t>
+          <t>Eskimo Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256505780</t>
+          <t>9786258507249</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Poor Folk</t>
+          <t>English Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256505612</t>
+          <t>9786258507232</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>A Raw Youth</t>
+          <t>Czech Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>560</v>
+        <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256505681</t>
+          <t>9786258507225</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Humiliated and Insulted</t>
+          <t>Cossack Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>440</v>
+        <v>230</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256505773</t>
+          <t>9786258507218</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Netochka Nezvanova</t>
+          <t>Chinese Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259663449</t>
+          <t>9786258507201</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Don Quixote -Volume 1-</t>
+          <t>Celtic Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>535</v>
+        <v>265</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256227699</t>
+          <t>9786258507485</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>The Adventures Of Pinocchio</t>
+          <t>Caucasian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256227835</t>
+          <t>9786258507409</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Die Verwandlung</t>
+          <t>Canadian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256227842</t>
+          <t>9786258507393</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>La Métamorphose</t>
+          <t>Bengal Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>105</v>
+        <v>260</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255696137</t>
+          <t>9786255696298</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>The Door In The Wall and Other Stories</t>
+          <t>Letters On England</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255696144</t>
+          <t>9786255696090</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>The War That Will End War</t>
+          <t>The Condition of the Working Class in England</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>480</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256227880</t>
+          <t>9786255696083</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Revolution und Konterrevolution in Deutschland</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786255696151</t>
+          <t>9786259663487</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Fundamental Principles Of The Metaphysic Of Morals</t>
+          <t>Les Miserables - Volume 2</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>135</v>
+        <v>690</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786255696014</t>
+          <t>9786259635866</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>The Invisible Man: A Grotesque Romance</t>
+          <t>The Adventures of Tom Sawyer</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256227910</t>
+          <t>9786256227866</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hadji Murat</t>
+          <t>The Toilers of The Sea</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>175</v>
+        <v>525</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786255696120</t>
+          <t>9786259635880</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Russia In The Shadow</t>
+          <t>Ninety-Three</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>110</v>
+        <v>485</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256227859</t>
+          <t>9786259635897</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Lettre au Père</t>
+          <t>Notre-Dame de Paris</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>105</v>
+        <v>635</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256227798</t>
+          <t>9786255696205</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kurzgeschichten</t>
+          <t>Der Achtzehnte Brumaire Des Louis Napoleon</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>135</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255696328</t>
+          <t>9786255696199</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Pragmatism</t>
+          <t>Das Elend der Philosophie</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256227897</t>
+          <t>9786259635835</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>The Wonderful Wizard of Oz</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256227873</t>
+          <t>9786255696175</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Moby-Dick; Or, The Whale</t>
+          <t>Heart of Darkness</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>690</v>
+        <v>160</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786255696304</t>
+          <t>9786259635859</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>The Celtic Twilight</t>
+          <t>Adventures of Huckleberry Finn</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255696281</t>
+          <t>9786255696182</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Candide</t>
+          <t>A Contribution To the Critique of Political Economy</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255696441</t>
+          <t>9786259635842</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sganarelle Ou Le Cocu Imaginaire</t>
+          <t>The Mysterious Stranger</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255696458</t>
+          <t>9786255696168</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dom Juan ou le Festin de Pierre</t>
+          <t>The Metaphysical Elements of Ethics</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255696038</t>
+          <t>9786255696045</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Anti - Dühring</t>
+          <t>Dialectics of Nature</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>435</v>
+        <v>440</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256227828</t>
+          <t>9786255696069</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Short Stories</t>
+          <t>Die Lage Der Arbeitenden Klasse In England</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>410</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256227811</t>
+          <t>9786259635873</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Letters to Milena</t>
+          <t>Taras Bulba and Other Tales</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>260</v>
+        <v>395</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256227804</t>
+          <t>9786255696076</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Letter to His Father</t>
+          <t>Ludwig Feuerbach and the End of Classical German Philosophy</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256227781</t>
+          <t>9786255696052</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Briefe an Milena</t>
+          <t>Der Ursprung Der Familie, Des Privateigenthums und Des Staats</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>280</v>
+        <v>265</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256227774</t>
+          <t>9786259663470</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Brief an den Vater</t>
+          <t>Les Misérables (Volume 1)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>105</v>
+        <v>870</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256227767</t>
+          <t>9786259635828</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>On The Significance of Science and Art</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>125</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256227750</t>
+          <t>9786259663456</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Don Quixote -Volume 2-</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>225</v>
+        <v>650</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256227743</t>
+          <t>9786259663425</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>The Possessed</t>
+          <t>Anna Karenina (Volume 2)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>650</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255696502</t>
+          <t>9786255696649</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>The Art of Literature</t>
+          <t>The Spy: The Story of a Superfluous Man</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256227736</t>
+          <t>9786255696656</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>The Idiot</t>
+          <t>Through Russia</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>610</v>
+        <v>375</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256227729</t>
+          <t>9786255696410</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>The House of the Dead</t>
+          <t>The Miser</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>375</v>
+        <v>165</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256227712</t>
+          <t>9786255696427</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>The Gambler</t>
+          <t>The School for Husbands</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>210</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256505902</t>
+          <t>9786255696311</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>The Brothers Karamazov - Volume 2</t>
+          <t>We</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>625</v>
+        <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256505834</t>
+          <t>9786259663418</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>The Brothers Karamazov - Volume 1</t>
+          <t>Anna Karenina (Volume 1)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>455</v>
+        <v>560</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256227682</t>
+          <t>9786255696380</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>The Imaginary Invalid</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>475</v>
+        <v>145</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255696533</t>
+          <t>9786255696373</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>The Wisdom of Life</t>
+          <t>Three One-Act Comedies  The Countess of Escarbagnas - The Flying Doctor - The Jealousy of le Barbouille</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255696489</t>
+          <t>9786255696601</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>On Human Nature</t>
+          <t>The Lower Depths: A Drama In Four Acts</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256227675</t>
+          <t>9786256227996</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Uncle Vanya</t>
+          <t>Father Sergius</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>110</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255696465</t>
+          <t>9786255696021</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Aphorismen zur Lebensweisheit</t>
+          <t>Der Bürgerkrieg in Frankreich</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256505742</t>
+          <t>9786259635804</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>The Hound of The Baskervilles</t>
+          <t>Childhood</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256227668</t>
+          <t>9786259635811</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>The Seagull</t>
+          <t>Master and Man</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>110</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256227651</t>
+          <t>9786255696496</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>The Cherry Orchard</t>
+          <t>Studies in Pessimism</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>120</v>
+        <v>145</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256227613</t>
+          <t>9786255696267</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Le Petit Prince - Küçük Prens (Fransızca)</t>
+          <t>My Aunt Margaret’s Mirror</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259663494</t>
+          <t>9786255696526</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Ο Μικρός Πρίγκιπας - Küçük Prens (Yunanca)</t>
+          <t>The Art of Controversy</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256227606</t>
+          <t>9786255696342</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Der Kleine Prinz - Küçük Prens (Almanca)</t>
+          <t>Psyche</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256227644</t>
+          <t>9786255696625</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>The Tenant of Wildfell Hall</t>
+          <t>The Orloff Couple, and Malva</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>510</v>
+        <v>210</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256227637</t>
+          <t>9786255696588</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Les Trois Mousquetaires</t>
+          <t>Tales of Two Countries</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>730</v>
+        <v>195</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256227620</t>
+          <t>9786255696571</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>The Daughter Of The Commandant</t>
+          <t>Tales From Gorky</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256505001</t>
+          <t>9786255696403</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of King Richard III</t>
+          <t>The Middle Class Gentleman</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>185</v>
+        <v>170</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258141993</t>
+          <t>9786255696359</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>A Midsummer Nights Dream</t>
+          <t>Tartuffe or The Hypocrite</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258426403</t>
+          <t>9786255696243</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>A Room Af One's Own</t>
+          <t>Revolution and Counter-Revolution Or Germany In 1848</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258141658</t>
+          <t>9786255696397</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>White Nights</t>
+          <t>The Impostures of Scapin</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>90</v>
+        <v>145</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057119391</t>
+          <t>9786255696618</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>The Man Who Was Afraid</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258426434</t>
+          <t>9786255696212</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>The Class Struggles In France, 1848-1850</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258426380</t>
+          <t>9786255696632</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>A Haunted House And Other Short Stories</t>
+          <t>The Outcasts, and Other Stories</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258141962</t>
+          <t>9786255696236</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of King Lear</t>
+          <t>Manifest der Kommunistischen Partei</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256505155</t>
+          <t>9786255696519</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Venus and Adonis</t>
+          <t>Religion, A Dialogue</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>85</v>
+        <v>145</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256505018</t>
+          <t>9786255696229</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Twelfth Night: or, What You Will</t>
+          <t>The Eighteenth Brumaire of Louis Bonaparte</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256505193</t>
+          <t>9786255696595</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Troilus and Cressida</t>
+          <t>The Confession: A Novel</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256505148</t>
+          <t>9786255696366</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>The Winter's Tale</t>
+          <t>The Bores: A Comedy in Three Acts</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>155</v>
+        <v>105</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256505209</t>
+          <t>9786255696540</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of Titus Andronicus</t>
+          <t>Creatures That Once Were Men</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>135</v>
+        <v>125</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256505117</t>
+          <t>9786255696434</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of Julius Caesar</t>
+          <t>L'Avare</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258141986</t>
+          <t>9786255696250</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of Hamlet, Prince of Denmark</t>
+          <t>The Communist Manifesto</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>185</v>
+        <v>100</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256505216</t>
+          <t>9786256227903</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of Coriolanus</t>
+          <t>Boyhood</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>185</v>
+        <v>145</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256505025</t>
+          <t>9786256227941</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>The Tempest</t>
+          <t>Sevastopol</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256505032</t>
+          <t>9786256227927</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>The Taming of The Shrew</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256505070</t>
+          <t>9786255696335</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>The Sonnets</t>
+          <t>Amphitryon</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>105</v>
+        <v>125</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256505223</t>
+          <t>9786256227958</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>The Rape of Lucrece</t>
+          <t>The Cossacks</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>105</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256505162</t>
+          <t>9786256227934</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>The Merry Wives of Windsor</t>
+          <t>Resurrection</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>160</v>
+        <v>595</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256505049</t>
+          <t>9786255696564</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>The Mercant of Venice</t>
+          <t>Mother</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>140</v>
+        <v>510</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256505179</t>
+          <t>9786255696274</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>The Life of King Henry V</t>
+          <t>Leviathan</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>160</v>
+        <v>740</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256505056</t>
+          <t>9786256227965</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>The Life and Death of King Richard The Second</t>
+          <t>The Kreutzer Sonata</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256505063</t>
+          <t>9786256227705</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>The Comedy of Errors</t>
+          <t>The King Of Pirates</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786258141979</t>
+          <t>9786256505780</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Romeo and Juliet</t>
+          <t>Poor Folk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>205</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256505087</t>
+          <t>9786256505612</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>A Raw Youth</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>625</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256505094</t>
+          <t>9786256505681</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Much Ado About Nothing</t>
+          <t>Humiliated and Insulted</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>145</v>
+        <v>500</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256505100</t>
+          <t>9786256505773</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Measure for Measure</t>
+          <t>Netochka Nezvanova</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786258141955</t>
+          <t>9786259663449</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Don Quixote -Volume 1-</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>135</v>
+        <v>600</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256505247</t>
+          <t>9786256227699</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>King Henry IV - Second Part</t>
+          <t>The Adventures Of Pinocchio</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>205</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256505230</t>
+          <t>9786256227835</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>King Henry IV - First Part</t>
+          <t>Die Verwandlung</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256505124</t>
+          <t>9786256227842</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>As You Like It</t>
+          <t>La Métamorphose</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256505131</t>
+          <t>9786255696137</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Antony and Cleopatra</t>
+          <t>The Door In The Wall and Other Stories</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256505186</t>
+          <t>9786255696144</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>All's Well That Ends Well</t>
+          <t>The War That Will End War</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786258098587</t>
+          <t>9786256227880</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>The Talisman - Saladin and Richard The Lionheart</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256505414</t>
+          <t>9786255696151</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Zur Psychopathologie Des Alltagslebens</t>
+          <t>Fundamental Principles Of The Metaphysic Of Morals</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256505421</t>
+          <t>9786255696014</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Über Psychoanalyse: Fünf Vorlesungen</t>
+          <t>The Invisible Man: A Grotesque Romance</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256505407</t>
+          <t>9786256227910</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Totem und Tabu: Einige Übereinstimmungen im Seelenleben der Wilden und der Neurotiker</t>
+          <t>Hadji Murat</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256505254</t>
+          <t>9786255696120</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Totem and Taboo</t>
+          <t>Russia In The Shadow</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>185</v>
+        <v>125</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256505261</t>
+          <t>9786256227859</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Three Contributions to the Theory of Sex</t>
+          <t>Lettre au Père</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256505377</t>
+          <t>9786256227798</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>The Psychopathology of Everyday Life</t>
+          <t>Kurzgeschichten</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256505391</t>
+          <t>9786255696328</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>The Interpretation of Dreams</t>
+          <t>Pragmatism</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>460</v>
+        <v>220</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256505353</t>
+          <t>9786256227897</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Massenpsychologie Und Ich-Analyse</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>110</v>
+        <v>315</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256505322</t>
+          <t>9786256227873</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci: A Psychosexual Study of An Infantile Reminiscence</t>
+          <t>Moby-Dick; Or, The Whale</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>105</v>
+        <v>770</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256505384</t>
+          <t>9786255696304</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Jenseits Des Lustprinzips</t>
+          <t>The Celtic Twilight</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256505315</t>
+          <t>9786255696281</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Group Psychology and The Analysis of The Ego</t>
+          <t>Candide</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>110</v>
+        <v>190</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256505308</t>
+          <t>9786255696441</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Drei Abhandlungen Zur Sexualtheorie</t>
+          <t>Sganarelle Ou Le Cocu Imaginaire</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>145</v>
+        <v>115</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256505292</t>
+          <t>9786255696458</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dream Psychology</t>
+          <t>Dom Juan ou le Festin de Pierre</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256505346</t>
+          <t>9786255696038</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Die Traumdeutung</t>
+          <t>Anti - Dühring</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>650</v>
+        <v>490</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256505339</t>
+          <t>9786256227828</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Der Wahn Und Die Träume in W. Jensens Gradiva</t>
+          <t>Short Stories</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256505360</t>
+          <t>9786256227811</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Das Tabu Und Die Ambivalenz Der Gefühlsregungen</t>
+          <t>Letters to Milena</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>390</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256505285</t>
+          <t>9786256227804</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>A Young Girl's Diary</t>
+          <t>Letter to His Father</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>225</v>
+        <v>115</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256505278</t>
+          <t>9786256227781</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>A General Introduction to Psychoanalysis</t>
+          <t>Briefe an Milena</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>395</v>
+        <v>315</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786258098600</t>
+          <t>9786256227774</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>The Mystics of Islam</t>
+          <t>Brief an den Vater</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258098617</t>
+          <t>9786256227767</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>A Literary History of the Arabs</t>
+          <t>Therese Raquin</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>405</v>
+        <v>290</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786258098723</t>
+          <t>9786256227750</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Jerusalem</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786258098112</t>
+          <t>9786256227743</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>The Duchess of Padua</t>
+          <t>The Possessed</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>140</v>
+        <v>730</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786258098105</t>
+          <t>9786255696502</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>The Canterville Ghost</t>
+          <t>The Art of Literature</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>75</v>
+        <v>160</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786258098020</t>
+          <t>9786256227736</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Selected Poems</t>
+          <t>The Idiot</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>110</v>
+        <v>690</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786258098037</t>
+          <t>9786256227729</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Reviews</t>
+          <t>The House of the Dead</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>465</v>
+        <v>425</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258098082</t>
+          <t>9786256227712</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Lord Arthur Saviles Crime and Other Stories</t>
+          <t>The Gambler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786258098198</t>
+          <t>9786256505902</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>For Love of the King</t>
+          <t>The Brothers Karamazov - Volume 2</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>65</v>
+        <v>705</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786258098181</t>
+          <t>9786256505834</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>De Profundis</t>
+          <t>The Brothers Karamazov - Volume 1</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>85</v>
+        <v>515</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786258098242</t>
+          <t>9786256227682</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>An Ideal Husband</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>145</v>
+        <v>530</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786258098419</t>
+          <t>9786255696533</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>The Last Man</t>
+          <t>The Wisdom of Life</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>450</v>
+        <v>165</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786256505438</t>
+          <t>9786255696489</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>The Civil War in France</t>
+          <t>On Human Nature</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786258426533</t>
+          <t>9786256227675</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>The Confessions</t>
+          <t>Uncle Vanya</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>640</v>
+        <v>135</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786258426540</t>
+          <t>9786255696465</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Emile or On Education</t>
+          <t>Aphorismen zur Lebensweisheit</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>580</v>
+        <v>175</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786258098365</t>
+          <t>9786256505742</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Persuasion</t>
+          <t>The Hound of The Baskervilles</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786258098358</t>
+          <t>9786256227668</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Northanger Abbey</t>
+          <t>The Seagull</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>230</v>
+        <v>125</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786258098341</t>
+          <t>9786256227651</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park</t>
+          <t>The Cherry Orchard</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>420</v>
+        <v>135</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786258098334</t>
+          <t>9786256227613</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Lady Susan</t>
+          <t>Le Petit Prince - Küçük Prens (Fransızca)</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786258098426</t>
+          <t>9786259663494</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ulysses</t>
+          <t>Ο Μικρός Πρίγκιπας - Küçük Prens (Yunanca)</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>630</v>
+        <v>190</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786258098570</t>
+          <t>9786256227606</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Makers of History - Julius Caesar</t>
+          <t>Der Kleine Prinz - Küçük Prens (Almanca)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258098563</t>
+          <t>9786256227644</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Makers of History - Cleopatra</t>
+          <t>The Tenant of Wildfell Hall</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>185</v>
+        <v>570</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786258426984</t>
+          <t>9786256227637</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>When God Laughs and Other Stories</t>
+          <t>Les Trois Mousquetaires</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>170</v>
+        <v>825</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786258426953</t>
+          <t>9786256227620</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>War of Classes</t>
+          <t>The Daughter Of The Commandant</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786258426939</t>
+          <t>9786256505001</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Theft</t>
+          <t>The Tragedy of King Richard III</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258426946</t>
+          <t>9786258141993</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>The Valley of the Moon</t>
+          <t>A Midsummer Nights Dream</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>465</v>
+        <v>150</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258426960</t>
+          <t>9786258426403</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>The Turtles of Tasman</t>
+          <t>A Room Af One's Own</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258426977</t>
+          <t>9786258141658</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>The Strength of the Strong</t>
+          <t>White Nights</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786258426809</t>
+          <t>9786057119391</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>The Star Rover</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258098099</t>
+          <t>9786258426434</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>The Sea Wolf</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>310</v>
+        <v>255</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258426915</t>
+          <t>9786258426380</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>The Scarlet Plague</t>
+          <t>A Haunted House And Other Short Stories</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258426908</t>
+          <t>9786258141962</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>The Red One</t>
+          <t>The Tragedy of King Lear</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786258426892</t>
+          <t>9786256505155</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>The People of the Abyss</t>
+          <t>Venus and Adonis</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>205</v>
+        <v>110</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786258426878</t>
+          <t>9786256505018</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>The Mutiny of the Elsinore</t>
+          <t>Twelfth Night: or, What You Will</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786258426847</t>
+          <t>9786256505193</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>The Little Lady of the Big House</t>
+          <t>Troilus and Cressida</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258098747</t>
+          <t>9786256505148</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>The Kempton - Wace Letters</t>
+          <t>The Winter's Tale</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786258426793</t>
+          <t>9786256505209</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>The Iron Heel</t>
+          <t>The Tragedy of Titus Andronicus</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786258426779</t>
+          <t>9786256505117</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>The Human Drift</t>
+          <t>The Tragedy of Julius Caesar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258426748</t>
+          <t>9786258141986</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>The House of Pride and Other Tales of Hawaii</t>
+          <t>The Tragedy of Hamlet, Prince of Denmark</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786258426724</t>
+          <t>9786256505216</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>The God of His Fathers</t>
+          <t>The Tragedy of Coriolanus</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786258426731</t>
+          <t>9786256505025</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>The Game</t>
+          <t>The Tempest</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786258426755</t>
+          <t>9786256505032</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>The Faith of Men</t>
+          <t>The Taming of The Shrew</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786258426762</t>
+          <t>9786256505070</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>The Cruise of the Snark</t>
+          <t>The Sonnets</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786258426786</t>
+          <t>9786256505223</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>The Cruise of the Dazzler</t>
+          <t>The Rape of Lucrece</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>145</v>
+        <v>130</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786258426618</t>
+          <t>9786256505162</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>The Acorn - Planter</t>
+          <t>The Merry Wives of Windsor</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786258426632</t>
+          <t>9786256505049</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Stories of Ships and the Sea</t>
+          <t>The Mercant of Venice</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786258426649</t>
+          <t>9786256505179</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>South Sea Tales</t>
+          <t>The Life of King Henry V</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786258426663</t>
+          <t>9786256505056</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Smoke Bellew</t>
+          <t>The Life and Death of King Richard The Second</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786258426670</t>
+          <t>9786256505063</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>On the Makaloa Mat</t>
+          <t>The Comedy of Errors</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258426687</t>
+          <t>9786258141979</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Moon Face and Other Stories</t>
+          <t>Romeo and Juliet</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786258426694</t>
+          <t>9786256505087</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Michael - Brother of Jerry</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786258426816</t>
+          <t>9786256505094</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Lost Face and Other Stories</t>
+          <t>Much Ado About Nothing</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>185</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786258426823</t>
+          <t>9786256505100</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>John Barleycorn</t>
+          <t>Measure for Measure</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258426830</t>
+          <t>9786258141955</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Jerry of the Islands</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786258426854</t>
+          <t>9786256505247</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Dutch Courage and Other Stories</t>
+          <t>King Henry IV - Second Part</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>125</v>
+        <v>205</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786258426601</t>
+          <t>9786256505230</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Burning Daylight</t>
+          <t>King Henry IV - First Part</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786258426571</t>
+          <t>9786256505124</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Adventure</t>
+          <t>As You Like It</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>235</v>
+        <v>185</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786258098624</t>
+          <t>9786256505131</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>A Course of Pure Mathematics</t>
+          <t>Antony and Cleopatra</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>520</v>
+        <v>245</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786258098709</t>
+          <t>9786256505186</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tage in Burma</t>
+          <t>All's Well That Ends Well</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258098693</t>
+          <t>9786258098587</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mein Katalonien</t>
+          <t>The Talisman - Saladin and Richard The Lionheart</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>290</v>
+        <v>455</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786258098686</t>
+          <t>9786256505414</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Im Innern Des Wals - Erzahlungen Und Essays</t>
+          <t>Zur Psychopathologie Des Alltagslebens</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786258098662</t>
+          <t>9786256505421</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Der Weg Nach Wigan Pier</t>
+          <t>Über Psychoanalyse: Fünf Vorlesungen</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786258098679</t>
+          <t>9786256505407</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>1984 - Neunzehnhundertvierundachtzig</t>
+          <t>Totem und Tabu: Einige Übereinstimmungen im Seelenleben der Wilden und der Neurotiker</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786258098518</t>
+          <t>9786256505254</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>The Mill On the Floss</t>
+          <t>Totem and Taboo</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>490</v>
+        <v>240</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786258098495</t>
+          <t>9786256505261</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Romola</t>
+          <t>Three Contributions to the Theory of Sex</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>530</v>
+        <v>165</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786258098488</t>
+          <t>9786256505377</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Middlemarch - A Study of Provincial Life</t>
+          <t>The Psychopathology of Everyday Life</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>650</v>
+        <v>285</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786258098471</t>
+          <t>9786256505391</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Felix Holt, The Radical</t>
+          <t>The Interpretation of Dreams</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>480</v>
+        <v>655</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786258098464</t>
+          <t>9786256505353</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Daniel Deronda</t>
+          <t>Massenpsychologie Und Ich-Analyse</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>640</v>
+        <v>145</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786258098440</t>
+          <t>9786256505322</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Adam Bede</t>
+          <t>Leonardo Da Vinci: A Psychosexual Study of An Infantile Reminiscence</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>510</v>
+        <v>135</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786258098648</t>
+          <t>9786256505384</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>History of the Thirty Years' War</t>
+          <t>Jenseits Des Lustprinzips</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786258098655</t>
+          <t>9786256505315</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Aesthetical and Philosophical Essays</t>
+          <t>Group Psychology and The Analysis of The Ego</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786258098631</t>
+          <t>9786256505308</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>King-Errant - Babur, Emperor of Hindustan (1483-1530)</t>
+          <t>Drei Abhandlungen Zur Sexualtheorie</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>300</v>
+        <v>185</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786258098594</t>
+          <t>9786256505292</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>The Book of Disquiet</t>
+          <t>Dream Psychology</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>430</v>
+        <v>210</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786258098044</t>
+          <t>9786256505346</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>The Beautiful and Damned</t>
+          <t>Die Traumdeutung</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>380</v>
+        <v>845</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786258098549</t>
+          <t>9786256505339</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Narrative of Travels in Europe, Asia, and Africa, in the Seventeenth Century</t>
+          <t>Der Wahn Und Die Träume in W. Jensens Gradiva</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>550</v>
+        <v>145</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786258098310</t>
+          <t>9786256505360</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Villette</t>
+          <t>Das Tabu Und Die Ambivalenz Der Gefühlsregungen</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>510</v>
+        <v>130</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786258098303</t>
+          <t>9786256505285</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>The Proffessor</t>
+          <t>A Young Girl's Diary</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786258098297</t>
+          <t>9786256505278</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Shirley</t>
+          <t>A General Introduction to Psychoanalysis</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>560</v>
+        <v>525</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258098280</t>
+          <t>9786258098600</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>The Mystics of Islam</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>485</v>
+        <v>170</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258098730</t>
+          <t>9786258098617</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Paul et Virginie</t>
+          <t>A Literary History of the Arabs</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>130</v>
+        <v>525</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258098716</t>
+          <t>9786258098723</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Graziella</t>
+          <t>Jerusalem</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258141849</t>
+          <t>9786258098112</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Amok</t>
+          <t>The Duchess of Padua</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258141580</t>
+          <t>9786258098105</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>The Republic</t>
+          <t>The Canterville Ghost</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258098266</t>
+          <t>9786258098020</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Vera or, The Nihilists</t>
+          <t>Selected Poems</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>110</v>
+        <v>145</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258098211</t>
+          <t>9786258098037</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>The Picture of Dorian Gray</t>
+          <t>Reviews</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>230</v>
+        <v>600</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258098167</t>
+          <t>9786258098082</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>The Importance of Being Earnest</t>
+          <t>Lord Arthur Saviles Crime and Other Stories</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258098174</t>
+          <t>9786258098198</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>The Happy Prince and Other Tales</t>
+          <t>For Love of the King</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>85</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258098075</t>
+          <t>9786258098181</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Selected Prose</t>
+          <t>De Profundis</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>165</v>
+        <v>110</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258098143</t>
+          <t>9786258098242</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Miscellaneous Aphorisms; the Soul of Man</t>
+          <t>An Ideal Husband</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>130</v>
+        <v>185</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258098136</t>
+          <t>9786258098419</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Lady Windermere's Fan</t>
+          <t>The Last Man</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>105</v>
+        <v>580</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786258098259</t>
+          <t>9786256505438</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Intentions</t>
+          <t>The Civil War in France</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258098228</t>
+          <t>9786258426533</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Essays &amp; Lectures</t>
+          <t>The Confessions</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>165</v>
+        <v>825</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258098204</t>
+          <t>9786258426540</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>A Woman of No Importance</t>
+          <t>Emile or On Education</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>115</v>
+        <v>750</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258098006</t>
+          <t>9786258098365</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>A House of Pomegranates</t>
+          <t>Persuasion</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>115</v>
+        <v>315</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258141818</t>
+          <t>9786258098358</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>The Prince</t>
+          <t>Northanger Abbey</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258098402</t>
+          <t>9786258098341</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Mathilda</t>
+          <t>Mansfield Park</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>115</v>
+        <v>540</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258098396</t>
+          <t>9786258098334</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein or the Modern Prometheus</t>
+          <t>Lady Susan</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258141689</t>
+          <t>9786258098426</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>What Men Live By and Other Tales</t>
+          <t>Ulysses</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>90</v>
+        <v>800</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258141603</t>
+          <t>9786258098570</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Makers of History - Julius Caesar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258141702</t>
+          <t>9786258098563</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Twenty-Four Hours in the Life of a Woman</t>
+          <t>Makers of History - Cleopatra</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>95</v>
+        <v>240</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258141733</t>
+          <t>9786258426984</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>The Burning Secret</t>
+          <t>When God Laughs and Other Stories</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>110</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258141757</t>
+          <t>9786258426953</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Letter From An Unknown Woman</t>
+          <t>War of Classes</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>75</v>
+        <v>170</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258141771</t>
+          <t>9786258426939</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Fear</t>
+          <t>Theft</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258141788</t>
+          <t>9786258426946</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Night</t>
+          <t>The Valley of the Moon</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>95</v>
+        <v>600</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258141832</t>
+          <t>9786258426960</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Chess Story</t>
+          <t>The Turtles of Tasman</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>85</v>
+        <v>205</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258098532</t>
+          <t>9786258426977</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Makers of History - Alexander The Great</t>
+          <t>The Strength of the Strong</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258098150</t>
+          <t>9786258426809</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>The Star Rover</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>235</v>
+        <v>375</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258426991</t>
+          <t>9786258098099</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>The Son of the Wolf</t>
+          <t>The Sea Wolf</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>155</v>
+        <v>400</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258426922</t>
+          <t>9786258426915</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>The Road</t>
+          <t>The Scarlet Plague</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258426885</t>
+          <t>9786258426908</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>The Night - Born</t>
+          <t>The Red One</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258426656</t>
+          <t>9786258426892</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>The Call of the Wild</t>
+          <t>The People of the Abyss</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>125</v>
+        <v>265</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258426625</t>
+          <t>9786258426878</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Tales of the Fish Patrol</t>
+          <t>The Mutiny of the Elsinore</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>115</v>
+        <v>420</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258426700</t>
+          <t>9786258426847</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>The Little Lady of the Big House</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>390</v>
+        <v>375</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258426717</t>
+          <t>9786258098747</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Love of Life</t>
+          <t>The Kempton - Wace Letters</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>155</v>
+        <v>215</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258426861</t>
+          <t>9786258426793</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Children of the Frost</t>
+          <t>The Iron Heel</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258426595</t>
+          <t>9786258426779</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Brown Wolf and Other Stories</t>
+          <t>The Human Drift</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258426588</t>
+          <t>9786258426748</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Before Adam</t>
+          <t>The House of Pride and Other Tales of Hawaii</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258426564</t>
+          <t>9786258426724</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>A Son of the Sun</t>
+          <t>The God of His Fathers</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258141948</t>
+          <t>9786258426731</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>The Prophet</t>
+          <t>The Game</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258141726</t>
+          <t>9786258426755</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>The Trial</t>
+          <t>The Faith of Men</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258141696</t>
+          <t>9786258426762</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis</t>
+          <t>The Cruise of the Snark</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258141887</t>
+          <t>9786258426786</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under The Sea</t>
+          <t>The Cruise of the Dazzler</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258141917</t>
+          <t>9786258426618</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>From the Earth to the Moon</t>
+          <t>The Acorn - Planter</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258141870</t>
+          <t>9786258426632</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Around The World in Eighty Days</t>
+          <t>Stories of Ships and the Sea</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258141863</t>
+          <t>9786258426649</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>A Journey to the Centre of the Earth</t>
+          <t>South Sea Tales</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258141573</t>
+          <t>9786258426663</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’s Travels</t>
+          <t>Smoke Bellew</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258098525</t>
+          <t>9786258426670</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Paradise Lost</t>
+          <t>On the Makaloa Mat</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258426526</t>
+          <t>9786258426687</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>The Social Contract</t>
+          <t>Moon Face and Other Stories</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258098389</t>
+          <t>9786258426694</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sense and Sensibility</t>
+          <t>Michael - Brother of Jerry</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258098372</t>
+          <t>9786258426816</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Pride and Prejudice</t>
+          <t>Lost Face and Other Stories</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258098327</t>
+          <t>9786258426823</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Emma</t>
+          <t>John Barleycorn</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>415</v>
+        <v>255</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258098433</t>
+          <t>9786258426830</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Dubliners</t>
+          <t>Jerry of the Islands</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258098457</t>
+          <t>9786258426854</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>A Portrait of the Artist As A Young Man</t>
+          <t>Dutch Courage and Other Stories</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258098556</t>
+          <t>9786258426601</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Makers of History - Genghis Khan</t>
+          <t>Burning Daylight</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>195</v>
+        <v>410</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258426557</t>
+          <t>9786258426571</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>A Daughter of The Snows</t>
+          <t>Adventure</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258141672</t>
+          <t>9786258098624</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Fathers and Sons</t>
+          <t>A Course of Pure Mathematics</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>235</v>
+        <v>670</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258141924</t>
+          <t>9786258098709</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>The Lily of the Valley</t>
+          <t>Tage in Burma</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258141900</t>
+          <t>9786258098693</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Father Goriot</t>
+          <t>Mein Katalonien</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>280</v>
+        <v>375</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258141894</t>
+          <t>9786258098686</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bartleby The Scrivener</t>
+          <t>Im Innern Des Wals - Erzahlungen Und Essays</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258141597</t>
+          <t>9786258098662</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>Der Weg Nach Wigan Pier</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>125</v>
+        <v>315</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258141795</t>
+          <t>9786258098679</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary</t>
+          <t>1984 - Neunzehnhundertvierundachtzig</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>345</v>
+        <v>455</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258141665</t>
+          <t>9786258098518</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>The Mantle and Other Stories</t>
+          <t>The Mill On the Floss</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>640</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258141856</t>
+          <t>9786258098495</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>The Sorrows of Young Werther</t>
+          <t>Romola</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>145</v>
+        <v>680</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258098501</t>
+          <t>9786258098488</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Silas Marner: The Weaver of Raveloe</t>
+          <t>Middlemarch - A Study of Provincial Life</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>210</v>
+        <v>845</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258141719</t>
+          <t>9786258098471</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Thus Spake Zarathustra</t>
+          <t>Felix Holt, The Radical</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>290</v>
+        <v>620</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258141740</t>
+          <t>9786258098464</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>The Antichrist</t>
+          <t>Daniel Deronda</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>110</v>
+        <v>825</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258098129</t>
+          <t>9786258098440</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>This Side of Paradise</t>
+          <t>Adam Bede</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258098051</t>
+          <t>9786258098648</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>The Great Gatsby</t>
+          <t>History of the Thirty Years' War</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>165</v>
+        <v>465</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258098013</t>
+          <t>9786258098655</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>The Curious Case of Benjamin Button</t>
+          <t>Aesthetical and Philosophical Essays</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>75</v>
+        <v>455</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258098068</t>
+          <t>9786258098631</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Tales of the Jazz Age</t>
+          <t>King-Errant - Babur, Emperor of Hindustan (1483-1530)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258098235</t>
+          <t>9786258098594</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Flappers and Philosophers</t>
+          <t>The Book of Disquiet</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>210</v>
+        <v>560</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258098273</t>
+          <t>9786258098044</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Wuthering Heights</t>
+          <t>The Beautiful and Damned</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>330</v>
+        <v>490</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258141931</t>
+          <t>9786258098549</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>The Murders in the Rue Morgue</t>
+          <t>Narrative of Travels in Europe, Asia, and Africa, in the Seventeenth Century</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>80</v>
+        <v>715</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258141641</t>
+          <t>9786258098310</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Notes from Underground</t>
+          <t>Villette</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>140</v>
+        <v>650</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258141627</t>
+          <t>9786258098303</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Crime and Punishment</t>
+          <t>The Proffessor</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>510</v>
+        <v>325</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786258141634</t>
+          <t>9786258098297</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Divine Comedy</t>
+          <t>Shirley</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>540</v>
+        <v>720</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258141610</t>
+          <t>9786258098280</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>305</v>
+        <v>630</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258141801</t>
+          <t>9786258098730</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Fairy Tales</t>
+          <t>Paul et Virginie</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258141764</t>
+          <t>9786258098716</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Poetics</t>
+          <t>Graziella</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>85</v>
+        <v>185</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258141825</t>
+          <t>9786258141849</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Fables</t>
+          <t>Amok</t>
         </is>
       </c>
       <c r="C307" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258426199</t>
+          <t>9786258141580</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Alice’s Adventures İn Wonderland</t>
+          <t>The Republic</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>115</v>
+        <v>430</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786057119353</t>
+          <t>9786258098266</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Hard Times</t>
+          <t>Vera or, The Nihilists</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258426472</t>
+          <t>9786258098211</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>To The Lighthouse</t>
+          <t>The Picture of Dorian Gray</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258426328</t>
+          <t>9786258098167</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Soldiers Three The Story Of The Gadsbys in Black A</t>
+          <t>The Importance of Being Earnest</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>280</v>
+        <v>185</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258426304</t>
+          <t>9786258098174</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Many inventions</t>
+          <t>The Happy Prince and Other Tales</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>305</v>
+        <v>110</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258426281</t>
+          <t>9786258098075</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>From Sea To Sea Letters Of Travel</t>
+          <t>Selected Prose</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>550</v>
+        <v>215</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258426267</t>
+          <t>9786258098143</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Barrack - Room Ballads</t>
+          <t>Miscellaneous Aphorisms; the Soul of Man</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>115</v>
+        <v>170</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258426250</t>
+          <t>9786258098136</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>The Lodger</t>
+          <t>Lady Windermere's Fan</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>260</v>
+        <v>135</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258426229</t>
+          <t>9786258098259</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Through The Looking Glass And What Alice Found There</t>
+          <t>Intentions</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258426205</t>
+          <t>9786258098228</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Phantasmagoria And Other Poems</t>
+          <t>Essays &amp; Lectures</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>130</v>
+        <v>215</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258426175</t>
+          <t>9786258098204</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>The Odyssey</t>
+          <t>A Woman of No Importance</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>385</v>
+        <v>150</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057110077</t>
+          <t>9786258098006</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Keep The Aspidistra Flying</t>
+          <t>A House of Pomegranates</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>265</v>
+        <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786057110053</t>
+          <t>9786258141818</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Down And Out in Paris And London</t>
+          <t>The Prince</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786057110039</t>
+          <t>9786258098402</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Burmese Days</t>
+          <t>Mathilda</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>290</v>
+        <v>155</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057110015</t>
+          <t>9786258098396</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>A Clergyman's Daughter</t>
+          <t>Frankenstein or the Modern Prometheus</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258426168</t>
+          <t>9786258141689</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>The Rosary</t>
+          <t>What Men Live By and Other Tales</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>305</v>
+        <v>120</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258426151</t>
+          <t>9786258141603</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Three Ghost Stories</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>95</v>
+        <v>175</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258426137</t>
+          <t>9786258141702</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>The Seven Poor Travellers</t>
+          <t>Twenty-Four Hours in the Life of a Woman</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>75</v>
+        <v>125</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258426083</t>
+          <t>9786258141733</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>The Old Curiosity Shop</t>
+          <t>The Burning Secret</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>455</v>
+        <v>140</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258426069</t>
+          <t>9786258141757</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>The Life And Adventures Of Nicholas Nickleby</t>
+          <t>Letter From An Unknown Woman</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>660</v>
+        <v>100</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258426359</t>
+          <t>9786258141771</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Wee Willie And Other Stories</t>
+          <t>Fear</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258426090</t>
+          <t>9786258141788</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>The Holly - Tree Inn</t>
+          <t>Fantastic Night</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>80</v>
+        <v>125</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258426366</t>
+          <t>9786258141832</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>The Little Black Fish</t>
+          <t>Chess Story</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>65</v>
+        <v>110</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258426113</t>
+          <t>9786258098532</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>The Cricket On The Hearth</t>
+          <t>Makers of History - Alexander The Great</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>125</v>
+        <v>215</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258426397</t>
+          <t>9786258098150</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Between The Acts</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>165</v>
+        <v>310</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258426045</t>
+          <t>9786258426991</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>The Battle Of Life</t>
+          <t>The Son of the Wolf</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258426410</t>
+          <t>9786258426922</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Jacob's Room</t>
+          <t>The Road</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258426441</t>
+          <t>9786258426885</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Night And Day</t>
+          <t>The Night - Born</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258426021</t>
+          <t>9786258426656</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sketches By Boz</t>
+          <t>The Call of the Wild</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>585</v>
+        <v>160</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258426458</t>
+          <t>9786258426625</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>The Common Reader First Series</t>
+          <t>Tales of the Fish Patrol</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>235</v>
+        <v>155</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258426496</t>
+          <t>9786258426700</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>The Voyage Out</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>395</v>
+        <v>510</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258426489</t>
+          <t>9786258426717</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>The Years</t>
+          <t>Love of Life</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>385</v>
+        <v>210</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786057119377</t>
+          <t>9786258426861</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Little Dorrit</t>
+          <t>Children of the Frost</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>670</v>
+        <v>215</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786057119346</t>
+          <t>9786258426595</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Great Expectations</t>
+          <t>Brown Wolf and Other Stories</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786057119384</t>
+          <t>9786258426588</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Master Humphrey's Clock</t>
+          <t>Before Adam</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258426014</t>
+          <t>9786258426564</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Pictures From italy</t>
+          <t>A Son of the Sun</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786057119315</t>
+          <t>9786258141948</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Dombey And Son</t>
+          <t>The Prophet</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>710</v>
+        <v>135</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258426038</t>
+          <t>9786258141726</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Some Short Christmas Stories</t>
+          <t>The Trial</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>95</v>
+        <v>290</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786057119322</t>
+          <t>9786258141696</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Metamorphosis</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>740</v>
+        <v>120</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258426052</t>
+          <t>9786258141887</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>The Chimes A Goblin Story</t>
+          <t>Twenty Thousand Leagues Under The Sea</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>120</v>
+        <v>410</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786057119308</t>
+          <t>9786258141917</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Bleak House</t>
+          <t>From the Earth to the Moon</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>690</v>
+        <v>205</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786057119339</t>
+          <t>9786258141870</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Barnaby Rudge A Tale Of The Riots Of Eighty</t>
+          <t>Around The World in Eighty Days</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258426106</t>
+          <t>9786258141863</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>The Haunted Man And The Ghost's Bargain</t>
+          <t>A Journey to the Centre of the Earth</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786057119292</t>
+          <t>9786258141573</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>American Notes For General Circulation</t>
+          <t>Gulliver’s Travels</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786057119360</t>
+          <t>9786258098525</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>The Life And Adventures Of Martin Chuzzlewitt</t>
+          <t>Paradise Lost</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>670</v>
+        <v>385</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786057119285</t>
+          <t>9786258426526</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>A Tale Of Two Cities A Story Of The French Revolut</t>
+          <t>The Social Contract</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>390</v>
+        <v>220</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258426076</t>
+          <t>9786258098389</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>The Mystery Of Edwin Drood</t>
+          <t>Sense and Sensibility</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786057119278</t>
+          <t>9786258098372</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>A Christmas Carol</t>
+          <t>Pride and Prejudice</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>115</v>
+        <v>450</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258426120</t>
+          <t>9786258098327</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>The Pickwick Papers</t>
+          <t>Emma</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>640</v>
+        <v>530</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258426144</t>
+          <t>9786258098433</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>The Uncommercial Traveller</t>
+          <t>Dubliners</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786057119261</t>
+          <t>9786258098457</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>A Child's History of England</t>
+          <t>A Portrait of the Artist As A Young Man</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>390</v>
+        <v>315</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258426007</t>
+          <t>9786258098556</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Our Mutual Friend</t>
+          <t>Makers of History - Genghis Khan</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>675</v>
+        <v>255</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786057110008</t>
+          <t>9786258426557</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>A Daughter of The Snows</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786057110022</t>
+          <t>9786258141672</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>Fathers and Sons</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>115</v>
+        <v>310</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786057119230</t>
+          <t>9786258141924</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>The Origin Of Species</t>
+          <t>The Lily of the Valley</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786057110046</t>
+          <t>9786258141900</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Coming Up For Air</t>
+          <t>Father Goriot</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>235</v>
+        <v>360</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786057119247</t>
+          <t>9786258141894</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>The Autobiography Of Charles Darwin 1809 - 1882</t>
+          <t>Bartleby The Scrivener</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786057110060</t>
+          <t>9786258141597</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Homage To Catalonia</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>235</v>
+        <v>160</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786057110084</t>
+          <t>9786258141795</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>The Road To Wigan Pier</t>
+          <t>Madame Bovary</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786057119254</t>
+          <t>9786258141665</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sex And Repression in Savage Society</t>
+          <t>The Mantle and Other Stories</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786057119209</t>
+          <t>9786258141856</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>The Return Of Sherlock Holmes</t>
+          <t>The Sorrows of Young Werther</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258426182</t>
+          <t>9786258098501</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>The Civilisation Of The Renaissance in italy</t>
+          <t>Silas Marner: The Weaver of Raveloe</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>535</v>
+        <v>275</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786057110091</t>
+          <t>9786258141719</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>The Adventures Of Sherlock Holmes</t>
+          <t>Thus Spake Zarathustra</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258426212</t>
+          <t>9786258141740</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sylvie And Bruno</t>
+          <t>The Antichrist</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>230</v>
+        <v>145</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786057119223</t>
+          <t>9786258098129</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>The Theory Moral Sentiments</t>
+          <t>This Side of Paradise</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>425</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258426236</t>
+          <t>9786258098051</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>The Travels Of Marco Polo</t>
+          <t>The Great Gatsby</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786057119216</t>
+          <t>9786258098013</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>The Wealth Of Nations</t>
+          <t>The Curious Case of Benjamin Button</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258426243</t>
+          <t>9786258098068</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>I Am A Cat</t>
+          <t>Tales of the Jazz Age</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>535</v>
+        <v>360</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258426274</t>
+          <t>9786258098235</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Captains Courageous A Story Of The Grands Banks</t>
+          <t>Flappers and Philosophers</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258426298</t>
+          <t>9786258098273</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Kim</t>
+          <t>Wuthering Heights</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258426311</t>
+          <t>9786258141931</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Plains Tales From The Hills</t>
+          <t>The Murders in the Rue Morgue</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>230</v>
+        <v>100</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258426335</t>
+          <t>9786258141641</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Under The Deodars</t>
+          <t>Notes from Underground</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>155</v>
+        <v>185</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258426342</t>
+          <t>9786258141627</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>One Peach A Thousand Peaches Kitap</t>
+          <t>Crime and Punishment</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>65</v>
+        <v>660</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258426373</t>
+          <t>9786258141634</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>The Art Of War</t>
+          <t>Divine Comedy</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>90</v>
+        <v>700</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258426427</t>
+          <t>9786258141610</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Flush: A Biography</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>115</v>
+        <v>400</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258426519</t>
+          <t>9786258141801</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Orlando A Biography</t>
+          <t>Fairy Tales</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258426465</t>
+          <t>9786258141764</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>The Common Reader Second Series</t>
+          <t>Poetics</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>260</v>
+        <v>110</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
+          <t>9786258141825</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>Fables</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9786258426199</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>Alice’s Adventures İn Wonderland</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9786057119353</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>Hard Times</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786258426472</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>To The Lighthouse</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786258426328</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Soldiers Three The Story Of The Gadsbys in Black A</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9786258426304</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Many inventions</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786258426281</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>From Sea To Sea Letters Of Travel</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9786258426267</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Barrack - Room Ballads</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786258426250</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>The Lodger</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786258426229</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Through The Looking Glass And What Alice Found There</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786258426205</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Phantasmagoria And Other Poems</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786258426175</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>The Odyssey</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786057110077</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Keep The Aspidistra Flying</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786057110053</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Down And Out in Paris And London</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786057110039</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Burmese Days</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786057110015</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>A Clergyman's Daughter</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786258426168</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>The Rosary</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786258426151</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Three Ghost Stories</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786258426137</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>The Seven Poor Travellers</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786258426083</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>The Old Curiosity Shop</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786258426069</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>The Life And Adventures Of Nicholas Nickleby</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786258426359</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Wee Willie And Other Stories</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786258426090</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>The Holly - Tree Inn</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786258426366</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>The Little Black Fish</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786258426113</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>The Cricket On The Hearth</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786258426397</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Between The Acts</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786258426045</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>The Battle Of Life</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786258426410</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Jacob's Room</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786258426441</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Night And Day</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786258426021</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Sketches By Boz</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786258426458</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>The Common Reader First Series</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786258426496</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>The Voyage Out</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786258426489</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>The Years</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>9786057119377</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Little Dorrit</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786057119346</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Great Expectations</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786057119384</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Master Humphrey's Clock</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786258426014</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Pictures From italy</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786057119315</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Dombey And Son</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786258426038</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Some Short Christmas Stories</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786057119322</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>David Copperfield</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786258426052</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>The Chimes A Goblin Story</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786057119308</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Bleak House</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786057119339</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Barnaby Rudge A Tale Of The Riots Of Eighty</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786258426106</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>The Haunted Man And The Ghost's Bargain</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786057119292</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>American Notes For General Circulation</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786057119360</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>The Life And Adventures Of Martin Chuzzlewitt</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786057119285</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>A Tale Of Two Cities A Story Of The French Revolut</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786258426076</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>The Mystery Of Edwin Drood</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786057119278</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>A Christmas Carol</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786258426120</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>The Pickwick Papers</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786258426144</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>The Uncommercial Traveller</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786057119261</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>A Child's History of England</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9786258426007</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Our Mutual Friend</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9786057110008</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>1984</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9786057110022</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Animal Farm</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9786057119230</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>The Origin Of Species</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9786057110046</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Coming Up For Air</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>9786057119247</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>The Autobiography Of Charles Darwin 1809 - 1882</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786057110060</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Homage To Catalonia</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786057110084</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>The Road To Wigan Pier</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786057119254</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Sex And Repression in Savage Society</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786057119209</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>The Return Of Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786258426182</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>The Civilisation Of The Renaissance in italy</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786057110091</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>The Adventures Of Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786258426212</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie And Bruno</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786057119223</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>The Theory Moral Sentiments</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786258426236</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>The Travels Of Marco Polo</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786057119216</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>The Wealth Of Nations</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786258426243</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>I Am A Cat</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786258426274</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Captains Courageous A Story Of The Grands Banks</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786258426298</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Kim</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786258426311</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Plains Tales From The Hills</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786258426335</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Under The Deodars</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786258426342</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>One Peach A Thousand Peaches Kitap</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786258426373</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>The Art Of War</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786258426427</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Flush: A Biography</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786258426519</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Orlando A Biography</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786258426465</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>The Common Reader Second Series</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
           <t>9786258426502</t>
         </is>
       </c>
-      <c r="B385" s="1" t="inlineStr">
+      <c r="B463" s="1" t="inlineStr">
         <is>
           <t>The Waves</t>
         </is>
       </c>
-      <c r="C385" s="1">
-        <v>220</v>
+      <c r="C463" s="1">
+        <v>285</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>