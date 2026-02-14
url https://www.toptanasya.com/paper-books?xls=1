--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,6970 +85,7420 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255696007</t>
+          <t>9786258507706</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Il Piccolo Principe</t>
+          <t>The Innocence of Father Brown</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>155</v>
+        <v>320</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255696472</t>
+          <t>9786258507676</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Aphorismes Sur la sagesse dans la Vie</t>
+          <t>The Ball and The Cross</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>155</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255696113</t>
+          <t>9786258507669</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>The Origin of the Family Private Property and The State</t>
+          <t>Heretics</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255696106</t>
+          <t>9786258507904</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Socialism: Utopian and Scientific</t>
+          <t>My Disillusionment In Russia</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>130</v>
+        <v>370</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256227972</t>
+          <t>9786258507898</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>War and Peace (Volume 1)</t>
+          <t>Anarchism and Other Essays</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>715</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256227989</t>
+          <t>9786258507645</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>War and Peace (Volume 2)</t>
+          <t>The Conquest of Plassans</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>735</v>
+        <v>500</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255696557</t>
+          <t>9786258507614</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>In The World</t>
+          <t>Doctor Pascal</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258507607</t>
+          <t>9786258507652</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>The Yellow Fairy Book</t>
+          <t>The Ladies’ Paradise</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>375</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258507591</t>
+          <t>9786258507638</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>The Violet Fairy Book</t>
+          <t>His Masterpiece</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258507584</t>
+          <t>9786258507621</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>The Red Fairy Book</t>
+          <t>Fruitfulness</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>410</v>
+        <v>610</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258507577</t>
+          <t>9786258507805</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>The Pink Fairy Book</t>
+          <t>The Sleeper Awakes</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258507560</t>
+          <t>9786258507799</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>The Orange Fairy Book</t>
+          <t>The New Machiavelli</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258507553</t>
+          <t>9786258507782</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>The Olive Fairy Book</t>
+          <t>The Island of Doctor Moreau</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>325</v>
+        <v>210</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258507546</t>
+          <t>9786258507775</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>The Lilac Fairy Book</t>
+          <t>Tales of Space and Time</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258507539</t>
+          <t>9786258507744</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>The Grey Fairy Book</t>
+          <t>Mr. Britling Sees It Through</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>340</v>
+        <v>540</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258507522</t>
+          <t>9786258507720</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>The Green Fairy Book</t>
+          <t>Ann Veronica A Modern Love Story</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258507515</t>
+          <t>9786258507768</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>The Crimson Fairy Book</t>
+          <t>A Modern Utopia</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>335</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258507508</t>
+          <t>9786258507690</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>The Brown Fairy Book</t>
+          <t>What's Wrong With The World</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>335</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258507492</t>
+          <t>9786258507713</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>The Blue Fairy Book</t>
+          <t>Tremendous Trifles</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258507478</t>
+          <t>9786258507683</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Wonder Fairy &amp; Folk Tales From Many Lands</t>
+          <t>The Man Who Knew Too Much</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>385</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258507386</t>
+          <t>9786258507874</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>West African Fairy &amp; Folk Tales</t>
+          <t>The Dunwich Horror</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>145</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258507379</t>
+          <t>9786258507867</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Viking Fairy &amp; Folk Tales</t>
+          <t>The Shunned House</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>155</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258507362</t>
+          <t>9786258507850</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Turkish Fairy &amp; Folk Tales</t>
+          <t>The Call of Cthulhu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258507355</t>
+          <t>9786258507881</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tibetian Fairy &amp; Folk Tales</t>
+          <t>At The Mountains of Madness</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258507461</t>
+          <t>9786258507836</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Swedish Fairy &amp; Folk Tales</t>
+          <t>Twelve Stories and A Dream</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>205</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258507454</t>
+          <t>9786258507843</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Spanish Fairy &amp; Folk Tales</t>
+          <t>Tono-Bungay</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258507447</t>
+          <t>9786258507829</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>South African Fairy &amp; Folk Tales</t>
+          <t>The World Set Free</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258507348</t>
+          <t>9786258507812</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Serbian Fairy &amp; Folk Tales</t>
+          <t>The Wheels of Chance</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258507331</t>
+          <t>9786258507737</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Scottish Fairy &amp; Folk Tales</t>
+          <t>The War of Worlds</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258507324</t>
+          <t>9786258507751</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Scandinavian Fairy &amp; Folk Tales</t>
+          <t>The Stolen Bacillus and Other Incidents</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258507317</t>
+          <t>9786255696007</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Russian Fairy &amp; Folk Tales</t>
+          <t>Il Piccolo Principe</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258507430</t>
+          <t>9786255696472</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Roumanian Fairy &amp; Folk Tales</t>
+          <t>Aphorismes Sur la sagesse dans la Vie</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>245</v>
+        <v>155</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258507423</t>
+          <t>9786255696113</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Norwegian Fairy &amp; Folk Tales</t>
+          <t>The Origin of the Family Private Property and The State</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>285</v>
+        <v>225</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258507416</t>
+          <t>9786255696106</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Magyars Fairy &amp; Folk Tales</t>
+          <t>Socialism: Utopian and Scientific</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>370</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258507294</t>
+          <t>9786256227972</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Korean Fairy &amp; Folk Tales</t>
+          <t>War and Peace (Volume 1)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>205</v>
+        <v>715</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258507287</t>
+          <t>9786256227989</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Japanese Fairy &amp; Folk Tales</t>
+          <t>War and Peace (Volume 2)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>270</v>
+        <v>735</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258507270</t>
+          <t>9786255696557</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Indian Fairy &amp; Folk Tales</t>
+          <t>In The World</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>315</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258507263</t>
+          <t>9786258507607</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Georgian - Mingrelian Fairy &amp; Folk Tales</t>
+          <t>The Yellow Fairy Book</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258507256</t>
+          <t>9786258507591</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Eskimo Fairy &amp; Folk Tales</t>
+          <t>The Violet Fairy Book</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258507249</t>
+          <t>9786258507584</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>English Fairy &amp; Folk Tales</t>
+          <t>The Red Fairy Book</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>225</v>
+        <v>410</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258507232</t>
+          <t>9786258507577</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Czech Fairy &amp; Folk Tales</t>
+          <t>The Pink Fairy Book</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258507225</t>
+          <t>9786258507560</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Cossack Fairy &amp; Folk Tales</t>
+          <t>The Orange Fairy Book</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258507218</t>
+          <t>9786258507553</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Chinese Fairy &amp; Folk Tales</t>
+          <t>The Olive Fairy Book</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258507201</t>
+          <t>9786258507546</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Celtic Fairy &amp; Folk Tales</t>
+          <t>The Lilac Fairy Book</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>265</v>
+        <v>345</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258507485</t>
+          <t>9786258507539</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Caucasian Fairy &amp; Folk Tales</t>
+          <t>The Grey Fairy Book</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258507409</t>
+          <t>9786258507522</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Canadian Fairy &amp; Folk Tales</t>
+          <t>The Green Fairy Book</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258507393</t>
+          <t>9786258507515</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bengal Fairy &amp; Folk Tales</t>
+          <t>The Crimson Fairy Book</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>335</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255696298</t>
+          <t>9786258507508</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Letters On England</t>
+          <t>The Brown Fairy Book</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>335</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786255696090</t>
+          <t>9786258507492</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>The Condition of the Working Class in England</t>
+          <t>The Blue Fairy Book</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255696083</t>
+          <t>9786258507478</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Revolution und Konterrevolution in Deutschland</t>
+          <t>Wonder Fairy &amp; Folk Tales From Many Lands</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>205</v>
+        <v>385</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259663487</t>
+          <t>9786258507386</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Les Miserables - Volume 2</t>
+          <t>West African Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>690</v>
+        <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259635866</t>
+          <t>9786258507379</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Tom Sawyer</t>
+          <t>Viking Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>155</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256227866</t>
+          <t>9786258507362</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>The Toilers of The Sea</t>
+          <t>Turkish Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>525</v>
+        <v>195</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259635880</t>
+          <t>9786258507355</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ninety-Three</t>
+          <t>Tibetian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>485</v>
+        <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786259635897</t>
+          <t>9786258507461</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Notre-Dame de Paris</t>
+          <t>Swedish Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>635</v>
+        <v>205</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786255696205</t>
+          <t>9786258507454</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Der Achtzehnte Brumaire Des Louis Napoleon</t>
+          <t>Spanish Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786255696199</t>
+          <t>9786258507447</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Das Elend der Philosophie</t>
+          <t>South African Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259635835</t>
+          <t>9786258507348</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>The Wonderful Wizard of Oz</t>
+          <t>Serbian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786255696175</t>
+          <t>9786258507331</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Heart of Darkness</t>
+          <t>Scottish Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259635859</t>
+          <t>9786258507324</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Adventures of Huckleberry Finn</t>
+          <t>Scandinavian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786255696182</t>
+          <t>9786258507317</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>A Contribution To the Critique of Political Economy</t>
+          <t>Russian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259635842</t>
+          <t>9786258507430</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>The Mysterious Stranger</t>
+          <t>Roumanian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255696168</t>
+          <t>9786258507423</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>The Metaphysical Elements of Ethics</t>
+          <t>Norwegian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>100</v>
+        <v>285</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786255696045</t>
+          <t>9786258507416</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dialectics of Nature</t>
+          <t>Magyars Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>440</v>
+        <v>370</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786255696069</t>
+          <t>9786258507294</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Die Lage Der Arbeitenden Klasse In England</t>
+          <t>Korean Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>410</v>
+        <v>205</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259635873</t>
+          <t>9786258507287</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Taras Bulba and Other Tales</t>
+          <t>Japanese Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>395</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255696076</t>
+          <t>9786258507270</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ludwig Feuerbach and the End of Classical German Philosophy</t>
+          <t>Indian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>315</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255696052</t>
+          <t>9786258507263</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Der Ursprung Der Familie, Des Privateigenthums und Des Staats</t>
+          <t>Georgian - Mingrelian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259663470</t>
+          <t>9786258507256</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Les Misérables (Volume 1)</t>
+          <t>Eskimo Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>870</v>
+        <v>210</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259635828</t>
+          <t>9786258507249</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>On The Significance of Science and Art</t>
+          <t>English Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259663456</t>
+          <t>9786258507232</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Don Quixote -Volume 2-</t>
+          <t>Czech Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>650</v>
+        <v>165</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259663425</t>
+          <t>9786258507225</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina (Volume 2)</t>
+          <t>Cossack Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255696649</t>
+          <t>9786258507218</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>The Spy: The Story of a Superfluous Man</t>
+          <t>Chinese Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255696656</t>
+          <t>9786258507201</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Through Russia</t>
+          <t>Celtic Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255696410</t>
+          <t>9786258507485</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>The Miser</t>
+          <t>Caucasian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255696427</t>
+          <t>9786258507409</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>The School for Husbands</t>
+          <t>Canadian Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786255696311</t>
+          <t>9786258507393</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>We</t>
+          <t>Bengal Fairy &amp; Folk Tales</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259663418</t>
+          <t>9786255696298</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina (Volume 1)</t>
+          <t>Letters On England</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>560</v>
+        <v>190</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255696380</t>
+          <t>9786255696090</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>The Imaginary Invalid</t>
+          <t>The Condition of the Working Class in England</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>145</v>
+        <v>480</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255696373</t>
+          <t>9786255696083</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Three One-Act Comedies  The Countess of Escarbagnas - The Flying Doctor - The Jealousy of le Barbouille</t>
+          <t>Revolution und Konterrevolution in Deutschland</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>150</v>
+        <v>205</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255696601</t>
+          <t>9786259663487</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>The Lower Depths: A Drama In Four Acts</t>
+          <t>Les Miserables - Volume 2</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>175</v>
+        <v>690</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256227996</t>
+          <t>9786259635866</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Father Sergius</t>
+          <t>The Adventures of Tom Sawyer</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255696021</t>
+          <t>9786256227866</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Der Bürgerkrieg in Frankreich</t>
+          <t>The Toilers of The Sea</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>125</v>
+        <v>525</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259635804</t>
+          <t>9786259635880</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Childhood</t>
+          <t>Ninety-Three</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>190</v>
+        <v>485</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259635811</t>
+          <t>9786259635897</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Master and Man</t>
+          <t>Notre-Dame de Paris</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>120</v>
+        <v>635</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255696496</t>
+          <t>9786255696205</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Studies in Pessimism</t>
+          <t>Der Achtzehnte Brumaire Des Louis Napoleon</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786255696267</t>
+          <t>9786255696199</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>My Aunt Margaret’s Mirror</t>
+          <t>Das Elend der Philosophie</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255696526</t>
+          <t>9786259635835</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>The Art of Controversy</t>
+          <t>The Wonderful Wizard of Oz</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255696342</t>
+          <t>9786255696175</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Psyche</t>
+          <t>Heart of Darkness</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786255696625</t>
+          <t>9786259635859</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>The Orloff Couple, and Malva</t>
+          <t>Adventures of Huckleberry Finn</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786255696588</t>
+          <t>9786255696182</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tales of Two Countries</t>
+          <t>A Contribution To the Critique of Political Economy</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>195</v>
+        <v>310</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786255696571</t>
+          <t>9786259635842</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tales From Gorky</t>
+          <t>The Mysterious Stranger</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255696403</t>
+          <t>9786255696168</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>The Middle Class Gentleman</t>
+          <t>The Metaphysical Elements of Ethics</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786255696359</t>
+          <t>9786255696045</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Tartuffe or The Hypocrite</t>
+          <t>Dialectics of Nature</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786255696243</t>
+          <t>9786255696069</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Revolution and Counter-Revolution Or Germany In 1848</t>
+          <t>Die Lage Der Arbeitenden Klasse In England</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>205</v>
+        <v>410</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255696397</t>
+          <t>9786259635873</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>The Impostures of Scapin</t>
+          <t>Taras Bulba and Other Tales</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255696618</t>
+          <t>9786255696076</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>The Man Who Was Afraid</t>
+          <t>Ludwig Feuerbach and the End of Classical German Philosophy</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786255696212</t>
+          <t>9786255696052</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>The Class Struggles In France, 1848-1850</t>
+          <t>Der Ursprung Der Familie, Des Privateigenthums und Des Staats</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786255696632</t>
+          <t>9786259663470</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>The Outcasts, and Other Stories</t>
+          <t>Les Misérables (Volume 1)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>870</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786255696236</t>
+          <t>9786259635828</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Manifest der Kommunistischen Partei</t>
+          <t>On The Significance of Science and Art</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786255696519</t>
+          <t>9786259663456</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Religion, A Dialogue</t>
+          <t>Don Quixote -Volume 2-</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>145</v>
+        <v>650</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786255696229</t>
+          <t>9786259663425</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>The Eighteenth Brumaire of Louis Bonaparte</t>
+          <t>Anna Karenina (Volume 2)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>185</v>
+        <v>500</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786255696595</t>
+          <t>9786255696649</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>The Confession: A Novel</t>
+          <t>The Spy: The Story of a Superfluous Man</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255696366</t>
+          <t>9786255696656</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>The Bores: A Comedy in Three Acts</t>
+          <t>Through Russia</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>105</v>
+        <v>375</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255696540</t>
+          <t>9786255696410</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Creatures That Once Were Men</t>
+          <t>The Miser</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255696434</t>
+          <t>9786255696427</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>L'Avare</t>
+          <t>The School for Husbands</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255696250</t>
+          <t>9786255696311</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>The Communist Manifesto</t>
+          <t>We</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256227903</t>
+          <t>9786259663418</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Boyhood</t>
+          <t>Anna Karenina (Volume 1)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>145</v>
+        <v>560</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256227941</t>
+          <t>9786255696380</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sevastopol</t>
+          <t>The Imaginary Invalid</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256227927</t>
+          <t>9786255696373</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ivan</t>
+          <t>Three One-Act Comedies  The Countess of Escarbagnas - The Flying Doctor - The Jealousy of le Barbouille</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255696335</t>
+          <t>9786255696601</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Amphitryon</t>
+          <t>The Lower Depths: A Drama In Four Acts</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256227958</t>
+          <t>9786256227996</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>The Cossacks</t>
+          <t>Father Sergius</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256227934</t>
+          <t>9786255696021</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Resurrection</t>
+          <t>Der Bürgerkrieg in Frankreich</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>595</v>
+        <v>125</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255696564</t>
+          <t>9786259635804</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Mother</t>
+          <t>Childhood</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>510</v>
+        <v>190</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255696274</t>
+          <t>9786259635811</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Leviathan</t>
+          <t>Master and Man</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>740</v>
+        <v>120</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256227965</t>
+          <t>9786255696496</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>The Kreutzer Sonata</t>
+          <t>Studies in Pessimism</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256227705</t>
+          <t>9786255696267</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>The King Of Pirates</t>
+          <t>My Aunt Margaret’s Mirror</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256505780</t>
+          <t>9786255696526</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Poor Folk</t>
+          <t>The Art of Controversy</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>205</v>
+        <v>145</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256505612</t>
+          <t>9786255696342</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>A Raw Youth</t>
+          <t>Psyche</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>625</v>
+        <v>130</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256505681</t>
+          <t>9786255696625</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Humiliated and Insulted</t>
+          <t>The Orloff Couple, and Malva</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>500</v>
+        <v>210</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256505773</t>
+          <t>9786255696588</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Netochka Nezvanova</t>
+          <t>Tales of Two Countries</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786259663449</t>
+          <t>9786255696571</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Don Quixote -Volume 1-</t>
+          <t>Tales From Gorky</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256227699</t>
+          <t>9786255696403</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>The Adventures Of Pinocchio</t>
+          <t>The Middle Class Gentleman</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256227835</t>
+          <t>9786255696359</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Die Verwandlung</t>
+          <t>Tartuffe or The Hypocrite</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256227842</t>
+          <t>9786255696243</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>La Métamorphose</t>
+          <t>Revolution and Counter-Revolution Or Germany In 1848</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>120</v>
+        <v>205</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255696137</t>
+          <t>9786255696397</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>The Door In The Wall and Other Stories</t>
+          <t>The Impostures of Scapin</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255696144</t>
+          <t>9786255696618</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>The War That Will End War</t>
+          <t>The Man Who Was Afraid</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256227880</t>
+          <t>9786255696212</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>The Class Struggles In France, 1848-1850</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255696151</t>
+          <t>9786255696632</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Fundamental Principles Of The Metaphysic Of Morals</t>
+          <t>The Outcasts, and Other Stories</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786255696014</t>
+          <t>9786255696236</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>The Invisible Man: A Grotesque Romance</t>
+          <t>Manifest der Kommunistischen Partei</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256227910</t>
+          <t>9786255696519</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hadji Murat</t>
+          <t>Religion, A Dialogue</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255696120</t>
+          <t>9786255696229</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Russia In The Shadow</t>
+          <t>The Eighteenth Brumaire of Louis Bonaparte</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>125</v>
+        <v>185</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256227859</t>
+          <t>9786255696595</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Lettre au Père</t>
+          <t>The Confession: A Novel</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256227798</t>
+          <t>9786255696366</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kurzgeschichten</t>
+          <t>The Bores: A Comedy in Three Acts</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>155</v>
+        <v>105</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255696328</t>
+          <t>9786255696540</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Pragmatism</t>
+          <t>Creatures That Once Were Men</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256227897</t>
+          <t>9786255696434</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>L'Avare</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>315</v>
+        <v>175</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256227873</t>
+          <t>9786255696250</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Moby-Dick; Or, The Whale</t>
+          <t>The Communist Manifesto</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>770</v>
+        <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786255696304</t>
+          <t>9786256227903</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>The Celtic Twilight</t>
+          <t>Boyhood</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255696281</t>
+          <t>9786256227941</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Candide</t>
+          <t>Sevastopol</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786255696441</t>
+          <t>9786256227927</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sganarelle Ou Le Cocu Imaginaire</t>
+          <t>Ivan</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255696458</t>
+          <t>9786255696335</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dom Juan ou le Festin de Pierre</t>
+          <t>Amphitryon</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786255696038</t>
+          <t>9786256227958</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Anti - Dühring</t>
+          <t>The Cossacks</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256227828</t>
+          <t>9786256227934</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Short Stories</t>
+          <t>Resurrection</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>160</v>
+        <v>595</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256227811</t>
+          <t>9786255696564</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Letters to Milena</t>
+          <t>Mother</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>390</v>
+        <v>510</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256227804</t>
+          <t>9786255696274</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Letter to His Father</t>
+          <t>Leviathan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>115</v>
+        <v>740</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256227781</t>
+          <t>9786256227965</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Briefe an Milena</t>
+          <t>The Kreutzer Sonata</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256227774</t>
+          <t>9786256227705</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Brief an den Vater</t>
+          <t>The King Of Pirates</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>120</v>
+        <v>135</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256227767</t>
+          <t>9786256505780</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Therese Raquin</t>
+          <t>Poor Folk</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256227750</t>
+          <t>9786256505612</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>A Raw Youth</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>255</v>
+        <v>625</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256227743</t>
+          <t>9786256505681</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>The Possessed</t>
+          <t>Humiliated and Insulted</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>730</v>
+        <v>500</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786255696502</t>
+          <t>9786256505773</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>The Art of Literature</t>
+          <t>Netochka Nezvanova</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256227736</t>
+          <t>9786259663449</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>The Idiot</t>
+          <t>Don Quixote -Volume 1-</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>690</v>
+        <v>600</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256227729</t>
+          <t>9786256227699</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>The House of the Dead</t>
+          <t>The Adventures Of Pinocchio</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>425</v>
+        <v>205</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256227712</t>
+          <t>9786256227835</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>The Gambler</t>
+          <t>Die Verwandlung</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256505902</t>
+          <t>9786256227842</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>The Brothers Karamazov - Volume 2</t>
+          <t>La Métamorphose</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>705</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256505834</t>
+          <t>9786255696137</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>The Brothers Karamazov - Volume 1</t>
+          <t>The Door In The Wall and Other Stories</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>515</v>
+        <v>190</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786256227682</t>
+          <t>9786255696144</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Dracula</t>
+          <t>The War That Will End War</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>530</v>
+        <v>125</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786255696533</t>
+          <t>9786256227880</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>The Wisdom of Life</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786255696489</t>
+          <t>9786255696151</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>On Human Nature</t>
+          <t>Fundamental Principles Of The Metaphysic Of Morals</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256227675</t>
+          <t>9786255696014</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Uncle Vanya</t>
+          <t>The Invisible Man: A Grotesque Romance</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>135</v>
+        <v>220</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786255696465</t>
+          <t>9786256227910</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Aphorismen zur Lebensweisheit</t>
+          <t>Hadji Murat</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786256505742</t>
+          <t>9786255696120</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>The Hound of The Baskervilles</t>
+          <t>Russia In The Shadow</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786256227668</t>
+          <t>9786256227859</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>The Seagull</t>
+          <t>Lettre au Père</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786256227651</t>
+          <t>9786256227798</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>The Cherry Orchard</t>
+          <t>Kurzgeschichten</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>135</v>
+        <v>155</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786256227613</t>
+          <t>9786255696328</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Le Petit Prince - Küçük Prens (Fransızca)</t>
+          <t>Pragmatism</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786259663494</t>
+          <t>9786256227897</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Ο Μικρός Πρίγκιπας - Küçük Prens (Yunanca)</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786256227606</t>
+          <t>9786256227873</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Der Kleine Prinz - Küçük Prens (Almanca)</t>
+          <t>Moby-Dick; Or, The Whale</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>770</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786256227644</t>
+          <t>9786255696304</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>The Tenant of Wildfell Hall</t>
+          <t>The Celtic Twilight</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>570</v>
+        <v>190</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786256227637</t>
+          <t>9786255696281</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Les Trois Mousquetaires</t>
+          <t>Candide</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>825</v>
+        <v>190</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786256227620</t>
+          <t>9786255696441</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>The Daughter Of The Commandant</t>
+          <t>Sganarelle Ou Le Cocu Imaginaire</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>195</v>
+        <v>115</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786256505001</t>
+          <t>9786255696458</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of King Richard III</t>
+          <t>Dom Juan ou le Festin de Pierre</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786258141993</t>
+          <t>9786255696038</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>A Midsummer Nights Dream</t>
+          <t>Anti - Dühring</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>150</v>
+        <v>490</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786258426403</t>
+          <t>9786256227828</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>A Room Af One's Own</t>
+          <t>Short Stories</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258141658</t>
+          <t>9786256227811</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>White Nights</t>
+          <t>Letters to Milena</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057119391</t>
+          <t>9786256227804</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Letter to His Father</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>520</v>
+        <v>115</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258426434</t>
+          <t>9786256227781</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mrs. Dalloway</t>
+          <t>Briefe an Milena</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>255</v>
+        <v>315</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786258426380</t>
+          <t>9786256227774</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>A Haunted House And Other Short Stories</t>
+          <t>Brief an den Vater</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786258141962</t>
+          <t>9786256227767</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of King Lear</t>
+          <t>Therese Raquin</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>225</v>
+        <v>290</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256505155</t>
+          <t>9786256227750</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Venus and Adonis</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>110</v>
+        <v>255</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256505018</t>
+          <t>9786256227743</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Twelfth Night: or, What You Will</t>
+          <t>The Possessed</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>185</v>
+        <v>730</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256505193</t>
+          <t>9786255696502</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Troilus and Cressida</t>
+          <t>The Art of Literature</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256505148</t>
+          <t>9786256227736</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>The Winter's Tale</t>
+          <t>The Idiot</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>690</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786256505209</t>
+          <t>9786256227729</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of Titus Andronicus</t>
+          <t>The House of the Dead</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256505117</t>
+          <t>9786256227712</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of Julius Caesar</t>
+          <t>The Gambler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786258141986</t>
+          <t>9786256505902</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of Hamlet, Prince of Denmark</t>
+          <t>The Brothers Karamazov - Volume 2</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>240</v>
+        <v>705</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786256505216</t>
+          <t>9786256505834</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>The Tragedy of Coriolanus</t>
+          <t>The Brothers Karamazov - Volume 1</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>240</v>
+        <v>515</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256505025</t>
+          <t>9786256227682</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>The Tempest</t>
+          <t>Dracula</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>160</v>
+        <v>530</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256505032</t>
+          <t>9786255696533</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>The Taming of The Shrew</t>
+          <t>The Wisdom of Life</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256505070</t>
+          <t>9786255696489</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>The Sonnets</t>
+          <t>On Human Nature</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786256505223</t>
+          <t>9786256227675</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>The Rape of Lucrece</t>
+          <t>Uncle Vanya</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786256505162</t>
+          <t>9786255696465</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>The Merry Wives of Windsor</t>
+          <t>Aphorismen zur Lebensweisheit</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786256505049</t>
+          <t>9786256505742</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>The Mercant of Venice</t>
+          <t>The Hound of The Baskervilles</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256505179</t>
+          <t>9786256227668</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>The Life of King Henry V</t>
+          <t>The Seagull</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>205</v>
+        <v>125</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786256505056</t>
+          <t>9786256227651</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>The Life and Death of King Richard The Second</t>
+          <t>The Cherry Orchard</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786256505063</t>
+          <t>9786256227613</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>The Comedy of Errors</t>
+          <t>Le Petit Prince - Küçük Prens (Fransızca)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786258141979</t>
+          <t>9786259663494</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Romeo and Juliet</t>
+          <t>Ο Μικρός Πρίγκιπας - Küçük Prens (Yunanca)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256505087</t>
+          <t>9786256227606</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Othello</t>
+          <t>Der Kleine Prinz - Küçük Prens (Almanca)</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786256505094</t>
+          <t>9786256227644</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Much Ado About Nothing</t>
+          <t>The Tenant of Wildfell Hall</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>185</v>
+        <v>570</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256505100</t>
+          <t>9786256227637</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Measure for Measure</t>
+          <t>Les Trois Mousquetaires</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>195</v>
+        <v>825</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786258141955</t>
+          <t>9786256227620</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>The Daughter Of The Commandant</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256505247</t>
+          <t>9786256505001</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>King Henry IV - Second Part</t>
+          <t>The Tragedy of King Richard III</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786256505230</t>
+          <t>9786258141993</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>King Henry IV - First Part</t>
+          <t>A Midsummer Nights Dream</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786256505124</t>
+          <t>9786258426403</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>As You Like It</t>
+          <t>A Room Af One's Own</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786256505131</t>
+          <t>9786258141658</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Antony and Cleopatra</t>
+          <t>White Nights</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>245</v>
+        <v>120</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256505186</t>
+          <t>9786057119391</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>All's Well That Ends Well</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786258098587</t>
+          <t>9786258426434</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>The Talisman - Saladin and Richard The Lionheart</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>455</v>
+        <v>255</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786256505414</t>
+          <t>9786258426380</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Zur Psychopathologie Des Alltagslebens</t>
+          <t>A Haunted House And Other Short Stories</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786256505421</t>
+          <t>9786258141962</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Über Psychoanalyse: Fünf Vorlesungen</t>
+          <t>The Tragedy of King Lear</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786256505407</t>
+          <t>9786256505155</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Totem und Tabu: Einige Übereinstimmungen im Seelenleben der Wilden und der Neurotiker</t>
+          <t>Venus and Adonis</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>275</v>
+        <v>110</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786256505254</t>
+          <t>9786256505018</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Totem and Taboo</t>
+          <t>Twelfth Night: or, What You Will</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256505261</t>
+          <t>9786256505193</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Three Contributions to the Theory of Sex</t>
+          <t>Troilus and Cressida</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>165</v>
+        <v>230</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256505377</t>
+          <t>9786256505148</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>The Psychopathology of Everyday Life</t>
+          <t>The Winter's Tale</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786256505391</t>
+          <t>9786256505209</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>The Interpretation of Dreams</t>
+          <t>The Tragedy of Titus Andronicus</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>655</v>
+        <v>175</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786256505353</t>
+          <t>9786256505117</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Massenpsychologie Und Ich-Analyse</t>
+          <t>The Tragedy of Julius Caesar</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786256505322</t>
+          <t>9786258141986</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci: A Psychosexual Study of An Infantile Reminiscence</t>
+          <t>The Tragedy of Hamlet, Prince of Denmark</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>135</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786256505384</t>
+          <t>9786256505216</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Jenseits Des Lustprinzips</t>
+          <t>The Tragedy of Coriolanus</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786256505315</t>
+          <t>9786256505025</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Group Psychology and The Analysis of The Ego</t>
+          <t>The Tempest</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>145</v>
+        <v>160</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256505308</t>
+          <t>9786256505032</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Drei Abhandlungen Zur Sexualtheorie</t>
+          <t>The Taming of The Shrew</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786256505292</t>
+          <t>9786256505070</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Dream Psychology</t>
+          <t>The Sonnets</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>210</v>
+        <v>140</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786256505346</t>
+          <t>9786256505223</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Die Traumdeutung</t>
+          <t>The Rape of Lucrece</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>845</v>
+        <v>130</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786256505339</t>
+          <t>9786256505162</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Der Wahn Und Die Träume in W. Jensens Gradiva</t>
+          <t>The Merry Wives of Windsor</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786256505360</t>
+          <t>9786256505049</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Das Tabu Und Die Ambivalenz Der Gefühlsregungen</t>
+          <t>The Mercant of Venice</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256505285</t>
+          <t>9786256505179</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>A Young Girl's Diary</t>
+          <t>The Life of King Henry V</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>285</v>
+        <v>205</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786256505278</t>
+          <t>9786256505056</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>A General Introduction to Psychoanalysis</t>
+          <t>The Life and Death of King Richard The Second</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>525</v>
+        <v>180</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786258098600</t>
+          <t>9786256505063</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>The Mystics of Islam</t>
+          <t>The Comedy of Errors</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786258098617</t>
+          <t>9786258141979</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>A Literary History of the Arabs</t>
+          <t>Romeo and Juliet</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>525</v>
+        <v>210</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786258098723</t>
+          <t>9786256505087</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Jerusalem</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786258098112</t>
+          <t>9786256505094</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>The Duchess of Padua</t>
+          <t>Much Ado About Nothing</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786258098105</t>
+          <t>9786256505100</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>The Canterville Ghost</t>
+          <t>Measure for Measure</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>100</v>
+        <v>195</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786258098020</t>
+          <t>9786258141955</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Selected Poems</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786258098037</t>
+          <t>9786256505247</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Reviews</t>
+          <t>King Henry IV - Second Part</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>600</v>
+        <v>205</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786258098082</t>
+          <t>9786256505230</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Lord Arthur Saviles Crime and Other Stories</t>
+          <t>King Henry IV - First Part</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786258098198</t>
+          <t>9786256505124</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>For Love of the King</t>
+          <t>As You Like It</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>85</v>
+        <v>185</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786258098181</t>
+          <t>9786256505131</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>De Profundis</t>
+          <t>Antony and Cleopatra</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786258098242</t>
+          <t>9786256505186</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>An Ideal Husband</t>
+          <t>All's Well That Ends Well</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786258098419</t>
+          <t>9786258098587</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>The Last Man</t>
+          <t>The Talisman - Saladin and Richard The Lionheart</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>580</v>
+        <v>455</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256505438</t>
+          <t>9786256505414</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>The Civil War in France</t>
+          <t>Zur Psychopathologie Des Alltagslebens</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786258426533</t>
+          <t>9786256505421</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>The Confessions</t>
+          <t>Über Psychoanalyse: Fünf Vorlesungen</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>825</v>
+        <v>115</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786258426540</t>
+          <t>9786256505407</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Emile or On Education</t>
+          <t>Totem und Tabu: Einige Übereinstimmungen im Seelenleben der Wilden und der Neurotiker</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>750</v>
+        <v>275</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786258098365</t>
+          <t>9786256505254</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Persuasion</t>
+          <t>Totem and Taboo</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786258098358</t>
+          <t>9786256505261</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Northanger Abbey</t>
+          <t>Three Contributions to the Theory of Sex</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786258098341</t>
+          <t>9786256505377</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park</t>
+          <t>The Psychopathology of Everyday Life</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>540</v>
+        <v>285</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786258098334</t>
+          <t>9786256505391</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Lady Susan</t>
+          <t>The Interpretation of Dreams</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>145</v>
+        <v>655</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786258098426</t>
+          <t>9786256505353</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ulysses</t>
+          <t>Massenpsychologie Und Ich-Analyse</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>800</v>
+        <v>145</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786258098570</t>
+          <t>9786256505322</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Makers of History - Julius Caesar</t>
+          <t>Leonardo Da Vinci: A Psychosexual Study of An Infantile Reminiscence</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>215</v>
+        <v>135</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786258098563</t>
+          <t>9786256505384</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Makers of History - Cleopatra</t>
+          <t>Jenseits Des Lustprinzips</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786258426984</t>
+          <t>9786256505315</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>When God Laughs and Other Stories</t>
+          <t>Group Psychology and The Analysis of The Ego</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786258426953</t>
+          <t>9786256505308</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>War of Classes</t>
+          <t>Drei Abhandlungen Zur Sexualtheorie</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786258426939</t>
+          <t>9786256505292</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Theft</t>
+          <t>Dream Psychology</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786258426946</t>
+          <t>9786256505346</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>The Valley of the Moon</t>
+          <t>Die Traumdeutung</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>600</v>
+        <v>845</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786258426960</t>
+          <t>9786256505339</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>The Turtles of Tasman</t>
+          <t>Der Wahn Und Die Träume in W. Jensens Gradiva</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>205</v>
+        <v>145</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786258426977</t>
+          <t>9786256505360</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>The Strength of the Strong</t>
+          <t>Das Tabu Und Die Ambivalenz Der Gefühlsregungen</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786258426809</t>
+          <t>9786256505285</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>The Star Rover</t>
+          <t>A Young Girl's Diary</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>375</v>
+        <v>285</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786258098099</t>
+          <t>9786256505278</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>The Sea Wolf</t>
+          <t>A General Introduction to Psychoanalysis</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>400</v>
+        <v>525</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786258426915</t>
+          <t>9786258098600</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>The Scarlet Plague</t>
+          <t>The Mystics of Islam</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786258426908</t>
+          <t>9786258098617</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>The Red One</t>
+          <t>A Literary History of the Arabs</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>170</v>
+        <v>525</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786258426892</t>
+          <t>9786258098723</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>The People of the Abyss</t>
+          <t>Jerusalem</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786258426878</t>
+          <t>9786258098112</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>The Mutiny of the Elsinore</t>
+          <t>The Duchess of Padua</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>420</v>
+        <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786258426847</t>
+          <t>9786258098105</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>The Little Lady of the Big House</t>
+          <t>The Canterville Ghost</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786258098747</t>
+          <t>9786258098020</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>The Kempton - Wace Letters</t>
+          <t>Selected Poems</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>215</v>
+        <v>145</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786258426793</t>
+          <t>9786258098037</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>The Iron Heel</t>
+          <t>Reviews</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786258426779</t>
+          <t>9786258098082</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>The Human Drift</t>
+          <t>Lord Arthur Saviles Crime and Other Stories</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786258426748</t>
+          <t>9786258098198</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>The House of Pride and Other Tales of Hawaii</t>
+          <t>For Love of the King</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786258426724</t>
+          <t>9786258098181</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>The God of His Fathers</t>
+          <t>De Profundis</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786258426731</t>
+          <t>9786258098242</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>The Game</t>
+          <t>An Ideal Husband</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>100</v>
+        <v>185</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786258426755</t>
+          <t>9786258098419</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>The Faith of Men</t>
+          <t>The Last Man</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786258426762</t>
+          <t>9786256505438</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>The Cruise of the Snark</t>
+          <t>The Civil War in France</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786258426786</t>
+          <t>9786258426533</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>The Cruise of the Dazzler</t>
+          <t>The Confessions</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>190</v>
+        <v>825</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258426618</t>
+          <t>9786258426540</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>The Acorn - Planter</t>
+          <t>Emile or On Education</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786258426632</t>
+          <t>9786258098365</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Stories of Ships and the Sea</t>
+          <t>Persuasion</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>110</v>
+        <v>315</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786258426649</t>
+          <t>9786258098358</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>South Sea Tales</t>
+          <t>Northanger Abbey</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786258426663</t>
+          <t>9786258098341</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Smoke Bellew</t>
+          <t>Mansfield Park</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>195</v>
+        <v>540</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786258426670</t>
+          <t>9786258098334</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>On the Makaloa Mat</t>
+          <t>Lady Susan</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786258426687</t>
+          <t>9786258098426</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Moon Face and Other Stories</t>
+          <t>Ulysses</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>205</v>
+        <v>800</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786258426694</t>
+          <t>9786258098570</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Michael - Brother of Jerry</t>
+          <t>Makers of History - Julius Caesar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>370</v>
+        <v>215</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786258426816</t>
+          <t>9786258098563</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Lost Face and Other Stories</t>
+          <t>Makers of History - Cleopatra</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786258426823</t>
+          <t>9786258426984</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>John Barleycorn</t>
+          <t>When God Laughs and Other Stories</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786258426830</t>
+          <t>9786258426953</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Jerry of the Islands</t>
+          <t>War of Classes</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786258426854</t>
+          <t>9786258426939</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Dutch Courage and Other Stories</t>
+          <t>Theft</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786258426601</t>
+          <t>9786258426946</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Burning Daylight</t>
+          <t>The Valley of the Moon</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>410</v>
+        <v>600</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786258426571</t>
+          <t>9786258426960</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Adventure</t>
+          <t>The Turtles of Tasman</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786258098624</t>
+          <t>9786258426977</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>A Course of Pure Mathematics</t>
+          <t>The Strength of the Strong</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>670</v>
+        <v>195</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786258098709</t>
+          <t>9786258426809</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Tage in Burma</t>
+          <t>The Star Rover</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786258098693</t>
+          <t>9786258098099</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Mein Katalonien</t>
+          <t>The Sea Wolf</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786258098686</t>
+          <t>9786258426915</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Im Innern Des Wals - Erzahlungen Und Essays</t>
+          <t>The Scarlet Plague</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786258098662</t>
+          <t>9786258426908</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Der Weg Nach Wigan Pier</t>
+          <t>The Red One</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>315</v>
+        <v>170</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786258098679</t>
+          <t>9786258426892</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>1984 - Neunzehnhundertvierundachtzig</t>
+          <t>The People of the Abyss</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>455</v>
+        <v>265</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786258098518</t>
+          <t>9786258426878</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>The Mill On the Floss</t>
+          <t>The Mutiny of the Elsinore</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>640</v>
+        <v>420</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786258098495</t>
+          <t>9786258426847</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Romola</t>
+          <t>The Little Lady of the Big House</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>680</v>
+        <v>375</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786258098488</t>
+          <t>9786258098747</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Middlemarch - A Study of Provincial Life</t>
+          <t>The Kempton - Wace Letters</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>845</v>
+        <v>215</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786258098471</t>
+          <t>9786258426793</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Felix Holt, The Radical</t>
+          <t>The Iron Heel</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>620</v>
+        <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786258098464</t>
+          <t>9786258426779</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Daniel Deronda</t>
+          <t>The Human Drift</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>825</v>
+        <v>160</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786258098440</t>
+          <t>9786258426748</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Adam Bede</t>
+          <t>The House of Pride and Other Tales of Hawaii</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786258098648</t>
+          <t>9786258426724</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>History of the Thirty Years' War</t>
+          <t>The God of His Fathers</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>465</v>
+        <v>220</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786258098655</t>
+          <t>9786258426731</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Aesthetical and Philosophical Essays</t>
+          <t>The Game</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>455</v>
+        <v>100</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786258098631</t>
+          <t>9786258426755</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>King-Errant - Babur, Emperor of Hindustan (1483-1530)</t>
+          <t>The Faith of Men</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786258098594</t>
+          <t>9786258426762</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>The Book of Disquiet</t>
+          <t>The Cruise of the Snark</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>560</v>
+        <v>290</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786258098044</t>
+          <t>9786258426786</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>The Beautiful and Damned</t>
+          <t>The Cruise of the Dazzler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>490</v>
+        <v>190</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786258098549</t>
+          <t>9786258426618</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Narrative of Travels in Europe, Asia, and Africa, in the Seventeenth Century</t>
+          <t>The Acorn - Planter</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>715</v>
+        <v>120</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258098310</t>
+          <t>9786258426632</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Villette</t>
+          <t>Stories of Ships and the Sea</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>650</v>
+        <v>110</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786258098303</t>
+          <t>9786258426649</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>The Proffessor</t>
+          <t>South Sea Tales</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>325</v>
+        <v>215</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786258098297</t>
+          <t>9786258426663</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Shirley</t>
+          <t>Smoke Bellew</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>720</v>
+        <v>195</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786258098280</t>
+          <t>9786258426670</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre</t>
+          <t>On the Makaloa Mat</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>630</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786258098730</t>
+          <t>9786258426687</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Paul et Virginie</t>
+          <t>Moon Face and Other Stories</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786258098716</t>
+          <t>9786258426694</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Graziella</t>
+          <t>Michael - Brother of Jerry</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>185</v>
+        <v>370</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786258141849</t>
+          <t>9786258426816</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Amok</t>
+          <t>Lost Face and Other Stories</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258141580</t>
+          <t>9786258426823</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>The Republic</t>
+          <t>John Barleycorn</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>430</v>
+        <v>255</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786258098266</t>
+          <t>9786258426830</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Vera or, The Nihilists</t>
+          <t>Jerry of the Islands</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786258098211</t>
+          <t>9786258426854</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>The Picture of Dorian Gray</t>
+          <t>Dutch Courage and Other Stories</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786258098167</t>
+          <t>9786258426601</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>The Importance of Being Earnest</t>
+          <t>Burning Daylight</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>185</v>
+        <v>410</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786258098174</t>
+          <t>9786258426571</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>The Happy Prince and Other Tales</t>
+          <t>Adventure</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258098075</t>
+          <t>9786258098624</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Selected Prose</t>
+          <t>A Course of Pure Mathematics</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>215</v>
+        <v>670</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786258098143</t>
+          <t>9786258098709</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Miscellaneous Aphorisms; the Soul of Man</t>
+          <t>Tage in Burma</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786258098136</t>
+          <t>9786258098693</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Lady Windermere's Fan</t>
+          <t>Mein Katalonien</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>135</v>
+        <v>375</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786258098259</t>
+          <t>9786258098686</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Intentions</t>
+          <t>Im Innern Des Wals - Erzahlungen Und Essays</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786258098228</t>
+          <t>9786258098662</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Essays &amp; Lectures</t>
+          <t>Der Weg Nach Wigan Pier</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786258098204</t>
+          <t>9786258098679</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>A Woman of No Importance</t>
+          <t>1984 - Neunzehnhundertvierundachtzig</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>455</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786258098006</t>
+          <t>9786258098518</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>A House of Pomegranates</t>
+          <t>The Mill On the Floss</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>640</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786258141818</t>
+          <t>9786258098495</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>The Prince</t>
+          <t>Romola</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>170</v>
+        <v>680</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786258098402</t>
+          <t>9786258098488</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Mathilda</t>
+          <t>Middlemarch - A Study of Provincial Life</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>155</v>
+        <v>845</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786258098396</t>
+          <t>9786258098471</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein or the Modern Prometheus</t>
+          <t>Felix Holt, The Radical</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>285</v>
+        <v>620</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258141689</t>
+          <t>9786258098464</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>What Men Live By and Other Tales</t>
+          <t>Daniel Deronda</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>120</v>
+        <v>825</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258141603</t>
+          <t>9786258098440</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Utopia</t>
+          <t>Adam Bede</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>175</v>
+        <v>650</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258141702</t>
+          <t>9786258098648</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Twenty-Four Hours in the Life of a Woman</t>
+          <t>History of the Thirty Years' War</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>125</v>
+        <v>465</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258141733</t>
+          <t>9786258098655</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>The Burning Secret</t>
+          <t>Aesthetical and Philosophical Essays</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>140</v>
+        <v>455</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258141757</t>
+          <t>9786258098631</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Letter From An Unknown Woman</t>
+          <t>King-Errant - Babur, Emperor of Hindustan (1483-1530)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>100</v>
+        <v>385</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258141771</t>
+          <t>9786258098594</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Fear</t>
+          <t>The Book of Disquiet</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>125</v>
+        <v>560</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258141788</t>
+          <t>9786258098044</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Fantastic Night</t>
+          <t>The Beautiful and Damned</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>125</v>
+        <v>490</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258141832</t>
+          <t>9786258098549</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Chess Story</t>
+          <t>Narrative of Travels in Europe, Asia, and Africa, in the Seventeenth Century</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>110</v>
+        <v>715</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258098532</t>
+          <t>9786258098310</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Makers of History - Alexander The Great</t>
+          <t>Villette</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>215</v>
+        <v>650</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258098150</t>
+          <t>9786258098303</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>White Fang</t>
+          <t>The Proffessor</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258426991</t>
+          <t>9786258098297</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>The Son of the Wolf</t>
+          <t>Shirley</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>205</v>
+        <v>720</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258426922</t>
+          <t>9786258098280</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>The Road</t>
+          <t>Jane Eyre</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>205</v>
+        <v>630</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258426885</t>
+          <t>9786258098730</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>The Night - Born</t>
+          <t>Paul et Virginie</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258426656</t>
+          <t>9786258098716</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>The Call of the Wild</t>
+          <t>Graziella</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258426625</t>
+          <t>9786258141849</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tales of the Fish Patrol</t>
+          <t>Amok</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>155</v>
+        <v>110</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258426700</t>
+          <t>9786258141580</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>The Republic</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>510</v>
+        <v>430</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258426717</t>
+          <t>9786258098266</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Love of Life</t>
+          <t>Vera or, The Nihilists</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>210</v>
+        <v>145</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258426861</t>
+          <t>9786258098211</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Children of the Frost</t>
+          <t>The Picture of Dorian Gray</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258426595</t>
+          <t>9786258098167</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Brown Wolf and Other Stories</t>
+          <t>The Importance of Being Earnest</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258426588</t>
+          <t>9786258098174</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Before Adam</t>
+          <t>The Happy Prince and Other Tales</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258426564</t>
+          <t>9786258098075</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>A Son of the Sun</t>
+          <t>Selected Prose</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258141948</t>
+          <t>9786258098143</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>The Prophet</t>
+          <t>Miscellaneous Aphorisms; the Soul of Man</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258141726</t>
+          <t>9786258098136</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>The Trial</t>
+          <t>Lady Windermere's Fan</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258141696</t>
+          <t>9786258098259</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Metamorphosis</t>
+          <t>Intentions</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258141887</t>
+          <t>9786258098228</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under The Sea</t>
+          <t>Essays &amp; Lectures</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>410</v>
+        <v>215</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258141917</t>
+          <t>9786258098204</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>From the Earth to the Moon</t>
+          <t>A Woman of No Importance</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258141870</t>
+          <t>9786258098006</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Around The World in Eighty Days</t>
+          <t>A House of Pomegranates</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258141863</t>
+          <t>9786258141818</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>A Journey to the Centre of the Earth</t>
+          <t>The Prince</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258141573</t>
+          <t>9786258098402</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Gulliver’s Travels</t>
+          <t>Mathilda</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>380</v>
+        <v>155</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258098525</t>
+          <t>9786258098396</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Paradise Lost</t>
+          <t>Frankenstein or the Modern Prometheus</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>385</v>
+        <v>285</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258426526</t>
+          <t>9786258141689</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>The Social Contract</t>
+          <t>What Men Live By and Other Tales</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258098389</t>
+          <t>9786258141603</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sense and Sensibility</t>
+          <t>Utopia</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>440</v>
+        <v>175</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258098372</t>
+          <t>9786258141702</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Pride and Prejudice</t>
+          <t>Twenty-Four Hours in the Life of a Woman</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>450</v>
+        <v>125</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786258098327</t>
+          <t>9786258141733</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Emma</t>
+          <t>The Burning Secret</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>530</v>
+        <v>140</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258098433</t>
+          <t>9786258141757</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Dubliners</t>
+          <t>Letter From An Unknown Woman</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>270</v>
+        <v>100</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258098457</t>
+          <t>9786258141771</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>A Portrait of the Artist As A Young Man</t>
+          <t>Fear</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>315</v>
+        <v>125</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258098556</t>
+          <t>9786258141788</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Makers of History - Genghis Khan</t>
+          <t>Fantastic Night</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258426557</t>
+          <t>9786258141832</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>A Daughter of The Snows</t>
+          <t>Chess Story</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786258141672</t>
+          <t>9786258098532</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Fathers and Sons</t>
+          <t>Makers of History - Alexander The Great</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>310</v>
+        <v>215</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786258141924</t>
+          <t>9786258098150</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>The Lily of the Valley</t>
+          <t>White Fang</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786258141900</t>
+          <t>9786258426991</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Father Goriot</t>
+          <t>The Son of the Wolf</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>360</v>
+        <v>205</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786258141894</t>
+          <t>9786258426922</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Bartleby The Scrivener</t>
+          <t>The Road</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786258141597</t>
+          <t>9786258426885</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine</t>
+          <t>The Night - Born</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786258141795</t>
+          <t>9786258426656</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary</t>
+          <t>The Call of the Wild</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786258141665</t>
+          <t>9786258426625</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>The Mantle and Other Stories</t>
+          <t>Tales of the Fish Patrol</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>220</v>
+        <v>155</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786258141856</t>
+          <t>9786258426700</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>The Sorrows of Young Werther</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>190</v>
+        <v>510</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786258098501</t>
+          <t>9786258426717</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Silas Marner: The Weaver of Raveloe</t>
+          <t>Love of Life</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786258141719</t>
+          <t>9786258426861</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Thus Spake Zarathustra</t>
+          <t>Children of the Frost</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>375</v>
+        <v>215</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786258141740</t>
+          <t>9786258426595</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>The Antichrist</t>
+          <t>Brown Wolf and Other Stories</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786258098129</t>
+          <t>9786258426588</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>This Side of Paradise</t>
+          <t>Before Adam</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786258098051</t>
+          <t>9786258426564</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>The Great Gatsby</t>
+          <t>A Son of the Sun</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786258098013</t>
+          <t>9786258141948</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>The Curious Case of Benjamin Button</t>
+          <t>The Prophet</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>100</v>
+        <v>135</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258098068</t>
+          <t>9786258141726</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Tales of the Jazz Age</t>
+          <t>The Trial</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>360</v>
+        <v>290</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258098235</t>
+          <t>9786258141696</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Flappers and Philosophers</t>
+          <t>Metamorphosis</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258098273</t>
+          <t>9786258141887</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Wuthering Heights</t>
+          <t>Twenty Thousand Leagues Under The Sea</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>430</v>
+        <v>410</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258141931</t>
+          <t>9786258141917</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>The Murders in the Rue Morgue</t>
+          <t>From the Earth to the Moon</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>100</v>
+        <v>205</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786258141641</t>
+          <t>9786258141870</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Notes from Underground</t>
+          <t>Around The World in Eighty Days</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>185</v>
+        <v>280</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786258141627</t>
+          <t>9786258141863</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Crime and Punishment</t>
+          <t>A Journey to the Centre of the Earth</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>660</v>
+        <v>360</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786258141634</t>
+          <t>9786258141573</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Divine Comedy</t>
+          <t>Gulliver’s Travels</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>700</v>
+        <v>380</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786258141610</t>
+          <t>9786258098525</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe</t>
+          <t>Paradise Lost</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258141801</t>
+          <t>9786258426526</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Fairy Tales</t>
+          <t>The Social Contract</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258141764</t>
+          <t>9786258098389</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Poetics</t>
+          <t>Sense and Sensibility</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>110</v>
+        <v>440</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258141825</t>
+          <t>9786258098372</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Fables</t>
+          <t>Pride and Prejudice</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>145</v>
+        <v>450</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258426199</t>
+          <t>9786258098327</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Alice’s Adventures İn Wonderland</t>
+          <t>Emma</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>150</v>
+        <v>530</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786057119353</t>
+          <t>9786258098433</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Hard Times</t>
+          <t>Dubliners</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>395</v>
+        <v>270</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258426472</t>
+          <t>9786258098457</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>To The Lighthouse</t>
+          <t>A Portrait of the Artist As A Young Man</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258426328</t>
+          <t>9786258098556</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Soldiers Three The Story Of The Gadsbys in Black A</t>
+          <t>Makers of History - Genghis Khan</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>365</v>
+        <v>255</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786258426304</t>
+          <t>9786258426557</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Many inventions</t>
+          <t>A Daughter of The Snows</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>395</v>
+        <v>340</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258426281</t>
+          <t>9786258141672</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>From Sea To Sea Letters Of Travel</t>
+          <t>Fathers and Sons</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>700</v>
+        <v>310</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786258426267</t>
+          <t>9786258141924</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Barrack - Room Ballads</t>
+          <t>The Lily of the Valley</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>155</v>
+        <v>350</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258426250</t>
+          <t>9786258141900</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>The Lodger</t>
+          <t>Father Goriot</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>335</v>
+        <v>360</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258426229</t>
+          <t>9786258141894</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Through The Looking Glass And What Alice Found There</t>
+          <t>Bartleby The Scrivener</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258426205</t>
+          <t>9786258141597</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Phantasmagoria And Other Poems</t>
+          <t>The Time Machine</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786258426175</t>
+          <t>9786258141795</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>The Odyssey</t>
+          <t>Madame Bovary</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786057110077</t>
+          <t>9786258141665</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Keep The Aspidistra Flying</t>
+          <t>The Mantle and Other Stories</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786057110053</t>
+          <t>9786258141856</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Down And Out in Paris And London</t>
+          <t>The Sorrows of Young Werther</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786057110039</t>
+          <t>9786258098501</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Burmese Days</t>
+          <t>Silas Marner: The Weaver of Raveloe</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786057110015</t>
+          <t>9786258141719</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>A Clergyman's Daughter</t>
+          <t>Thus Spake Zarathustra</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786258426168</t>
+          <t>9786258141740</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>The Rosary</t>
+          <t>The Antichrist</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258426151</t>
+          <t>9786258098129</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Three Ghost Stories</t>
+          <t>This Side of Paradise</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>125</v>
+        <v>350</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258426137</t>
+          <t>9786258098051</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>The Seven Poor Travellers</t>
+          <t>The Great Gatsby</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786258426083</t>
+          <t>9786258098013</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>The Old Curiosity Shop</t>
+          <t>The Curious Case of Benjamin Button</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258426069</t>
+          <t>9786258098068</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>The Life And Adventures Of Nicholas Nickleby</t>
+          <t>Tales of the Jazz Age</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>820</v>
+        <v>360</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786258426359</t>
+          <t>9786258098235</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Wee Willie And Other Stories</t>
+          <t>Flappers and Philosophers</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258426090</t>
+          <t>9786258098273</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>The Holly - Tree Inn</t>
+          <t>Wuthering Heights</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>105</v>
+        <v>430</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258426366</t>
+          <t>9786258141931</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>The Little Black Fish</t>
+          <t>The Murders in the Rue Morgue</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258426113</t>
+          <t>9786258141641</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>The Cricket On The Hearth</t>
+          <t>Notes from Underground</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258426397</t>
+          <t>9786258141627</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Between The Acts</t>
+          <t>Crime and Punishment</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>210</v>
+        <v>660</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258426045</t>
+          <t>9786258141634</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>The Battle Of Life</t>
+          <t>Divine Comedy</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>155</v>
+        <v>700</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786258426410</t>
+          <t>9786258141610</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Jacob's Room</t>
+          <t>Robinson Crusoe</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786258426441</t>
+          <t>9786258141801</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Night And Day</t>
+          <t>Fairy Tales</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>580</v>
+        <v>340</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786258426021</t>
+          <t>9786258141764</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Sketches By Boz</t>
+          <t>Poetics</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>750</v>
+        <v>110</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786258426458</t>
+          <t>9786258141825</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>The Common Reader First Series</t>
+          <t>Fables</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786258426496</t>
+          <t>9786258426199</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>The Voyage Out</t>
+          <t>Alice’s Adventures İn Wonderland</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>510</v>
+        <v>150</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786258426489</t>
+          <t>9786057119353</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>The Years</t>
+          <t>Hard Times</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>500</v>
+        <v>395</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786057119377</t>
+          <t>9786258426472</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Little Dorrit</t>
+          <t>To The Lighthouse</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>865</v>
+        <v>295</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057119346</t>
+          <t>9786258426328</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Great Expectations</t>
+          <t>Soldiers Three The Story Of The Gadsbys in Black A</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>550</v>
+        <v>365</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057119384</t>
+          <t>9786258426304</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Master Humphrey's Clock</t>
+          <t>Many inventions</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>210</v>
+        <v>395</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786258426014</t>
+          <t>9786258426281</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Pictures From italy</t>
+          <t>From Sea To Sea Letters Of Travel</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057119315</t>
+          <t>9786258426267</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Dombey And Son</t>
+          <t>Barrack - Room Ballads</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>875</v>
+        <v>155</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786258426038</t>
+          <t>9786258426250</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Some Short Christmas Stories</t>
+          <t>The Lodger</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>120</v>
+        <v>335</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057119322</t>
+          <t>9786258426229</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield</t>
+          <t>Through The Looking Glass And What Alice Found There</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>950</v>
+        <v>175</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786258426052</t>
+          <t>9786258426205</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>The Chimes A Goblin Story</t>
+          <t>Phantasmagoria And Other Poems</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>155</v>
+        <v>170</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786057119308</t>
+          <t>9786258426175</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Bleak House</t>
+          <t>The Odyssey</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>890</v>
+        <v>500</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786057119339</t>
+          <t>9786057110077</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Barnaby Rudge A Tale Of The Riots Of Eighty</t>
+          <t>Keep The Aspidistra Flying</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>640</v>
+        <v>340</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786258426106</t>
+          <t>9786057110053</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>The Haunted Man And The Ghost's Bargain</t>
+          <t>Down And Out in Paris And London</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786057119292</t>
+          <t>9786057110039</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>American Notes For General Circulation</t>
+          <t>Burmese Days</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786057119360</t>
+          <t>9786057110015</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>The Life And Adventures Of Martin Chuzzlewitt</t>
+          <t>A Clergyman's Daughter</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>835</v>
+        <v>360</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786057119285</t>
+          <t>9786258426168</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>A Tale Of Two Cities A Story Of The French Revolut</t>
+          <t>The Rosary</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>510</v>
+        <v>395</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786258426076</t>
+          <t>9786258426151</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>The Mystery Of Edwin Drood</t>
+          <t>Three Ghost Stories</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>390</v>
+        <v>125</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057119278</t>
+          <t>9786258426137</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>A Christmas Carol</t>
+          <t>The Seven Poor Travellers</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786258426120</t>
+          <t>9786258426083</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>The Pickwick Papers</t>
+          <t>The Old Curiosity Shop</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>820</v>
+        <v>550</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786258426144</t>
+          <t>9786258426069</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>The Uncommercial Traveller</t>
+          <t>The Life And Adventures Of Nicholas Nickleby</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>515</v>
+        <v>820</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057119261</t>
+          <t>9786258426359</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>A Child's History of England</t>
+          <t>Wee Willie And Other Stories</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>390</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786258426007</t>
+          <t>9786258426090</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Our Mutual Friend</t>
+          <t>The Holly - Tree Inn</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>840</v>
+        <v>105</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786057110008</t>
+          <t>9786258426366</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>The Little Black Fish</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>390</v>
+        <v>85</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057110022</t>
+          <t>9786258426113</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm</t>
+          <t>The Cricket On The Hearth</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786057119230</t>
+          <t>9786258426397</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>The Origin Of Species</t>
+          <t>Between The Acts</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>690</v>
+        <v>210</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786057110046</t>
+          <t>9786258426045</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Coming Up For Air</t>
+          <t>The Battle Of Life</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>310</v>
+        <v>155</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786057119247</t>
+          <t>9786258426410</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>The Autobiography Of Charles Darwin 1809 - 1882</t>
+          <t>Jacob's Room</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786057110060</t>
+          <t>9786258426441</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Homage To Catalonia</t>
+          <t>Night And Day</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>310</v>
+        <v>580</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786057110084</t>
+          <t>9786258426021</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>The Road To Wigan Pier</t>
+          <t>Sketches By Boz</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786057119254</t>
+          <t>9786258426458</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Sex And Repression in Savage Society</t>
+          <t>The Common Reader First Series</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057119209</t>
+          <t>9786258426496</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>The Return Of Sherlock Holmes</t>
+          <t>The Voyage Out</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>400</v>
+        <v>510</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786258426182</t>
+          <t>9786258426489</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>The Civilisation Of The Renaissance in italy</t>
+          <t>The Years</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>690</v>
+        <v>500</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786057110091</t>
+          <t>9786057119377</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>The Adventures Of Sherlock Holmes</t>
+          <t>Little Dorrit</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>395</v>
+        <v>865</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786258426212</t>
+          <t>9786057119346</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sylvie And Bruno</t>
+          <t>Great Expectations</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786057119223</t>
+          <t>9786057119384</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>The Theory Moral Sentiments</t>
+          <t>Master Humphrey's Clock</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>550</v>
+        <v>210</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786258426236</t>
+          <t>9786258426014</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>The Travels Of Marco Polo</t>
+          <t>Pictures From italy</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>435</v>
+        <v>280</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786057119216</t>
+          <t>9786057119315</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>The Wealth Of Nations</t>
+          <t>Dombey And Son</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>850</v>
+        <v>875</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786258426243</t>
+          <t>9786258426038</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>I Am A Cat</t>
+          <t>Some Short Christmas Stories</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>690</v>
+        <v>120</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786258426274</t>
+          <t>9786057119322</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Captains Courageous A Story Of The Grands Banks</t>
+          <t>David Copperfield</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>235</v>
+        <v>950</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786258426298</t>
+          <t>9786258426052</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kim</t>
+          <t>The Chimes A Goblin Story</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>410</v>
+        <v>155</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786258426311</t>
+          <t>9786057119308</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Plains Tales From The Hills</t>
+          <t>Bleak House</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>300</v>
+        <v>890</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786258426335</t>
+          <t>9786057119339</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Under The Deodars</t>
+          <t>Barnaby Rudge A Tale Of The Riots Of Eighty</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>640</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786258426342</t>
+          <t>9786258426106</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>One Peach A Thousand Peaches Kitap</t>
+          <t>The Haunted Man And The Ghost's Bargain</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>85</v>
+        <v>165</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786258426373</t>
+          <t>9786057119292</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>The Art Of War</t>
+          <t>American Notes For General Circulation</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>110</v>
+        <v>380</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786258426427</t>
+          <t>9786057119360</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Flush: A Biography</t>
+          <t>The Life And Adventures Of Martin Chuzzlewitt</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>150</v>
+        <v>835</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786258426519</t>
+          <t>9786057119285</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Orlando A Biography</t>
+          <t>A Tale Of Two Cities A Story Of The French Revolut</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>290</v>
+        <v>510</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786258426465</t>
+          <t>9786258426076</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>The Common Reader Second Series</t>
+          <t>The Mystery Of Edwin Drood</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>335</v>
+        <v>390</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
+          <t>9786057119278</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>A Christmas Carol</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786258426120</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>The Pickwick Papers</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786258426144</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>The Uncommercial Traveller</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786057119261</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>A Child's History of England</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786258426007</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Our Mutual Friend</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786057110008</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>1984</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786057110022</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Animal Farm</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786057119230</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>The Origin Of Species</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786057110046</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Coming Up For Air</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>9786057119247</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>The Autobiography Of Charles Darwin 1809 - 1882</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786057110060</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Homage To Catalonia</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786057110084</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>The Road To Wigan Pier</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786057119254</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Sex And Repression in Savage Society</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786057119209</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>The Return Of Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786258426182</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>The Civilisation Of The Renaissance in italy</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786057110091</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>The Adventures Of Sherlock Holmes</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786258426212</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Sylvie And Bruno</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9786057119223</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>The Theory Moral Sentiments</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9786258426236</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>The Travels Of Marco Polo</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786057119216</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>The Wealth Of Nations</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9786258426243</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>I Am A Cat</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786258426274</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Captains Courageous A Story Of The Grands Banks</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9786258426298</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Kim</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9786258426311</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Plains Tales From The Hills</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786258426335</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Under The Deodars</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9786258426342</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>One Peach A Thousand Peaches Kitap</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9786258426373</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>The Art Of War</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9786258426427</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Flush: A Biography</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9786258426519</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Orlando A Biography</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786258426465</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>The Common Reader Second Series</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
           <t>9786258426502</t>
         </is>
       </c>
-      <c r="B463" s="1" t="inlineStr">
+      <c r="B493" s="1" t="inlineStr">
         <is>
           <t>The Waves</t>
         </is>
       </c>
-      <c r="C463" s="1">
+      <c r="C493" s="1">
         <v>285</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>