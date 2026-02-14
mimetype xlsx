--- v0 (2025-10-30)
+++ v1 (2026-02-14)
@@ -85,25585 +85,28675 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256139664</t>
+          <t>9786256321137</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinde Kötü Dişil Varlıklar (Ciltli)</t>
+          <t>Suyun Üzerindeki</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256905481</t>
+          <t>9786258713626</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Memleket Sandıklarından Ziraat Bankası'na Osmanlı'da Bankacılık</t>
+          <t>100. Yılında Şapka İnkılabı ve Kazanımları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255850607</t>
+          <t>9786258713954</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kutsal'ın İzinde</t>
+          <t>Çanakkale Cephesi’nde Mustafa Kemal (Atatürk)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255850836</t>
+          <t>9786258713039</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ser-güzeşt-i Raʿna vü Ziba</t>
+          <t>Türkiye'de Vergi Algısı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255850751</t>
+          <t>9786258713220</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tipo Baskının Türkiye Serüveni Üzerine Bir Araştırma</t>
+          <t>Türkiye’nin Balkanlar Politikasının Akıllı Güç Teorisi Perspektifinde Analizi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255548436</t>
+          <t>9786258713909</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Algoritma ve Kodlama Atölyesi: Python, C, C#, Java ve VB.NET ile Uygulamalı Problemler</t>
+          <t>Bitkiler ve Türküler</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255850614</t>
+          <t>9786258713459</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Müzede İnovasyon</t>
+          <t>Kırımlı Ali Divanı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256957862</t>
+          <t>9786255721877</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Varoluşcçu Teoloji Bağlamında Paul Tillich’te Din Felsefesi</t>
+          <t>Osmanlı Devleti’nde Kocabaşlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256957312</t>
+          <t>9786258713558</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Tarımda Bitki Koruma Çalışmaları</t>
+          <t>Görsel Sanatlarda Geometri ve Mekan</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258187113</t>
+          <t>9786258713091</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Antik Dönem Çatı Kiremitleri</t>
+          <t>Sarraf</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258069884</t>
+          <t>9786258713084</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Mimari Kültür Bellek</t>
+          <t>Liderlik ve Propaganda</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258069785</t>
+          <t>9786258713060</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Küresel İklim Değişikliği</t>
+          <t>Epikuros’ta Ataraksia Kavramı ve Pierre Gassendi’nin Felsefesine Yansımaları</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786057631624</t>
+          <t>9786255721648</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Askerin Günlüğü</t>
+          <t>Rakı Kitabı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257431569</t>
+          <t>9786258713077</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Bilgi ve Kuramları</t>
+          <t>İdeoloji ve Propaganda</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257431286</t>
+          <t>9786258713107</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Automation In Pharmacy</t>
+          <t>Eşek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257686105</t>
+          <t>9786258713053</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İlmiye Tevcihatı (1693-1725)</t>
+          <t>Wilhelm Dilthey’ın Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257431490</t>
+          <t>9786258713268</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğretiminde Yeni Teknik ve Yöntemler</t>
+          <t>İş Amaçlı Seyahatlerde Turistlerin Seyahat Motivasyonları, Destinasyon İmaj Algıları ve Memnuniyetleri Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257686068</t>
+          <t>9786258713145</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>International West Asia Congress Of Tourism Research (IWACT-2020) Abstracts</t>
+          <t>Osmanlı Devleti’nde Göç İskan ve Sürgün (XVII. Yüzyıl Örneği)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257686075</t>
+          <t>9786258713251</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>International West Asia Congress Of Tourism Research (IWACT-2020) Full Papers</t>
+          <t>4 Yapay Zeka 1 Dil</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255850782</t>
+          <t>9786255721945</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Rönesans ve Aydınlanmanın Ötesinde: İslam Dünyasında İlmi Mantalitenin Oluşumu (800-1200)</t>
+          <t>Medya ve Kadın</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255972903</t>
+          <t>9786258713763</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Öykülerinde Anlatıcı Problemi</t>
+          <t>Çeviri Teknolojileri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255850591</t>
+          <t>9786258713541</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mevsim Döngülerinde Bayramlar, Şenlikler, Festivaller Ve Ritüellerin İzinde Görsel Kültür Arketipleri (Ciltli)</t>
+          <t>Aşık Veysel Sözlüğü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>700</v>
+        <v>400</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255548900</t>
+          <t>9786258713879</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Kavram Öğrenimi</t>
+          <t>Erken Çocuklukta Çok Kültürlü Etkinlikler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255850584</t>
+          <t>9786258713411</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bocuk Gecesi - Türkiye’de Festival Kimliği Kazanan Kış Şenliği (Ciltli)</t>
+          <t>Yağma ve Şekavet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786255548962</t>
+          <t>9786255721860</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Sesiyle Şanlıurfa: Toplumsal Baskının Gündelik Hayata Yansımaları</t>
+          <t>Türk Kültüründe Bitki ve Hayvanlarla İlgili İnanış ve Uygulamalar Eskişehir Örneği</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255548924</t>
+          <t>9786255721853</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sivas Folkloru Üzerine Yazılar</t>
+          <t>Kimliği Müphem Bir Kadı Müellife Tasavvufi Risaleler Mecmuası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255850768</t>
+          <t>9786258713916</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kavşaktaki Adam - Şavkar Altınel’in Hayat ve Yazı Yolculuğu</t>
+          <t>Kurtuluş Mücadelesinden Demokrasi Mücadelesine Çanakkale'de Seçimler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255850775</t>
+          <t>9786258713367</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anlatıcı</t>
+          <t>Girit Meselesi - İsyanlar, Reformlar ve Kopuş Süreci (1866–1913)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256579675</t>
+          <t>9786255721846</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mustafa Demirel Armağanı</t>
+          <t>Modern Türk Şiirinde Oksidentalist Söylemin Kuruluşu (1860-1960)</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>750</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786255850744</t>
+          <t>9786258713138</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Seddülbahir’in İlk Şanlı Müdafaası</t>
+          <t>Derleme Sözlüğü’nde Karakter Adları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255850461</t>
+          <t>9786258713213</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Alaturka (Ciltli)</t>
+          <t>Türkiye'nin Balkanlardaki Yerel Yönetim Diplomasisi Faaliyetleri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255850416</t>
+          <t>9786258713602</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İzmir’deki Kutsal Ziyaret Yerleri</t>
+          <t>Gözlerin Aşkı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255850577</t>
+          <t>9786258713336</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Üzerine Araştırmalar</t>
+          <t>Denizli İli Kutsal Ziyaret Mekanları</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>650</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786255850560</t>
+          <t>9786258713503</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Dijital İnsan Kaynakları Yönetimi</t>
+          <t>Divan-ı Fevzi-i Bağdadi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786255850515</t>
+          <t>9786258713701</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’dan Türkiye’ye Göçler 1923-2000</t>
+          <t>Üretimden Başarıya Stratejik Kararlar ve Performans</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786255850454</t>
+          <t>9786258713121</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Alafranga (Ciltli)</t>
+          <t>Edebiyatımız Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256139695</t>
+          <t>9786258713299</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>From Tiflis to Tabriz Muslim Intellectuals of the South Caucasus in the Making of the Iranian Constitutional Revolution, 1906-1911</t>
+          <t>Sivas’ta Çermik Kültürü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786255850058</t>
+          <t>9786258713497</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Türk Mitolojisinin Alevi-Bektaşi Menkıbelerindeki İzleri</t>
+          <t>Anadolu Aşıklığında Kültürel Bellek: Doğu Anadolu Sahası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786255850294</t>
+          <t>9786258713183</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Turizm İçin Blokzincir</t>
+          <t>Karadeniz'e Komşu Ülkelerin Ekonomiksel, Hukuksal ve Sosyal Durumları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786255850553</t>
+          <t>9786255972576</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesi'nde İkmal Faaliyetleri 1914-1916</t>
+          <t>Çanakkale Kültür Mirasına Yön Verenler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255850522</t>
+          <t>9786258713114</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarasılık ve Filoloji</t>
+          <t>Alevilik Eğitimi</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786255548764</t>
+          <t>9786255721976</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Somut Olmayan Kültürel Miras Bağlamında Yaşayan İnsan Hazinesi Aşık Maksut Feryadı (Hayatı, Sanatı ve Eserleri)</t>
+          <t>Eski Uygurca İnsadi-Sutra'nın Dili</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786255548993</t>
+          <t>9786255721952</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Eski Yugoslavya Coğrafyasında Türkiye, Rusya ve Çin'in Kültür ve Dil Politikaları: Karşılaştırmalı Bir Çözümleme</t>
+          <t>Bulgaristan Türklerinin Yitik Yılları Direniş ve Umut 1984-1989</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786255850195</t>
+          <t>9786255548931</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Zığındere Muharebeleri (28 Haziran - 5 Temmuz 1915)</t>
+          <t>Kırgız Türklerinin Kadın Bahadırı: Gülgaakı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786255850546</t>
+          <t>9786255721419</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Veri İşleme Teknikerliği: Kuram Uygulama ve Güncel Yaklaşımlar</t>
+          <t>Müneccimbaşı Mehmed Çelebi Uşūl-i Ahkam-ı Sal-i Alem</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786255548757</t>
+          <t>9786255721808</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan İnsan Hazinesi Aşık Ali Rıza Ezgi (Hayatı, Sanatı ve Eserleri)</t>
+          <t>Kültürel Medya Okumaları - Türk Dizileri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>580</v>
+        <v>290</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786255850447</t>
+          <t>9786255721594</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İslami Siyaset Milli Görüş’ün Doğuşu ve Partileşmesi (1969–1974)</t>
+          <t>Karşılaştırmalı Edebiyat Bilimi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786255850539</t>
+          <t>9786255850409</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Faaliyet Raporu (1923 - 1933)</t>
+          <t>Anlatının Şekillendirdiği Anti-Yapı: Türkçe Rap’ın Şiiri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257431446</t>
+          <t>9786255721747</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatro Tarihinin Unutulmuş Yazarı Mehmet Talat</t>
+          <t>Çanakkale’de Sarıçay’ın Kenarında Bir Yaşam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786255850034</t>
+          <t>9786255721587</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Havayolu Pazarlamasının Temelleri</t>
+          <t>Sergüzeştname-i Katib Osman</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256714489</t>
+          <t>9786255721754</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Türkçe Öğreniyorum Yabancılara Türkçe Öğretiminde A1 – A2 Seviyesi İçin Okuma ve Etkinlik Kitabı</t>
+          <t>Seçimi Neden Kaybettik?</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055193539</t>
+          <t>9786255721761</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Deneysel Yönleriyle Gravür Baskı</t>
+          <t>Geçmişten Geleceğe Maydos’tan Eceabat’a</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256579385</t>
+          <t>9786255850706</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında İletişim Alanında Kazanımlar</t>
+          <t>Gagauz Dili ve Edebiyatı Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057216830</t>
+          <t>9786255721198</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>BAE, Katar ve Kuveyt’in Dış ve Güvenlik Politikaları</t>
+          <t>Mut (Mersin) Turizmi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258240498</t>
+          <t>9786255721181</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Herta Müller Kitabı</t>
+          <t>Miras Rotası</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258118896</t>
+          <t>9786255721280</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Fakr-Nameler Ve  Çağatay Şairi Harabati’nin Fakr-Namesi</t>
+          <t>Ardışık Sanat: Çizgi Roman ve Çevirisi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258118476</t>
+          <t>9786255721266</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Şehir Efsaneleri</t>
+          <t>Kamu Yönetimi ve Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258118353</t>
+          <t>9786256139794</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Türk Edebiyatında Ankara (1920-1938)</t>
+          <t>Nümerik Analiz</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258118261</t>
+          <t>9786255721556</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili Üzerine Araştırma Ve İnceleme Yazıları</t>
+          <t>Bakırcılar Kethüdası - Bursalı Raşid Mehmed ve Divançe'si</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258009361</t>
+          <t>9786255721518</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Azerbaycan İlişkileri ve İran (1991-2003)</t>
+          <t>II.Dünya Savaşı Yıllarında Türkiye'de Sağlık Hizmetleri (1938-1945)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257881586</t>
+          <t>9786255721433</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Öyküsü</t>
+          <t>Yozgat Merkez Ağzı (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>350</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786255548948</t>
+          <t>9786255721013</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ecos Del Ser / Varolmanın Yankıları</t>
+          <t>Slav Masalları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786255850157</t>
+          <t>9786255721617</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bazen Atlıdır</t>
+          <t>Gagavuzlarda Dilsel Hibritlik</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059743099</t>
+          <t>9786255721242</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Soyut Cebir Problemleri ve Çözümleri</t>
+          <t>Geç Dönem Doğu Türkçesi ile Yazılmış İskendername</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256579118</t>
+          <t>9786255721570</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Çalışmaları</t>
+          <t>In The Footsteps of The Greatest Sheikh: Muhyi Al-din Ibn Arabi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786255850218</t>
+          <t>9786255850737</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mai ve Siyah</t>
+          <t>Göç: Tarih ve Toplum</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786255850171</t>
+          <t>9786255721563</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>İkinci Anafartalar Muharebesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786255850201</t>
+          <t>9786255721174</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Bağımsızlığından Sovyet İşgaline Kadar Bulgaristan'ın Siyasi ve İktisadi Gelişimi Sendikal Hareketlerin Başlangıcı 1878-1944</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786255850188</t>
+          <t>9786255721440</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Terbiye-i İptidaiye Islahatı, Çocuklarımızı Nasıl Büyütmeliyiz?, Mektepçilik</t>
+          <t>Demokrat Parti'nin Dış Göç Siyaseti (1950-1960)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786255850225</t>
+          <t>9786255721235</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Üç Gönül Arasında</t>
+          <t>Kazak Türkçesindeki Dil/Söz ve Akıl/Düşünce Konulu Atasözleri Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786255850003</t>
+          <t>9786255721464</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çetin Altan: Yazıya Adanmış Bir Hayat</t>
+          <t>Kıbrıs Barış Harekatından Sonra Türkiye-Batı Paktı İlişkileri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>900</v>
+        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786255850041</t>
+          <t>9786255721501</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Yurt Dede</t>
+          <t>Kültürel Belleğin Sözlü ve Eylemsel Aktarımı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786255972736</t>
+          <t>9786255721457</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bali Bahru'n-Naṣayiḥ</t>
+          <t>Murat'a Karışan Hikayeler</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>850</v>
+        <v>290</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786255850317</t>
+          <t>9786255721310</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sanat Dünyasından Kurtulmak</t>
+          <t>Neriman Abdülrahmanlı Hayatı ve Sanatı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786255850119</t>
+          <t>9786255721365</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kara, Deniz Ve Hava Yoluyla Yaralı Ve Hasta Askerlerin Nakledilmeleri (Ambulans Tarihi)</t>
+          <t>Sensory Studies in Russian Linguistics</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786255850423</t>
+          <t>9786255721358</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hatırlandıkça Yaşar Cengiz Aytmatov Roza Aytmatova &amp; Asan Ahmatov</t>
+          <t>Ruben Aleksandroviç Budagov Stilistik Araştırmaları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256579101</t>
+          <t>9786255721488</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurca Matirçet Nom</t>
+          <t>Türk-Çin Dil ve Kültür İlişkileri Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786255548887</t>
+          <t>9786255721259</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in İlk Çeyrek Yüzyılında Edirne’de Heykel ve Heykeltıraşlar</t>
+          <t>Zamanı Kesmek, Gerçeği Kurgulamak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786255548917</t>
+          <t>9786255721389</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Karargah Belgelerinde Filistin Cephesi (Şeria Muharebeleri 1917-1918)</t>
+          <t>Bireysel Dil Politikaları</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786255850072</t>
+          <t>9786255721549</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Reşid Şükûfe-i İstiğrâk &amp; Medfûn Emeller I - II (Giriş-Aktarım-Sözlük)</t>
+          <t>Akışkan Mutfaklar: Fatih'teki Suriye Mutfağında Göç, Yemek ve Kültür İlişkisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786255850027</t>
+          <t>9786255850508</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yön Dergisinde Edebiyat</t>
+          <t>İcradan Kitaba</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786255850010</t>
+          <t>9786255721297</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Fağfur Dergisi</t>
+          <t>Eleştirel Söylem Çözümlemesi - Temel Kuramlar ve Kavramlar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786255972774</t>
+          <t>9786255850898</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Arafta Kalanlar Deliler</t>
+          <t>Bezm ile Rezm Arasında: Taşlıcalı Yahya Bey'in Poetikası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786255972804</t>
+          <t>9786255721099</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Delilik ve Velilik</t>
+          <t>Sosyoloji (Açıklıyorum)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786255548863</t>
+          <t>9786255850881</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Troya Sanat Dergisi 2. Sayı</t>
+          <t>Kırklar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786255850065</t>
+          <t>9786255850874</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Şerh-i Esmâ-i Hüsnâ</t>
+          <t>Kızılbaş Oğuzlar ve Şah İsmail’in Anayurdu Diyarbakır (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>320</v>
+        <v>800</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256139213</t>
+          <t>9786255721167</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sakarya Nehrine Takılan Gerdanlık Sarıyar Barajı ve Hidroelektrik Santrali</t>
+          <t>Kırgız Türkçesi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786255548986</t>
+          <t>9786255721143</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Öfke Sözcüğünün Monografisi</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>300</v>
+        <v>60</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786255548979</t>
+          <t>9786255721136</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Türk Madenciliğinin Duayen İsimlerinden Giresunlu Bir Siyasetçi ve İş Adamı Olarak Ahmet Hamdi Bozbağ</t>
+          <t>Tokat’ın Doğal Miras Alanı: Ballıca Mağarası</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256579408</t>
+          <t>9786255850904</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Türk Tiyatrosu</t>
+          <t>Yapay Zeka ve Bilişim: Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258187038</t>
+          <t>9786255721112</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Cамарқанд Фасли қисса ва ҳикоялар</t>
+          <t>Çağdaş Yunan Edebiyatında Birinci Atina Ekolü (1830-1880) ve Atina Romantik Akım Şiirlerinde Pesimizm</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258069341</t>
+          <t>9786256714380</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Python İle Finansa Giriş</t>
+          <t>Şamanın Nefesi Umay'ın Eli</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786255548894</t>
+          <t>9786255721105</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Celal Bayar - Arşiv Belgelerinde Demokrat Parti 1946-1950 (Ciltli)</t>
+          <t>Dil Bilimi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256822344</t>
+          <t>9786256139770</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Mecmu‘a-i Naza’ir</t>
+          <t>Otel İşletmelerinde Kurumsal Mantık ve Kurumsal Değişim</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258118551</t>
+          <t>9786255850966</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Balkan Ağızları Sözlüğü Cilt - I</t>
+          <t>Baykuş</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>700</v>
+        <v>290</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786255548849</t>
+          <t>9786255850973</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Etik İndeksi: Halk Felsefesi ve Halkbilimsel Metaetik Kuram Cilt 1- Cilt 2</t>
+          <t>Binnaz</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786255548795</t>
+          <t>9786255850843</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Gökçe’nin Mitolojik Dünyaya Yolculuğu</t>
+          <t>Tercüme-i Envar-ı Süheyli</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256822665</t>
+          <t>9786255721006</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Rahmi Divanı Metin - İnceleme - Dizin</t>
+          <t>Türkiye Ekonomik Coğrafyası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256905405</t>
+          <t>9786255850935</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır Ergani İlçesindeki Girişimci Kadınların İşletmelerini Kurarken ve Kurduktan Sonra Karşılaştıkları Sorunlar</t>
+          <t>Nesimi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256957534</t>
+          <t>9786255850478</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlik Anlayışında Risk Odaklı İç Denetim</t>
+          <t>I. Dünya Savaşında Trakya’daki Hastaneler ve Hastalıklar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258240054</t>
+          <t>9786255850959</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kuram ve Uygulamalar ile Çeviribilim</t>
+          <t>Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258187595</t>
+          <t>9786255850850</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kahramanlık Destanı Göroğlu</t>
+          <t>Atatürk İlkeleri Ve İnkilâp Tarihi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256579538</t>
+          <t>9786255850867</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Duygu Sözlüğü I. Yeni Türk Şiiri Duygu Atlası</t>
+          <t>Akçakoca Araştırmaları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786255548825</t>
+          <t>9786256139398</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Karnaval, Kaos ve Oyun</t>
+          <t>Çanakkale Cephesi’nde Siperden Gerçeklere (Olaylar, Kişiler, Hatırlamalar, Algılar ve Yanılgılar)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786255548832</t>
+          <t>9786255972514</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>İki Gelin Odası</t>
+          <t>Sürdürülebilir Kalkınma Amaçları ve Yerel Yönetimler Üzerine Yapılmış Çalışmalara Dair Bibliyometrik Bir Analiz</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786255972552</t>
+          <t>9786256714465</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Diksiyon</t>
+          <t>Kaşkay Bilmeceleri (Giriş-Metin-İnceleme-Dizin)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786255548856</t>
+          <t>9786256714793</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Antrenör El Kitabı - 1</t>
+          <t>Türk-Yunan İlişkilerinde Zorlayıcı Diplomasi Oyun Teorisi Analizi ile</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256139930</t>
+          <t>9786256714045</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kara Yasta Kalanlar</t>
+          <t>Küreselleşme ve Din</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786255548726</t>
+          <t>9786055193348</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Sıfırın Maddesel Realitesi ve Moleküler Mategenik</t>
+          <t>Sigorta Muhasebesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786255548658</t>
+          <t>9786256579002</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Activist Translation in Turkish Digitosphere</t>
+          <t>Aleksandr Afanasyeviç Potebnya</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786255548818</t>
+          <t>9786256905061</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kader ve Ceza</t>
+          <t>Amerika Kıtasını Batı Anadolulu Antik - Türkler Keşfetti</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786255548535</t>
+          <t>9786257886228</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Pre-Service Elementary School Teachers' School Subject Preferences: The Case Of Willingness And Perceived Difficulty In Teaching</t>
+          <t>Kent Sosyolojisi Üzerine Senfonik Okumalar</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786255548696</t>
+          <t>9786256957848</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Eğitimde Çocuk Hakları ve Örnek Etkinlikler</t>
+          <t>Turizmde Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786255972705</t>
+          <t>9786256957596</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür ve Edebiyatında Balkanlar</t>
+          <t>Mavi Vatan-I Marmara Denizi ve Boğazlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786255548689</t>
+          <t>9786256957855</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İz: Katmanlar Arasında</t>
+          <t>Türkiye Neden Hedefte? Çarpık Uluslararası İttifak İlişkileri ve Kurt Kapanı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256139978</t>
+          <t>9786256957114</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yeni Ekonomik Düzen Üzerine Farklı Araştırmalar</t>
+          <t>Almanca Yazın Dünyasında Avusturya Edebiyatının Yeri ve Kimliği Eski Avusturya Edebiyatı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256139954</t>
+          <t>9786258240474</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe ve Finansta Güncel Konular Üzerine Çalışmalar</t>
+          <t>Yeşil Dönüşüm ve Döngüsel Ekonomi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256139947</t>
+          <t>9786057285898</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Dijitalleşmeye Yönelik Akademik Araştırmalar</t>
+          <t>II. Abdülhamid Döneminde Bursa’da Eğitim</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256579736</t>
+          <t>9786258187458</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mustafa Arslan Armağanı</t>
+          <t>Bağlama Eğitimi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786255972378</t>
+          <t>9786258187588</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Para Teorisi ve Politikası</t>
+          <t>Vidin Yahudileri (1697-1827)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786255972132</t>
+          <t>9786258240559</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Moralızade Vassaf Kadri’nin Hikayeciliği</t>
+          <t>Negatif Yönleriyle Örgütlerde Davranış Bilimleri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786255548788</t>
+          <t>9786258187489</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Alman Dili ve Edebiyatı</t>
+          <t>Aging And Ageism  Contemporary Approaches</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786255548740</t>
+          <t>9786258187168</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Dictionar De Termeni Juridici Roman-Turc Türkçe Romence Hukuk Sözlüğü</t>
+          <t>Alanya Türbeleri ve Yatırları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786255972163</t>
+          <t>9786258187045</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Profesyonelleşme Sürecinde Mimarlar ve Persona Kurulumları (1882-1951)</t>
+          <t>Hayreti Divanı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786255972699</t>
+          <t>9786258009958</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gülşehri Mantıku’t-Tayr</t>
+          <t>Geleneksel Bartın Kadın Kıyafetleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>850</v>
+        <v>260</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786255548771</t>
+          <t>9780000047847</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Temsilde Adalet ve Yönetimde İstikrar İlkeleri Işığında Seçim Sistemleri, Hükümet Biçimleri ve Türkiye Cumhuriyeti’nin Anayasal Düzeni</t>
+          <t>Üç Mevlana Bir Rumi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786255972927</t>
+          <t>9786258069334</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Süreyya Beyzadeoğlu Armağanı</t>
+          <t>Edebiyattan Tarihe Açılan Kapı - Süleyman Tevfik’in 1987 Türk-Yunan Savaşı Seyahatnamesi: Teselya’da</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>2300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786255972392</t>
+          <t>9786258069989</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kısa Öykü Araştırmaları</t>
+          <t>Sazıyla Sözüyle Bayburt Mutfak Kültürü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786255548719</t>
+          <t>9786258069774</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Görsel Folklor ve Fotoğraf</t>
+          <t>Kazak Alimi Ahmet Baytursunoğlu’nun Hayatı Ve Eserleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>450</v>
+        <v>50</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3998759687543</t>
+          <t>9786258009194</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 7</t>
+          <t>Vurma Avcı Ceylanımı (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057691484</t>
+          <t>9786258069280</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 3</t>
+          <t>Soil Conditioning Optimization Studies</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786255972668</t>
+          <t>9786258069266</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Baharistan Tercümesi</t>
+          <t>Microstructure, Structural Equations and Cutting Tools of Nickel Based Super Alloys</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>280</v>
+        <v>45</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786255548733</t>
+          <t>9786258009866</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sultan II. Abdülhamid</t>
+          <t>Yeni Başlayanlar İçin Siyaset Bilimi Notları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786255972507</t>
+          <t>9786258009378</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Döviz Kuru Politikasında Zorunlu Karşılık Oranının Yeniden Tanımlanması</t>
+          <t>Programlanabilen Eğitim (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786255548603</t>
+          <t>9786257431972</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Geleneğinde Usta Bir Hayali: Kemal Atan Gür ve Oyunları Üzerine Bir İnceleme</t>
+          <t>Kalkandelenli Sabri ve Divanı Cilt-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786255548627</t>
+          <t>9786258069327</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İktidardan İdama: Adnan Menderes ve Dönemiyle İlgili Yazılmış Aşık Tarzı Destanlar Üzerine Bir İnceleme (1950-1961)</t>
+          <t>Utilization of Hydrothermal Head Processing On The Oat (Avena Sativa) Stabilization and its Effects on Some Chemical Properties</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>550</v>
+        <v>50</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786255972637</t>
+          <t>9786258069303</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Lojistik ve Tedarik Zincirinde Güncel Uygulamalar</t>
+          <t>In the Axis of Chitin and Chitosan Biomaterials Biochemical Importance</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>180</v>
+        <v>55</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>4444444443745</t>
+          <t>9786258069273</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Payanda Dergisi Yıl: 1 Sayı: 3 Temmuz 2022</t>
+          <t>Production and Trade Volume of Fruit-Based Sauces</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786255548573</t>
+          <t>9786258069259</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tatar Yazar Zölfet Hekim’in “Agımsuda Ni Bulmas” Adlı Romanının Dil İncelemesi</t>
+          <t>Laws of Thermodynamics in the Context of Work, Heat Energy an Systems</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>400</v>
+        <v>55</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786255548269</t>
+          <t>9786258069235</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Oturup Lafedelim</t>
+          <t>General Concepts For Heat Transfer and Affecting Heat Transfer Parameters</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>48</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786255548641</t>
+          <t>9786258069242</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çevrebilimin Dünü ve Bugünü: Sorunlar ve Çözüm Önerileri</t>
+          <t>Plications of Propolis in Food Packaging</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256139725</t>
+          <t>9786258069310</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Akademi İlişkisinin Güncel Sorunları</t>
+          <t>Investigation of Clothing Choice and Care Features During The Pandemic Period</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>280</v>
+        <v>40</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786255972408</t>
+          <t>9786058290983</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Çokkültürlülük</t>
+          <t>Anadolu Beylikleri Ders Kitabı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>550</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256579347</t>
+          <t>9786052292136</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Finansal Hizmet İşletmeciliği: Stratejiler ve Dijital Dönüşüm</t>
+          <t>İçgirişimciler ve Fikir Şampiyonları İle Girşimcilik ve Girişimciliğe İki Yönlü Bakış</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>30.56</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786255972286</t>
+          <t>9786059226370</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kültür ve Eğitim</t>
+          <t>İçgirişimciler, Aktivistler ve Fikir Şampiyonları ile Girişimcilik</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>550</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786255972477</t>
+          <t>9786057691170</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimleri ve Alan Eğitimi (Güncel Konular)</t>
+          <t>2. Uluslararası Batı Asya Turizm Araştırmaları Kongresi Bildiri Özetleri Kitabı</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786255972361</t>
+          <t>9786058348738</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Avanzade Mehmet Süleyman Kadın Esrarı (İnceleme-Metin)</t>
+          <t>Yönetim Bilgi Sistemleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786255548702</t>
+          <t>9786055193195</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Yakup Bey</t>
+          <t>Türk Modernleşmesinde Temel Tartışmalar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>260</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786255548504</t>
+          <t>9786054393282</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sivas Halk Kültürü Araştırmaları</t>
+          <t>Öğretmenlik Mesleğinde Etik</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>800</v>
+        <v>32</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256139763</t>
+          <t>9786055193218</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Banka Muhasebesi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>450</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786255972569</t>
+          <t>9786055193126</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yörük Kitabı</t>
+          <t>Erken Çocukluk Gelişimi ve Eğitimi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786255548597</t>
+          <t>9786055193041</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Dijital Yayıncılık I</t>
+          <t>Eğitim Bilimlerine Giriş</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>380</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786255548672</t>
+          <t>9786055193058</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Yunan Düşüncesinde Ölüm</t>
+          <t>Kamu-Özel Kesim Yapısı ve İlişkileri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786255972675</t>
+          <t>9780000361677</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Hakkı Süha Gezgin Hikayeler</t>
+          <t>Sevgi Ağacı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>380</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786255548542</t>
+          <t>9786055193270</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Reşat Popüler Romanları</t>
+          <t>Türk Dış Politikasında Orta Asya ve Ortadoğu - 1990'lardan Günümüze</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>360</v>
+        <v>45</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786255548634</t>
+          <t>9786055553593</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Türkiye İçin Büyük Strateji Politikası</t>
+          <t>Balkan Savaşları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>320</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786255548528</t>
+          <t>9786055193461</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Dengbêjlerin İzinde: Kültürel Miras ve Turizm</t>
+          <t>İstatistik - 1</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>280</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786255548412</t>
+          <t>9786056686115</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çağatay Türkçesiyle Yazılmış Bir Miraçname: Miʿrac-ı Mustafa</t>
+          <t>İstatistik</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>800</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786255972729</t>
+          <t>3990000029610</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Perspektifinden Din Eğitiminin Temelleri</t>
+          <t>Uluslararası Finansal Piyasalarda Portföy Yönetimi ve Opsiyon Sözleşmeleri</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>350</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786256579644</t>
+          <t>9786052292143</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bursa Tekkelerinin Mimarisi ve Süslemeleri</t>
+          <t>İşletme Becerileri Grup Çalışması</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>480</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786255548351</t>
+          <t>3990000045896</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiir Felsefesini Göstergebilimsel Okuma</t>
+          <t>Temel İşletmecilik</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>350</v>
+        <v>50</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786255548375</t>
+          <t>9786056591723</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şeyhi</t>
+          <t>Atatürk İlkeleri ve İnkılap Tarihi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786255548450</t>
+          <t>9786058317024</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyhin Kaleminden Halvetilik</t>
+          <t>Uygur Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786255548566</t>
+          <t>9786055230548</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Kalan Ruhlar</t>
+          <t>Toplumsal Cinayet Eşitsizliği ve Kadına Yönelik Şiddet</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>350</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786255548511</t>
+          <t>9786055193119</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Staj Deyip Geçme!</t>
+          <t>Siyasal İletişim</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786255548580</t>
+          <t>9786056591747</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Üslupbilimi Açısından Bekir Sıtkı Çobanzade’nin Şiirlerinin İncelenmesi</t>
+          <t>Genel Biyoloji</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786255548429</t>
+          <t>9786055193324</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ağızları Tıp Terimleri Sözlüğü</t>
+          <t>Dış Ticaret İşlemleri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257431309</t>
+          <t>9786054393237</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Factors In Determining Drug Prices</t>
+          <t>Keskin Odak Gerçekliği (Sharp Focus Realism)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786255548153</t>
+          <t>9786257686990</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Children And Space: Multidisciplinary Perspectives On Design And Education</t>
+          <t>The Future Independence and Progress of American Medicine In The Age of Chemistry</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>700</v>
+        <v>95</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786255548344</t>
+          <t>9786257686907</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Troya Sanat Dergisi 1. Sayı</t>
+          <t>İnorganic Chemistry For Beginners</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>95</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786255548276</t>
+          <t>9786257686914</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Enfeksiyon Etkeni Bakteriler ve Tanı Yöntemleri</t>
+          <t>Chemistry</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786255972958</t>
+          <t>9786257686921</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Vahidi Tecaribü’l-İnsan</t>
+          <t>Farbenindicatoren</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>95</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786255972590</t>
+          <t>9786257881999</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Ali Sultan Kızıldeli</t>
+          <t>Yerel Halk ve Batman Üniversitesi</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>400</v>
+        <v>22</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786255972033</t>
+          <t>9786257686501</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Gagauz Bilmeceleri</t>
+          <t>İki Şehir - İki Şair</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786255972644</t>
+          <t>9786257686518</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Efsaneleri Derleme- Değerlendirme ve Toplumsal Cinsiyet Analizi (Ankara Örneği)</t>
+          <t>Bir Şehir - Bir Şair</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786255972651</t>
+          <t>9786257686842</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mevlit Hikayeleri (Destan- Fățimatü'z-Zühri- Destan-ı Ḥicābet- Destan-1 Hibal- Destan-ı Hilal- Destan-ı Oğlancık- Destan-ı Muḥammed Ḥanefi ve Destan-ı İsmail)</t>
+          <t>Osmanlı Türkçesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>65</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786255548405</t>
+          <t>9786257686983</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Küresel Habercilik ve Dış Politika</t>
+          <t>Chemistry: General, Medical, And Pharmaceutical</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>280</v>
+        <v>95</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786255548221</t>
+          <t>9786257431552</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Jurnali &amp; Küçük Bir Seyahat/ Direktör Ali Bey</t>
+          <t>Çağdaş Amerikan Edebiyatı ve Jack London</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786256139961</t>
+          <t>9786257431293</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Ticaret, Lojistik ve Toplumsal Dönüşüm</t>
+          <t>Sustainable Composites From Renewable Resources</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>40</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786256139886</t>
+          <t>9786257431279</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dâfièü’l-Hüzn (İnceleme-Metin- Dizin)</t>
+          <t>Polypharmacy In Elderly And Pharmacist Interventions</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>650</v>
+        <v>32</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786256139596</t>
+          <t>9786257431316</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Bir Milletin Kaderini Değiştiren Ada Midilli</t>
+          <t>Catalytic Combution Of Methane</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786256139442</t>
+          <t>9786057691897</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde İkilemeler</t>
+          <t>Folklore Relics of Early Village Life</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786255972750</t>
+          <t>9786057691866</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Kami (Kaşif Dehri) Müteverrime (İnceleme Metin)</t>
+          <t>Early Civilization An Introduction To Anthropology</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786256139800</t>
+          <t>9786258009095</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Sürdürülebilirlik</t>
+          <t>Yunus Der ki..</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>550</v>
+        <v>260</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786255548382</t>
+          <t>9786257686976</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Çiçek Gibidir/Çocuğumla Yaşadığım Sorunları Birde Manevi Rehberimle Görüşeyim</t>
+          <t>Demokrasi Özleminden Demokrasi Arayışına - 27 Mayıs (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786255548337</t>
+          <t>9786257881623</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gürcistan Türkleri ve Gürcistan Türk Kültürü</t>
+          <t>İnanç ve Gelenek</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786256579811</t>
+          <t>9786057691231</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Artificial Intelligence And Sustainability</t>
+          <t>Uygarlık ve Lojistik Cilt 1</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>500</v>
+        <v>390</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786256714007</t>
+          <t>9786057691347</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Polis Cüzdanı - Türk Polis Tarihinin İlk Eserlerinden</t>
+          <t>3rd International West Asia Congress Of Tourism Research</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786256957220</t>
+          <t>9786257881715</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarasılık &amp; Göstergebilimin</t>
+          <t>İsmet İnönü ve Çanakkale</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786255548047</t>
+          <t>9786257881982</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kitâb-ı Meşâyıh-Nâme Min Te'lifi Selmân-i Fârisî</t>
+          <t>Orientalism In The Opera Abduction From The Seraglio By W. A. Mozart</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786255972064</t>
+          <t>3990059743105</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Söğüt'ten İstanbul'a Şiir Yüklü Kervan</t>
+          <t>Sorularla Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786255548290</t>
+          <t>9786052292662</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Romanının Arketipsel Evreni Yenileşme Dönemi Türk Anlatılarının Arketipsel Eleştiri Yöntemi İle İncelenmesi</t>
+          <t>Fransızca Dilbigisi Alıştırmaları</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>480</v>
+        <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786256139817</t>
+          <t>9786057691460</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerji ve Çevresel Algı/Akkuyu, Sinop, İğneada</t>
+          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 4</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>220</v>
+        <v>38</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786255548320</t>
+          <t>9786057691095</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Distopya</t>
+          <t>Genel Ekonomi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786255548313</t>
+          <t>9786257881098</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Modern Evliya Çelebi Çanakkale’de</t>
+          <t>Dijital Ortamlarda Türkçe Öğretimi Araştırmaları</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786255972484</t>
+          <t>9786257881395</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Anlambilim Araştırma Alanları ve Sınırları</t>
+          <t>Aile İşletmelerinde Süreklilik Sorunsalı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786256321342</t>
+          <t>9786057691316</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dijital Liderlik, Entelektüel Sermaye ve Sosyal Sermaye: Sağlık Çalışanları Örneği</t>
+          <t>Yeni Başlayanlar İçin Ekonomi El Sözlüğü</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>220</v>
+        <v>45</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786255972187</t>
+          <t>9786257881500</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Mirasında Etnik Çatışma</t>
+          <t>Balkan Edebiyatına Başka Bir Bakış</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>350</v>
+        <v>32</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786256139015</t>
+          <t>9786257881203</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Skamandria Troas'ın Kayıp Kenti</t>
+          <t>Sosyoloji</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786255972446</t>
+          <t>9786257686327</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma ve Yeşil Ekonominin Geleceği: BRIC-T Ülkeleri Perspektifi</t>
+          <t>Çanakkale Zaferi’nin Kadınları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256579262</t>
+          <t>3990007881296</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Vezaifi Zabıta: Polis Tarihinin İlk Eserlerinden</t>
+          <t>İstiklal Harbi Kahramanlarından Urfalı Ömer Avni Şit’in Hatıraları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>280</v>
+        <v>22</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786255548306</t>
+          <t>9786052292938</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı ve Cepheler (Büyük Harbin Tarihi)</t>
+          <t>Çocuğum Zeki Ama Çalışmıyor</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>400</v>
+        <v>130</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786255548078</t>
+          <t>9786057691507</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Yapıların Derinliği Fernand Braudel ve Annales Okulunun Yenilikçi Bakış Açısı</t>
+          <t>Ana Dili ve Yabancı Dil Olarak İlköğretimde Türkçe Dil Bilgisi Öğretimi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786255548283</t>
+          <t>9786057691491</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Anayasa Hukuku</t>
+          <t>Fransızca - Türkçe Deyimler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786256139732</t>
+          <t>9786258713718</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Destinasyonlarda Dijital Pazarlama İletişimi</t>
+          <t>Bababmın Kumandanı Genel Kurmay Başkanı Orgeneral Salih Omurtak</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786255972897</t>
+          <t>9786255721402</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Orta Ölçekli İşletmelerde Pazarlama (Stratejik Bir Yaklaşım)</t>
+          <t>Bir Şehir Biyografisi: Gülzar-ı Suleha ve Vefeyat-ı Urefa (İnceleme- Tenkitli Metin)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786255972880</t>
+          <t>9786256139664</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Türkçede - (X/A) Geniş Zaman Biçim Birimi: Eski Türkçeden Türkiye Türkçesine Anlam ve İşlev Alanları</t>
+          <t>Türk Mitolojisinde Kötü Dişil Varlıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786255972156</t>
+          <t>9786256905481</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Anıların İçinde Edebi Portreler</t>
+          <t>Memleket Sandıklarından Ziraat Bankası'na Osmanlı'da Bankacılık</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786255972989</t>
+          <t>9786255850607</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bağdat ve Son Düşüş Hikayesi</t>
+          <t>Kutsal'ın İzinde</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786255972767</t>
+          <t>9786255850836</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Uygur Meşrepleri</t>
+          <t>Ser-güzeşt-i Raʿna vü Ziba</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786256139893</t>
+          <t>9786255850751</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Göğsümde Duyduğum Korkunç Boşluk</t>
+          <t>Tipo Baskının Türkiye Serüveni Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786256139749</t>
+          <t>9786255548436</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Güney Slavlarında Ağıt Ve Ağıt Yakma Pratikleri</t>
+          <t>Algoritma ve Kodlama Atölyesi: Python, C, C#, Java ve VB.NET ile Uygulamalı Problemler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786255972255</t>
+          <t>9786255850614</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet’e Türk Tarihi Olaylar</t>
+          <t>Müzede İnovasyon</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786255548146</t>
+          <t>9786256957862</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Zamanın İçinde Silifke Lütfi Ugur Yazıları</t>
+          <t>Varoluşcçu Teoloji Bağlamında Paul Tillich’te Din Felsefesi</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786255972118</t>
+          <t>9786256957312</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Orhun Abideleri'ndeki Kelimelerin Ses ve Anlamı Bakımından Özbek Türkçesi İle Karşılaşılması</t>
+          <t>Sürdürülebilir Tarımda Bitki Koruma Çalışmaları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786255972323</t>
+          <t>9786258187113</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Açıklamalı Örnekli Rusça Deyimler Sözlüğü</t>
+          <t>Antik Dönem Çatı Kiremitleri</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786255972583</t>
+          <t>9786258069884</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Girişimcilik</t>
+          <t>Mimari Kültür Bellek</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786255972217</t>
+          <t>9786258069785</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Gerçek</t>
+          <t>Küresel İklim Değişikliği</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786255548184</t>
+          <t>9786057631624</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sanatkarın Bir Roman Kahramanı Olarak Portresi</t>
+          <t>Askerin Günlüğü</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786255548108</t>
+          <t>9786257431569</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Rauf Pervaneler Gibi</t>
+          <t>Edebiyat Bilgi ve Kuramları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786255548122</t>
+          <t>9786257431286</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Türkçe Öğretiminde Değerler: Gülten Dayıoğlu'nun Gelincik Dizisi</t>
+          <t>Automation In Pharmacy</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786255972460</t>
+          <t>9786257686105</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Zirvesindeki Aşık: Karacaoğlan</t>
+          <t>Osmanlı İlmiye Tevcihatı (1693-1725)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786255972941</t>
+          <t>9786257431490</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>1. Doğu Türkistanlı Lisansüstü İlahiyat Öğrencileri Sempozyumu</t>
+          <t>Dil Öğretiminde Yeni Teknik ve Yöntemler</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786255972088</t>
+          <t>9786257686068</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Çok Anlamlılık</t>
+          <t>International West Asia Congress Of Tourism Research (IWACT-2020) Abstracts</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786255972262</t>
+          <t>9786257686075</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İbn Sîrîn’in Tabirnâmesi'nin Türkçe Bir Tercümesi: Terceme-i Tabirname-i İbn Sirin</t>
+          <t>International West Asia Congress Of Tourism Research (IWACT-2020) Full Papers</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786256139787</t>
+          <t>9786255850782</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Nahif Sesi Şerif Benekçi</t>
+          <t>Kayıp Rönesans ve Aydınlanmanın Ötesinde: İslam Dünyasında İlmi Mantalitenin Oluşumu (800-1200)</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786255972453</t>
+          <t>9786255972903</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Sait Faik Abasıyanık Seçme Hikayeler</t>
+          <t>Cumhuriyet Dönemi Türk Öykülerinde Anlatıcı Problemi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786255548085</t>
+          <t>9786255850591</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde ve Davranış Bilimlerinde Hiyerarşik Doğrusal Modellerin Kullanımı ve HLM Uygulamaları</t>
+          <t>Mevsim Döngülerinde Bayramlar, Şenlikler, Festivaller Ve Ritüellerin İzinde Görsel Kültür Arketipleri (Ciltli)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>700</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786255972101</t>
+          <t>9786255548900</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesi Özellikleri Gösteren Bir Kıssa-yı Yusuf</t>
+          <t>Din Eğitiminde Kavram Öğrenimi</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>650</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786256139831</t>
+          <t>9786255850584</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sanal Kamusal Alanda Sınıf ve Kimliklerin Sunum Pratikleri: Twitter, Instagram ve Facebook Örneğinde Bir Alan Araştırması</t>
+          <t>Bocuk Gecesi - Türkiye’de Festival Kimliği Kazanan Kış Şenliği (Ciltli)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786255972224</t>
+          <t>9786255548962</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Hayreddin Niçin Rü'ya Görürüz Veya Rü'yanın Mahiyeti Tabi'iyesi</t>
+          <t>Kadınların Sesiyle Şanlıurfa: Toplumsal Baskının Gündelik Hayata Yansımaları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786255972095</t>
+          <t>9786255548924</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>1. Uluslararası Balkan Sempozyumu Bildirimi Kitabı</t>
+          <t>Sivas Folkloru Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786256139756</t>
+          <t>9786255850768</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlık</t>
+          <t>Kavşaktaki Adam - Şavkar Altınel’in Hayat ve Yazı Yolculuğu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786255972200</t>
+          <t>9786255850775</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Dönemi Cezaevleri (1923-1950)</t>
+          <t>Anlatıcı</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786256139657</t>
+          <t>9786256579675</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dilbilgisi Alanyazınında Çokterimlilik Sorunu: Terim Sözlükleri Örneği</t>
+          <t>Prof. Dr. Mustafa Demirel Armağanı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786255972866</t>
+          <t>9786255850744</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Resimlerinde ''Mekan'' Kavramı</t>
+          <t>Seddülbahir’in İlk Şanlı Müdafaası</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786255972309</t>
+          <t>9786255850461</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Yüzyılında Romanlar</t>
+          <t>Alaturka (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786255972149</t>
+          <t>9786255850416</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ma‘şuk-name</t>
+          <t>İzmir’deki Kutsal Ziyaret Yerleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786255548023</t>
+          <t>9786255850577</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kur’anda Yeniden Doğuş</t>
+          <t>Evliya Çelebi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786255548214</t>
+          <t>9786255850560</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çevre Hakkında 100 Bilimsel Gerçek</t>
+          <t>Dijital İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786255548207</t>
+          <t>9786255850515</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtar</t>
+          <t>Orta Doğu’dan Türkiye’ye Göçler 1923-2000</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786256579057</t>
+          <t>9786255850454</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufi Türk Halk Edebiyatı</t>
+          <t>Alafranga (Ciltli)</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786255972491</t>
+          <t>9786256139695</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyasi Tarihinde Osmaniye (1920-2015)</t>
+          <t>From Tiflis to Tabriz Muslim Intellectuals of the South Caucasus in the Making of the Iranian Constitutional Revolution, 1906-1911</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786255972415</t>
+          <t>9786255850058</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Karakalpak Türklerinin Atasözleri</t>
+          <t>Türk Mitolojisinin Alevi-Bektaşi Menkıbelerindeki İzleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786255972071</t>
+          <t>9786255850294</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>40. Sanat Yılında Ozanların Gönül Dilinden Prof. DR. Bayram Durbilmez'e Şiirler</t>
+          <t>Turizm İçin Blokzincir</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786256139534</t>
+          <t>9786255850553</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Abdulah Škaljić’in Turcizmi U Srpskohrvatskom Jeziku Adlı Eserindeki Türkçe Verintilerin Tematik Sınıflandırılması</t>
+          <t>Çanakkale Cephesi'nde İkmal Faaliyetleri 1914-1916</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786256139985</t>
+          <t>9786255850522</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kaçkın</t>
+          <t>Kültürlerarasılık ve Filoloji</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786256139466</t>
+          <t>9786255548764</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Adilcevazlı Molla Bekir Divanı</t>
+          <t>Somut Olmayan Kültürel Miras Bağlamında Yaşayan İnsan Hazinesi Aşık Maksut Feryadı (Hayatı, Sanatı ve Eserleri)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256139275</t>
+          <t>9786255548993</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Edirneli Hacı Muşli Ta'birü'l-Menamat (İnceleme- Metin-Tıpkıbasım)</t>
+          <t>Eski Yugoslavya Coğrafyasında Türkiye, Rusya ve Çin'in Kültür ve Dil Politikaları: Karşılaştırmalı Bir Çözümleme</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786256321953</t>
+          <t>9786255850195</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Batmanlıların Sığınmacılara Yönelik Algısı</t>
+          <t>Zığındere Muharebeleri (28 Haziran - 5 Temmuz 1915)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786256714816</t>
+          <t>9786255850546</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Kadın Folkloru Kuram ve Yöntem Üzerine Yazılar</t>
+          <t>Tıbbi Veri İşleme Teknikerliği: Kuram Uygulama ve Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786256321878</t>
+          <t>9786255548757</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan’dan Türkiye'ye Yapılan Yakın Akraba Göçü ve Göçün Türk Basınına Yansımaları</t>
+          <t>Yaşayan İnsan Hazinesi Aşık Ali Rıza Ezgi (Hayatı, Sanatı ve Eserleri)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>220</v>
+        <v>580</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786256321908</t>
+          <t>9786255850447</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sigortacılık İşlemleri ve Muhasebesi Çözümlü Örnek Problemlerle</t>
+          <t>Türkiye’de İslami Siyaset Milli Görüş’ün Doğuşu ve Partileşmesi (1969–1974)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786256714175</t>
+          <t>9786255850539</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Faunası Omurgalılar</t>
+          <t>Jandarma Faaliyet Raporu (1923 - 1933)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786256321601</t>
+          <t>9786257431446</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Felsefesi ve Ekonomi Politiği Üzerine</t>
+          <t>Türk Tiyatro Tarihinin Unutulmuş Yazarı Mehmet Talat</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786256321731</t>
+          <t>9786255850034</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Burdur Müzesi Cam Eserler Kataloğu</t>
+          <t>Havayolu Pazarlamasının Temelleri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>420</v>
+        <v>450</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786256905870</t>
+          <t>9786256714489</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda İngilizce Yazılmış Seyahatnamelere Göre Anadolu’da Sosyal Kültürel ve Ekonomik Hayat</t>
+          <t>Metinlerle Türkçe Öğreniyorum Yabancılara Türkçe Öğretiminde A1 – A2 Seviyesi İçin Okuma ve Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>850</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786256579545</t>
+          <t>9786055193539</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Bir Yokmuş Yeki Bud Yeki Nebud Muhammed Ali Cemalzade</t>
+          <t>Geleneksel ve Deneysel Yönleriyle Gravür Baskı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256714441</t>
+          <t>9786256579385</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sınır Güvenliği Bağlamında Avrupa Birliği’ne Yönelik Düzensiz Göçler</t>
+          <t>Cumhuriyet’in 100. Yılında İletişim Alanında Kazanımlar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256321083</t>
+          <t>9786057216830</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Din-Suç İlişkisi</t>
+          <t>BAE, Katar ve Kuveyt’in Dış ve Güvenlik Politikaları</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786256321069</t>
+          <t>9786258240498</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sözlük'te Yabancı Sözler</t>
+          <t>Herta Müller Kitabı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256579453</t>
+          <t>9786258118896</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Özel Gereksinimli Öğrencilerde Değerlendirme</t>
+          <t>Türk Edebiyatında Fakr-Nameler Ve  Çağatay Şairi Harabati’nin Fakr-Namesi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786256321120</t>
+          <t>9786258118476</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Analiz II (Cilt I – Cilt II)</t>
+          <t>Şehir Efsaneleri</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>850</v>
+        <v>450</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256714946</t>
+          <t>9786258118353</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Lojistik ve Tedarik Zinciri Yönetimi: Güncel Yaklaşımlar ve Uygulamalar</t>
+          <t>Atatürk Dönemi Türk Edebiyatında Ankara (1920-1938)</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256714892</t>
+          <t>9786258118261</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kars'ta Mizah Kültürü Psikolojik ve Sosyolojik Bir Mesele Olarak Mizah</t>
+          <t>Türk Dili Üzerine Araştırma Ve İnceleme Yazıları</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786256714885</t>
+          <t>9786258009361</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yeni Perspektifler</t>
+          <t>Türkiye Azerbaycan İlişkileri ve İran (1991-2003)</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256579392</t>
+          <t>9786257881586</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Anılardan Romana Gerçeğin Kurmacası</t>
+          <t>Cumhuriyet Dönemi Türk Öyküsü</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786256822764</t>
+          <t>9786255548948</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Politik Bir Mesele Olarak Osmanlı'da Kadın - Sorunlar ve Çözüm Arayışları</t>
+          <t>Ecos Del Ser / Varolmanın Yankıları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786258240412</t>
+          <t>9786255850157</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ulaştırma Sistemleri Altyapılarının SPSS ile Analizi</t>
+          <t>Hayat Bazen Atlıdır</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786256714298</t>
+          <t>9786059743099</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Araştırmalar Cumhuriyetimizin 100. Yılı Anısına Kültürlerarasılık ve Karşılaştırmalı Dilbilim Çalışmaları</t>
+          <t>Soyut Cebir Problemleri ve Çözümleri</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786256714397</t>
+          <t>9786256579118</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Vergi Kavram ve Yaklaşımları</t>
+          <t>Türk Dünyası Çalışmaları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057691798</t>
+          <t>9786255850218</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>The Secret of Totem</t>
+          <t>Mai ve Siyah</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057691811</t>
+          <t>9786255850171</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Modern Mythology</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057691828</t>
+          <t>9786255850201</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Magic and Religion</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057691859</t>
+          <t>9786255850188</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Ethnology in Folklore</t>
+          <t>Terbiye-i İptidaiye Islahatı, Çocuklarımızı Nasıl Büyütmeliyiz?, Mektepçilik</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786257431590</t>
+          <t>9786255850225</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Dil Öğretiminde Yeni Teknik ve Yöntemler</t>
+          <t>Üç Gönül Arasında</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786056731624</t>
+          <t>9786255850003</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Askerin Günlüğü</t>
+          <t>Çetin Altan: Yazıya Adanmış Bir Hayat</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>205</v>
+        <v>900</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786256714519</t>
+          <t>9786255850041</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Hazım Bey Develili Aşık Seyrani ve Sanihat-ı Seyrani</t>
+          <t>Ahmet Yurt Dede</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786256905290</t>
+          <t>9786255972736</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Anlatı Söylemi Üzerine</t>
+          <t>Bali Bahru'n-Naṣayiḥ</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>140</v>
+        <v>850</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786256579859</t>
+          <t>9786255850317</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda AB Ekonomik Bütünleşmesi</t>
+          <t>Sanat Dünyasından Kurtulmak</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256579354</t>
+          <t>9786255850119</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>XIX. Yüzyıl Başlarında Osmanlı Müsadere Usulünde: Alemdar Mustafa Paşa</t>
+          <t>Kara, Deniz Ve Hava Yoluyla Yaralı Ve Hasta Askerlerin Nakledilmeleri (Ambulans Tarihi)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786256822894</t>
+          <t>9786255850423</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yakup Kadri Karaosmanoğlu’nun Romanlarında İdeoloji</t>
+          <t>İnsan Hatırlandıkça Yaşar Cengiz Aytmatov Roza Aytmatova &amp; Asan Ahmatov</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786256714212</t>
+          <t>9786256579101</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Spinoza Ontolojisi Ve Yapay Zeka</t>
+          <t>Eski Uygurca Matirçet Nom</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786256579286</t>
+          <t>9786255548887</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Müstecabizâde İsmet’in Eserlerinde Ulusal Akım ve Millî Romantik Duyuş</t>
+          <t>Cumhuriyet’in İlk Çeyrek Yüzyılında Edirne’de Heykel ve Heykeltıraşlar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256822849</t>
+          <t>9786255548917</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>XIX. Yüzyıla Ait Çağatayca Tıp Metni Cilt-I (Giriş-İnceleme-Metin) Cilt-II (Dizin-Tıpkıbasım)</t>
+          <t>Osmanlı Karargah Belgelerinde Filistin Cephesi (Şeria Muharebeleri 1917-1918)</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>900</v>
+        <v>320</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256905054</t>
+          <t>9786255850072</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hikayet-i Köroğlu Sultan</t>
+          <t>Mustafa Reşid Şükûfe-i İstiğrâk &amp; Medfûn Emeller I - II (Giriş-Aktarım-Sözlük)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256822955</t>
+          <t>9786255850027</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İslami Dönem Türk Destanlarında Kahraman Tipi</t>
+          <t>Yön Dergisinde Edebiyat</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786256822207</t>
+          <t>9786255850010</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Özbekistan’a Yönelik Kültür ve Dil Politikaları</t>
+          <t>Fağfur Dergisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786256957206</t>
+          <t>9786255972774</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Resim Eğitiminde Resimde Mekan Kavramı</t>
+          <t>Arafta Kalanlar Deliler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256905825</t>
+          <t>9786255972804</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Silifke Kentimizn İnsanları - 1</t>
+          <t>21. Yüzyılda Delilik ve Velilik</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786256905955</t>
+          <t>9786255548863</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İki Binli Yıllarda Medya ve Kadın</t>
+          <t>Troya Sanat Dergisi 2. Sayı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256822085</t>
+          <t>9786255850065</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Öz-iletişim: Kendini Bilmek Öz-Farkındalık ve Bilinçli Farkındalık (Mindfulness) Öz-Değer Öz-Şefkat Özgüven</t>
+          <t>Şerh-i Esmâ-i Hüsnâ</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786256905108</t>
+          <t>9786256139213</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sivas, Altınyayla (Tonus) Yöresi Halı ve Düz Dokuma Yaygıları</t>
+          <t>Sakarya Nehrine Takılan Gerdanlık Sarıyar Barajı ve Hidroelektrik Santrali</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786256822146</t>
+          <t>9786255548986</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bayramiç’in Düşman İşgalinden Kurtuluşunun 100. Yılı Anısına Geçmişten Geleceğe Bayramiç</t>
+          <t>Öfke Sözcüğünün Monografisi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786256905795</t>
+          <t>9786255548979</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Yeşilce’den Esintiler</t>
+          <t>Türk Madenciliğinin Duayen İsimlerinden Giresunlu Bir Siyasetçi ve İş Adamı Olarak Ahmet Hamdi Bozbağ</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786256905696</t>
+          <t>9786256579408</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Son Yüzyılda Türkiye’de Depremler</t>
+          <t>Postmodern Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>400</v>
+        <v>380</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786256957886</t>
+          <t>9786258187038</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Cumhuriyet’e Eğitimin Modernleşmesi ve “Maarif Hakkında Layihalar”</t>
+          <t>Cамарқанд Фасли қисса ва ҳикоялар</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786256905207</t>
+          <t>9786258069341</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Fotoğraf</t>
+          <t>Python İle Finansa Giriş</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>8690000048090</t>
+          <t>9786255548894</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Uygur Türkçesi Grameri + Çağdaş Türk Lehçeleri Set</t>
+          <t>Celal Bayar - Arşiv Belgelerinde Demokrat Parti 1946-1950 (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>380</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786258118162</t>
+          <t>9786256822344</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Konya Savunma Havacılık Sanayii ve Silah Muhimmat Ekosistemi</t>
+          <t>Mecmu‘a-i Naza’ir</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786256957800</t>
+          <t>9786258118551</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bir Dilin İzinde Tarihi Bir Türk Lehçesinin Avrasya Dillerindeki Örtük İzleri</t>
+          <t>Balkan Ağızları Sözlüğü Cilt - I</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786256905146</t>
+          <t>9786255548849</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Felsefe İlişkisi - Cahit Koytak Şiiri</t>
+          <t>Dede Korkut Etik İndeksi: Halk Felsefesi ve Halkbilimsel Metaetik Kuram Cilt 1- Cilt 2</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>350</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786256957336</t>
+          <t>9786255548795</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Araştırmaları IV</t>
+          <t>Gökçe’nin Mitolojik Dünyaya Yolculuğu</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786256905252</t>
+          <t>9786256822665</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kazan Tatar Türklerinden Abdürreşit İbrahim’in Rusya’dan Japonya’ya Türk-İslam Mücadelesi</t>
+          <t>Erzurumlu Rahmi Divanı Metin - İnceleme - Dizin</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786256905283</t>
+          <t>9786256905405</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Gastronomi Turizmi - Deneyimsel Perspektiften İnceleme</t>
+          <t>Diyarbakır Ergani İlçesindeki Girişimci Kadınların İşletmelerini Kurarken ve Kurduktan Sonra Karşılaştıkları Sorunlar</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786256957763</t>
+          <t>9786256957534</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Cimcime</t>
+          <t>Kurumsal Sürdürülebilirlik Anlayışında Risk Odaklı İç Denetim</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786258240436</t>
+          <t>9786258240054</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Hasan Rıza (1849-1920) Dîvan</t>
+          <t>Kuram ve Uygulamalar ile Çeviribilim</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786256957978</t>
+          <t>9786258187595</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Doğumunun 60. Yılında Mehmet Ölmez Armağanı Bilge Biliglig Bahşı Bitigi</t>
+          <t>Türkmen Kahramanlık Destanı Göroğlu</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>650</v>
+        <v>800</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786256957374</t>
+          <t>9786256579538</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Yazışma Usüllerine Giriş İnşa-i Elkab-ı Cedid</t>
+          <t>Bir Garip Duygu Sözlüğü I. Yeni Türk Şiiri Duygu Atlası</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786256957398</t>
+          <t>9786255548825</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Muhammed Ali Rıza - Şahin Behiştü'l-Hazinin</t>
+          <t>Karnaval, Kaos ve Oyun</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786057216816</t>
+          <t>9786255548832</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Japon Tarihçi M. Matsubara’nın Gözüyle Kazak Türkleri Doğu Türkistan’dan Türkiye’ye Özgürlük Göçü (1934-1953)</t>
+          <t>İki Gelin Odası</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786258187939</t>
+          <t>9786255972552</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Turist Rehberleri ve Rehber Adayları İçin Anadolu’da Türk İslam Dönemi Mimari Yapılar</t>
+          <t>Diksiyon</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786256957060</t>
+          <t>9786255548856</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Şairin Lirik Mülkü: Gazel</t>
+          <t>Antrenör El Kitabı - 1</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786057216861</t>
+          <t>9786256139930</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Python ile Finans Matematiği</t>
+          <t>Kara Yasta Kalanlar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786256957343</t>
+          <t>9786255548726</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele ve Havacılık</t>
+          <t>Sıfırın Maddesel Realitesi ve Moleküler Mategenik</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786057285812</t>
+          <t>9786255548658</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Turizm ve Destinasyon Araştırmaları-II</t>
+          <t>Activist Translation in Turkish Digitosphere</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786057217219</t>
+          <t>9786255548818</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İşgücü Piyasası Sorunları, Politikaları ve Öneriler</t>
+          <t>Kader ve Ceza</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786057219077</t>
+          <t>9786255548535</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dezavantajlı Grupların Sosyoloji̇si̇ Eşi̇tsi̇zli̇kler, Ri̇skler ve Çözümler</t>
+          <t>Pre-Service Elementary School Teachers' School Subject Preferences: The Case Of Willingness And Perceived Difficulty In Teaching</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256957299</t>
+          <t>9786255548696</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Hayatının Güncel Sorunları</t>
+          <t>Okul Öncesi Eğitimde Çocuk Hakları ve Örnek Etkinlikler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786256957237</t>
+          <t>9786255972705</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Politika ve Çalışma İlişkilerinde Güncel Sorunlar: IV</t>
+          <t>Türk Kültür ve Edebiyatında Balkanlar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786057282934</t>
+          <t>9786255548689</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Ömer Bahtiyar - Name</t>
+          <t>İz: Katmanlar Arasında</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786258187687</t>
+          <t>9786256139978</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Trafik Kazalarında Taşıtların İncelenmesi</t>
+          <t>Yeni Ekonomik Düzen Üzerine Farklı Araştırmalar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786258240511</t>
+          <t>9786256139954</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Akademide Nezaket Usübu Prof. Dr. Lhan Genç Armağanı</t>
+          <t>Muhasebe ve Finansta Güncel Konular Üzerine Çalışmalar</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786258187359</t>
+          <t>9786256139947</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Mutfağında Sokak Lezzetleri Gaziantep</t>
+          <t>Sosyal Bilimlerde Dijitalleşmeye Yönelik Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786258240115</t>
+          <t>9786256579736</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>İklim Sarmalında İnsan - Antikçağdan 20. Yüzyıla</t>
+          <t>Prof. Dr. Mustafa Arslan Armağanı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786258240405</t>
+          <t>9786255972378</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Horoztepe’den Günümüze 6000 Yılda Tokat</t>
+          <t>Para Teorisi ve Politikası</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>470</v>
+        <v>550</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786258187304</t>
+          <t>9786255972132</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Olay Yeri İnceleme Lastik İzleri</t>
+          <t>Moralızade Vassaf Kadri’nin Hikayeciliği</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786258187786</t>
+          <t>9786255548788</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Çevrenin Korunması ve Çevre Sorunlarının Azaltılmasında Ekolojik Akımların Rolü: Kamu Kurumları Örneği</t>
+          <t>Alman Dili ve Edebiyatı</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786258187335</t>
+          <t>9786255548740</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Bir Aydının Anatomisi İzzet Ulvi Aykurt</t>
+          <t>Dictionar De Termeni Juridici Roman-Turc Türkçe Romence Hukuk Sözlüğü</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786258240542</t>
+          <t>9786255972163</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Füruzan - Halit Ziya Uşaklıgil</t>
+          <t>Türkiye’de Profesyonelleşme Sürecinde Mimarlar ve Persona Kurulumları (1882-1951)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786258187663</t>
+          <t>9786255972699</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Üniversite - Toplum Buluşmasında Üniversite Haftaları</t>
+          <t>Gülşehri Mantıku’t-Tayr</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>350</v>
+        <v>850</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786258240306</t>
+          <t>9786255548771</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Hurufat Defterlerine Göre Diyarbakır Camileri</t>
+          <t>Temsilde Adalet ve Yönetimde İstikrar İlkeleri Işığında Seçim Sistemleri, Hükümet Biçimleri ve Türkiye Cumhuriyeti’nin Anayasal Düzeni</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786258187977</t>
+          <t>9786255972927</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>The Name Of a Historical Geography: İskilip</t>
+          <t>Prof. Dr. Süreyya Beyzadeoğlu Armağanı</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786258187953</t>
+          <t>9786255972392</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetiminde Sürdürülebilirlik ve Teknoloji</t>
+          <t>Türkiye’de Kısa Öykü Araştırmaları</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786258187960</t>
+          <t>9786255548719</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya, Kuzey Avrupa, Trakya ve Balkan Coğrafyası’nın Kültürel Kodlarıyla Harmanlanmış Kadım Bir Gelenek – Bocuk Gecesi</t>
+          <t>Görsel Folklor ve Fotoğraf</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786258187236</t>
+          <t>3998759687543</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Monetary Policy</t>
+          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 7</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786258187496</t>
+          <t>9786057691484</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de Kapı Komşumuz Yahudiler</t>
+          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 3</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786258187779</t>
+          <t>9786255972668</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Sermaye Finansal Performans İlişkisi</t>
+          <t>Muhtasar Baharistan Tercümesi</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786258118667</t>
+          <t>9786255548733</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kalırsa Söz Kalır Sezer Aslan (Aşık Mesti)</t>
+          <t>Sultan II. Abdülhamid</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786258187199</t>
+          <t>9786255972507</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarasılık ve Yabancı Dil Öğretimi</t>
+          <t>Döviz Kuru Politikasında Zorunlu Karşılık Oranının Yeniden Tanımlanması</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786258187205</t>
+          <t>9786255548603</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Mehmet İsmail Armağanı</t>
+          <t>Karagöz Geleneğinde Usta Bir Hayali: Kemal Atan Gür ve Oyunları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786258187250</t>
+          <t>9786255548627</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Melet Çayı Havzası'nda Arazi Kullanımı ve Mekansal Değişim</t>
+          <t>İktidardan İdama: Adnan Menderes ve Dönemiyle İlgili Yazılmış Aşık Tarzı Destanlar Üzerine Bir İnceleme (1950-1961)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786258187052</t>
+          <t>9786255972637</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Türkçe Öğretiminde Okuma Metinleri ve Yardımcı Okuma Kitapları</t>
+          <t>Lojistik ve Tedarik Zincirinde Güncel Uygulamalar</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786258118995</t>
+          <t>4444444443745</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Dünya Politikasında Avrasya</t>
+          <t>Payanda Dergisi Yıl: 1 Sayı: 3 Temmuz 2022</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786258118834</t>
+          <t>9786255548573</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İthalat Üzerinden Alınan Vergi Ve Eş Etkili Mali Yükümlülüklerin Hukuki, İktisadi Ve Mali Etkisi: Türkiye Analizi</t>
+          <t>Tatar Yazar Zölfet Hekim’in “Agımsuda Ni Bulmas” Adlı Romanının Dil İncelemesi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786258118858</t>
+          <t>9786255548269</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi ve Enerji</t>
+          <t>Oturup Lafedelim</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786258118872</t>
+          <t>9786255548641</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Deolojiden Metne Erken Cumhuriyet Dönemi Türk Romanında Dinsel Tiplojiler</t>
+          <t>Türkiye'de Çevrebilimin Dünü ve Bugünü: Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786258069822</t>
+          <t>9786256139725</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Küçük Asya Anadolu</t>
+          <t>Sanat ve Akademi İlişkisinin Güncel Sorunları</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786258118513</t>
+          <t>9786255972408</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Düşünce Tarihinden Kesitler</t>
+          <t>Erken Çocuklukta Çokkültürlülük</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786258118452</t>
+          <t>9786256579347</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kyzikos’tan Arteke’ye Erdek Ve Kapıdağı Tarihi</t>
+          <t>Finansal Hizmet İşletmeciliği: Stratejiler ve Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786258069921</t>
+          <t>9786255972286</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ekinden Ekin Biçenler</t>
+          <t>Göç, Kültür ve Eğitim</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786258118407</t>
+          <t>9786255972477</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Gökbel Vadisi’nde Jeoturizm, Kültürel Peyzaj Ve Etnojeoloji</t>
+          <t>Eğitim Bilimleri ve Alan Eğitimi (Güncel Konular)</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786258118322</t>
+          <t>9786255972361</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Boş Zamanlar Sosyolojisi</t>
+          <t>Avanzade Mehmet Süleyman Kadın Esrarı (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>85</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786258118186</t>
+          <t>9786255548702</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Üretim Yönetimi ve Pazarlamada Güncel Araştırmalar</t>
+          <t>Muhammed Yakup Bey</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786257431583</t>
+          <t>9786255548504</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yeşilce'de Çağdaş Yaşamın İz Düşümü</t>
+          <t>Sivas Halk Kültürü Araştırmaları</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>55</v>
+        <v>800</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786258069907</t>
+          <t>9786256139763</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Büyük Harbin Şahitleri</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786258069860</t>
+          <t>9786255972569</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Siyasi İdari Kültürel Ve Ekonomik Alanda Silifke (1920-1936)</t>
+          <t>Yörük Kitabı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786258069877</t>
+          <t>9786255548597</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Alamancı Necati Seyyar</t>
+          <t>Yeni Medya ve Dijital Yayıncılık I</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786258069891</t>
+          <t>9786255548672</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Frauengestalten In Den Romanen Von Heinrich Böll</t>
+          <t>Yunan Düşüncesinde Ölüm</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>8690000047833</t>
+          <t>9786255972675</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>7. Sanat ve Senaryo</t>
+          <t>Hakkı Süha Gezgin Hikayeler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055193201</t>
+          <t>9786255548542</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Türk Macar İlişkileri Üzerine Seçme Yazılar</t>
+          <t>Ahmet Reşat Popüler Romanları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059743044</t>
+          <t>9786255548634</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Güçlü Türkiye İçin Büyük Strateji Politikası</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055193553</t>
+          <t>9786255548528</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğin Yakın Tarihi</t>
+          <t>Dengbêjlerin İzinde: Kültürel Miras ve Turizm</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055193249</t>
+          <t>9786255548412</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kurma Becerileri</t>
+          <t>Çağatay Türkçesiyle Yazılmış Bir Miraçname: Miʿrac-ı Mustafa</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>38</v>
+        <v>800</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052292259</t>
+          <t>9786255972729</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Görsel Programlama</t>
+          <t>Din Felsefesi Perspektifinden Din Eğitiminin Temelleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055193256</t>
+          <t>9786256579644</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Finansal Piyasa Analizleri ve Portföy Yönetimi</t>
+          <t>Bursa Tekkelerinin Mimarisi ve Süslemeleri</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059226417</t>
+          <t>9786255548351</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ergen ve Çocuk Gelişiminde Baba Desteği ve Eğitimi</t>
+          <t>Klasik Türk Şiir Felsefesini Göstergebilimsel Okuma</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055193485</t>
+          <t>9786255548375</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık ve Kambiyo İşlemleri</t>
+          <t>Şeyhi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>130</v>
+        <v>350</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055193287</t>
+          <t>9786255548450</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Kimliği Kurgusu</t>
+          <t>Bir Şeyhin Kaleminden Halvetilik</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786057691644</t>
+          <t>9786255548566</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Sağlık-Toplum-Bilim: Akademik Araştırmalar Kitap-7</t>
+          <t>Gölgede Kalan Ruhlar</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055193003</t>
+          <t>9786255548511</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Algoritma Örnek Soruları ve Çözümleri</t>
+          <t>Staj Deyip Geçme!</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055193089</t>
+          <t>9786255548580</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
+          <t>Üslupbilimi Açısından Bekir Sıtkı Çobanzade’nin Şiirlerinin İncelenmesi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>35</v>
+        <v>260</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055193102</t>
+          <t>9786255548429</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Ekonomi</t>
+          <t>Türkiye Türkçesi Ağızları Tıp Terimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786258069617</t>
+          <t>9786257431309</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Şahabeddin Uzunkaya</t>
+          <t>Factors In Determining Drug Prices</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786258069495</t>
+          <t>9786255548153</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sen Değiş Ki Dünya Değişsin</t>
+          <t>Children And Space: Multidisciplinary Perspectives On Design And Education</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>155</v>
+        <v>700</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786258069396</t>
+          <t>9786255548344</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Afşinli Taki Muhammed ve Mevlitleri</t>
+          <t>Troya Sanat Dergisi 1. Sayı</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786258069358</t>
+          <t>9786255548276</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kitabı</t>
+          <t>Enfeksiyon Etkeni Bakteriler ve Tanı Yöntemleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055193232</t>
+          <t>9786255972958</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finansman</t>
+          <t>Vahidi Tecaribü’l-İnsan</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786058348714</t>
+          <t>9786255972590</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Küresel Enerji Sektöründe Yer Alan Şirketlerinin Kurumsal Yönetim Uygulamaları İle Finansal Performansları Arasındaki İlişki</t>
+          <t>Seyyid Ali Sultan Kızıldeli</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055193522</t>
+          <t>9786255972033</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kablosuz Ağ Teknolojileri Ve Şifreleme</t>
+          <t>Gagauz Bilmeceleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>35</v>
+        <v>650</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059743068</t>
+          <t>9786255972644</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Matematik İşletme İktisat ve Ekonomi Uygulamaları</t>
+          <t>Anadolu Efsaneleri Derleme- Değerlendirme ve Toplumsal Cinsiyet Analizi (Ankara Örneği)</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>65</v>
+        <v>450</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786258009330</t>
+          <t>9786255972651</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Kriz Ortamında Finansal Tüketici Davranışları</t>
+          <t>Mevlit Hikayeleri (Destan- Fățimatü'z-Zühri- Destan-ı Ḥicābet- Destan-1 Hibal- Destan-ı Hilal- Destan-ı Oğlancık- Destan-ı Muḥammed Ḥanefi ve Destan-ı İsmail)</t>
         </is>
       </c>
       <c r="C383" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786258009002</t>
+          <t>9786255548405</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddetin Bir Başka Yüzü Ekonomik Şiddet</t>
+          <t>Küresel Habercilik ve Dış Politika</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786258009170</t>
+          <t>9786255548221</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İnsan Kaynakları Yönetimi ve Değişim Yönetimi Kapsamında Jandarma Teşkilatında Reorganizasyon</t>
+          <t>Seyahat Jurnali &amp; Küçük Bir Seyahat/ Direktör Ali Bey</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786258009231</t>
+          <t>9786256139961</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Harp Dönüşü</t>
+          <t>Dijital Çağda Ticaret, Lojistik ve Toplumsal Dönüşüm</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786258009408</t>
+          <t>9786256139886</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi İşaretli Ürünler Gastronomi Turizmi ve Bölgesel Kalkınma</t>
+          <t>Dâfièü’l-Hüzn (İnceleme-Metin- Dizin)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786258009019</t>
+          <t>9786256139596</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ölçülebilir Eğitim (Ciltli)</t>
+          <t>Bir Milletin Kaderini Değiştiren Ada Midilli</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786258009064</t>
+          <t>9786256139442</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Gaziantepli Seyyid Muhammed Ali Rıza'nın Gencü'l-Esrar'ı</t>
+          <t>Türk Dilinde İkilemeler</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>390</v>
+        <v>650</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786257431736</t>
+          <t>9786255972750</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yüzme</t>
+          <t>Hüseyin Kami (Kaşif Dehri) Müteverrime (İnceleme Metin)</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>34</v>
+        <v>290</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786258009514</t>
+          <t>9786256139800</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Salon Sporları</t>
+          <t>Yapay Zeka ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>34</v>
+        <v>550</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786257431743</t>
+          <t>9786255548382</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Beslenmesi</t>
+          <t>Çocuklar Çiçek Gibidir/Çocuğumla Yaşadığım Sorunları Birde Manevi Rehberimle Görüşeyim</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>34</v>
+        <v>320</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786258009450</t>
+          <t>9786255548337</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Yüzme</t>
+          <t>Gürcistan Türkleri ve Gürcistan Türk Kültürü</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>34</v>
+        <v>350</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786258009477</t>
+          <t>9786256579811</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Bilardo</t>
+          <t>Artificial Intelligence And Sustainability</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>34</v>
+        <v>500</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786258009491</t>
+          <t>9786256714007</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet</t>
+          <t>Polis Cüzdanı - Türk Polis Tarihinin İlk Eserlerinden</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>34</v>
+        <v>290</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786257431750</t>
+          <t>9786256957220</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Hentbol</t>
+          <t>Kültürlerarasılık &amp; Göstergebilimin</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>34</v>
+        <v>350</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786258009460</t>
+          <t>9786255548047</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Atletizm</t>
+          <t>Kitâb-ı Meşâyıh-Nâme Min Te'lifi Selmân-i Fârisî</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>34</v>
+        <v>300</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786258009767</t>
+          <t>9786255972064</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Akademik Çeviri Eğitimi Araştırmaları</t>
+          <t>Söğüt'ten İstanbul'a Şiir Yüklü Kervan</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786258009750</t>
+          <t>9786255548290</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Elektronik Oy Kullanımı</t>
+          <t>Tanzimat Romanının Arketipsel Evreni Yenileşme Dönemi Türk Anlatılarının Arketipsel Eleştiri Yöntemi İle İncelenmesi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786258009729</t>
+          <t>9786256139817</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Tarihine Damga Vuran Bir Bilim Kadını Alice Salomon</t>
+          <t>Nükleer Enerji ve Çevresel Algı/Akkuyu, Sinop, İğneada</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786257431958</t>
+          <t>9786255548320</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Turizm Destinasyonu El Kitabı</t>
+          <t>Distopya</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786258009811</t>
+          <t>9786255548313</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Rus Sözlükbilimi</t>
+          <t>Modern Evliya Çelebi Çanakkale’de</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786258009620</t>
+          <t>9786255972484</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Edebiyat Arasında Yeni Yaklaşımlar</t>
+          <t>Anlambilim Araştırma Alanları ve Sınırları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786257431224</t>
+          <t>9786256321342</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Silifke Tarihinden Sayfalar (Ciltli)</t>
+          <t>Dijital Liderlik, Entelektüel Sermaye ve Sosyal Sermaye: Sağlık Çalışanları Örneği</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786258009484</t>
+          <t>9786255972187</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Edebiyat Çalışmaları</t>
+          <t>Osmanlı Mirasında Etnik Çatışma</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786257431477</t>
+          <t>9786256139015</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. İlker Alp’e Armağan Kitabı</t>
+          <t>Skamandria Troas'ın Kayıp Kenti</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786258009682</t>
+          <t>9786255972446</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Bitki Korumada Son Gelişmeler</t>
+          <t>Sürdürülebilir Kalkınma ve Yeşil Ekonominin Geleceği: BRIC-T Ülkeleri Perspektifi</t>
         </is>
       </c>
       <c r="C407" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786258069211</t>
+          <t>9786256579262</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Nanoteknolojide Sağlık ve Çevre Riskleri</t>
+          <t>Vezaifi Zabıta: Polis Tarihinin İlk Eserlerinden</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786258069143</t>
+          <t>9786255548306</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Bandırma Müzesi Bizans Dönemi Küçük Eserleri</t>
+          <t>Birinci Dünya Savaşı ve Cepheler (Büyük Harbin Tarihi)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786258069099</t>
+          <t>9786255548078</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kumbuca Paşa</t>
+          <t>Tarihsel Yapıların Derinliği Fernand Braudel ve Annales Okulunun Yenilikçi Bakış Açısı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786258069051</t>
+          <t>9786255548283</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Binek Otomobillerin Vergilendirilmesi : Özel Tüketim Vergisi Uygulaması</t>
+          <t>Anayasa Hukuku</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786052292266</t>
+          <t>9786256139732</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Programlamaya Giriş</t>
+          <t>Destinasyonlarda Dijital Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786052292228</t>
+          <t>9786255972897</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Altay Dilleri Dil Bilimine Giriş</t>
+          <t>Küçük ve Orta Ölçekli İşletmelerde Pazarlama (Stratejik Bir Yaklaşım)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786052292181</t>
+          <t>9786255972880</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Eril Alanda Kadının Varoluş Savaşı</t>
+          <t>Türkçede - (X/A) Geniş Zaman Biçim Birimi: Eski Türkçeden Türkiye Türkçesine Anlam ve İşlev Alanları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059226431</t>
+          <t>9786255972156</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Ticari İletişim</t>
+          <t>Anıların İçinde Edebi Portreler</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>24</v>
+        <v>550</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786052292082</t>
+          <t>9786255972989</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Türk Bitig</t>
+          <t>Bağdat ve Son Düşüş Hikayesi</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786052292112</t>
+          <t>9786255972767</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Hizmet Pazarlaması ve Kalite Yönetimi</t>
+          <t>Uygur Meşrepleri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786058290976</t>
+          <t>9786256139893</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi Ders Kitabı</t>
+          <t>Göğsümde Duyduğum Korkunç Boşluk</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>33</v>
+        <v>320</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786057691446</t>
+          <t>9786256139749</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Web Programlama-Ext.net-Entity Framework Asp.net.C#</t>
+          <t>Güney Slavlarında Ağıt Ve Ağıt Yakma Pratikleri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786057691255</t>
+          <t>9786255972255</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Karşıdaki Komşularımız Türkosporoslar</t>
+          <t>Osmanlı'dan Cumhuriyet’e Türk Tarihi Olaylar</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>135</v>
+        <v>500</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786057691019</t>
+          <t>9786255548146</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Organizasyonel Davranış</t>
+          <t>Zamanın İçinde Silifke Lütfi Ugur Yazıları</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786057691002</t>
+          <t>9786255972118</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap 1</t>
+          <t>Orhun Abideleri'ndeki Kelimelerin Ses ve Anlamı Bakımından Özbek Türkçesi İle Karşılaşılması</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>125</v>
+        <v>380</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786052292976</t>
+          <t>9786255972323</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bilim ve Teknoloji Akademik Araştırmalar</t>
+          <t>Türkçe Açıklamalı Örnekli Rusça Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>28</v>
+        <v>450</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786057691286</t>
+          <t>9786255972583</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Anlatıyı “Yapı”dan Okumak</t>
+          <t>Yeni Nesil Girişimcilik</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786052292563</t>
+          <t>9786255972217</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Türk Kurtuluş Savaşı</t>
+          <t>Sinema ve Gerçek</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786052292433</t>
+          <t>9786255548184</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Finansal Başarısızlık Tahmini ve Yapay Sinir Ağları Modelinin Kullanımı</t>
+          <t>Sanatkarın Bir Roman Kahramanı Olarak Portresi</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>25</v>
+        <v>380</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786052292617</t>
+          <t>9786255548108</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Vücudi Şahid-i Ma'na</t>
+          <t>Mehmet Rauf Pervaneler Gibi</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786052292594</t>
+          <t>9786255548122</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Yabancılaşma</t>
+          <t>Yabancılara Türkçe Öğretiminde Değerler: Gülten Dayıoğlu'nun Gelincik Dizisi</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786052292624</t>
+          <t>9786255972460</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Ekonomi Bakış Açısıyla Yeşeren Turizm</t>
+          <t>Geleneğin Zirvesindeki Aşık: Karacaoğlan</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>55</v>
+        <v>350</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786052292099</t>
+          <t>9786255972941</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Türk-Ermeni İlişkileri (1918-1923)</t>
+          <t>1. Doğu Türkistanlı Lisansüstü İlahiyat Öğrencileri Sempozyumu</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>55</v>
+        <v>320</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786052292983</t>
+          <t>9786255972088</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Akademik Araştırmalar Kitap 3</t>
+          <t>Türkiye Türkçesinde Çok Anlamlılık</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786052292945</t>
+          <t>9786255972262</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Akademik Araştırmalar Kitap 1</t>
+          <t>İbn Sîrîn’in Tabirnâmesi'nin Türkçe Bir Tercümesi: Terceme-i Tabirname-i İbn Sirin</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786057691750</t>
+          <t>9786256139787</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Nöro Politika</t>
+          <t>Kalbin Nahif Sesi Şerif Benekçi</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786057691743</t>
+          <t>9786255972453</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Taking a Snapshot of An Education Reform</t>
+          <t>Sait Faik Abasıyanık Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786057691569</t>
+          <t>9786255548085</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Tzvetan Todorov - Edebiyat ve Sanat Tartışmaları</t>
+          <t>Eğitimde ve Davranış Bilimlerinde Hiyerarşik Doğrusal Modellerin Kullanımı ve HLM Uygulamaları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786057691576</t>
+          <t>9786255972101</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eleştirisi</t>
+          <t>Eski Anadolu Türkçesi Özellikleri Gösteren Bir Kıssa-yı Yusuf</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>180</v>
+        <v>680</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786052292327</t>
+          <t>9786256139831</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kale Kent</t>
+          <t>Sanal Kamusal Alanda Sınıf ve Kimliklerin Sunum Pratikleri: Twitter, Instagram ve Facebook Örneğinde Bir Alan Araştırması</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786052292402</t>
+          <t>9786255972224</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı ve Öncesi Japon Dili Eğitimi Tarihi</t>
+          <t>Mehmed Hayreddin Niçin Rü'ya Görürüz Veya Rü'yanın Mahiyeti Tabi'iyesi</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786057691026</t>
+          <t>9786255972095</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Soluyan Sözlar (Şiirler)</t>
+          <t>1. Uluslararası Balkan Sempozyumu Bildirimi Kitabı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786056731617</t>
+          <t>9786256139756</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri Pazarlaması</t>
+          <t>Pişmanlık</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786052292341</t>
+          <t>9786255972200</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Dictionary of Linking Words</t>
+          <t>Tek Parti Dönemi Cezaevleri (1923-1950)</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786052292044</t>
+          <t>9786256139657</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmeciliği</t>
+          <t>Türkçe Dilbilgisi Alanyazınında Çokterimlilik Sorunu: Terim Sözlükleri Örneği</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786052292006</t>
+          <t>9786255972866</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Turizm: Modeller ve Uygulamalar (Bozcaada Örneği)</t>
+          <t>Çocuk Resimlerinde ''Mekan'' Kavramı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>29</v>
+        <v>320</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786052292051</t>
+          <t>9786255972309</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Personel Güçlendirme ve Örgütsel Öğrenmenin Örgütsel Yaratıcılığa Etkisi: Konu İle İlgili Bir Araştırma</t>
+          <t>Türkiye Yüzyılında Romanlar</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786052292075</t>
+          <t>9786255972149</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'nin Bazı Köylerinin Toplumsal Yapı Araştırmaları</t>
+          <t>Ma‘şuk-name</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786057691101</t>
+          <t>9786255548023</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Türk Edebiyatı’nın Pragmatiği</t>
+          <t>Kur’anda Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786057691125</t>
+          <t>9786255548214</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Malzeme Teknolojisi</t>
+          <t>Çevre Hakkında 100 Bilimsel Gerçek</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786052292914</t>
+          <t>9786255548207</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Aysar Sezi</t>
+          <t>Dünyayı Kurtar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>12</v>
+        <v>300</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786056591792</t>
+          <t>9786256579057</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Grameri</t>
+          <t>Tasavvufi Türk Halk Edebiyatı</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>70</v>
+        <v>420</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786052292549</t>
+          <t>9786255972491</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Lalecin Türkçesi</t>
+          <t>Türkiye Siyasi Tarihinde Osmaniye (1920-2015)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786052292396</t>
+          <t>9786255972415</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Yerli Bilimkurgu Yükseliyor - Bilimkurgu Öykü Seçkisi 2018</t>
+          <t>Karakalpak Türklerinin Atasözleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786052292365</t>
+          <t>9786255972071</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Aklın Senfonisi</t>
+          <t>40. Sanat Yılında Ozanların Gönül Dilinden Prof. DR. Bayram Durbilmez'e Şiirler</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786056776168</t>
+          <t>9786256139534</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama - İlkeler, Genel Stratejiler</t>
+          <t>Abdulah Škaljić’in Turcizmi U Srpskohrvatskom Jeziku Adlı Eserindeki Türkçe Verintilerin Tematik Sınıflandırılması</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>29</v>
+        <v>400</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786056776151</t>
+          <t>9786256139985</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Genel Vergi Hukuku Uygulamaları</t>
+          <t>Kaçkın</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>27</v>
+        <v>300</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786058348707</t>
+          <t>9786256139466</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Sürgünden Vatana</t>
+          <t>Adilcevazlı Molla Bekir Divanı</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>33</v>
+        <v>300</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786056731600</t>
+          <t>9786256139275</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Düşünü Bilmek</t>
+          <t>Edirneli Hacı Muşli Ta'birü'l-Menamat (İnceleme- Metin-Tıpkıbasım)</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>25</v>
+        <v>500</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059226516</t>
+          <t>9786256321953</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Zooloji Ders Notları</t>
+          <t>Batmanlıların Sığınmacılara Yönelik Algısı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>165</v>
+        <v>290</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786052292129</t>
+          <t>9786256714816</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yeni Başlayanlar İçin Açıklamalı Fransızca Dilbilgisi</t>
+          <t>Kadın Folkloru Kuram ve Yöntem Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786056592126</t>
+          <t>9786256321878</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesinde Siperden Gerçeklere</t>
+          <t>Bulgaristan’dan Türkiye'ye Yapılan Yakın Akraba Göçü ve Göçün Türk Basınına Yansımaları</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786052292419</t>
+          <t>9786256321908</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Zarif Beşiri ve Çuvaş Edebiyatı</t>
+          <t>Sigortacılık İşlemleri ve Muhasebesi Çözümlü Örnek Problemlerle</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786056776144</t>
+          <t>9786256714175</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yerel Yönetimlerin Mali Yapısı</t>
+          <t>Türkiye Faunası Omurgalılar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>24</v>
+        <v>290</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786052292839</t>
+          <t>9786256321601</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Yeni Yüzü Nöropazarlama</t>
+          <t>Sanatın Felsefesi ve Ekonomi Politiği Üzerine</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786052292853</t>
+          <t>9786256321731</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Finansal Derinleşme ve İş Çevrimi İlişkisi</t>
+          <t>Burdur Müzesi Cam Eserler Kataloğu</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>290</v>
+        <v>420</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786052292877</t>
+          <t>9786256905870</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Skamandria - Troas'ın Kayıp Kenti</t>
+          <t>19. Yüzyılda İngilizce Yazılmış Seyahatnamelere Göre Anadolu’da Sosyal Kültürel ve Ekonomik Hayat</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>300</v>
+        <v>850</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055553555</t>
+          <t>9786256579545</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Turizm Ekonomisi</t>
+          <t>Bir Varmış Bir Yokmuş Yeki Bud Yeki Nebud Muhammed Ali Cemalzade</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786055193317</t>
+          <t>9786256714441</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Sesler Dergisi Bibliyografyası</t>
+          <t>Sınır Güvenliği Bağlamında Avrupa Birliği’ne Yönelik Düzensiz Göçler</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054393497</t>
+          <t>9786256321083</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Türk-Alman Göçmen Edebiyatı</t>
+          <t>Din-Suç İlişkisi</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786055193546</t>
+          <t>9786256321069</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Politik Liderlik ve Bülent Ecevit</t>
+          <t>Türkçe Sözlük'te Yabancı Sözler</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055193188</t>
+          <t>9786256579453</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>E-Ticaret</t>
+          <t>Özel Gereksinimli Öğrencilerde Değerlendirme</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>25</v>
+        <v>550</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055193447</t>
+          <t>9786256321120</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Dünya’da ve Türkiye’de Yoksulluğun Özgün Yapısı ve Yoksullukla Mücadele</t>
+          <t>Analiz II (Cilt I – Cilt II)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>24</v>
+        <v>850</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055193355</t>
+          <t>9786256714946</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi'nde Kuram - Yöntem - Güncel Yaklaşımlar</t>
+          <t>Lojistik ve Tedarik Zinciri Yönetimi: Güncel Yaklaşımlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>50</v>
+        <v>290</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786054393695</t>
+          <t>9786256714892</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı</t>
+          <t>Kars'ta Mizah Kültürü Psikolojik ve Sosyolojik Bir Mesele Olarak Mizah</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>35</v>
+        <v>400</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055193409</t>
+          <t>9786256714885</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta İletişim</t>
+          <t>Yeni Perspektifler</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786054393411</t>
+          <t>9786256579392</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Ekonomiye Giriş</t>
+          <t>Anılardan Romana Gerçeğin Kurmacası</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9780000345820</t>
+          <t>9786256822764</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynaklarında Outsourcing - Türkiye Örneği</t>
+          <t>Politik Bir Mesele Olarak Osmanlı'da Kadın - Sorunlar ve Çözüm Arayışları</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>36</v>
+        <v>320</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055193133</t>
+          <t>9786258240412</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>İlk Ekonomi</t>
+          <t>Ulaştırma Sistemleri Altyapılarının SPSS ile Analizi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055193454</t>
+          <t>9786256714298</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Veritabanı İlkeleri ve Yönetim Sistemleri</t>
+          <t>Kültürlerarası Araştırmalar Cumhuriyetimizin 100. Yılı Anısına Kültürlerarasılık ve Karşılaştırmalı Dilbilim Çalışmaları</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786058454705</t>
+          <t>9786256714397</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Psikolojisi</t>
+          <t>Vergi Kavram ve Yaklaşımları</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055193164</t>
+          <t>9786057691798</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Avrupasında Resim Sanatı</t>
+          <t>The Secret of Totem</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>30</v>
+        <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055193034</t>
+          <t>9786057691811</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Pozitif İletişim</t>
+          <t>Modern Mythology</t>
         </is>
       </c>
       <c r="C480" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055193140</t>
+          <t>9786057691828</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Temel Kavramları</t>
+          <t>Magic and Religion</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>50</v>
+        <v>250</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786056259043</t>
+          <t>9786057691859</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Sosyolojisi ve Türk Modernleşmesi</t>
+          <t>Ethnology in Folklore</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786054393718</t>
+          <t>9786257431590</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Çanakkale (25 Kasım 1912'den 10 Kasım 1938'e)</t>
+          <t>Dil Öğretiminde Yeni Teknik ve Yöntemler</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786058348721</t>
+          <t>9786056731624</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele Tarihi</t>
+          <t>Askerin Günlüğü</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786052292013</t>
+          <t>9786256714519</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Gerçekleş(e)meyen Türk - Sovyet İttifakı (1939)</t>
+          <t>Ahmed Hazım Bey Develili Aşık Seyrani ve Sanihat-ı Seyrani</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786056731631</t>
+          <t>9786256905290</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Le' Ali</t>
+          <t>Anlatı Söylemi Üzerine</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786056776199</t>
+          <t>9786256579859</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye'de Siyasetin Sosyolojik Temelleri</t>
+          <t>Dijital Çağda AB Ekonomik Bütünleşmesi</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786056686191</t>
+          <t>9786256579354</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Yeni Bir Trend Nöropazarlama ve Örnek Uygulamaları</t>
+          <t>XIX. Yüzyıl Başlarında Osmanlı Müsadere Usulünde: Alemdar Mustafa Paşa</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786058317031</t>
+          <t>9786256822894</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Lehçeleri</t>
+          <t>Yakup Kadri Karaosmanoğlu’nun Romanlarında İdeoloji</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786056776137</t>
+          <t>9786256714212</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kamu Maliyesi</t>
+          <t>Spinoza Ontolojisi Ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>29</v>
+        <v>320</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786052292600</t>
+          <t>9786256579286</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Büyüme İçin Enerji ve Kooperatifler</t>
+          <t>Müstecabizâde İsmet’in Eserlerinde Ulusal Akım ve Millî Romantik Duyuş</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786052292440</t>
+          <t>9786256822849</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Aşık Kul Kalender</t>
+          <t>XIX. Yüzyıla Ait Çağatayca Tıp Metni Cilt-I (Giriş-İnceleme-Metin) Cilt-II (Dizin-Tıpkıbasım)</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>28</v>
+        <v>900</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786052292105</t>
+          <t>9786256905054</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Zooloji Laboratuvar Kılavuzu</t>
+          <t>Hikayet-i Köroğlu Sultan</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786058317086</t>
+          <t>9786256822955</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Temel Bilgi Teknolojileri 1</t>
+          <t>İslami Dönem Türk Destanlarında Kahraman Tipi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054393473</t>
+          <t>9786256822207</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Bestecilerinde Viyolonsel</t>
+          <t>Türkiye’nin Özbekistan’a Yönelik Kültür ve Dil Politikaları</t>
         </is>
       </c>
       <c r="C495" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786058290938</t>
+          <t>9786256957206</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Temel Bİlgi Teknolojileri 2</t>
+          <t>Resim Eğitiminde Resimde Mekan Kavramı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786052292709</t>
+          <t>9786256905825</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Dünyasında Doğru Sandığımız Yanlışlar!</t>
+          <t>Silifke Kentimizn İnsanları - 1</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786052292723</t>
+          <t>9786256905955</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Görünüşe Bakarken</t>
+          <t>İki Binli Yıllarda Medya ve Kadın</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786052292686</t>
+          <t>9786256822085</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olay ve Performans Uygulamaları İle İşletme Yönetimi</t>
+          <t>Öz-iletişim: Kendini Bilmek Öz-Farkındalık ve Bilinçli Farkındalık (Mindfulness) Öz-Değer Öz-Şefkat Özgüven</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>28</v>
+        <v>220</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786052292556</t>
+          <t>9786256905108</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmelerinde Yetenek Yönetimi</t>
+          <t>Sivas, Altınyayla (Tonus) Yöresi Halı ve Düz Dokuma Yaygıları</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>215</v>
+        <v>400</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786052292532</t>
+          <t>9786256822146</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Üzerine Yazılar</t>
+          <t>Bayramiç’in Düşman İşgalinden Kurtuluşunun 100. Yılı Anısına Geçmişten Geleceğe Bayramiç</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786052292488</t>
+          <t>9786256905795</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Turizm Coğrafyası</t>
+          <t>Yeşilce’den Esintiler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059714150</t>
+          <t>9786256905696</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Fortran 90 İle Programlama</t>
+          <t>Son Yüzyılda Türkiye’de Depremler</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786056592157</t>
+          <t>9786256957886</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Örnek Olaylarla Finansal Muhasebe - Genişletilmiş 2. Baskı</t>
+          <t>Tanzimat’tan Cumhuriyet’e Eğitimin Modernleşmesi ve “Maarif Hakkında Layihalar”</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786052292242</t>
+          <t>9786256905207</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Sosyolojik Temelleri</t>
+          <t>Tekinsiz Fotoğraf</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786055193263</t>
+          <t>8690000048090</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finansal Piyasalar ve Portföy Yönetimi</t>
+          <t>Uygur Türkçesi Grameri + Çağdaş Türk Lehçeleri Set</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>50</v>
+        <v>380</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786058454798</t>
+          <t>9786258118162</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Dikiş Makinesi</t>
+          <t>Konya Savunma Havacılık Sanayii ve Silah Muhimmat Ekosistemi</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786058317062</t>
+          <t>9786256957800</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular Tarihi Ders Kitabı</t>
+          <t>Kayıp Bir Dilin İzinde Tarihi Bir Türk Lehçesinin Avrasya Dillerindeki Örtük İzleri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>32</v>
+        <v>600</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786058317079</t>
+          <t>9786256905146</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>İslam Kültür ve Medeniyeti Tarihi Ders Kitabı</t>
+          <t>Şiir ve Felsefe İlişkisi - Cahit Koytak Şiiri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>33</v>
+        <v>350</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786052292204</t>
+          <t>9786256957336</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Troya’nın Gelini Helene 1</t>
+          <t>Mitoloji Araştırmaları IV</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059743037</t>
+          <t>9786256905252</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Turizm Pazarlaması</t>
+          <t>Kazan Tatar Türklerinden Abdürreşit İbrahim’in Rusya’dan Japonya’ya Türk-İslam Mücadelesi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786052292495</t>
+          <t>9786256905283</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Biyolojide Özel Konular</t>
+          <t>Gastronomi Turizmi - Deneyimsel Perspektiften İnceleme</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>95</v>
+        <v>350</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786052292280</t>
+          <t>9786256957763</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Eğitimi</t>
+          <t>Cimcime</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>38</v>
+        <v>180</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786052292297</t>
+          <t>9786258240436</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Sanat, Edebiyat Sosyolojisi</t>
+          <t>Hasan Rıza (1849-1920) Dîvan</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786052292150</t>
+          <t>9786256957978</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Şehitler Abidesi</t>
+          <t>Doğumunun 60. Yılında Mehmet Ölmez Armağanı Bilge Biliglig Bahşı Bitigi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786056686177</t>
+          <t>9786256957374</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Liderlik Üzerine Güncel Yazılar</t>
+          <t>Osmanlı Yazışma Usüllerine Giriş İnşa-i Elkab-ı Cedid</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786058454729</t>
+          <t>9786256957398</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesi</t>
+          <t>Seyyid Muhammed Ali Rıza - Şahin Behiştü'l-Hazinin</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>35</v>
+        <v>550</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786058454736</t>
+          <t>9786057216816</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Memnuniyeti ve Müşteri Şikayet Yönetimi</t>
+          <t>Japon Tarihçi M. Matsubara’nın Gözüyle Kazak Türkleri Doğu Türkistan’dan Türkiye’ye Özgürlük Göçü (1934-1953)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059743051</t>
+          <t>9786258187939</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Bilecik İli Ağız İncelemesi</t>
+          <t>Turist Rehberleri ve Rehber Adayları İçin Anadolu’da Türk İslam Dönemi Mimari Yapılar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>400</v>
+        <v>480</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786054393428</t>
+          <t>9786256957060</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Finansal Muhasebe</t>
+          <t>Şairin Lirik Mülkü: Gazel</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>24</v>
+        <v>340</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786054393480</t>
+          <t>9786057216861</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Word Excel 2013</t>
+          <t>Python ile Finans Matematiği</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786056686139</t>
+          <t>9786256957343</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Genel Turizm</t>
+          <t>Milli Mücadele ve Havacılık</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786058290907</t>
+          <t>9786057285812</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Kalkınmada Yeni Dinamikler</t>
+          <t>Turizm ve Destinasyon Araştırmaları-II</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786056686184</t>
+          <t>9786057217219</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Yavaş Yemekten Yavaş İşletmeciliğe Kurumsal Bir Yaklaşım</t>
+          <t>Türkiye İşgücü Piyasası Sorunları, Politikaları ve Öneriler</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>45</v>
+        <v>290</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786054393442</t>
+          <t>9786057219077</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Dünya Siyasi Tarihi</t>
+          <t>Dezavantajlı Grupların Sosyoloji̇si̇ Eşi̇tsi̇zli̇kler, Ri̇skler ve Çözümler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>65</v>
+        <v>420</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786054393404</t>
+          <t>9786256957299</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Yeni Yaklaşımlar</t>
+          <t>Çalışma Hayatının Güncel Sorunları</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786054393398</t>
+          <t>9786256957237</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik Üzerine Notlar</t>
+          <t>Sosyal Politika ve Çalışma İlişkilerinde Güncel Sorunlar: IV</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786055193393</t>
+          <t>9786057282934</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık ve Kambiyo İşlemleri</t>
+          <t>Ömer Bahtiyar - Name</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>50</v>
+        <v>450</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786055193478</t>
+          <t>9786258187687</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Kültürleri, Gençlik Edebiyatı ve İlk Gençlik Romanları</t>
+          <t>Trafik Kazalarında Taşıtların İncelenmesi</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786054393329</t>
+          <t>9786258240511</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Atatürk ve Liderlik</t>
+          <t>Akademide Nezaket Usübu Prof. Dr. Lhan Genç Armağanı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>95</v>
+        <v>750</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059743112</t>
+          <t>9786258187359</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Çatışma ve Uzlaşma Bağlamında Siyasetin Psikolojisi</t>
+          <t>Anadolu Mutfağında Sokak Lezzetleri Gaziantep</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786054393350</t>
+          <t>9786258240115</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Paraya Dair</t>
+          <t>İklim Sarmalında İnsan - Antikçağdan 20. Yüzyıla</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786052292679</t>
+          <t>9786258240405</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İtibar Yönetimi ve İ.Y'nin Müşteri Tercihlerine Etkisi</t>
+          <t>Horoztepe’den Günümüze 6000 Yılda Tokat</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>100</v>
+        <v>470</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786257881463</t>
+          <t>9786258187304</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>The Neolithic Architectural Structures and Cultural Landscape of Sumaki Höyük</t>
+          <t>Olay Yeri İnceleme Lastik İzleri</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786257686655</t>
+          <t>9786258187786</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Uygur Efsaneleri</t>
+          <t>Çevrenin Korunması ve Çevre Sorunlarının Azaltılmasında Ekolojik Akımların Rolü: Kamu Kurumları Örneği</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786257686938</t>
+          <t>9786258187335</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Sürelerinde Esneklik ve Kısmi Süreli (Part-Time) Çalışma</t>
+          <t>Osmanlı'dan Cumhuriyet'e Bir Aydının Anatomisi İzzet Ulvi Aykurt</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786257686365</t>
+          <t>9786258240542</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Roman Teknikleri</t>
+          <t>Füruzan - Halit Ziya Uşaklıgil</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786258009101</t>
+          <t>9786258187663</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Remzi Baba - Hadikatü'l-Uşşak</t>
+          <t>Üniversite - Toplum Buluşmasında Üniversite Haftaları</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>65</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786257431699</t>
+          <t>9786258240306</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Normale Geçiş ve Vergi Yapısının Rasyonelliği</t>
+          <t>Hurufat Defterlerine Göre Diyarbakır Camileri</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786257431934</t>
+          <t>9786258187977</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Romanya'da Türkçeye Adanmış Bir Ömür Şair Emel Emin</t>
+          <t>The Name Of a Historical Geography: İskilip</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786257431118</t>
+          <t>9786258187953</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Uygur Şiiri Antolojisi</t>
+          <t>Tedarik Zinciri Yönetiminde Sürdürülebilirlik ve Teknoloji</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786257686822</t>
+          <t>9786258187960</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Medya Okumaları Türk Sineması</t>
+          <t>Orta Asya, Kuzey Avrupa, Trakya ve Balkan Coğrafyası’nın Kültürel Kodlarıyla Harmanlanmış Kadım Bir Gelenek – Bocuk Gecesi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786257431088</t>
+          <t>9786258187236</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Yapanlar Ama Yazamayanlar</t>
+          <t>Monetary Policy</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786257431255</t>
+          <t>9786258187496</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Hikayesinde Bürokrasi ve Memur/Bürokrat (1923-1350) (Ciltli)</t>
+          <t>Çanakkale'de Kapı Komşumuz Yahudiler</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786257881708</t>
+          <t>9786258187779</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Üniversitelerde Kurumsal Risk Yönetimi Uygulamaları</t>
+          <t>Entelektüel Sermaye Finansal Performans İlişkisi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786057691767</t>
+          <t>9786258118667</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 5</t>
+          <t>Kalırsa Söz Kalır Sezer Aslan (Aşık Mesti)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786057691637</t>
+          <t>9786258187199</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 6</t>
+          <t>Kültürlerarasılık ve Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786057691651</t>
+          <t>9786258187205</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 8</t>
+          <t>Prof. Dr. Mehmet İsmail Armağanı</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786057691736</t>
+          <t>9786258187250</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 9</t>
+          <t>Melet Çayı Havzası'nda Arazi Kullanımı ve Mekansal Değişim</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786057691606</t>
+          <t>9786258187052</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Neşati - Tuhfetü’l - Uşşak (Ciltli)</t>
+          <t>Yabancılara Türkçe Öğretiminde Okuma Metinleri ve Yardımcı Okuma Kitapları</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786057691590</t>
+          <t>9786258118995</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Serbest Liman Uygulamaları, Liman Merkezli Lojistik ve Kruvaziyer Turizmi; Antalya Limanı</t>
+          <t>Dünya Politikasında Avrasya</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786057691521</t>
+          <t>9786258118834</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Psikososyal Risk Faktörleri</t>
+          <t>İthalat Üzerinden Alınan Vergi Ve Eş Etkili Mali Yükümlülüklerin Hukuki, İktisadi Ve Mali Etkisi: Türkiye Analizi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786057691217</t>
+          <t>9786258118858</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Artırılmış Gerçeklik ve Siyasal Pazarlama</t>
+          <t>İklim Krizi ve Enerji</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786057691156</t>
+          <t>9786258118872</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap 2</t>
+          <t>Deolojiden Metne Erken Cumhuriyet Dönemi Türk Romanında Dinsel Tiplojiler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786057691330</t>
+          <t>9786258069822</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Ütopik Hikayeler</t>
+          <t>Geçmişten Geleceğe Küçük Asya Anadolu</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>160</v>
+        <v>380</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786258009088</t>
+          <t>9786258118513</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Sosyal Bilimler Sempozyumu (Ciltli)</t>
+          <t>20. Yüzyıl Düşünce Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786257431811</t>
+          <t>9786258118452</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem İktisadi ve Mali Gelişmelerin Makro Analizi, Ekonomi Politik Değerlendirmeler</t>
+          <t>Kyzikos’tan Arteke’ye Erdek Ve Kapıdağı Tarihi</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786257431415</t>
+          <t>9786258069921</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Ana Dili Öğretiminde Çocuk Edebiyatı Ürünleri Üzerine İncelemeler</t>
+          <t>Ekinden Ekin Biçenler</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055193027</t>
+          <t>9786258118407</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatımızda Popüler Roman ve Aka Gündüz</t>
+          <t>Gökbel Vadisi’nde Jeoturizm, Kültürel Peyzaj Ve Etnojeoloji</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257686969</t>
+          <t>9786258118322</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Kariyer Yönetimi Ve Örgütsel Bağlılık</t>
+          <t>Boş Zamanlar Sosyolojisi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>350</v>
+        <v>85</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257431125</t>
+          <t>9786258118186</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Eşeknağme</t>
+          <t>Üretim Yönetimi ve Pazarlamada Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786257686884</t>
+          <t>9786257431583</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Mihail Çakir’in Gagauzca (Türkçe) - Rumence Sözlüğü (İnceleme-Metin) - (Ciltli)</t>
+          <t>Yeşilce'de Çağdaş Yaşamın İz Düşümü</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>350</v>
+        <v>55</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257686891</t>
+          <t>9786258069907</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Yurt Tutan Macarlığın Oluşumu (Ciltli)</t>
+          <t>Büyük Harbin Şahitleri</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786257686051</t>
+          <t>9786258069860</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetiminde Öğretmen Davranışları</t>
+          <t>Siyasi İdari Kültürel Ve Ekonomik Alanda Silifke (1920-1936)</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786257881487</t>
+          <t>9786258069877</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yapı</t>
+          <t>Alamancı Necati Seyyar</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786257881531</t>
+          <t>9786258069891</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi</t>
+          <t>Frauengestalten In Den Romanen Von Heinrich Böll</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786257881272</t>
+          <t>8690000047833</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Bir Ortamda Yerleşim Stratejisindeki Değişimler</t>
+          <t>7. Sanat ve Senaryo</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786257881456</t>
+          <t>9786055193201</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Kültür Ortamında Bir Aşık: Şemsi Yastıman</t>
+          <t>Türk Macar İlişkileri Üzerine Seçme Yazılar</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786257881418</t>
+          <t>9786059743044</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Yurtiçi Tasarruf ve Yatırım Hacmi Arasındaki İlişki: OECD Ülkelerinde Feldstein-Horioka Hipotezi Üzerine Bir Uygulama</t>
+          <t>Öğretim İlke ve Yöntemleri</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>290</v>
+        <v>135</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257431668</t>
+          <t>9786055193553</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığa Adanmış Bir Ömür Afşar Timuçin'in Hikayeciliği (Ciltli)</t>
+          <t>Milliyetçiliğin Yakın Tarihi</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257431620</t>
+          <t>9786055193249</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>İçel Tarihi 1-2 (Ciltli)</t>
+          <t>İletişim Kurma Becerileri</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>350</v>
+        <v>38</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257686686</t>
+          <t>9786052292259</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Göç-Halkbilimi (Ciltli)</t>
+          <t>Görsel Programlama</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257881722</t>
+          <t>9786055193256</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Temel Mutfak Bilgisi ve Gastronomi</t>
+          <t>Finansal Piyasa Analizleri ve Portföy Yönetimi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257881616</t>
+          <t>9786059226417</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Doğu Akdeniz</t>
+          <t>Ergen ve Çocuk Gelişiminde Baba Desteği ve Eğitimi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257881647</t>
+          <t>9786055193485</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Bir Çırpıda ve Detayda Türkçe Açıklamalı İngilizce Gramer</t>
+          <t>Bankacılık ve Kambiyo İşlemleri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>165</v>
+        <v>850</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257686761</t>
+          <t>9786055193287</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>İçel Folkloru Cilt 1-2-3 (Ciltli)</t>
+          <t>Avrupa Kimliği Kurgusu</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>620</v>
+        <v>250</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257881760</t>
+          <t>9786057691644</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>The Handbook Of Folklore</t>
+          <t>Sağlık-Toplum-Bilim: Akademik Araştırmalar Kitap-7</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257881777</t>
+          <t>9786055193003</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Tales Of Nasr-Ed-Din Khoja</t>
+          <t>Açıklamalı Algoritma Örnek Soruları ve Çözümleri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257881753</t>
+          <t>9786055193089</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>The Story-Book Of The Shah Or Legends Of Old Persia</t>
+          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>165</v>
+        <v>35</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257881814</t>
+          <t>9786055193102</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Elijah</t>
+          <t>Yeni Başlayanlar İçin Ekonomi</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257881784</t>
+          <t>9786258069617</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Taboo Among The Ancient Hebrews</t>
+          <t>Şahabeddin Uzunkaya</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257881821</t>
+          <t>9786258069495</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Comparative Literature</t>
+          <t>Sen Değiş Ki Dünya Değişsin</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>225</v>
+        <v>155</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257431781</t>
+          <t>9786258069396</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Gemi Sicili Uygulamaları ve Çıplak Gemi Kira Sözleşmesinin Sicile Etkileri</t>
+          <t>Afşinli Taki Muhammed ve Mevlitleri</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257881869</t>
+          <t>9786258069358</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Şiirinde Bektaşilik</t>
+          <t>Öfke Kitabı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257881876</t>
+          <t>9786055193232</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Vak'anüvis Tarihlerinde Edebi Muhteva</t>
+          <t>Uluslararası Finansman</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>750</v>
+        <v>165</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257686440</t>
+          <t>9786058348714</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Integrating Culture Into Efl/Esl Classes</t>
+          <t>Küresel Enerji Sektöründe Yer Alan Şirketlerinin Kurumsal Yönetim Uygulamaları İle Finansal Performansları Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257686457</t>
+          <t>9786055193522</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Tarım, Hayvancılık ve Kırsal Kalkınma</t>
+          <t>Kablosuz Ağ Teknolojileri Ve Şifreleme</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>350</v>
+        <v>35</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257881685</t>
+          <t>9786059743068</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de Geçmişin Ayak İzleri</t>
+          <t>Matematik İşletme İktisat ve Ekonomi Uygulamaları</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>135</v>
+        <v>65</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786057691804</t>
+          <t>9786258009330</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>The Dynamics Of Culture Change</t>
+          <t>Ekonomik Kriz Ortamında Finansal Tüketici Davranışları</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257431064</t>
+          <t>9786258009002</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Arap Grameri ve Yapısalcılık</t>
+          <t>Kadına Yönelik Şiddetin Bir Başka Yüzü Ekonomik Şiddet</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257431149</t>
+          <t>9786258009170</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Nordic Ülkeleri ve Türkiye Örneği (Ciltli)</t>
+          <t>Stratejik İnsan Kaynakları Yönetimi ve Değişim Yönetimi Kapsamında Jandarma Teşkilatında Reorganizasyon</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257431231</t>
+          <t>9786258009231</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanlarında Mitolojik Unsurlar (Ciltli)</t>
+          <t>Harp Dönüşü</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057691965</t>
+          <t>9786258009408</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>İş ve Sosyal Güvenlik Uygulamalarında 500 Soru 500 Cevap</t>
+          <t>Coğrafi İşaretli Ürünler Gastronomi Turizmi ve Bölgesel Kalkınma</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>45</v>
+        <v>350</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786056592140</t>
+          <t>9786258009019</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
+          <t>Ölçülebilir Eğitim (Ciltli)</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257686792</t>
+          <t>9786258009064</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Işığında Doğa, İnsan, Toplum ve Kültür</t>
+          <t>Gaziantepli Seyyid Muhammed Ali Rıza'nın Gencü'l-Esrar'ı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>85</v>
+        <v>390</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257686679</t>
+          <t>9786257431736</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Devhatü'l-Küttab - Suyolcu-zade Mehmed Necib (Ciltli)</t>
+          <t>Yüzme</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>550</v>
+        <v>34</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257686853</t>
+          <t>9786258009514</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde Endüstri Yapısındaki Değişim ve Dış Ticaret</t>
+          <t>Salon Sporları</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>350</v>
+        <v>34</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257881197</t>
+          <t>9786257431743</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>5. Yüzyıldan 21. Yüzyıla Avrupa Sanatı</t>
+          <t>Sporcu Beslenmesi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>290</v>
+        <v>34</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257686693</t>
+          <t>9786258009450</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kazan Tatar Türklerinin Geçiş Dönemleri (Çarlık Döneminin Rusça Kaynakları Temelinde) (Ciltli)</t>
+          <t>Yüzme</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>115</v>
+        <v>34</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257881579</t>
+          <t>9786258009477</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Türkçesi Dil İncelemesi: İkbal Romanı</t>
+          <t>Bilardo</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>220</v>
+        <v>34</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786057691873</t>
+          <t>9786258009491</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Ancient Law</t>
+          <t>Bisiklet</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>300</v>
+        <v>34</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786057691880</t>
+          <t>9786257431750</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>An Introduction To The History Of Religion</t>
+          <t>Hentbol</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>90</v>
+        <v>34</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786057691842</t>
+          <t>9786258009460</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>History Psychology and Culture</t>
+          <t>Atletizm</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>400</v>
+        <v>34</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786057691835</t>
+          <t>9786258009767</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Kinship and Marriage in Early Arabia</t>
+          <t>Akademik Çeviri Eğitimi Araştırmaları</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257686587</t>
+          <t>9786258009750</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Etik; Vaka Örnekleri</t>
+          <t>Türkiye'de Elektronik Oy Kullanımı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257431323</t>
+          <t>9786258009729</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Temel Mutfak Ürünlerinde Teorik ve Pratik Yaklaşımlar 1</t>
+          <t>Sosyal Hizmet Tarihine Damga Vuran Bir Bilim Kadını Alice Salomon</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786054393503</t>
+          <t>9786257431958</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocuklukta Yabancı Dil Öğretimi</t>
+          <t>Turizm Destinasyonu El Kitabı</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>33</v>
+        <v>380</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257431156</t>
+          <t>9786258009811</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Avrasya</t>
+          <t>Rus Sözlükbilimi</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257686778</t>
+          <t>9786258009620</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Giresun Çepnileri (Ciltli)</t>
+          <t>Tarih ve Edebiyat Arasında Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257881630</t>
+          <t>9786257431224</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yaklaşımlar Odağında Toplum ve Kültür Araştırmaları 1</t>
+          <t>Silifke Tarihinden Sayfalar (Ciltli)</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052292068</t>
+          <t>9786258009484</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Bu Vatana Hayatlarını Feda Eden Kahramanlar Silifke’den Çanakkale Cephesine</t>
+          <t>Disiplinlerarası Edebiyat Çalışmaları</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257881111</t>
+          <t>9786257431477</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Modernleşme Sürecinde Müzik</t>
+          <t>Prof. Dr. İlker Alp’e Armağan Kitabı</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786257881005</t>
+          <t>9786258009682</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Tozlu Zaman Perdesi'nin Arkasında</t>
+          <t>Bitki Korumada Son Gelişmeler</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786057691583</t>
+          <t>9786258069211</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminde Materyal Destekli Eğitsel Oyunlar</t>
+          <t>Nanoteknolojide Sağlık ve Çevre Riskleri</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257881043</t>
+          <t>9786258069143</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Akademik Araştırmalar (Kitap - 6)</t>
+          <t>Bandırma Müzesi Bizans Dönemi Küçük Eserleri</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257881029</t>
+          <t>9786258069099</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Öğrenme-Öğretme Sürecinde Öğrenci Katılımı</t>
+          <t>Kumbuca Paşa</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786057691989</t>
+          <t>9786258069051</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Visual Studio 2019 C# Console Eğitimi</t>
+          <t>Türkiye’de Binek Otomobillerin Vergilendirilmesi : Özel Tüketim Vergisi Uygulaması</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052292020</t>
+          <t>9786052292266</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Okul Sağlığı Programı</t>
+          <t>Programlamaya Giriş</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786052292037</t>
+          <t>9786052292228</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Konaklama İşletmelerinde İş Değerleri</t>
+          <t>Altay Dilleri Dil Bilimine Giriş</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786057691385</t>
+          <t>9786052292181</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Atmosferdeki Minik Yaramazlar</t>
+          <t>Eril Alanda Kadının Varoluş Savaşı</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786057691323</t>
+          <t>9786059226431</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Açıklar Hipotezi ve Üçüz Açık Üzerine Ekonometrik Bir Uygulama</t>
+          <t>Ticari İletişim</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>120</v>
+        <v>24</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786057691392</t>
+          <t>9786052292082</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Osmaneli (Bilecik) Soğanlı - Yumrulu Bitkileri</t>
+          <t>Türk Bitig</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786057691361</t>
+          <t>9786052292112</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Making the Most of Literature in the Language Classroom</t>
+          <t>Hizmet Pazarlaması ve Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786057691354</t>
+          <t>9786058290976</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramları ve Örneklerle Modern Otel İşletmeciliği</t>
+          <t>İslam Tarihi Ders Kitabı</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>110</v>
+        <v>33</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786257686037</t>
+          <t>9786057691446</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Araştırmaları 2</t>
+          <t>Web Programlama-Ext.net-Entity Framework Asp.net.C#</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257881944</t>
+          <t>9786057691255</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Arkaik Destanları ve Mitoloji</t>
+          <t>Karşıdaki Komşularımız Türkosporoslar</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>185</v>
+        <v>135</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257881975</t>
+          <t>9786057691019</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Tarım</t>
+          <t>Organizasyonel Davranış</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257881937</t>
+          <t>9786057691002</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Ahlak ve Etik</t>
+          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap 1</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257686174</t>
+          <t>9786052292976</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>1970 Sonrası Kadın Romancılığı</t>
+          <t>Bilim ve Teknoloji Akademik Araştırmalar</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>320</v>
+        <v>28</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786258009118</t>
+          <t>9786057691286</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Adalet (Ciltli)</t>
+          <t>Anlatıyı “Yapı”dan Okumak</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257431194</t>
+          <t>9786052292563</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlanından Sonra Edirne'de Yahudi Varlığı ve Kültürü</t>
+          <t>Türk Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257431514</t>
+          <t>9786052292433</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan Araştırmaları 1</t>
+          <t>İşletmelerde Finansal Başarısızlık Tahmini ve Yapay Sinir Ağları Modelinin Kullanımı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>190</v>
+        <v>25</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257881159</t>
+          <t>9786052292617</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>5 Dakika Ara: Sinema ve Televizyonda Yönetmene Dair</t>
+          <t>Vücudi Şahid-i Ma'na</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786057691194</t>
+          <t>9786052292594</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Şanlıurfa Efsaneleri (Ciltli)</t>
+          <t>Yabancılaşma</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257881135</t>
+          <t>9786052292624</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Ölümünün Yüzüncü Yılında Ömer Seyfettin Hikayelerini Yeniden Okumak</t>
+          <t>Ekolojik Ekonomi Bakış Açısıyla Yeşeren Turizm</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>320</v>
+        <v>55</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257881104</t>
+          <t>9786052292099</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>16. Asır Şairlerinden Defteri ve Divanı</t>
+          <t>Türk-Ermeni İlişkileri (1918-1923)</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>160</v>
+        <v>55</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786057691934</t>
+          <t>9786052292983</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Emiri'nin Ahlak-ı Kamilin Tercümesi</t>
+          <t>Sosyal Bilimler Akademik Araştırmalar Kitap 3</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786052292174</t>
+          <t>9786052292945</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>İktisat 1</t>
+          <t>Sosyal Bilimler Akademik Araştırmalar Kitap 1</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257686099</t>
+          <t>9786057691750</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>İktisat 2</t>
+          <t>Nöro Politika</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786057691248</t>
+          <t>9786057691743</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Toksik Liderlik</t>
+          <t>Taking a Snapshot of An Education Reform</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786057691118</t>
+          <t>9786057691569</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Heikki Paasonen ve Çuvaşça Masal Derlemeleri</t>
+          <t>Tzvetan Todorov - Edebiyat ve Sanat Tartışmaları</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>45</v>
+        <v>140</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786057691545</t>
+          <t>9786057691576</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>The First International Winter Tourism Congress (IWTC 2019) Proceeding Book</t>
+          <t>Sanat Eleştirisi</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786057691514</t>
+          <t>9786052292327</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Farklı Perspektiflerden Kış Turizmi</t>
+          <t>Kale Kent</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>320</v>
+        <v>600</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257881234</t>
+          <t>9786052292402</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Edirne’de Pomak Halk Kültürü</t>
+          <t>İkinci Dünya Savaşı ve Öncesi Japon Dili Eğitimi Tarihi</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257881609</t>
+          <t>9786057691026</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitimi ve Türk Edebiyatı Araştırmaları</t>
+          <t>Soluyan Sözlar (Şiirler)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257686020</t>
+          <t>9786056731617</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Nano Güvenlik</t>
+          <t>Sağlık Hizmetleri Pazarlaması</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257881739</t>
+          <t>9786052292341</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Uçan Kuşlar - Gagauz Araştırmaları Dizisi 4</t>
+          <t>Dictionary of Linking Words</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257431002</t>
+          <t>9786052292044</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türkçesinin Biçimlik Sesbilgisi</t>
+          <t>Otel İşletmeciliği</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786057691958</t>
+          <t>9786052292006</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Mersin Yöresi</t>
+          <t>Sürdürülebilir Turizm: Modeller ve Uygulamalar (Bozcaada Örneği)</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>140</v>
+        <v>29</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786057691941</t>
+          <t>9786052292051</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Science and Society - Academical Researches 3</t>
+          <t>Personel Güçlendirme ve Örgütsel Öğrenmenin Örgütsel Yaratıcılığa Etkisi: Konu İle İlgili Bir Araştırma</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786057691309</t>
+          <t>9786052292075</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişimde Güncel Yaklaşımlar</t>
+          <t>Çanakkale'nin Bazı Köylerinin Toplumsal Yapı Araştırmaları</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257431071</t>
+          <t>9786057691101</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>5 Temmuz Doğu Türkistan Soykırımında Kaybolan Savunmasız Sesler</t>
+          <t>Tanzimat Dönemi Türk Edebiyatı’nın Pragmatiği</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257686716</t>
+          <t>9786057691125</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Trakya Ağızları Sözlüğü (Ciltli)</t>
+          <t>Malzeme Teknolojisi</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257686389</t>
+          <t>9786052292914</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Modern Sanatın Sonu</t>
+          <t>Aysar Sezi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>280</v>
+        <v>12</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257686426</t>
+          <t>9786056591792</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Destanlarında Halk Hukuku</t>
+          <t>Türkiye Türkçesi Grameri</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>180</v>
+        <v>70</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257686280</t>
+          <t>9786052292549</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Edebi Alıntılar ve Atıflar Bağlamında 1870-1908 Arasında Yayımlanan Türk Romanlarına Metinlerarası Bir Bakış</t>
+          <t>Lalecin Türkçesi</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257686303</t>
+          <t>9786052292396</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Kardeşten Öte</t>
+          <t>Yerli Bilimkurgu Yükseliyor - Bilimkurgu Öykü Seçkisi 2018</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257686242</t>
+          <t>9786052292365</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Halk Bilimi ve Etnobotanik Bağlamında Bitkiler: Kastamonu Örneği</t>
+          <t>Aklın Senfonisi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257686310</t>
+          <t>9786056776168</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Temsili Bürokrasi Uygulamaları ve Türkiye</t>
+          <t>Pazarlama - İlkeler, Genel Stratejiler</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>340</v>
+        <v>29</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257881227</t>
+          <t>9786056776151</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Firdevsi-i Rumi Süleyman-Name (38. Cilt) 2 Cilt Takım</t>
+          <t>Genel Vergi Hukuku Uygulamaları</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>850</v>
+        <v>27</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257881265</t>
+          <t>9786058348707</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık Sosyolojisi</t>
+          <t>Sürgünden Vatana</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>350</v>
+        <v>33</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257881166</t>
+          <t>9786056731600</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Güncel Konular</t>
+          <t>Düşünü Bilmek</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786057691712</t>
+          <t>9786059226516</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Edige Batur Destanı</t>
+          <t>Zooloji Ders Notları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>90</v>
+        <v>165</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786057691613</t>
+          <t>9786052292129</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Science and Society – Academical Researches 1</t>
+          <t>Yeni Başlayanlar İçin Açıklamalı Fransızca Dilbilgisi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786057691088</t>
+          <t>9786056592126</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Akademik Araştırmalar Kitap 5</t>
+          <t>Çanakkale Cephesinde Siperden Gerçeklere</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786052292846</t>
+          <t>9786052292419</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>1. Dünya Harbi’nde Tarihi Yapanlar Fakat Yazmayanlar</t>
+          <t>Zarif Beşiri ve Çuvaş Edebiyatı</t>
         </is>
       </c>
       <c r="C666" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257881951</t>
+          <t>9786056776144</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Plastik Sanatların Temel Kavramları</t>
+          <t>Türkiye'de Yerel Yönetimlerin Mali Yapısı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>250</v>
+        <v>24</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786057691033</t>
+          <t>9786052292839</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kafka Kelebek Olacak mı?</t>
+          <t>Pazarlamanın Yeni Yüzü Nöropazarlama</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257881371</t>
+          <t>9786052292853</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Temel Seviye Python Eğitimi</t>
+          <t>Finansal Derinleşme ve İş Çevrimi İlişkisi</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257881432</t>
+          <t>9786052292877</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale İli Yenice İlçesinin Swot Analizi İle Sosyo Ekonomik Değerlendirilmesi</t>
+          <t>Skamandria - Troas'ın Kayıp Kenti</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>45</v>
+        <v>300</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786257881142</t>
+          <t>9786055553555</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Endüstri 4.0 Programlamaya Giriş</t>
+          <t>Turizm Ekonomisi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786257881173</t>
+          <t>9786055193317</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Eleni'nin Patiği</t>
+          <t>Sesler Dergisi Bibliyografyası</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786057691408</t>
+          <t>9786054393497</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Turistik Ürün Çeşitlendirmesinde Arz Tabanlı Bütünsel Yaklaşım - Adana İli Örneği</t>
+          <t>Türk-Alman Göçmen Edebiyatı</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052292730</t>
+          <t>9786055193546</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Atik - Büyük Baba</t>
+          <t>Politik Liderlik ve Bülent Ecevit</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786052292693</t>
+          <t>9786055193188</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Afet Mevzuatının Topşumsal Cinsiyet Tarafından İncelenmesi</t>
+          <t>E-Ticaret</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>130</v>
+        <v>25</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786257686723</t>
+          <t>9786055193447</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan Mektupları (Ciltli)</t>
+          <t>Dünya’da ve Türkiye’de Yoksulluğun Özgün Yapısı ve Yoksullukla Mücadele</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>185</v>
+        <v>24</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786257881470</t>
+          <t>9786055193355</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Tefsir-i No'mani</t>
+          <t>Siyaset Bilimi'nde Kuram - Yöntem - Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>750</v>
+        <v>50</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786057691996</t>
+          <t>9786054393695</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Öğrenme ve Öğretim Yöntemleri</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>95</v>
+        <v>35</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786257881036</t>
+          <t>9786055193409</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Performansın Sürdürülebilirliği İşletmelerde    Dinamik Yetenekler Ve Personel Güçlendİrme</t>
+          <t>Bir Bakışta İletişim</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>24</v>
+        <v>200</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786057691200</t>
+          <t>9786054393411</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sosyal Medya ve Din Eğitimi</t>
+          <t>Ekonomiye Giriş</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786057691132</t>
+          <t>9780000345820</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Üniforma ve İmaj</t>
+          <t>İnsan Kaynaklarında Outsourcing - Türkiye Örneği</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>60</v>
+        <v>36</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786257881302</t>
+          <t>9786055193133</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>W. A. Mozart'ın Saraydan Kız Kaçırma Operası'nda Oryantalizm</t>
+          <t>İlk Ekonomi</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786057691071</t>
+          <t>9786055193454</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler - Akademik Araştırmalar Kitap 4</t>
+          <t>Veritabanı İlkeleri ve Yönetim Sistemleri</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052292761</t>
+          <t>9786058454705</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Yapısöküm ve Negatif Teoloji</t>
+          <t>Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>48</v>
+        <v>280</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786257686334</t>
+          <t>9786055193164</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Boğazın Mavi Sularında</t>
+          <t>Ortaçağ Avrupasında Resim Sanatı</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786257686358</t>
+          <t>9786055193034</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Tuva Türkçesinde İsim Söz Yapımı</t>
+          <t>Pozitif İletişim</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786257686266</t>
+          <t>9786055193140</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Sumer Evreni Hayat Ağacında Mitolojik Tanrılar ve Yaratılış (Ciltli)</t>
+          <t>Hukukun Temel Kavramları</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786257881388</t>
+          <t>9786056259043</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Dünyada Alternatif Eğitim</t>
+          <t>Uygarlığın Sosyolojisi ve Türk Modernleşmesi</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786052292785</t>
+          <t>9786054393718</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Strategies For Protecting Innovation</t>
+          <t>Atatürk ve Çanakkale (25 Kasım 1912'den 10 Kasım 1938'e)</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>35</v>
+        <v>350</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786257881364</t>
+          <t>9786058348721</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Sırpça, Hırvatça, Boşnakça-Türkçe Sesteş Kelimeler</t>
+          <t>Milli Mücadele Tarihi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786257881289</t>
+          <t>9786052292013</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan Evros (Meriç) Bölgesi Orestiada (Kumçiftliği) Kazası Gagauzları Halk Edebiyatı ve Folkloru</t>
+          <t>Gerçekleş(e)meyen Türk - Sovyet İttifakı (1939)</t>
         </is>
       </c>
       <c r="C691" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786257881326</t>
+          <t>9786056731631</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Çeşitli Makroekonomik Değişkenlerin Bütçe Açıklarına Olan Etkisinin Çoklu Yapısal Kırılmalı Eşbütünleşme Testi İle Değerlendirilmesi: Türkiye Örneği (1973-2016)</t>
+          <t>Divan-ı Le' Ali</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786257881357</t>
+          <t>9786056776199</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Gastronomi Alanında Yayımlanan Makalelerin Bibliyometrik Analizi</t>
+          <t>Dünyada ve Türkiye'de Siyasetin Sosyolojik Temelleri</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786257881241</t>
+          <t>9786056686191</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Erich Fromm ve Analitik Sosyoloji</t>
+          <t>Pazarlamada Yeni Bir Trend Nöropazarlama ve Örnek Uygulamaları</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786257881319</t>
+          <t>9786058317031</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Okuryazarlık</t>
+          <t>Çağdaş Türk Lehçeleri</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786052292808</t>
+          <t>9786056776137</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Sürecinde Devletlerarası İlişkiler Siyasal İletişim ve Kamu Diplomasisi</t>
+          <t>Kamu Maliyesi</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>300</v>
+        <v>29</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786052292860</t>
+          <t>9786052292600</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Nörobilimi</t>
+          <t>Sürdürülebilir Büyüme İçin Enerji ve Kooperatifler</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786052292778</t>
+          <t>9786052292440</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Kadın Folkloru Yazıları</t>
+          <t>Aşık Kul Kalender</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>250</v>
+        <v>28</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786052292815</t>
+          <t>9786052292105</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>İlhami Baba Bosnevi Hayatı Sanatı ve Türkçe Eserleri</t>
+          <t>Zooloji Laboratuvar Kılavuzu</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>105</v>
+        <v>290</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786052292303</t>
+          <t>9786058317086</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Finansal Piyasalar ve Piyasa Entegrasyonu</t>
+          <t>Temel Bilgi Teknolojileri 1</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786057691903</t>
+          <t>9786054393473</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>18 Mart 1915</t>
+          <t>Azerbaycan Bestecilerinde Viyolonsel</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>45</v>
+        <v>290</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786057691910</t>
+          <t>9786058290938</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Şehit Olanları Deftere Yazdım</t>
+          <t>Temel Bİlgi Teknolojileri 2</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>35</v>
+        <v>170</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786052292426</t>
+          <t>9786052292709</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Balık İmmünolojisi</t>
+          <t>Hayvanlar Dünyasında Doğru Sandığımız Yanlışlar!</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786057691149</t>
+          <t>9786052292723</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Roman Kadın İstihdamı</t>
+          <t>Görünüşe Bakarken</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786052292716</t>
+          <t>9786052292686</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kaza Nedensellik Teorileri</t>
+          <t>Örnek Olay ve Performans Uygulamaları İle İşletme Yönetimi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>190</v>
+        <v>28</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052292358</t>
+          <t>9786052292556</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yazarların Yazarlık Yolculuğu</t>
+          <t>Turizm İşletmelerinde Yetenek Yönetimi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>32</v>
+        <v>215</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786057691927</t>
+          <t>9786052292532</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Piyasalar Arası İlişki Analizinde Gayrimenkul Piyasalarında Yatırım ve Finansman</t>
+          <t>Girişimcilik Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786052292822</t>
+          <t>9786052292488</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Bosna Savaşı ve Türk Romanı</t>
+          <t>Türkiye Turizm Coğrafyası</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>42</v>
+        <v>450</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786057691293</t>
+          <t>9786059714150</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Türk Bitig Türklük Bilimi Araştırmaları 2019</t>
+          <t>Fortran 90 İle Programlama</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786057691187</t>
+          <t>9786056592157</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Nöropazarlama Perspektifinden Kokusal Pazarlama</t>
+          <t>Örnek Olaylarla Finansal Muhasebe - Genişletilmiş 2. Baskı</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>135</v>
+        <v>350</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786057691163</t>
+          <t>9786052292242</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Übersetzungsunterricht Durch Textanalyse</t>
+          <t>Eğitimin Sosyolojik Temelleri</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786057691422</t>
+          <t>9786055193263</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Turizm Araştırmaları</t>
+          <t>Uluslararası Finansal Piyasalar ve Portföy Yönetimi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786052292747</t>
+          <t>9786058454798</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Macar Turan Cemiyeti ve Turan Dergisi (İnceleme - Bibliyografya)</t>
+          <t>Dikiş Makinesi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786056686122</t>
+          <t>9786058317062</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Turizm Talebini Etkileyen Faktörlerin Ekonometrik Bir Analizi</t>
+          <t>Büyük Selçuklular Tarihi Ders Kitabı</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>320</v>
+        <v>32</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786057691538</t>
+          <t>9786058317079</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Laboratuvarlarda İş Sağlığı ve Güvenliği</t>
+          <t>İslam Kültür ve Medeniyeti Tarihi Ders Kitabı</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>290</v>
+        <v>33</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786052292310</t>
+          <t>9786052292204</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yöresi Halk Kültürü</t>
+          <t>Troya’nın Gelini Helene 1</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786052292235</t>
+          <t>9786059743037</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Yönetimden Stratejik Yönetime</t>
+          <t>Turizm Pazarlaması</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786256139855</t>
+          <t>9786052292495</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu İli Araç İlçesi Örneğinde Kırsal Mimari</t>
+          <t>Biyolojide Özel Konular</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>700</v>
+        <v>95</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786255972019</t>
+          <t>9786052292280</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Bir Usta Bin Usta Örneği</t>
+          <t>Düşünme Eğitimi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>450</v>
+        <v>38</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256139923</t>
+          <t>9786052292297</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Alışveriş Turizmi ve Bulgaristan İle Yunanistan'dan Gelen Ziyaretçilerin Edirne Ekonomisine Etkileri</t>
+          <t>Kültür, Sanat, Edebiyat Sosyolojisi</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786255972279</t>
+          <t>9786052292150</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ağzı Türkülerde Kadın</t>
+          <t>Çanakkale Şehitler Abidesi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256139824</t>
+          <t>9786056686177</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Küçük Asya Eyaletleri’nde Roma Memurlari: Curatores Rei Publicae</t>
+          <t>Liderlik Üzerine Güncel Yazılar</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256139640</t>
+          <t>9786058454729</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Sevdi Gönlüm Ey Melek-Sîmâ Seni</t>
+          <t>Kırgız Türkçesi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>520</v>
+        <v>450</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786256139305</t>
+          <t>9786058454736</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Üsküp Türk Tiyatrosu ve Balkan Türk Kimliğinin Korunmasındaki Rolü</t>
+          <t>Müşteri Memnuniyeti ve Müşteri Şikayet Yönetimi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786256579552</t>
+          <t>9786059743051</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Fransızca Fransızca-Türkçe Askeri Terimler Sözlüğü</t>
+          <t>Bilecik İli Ağız İncelemesi</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786256139404</t>
+          <t>9786054393428</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Kadın Emeği</t>
+          <t>Finansal Muhasebe</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>280</v>
+        <v>24</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786256139879</t>
+          <t>9786054393480</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Girit’in Fethine Işık Tutan Bir Eser: Tevarih-i Cezire-i Girid</t>
+          <t>Word Excel 2013</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256822450</t>
+          <t>9786056686139</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Şehirleşme</t>
+          <t>Genel Turizm</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256139237</t>
+          <t>9786058290907</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin İzinde: Kültürel Miras Bağlamında Edebiyat Turizmi</t>
+          <t>Bölgesel Kalkınmada Yeni Dinamikler</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256139480</t>
+          <t>9786056686184</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesinde Beşinci Ordu Kurmay Başkanı Kazım İnanç</t>
+          <t>Yavaş Yemekten Yavaş İşletmeciliğe Kurumsal Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>350</v>
+        <v>45</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256321755</t>
+          <t>9786054393442</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Kadın Türk Kültüründe Gün Olgusu</t>
+          <t>Dünya Siyasi Tarihi</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>260</v>
+        <v>65</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256139190</t>
+          <t>9786054393404</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Metafor Nedir? Ne değildir? (Tarihî Türk Dili ve Türkiye Türkçesinden Örneklerle)</t>
+          <t>Halkla İlişkilerde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256321090</t>
+          <t>9786054393398</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Yöneticiler İçin Sistemsel Düşünme Kılavuzu</t>
+          <t>Girişimcilik Üzerine Notlar</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786256139220</t>
+          <t>9786055193393</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Kıyısız Şiirler Treni</t>
+          <t>Bankacılık ve Kambiyo İşlemleri</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>130</v>
+        <v>50</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786256139541</t>
+          <t>9786055193478</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Üç Leyla Üç Mecnun (4 Kitap Set)</t>
+          <t>Gençlik Kültürleri, Gençlik Edebiyatı ve İlk Gençlik Romanları</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>1600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786256139312</t>
+          <t>9786054393329</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Bizans Dönemi’nde Fildişi</t>
+          <t>Atatürk ve Liderlik</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>300</v>
+        <v>95</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256957459</t>
+          <t>9786059743112</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Balkan Ağızları Sözlüğü Cilt - 2</t>
+          <t>Çatışma ve Uzlaşma Bağlamında Siyasetin Psikolojisi</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256139350</t>
+          <t>9786054393350</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Değer Yaratma Süreçlerinde Blok Zincir Teknolojileri</t>
+          <t>Paraya Dair</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256139169</t>
+          <t>9786052292679</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinin Temellerine Dair Oryantalist Bir Yaklaşım: Ignaz Goldziher</t>
+          <t>İtibar Yönetimi ve İ.Y'nin Müşteri Tercihlerine Etkisi</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786256822115</t>
+          <t>9786257881463</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Klâsik Türk Edebiyatında Göç</t>
+          <t>The Neolithic Architectural Structures and Cultural Landscape of Sumaki Höyük</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786256139589</t>
+          <t>9786257686655</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Lalapaşa, Meriç ve Süloğlu</t>
+          <t>Uygur Efsaneleri</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256321717</t>
+          <t>9786257686938</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Köşe Yazılarım İle Konular ve Analizler</t>
+          <t>Çalışma Sürelerinde Esneklik ve Kısmi Süreli (Part-Time) Çalışma</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256139336</t>
+          <t>9786257686365</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Charles Taylor ve Axel Honneth’te Öznelerarası Tanınma Tartışmaları</t>
+          <t>Roman Teknikleri</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256139299</t>
+          <t>9786258009101</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazar, Üç Roman Halide Edip Adıvar</t>
+          <t>Remzi Baba - Hadikatü'l-Uşşak</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>250</v>
+        <v>65</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256139497</t>
+          <t>9786257431699</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Haber Deyip Geçmeyin</t>
+          <t>Normale Geçiş ve Vergi Yapısının Rasyonelliği</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256139367</t>
+          <t>9786257431934</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesinde Cinsiyet Kategorisi</t>
+          <t>Romanya'da Türkçeye Adanmış Bir Ömür Şair Emel Emin</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256321694</t>
+          <t>9786257431118</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Vücut Geliştirme Tarihi ve Bilinmeyen Gerçekler</t>
+          <t>Çağdaş Uygur Şiiri Antolojisi</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256139381</t>
+          <t>9786257686822</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Tiyatrosunun Ulu Çınarı İlyas Efendiyev Piyeslerinde Tarih</t>
+          <t>Kültürel Medya Okumaları Türk Sineması</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256139183</t>
+          <t>9786257431088</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Uygulamaları I (Ciltli)</t>
+          <t>Tarihi Yapanlar Ama Yazamayanlar</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256579415</t>
+          <t>9786257431255</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Disiplinler Arası Yaklaşımla Kültürel Miras Yönetimi (Ciltli)</t>
+          <t>Cumhuriyet Dönemi Türk Hikayesinde Bürokrasi ve Memur/Bürokrat (1923-1350) (Ciltli)</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256139435</t>
+          <t>9786257881708</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Marka Konumlandırma ve Tüketici Satın Alma Kararları: Birlikte Değerlendirme</t>
+          <t>Üniversitelerde Kurumsal Risk Yönetimi Uygulamaları</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256139268</t>
+          <t>9786057691767</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Peygamberler</t>
+          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 5</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256139503</t>
+          <t>9786057691637</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Dünya Sahnesindeki Konumu</t>
+          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 6</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>325</v>
+        <v>320</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786256139343</t>
+          <t>9786057691651</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Enerji İkliminde Konya Biyogaz Sinerjisi</t>
+          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 8</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786057217271</t>
+          <t>9786057691736</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Yiyecek İçecek İşletmelerinde Pazarlama</t>
+          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap - 9</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256139244</t>
+          <t>9786057691606</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Arif Ay'ın Şiir Dünyası</t>
+          <t>Neşati - Tuhfetü’l - Uşşak (Ciltli)</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256714595</t>
+          <t>9786057691590</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Tanrı'nın Varlığını Bilmek</t>
+          <t>Serbest Liman Uygulamaları, Liman Merkezli Lojistik ve Kruvaziyer Turizmi; Antalya Limanı</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256714632</t>
+          <t>9786057691521</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Çevresel Adalet, Vatandaşlık, Aidiyet ve Özcülük</t>
+          <t>İş Yerinde Psikososyal Risk Faktörleri</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256139251</t>
+          <t>9786057691217</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Sosyolojisi</t>
+          <t>Artırılmış Gerçeklik ve Siyasal Pazarlama</t>
         </is>
       </c>
       <c r="C759" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256139329</t>
+          <t>9786057691156</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Barpı Alıkul (Şiir Dünyası – Fonostilistik – Leksikostilistik – Şiirler)</t>
+          <t>Sağlık - Toplum - Bilim Akademik Araştırmalar Kitap 2</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256321854</t>
+          <t>9786057691330</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Varlıktan Tanrı'ya Güncel Kozmolojik Delil Tartışmaları</t>
+          <t>Ütopik Hikayeler</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256139374</t>
+          <t>9786258009088</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Göç, Kültür ve Tarih</t>
+          <t>Sanat ve Sosyal Bilimler Sempozyumu (Ciltli)</t>
         </is>
       </c>
       <c r="C762" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256139176</t>
+          <t>9786257431811</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Modern Özbek Edebiyatı</t>
+          <t>Yakın Dönem İktisadi ve Mali Gelişmelerin Makro Analizi, Ekonomi Politik Değerlendirmeler</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>800</v>
+        <v>320</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256139107</t>
+          <t>9786257431415</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan Günümüze Türk Edebiyatında Tür ve Şekil Bilgisi</t>
+          <t>Ana Dili Öğretiminde Çocuk Edebiyatı Ürünleri Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256139282</t>
+          <t>9786055193027</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkçesinden Batı Türkçesine Bir Ömür Prof. Dr. Bilal Yücel Armağanı</t>
+          <t>Edebiyatımızda Popüler Roman ve Aka Gündüz</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>750</v>
+        <v>230</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256139145</t>
+          <t>9786257686969</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Habil - Kabil Hikayesi'nin Yeniden Yazımına Karşılaştırmalı Bakış</t>
+          <t>Örgütsel Kariyer Yönetimi Ve Örgütsel Bağlılık</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256139138</t>
+          <t>9786257431125</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Alan(OSET) Tarihi Üzerine İncelemeler</t>
+          <t>Eşeknağme</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786258278422</t>
+          <t>9786257686884</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Amiral Usedom’un Türkiye Raporları Birinci Dünya Savaşı’nda Türk Boğazları Nasıl Savunuldu?</t>
+          <t>Mihail Çakir’in Gagauzca (Türkçe) - Rumence Sözlüğü (İnceleme-Metin) - (Ciltli)</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786256139046</t>
+          <t>9786257686891</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Afetler ve Afet Yönetimi</t>
+          <t>Yurt Tutan Macarlığın Oluşumu (Ciltli)</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786256321526</t>
+          <t>9786257686051</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Yeniden Yeşersin Diye</t>
+          <t>Sınıf Yönetiminde Öğretmen Davranışları</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256321748</t>
+          <t>9786257881487</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Çağın, İnsanın ve Eğitimin Anlam Arayışı</t>
+          <t>Toplumsal Yapı</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786059743013</t>
+          <t>9786257881531</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi</t>
+          <t>Siyaset Bilimi</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786058454743</t>
+          <t>9786257881272</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Temel İşletmecilik</t>
+          <t>Dinamik Bir Ortamda Yerleşim Stratejisindeki Değişimler</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256321649</t>
+          <t>9786257881456</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türk Resim Sanatı (Ciltli)</t>
+          <t>Elektronik Kültür Ortamında Bir Aşık: Şemsi Yastıman</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786256321892</t>
+          <t>9786257881418</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Din Felsefesi Üzerinden Felsefeye Giriş</t>
+          <t>Yurtiçi Tasarruf ve Yatırım Hacmi Arasındaki İlişki: OECD Ülkelerinde Feldstein-Horioka Hipotezi Üzerine Bir Uygulama</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256139091</t>
+          <t>9786257431668</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Hafi ve Nahl-i Emel (İnceleme, Fhirst, Metinler)</t>
+          <t>İnsanlığa Adanmış Bir Ömür Afşar Timuçin'in Hikayeciliği (Ciltli)</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256139121</t>
+          <t>9786257431620</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Birinci Meclis’te Ayvacık’tan Bir Muhalif Milletvekili Hafız Hamdi Dumrul</t>
+          <t>İçel Tarihi 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C777" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256321960</t>
+          <t>9786257686686</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Bir Hikayeci ve Romancı Olarak Kemal Bilbaşar</t>
+          <t>Göç-Halkbilimi (Ciltli)</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256139077</t>
+          <t>9786257881722</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Capar Saatov’un Satirik Hikayeleri Üzeine Dil İncelemesi (Metin, Ses ve Şekil Bilgisi)</t>
+          <t>Temel Mutfak Bilgisi ve Gastronomi</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256714977</t>
+          <t>9786257881616</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kazdağı Tahtacı Türkmenlerinde Evlilik ve Musahiplik Kurumu</t>
+          <t>Doğu Akdeniz</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256139084</t>
+          <t>9786257881647</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Bizans Hakimiyetinde Trabzon ve Çevresi (VI-XII. Yüzyıl)</t>
+          <t>Bir Çırpıda ve Detayda Türkçe Açıklamalı İngilizce Gramer</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>330</v>
+        <v>165</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786256139039</t>
+          <t>9786257686761</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi İşaretli Gastronomik Ürünlerin Bölge Halkı Tarafından Algılanması Üzerine Analitik Bir Araştırma Kars Kaşarı Örneği</t>
+          <t>İçel Folkloru Cilt 1-2-3 (Ciltli)</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256321045</t>
+          <t>9786257881760</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Dilbilgisi Rehberi + 30 Test (Rusça)</t>
+          <t>The Handbook Of Folklore</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>800</v>
+        <v>220</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786258009880</t>
+          <t>9786257881777</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Divan Edebiyatının Kaynakları</t>
+          <t>Tales Of Nasr-Ed-Din Khoja</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786256321946</t>
+          <t>9786257881753</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Praktikum Fıkralar Kitabı</t>
+          <t>The Story-Book Of The Shah Or Legends Of Old Persia</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>1100</v>
+        <v>165</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256321939</t>
+          <t>9786257881814</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Resmeden Şiirler</t>
+          <t>Elijah</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786256321564</t>
+          <t>9786257881784</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Taboo Among The Ancient Hebrews</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>130</v>
+        <v>205</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256321557</t>
+          <t>9786257881821</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
+          <t>Comparative Literature</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>80</v>
+        <v>225</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256714069</t>
+          <t>9786257431781</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Hatib Muhammed B. Muzaffer Tuhetü’l-Mahdum</t>
+          <t>Türkiye’de Gemi Sicili Uygulamaları ve Çıplak Gemi Kira Sözleşmesinin Sicile Etkileri</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256321229</t>
+          <t>9786257881869</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Doğaüstü Varlıklar ve Anlatılar Üzerine İncelemeler</t>
+          <t>Klasik Türk Şiirinde Bektaşilik</t>
         </is>
       </c>
       <c r="C790" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786256321809</t>
+          <t>9786257881876</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Sonrası Gürcistan Tarihi 1991-2023</t>
+          <t>Vak'anüvis Tarihlerinde Edebi Muhteva</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256321687</t>
+          <t>9786257686440</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Panzehir Taşlar</t>
+          <t>Integrating Culture Into Efl/Esl Classes</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786256321984</t>
+          <t>9786257686457</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Halk Edebiyatı El Kitabı</t>
+          <t>Tarım, Hayvancılık ve Kırsal Kalkınma</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256139060</t>
+          <t>9786257881685</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticarette Teknikler</t>
+          <t>Çanakkale'de Geçmişin Ayak İzleri</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>360</v>
+        <v>135</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256321922</t>
+          <t>9786057691804</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları İçin Matematik</t>
+          <t>The Dynamics Of Culture Change</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256321861</t>
+          <t>9786257431064</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık Sosyolojisi</t>
+          <t>Arap Grameri ve Yapısalcılık</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786256321885</t>
+          <t>9786257431149</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Turizm Ve Sosyal Medya Teori Ve Uygulamalar</t>
+          <t>Nordic Ülkeleri ve Türkiye Örneği (Ciltli)</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256321533</t>
+          <t>9786257431231</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Rüzgarının Kadını</t>
+          <t>Kırgız Destanlarında Mitolojik Unsurlar (Ciltli)</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256957152</t>
+          <t>9786057691965</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Cihadi Mürşid-i Kamil Mesnevisi</t>
+          <t>İş ve Sosyal Güvenlik Uygulamalarında 500 Soru 500 Cevap</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786256714427</t>
+          <t>9786056592140</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Müezzin-Zade Devletü 'l-Cevletül Uşşak</t>
+          <t>Üniversiteler İçin Türk Dili Yazılı ve Sözlü Anlatım</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786256714724</t>
+          <t>9786257686792</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sağlık Turizmi: Ülkeler, Uygulamalar</t>
+          <t>Sosyal Bilimler Işığında Doğa, İnsan, Toplum ve Kültür</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>220</v>
+        <v>85</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786258009897</t>
+          <t>9786257686679</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Günümüze Türkiyeye Yönelik Teopolitik ve Teostratejiler</t>
+          <t>Devhatü'l-Küttab - Suyolcu-zade Mehmed Necib (Ciltli)</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786256321823</t>
+          <t>9786257686853</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Davranış Becerileri Kitabı</t>
+          <t>Küreselleşme Sürecinde Endüstri Yapısındaki Değişim ve Dış Ticaret</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786256321540</t>
+          <t>9786257881197</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Yedi</t>
+          <t>5. Yüzyıldan 21. Yüzyıla Avrupa Sanatı</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786256321762</t>
+          <t>9786257686693</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma Sürecinde Ekoturizm</t>
+          <t>Kazan Tatar Türklerinin Geçiş Dönemleri (Çarlık Döneminin Rusça Kaynakları Temelinde) (Ciltli)</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786256321700</t>
+          <t>9786257881579</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Motivasyon</t>
+          <t>Türkmen Türkçesi Dil İncelemesi: İkbal Romanı</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256321779</t>
+          <t>9786057691873</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Bedeni / Bedenin Şiiri</t>
+          <t>Ancient Law</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786256579880</t>
+          <t>9786057691880</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Üç Düşünür Üzeri̇ne Yazılar</t>
+          <t>An Introduction To The History Of Religion</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786256714205</t>
+          <t>9786057691842</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Pastacılık Temel Metot ve Uygulamaları</t>
+          <t>History Psychology and Culture</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786256579439</t>
+          <t>9786057691835</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Gastronomi Biliminde Yeni Eğilimler: Uygulamalar ve Örnekler</t>
+          <t>Kinship and Marriage in Early Arabia</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786052292525</t>
+          <t>9786257686587</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Türk Bitig Türklük Bilimi Araştırmaları</t>
+          <t>Örgütlerde Etik; Vaka Örnekleri</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786256579095</t>
+          <t>9786257431323</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Düşler ve Yolculuklar Sinema Yazıları</t>
+          <t>Temel Mutfak Ürünlerinde Teorik ve Pratik Yaklaşımlar 1</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786256321724</t>
+          <t>9786054393503</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Manastır Vilayeti'nin Tarihçesi</t>
+          <t>Erken Çocuklukta Yabancı Dil Öğretimi</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>300</v>
+        <v>33</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786256321625</t>
+          <t>9786257431156</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakışta Adnan Menderes</t>
+          <t>Geçmişten Geleceğe Avrasya</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786256321335</t>
+          <t>9786257686778</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>İki Savaş Arası Dönemde Bulgaristan (1919-1939)</t>
+          <t>Giresun Çepnileri (Ciltli)</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786258187151</t>
+          <t>9786257881630</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk Açısından Yapay Zeka Güvenliği</t>
+          <t>Çağdaş Yaklaşımlar Odağında Toplum ve Kültür Araştırmaları 1</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786256321588</t>
+          <t>9786052292068</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Balkan Göçleri: Tarihten Günümüze Bir Yolculuk</t>
+          <t>Bu Vatana Hayatlarını Feda Eden Kahramanlar Silifke’den Çanakkale Cephesine</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786256321816</t>
+          <t>9786257881111</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar’da Dış Politikanın Dönüşümü: Postkomünist Dönemde Bulgaristan (1991-2023)</t>
+          <t>Türkiye’deki Modernleşme Sürecinde Müzik</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786256321571</t>
+          <t>9786257881005</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Dil Psikolojisine Giriş</t>
+          <t>Tozlu Zaman Perdesi'nin Arkasında</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786256321632</t>
+          <t>9786057691583</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Hiçlik Makamı Delilik</t>
+          <t>Türkçe Eğitiminde Materyal Destekli Eğitsel Oyunlar</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786256822054</t>
+          <t>9786257881043</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Engelsiz Kentler</t>
+          <t>Sosyal Bilimler Akademik Araştırmalar (Kitap - 6)</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786256321366</t>
+          <t>9786257881029</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>The EU Climate Policy and The European Green Deal: History, Policies and Leadership</t>
+          <t>Öğrenme-Öğretme Sürecinde Öğrenci Katılımı</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786256321441</t>
+          <t>9786057691989</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Dil ve İletişim Eylem Örnekçeleri - Kurumsal İletişim - Sorun Çözme</t>
+          <t>Visual Studio 2019 C# Console Eğitimi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786057287298</t>
+          <t>9786052292020</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatı El Kitabı</t>
+          <t>Ulusal Okul Sağlığı Programı</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786256321663</t>
+          <t>9786052292037</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Makaleler ve Notlar</t>
+          <t>Konaklama İşletmelerinde İş Değerleri</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786256714922</t>
+          <t>9786057691385</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Gönül Deryasından Taşanlar</t>
+          <t>Atmosferdeki Minik Yaramazlar</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786256321502</t>
+          <t>9786057691323</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Toplumcu Türk Edebiyatının Doğuşu (1909-1929)</t>
+          <t>Açıklar Hipotezi ve Üçüz Açık Üzerine Ekonometrik Bir Uygulama</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786256579569</t>
+          <t>9786057691392</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>İş Dünyasında Dijital Networking Çağı: LinkedIn</t>
+          <t>Osmaneli (Bilecik) Soğanlı - Yumrulu Bitkileri</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786256579774</t>
+          <t>9786057691361</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Hun Araştımaları / Interdisciplinary Hun Studies</t>
+          <t>Making the Most of Literature in the Language Classroom</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786256321656</t>
+          <t>9786057691354</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Yazarlık Atölyesi</t>
+          <t>Temel Kavramları ve Örneklerle Modern Otel İşletmeciliği</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786256321618</t>
+          <t>9786257686037</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Egemberdi Ermatov Hayatı, Sanat Anlayısı ve Eserlerı</t>
+          <t>Mitoloji Araştırmaları 2</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786258009613</t>
+          <t>9786257881944</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili - Sembolik Dil Sembolik Çeviri</t>
+          <t>Kırgız Arkaik Destanları ve Mitoloji</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>450</v>
+        <v>185</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786256321175</t>
+          <t>9786257881975</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Makbul Kadının İnşası</t>
+          <t>Tarım</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786256321427</t>
+          <t>9786257881937</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Neo-Realizm Bağlamında Ulus Devletin Güvenliği: İsrail’in Akdeniz Politikası</t>
+          <t>Eğitimde Ahlak ve Etik</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786256321472</t>
+          <t>9786257686174</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Araştırmalar Kültürlerarasılık &amp; Karşılaştırmalı Edebiyat</t>
+          <t>1970 Sonrası Kadın Romancılığı</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786256321465</t>
+          <t>9786258009118</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Görgü Şahitleri Işığında Moğolların Kaifeng ve Caizhou Kuşatmaları</t>
+          <t>Çevresel Adalet (Ciltli)</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786256321519</t>
+          <t>9786257431194</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yönetişim ve Katılımcı Demokrasi Perspektifinden Valiliklerde Halkla İlişkiler Uygulamaları</t>
+          <t>Cumhuriyetin İlanından Sonra Edirne'de Yahudi Varlığı ve Kültürü</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786256579477</t>
+          <t>9786257431514</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Cumhuriyet ve Kazanımlar</t>
+          <t>Doğu Türkistan Araştırmaları 1</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>600</v>
+        <v>190</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786256321458</t>
+          <t>9786257881159</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Selected Student Essays II</t>
+          <t>5 Dakika Ara: Sinema ve Televizyonda Yönetmene Dair</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786256321496</t>
+          <t>9786057691194</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>İlişkisel-kültürel Kuram Temelli Çiftlerde İlişkisel Yılmazlığı Güçlendirme Çevrimiçi Programı</t>
+          <t>Şanlıurfa Efsaneleri (Ciltli)</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786256321410</t>
+          <t>9786257881135</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Hayatları Değiştiren Konuşmalar</t>
+          <t>Ölümünün Yüzüncü Yılında Ömer Seyfettin Hikayelerini Yeniden Okumak</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786256321274</t>
+          <t>9786257881104</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Küllüoba İlk Tunç Çağı Mimarisi</t>
+          <t>16. Asır Şairlerinden Defteri ve Divanı</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786256822252</t>
+          <t>9786057691934</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Türk Sanatında ve Silifke Kültüründe Keklik</t>
+          <t>Emiri'nin Ahlak-ı Kamilin Tercümesi</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786256321403</t>
+          <t>9786052292174</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Emir Demiri Keser</t>
+          <t>İktisat 1</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786256321199</t>
+          <t>9786257686099</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Diferansiyel Denklemler</t>
+          <t>İktisat 2</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786256321397</t>
+          <t>9786057691248</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Müdafaa-i Milliye Cemiyeti ve Faaliyetleri (1913-1919)</t>
+          <t>Toksik Liderlik</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786256714496</t>
+          <t>9786057691118</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>İzmir Basmahane’den Günümüze Bir Tekstil Mirası Baskı Kalıp Koleksiyonu</t>
+          <t>Heikki Paasonen ve Çuvaşça Masal Derlemeleri</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>750</v>
+        <v>45</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786256321250</t>
+          <t>9786057691545</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Turizm ve Destinasyon Araştırmaları - VI</t>
+          <t>The First International Winter Tourism Congress (IWTC 2019) Proceeding Book</t>
         </is>
       </c>
       <c r="C848" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786256579897</t>
+          <t>9786057691514</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Üzerine Felsefi Bir İnceleme</t>
+          <t>Farklı Perspektiflerden Kış Turizmi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786256321168</t>
+          <t>9786257881234</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Troyanın Gelini Helene (Kayıp Efsane)</t>
+          <t>Edirne’de Pomak Halk Kültürü</t>
         </is>
       </c>
       <c r="C850" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786256321373</t>
+          <t>9786257881609</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Edebiyatı Türk-Alman Göçmen Edebiyatı Yazarlar Sözlüğü</t>
+          <t>Türkçe Eğitimi ve Türk Edebiyatı Araştırmaları</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786256321267</t>
+          <t>9786257686020</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Turizm ve Destinasyon Araştırmaları VII</t>
+          <t>Nano Güvenlik</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786256321106</t>
+          <t>9786257881739</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>İdam Mahkumu</t>
+          <t>Sonsuza Uçan Kuşlar - Gagauz Araştırmaları Dizisi 4</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786256579217</t>
+          <t>9786257431002</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Kahramanlık Masalları</t>
+          <t>Azerbaycan Türkçesinin Biçimlik Sesbilgisi</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786256579910</t>
+          <t>9786057691958</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilinde, Kültüründe Tipler</t>
+          <t>Mersin Yöresi</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786256321434</t>
+          <t>9786057691941</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Yazınsal Biçembilim ve Türk Edebiyatı Okumaları</t>
+          <t>Science and Society - Academical Researches 3</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786256321007</t>
+          <t>9786057691309</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>"Voyn" Antalya'nın Yaşayan Mirası</t>
+          <t>Siyasal İletişimde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786256579989</t>
+          <t>9786257431071</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Basının Darbelerle İmtihanı</t>
+          <t>5 Temmuz Doğu Türkistan Soykırımında Kaybolan Savunmasız Sesler</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786256579507</t>
+          <t>9786257686716</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Kriminal Sinema</t>
+          <t>Trakya Ağızları Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>300</v>
+        <v>750</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786256579637</t>
+          <t>9786257686389</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Bilecik Yöresi Söz Varlığı</t>
+          <t>Modern Sanatın Sonu</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786256321052</t>
+          <t>9786257686426</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Yabancılaşma ve Postmodern Gezginin Otantiklik Arayışı</t>
+          <t>Kırgız Destanlarında Halk Hukuku</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786256822139</t>
+          <t>9786257686280</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Ermeni Harfli Kıpçak Türkçesinin Tematik Sözlüğü (İsimler)</t>
+          <t>Edebi Alıntılar ve Atıflar Bağlamında 1870-1908 Arasında Yayımlanan Türk Romanlarına Metinlerarası Bir Bakış</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>750</v>
+        <v>300</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786256579996</t>
+          <t>9786257686303</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Özbekçede Art Zamanlı Anlam Değişmeleri - Fiiller</t>
+          <t>Kardeşten Öte</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786256714168</t>
+          <t>9786257686242</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tespih Pazarı</t>
+          <t>Uygulamalı Halk Bilimi ve Etnobotanik Bağlamında Bitkiler: Kastamonu Örneği</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786256321236</t>
+          <t>9786257686310</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Hawking'de Evren ve Tanrı</t>
+          <t>Temsili Bürokrasi Uygulamaları ve Türkiye</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786057285836</t>
+          <t>9786257881227</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Duygular Sosyolojisi Sosyolojide Duyguların İzini Sürmek</t>
+          <t>Firdevsi-i Rumi Süleyman-Name (38. Cilt) 2 Cilt Takım</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>380</v>
+        <v>850</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786258118971</t>
+          <t>9786257881265</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Milli Mücadele'de Kara Vasıf Bey ve Karakol Cemiyeti</t>
+          <t>Yaşlılık Sosyolojisi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786256321328</t>
+          <t>9786257881166</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Derviş Vahdeti ve Volkan Gazetesi</t>
+          <t>Yönetimde Güncel Konular</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786256321212</t>
+          <t>9786057691712</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurcada Tohum Hece ve Tohum Kelimeler</t>
+          <t>Edige Batur Destanı</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786256957091</t>
+          <t>9786057691613</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>İkinci Körfez Krizi Dönemi Türk - Amerikan İlişkileri ve Yeni Muhafazakarlar (Neo-Cons)</t>
+          <t>Science and Society – Academical Researches 1</t>
         </is>
       </c>
       <c r="C870" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786256714311</t>
+          <t>9786057691088</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Edebiyatında Deniz Metaforu</t>
+          <t>Sosyal Bilimler Akademik Araştırmalar Kitap 5</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>500</v>
+        <v>280</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786256579842</t>
+          <t>9786052292846</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Mersin Konargöçerlerinin İnanç Dünyası</t>
+          <t>1. Dünya Harbi’nde Tarihi Yapanlar Fakat Yazmayanlar</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786256579491</t>
+          <t>9786257881951</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Cumhuri̇yeti̇n 100. Yılında Türki̇ye’ni̇n Çevre Perspekti̇fi̇: İkli̇m Deği̇şi̇kli̇ği̇ ve Uluslararası Mücadele</t>
+          <t>Plastik Sanatların Temel Kavramları</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786256321298</t>
+          <t>9786057691033</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Niyaz</t>
+          <t>Kafka Kelebek Olacak mı?</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786256321311</t>
+          <t>9786257881371</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Zaman</t>
+          <t>Temel Seviye Python Eğitimi</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786256321014</t>
+          <t>9786257881432</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Konuşmanın Evcilleştirilişinin Tarihi</t>
+          <t>Çanakkale İli Yenice İlçesinin Swot Analizi İle Sosyo Ekonomik Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786256321021</t>
+          <t>9786257881142</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Harici Zümreler Medya ve Şehirde Ötekileştirme Pratikleri</t>
+          <t>Endüstri 4.0 Programlamaya Giriş</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786256957930</t>
+          <t>9786257881173</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Oğuznamesi - Boylar ve Soylamalar</t>
+          <t>Eleni'nin Patiği</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>600</v>
+        <v>125</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786256321182</t>
+          <t>9786057691408</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Medya Endüstrisinde Emek Politikaları</t>
+          <t>Turistik Ürün Çeşitlendirmesinde Arz Tabanlı Bütünsel Yaklaşım - Adana İli Örneği</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786256321144</t>
+          <t>9786052292730</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Tarih, Kültür, Turizm ve Sinop</t>
+          <t>Aşk-ı Atik - Büyük Baba</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786256321281</t>
+          <t>9786052292693</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tarihi Alan Koruma Yönetimi</t>
+          <t>Afet Mevzuatının Topşumsal Cinsiyet Tarafından İncelenmesi</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786256822542</t>
+          <t>9786257686723</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı Yıllarında Milliyetçi Bir Ses: Türk Yurdu Dergisi (1942-1943)</t>
+          <t>Doğu Türkistan Mektupları (Ciltli)</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>240</v>
+        <v>185</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786256714250</t>
+          <t>9786257881470</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>XIV. Asır Mesnevilerinden Pir Maḥmud b. Pir ʻAli'nin Baḫtiyar-name’si (Giriş-Şekil ve Muhteva İncelemesi-Metin)</t>
+          <t>Tefsir-i No'mani</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786256321243</t>
+          <t>9786057691996</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>İslam Coğrafyasının Dışındaki Toplumlarda Çok Eşli Ünlü Erkekler</t>
+          <t>Yabancı Dil Öğrenme ve Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>320</v>
+        <v>95</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786256579187</t>
+          <t>9786257881036</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesi Ağızlarında Söylem İşaretleyicileri</t>
+          <t>Performansın Sürdürülebilirliği İşletmelerde    Dinamik Yetenekler Ve Personel Güçlendİrme</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>320</v>
+        <v>24</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786256957770</t>
+          <t>9786057691200</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Uygarlıkları (Tarih Öncesi Dönemlerden Eskiçağ’ın Sonuna Kadar)</t>
+          <t>İletişim Sosyal Medya ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>550</v>
+        <v>30</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786256714687</t>
+          <t>9786057691132</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Arzu ile Kanber Hikayesi (Ciltli)</t>
+          <t>Üniforma ve İmaj</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>1200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786256579828</t>
+          <t>9786257881302</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Sümer Evreni Hayat Ağacında Mitolojik Savaşlar ve Nuh Tufanı</t>
+          <t>W. A. Mozart'ın Saraydan Kız Kaçırma Operası'nda Oryantalizm</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786256321151</t>
+          <t>9786057691071</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kültürde Müzik ve Opera Sanatı</t>
+          <t>Sosyal Bilimler - Akademik Araştırmalar Kitap 4</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786256579033</t>
+          <t>9786052292761</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Tayyarzade Ahmed Ata Divanı</t>
+          <t>Yapısöküm ve Negatif Teoloji</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>300</v>
+        <v>48</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786258069969</t>
+          <t>9786257686334</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Sovyet Edebiyatına II. Dünya Savaşının Yansımaları</t>
+          <t>Boğazın Mavi Sularında</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786256579514</t>
+          <t>9786257686358</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Turizm ve Çocuk</t>
+          <t>Tuva Türkçesinde İsim Söz Yapımı</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>350</v>
+        <v>170</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786256714601</t>
+          <t>9786257686266</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>İmza</t>
+          <t>Sumer Evreni Hayat Ağacında Mitolojik Tanrılar ve Yaratılış (Ciltli)</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786258187427</t>
+          <t>9786257881388</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Alevi Kültürü İmam Musa Kazım Ocağı</t>
+          <t>Türkiye ve Dünyada Alternatif Eğitim</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786256714090</t>
+          <t>9786052292785</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Bulgar Edebiyatı’nda Elin Pelin ve “Geraklar” Eseri</t>
+          <t>Strategies For Protecting Innovation</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>280</v>
+        <v>35</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786256714953</t>
+          <t>9786257881364</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri ve Lojistik Yönetiminde Dijitalleşme ve Güncel Uygulamalar</t>
+          <t>Sırpça, Hırvatça, Boşnakça-Türkçe Sesteş Kelimeler</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786256714991</t>
+          <t>9786257881289</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Turizm Açısından Şırnak Jeotermal Kaynakları</t>
+          <t>Yunanistan Evros (Meriç) Bölgesi Orestiada (Kumçiftliği) Kazası Gagauzları Halk Edebiyatı ve Folkloru</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786256714274</t>
+          <t>9786257881326</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>İzmi̇r Dokuzyüzyi̇rmi̇yedi̇</t>
+          <t>Çeşitli Makroekonomik Değişkenlerin Bütçe Açıklarına Olan Etkisinin Çoklu Yapısal Kırılmalı Eşbütünleşme Testi İle Değerlendirilmesi: Türkiye Örneği (1973-2016)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786256714915</t>
+          <t>9786257881357</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklular Döneminde Musul’un Türk Vali̇leri̇</t>
+          <t>Gastronomi Alanında Yayımlanan Makalelerin Bibliyometrik Analizi</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786256822870</t>
+          <t>9786257881241</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Yörük Folkloru: Samsun-19 Mayıs Yörükleri</t>
+          <t>Erich Fromm ve Analitik Sosyoloji</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786256714823</t>
+          <t>9786257881319</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Renat Bekkin Leningrad Çocukluğu Kısa Öyküler</t>
+          <t>Duygusal Okuryazarlık</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786256321076</t>
+          <t>9786052292808</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Sözlü Kültürden Modern Türlere Anlatı Okumaları</t>
+          <t>Küreselleşme Sürecinde Devletlerarası İlişkiler Siyasal İletişim ve Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C902" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786256714182</t>
+          <t>9786052292860</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles’in Dil Felsefesi</t>
+          <t>Müziğin Nörobilimi</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786256714786</t>
+          <t>9786052292778</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Di̇stopya’dan Ütopya’ya Echedejya</t>
+          <t>Toplumsal Cinsiyet ve Kadın Folkloru Yazıları</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786256714335</t>
+          <t>9786052292815</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Dönemi Cumhuriyet Polisi</t>
+          <t>İlhami Baba Bosnevi Hayatı Sanatı ve Türkçe Eserleri</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>300</v>
+        <v>105</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786256714861</t>
+          <t>9786052292303</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Cihad</t>
+          <t>Uluslararası Finansal Piyasalar ve Piyasa Entegrasyonu</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>450</v>
+        <v>250</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786256579781</t>
+          <t>9786057691903</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Mardin Anlatıları</t>
+          <t>18 Mart 1915</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786256714908</t>
+          <t>9786057691910</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Marin Karadimitrov (Markadi) Bilgece Türkçe Söyleyişler</t>
+          <t>Şehit Olanları Deftere Yazdım</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786256714267</t>
+          <t>9786052292426</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. M. Hilmi Uçan Armağanı</t>
+          <t>Balık İmmünolojisi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>700</v>
+        <v>90</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786256714878</t>
+          <t>9786057691149</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Strugatski Kardeşler Üzerinden Rus Fantastik Edebiyatı: Tzvetan Todorov Eksenli Bir Yaklaşım</t>
+          <t>Türkiye'de Roman Kadın İstihdamı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786256714854</t>
+          <t>9786052292716</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Bir Arif ile Söyleşiler - Marifet Dünyasına Yolculuk</t>
+          <t>Kaza Nedensellik Teorileri</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786256714762</t>
+          <t>9786052292358</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Aşkımı Bir Sır Gibi</t>
+          <t>Küçük Yazarların Yazarlık Yolculuğu</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>65</v>
+        <v>32</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786256714960</t>
+          <t>9786057691927</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Nef'i Hayatı, Edebi Kişiliği Eserleri, Bazı Şiirlerinin Nesre Çeviri ve Açıklamaları</t>
+          <t>Piyasalar Arası İlişki Analizinde Gayrimenkul Piyasalarında Yatırım ve Finansman</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786256714779</t>
+          <t>9786052292822</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>İçinde Sen De Varsın</t>
+          <t>Bosna Savaşı ve Türk Romanı</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>150</v>
+        <v>42</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786256714830</t>
+          <t>9786057691293</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (sav) ve Dört Halifesi ile Söyleşiler</t>
+          <t>Türk Bitig Türklük Bilimi Araştırmaları 2019</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786256714847</t>
+          <t>9786057691187</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Resmeden Şiirler</t>
+          <t>Nöropazarlama Perspektifinden Kokusal Pazarlama</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>180</v>
+        <v>135</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786256714809</t>
+          <t>9786057691163</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Benim Dünyam</t>
+          <t>Übersetzungsunterricht Durch Textanalyse</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786256579484</t>
+          <t>9786057691422</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Yönetimi</t>
+          <t>Turizm Araştırmaları</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786256714113</t>
+          <t>9786052292747</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Doğum ve Ölüm</t>
+          <t>Macar Turan Cemiyeti ve Turan Dergisi (İnceleme - Bibliyografya)</t>
         </is>
       </c>
       <c r="C919" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786256822856</t>
+          <t>9786056686122</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Boşanamıyoruz</t>
+          <t>Turizm Talebini Etkileyen Faktörlerin Ekonometrik Bir Analizi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786256714038</t>
+          <t>9786057691538</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Sinop Bibliyografisi (1846-2023)</t>
+          <t>Laboratuvarlarda İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C921" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786256714229</t>
+          <t>9786052292310</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Böcek ve Nematodlarda Davranış Şekilleri ve Mücadele Olanakları</t>
+          <t>Çanakkale Yöresi Halk Kültürü</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786256579156</t>
+          <t>9786052292235</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Halkbilimsel Metaetik Kuram ile Âşık Veysel Poetikasında Türk Halk Felsefesi ve Varoluşçuluk</t>
+          <t>Yönetimden Stratejik Yönetime</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786256714755</t>
+          <t>9786256139855</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Cumhurbaşkanı Sayın Recep Tayyip Erdoğan’ın 70. Yaşına Özel Armağan</t>
+          <t>Kastamonu İli Araç İlçesi Örneğinde Kırsal Mimari</t>
         </is>
       </c>
       <c r="C924" s="1">
         <v>700</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786256714403</t>
+          <t>9786255972019</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin 100. Yılına Armağan</t>
+          <t>Bir Usta Bin Usta Örneği</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786256822931</t>
+          <t>9786256139923</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Weber Habermas ve Rawls Bağlamında Devlet ve Demokrasi Tartışmaları</t>
+          <t>Alışveriş Turizmi ve Bulgaristan İle Yunanistan'dan Gelen Ziyaretçilerin Edirne Ekonomisine Etkileri</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>420</v>
+        <v>290</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786256714144</t>
+          <t>9786255972279</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Manevi Hayat ve Din: Çanakkale Örneği</t>
+          <t>Kadın Ağzı Türkülerde Kadın</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786256714120</t>
+          <t>9786256139824</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Aynasında Bir Sır: Ahmet Hamdi Tanpınar</t>
+          <t>Küçük Asya Eyaletleri’nde Roma Memurlari: Curatores Rei Publicae</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786256714021</t>
+          <t>9786256139640</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Vefatının 750. Yılında Hünkar Hacı Bektaş Veli</t>
+          <t>Sevdi Gönlüm Ey Melek-Sîmâ Seni</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786256714243</t>
+          <t>9786256139305</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Çocuk Esirgeme Kurumu (1923-1981)</t>
+          <t>Üsküp Türk Tiyatrosu ve Balkan Türk Kimliğinin Korunmasındaki Rolü</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786256822979</t>
+          <t>9786256579552</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Havername İnceleme-Metin-Dizin-Tıpkıbasım</t>
+          <t>Türkçe-Fransızca Fransızca-Türkçe Askeri Terimler Sözlüğü</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786057282958</t>
+          <t>9786256139404</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Emirdağ Araştırmaları Tarih-Kültür-Ekonomi</t>
+          <t>Tarımda Kadın Emeği</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>700</v>
+        <v>320</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786256714625</t>
+          <t>9786256139879</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Sesin Büyüsü Hovsep Kurbanyan’ın Vantrilok Oyunları ve Mizahi Anlatıları</t>
+          <t>Girit’in Fethine Işık Tutan Bir Eser: Tevarih-i Cezire-i Girid</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786256714748</t>
+          <t>9786256822450</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Kazakça At Koşum Takımları</t>
+          <t>Türk Romanında Şehirleşme</t>
         </is>
       </c>
       <c r="C934" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786256714731</t>
+          <t>9786256139237</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Portre Fotoğrafına Yeniden Bakmak</t>
+          <t>Kelimelerin İzinde: Kültürel Miras Bağlamında Edebiyat Turizmi</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786256579798</t>
+          <t>9786256139480</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Silifke’m Lutfi Uğur (Hayatı ve Şiirleri)</t>
+          <t>Çanakkale Cephesinde Beşinci Ordu Kurmay Başkanı Kazım İnanç</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786256579231</t>
+          <t>9786256321755</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>1980’den Günümüze Türk Şiiri</t>
+          <t>Kent ve Kadın Türk Kültüründe Gün Olgusu</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786256579958</t>
+          <t>9786256139190</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Değerler ve Çatışma Yönetimi Stratejileri İlişkisi: Hizmet Sektöründe Bir Araştırma</t>
+          <t>Metafor Nedir? Ne değildir? (Tarihî Türk Dili ve Türkiye Türkçesinden Örneklerle)</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786256579927</t>
+          <t>9786256321090</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Fen Deneyleri</t>
+          <t>Yöneticiler İçin Sistemsel Düşünme Kılavuzu</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786256579255</t>
+          <t>9786256139220</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Gündüz Düşleri Modern Türk Öyküsünde Büyülü Gerçeklik</t>
+          <t>Kıyısız Şiirler Treni</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786258187502</t>
+          <t>9786256139541</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Metnin Cazibesi</t>
+          <t>Üç Leyla Üç Mecnun (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>350</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786256579125</t>
+          <t>9786256139312</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Sennur Sezer ve Şiirinde Toplumsal İnsani Değerler</t>
+          <t>Bizans Dönemi’nde Fildişi</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786256714717</t>
+          <t>9786256957459</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Sosyolojisi ve Türk Modernleşmesi</t>
+          <t>Balkan Ağızları Sözlüğü Cilt - 2</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>220</v>
+        <v>700</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786256714199</t>
+          <t>9786256139350</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Masalları Ahmed Kamil Nüshası</t>
+          <t>Turizmde Değer Yaratma Süreçlerinde Blok Zincir Teknolojileri</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786256714236</t>
+          <t>9786256139169</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe Spor Yöneticiliğine Bir Bakış</t>
+          <t>İslam Düşüncesinin Temellerine Dair Oryantalist Bir Yaklaşım: Ignaz Goldziher</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786256579941</t>
+          <t>9786256822115</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Edebiyata Köy Nesri</t>
+          <t>Klâsik Türk Edebiyatında Göç</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786256957503</t>
+          <t>9786256139589</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Türk Lehçelerinde Hal Ekleri</t>
+          <t>Her Yönüyle Lalapaşa, Meriç ve Süloğlu</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786256579699</t>
+          <t>9786256321717</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Dil Eğitimi Araştırmaları - I</t>
+          <t>Köşe Yazılarım İle Konular ve Analizler</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786256714694</t>
+          <t>9786256139336</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Teknolojiler ile Turizm Pazarlaması</t>
+          <t>Charles Taylor ve Axel Honneth’te Öznelerarası Tanınma Tartışmaları</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786256579972</t>
+          <t>9786256139299</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Ağrı İlinde Arıcılık Turizmi</t>
+          <t>Bir Yazar, Üç Roman Halide Edip Adıvar</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786256822412</t>
+          <t>9786256139497</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Yüzüncü Yılında Türkçemiz</t>
+          <t>Haber Deyip Geçmeyin</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786256579750</t>
+          <t>9786256139367</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Turizm ve Destinasyon Araştırmaları - V</t>
+          <t>Eski Uygur Türkçesinde Cinsiyet Kategorisi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786256579422</t>
+          <t>9786256321694</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Harbi</t>
+          <t>Vücut Geliştirme Tarihi ve Bilinmeyen Gerçekler</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>480</v>
+        <v>190</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786256714663</t>
+          <t>9786256139381</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Öğretmenlik</t>
+          <t>Azerbaycan Tiyatrosunun Ulu Çınarı İlyas Efendiyev Piyeslerinde Tarih</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786256714328</t>
+          <t>9786256139183</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Buğday Tanesi Milyonların Hikayesi</t>
+          <t>Mutfak Uygulamaları I (Ciltli)</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>250</v>
+        <v>550</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786256714656</t>
+          <t>9786256579415</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Ama Benim Çocuğum Bir Başka!</t>
+          <t>Disiplinler Arası Yaklaşımla Kültürel Miras Yönetimi (Ciltli)</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786256579712</t>
+          <t>9786256139435</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Türk Resminde Bayrak</t>
+          <t>Stratejik Marka Konumlandırma ve Tüketici Satın Alma Kararları: Birlikte Değerlendirme</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786256714670</t>
+          <t>9786256139268</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Mükemmellik</t>
+          <t>Klasik Türk Edebiyatında Peygamberler</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786256714618</t>
+          <t>9786256139503</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Estetik - Şehir - Kültür - Sapkınlık - İlerleme - İnovasyon Konulu Sosyoloji Risaleleri</t>
+          <t>Türkiye’nin Dünya Sahnesindeki Konumu</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786256579026</t>
+          <t>9786256139343</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Osman Bin Alî’nin Dua Kitabı</t>
+          <t>Yeşil Enerji İkliminde Konya Biyogaz Sinerjisi</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786256579132</t>
+          <t>9786057217271</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>The Centenary of the Republic of Turkey (1923-2023)</t>
+          <t>Yiyecek İçecek İşletmelerinde Pazarlama</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786256714052</t>
+          <t>9786256139244</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Kami (Kaşif Dehri) Üvey Valide (İnceleme - Metin)</t>
+          <t>Arif Ay'ın Şiir Dünyası</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786256579804</t>
+          <t>9786256714595</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Murat Gök Armağanı</t>
+          <t>Tanrı'nın Varlığını Bilmek</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786256822504</t>
+          <t>9786256714632</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Türk Milletine Adanmış Bir Ömür Garipkafkaslı (Prof. Dr. Ahmet Ali Aslan) Armağanı</t>
+          <t>Felsefede Çevresel Adalet, Vatandaşlık, Aidiyet ve Özcülük</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786256822788</t>
+          <t>9786256139251</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Deutsch als Fremdsprache Konjugationen von starken und unregelmäßigen Verben A1</t>
+          <t>Çocukluk Sosyolojisi</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786256714571</t>
+          <t>9786256139329</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Mekânın Dönüştürücü Etkisi (1940-1960)</t>
+          <t>Barpı Alıkul (Şiir Dünyası – Fonostilistik – Leksikostilistik – Şiirler)</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786256579934</t>
+          <t>9786256321854</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Şah I. Abbas Dönemi (1587-1629) Bilim Faaliyetleri</t>
+          <t>Varlıktan Tanrı'ya Güncel Kozmolojik Delil Tartışmaları</t>
         </is>
       </c>
       <c r="C967" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786256822566</t>
+          <t>9786256139374</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Coğrafi İşaretli Gastronomik Ürünleri</t>
+          <t>Göç, Kültür ve Tarih</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786256579866</t>
+          <t>9786256139176</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Anlam(sız) Olmayanı Aramak</t>
+          <t>Modern Özbek Edebiyatı</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786256822290</t>
+          <t>9786256139107</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Emine Gürsoy Naskali Armağanı - Tevazu Kitabı</t>
+          <t>Başlangıçtan Günümüze Türk Edebiyatında Tür ve Şekil Bilgisi</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786258118414</t>
+          <t>9786256139282</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Payanda Dergisi Yıl: 1 Sayı: 2 - Nisan 2022</t>
+          <t>Doğu Türkçesinden Batı Türkçesine Bir Ömür Prof. Dr. Bilal Yücel Armağanı</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786258069457</t>
+          <t>9786256139145</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Payanda Dergisi Yıl:1 Sayı:1 Ocak 2022</t>
+          <t>Habil - Kabil Hikayesi'nin Yeniden Yazımına Karşılaştırmalı Bakış</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786256714588</t>
+          <t>9786256139138</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Devletinde Uzmanlaşma</t>
+          <t>Ortaçağ Alan(OSET) Tarihi Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786256714649</t>
+          <t>9786258278422</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Etiğin Postmodernle İmtihanı Zygmunt Bauman ve Postmodern Etik</t>
+          <t>Amiral Usedom’un Türkiye Raporları Birinci Dünya Savaşı’nda Türk Boğazları Nasıl Savunuldu?</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786256579446</t>
+          <t>9786256139046</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Çankırı'da Siyasal Hayat (1946-1950)</t>
+          <t>Afetler ve Afet Yönetimi</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786256579873</t>
+          <t>9786256321526</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Şükufe</t>
+          <t>Bir Dünya Yeniden Yeşersin Diye</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>4440000001594</t>
+          <t>9786256321748</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Tanrı Adları</t>
+          <t>Çağın, İnsanın ve Eğitimin Anlam Arayışı</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>370</v>
+        <v>300</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786258187724</t>
+          <t>9786059743013</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Layner Taşımacılıkta Boş Konteyner Tedarik Yönetimi</t>
+          <t>Yönetim Bilimi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>160</v>
+        <v>520</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786256822306</t>
+          <t>9786058454743</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Bodakçi Anısına Ortaçağ’dan Cumhuriyet‘e Sanat Tarihi Çalışmaları</t>
+          <t>Temel İşletmecilik</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786256822795</t>
+          <t>9786256321649</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumlarında Hukukun Temel Kavramları Hukuki İşlem Uygulamaları</t>
+          <t>Geçmişten Günümüze Türk Resim Sanatı (Ciltli)</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786256957718</t>
+          <t>9786256321892</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tabirleri</t>
+          <t>Din Felsefesi Üzerinden Felsefeye Giriş</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786256905009</t>
+          <t>9786256139091</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Sinemasında Ötekiler</t>
+          <t>Risale-i Hafi ve Nahl-i Emel (İnceleme, Fhirst, Metinler)</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786256822597</t>
+          <t>9786256139121</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Divan'da Bir Kızıl Deli</t>
+          <t>Birinci Meclis’te Ayvacık’tan Bir Muhalif Milletvekili Hafız Hamdi Dumrul</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786256579682</t>
+          <t>9786256321960</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Rabi Divan</t>
+          <t>Bir Hikayeci ve Romancı Olarak Kemal Bilbaşar</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786256579903</t>
+          <t>9786256139077</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Kamus 1919</t>
+          <t>Capar Saatov’un Satirik Hikayeleri Üzeine Dil İncelemesi (Metin, Ses ve Şekil Bilgisi)</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786256822658</t>
+          <t>9786256714977</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Runik Metinlerde Belirteç İşlevli Bağımlı Cümleler</t>
+          <t>Kazdağı Tahtacı Türkmenlerinde Evlilik ve Musahiplik Kurumu</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786256822948</t>
+          <t>9786256139084</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Kapı ve Eşik</t>
+          <t>Bizans Hakimiyetinde Trabzon ve Çevresi (VI-XII. Yüzyıl)</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786256579705</t>
+          <t>9786256139039</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Şehir Turizmi Kapsamında Adıyaman</t>
+          <t>Coğrafi İşaretli Gastronomik Ürünlerin Bölge Halkı Tarafından Algılanması Üzerine Analitik Bir Araştırma Kars Kaşarı Örneği</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786256822627</t>
+          <t>9786256321045</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Batı Türkçesinde Tür Değiştirme</t>
+          <t>Türkçe Dilbilgisi Rehberi + 30 Test (Rusça)</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786256822962</t>
+          <t>9786258009880</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>İnce Hüzünler Yazarı Ruşen Hakkı Özpençe</t>
+          <t>Divan Edebiyatının Kaynakları</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786256579743</t>
+          <t>9786256321946</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Turizm ve Destinasyon Araştırmaları - IV</t>
+          <t>Praktikum Fıkralar Kitabı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>280</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786256822924</t>
+          <t>9786256321939</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Masalsı Dönüşümler</t>
+          <t>Aşkı Resmeden Şiirler</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786256822573</t>
+          <t>9786256321564</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Döneminde Türkiye’nin Askerî Teknoloji Kaynakları (1946-1990)</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786256579361</t>
+          <t>9786256321557</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Niyaz Muḥammed Divan-ı Kamil</t>
+          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786256579613</t>
+          <t>9786256714069</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Karahanlı Türkçesinde Duygu Fiilleri</t>
+          <t>Hatib Muhammed B. Muzaffer Tuhetü’l-Mahdum</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786256579088</t>
+          <t>9786256321229</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türkiye Türkçesinde Cümle Yapısı</t>
+          <t>Doğaüstü Varlıklar ve Anlatılar Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786256579323</t>
+          <t>9786256321809</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Her Yönüyle Keşan</t>
+          <t>Sovyet Sonrası Gürcistan Tarihi 1991-2023</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786256714106</t>
+          <t>9786256321687</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat Rüzgârından 15 Temmuz Kasırgasına Bir Yolculuk Bilim Hayatımdan Trajikomik Kareler</t>
+          <t>Panzehir Taşlar</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786256579200</t>
+          <t>9786256321984</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Entelektüel Suç</t>
+          <t>Halk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>420</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786256579149</t>
+          <t>9786256139060</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Türk Destan Evreninde Oyun</t>
+          <t>Dış Ticarette Teknikler</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>480</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786256579576</t>
+          <t>9786256321922</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>18. Yüzyıl Aşık Şiiri</t>
+          <t>Meslek Yüksek Okulları İçin Matematik</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786256579194</t>
+          <t>9786256321861</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Selçuklu Devleti’nde Adalet ve Adliye Teşkilatı</t>
+          <t>Yaşlılık Sosyolojisi</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786256579651</t>
+          <t>9786256321885</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Ahü's-Sakıp el-Mahruki Gülsüm</t>
+          <t>Turizm Ve Sosyal Medya Teori Ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786256579019</t>
+          <t>9786256321533</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Adalet ve Enerji</t>
+          <t>Kuzey Rüzgarının Kadını</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786256579729</t>
+          <t>9786256957152</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Vasıta’nın Molla Cami Divanı Şerhi: Kasaid Ü Gazeliyyat-ı Mevlana Durrahman Cami</t>
+          <t>Cihadi Mürşid-i Kamil Mesnevisi</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786256822757</t>
+          <t>9786256714427</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Yabancılara Türkçe Öğretiminde Metindilbilimden Yararlanma</t>
+          <t>Müezzin-Zade Devletü 'l-Cevletül Uşşak</t>
         </is>
       </c>
       <c r="C1006" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786256579378</t>
+          <t>9786256714724</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleri Işığında Eyüp Sabri ve Nevzâd (İnceleme – Metin)</t>
+          <t>Uluslararası Sağlık Turizmi: Ülkeler, Uygulamalar</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786256822986</t>
+          <t>9786258009897</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sahnesinde Bir Figüran: Muvaffak Sami Onat</t>
+          <t>Tarihten Günümüze Türkiyeye Yönelik Teopolitik ve Teostratejiler</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786258069945</t>
+          <t>9786256321823</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Anlatılarında Devler</t>
+          <t>İş Yaşamında Davranış Becerileri Kitabı</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786256579040</t>
+          <t>9786256321540</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yağmur Törenleri ve Yağmurla İlgili İnanışlar</t>
+          <t>Yedi</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786256822481</t>
+          <t>9786256321762</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Efe Sultan</t>
+          <t>Sürdürülebilir Kalkınma Sürecinde Ekoturizm</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786256822535</t>
+          <t>9786256321700</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Moda, Kültür, Sanat Arkeoloji ve Sanat Tarihi Çalışmaları</t>
+          <t>Motivasyon</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786256822733</t>
+          <t>9786256321779</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Bildirişim</t>
+          <t>Şiirin Bedeni / Bedenin Şiiri</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786256822580</t>
+          <t>9786256579880</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>İstanköy - Yunanistan Türklerinin Geçiş Ritüelleri</t>
+          <t>Üç Düşünür Üzeri̇ne Yazılar</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786256822528</t>
+          <t>9786256714205</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Edebiyatında Mizah, Hiciv, İroni</t>
+          <t>Pastacılık Temel Metot ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786256822276</t>
+          <t>9786256579439</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Erdemdir Gençlerin Gözüyle Cumhuriyetin Yüzüncü Yılı</t>
+          <t>Gastronomi Biliminde Yeni Eğilimler: Uygulamalar ve Örnekler</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786256822801</t>
+          <t>9786052292525</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Hataylı Aşık Avcı Osman Hayatı, Sanatı ve Şiirleri</t>
+          <t>Türk Bitig Türklük Bilimi Araştırmaları</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786256822887</t>
+          <t>9786256579095</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Yansıma Sözcükler (Onomatopeler) (Rusça ve Türkçe Örneği)</t>
+          <t>Düşler ve Yolculuklar Sinema Yazıları</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786256822351</t>
+          <t>9786256321724</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Güncel Yönetim Araştırmaları</t>
+          <t>Manastır Vilayeti'nin Tarihçesi</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786256579163</t>
+          <t>9786256321625</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcılık ve Müzik</t>
+          <t>Disiplinlerarası Bakışta Adnan Menderes</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786256579583</t>
+          <t>9786256321335</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Seçili OECD Ülkelerinde Kuznets’in Ters-U Hipotezinin Geçerliliği: Panel Veri Analizi</t>
+          <t>İki Savaş Arası Dönemde Bulgaristan (1919-1939)</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786256822474</t>
+          <t>9786258187151</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Covid -19 ve Gençlerde Yalnızlık</t>
+          <t>Uluslararası Hukuk Açısından Yapay Zeka Güvenliği</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786256822702</t>
+          <t>9786256321588</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Geleceği İnşa Etmek: Metaverse ve Yapay Zeka ile İşletmelerde Dijital Dönüşüm</t>
+          <t>Balkan Göçleri: Tarihten Günümüze Bir Yolculuk</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786256822511</t>
+          <t>9786256321816</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Gelenek Görenek ve Ritüelleriyle Eğlenhoca Köyü</t>
+          <t>Balkanlar’da Dış Politikanın Dönüşümü: Postkomünist Dönemde Bulgaristan (1991-2023)</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786058290914</t>
+          <t>9786256321571</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Japon Dili ve Kültürü Eğitimi Araştırmalarına Yeni Yaklaşımlar</t>
+          <t>Dil Psikolojisine Giriş</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786256579224</t>
+          <t>9786256321632</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Bursevi Muhyiddin Halife’nin İbretnamesi</t>
+          <t>Hiçlik Makamı Delilik</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786256822184</t>
+          <t>9786256822054</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Şair Sabahattin Ali</t>
+          <t>Engelsiz Kentler</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786256822634</t>
+          <t>9786256321366</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Rüyası 1870- 2022 Arası Türk Romanında Rüya</t>
+          <t>The EU Climate Policy and The European Green Deal: History, Policies and Leadership</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786256822399</t>
+          <t>9786256321441</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Dinmeyen Fırtına: Zeki Sarıhan’a Armağan</t>
+          <t>Kurumsal Dil ve İletişim Eylem Örnekçeleri - Kurumsal İletişim - Sorun Çözme</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786256579248</t>
+          <t>9786057287298</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Malatyalı Necâtî-i Sânî Divanı</t>
+          <t>Türk Halk Edebiyatı El Kitabı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786256822917</t>
+          <t>9786256321663</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Sesin Rengi: Oruç Aruoba Şiiri</t>
+          <t>Makaleler ve Notlar</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786256822825</t>
+          <t>9786256714922</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Bütün Tang Metinleri’nde Türklerle İlgili Mektup ve Buyruklar</t>
+          <t>Gönül Deryasından Taşanlar</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786256822993</t>
+          <t>9786256321502</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Batı Uygurlarının Dili ve Kültürü Eski Uygurca Mektuplar</t>
+          <t>Toplumcu Türk Edebiyatının Doğuşu (1909-1929)</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786256579606</t>
+          <t>9786256579569</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Hemedan İlinin İdari Bölümlerinin Tarihi</t>
+          <t>İş Dünyasında Dijital Networking Çağı: LinkedIn</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786256822818</t>
+          <t>9786256579774</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Halkbilim ve Metaverse Yeni Dünyaların Beşiğinde</t>
+          <t>Disiplinlerarası Hun Araştımaları / Interdisciplinary Hun Studies</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786256822771</t>
+          <t>9786256321656</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Kıta Avrupası’nda Dinsel Sapkınlıklar: Ariusçuluktan Husçuluğa</t>
+          <t>Yaratıcı Yazarlık Atölyesi</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786256822900</t>
+          <t>9786256321618</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Türk Halk Hekimliği Kitabı</t>
+          <t>Egemberdi Ermatov Hayatı, Sanat Anlayısı ve Eserlerı</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786256579590</t>
+          <t>9786258009613</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Auf Den Spuren Des Allergrössten Scheichs: MUHYIDDIN IBN ARABI</t>
+          <t>Türk Dili - Sembolik Dil Sembolik Çeviri</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786256579521</t>
+          <t>9786256321175</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Aidiyet Bağlamında Romanlar</t>
+          <t>Makbul Kadının İnşası</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786256822467</t>
+          <t>9786256321427</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Rus Popüler Bilim Söylemi Kaynak Metinler – Alıştırmalar – Hedef Metinler</t>
+          <t>Neo-Realizm Bağlamında Ulus Devletin Güvenliği: İsrail’in Akdeniz Politikası</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786256905917</t>
+          <t>9786256321472</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Savaş Tarihi</t>
+          <t>Kültürlerarası Araştırmalar Kültürlerarasılık &amp; Karşılaştırmalı Edebiyat</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786256822443</t>
+          <t>9786256321465</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağında Çevirmen Olmak Derleme Tabanlı İnsan ve Makine Çevirisi İncelemeleri</t>
+          <t>Görgü Şahitleri Işığında Moğolların Kaifeng ve Caizhou Kuşatmaları</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786256579279</t>
+          <t>9786256321519</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Bursalı Rahmi Gül-i Sad-Berg (İnceleme-Tenkitli Metin-Tıpkı Basım)</t>
+          <t>Türkiye’de Yönetişim ve Katılımcı Demokrasi Perspektifinden Valiliklerde Halkla İlişkiler Uygulamaları</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786256822368</t>
+          <t>9786256579477</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Problemli Teknoloji Kullanımı, Olumsuz Etkileri ve Çözüm Önerileri</t>
+          <t>100. Yılında Cumhuriyet ve Kazanımlar</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786256579316</t>
+          <t>9786256321458</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetimizin 100. Yılı Hatırası Geçmişten Geleceğe Kepez</t>
+          <t>Selected Student Essays II</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786256822689</t>
+          <t>9786256321496</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Haçlı Seferleri Avrupa’dan Latin Doğu’ya Tarih Yazımı, Tasvirler ve İlişkiler The Crusades Historiography, Representaiıons And Relations From Europe to The Latin East</t>
+          <t>İlişkisel-kültürel Kuram Temelli Çiftlerde İlişkisel Yılmazlığı Güçlendirme Çevrimiçi Programı</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786256822719</t>
+          <t>9786256321410</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkçesi ile Yazılmış Bir Kasîde-i Bürde Şerhi</t>
+          <t>Hayatları Değiştiren Konuşmalar</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786256822436</t>
+          <t>9786256321274</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatı (Bir Tarihsel Panorama)</t>
+          <t>Küllüoba İlk Tunç Çağı Mimarisi</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786256822726</t>
+          <t>9786256822252</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılına Armağan Gönen Üzerine Araştırmalar</t>
+          <t>Türk Sanatında ve Silifke Kültüründe Keklik</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>500</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786256822641</t>
+          <t>9786256321403</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Exploring Leadership Behavior Model For Cross - Continents Ngos</t>
+          <t>Emir Demiri Keser</t>
         </is>
       </c>
       <c r="C1050" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786256822177</t>
+          <t>9786256321199</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Gerçekliğin İnovatif Güncellemesi: XXI. Yüzyıl Rus Edebiyatında “Yeni Realizm” (Andrey Gelasimov’un Ön Sözüyle)</t>
+          <t>Diferansiyel Denklemler</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786256822429</t>
+          <t>9786256321397</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Budist Uygur Metinlerde “Savaş Aletleri” (Tematik ve Dilsel İnceleme)</t>
+          <t>Müdafaa-i Milliye Cemiyeti ve Faaliyetleri (1913-1919)</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786256822214</t>
+          <t>9786256714496</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Dönemine Yönelik Sağlık ve Güvenlik Eğitimi ve Etkinlik Örnekleri</t>
+          <t>İzmir Basmahane’den Günümüze Bir Tekstil Mirası Baskı Kalıp Koleksiyonu</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>260</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786256822559</t>
+          <t>9786256321250</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Demiryolların Askerlik Nokta-i Nazarından Tarihi – İstimali – Teşkilatı</t>
+          <t>Turizm ve Destinasyon Araştırmaları - VI</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786256579064</t>
+          <t>9786256579897</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği</t>
+          <t>Vicdan Üzerine Felsefi Bir İnceleme</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786256905221</t>
+          <t>9786256321168</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'da Alabastronlar</t>
+          <t>Troyanın Gelini Helene (Kayıp Efsane)</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786256822238</t>
+          <t>9786256321373</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Cavid ve Azerbaycan Somut Olmayan Kültürel Anıtlar (Halk Hikayeleri)</t>
+          <t>Göçmen Edebiyatı Türk-Alman Göçmen Edebiyatı Yazarlar Sözlüğü</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786256822160</t>
+          <t>9786256321267</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Türkçesinde Sevgi Kavramının Bilişsel Açıdan İncelenmesi</t>
+          <t>Turizm ve Destinasyon Araştırmaları VII</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786256822191</t>
+          <t>9786256321106</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Uygulamalı Girişimcilik Eğitimi</t>
+          <t>İdam Mahkumu</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786256822382</t>
+          <t>9786256579217</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Özbek Destanlarının Sıklık Sözlüğü</t>
+          <t>Kırgız Kahramanlık Masalları</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786256822016</t>
+          <t>9786256579910</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Yarış</t>
+          <t>Türk Dilinde, Kültüründe Tipler</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786256905191</t>
+          <t>9786256321434</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Halk Hikayelerinde Ara Sözce</t>
+          <t>Yazınsal Biçembilim ve Türk Edebiyatı Okumaları</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786256822375</t>
+          <t>9786256321007</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>OECD Ülkelerinde Yenilenebilir Enerji Tüketiminin Makro Ekonomik Belirleyicileri ve Türkiye İçin Politika Önerisi: Güneş Enerjisi Modeli</t>
+          <t>"Voyn" Antalya'nın Yaşayan Mirası</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786256822283</t>
+          <t>9786256579989</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Fethinden Mübadeleye Sakız Adası</t>
+          <t>Türkiye'de Basının Darbelerle İmtihanı</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786256822047</t>
+          <t>9786256579507</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Alevilikte Yol ve Yolculuk Velayetnameler Üzerine Halk Bilimi ve Tasavvuf Bağlamında Bir İnceleme</t>
+          <t>Kriminal Sinema</t>
         </is>
       </c>
       <c r="C1065" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786256822030</t>
+          <t>9786256579637</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Ritüelleri ve Anlatılarıyla Kutsal Mekanlar</t>
+          <t>Bilecik Yöresi Söz Varlığı</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786256905603</t>
+          <t>9786256321052</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı</t>
+          <t>Yabancılaşma ve Postmodern Gezginin Otantiklik Arayışı</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786256822498</t>
+          <t>9786256822139</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Eko Turizm</t>
+          <t>Ermeni Harfli Kıpçak Türkçesinin Tematik Sözlüğü (İsimler)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786256905931</t>
+          <t>9786256579996</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Aşık İbrahim Yanar Monografisi</t>
+          <t>Özbekçede Art Zamanlı Anlam Değişmeleri - Fiiller</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>700</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786256905962</t>
+          <t>9786256714168</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi ile Modern Masallar Dizisi 1 - Sabahattin Ali Masallar</t>
+          <t>Türkiye'de Tespih Pazarı</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786256905832</t>
+          <t>9786256321236</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Kazak Türkçesinde İsim Cümleleri (Abiş Kekilbayev'in Dala Balladaları Adlı Eseri Temelinde)</t>
+          <t>Hawking'de Evren ve Tanrı</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786256905849</t>
+          <t>9786057285836</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Tarihler</t>
+          <t>Duygular Sosyolojisi Sosyolojide Duyguların İzini Sürmek</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786256822009</t>
+          <t>9786258118971</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Dil, Edebiyat, Kültür ve Dil Eğitimi Çalışmaları</t>
+          <t>Milli Mücadele'de Kara Vasıf Bey ve Karakol Cemiyeti</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786256905313</t>
+          <t>9786256321328</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Medyada Koronafobi Söylemi</t>
+          <t>Derviş Vahdeti ve Volkan Gazetesi</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786256822313</t>
+          <t>9786256321212</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Hybrides Sprachlerncoaching</t>
+          <t>Eski Uygurcada Tohum Hece ve Tohum Kelimeler</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786256822245</t>
+          <t>9786256957091</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Basında Homofobinin İnşası</t>
+          <t>İkinci Körfez Krizi Dönemi Türk - Amerikan İlişkileri ve Yeni Muhafazakarlar (Neo-Cons)</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786256822092</t>
+          <t>9786256714311</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Bir Mekanın Gündelik Hayatı: Farklılıklarla Yaşayabilmek</t>
+          <t>Türk Halk Edebiyatında Deniz Metaforu</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786256822405</t>
+          <t>9786256579842</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Tartışmaların Odağında Atatürk ve Atatürkçülük</t>
+          <t>Mersin Konargöçerlerinin İnanç Dünyası</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786256822269</t>
+          <t>9786256579491</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Karbonelyaf Takviyeli Polimer Kompozitlerin Delinmesinde Yüzey Pürüzlülüğünü Azaltacak Uygun Delme Yöntemleri Ve Parametrelerin Seçilmesi</t>
+          <t>Cumhuri̇yeti̇n 100. Yılında Türki̇ye’ni̇n Çevre Perspekti̇fi̇: İkli̇m Deği̇şi̇kli̇ği̇ ve Uluslararası Mücadele</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786256905900</t>
+          <t>9786256321298</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi “Stratejik Açıdan Bir Bakış”</t>
+          <t>Niyaz</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>550</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786256905238</t>
+          <t>9786256321311</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Uzunköprü Uzunköprü Çalışmaları</t>
+          <t>Türk Kültüründe Zaman</t>
         </is>
       </c>
       <c r="C1081" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786256957824</t>
+          <t>9786256321014</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Bilimsel araştırma Yazıları-II</t>
+          <t>Konuşmanın Evcilleştirilişinin Tarihi</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786256822078</t>
+          <t>9786256321021</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Turizmde İnsan Hakları</t>
+          <t>Harici Zümreler Medya ve Şehirde Ötekileştirme Pratikleri</t>
         </is>
       </c>
       <c r="C1083" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786256822061</t>
+          <t>9786256957930</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Kırsal Kalkınma Odaklı Yerleşim Planlaması: Havsa Cilt 1</t>
+          <t>Dede Korkut Oğuznamesi - Boylar ve Soylamalar</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786256957473</t>
+          <t>9786256321182</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. Ahmet Günşen Armağını</t>
+          <t>Medya Endüstrisinde Emek Politikaları</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786256822108</t>
+          <t>9786256321144</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Mecalisü’n–Nefayis’in İki Nüshasının Karşılaştırılması</t>
+          <t>Tarih, Kültür, Turizm ve Sinop</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786256905665</t>
+          <t>9786256321281</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarasılık &amp; Dil</t>
+          <t>Türkiye'de Tarihi Alan Koruma Yönetimi</t>
         </is>
       </c>
       <c r="C1087" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786256905740</t>
+          <t>9786256822542</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Kentin Yeniden Üretimi</t>
+          <t>İkinci Dünya Savaşı Yıllarında Milliyetçi Bir Ses: Türk Yurdu Dergisi (1942-1943)</t>
         </is>
       </c>
       <c r="C1088" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786256905467</t>
+          <t>9786256714250</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık ve Kambiyo</t>
+          <t>XIV. Asır Mesnevilerinden Pir Maḥmud b. Pir ʻAli'nin Baḫtiyar-name’si (Giriş-Şekil ve Muhteva İncelemesi-Metin)</t>
         </is>
       </c>
       <c r="C1089" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786256905894</t>
+          <t>9786256321243</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Lojistik ve Gelişimi</t>
+          <t>İslam Coğrafyasının Dışındaki Toplumlarda Çok Eşli Ünlü Erkekler</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786256957879</t>
+          <t>9786256579187</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Eynesil ve Yöresi Ağızları</t>
+          <t>Türkiye Türkçesi Ağızlarında Söylem İşaretleyicileri</t>
         </is>
       </c>
       <c r="C1091" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786256905924</t>
+          <t>9786256957770</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Türk Romanında Orta Doğu</t>
+          <t>Anadolu Uygarlıkları (Tarih Öncesi Dönemlerden Eskiçağ’ın Sonuna Kadar)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>750</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786256905856</t>
+          <t>9786256714687</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Klasik Türk Edebiyatında Ehl-i Beyt</t>
+          <t>Arzu ile Kanber Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>500</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786256905818</t>
+          <t>9786256579828</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Gagavuz Halk Müziği ve Türkiye Sahası Halk Müziği</t>
+          <t>Sümer Evreni Hayat Ağacında Mitolojik Savaşlar ve Nuh Tufanı</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786256905887</t>
+          <t>9786256321151</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Ekolojisinde Hayvanlar</t>
+          <t>Dijital Kültürde Müzik ve Opera Sanatı</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786256905771</t>
+          <t>9786256579033</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>İran’ın Göçebe Türkleri</t>
+          <t>Tayyarzade Ahmed Ata Divanı</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>650</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786256905627</t>
+          <t>9786258069969</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Turizm ve Destinasyon Araştırmaları-III</t>
+          <t>Sovyet Edebiyatına II. Dünya Savaşının Yansımaları</t>
         </is>
       </c>
       <c r="C1097" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786256905801</t>
+          <t>9786256579514</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Nazlı Eray’ın Romanlarında Toplumsal Cinsiyet Açısından Kadın ve Erkek</t>
+          <t>Turizm ve Çocuk</t>
         </is>
       </c>
       <c r="C1098" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786256957053</t>
+          <t>9786256714601</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Gördüm, Çektim, Seçtim - Sinema ve Televizyona Dair Çeşitlemeler</t>
+          <t>İmza</t>
         </is>
       </c>
       <c r="C1099" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786256905504</t>
+          <t>9786258187427</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Mareşal Fevzi Çakmak’ın Fahri Başkanlığı’nda Millet Partisi</t>
+          <t>Gaziantep Alevi Kültürü İmam Musa Kazım Ocağı</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786256905474</t>
+          <t>9786256714090</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Harbi</t>
+          <t>Bulgar Edebiyatı’nda Elin Pelin ve “Geraklar” Eseri</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786256905764</t>
+          <t>9786256714953</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Alman Kısa Hikayelerinde Doğunun Tasviri (1909-1913)</t>
+          <t>Tedarik Zinciri ve Lojistik Yönetiminde Dijitalleşme ve Güncel Uygulamalar</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786256957602</t>
+          <t>9786256714991</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Yorgunluğu Düzeyinin Hasta Güvenliği Üzerindeki Etkisinde Mesleki Yaşam Kalitesi ve İş Güvenliğinin Aracı Etkisi</t>
+          <t>Sağlık ve Turizm Açısından Şırnak Jeotermal Kaynakları</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786256905757</t>
+          <t>9786256714274</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Abdülhak Hâmid Şiirinin Gösterge-biçembilimsel Çözümlemesi</t>
+          <t>İzmi̇r Dokuzyüzyi̇rmi̇yedi̇</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786256957688</t>
+          <t>9786256714915</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Hisse Senedi Getiri Volatilitelerinin Doğrusal Olmayan Metotlarla İncelenmesi ve Piyasa Etkinliğinin Araştırılması: BRICS-T Ülkeleri ile Karşılaştırmalı Bir Analiz</t>
+          <t>Büyük Selçuklular Döneminde Musul’un Türk Vali̇leri̇</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786256905528</t>
+          <t>9786256822870</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Yerelden Ulusala Doğu Karadeniz Mutfak Kültürü (Eastern Black Sea's Culinary Culture From Local to National)</t>
+          <t>Yörük Folkloru: Samsun-19 Mayıs Yörükleri</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786256905030</t>
+          <t>9786256714823</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Orhan Pamuk ve Ev</t>
+          <t>Renat Bekkin Leningrad Çocukluğu Kısa Öyküler</t>
         </is>
       </c>
       <c r="C1107" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786256905702</t>
+          <t>9786256321076</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkçesiyle Yazılmış Tahir ile Zühre Hikâyesi</t>
+          <t>Sözlü Kültürden Modern Türlere Anlatı Okumaları</t>
         </is>
       </c>
       <c r="C1108" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786256905726</t>
+          <t>9786256714182</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Toplum ve Sağlık Çevirmenliği Eğitiminde Yaklaşımlar ve İçerikler</t>
+          <t>Aristoteles’in Dil Felsefesi</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786256905245</t>
+          <t>9786256714786</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Nahvi ve Raşid’in Nahv-i Türki'si</t>
+          <t>Di̇stopya’dan Ütopya’ya Echedejya</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786057217233</t>
+          <t>9786256714335</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatın Sanatlararası İlişkileri</t>
+          <t>Atatürk Dönemi Cumhuriyet Polisi</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786256905542</t>
+          <t>9786256714861</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>CHP’de İnönü - Ecevit Mücadelesi</t>
+          <t>Cihad</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786256905559</t>
+          <t>9786256579781</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Kutsal'ın İzdüşümleri</t>
+          <t>Mardin Anlatıları</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786256905641</t>
+          <t>9786256714908</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Stratejik İstihbarat Kapsamında Milli Mücadele Döneminin Değerlendirilmesi Yüzbaşı Kemal Bey ve Mustafa Sagir Olayları (1920-1922)</t>
+          <t>Marin Karadimitrov (Markadi) Bilgece Türkçe Söyleyişler</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786256957428</t>
+          <t>9786256714267</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık ve Lojistik IV</t>
+          <t>Prof. Dr. M. Hilmi Uçan Armağanı</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>350</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786256957039</t>
+          <t>9786256714878</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>İran’da Modernleşme, Ulema ve İktidar: Rıza Şah Döneminde İran Devleti ve Ulema İlişkisi</t>
+          <t>Strugatski Kardeşler Üzerinden Rus Fantastik Edebiyatı: Tzvetan Todorov Eksenli Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786057285829</t>
+          <t>9786256714854</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Şifa Niyetine Biberiye</t>
+          <t>Bir Arif ile Söyleşiler - Marifet Dünyasına Yolculuk</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786258187830</t>
+          <t>9786256714762</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>The Literature of the Turks</t>
+          <t>Aşkımı Bir Sır Gibi</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786057219015</t>
+          <t>9786256714960</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Gagauz Atasözleri</t>
+          <t>Nef'i Hayatı, Edebi Kişiliği Eserleri, Bazı Şiirlerinin Nesre Çeviri ve Açıklamaları</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786256957381</t>
+          <t>9786256714779</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Öğretmen Sorunları (1940-1955 Yılları Arası)</t>
+          <t>İçinde Sen De Varsın</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786057285805</t>
+          <t>9786256714830</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Türk Dilince Dualar, Beddualar Sözlüğü</t>
+          <t>Hz. Muhammed (sav) ve Dört Halifesi ile Söyleşiler</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786258240139</t>
+          <t>9786256714847</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Öz - Düzenlemeli Öğrenme Becerileri</t>
+          <t>Hayatı Resmeden Şiirler</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786258009286</t>
+          <t>9786256714809</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Fransızca - Türkçe Diyalog Örnekleri ve Yaygın Kullanılan Kalıp İfadeler - Exemples De Dialogues Français - Turc et Formules Couramment Utilisees</t>
+          <t>Benim Dünyam</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>290</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786258187083</t>
+          <t>9786256579484</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Öğretiminde Temel Söz Edimleri</t>
+          <t>İnovasyon Yönetimi</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786258118537</t>
+          <t>9786256714113</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karaoğuz</t>
+          <t>Türk Kültüründe Doğum ve Ölüm</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786258118483</t>
+          <t>9786256822856</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Cuhuriyet’in Yetiştirdiği Eğitimci Bir Şair Rıfat Necde Evrimer</t>
+          <t>Boşanamıyoruz</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786258118445</t>
+          <t>9786256714038</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Avustralya'da Türkçe Eğitimi</t>
+          <t>Sinop Bibliyografisi (1846-2023)</t>
         </is>
       </c>
       <c r="C1127" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786258118247</t>
+          <t>9786256714229</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Boyutlarıyla Toplumsal Değişme ve Eğitim</t>
+          <t>Böcek ve Nematodlarda Davranış Şekilleri ve Mücadele Olanakları</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786258009903</t>
+          <t>9786256579156</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Türkçenin Belirteç Tümcecikleri Ve Yabancı Dil Olarak Öğretimi</t>
+          <t>Halkbilimsel Metaetik Kuram ile Âşık Veysel Poetikasında Türk Halk Felsefesi ve Varoluşçuluk</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786258118346</t>
+          <t>9786256714755</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Bir Risale Mecmuasında Kayıtlı İki Cenkname</t>
+          <t>Cumhurbaşkanı Sayın Recep Tayyip Erdoğan’ın 70. Yaşına Özel Armağan</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786258009668</t>
+          <t>9786256714403</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>İstiklalinin 100. Yılında Ardahan</t>
+          <t>Türkiye Cumhuriyeti’nin 100. Yılına Armağan</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786258009699</t>
+          <t>9786256822931</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Kırımçak Atasözleri</t>
+          <t>Weber Habermas ve Rawls Bağlamında Devlet ve Demokrasi Tartışmaları</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786258009279</t>
+          <t>9786256714144</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Yaklaşım ve Yöntemler Üzerine Araştırmalar</t>
+          <t>Manevi Hayat ve Din: Çanakkale Örneği</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786258009743</t>
+          <t>9786256714120</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurca – Hotence Sözlükçe</t>
+          <t>Bugünün Aynasında Bir Sır: Ahmet Hamdi Tanpınar</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786057691064</t>
+          <t>9786256714021</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Current Studies in Educational Measurement and Evaluation</t>
+          <t>Vefatının 750. Yılında Hünkar Hacı Bektaş Veli</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>480</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786056731655</t>
+          <t>9786256714243</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Türkiye Çocuk Esirgeme Kurumu (1923-1981)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786256905672</t>
+          <t>9786256822979</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Haber, Sokak ve “Travesti” Türkiye Basınında Transların Sunumu</t>
+          <t>Havername İnceleme-Metin-Dizin-Tıpkıbasım</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786256905610</t>
+          <t>9786057282958</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Türk Folklor Tarihinde Mehmet Halit Bayrı Türk Folkloruna Adanmış Bir Ömür</t>
+          <t>Emirdağ Araştırmaları Tarih-Kültür-Ekonomi</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786258187908</t>
+          <t>9786256714625</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Eğitim Göçmen Mülteci ve Sığınmacıların Uyumu ve Eğitim Politikaları</t>
+          <t>Sesin Büyüsü Hovsep Kurbanyan’ın Vantrilok Oyunları ve Mizahi Anlatıları</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786256957992</t>
+          <t>9786256714748</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Yönetici Deneyimleriyle Kalite Yönetim Sistemlerinin Konaklama İşletmelerinde Yarattığı Sorunlar</t>
+          <t>Kazakça At Koşum Takımları</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786256905689</t>
+          <t>9786256714731</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin İlk Basma Fabrikası: Nazilli Sümerbank (Kuruluşu ve Sosyoekonomik Yönleri)</t>
+          <t>Portre Fotoğrafına Yeniden Bakmak</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786256905153</t>
+          <t>9786256579798</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Tebdil-i Kıyafet</t>
+          <t>Silifke’m Lutfi Uğur (Hayatı ve Şiirleri)</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786256905498</t>
+          <t>9786256579231</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Pazarlama Kanalı Sosyal Medya</t>
+          <t>1980’den Günümüze Türk Şiiri</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786256905023</t>
+          <t>9786256579958</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Ses Kitabı</t>
+          <t>Bireysel Değerler ve Çatışma Yönetimi Stratejileri İlişkisi: Hizmet Sektöründe Bir Araştırma</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786256905351</t>
+          <t>9786256579927</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Halkevi Dergisi Yeni Türk</t>
+          <t>Fen Deneyleri</t>
         </is>
       </c>
       <c r="C1145" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786256905511</t>
+          <t>9786256579255</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Periferi (Tiyatro Oyunu) (2 Perde)</t>
+          <t>Gündüz Düşleri Modern Türk Öyküsünde Büyülü Gerçeklik</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786256905580</t>
+          <t>9786258187502</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Sarı Uygurcanın Etimolojik Sözlüğü Eski Türkçe, Orta Türkçe, Moğolca, Çince ve Çağdaş Türk Dillerindeki Denklikleriyle (B, C, Ç, D, F, G Maddeleri)</t>
+          <t>Metnin Cazibesi</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786256905450</t>
+          <t>9786256579125</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Dil Felsefesi</t>
+          <t>Sennur Sezer ve Şiirinde Toplumsal İnsani Değerler</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786256905597</t>
+          <t>9786256714717</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Bir Bedeni Paylaşmak</t>
+          <t>Uygarlığın Sosyolojisi ve Türk Modernleşmesi</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786256905375</t>
+          <t>9786256714199</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Ahmetbey Köftesi</t>
+          <t>Billur Köşk Masalları Ahmed Kamil Nüshası</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786256957794</t>
+          <t>9786256714236</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Basınında Batı Anadolu'da Yunan İşgali (1919-1922)</t>
+          <t>Teoriden Pratiğe Spor Yöneticiliğine Bir Bakış</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786258187281</t>
+          <t>9786256579941</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Suriye'de Son Perde: Yeni Bir Hoybun (Ermeni-Kürt) Hareketi ve İtalya (1930-1939)</t>
+          <t>Tarihten Edebiyata Köy Nesri</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786256905320</t>
+          <t>9786256957503</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Anadolu’da Halı Dokumak: Şark Halı Kumpanyası</t>
+          <t>Tarihi Türk Lehçelerinde Hal Ekleri</t>
         </is>
       </c>
       <c r="C1153" s="1">
         <v>550</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786256905412</t>
+          <t>9786256579699</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>La Division Du Travail Dans L’histoire De La Philosophie</t>
+          <t>Dil Eğitimi Araştırmaları - I</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786257881692</t>
+          <t>9786256714694</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>LGBTİ+ Akademi: Tarih, Medya ve Düşünce Analizleri</t>
+          <t>Yeni Nesil Teknolojiler ile Turizm Pazarlaması</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786258118155</t>
+          <t>9786256579972</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Pazarlama</t>
+          <t>Ağrı İlinde Arıcılık Turizmi</t>
         </is>
       </c>
       <c r="C1156" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786059743020</t>
+          <t>9786256822412</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>İlkokul "Oyun ve Fiziki Etkinlikler" Dersi Öğretimi Sınıf Öğretmenliği Eğitiminde Beden Eğitimi Ders Modeli</t>
+          <t>Cumhuriyetin Yüzüncü Yılında Türkçemiz</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786256905269</t>
+          <t>9786256579750</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Moğolistan’da Yaşayan Kazaklar Tarihi, Kültürü, Dili ve Dil Durumu</t>
+          <t>Turizm ve Destinasyon Araştırmaları - V</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786256905160</t>
+          <t>9786256579422</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Yazar – Gazeteci – Çevirmen – Suat Derviş</t>
+          <t>İkinci Dünya Harbi</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>280</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786256905436</t>
+          <t>9786256714663</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Politikalarında İklim Değişikliği: Çevre, Enerji ve Sürdürülebilirlik</t>
+          <t>Mükemmel Öğretmenlik</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786057216854</t>
+          <t>9786256714328</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Mizah Dergileri Üzerinden Karşılaştırmalı Bir Dönem Analizi: Türkiye’de Çok Partili Siyasal Yaşama Geçiş (1946-1950)</t>
+          <t>Buğday Tanesi Milyonların Hikayesi</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786256905443</t>
+          <t>9786256714656</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Homo Naturalis İnsan ve Geleneksel Ekolojik Bilgi</t>
+          <t>Ama Benim Çocuğum Bir Başka!</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786256957954</t>
+          <t>9786256579712</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Göğün Bilmecesi</t>
+          <t>Türk Resminde Bayrak</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786256905535</t>
+          <t>9786256714670</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Türk İnanç Paradigmasında Kültler</t>
+          <t>Kişisel Mükemmellik</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786258240047</t>
+          <t>9786256714618</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Mecmua-i Türki</t>
+          <t>Estetik - Şehir - Kültür - Sapkınlık - İlerleme - İnovasyon Konulu Sosyoloji Risaleleri</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786256905337</t>
+          <t>9786256579026</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Mısır’da Oğuzca: Sultan Kayıtbay’ın Türkçe Manzumeleri</t>
+          <t>Osman Bin Alî’nin Dua Kitabı</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786256957756</t>
+          <t>9786256579132</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Zarif Beşiri ve Çuvaşlar</t>
+          <t>The Centenary of the Republic of Turkey (1923-2023)</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786256905429</t>
+          <t>9786256714052</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve Antropoloji</t>
+          <t>Hüseyin Kami (Kaşif Dehri) Üvey Valide (İnceleme - Metin)</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786256905115</t>
+          <t>9786256579804</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Yoksul Yanlısı Turizm ve Kırsal Kalkınma</t>
+          <t>Murat Gök Armağanı</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786256957701</t>
+          <t>9786256822504</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Kırgız Halk Hekimliği</t>
+          <t>Türk Milletine Adanmış Bir Ömür Garipkafkaslı (Prof. Dr. Ahmet Ali Aslan) Armağanı</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786256957572</t>
+          <t>9786256822788</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Tarsuslu Aşık Mahrumi’nin Şiirleri Üzerine Bir Dil İncelemesi</t>
+          <t>Deutsch als Fremdsprache Konjugationen von starken und unregelmäßigen Verben A1</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786256957725</t>
+          <t>9786256714571</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Gençlik</t>
+          <t>Türk Romanında Mekânın Dönüştürücü Etkisi (1940-1960)</t>
         </is>
       </c>
       <c r="C1172" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786256957541</t>
+          <t>9786256579934</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>İletişim Kurma Becerileri</t>
+          <t>Şah I. Abbas Dönemi (1587-1629) Bilim Faaliyetleri</t>
         </is>
       </c>
       <c r="C1173" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786057219053</t>
+          <t>9786256822566</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Su Yönetimi: Güneydoğu Anadolu Projesi Üzerine Bir Araştırma</t>
+          <t>Türkiye’nin Coğrafi İşaretli Gastronomik Ürünleri</t>
         </is>
       </c>
       <c r="C1174" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786256905184</t>
+          <t>9786256579866</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Geçen Yaz</t>
+          <t>Anlam(sız) Olmayanı Aramak</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786256957947</t>
+          <t>9786256822290</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Bir Kurumsal İtibar İçin Yeni Alışkanlıklar</t>
+          <t>Prof. Dr. Emine Gürsoy Naskali Armağanı - Tevazu Kitabı</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>220</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786256957909</t>
+          <t>9786258118414</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Azmi-zade Hâletî’nin Edebi Portresi</t>
+          <t>Payanda Dergisi Yıl: 1 Sayı: 2 - Nisan 2022</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786256957961</t>
+          <t>9786258069457</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Ara Nesil’de Şiir</t>
+          <t>Payanda Dergisi Yıl:1 Sayı:1 Ocak 2022</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786256905085</t>
+          <t>9786256714588</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Kriz ve Magazinleşme</t>
+          <t>Platon’un Devletinde Uzmanlaşma</t>
         </is>
       </c>
       <c r="C1179" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786256957633</t>
+          <t>9786256714649</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Vaḥidi: Saʿadet-name</t>
+          <t>Etiğin Postmodernle İmtihanı Zygmunt Bauman ve Postmodern Etik</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786256905399</t>
+          <t>9786256579446</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Eh Onun Gibi Bir Şey</t>
+          <t>Çankırı'da Siyasal Hayat (1946-1950)</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786256957893</t>
+          <t>9786256579873</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Safiye Erol’un Romanlarında Yabancılaşma</t>
+          <t>Şiir ve Şükufe</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786256905344</t>
+          <t>4440000001594</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Endüstri İlişkilerinin Güncel Sorunları ve Gelişme Alanları</t>
+          <t>Türk Kültüründe Tanrı Adları</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786256905139</t>
+          <t>9786258187724</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Melek Ferhad’ım, Ciğerparem</t>
+          <t>Layner Taşımacılıkta Boş Konteyner Tedarik Yönetimi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>430</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786256957497</t>
+          <t>9786256822306</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Hezarfen Hüseyin Efendi Kitab-ı Lügat-ı Hindi</t>
+          <t>Ahmet Bodakçi Anısına Ortaçağ’dan Cumhuriyet‘e Sanat Tarihi Çalışmaları</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786256905382</t>
+          <t>9786256822795</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Perdede Göçün Kadınları</t>
+          <t>Yükseköğretim Kurumlarında Hukukun Temel Kavramları Hukuki İşlem Uygulamaları</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786256957831</t>
+          <t>9786256957718</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmelerinde Güncel Liderlik Yaklaşımları</t>
+          <t>Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786256905368</t>
+          <t>9786256905009</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Vitaliy Boşkov-Memba Suları</t>
+          <t>Yeni Türk Sinemasında Ötekiler</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786256957435</t>
+          <t>9786256822597</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Kriz - Kuramsal ve Güncel Tartışmalar</t>
+          <t>Divan'da Bir Kızıl Deli</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786256957923</t>
+          <t>9786256579682</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Kazak Şairi Ötebay Turmanjanov’un Eserleri Üzerine Dil ve Üslup İncelenmesi</t>
+          <t>Rabi Divan</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786256957817</t>
+          <t>9786256579903</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Küçük İskender’in Şiirlerinde Yeraltı Edebiyatı Ve Beatnik Kuşak Etkisi</t>
+          <t>Muhtasar Kamus 1919</t>
         </is>
       </c>
       <c r="C1191" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786256957558</t>
+          <t>9786256822658</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Kadınları: Türk Gölge Oyunu Üzerine Feminist Kuramsal Bir İnceleme</t>
+          <t>Runik Metinlerde Belirteç İşlevli Bağımlı Cümleler</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786256957985</t>
+          <t>9786256822948</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Transkripsiyonlu 17. Yüzyıl Osmanlı Türkçesi Sözlüğü</t>
+          <t>Kapı ve Eşik</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786256905214</t>
+          <t>9786256579705</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Capar Saatov’un “Ak Di̇l” İsi̇mli̇ Eseri̇ Üzeri̇ne İnceleme</t>
+          <t>Şehir Turizmi Kapsamında Adıyaman</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>620</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786256957732</t>
+          <t>9786256822627</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşi Gülbankları</t>
+          <t>Batı Türkçesinde Tür Değiştirme</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786256957916</t>
+          <t>9786256822962</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>1st International Logistics Symposium</t>
+          <t>İnce Hüzünler Yazarı Ruşen Hakkı Özpençe</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786256957169</t>
+          <t>9786256579743</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Kaynarca ve Kandıra Dokumaları</t>
+          <t>Turizm ve Destinasyon Araştırmaları - IV</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786057219060</t>
+          <t>9786256822924</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Uygulamalı Veri Yönetimi</t>
+          <t>Masalsı Dönüşümler</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786256957138</t>
+          <t>9786256822573</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Teselya'da Bir Cevelan ve Dört Aylık Seyahatim</t>
+          <t>Soğuk Savaş Döneminde Türkiye’nin Askerî Teknoloji Kaynakları (1946-1990)</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786256957664</t>
+          <t>9786256579361</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesiyle Yazılmış Miʻrac-name (Dil özellikleri -Metin- Dizin)</t>
+          <t>Niyaz Muḥammed Divan-ı Kamil</t>
         </is>
       </c>
       <c r="C1200" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786256957145</t>
+          <t>9786256579613</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Hidrojen Ekonomisi Perspektifinden Yarınların Yeşil İş ve Becerileri</t>
+          <t>Karahanlı Türkçesinde Duygu Fiilleri</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786057219008</t>
+          <t>9786256579088</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>İlim ve Bilginin Önemini Anlatan Bir Mesnevi Bayezid Dasitan-ı Müşkülat-ı Duhter-i Padişah (İnceleme-Metin-Dizinli Sözlük)</t>
+          <t>Çağdaş Türkiye Türkçesinde Cümle Yapısı</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786256905047</t>
+          <t>9786256579323</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>2. Abdülhamid Dönemi İstanbul Belediyeciliği</t>
+          <t>100. Yılında Her Yönüyle Keşan</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>550</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786256905078</t>
+          <t>9786256714106</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Edebiyatında İlk Polisiye Romanlar</t>
+          <t>28 Şubat Rüzgârından 15 Temmuz Kasırgasına Bir Yolculuk Bilim Hayatımdan Trajikomik Kareler</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786256957251</t>
+          <t>9786256579200</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Sudoku</t>
+          <t>Türk Romanında Entelektüel Suç</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786256957787</t>
+          <t>9786256579149</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Hukuk - Ahlak İlişkisi ve Şer'i Hile</t>
+          <t>Türk Destan Evreninde Oyun</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>290</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786256957411</t>
+          <t>9786256579576</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözleri ve Fransızca Karşılıkları</t>
+          <t>18. Yüzyıl Aşık Şiiri</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786256957480</t>
+          <t>9786256579194</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Huzur ve Zaman</t>
+          <t>Türkiye Selçuklu Devleti’nde Adalet ve Adliye Teşkilatı</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786057282972</t>
+          <t>9786256579651</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Havsa</t>
+          <t>Ahü's-Sakıp el-Mahruki Gülsüm</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786256957671</t>
+          <t>9786256579019</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>“Arzname” ve “Hulasatü’t-tevarih” Eserlerinde Akkoyunlu ve Safevi Ordularının Resmigeçitleri (Çeviri-Tıpkıbasım-İnceleme)</t>
+          <t>Çevresel Adalet ve Enerji</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786057282910</t>
+          <t>9786256579729</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ve Yeşil Kalkınma</t>
+          <t>Vasıta’nın Molla Cami Divanı Şerhi: Kasaid Ü Gazeliyyat-ı Mevlana Durrahman Cami</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786256957404</t>
+          <t>9786256822757</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Kız Kundakta Cehiz Sandıkta Tokat’ta Çeyiz - Çeyiz Sandığı Kültürü</t>
+          <t>Yabancılara Türkçe Öğretiminde Metindilbilimden Yararlanma</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786057216823</t>
+          <t>9786256579378</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygurca Kayıt ve Listeler</t>
+          <t>Arşiv Belgeleri Işığında Eyüp Sabri ve Nevzâd (İnceleme – Metin)</t>
         </is>
       </c>
       <c r="C1213" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786057217202</t>
+          <t>9786256822986</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretimi Ders Kitapları ve Türkçenin Yabancı Dil Olarak Öğretimi Üzerine Araştırmalar</t>
+          <t>Edebiyat Sahnesinde Bir Figüran: Muvaffak Sami Onat</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786057219046</t>
+          <t>9786258069945</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gök Kubbemizi Hatırlarken: Yahya Kemal’de Bellek İnşası</t>
+          <t>Türk Halk Anlatılarında Devler</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786057216878</t>
+          <t>9786256579040</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Devri Türk Tiyatrosunda Histeri</t>
+          <t>Türkiye’de Yağmur Törenleri ve Yağmurla İlgili İnanışlar</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786256957121</t>
+          <t>9786256822481</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Amaçlı Metin Çözümlemesi</t>
+          <t>Efe Sultan</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786256957046</t>
+          <t>9786256822535</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Muğla’nın Demokrasi Serüveni-I</t>
+          <t>Moda, Kültür, Sanat Arkeoloji ve Sanat Tarihi Çalışmaları</t>
         </is>
       </c>
       <c r="C1218" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786256957107</t>
+          <t>9786256822733</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Havalimanında Müşteri Tatminine Yönelik Değerin Birlikte Yaratılması</t>
+          <t>Bildirişim</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786256957282</t>
+          <t>9786256822580</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Natıkıyye (Kürrase-i Natıki) - Manzum Sözlük Şerhi</t>
+          <t>İstanköy - Yunanistan Türklerinin Geçiş Ritüelleri</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786256957305</t>
+          <t>9786256822528</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Mahalli İdarelerin Uluslararası İlişkiler Faaliyetlerine Yönelik Bir Vaka Çalışması: İstanbul, 2019-2022</t>
+          <t>Mesnevi Edebiyatında Mizah, Hiciv, İroni</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786256957213</t>
+          <t>9786256822276</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Geçiş Dönemleri Büyülerinin Mitolojik ve Dini Kökenleri</t>
+          <t>Cumhuriyet Erdemdir Gençlerin Gözüyle Cumhuriyetin Yüzüncü Yılı</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786256957626</t>
+          <t>9786256822801</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçiliğin Coğrafyaları - III</t>
+          <t>Hataylı Aşık Avcı Osman Hayatı, Sanatı ve Şiirleri</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786258240146</t>
+          <t>9786256822887</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>İlahi Komedya</t>
+          <t>Yansıma Sözcükler (Onomatopeler) (Rusça ve Türkçe Örneği)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>700</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786057217226</t>
+          <t>9786256822351</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Araştırmalar - Kültürlerarasılık ve Edebiyat</t>
+          <t>Güncel Yönetim Araştırmaları</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786256957268</t>
+          <t>9786256579163</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>İstilacı Zararlı Türler ve Mücadelede Yeni Yaklaşımlar</t>
+          <t>Yaratıcılık ve Müzik</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>380</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786256957275</t>
+          <t>9786256579583</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmeler Işığında Dış Ticarette Seçilmiş Muhasebe ve Finans Konuları</t>
+          <t>Seçili OECD Ülkelerinde Kuznets’in Ters-U Hipotezinin Geçerliliği: Panel Veri Analizi</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786057287236</t>
+          <t>9786256822474</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Ömer Fuadi Bülbüliyye</t>
+          <t>Covid -19 ve Gençlerde Yalnızlık</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786258187618</t>
+          <t>9786256822702</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda İletişim Çalışmaları</t>
+          <t>Geleceği İnşa Etmek: Metaverse ve Yapay Zeka ile İşletmelerde Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C1229" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786256957510</t>
+          <t>9786256822511</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Türk Dili ve Edebiyatı Eğitimi Metin İnceleme ve Değerlendirme</t>
+          <t>Gelenek Görenek ve Ritüelleriyle Eğlenhoca Köyü</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786256957640</t>
+          <t>9786058290914</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Enerji Yönetimi ve İklim Değişikliği ile Mücadele</t>
+          <t>Japon Dili ve Kültürü Eğitimi Araştırmalarına Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786057287212</t>
+          <t>9786256579224</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Hikayet-i Zuhur-ı Al-i Osman (Osmanoğullarının Ortaya Çıkışının Hikayesi)</t>
+          <t>Bursevi Muhyiddin Halife’nin İbretnamesi</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786057282996</t>
+          <t>9786256822184</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Piyade Eğitiminde Atış Talimleri</t>
+          <t>Şair Sabahattin Ali</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786057282965</t>
+          <t>9786256822634</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Yüzüncü Yılında Türkiye Tarih, Toplum, Siyaset</t>
+          <t>Edebiyatın Rüyası 1870- 2022 Arası Türk Romanında Rüya</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786057282903</t>
+          <t>9786256822399</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Edward D’Angelo Özgürlük Problemi ve Determinizm</t>
+          <t>Dinmeyen Fırtına: Zeki Sarıhan’a Armağan</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786057287243</t>
+          <t>9786256579248</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Takvimü’l Ebdan Li Sıhhati’l İnsan</t>
+          <t>Malatyalı Necâtî-i Sânî Divanı</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786258118698</t>
+          <t>9786256822917</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Acquisition of Subjects in Second Language Turkish at the Syntax-Discourse Interface</t>
+          <t>Sesin Rengi: Oruç Aruoba Şiiri</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786258187274</t>
+          <t>9786256822825</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Donmuş Çatışma, De Facto Devlet Ve “Interim” Barış Sarmalında Dağlık Karabağ</t>
+          <t>Bütün Tang Metinleri’nde Türklerle İlgili Mektup ve Buyruklar</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786256957183</t>
+          <t>9786256822993</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Keşan’da Bir Horasan Eri Rüstem Baba / Rüstem Gazi</t>
+          <t>Batı Uygurlarının Dili ve Kültürü Eski Uygurca Mektuplar</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786256957619</t>
+          <t>9786256579606</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Ekonomisi ve Sosyoloji Alanlarında Dijitalleşme</t>
+          <t>Hemedan İlinin İdari Bölümlerinin Tarihi</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786057287229</t>
+          <t>9786256822818</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Endüstri̇ 4.0 Bağlamında Geleceği̇ Anlamak</t>
+          <t>Halkbilim ve Metaverse Yeni Dünyaların Beşiğinde</t>
         </is>
       </c>
       <c r="C1241" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786256957329</t>
+          <t>9786256822771</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel İntikam Niyeti</t>
+          <t>Ortaçağ Kıta Avrupası’nda Dinsel Sapkınlıklar: Ariusçuluktan Husçuluğa</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786256957695</t>
+          <t>9786256822900</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Oyuncak Bebekler</t>
+          <t>Türk Halk Hekimliği Kitabı</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786256957015</t>
+          <t>9786256579590</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Yahya Akengin</t>
+          <t>Auf Den Spuren Des Allergrössten Scheichs: MUHYIDDIN IBN ARABI</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786057216892</t>
+          <t>9786256579521</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Terörün Sosyal Medyası</t>
+          <t>Kentsel Aidiyet Bağlamında Romanlar</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786256957008</t>
+          <t>9786256822467</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Baytursınulı 23 Ağıt (23 Joqtaw)</t>
+          <t>Rus Popüler Bilim Söylemi Kaynak Metinler – Alıştırmalar – Hedef Metinler</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786057217257</t>
+          <t>9786256905917</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig Kitabı</t>
+          <t>Savaş Tarihi</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786256957657</t>
+          <t>9786256822443</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçedeki Geniz Seslerinin Tarihî ve Modern Türk Dillerindeki Gelişimi</t>
+          <t>Yapay Zeka Çağında Çevirmen Olmak Derleme Tabanlı İnsan ve Makine Çevirisi İncelemeleri</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786256957077</t>
+          <t>9786256579279</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesinde Nezaket İfadeleri</t>
+          <t>Bursalı Rahmi Gül-i Sad-Berg (İnceleme-Tenkitli Metin-Tıpkı Basım)</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786057219039</t>
+          <t>9786256822368</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Hava Taşımacılığında COVID-19 Krizinin Etkileri ve Yönetimi</t>
+          <t>Çocuklarda Problemli Teknoloji Kullanımı, Olumsuz Etkileri ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786057217295</t>
+          <t>9786256579316</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Fotodinamik Terapi Yeni Ftalosiyanin Bileşikleri</t>
+          <t>Cumhuriyetimizin 100. Yılı Hatırası Geçmişten Geleceğe Kepez</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786256957350</t>
+          <t>9786256822689</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Erbabü’t - Tarik</t>
+          <t>Haçlı Seferleri Avrupa’dan Latin Doğu’ya Tarih Yazımı, Tasvirler ve İlişkiler The Crusades Historiography, Representaiıons And Relations From Europe to The Latin East</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786057282989</t>
+          <t>9786256822719</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Nehcü’l-Ferādīs Üzerine Metindilbilimsel Bir İnceleme (1. Bap)</t>
+          <t>Doğu Türkçesi ile Yazılmış Bir Kasîde-i Bürde Şerhi</t>
         </is>
       </c>
       <c r="C1253" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786256957084</t>
+          <t>9786256822436</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Bir Hakikat Şövalyesi Kierkegaard Felsefesinde İnsanın Paradoksal Varoluşu</t>
+          <t>Yeni Türk Edebiyatı (Bir Tarihsel Panorama)</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786057216885</t>
+          <t>9786256822726</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Yazının Çizgileşmesi: Klasiklerin Çizgi Roman Çevirisi</t>
+          <t>Cumhuriyet’in 100. Yılına Armağan Gönen Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786256957527</t>
+          <t>9786256822641</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Etik Stratejiler Açısından Örgütsel Adalet - Örgütsel Vatandaşlık (Üzerine Bir Araştırma)</t>
+          <t>Exploring Leadership Behavior Model For Cross - Continents Ngos</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786256957244</t>
+          <t>9786256822177</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Sosyal ve Ekonomik Yönleriyle Ergani Bakır İşletmesi</t>
+          <t>Gerçekliğin İnovatif Güncellemesi: XXI. Yüzyıl Rus Edebiyatında “Yeni Realizm” (Andrey Gelasimov’un Ön Sözüyle)</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786256957466</t>
+          <t>9786256822429</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Deniz Tedarik Zincirinde Tarafların Yönetimi</t>
+          <t>Budist Uygur Metinlerde “Savaş Aletleri” (Tematik ve Dilsel İnceleme)</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786258187892</t>
+          <t>9786256822214</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Tari̇hte, Kültürde ve Ekonomi̇de Türk Kadınına Bi̇çi̇len Yöneti̇ci̇li̇k Rolü</t>
+          <t>Erken Çocukluk Dönemine Yönelik Sağlık ve Güvenlik Eğitimi ve Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786057219091</t>
+          <t>9786256822559</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Tarımsal Faaliyetlerde İş Güvenliği</t>
+          <t>Demiryolların Askerlik Nokta-i Nazarından Tarihi – İstimali – Teşkilatı</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>290</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786057282927</t>
+          <t>9786256579064</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Hasim Divançesi</t>
+          <t>İş Sağlığı ve Güvenliği</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786057282941</t>
+          <t>9786256905221</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Biyolojide Sık Kullanılan Terimler ve Kısaltmalar</t>
+          <t>Anadolu'da Alabastronlar</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786258118827</t>
+          <t>9786256822238</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Marangoz</t>
+          <t>Ertuğrul Cavid ve Azerbaycan Somut Olmayan Kültürel Anıtlar (Halk Hikayeleri)</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786057216847</t>
+          <t>9786256822160</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Mitolojiden Edebiyata: Shakespeare ve Ostrovski’de “Kar Kızı”</t>
+          <t>Kırgız Türkçesinde Sevgi Kavramının Bilişsel Açıdan İncelenmesi</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786256957022</t>
+          <t>9786256822191</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Evliya Çelebi Seyahatnamesi Örneğinde 17. Yüzyıl Osmanlı Türkçesinde Farsçadan Alıntılanan Bağımlılaştırıcı Bağlaçlar</t>
+          <t>Uygulamalı Girişimcilik Eğitimi</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786258187526</t>
+          <t>9786256822382</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Selected Student Essays</t>
+          <t>Özbek Destanlarının Sıklık Sözlüğü</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786057285850</t>
+          <t>9786256822016</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Turizmin Bölgesel Ekonomik Kalkınmadaki Rolü ve Uygulama Örneği Olarak Eğirdir Yöresi</t>
+          <t>Yarış</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786057285843</t>
+          <t>9786256905191</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Yeni Nesil Pazarlama Teknolojileri</t>
+          <t>Halk Hikayelerinde Ara Sözce</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786057285867</t>
+          <t>9786256822375</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Aktarım Değişim ve Koruma Samsun’un Kavak İlçesi Örneği</t>
+          <t>OECD Ülkelerinde Yenilenebilir Enerji Tüketiminin Makro Ekonomik Belirleyicileri ve Türkiye İçin Politika Önerisi: Güneş Enerjisi Modeli</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786057285874</t>
+          <t>9786256822283</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Cengiz Dağcı ve Kültür (Halk Bilimsel Bir İnceleme)</t>
+          <t>Fethinden Mübadeleye Sakız Adası</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786057287267</t>
+          <t>9786256822047</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Batı Trakya Türk Ağızları Söz Varlığı</t>
+          <t>Alevilikte Yol ve Yolculuk Velayetnameler Üzerine Halk Bilimi ve Tasavvuf Bağlamında Bir İnceleme</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786258240214</t>
+          <t>9786256822030</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sanat ve Sosyal Bilimler Kongresi 2022 Tam Metin Bildiriler Kitabı</t>
+          <t>Ritüelleri ve Anlatılarıyla Kutsal Mekanlar</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786258240504</t>
+          <t>9786256905603</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Lezzet Kültürü</t>
+          <t>Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786057287250</t>
+          <t>9786256822498</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Kuşlar</t>
+          <t>Eko Turizm</t>
         </is>
       </c>
       <c r="C1274" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786258187984</t>
+          <t>9786256905931</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Democrat Party Era In Brıtısh Embassy Annual Reports  (İnternatıonal – External – Economıc Affaırs 1950-1960)</t>
+          <t>Aşık İbrahim Yanar Monografisi</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>320</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786258187182</t>
+          <t>9786256905962</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Bürokrasi</t>
+          <t>Osmanlı Türkçesi ile Modern Masallar Dizisi 1 - Sabahattin Ali Masallar</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786258187267</t>
+          <t>9786256905832</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Masal ve Mitoloji</t>
+          <t>Kazak Türkçesinde İsim Cümleleri (Abiş Kekilbayev'in Dala Balladaları Adlı Eseri Temelinde)</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786258187212</t>
+          <t>9786256905849</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Beden Felsefesi</t>
+          <t>Türk Edebiyatında Manzum Tarihler</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786258187175</t>
+          <t>9786256822009</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Çalışanlarının Mobbing Ve Örgütsel Sinizme Yönelik Algıları Arasındaki İlişkinin İncelenmesi</t>
+          <t>Dil, Edebiyat, Kültür ve Dil Eğitimi Çalışmaları</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786258118926</t>
+          <t>9786256905313</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetimde Görüş ve Görüşü Etkileyen Unsurlar</t>
+          <t>Medyada Koronafobi Söylemi</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786258118544</t>
+          <t>9786256822313</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kuruluş Mitosu ve Bilecik Kent Belleği</t>
+          <t>Hybrides Sprachlerncoaching</t>
         </is>
       </c>
       <c r="C1281" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786258187076</t>
+          <t>9786256822245</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Önde Gelen Bestecileriyle Rus Müzik Edebiyatı</t>
+          <t>Basında Homofobinin İnşası</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786258118810</t>
+          <t>9786256822092</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Mental Model Çıkarım Tekniği: Nedensel Haritalar</t>
+          <t>Bir Mekanın Gündelik Hayatı: Farklılıklarla Yaşayabilmek</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786258118759</t>
+          <t>9786256822405</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Tantrik Türk Budizmi Metinlerinde Budist Şahsiyet ve Varlıklar (Tematik ve Dilsel İnceleme)</t>
+          <t>Türk Basınında Tartışmaların Odağında Atatürk ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>700</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786258118711</t>
+          <t>9786256822269</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Bozulabilir Gıda Tedarik Zincirinin Stratejik Planlaması</t>
+          <t>Karbonelyaf Takviyeli Polimer Kompozitlerin Delinmesinde Yüzey Pürüzlülüğünü Azaltacak Uygun Delme Yöntemleri Ve Parametrelerin Seçilmesi</t>
         </is>
       </c>
       <c r="C1285" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786258187014</t>
+          <t>9786256905900</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Irak Erbil Bölgesi Kadın Folkloru</t>
+          <t>İnsan Kaynakları Yönetimi “Stratejik Açıdan Bir Bakış”</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>500</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786258118230</t>
+          <t>9786256905238</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Mamuşa Folkloru Monografisi</t>
+          <t>Her Yönüyle Uzunköprü Uzunköprü Çalışmaları</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786258118940</t>
+          <t>9786256957824</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Görmeyen Gözlerin Gözeli</t>
+          <t>Yönetim ve Organizasyon Bilimsel araştırma Yazıları-II</t>
         </is>
       </c>
       <c r="C1288" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786258118704</t>
+          <t>9786256822078</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Felsefe ve İletişim</t>
+          <t>Turizmde İnsan Hakları</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786258118568</t>
+          <t>9786256822061</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Savaş Psikolojisi</t>
+          <t>Kırsal Kalkınma Odaklı Yerleşim Planlaması: Havsa Cilt 1</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786258118728</t>
+          <t>9786256957473</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Bir Metafor Olarak Metafor</t>
+          <t>Prof. Dr. Ahmet Günşen Armağını</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786258118100</t>
+          <t>9786256822108</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikolojik Sermaye Bilişsel Esneklik, Psikolojik Güvenlik Ve Çalışan Performansı Arasındaki İlişkiler</t>
+          <t>Mecalisü’n–Nefayis’in İki Nüshasının Karşılaştırılması</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786258118056</t>
+          <t>9786256905665</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>İlgilenim Yaklaşımıyla Davranışsal İktisat</t>
+          <t>Kültürlerarasılık &amp; Dil</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786258118575</t>
+          <t>9786256905740</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Kaz Dağları Ve Geleneksel Ekolojik Bilgi</t>
+          <t>21. Yüzyılda Kentin Yeniden Üretimi</t>
         </is>
       </c>
       <c r="C1294" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786258118681</t>
+          <t>9786256905467</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Postyapısalcılık</t>
+          <t>Bankacılık ve Kambiyo</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786258118612</t>
+          <t>9786256905894</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Mevlid Hikayeleri</t>
+          <t>Lojistik ve Gelişimi</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786258118605</t>
+          <t>9786256957879</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Özbekistan Halk Şaiir Usman Azim</t>
+          <t>Eynesil ve Yöresi Ağızları</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786258118650</t>
+          <t>9786256905924</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Elazığ İlinde Deprem Rik Analizi İle Acil Durum Tesisi Yerlerinin Seçime Yönelik Matematiksel Bir Model Önerisi</t>
+          <t>Türk Romanında Orta Doğu</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786258118636</t>
+          <t>9786256905856</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Ali Şeriati’yi Okumak</t>
+          <t>Klasik Türk Edebiyatında Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786258118674</t>
+          <t>9786256905818</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Turizm Ve Destinasyon Araştırmaları - 1</t>
+          <t>Gagavuz Halk Müziği ve Türkiye Sahası Halk Müziği</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786258118582</t>
+          <t>9786256905887</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi Çerçevesinde Türkiye’nin Gürcistan Politikası</t>
+          <t>Türk Kültür Ekolojisinde Hayvanlar</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786258118599</t>
+          <t>9786256905771</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Belgelerde Anatoly Mittov Biyografisi</t>
+          <t>İran’ın Göçebe Türkleri</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786258069563</t>
+          <t>9786256905627</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Bin Hüseyin Hilyetü’l Müluk</t>
+          <t>Turizm ve Destinasyon Araştırmaları-III</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786258069990</t>
+          <t>9786256905801</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Sümer Evreni Hayat Ağacında Herkül - Oğuzhan</t>
+          <t>Nazlı Eray’ın Romanlarında Toplumsal Cinsiyet Açısından Kadın ve Erkek</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786258118469</t>
+          <t>9786256957053</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Kasap</t>
+          <t>Gördüm, Çektim, Seçtim - Sinema ve Televizyona Dair Çeşitlemeler</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786258118032</t>
+          <t>9786256905504</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Şahmaran İle Fantastik Yolculuk - Musa Abdi’den Ignacz Kunos ve Oğuz Tansel’e</t>
+          <t>Mareşal Fevzi Çakmak’ın Fahri Başkanlığı’nda Millet Partisi</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786258069198</t>
+          <t>9786256905474</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Enerjiye Nasıl Bakıyoruz?</t>
+          <t>Birinci Dünya Harbi</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786258118384</t>
+          <t>9786256905764</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Turizmin Tarihsel Gelişimi</t>
+          <t>Alman Kısa Hikayelerinde Doğunun Tasviri (1909-1913)</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786258118391</t>
+          <t>9786256957602</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>İlyasköy Tarihi</t>
+          <t>Merhamet Yorgunluğu Düzeyinin Hasta Güvenliği Üzerindeki Etkisinde Mesleki Yaşam Kalitesi ve İş Güvenliğinin Aracı Etkisi</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786258118377</t>
+          <t>9786256905757</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Zehir Kaçakçıları’ndan Beyaz Ölüm’e: Türk Sinemasında Uyuşturucu Temsili</t>
+          <t>Abdülhak Hâmid Şiirinin Gösterge-biçembilimsel Çözümlemesi</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>340</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786258118001</t>
+          <t>9786256957688</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmelerinde Ekolojik Sürdürülebilirlik</t>
+          <t>Hisse Senedi Getiri Volatilitelerinin Doğrusal Olmayan Metotlarla İncelenmesi ve Piyasa Etkinliğinin Araştırılması: BRICS-T Ülkeleri ile Karşılaştırmalı Bir Analiz</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786258118117</t>
+          <t>9786256905528</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Mut Ekonomisi</t>
+          <t>Yerelden Ulusala Doğu Karadeniz Mutfak Kültürü (Eastern Black Sea's Culinary Culture From Local to National)</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786258118360</t>
+          <t>9786256905030</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Kabileden Modern Devlete Kutsallığın Yönetimle İlişkisi</t>
+          <t>Orhan Pamuk ve Ev</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786258069976</t>
+          <t>9786256905702</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Türk Yükseköğretim Sisteminde Saydamlık ve Hesap Verebilirlik</t>
+          <t>Doğu Türkçesiyle Yazılmış Tahir ile Zühre Hikâyesi</t>
         </is>
       </c>
       <c r="C1314" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786258118148</t>
+          <t>9786256905726</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Sinemasının Gözünden Kurumsal Sorumluluk Bağlamında Muhasebe Ve Finans Meslek Mensuplarının Etik Dışı Davranışları</t>
+          <t>Toplum ve Sağlık Çevirmenliği Eğitiminde Yaklaşımlar ve İçerikler</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786258118315</t>
+          <t>9786256905245</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Eleştiri</t>
+          <t>Osmanlı Nahvi ve Raşid’in Nahv-i Türki'si</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786258118285</t>
+          <t>9786057217233</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Ütopya</t>
+          <t>Edebiyatın Sanatlararası İlişkileri</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786258118339</t>
+          <t>9786256905542</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Abdi’nin Gül Ü Nevruz’u</t>
+          <t>CHP’de İnönü - Ecevit Mücadelesi</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786258118308</t>
+          <t>9786256905559</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Üniversitesi Nadir Eserler Kütüphanesi Türkçe Yazmaları 934 Numarada Kayıtlı Şiir Mecmuası</t>
+          <t>Kutsal'ın İzdüşümleri</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786258118216</t>
+          <t>9786256905641</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Raşid Divanı</t>
+          <t>Stratejik İstihbarat Kapsamında Milli Mücadele Döneminin Değerlendirilmesi Yüzbaşı Kemal Bey ve Mustafa Sagir Olayları (1920-1922)</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786258118025</t>
+          <t>9786256957428</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Sabiha Zabcı'nın Günlüğünde Aile Sosyal Ve Ekonomik Yaşam (1959-1960)</t>
+          <t>Uygarlık ve Lojistik IV</t>
         </is>
       </c>
       <c r="C1321" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786258118179</t>
+          <t>9786256957039</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Kültürden Romana Yansıyanlar: Alev Alatlı’nın Romanlarında Türk Kadınının Görüngüleri</t>
+          <t>İran’da Modernleşme, Ulema ve İktidar: Rıza Şah Döneminde İran Devleti ve Ulema İlişkisi</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786258069846</t>
+          <t>9786057285829</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Seçme Yazılar</t>
+          <t>Şifa Niyetine Biberiye</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786257881654</t>
+          <t>9786258187830</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Yerli Turistlerin Nemrut Dağı (Bitlis) Destinasyonu ile İlgili Görüşleri</t>
+          <t>The Literature of the Turks</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>155</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786258009774</t>
+          <t>9786057219015</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Kazak Alimi Ahmet Baytursunoğlu’nun Hayatı ve Eserleri</t>
+          <t>Gagauz Atasözleri</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786258069181</t>
+          <t>9786256957381</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Siyasal ve Sosyal Boyutlarıyla Şırnak</t>
+          <t>Türk Basınında Öğretmen Sorunları (1940-1955 Yılları Arası)</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786258069624</t>
+          <t>9786057285805</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Şahabeddin Uzunkaya</t>
+          <t>Türk Dilince Dualar, Beddualar Sözlüğü</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786258069600</t>
+          <t>9786258240139</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Galatasaraylı Bir Aydın Yiğit Okur</t>
+          <t>Öz - Düzenlemeli Öğrenme Becerileri</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786258069501</t>
+          <t>9786258009286</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Argo</t>
+          <t>Fransızca - Türkçe Diyalog Örnekleri ve Yaygın Kullanılan Kalıp İfadeler - Exemples De Dialogues Français - Turc et Formules Couramment Utilisees</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786258009354</t>
+          <t>9786258187083</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Trakya Bölgesi'ndeki Sediment Kirliliğinin Ekolojik Riskler Açısından Araştırılması</t>
+          <t>Yabancı Dil Olarak Türkçe Öğretiminde Temel Söz Edimleri</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786258069150</t>
+          <t>9786258118537</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihinin Kaynakları Olarak Eski Türk Boy Adları</t>
+          <t>Doğu Karaoğuz</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786258009705</t>
+          <t>9786258118483</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>Antik Edebiyatlar</t>
+          <t>Cuhuriyet’in Yetiştirdiği Eğitimci Bir Şair Rıfat Necde Evrimer</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786258069440</t>
+          <t>9786258118445</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>II. Dünya Savaşı Sonrası Soyut Ekspresyonizm</t>
+          <t>Avustralya'da Türkçe Eğitimi</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786258069204</t>
+          <t>9786258118247</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Payitaht Edirne Üzerine Dil - Tarih - Edebiyat Araştırmaları</t>
+          <t>Sosyolojik Boyutlarıyla Toplumsal Değişme ve Eğitim</t>
         </is>
       </c>
       <c r="C1334" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786258069433</t>
+          <t>9786258009903</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Şavşatlı Halk Şairi Koçali Altun</t>
+          <t>Kuramdan Uygulamaya Türkçenin Belirteç Tümcecikleri Ve Yabancı Dil Olarak Öğretimi</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786054393752</t>
+          <t>9786258118346</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Pazarlamada Yeni Yaklaşımlar</t>
+          <t>Bir Risale Mecmuasında Kayıtlı İki Cenkname</t>
         </is>
       </c>
       <c r="C1336" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786258240290</t>
+          <t>9786258009668</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Kıvılcımlı</t>
+          <t>İstiklalinin 100. Yılında Ardahan</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786258187915</t>
+          <t>9786258009699</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Yaşamında Stres Yönetimi</t>
+          <t>Kırımçak Atasözleri</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786258240153</t>
+          <t>9786258009279</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Halkevlerinde Kültürel Miras ve Koruma Folklor Çalışmaları Bağlamında</t>
+          <t>Türkçe Öğretiminde Yaklaşım ve Yöntemler Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1339" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786258240207</t>
+          <t>9786258009743</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu Vilayeti Bir Cumhuriyet Aydını: Celal Nuri (İleri) Bey</t>
+          <t>Eski Uygurca – Hotence Sözlükçe</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786258187793</t>
+          <t>9786057691064</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Dil ve Edebiyatının Özgün Bir Türü Meyxana</t>
+          <t>Current Studies in Educational Measurement and Evaluation</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786258240177</t>
+          <t>9786056731655</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Aşık Şiirinin Politikleşme Sürecinde Aşık İhsani</t>
+          <t>Eğitim Bilimine Giriş</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786258240023</t>
+          <t>9786256905672</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesinde Yer-Yir Belgeleri</t>
+          <t>Haber, Sokak ve “Travesti” Türkiye Basınında Transların Sunumu</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786258187373</t>
+          <t>9786256905610</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Manyas Kazakları - Tarih, Kültür ve Göç</t>
+          <t>Türk Folklor Tarihinde Mehmet Halit Bayrı Türk Folkloruna Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786257431842</t>
+          <t>9786258187908</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Vezinler - I</t>
+          <t>Kapsayıcı Eğitim Göçmen Mülteci ve Sığınmacıların Uyumu ve Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786258240030</t>
+          <t>9786256957992</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Efsanelerinde Toplumsal Cinsiyet</t>
+          <t>Yönetici Deneyimleriyle Kalite Yönetim Sistemlerinin Konaklama İşletmelerinde Yarattığı Sorunlar</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786258240337</t>
+          <t>9786256905689</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Havacılıkta Yenilik Süreçleri Ve Deneyimsel Uygulamalar</t>
+          <t>Cumhuriyetin İlk Basma Fabrikası: Nazilli Sümerbank (Kuruluşu ve Sosyoekonomik Yönleri)</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786057287205</t>
+          <t>9786256905153</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Kral ve Piyon</t>
+          <t>Tebdil-i Kıyafet</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786258187120</t>
+          <t>9786256905498</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Torosların Sahibi Yörükler</t>
+          <t>Yeni Nesil Pazarlama Kanalı Sosyal Medya</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786258187694</t>
+          <t>9786256905023</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Trafik Kazası Olay Yeri Ve Çevresinin İncelenmesi</t>
+          <t>Ses Kitabı</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786258118933</t>
+          <t>9786256905351</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Karayolu Güvenliği Dünü Bugünü Ve Hedefleri</t>
+          <t>İstanbul Halkevi Dergisi Yeni Türk</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786258187656</t>
+          <t>9786256905511</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Karayolu Güvenliği Dünü Bugünü Ve Hedefleri</t>
+          <t>Periferi (Tiyatro Oyunu) (2 Perde)</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786258187649</t>
+          <t>9786256905580</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Trafik Kaza Analizinde Kaza Tahmin Modelleri</t>
+          <t>Sarı Uygurcanın Etimolojik Sözlüğü Eski Türkçe, Orta Türkçe, Moğolca, Çince ve Çağdaş Türk Dillerindeki Denklikleriyle (B, C, Ç, D, F, G Maddeleri)</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786258187397</t>
+          <t>9786256905450</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Korunmasız Yol Kullanıcıları</t>
+          <t>Platon’un Dil Felsefesi</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786258187748</t>
+          <t>9786256905597</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İktisat Tarihi Üzerine Yazılar</t>
+          <t>Bir Bedeni Paylaşmak</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786258240245</t>
+          <t>9786256905375</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Nobel'den Sonra</t>
+          <t>Ahmetbey Köftesi</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786258240382</t>
+          <t>9786256957794</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Aylak</t>
+          <t>Amerikan Basınında Batı Anadolu'da Yunan İşgali (1919-1922)</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786258118803</t>
+          <t>9786258187281</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Metaverse Ortamında STEM Eğitimi (İnovason Perspektifinden)</t>
+          <t>Suriye'de Son Perde: Yeni Bir Hoybun (Ermeni-Kürt) Hareketi ve İtalya (1930-1939)</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786258187946</t>
+          <t>9786256905320</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Müyessiretü'l-Ulüm'dan Hareketle Türk Gramerciliğine Eleştirel Bir Bakış</t>
+          <t>Bir Zamanlar Anadolu’da Halı Dokumak: Şark Halı Kumpanyası</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>450</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786258240399</t>
+          <t>9786256905412</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Türk - Yunan İlişkileri ve Ege Sorunları</t>
+          <t>La Division Du Travail Dans L’histoire De La Philosophie</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786258240252</t>
+          <t>9786257881692</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları Anlatıları</t>
+          <t>LGBTİ+ Akademi: Tarih, Medya ve Düşünce Analizleri</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786258240092</t>
+          <t>9786258118155</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Küresel Ekonomi Politik Dönüşüm</t>
+          <t>Sürdürülebilir Pazarlama</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786258240283</t>
+          <t>9786059743020</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Eski Uygur Türkçesinde Tanrısal İnsan Anatomisi Ve Fizyolojisi</t>
+          <t>İlkokul "Oyun ve Fiziki Etkinlikler" Dersi Öğretimi Sınıf Öğretmenliği Eğitiminde Beden Eğitimi Ders Modeli</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786258240191</t>
+          <t>9786256905269</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>İmam Cemalu’d-din ebü Muḥammed cAbdullah et-Turkī Kitābu Bulġatu’l-Muştāḳ fi Luġāti’t-Turk ve’l-Ḳifçāḳ Kastamonu Nüshası (Giriş, İnceleme, Tıpkıbasım ve Transkripsiyon, Dizin)</t>
+          <t>Moğolistan’da Yaşayan Kazaklar Tarihi, Kültürü, Dili ve Dil Durumu</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>550</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786258187861</t>
+          <t>9786256905160</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Kazak Yazı Dilinin Başlangıç Dönemine Ait Bir Eser: Iṣṣa-i Samruġ (Simurg Kıssası)</t>
+          <t>Yazar – Gazeteci – Çevirmen – Suat Derviş</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786258187601</t>
+          <t>9786256905436</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Gölgesinde</t>
+          <t>Avrupa Birliği Politikalarında İklim Değişikliği: Çevre, Enerji ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786258187519</t>
+          <t>9786057216854</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler ve Afet Yönetimi (EMDAT Kriterlerine Göre)</t>
+          <t>Mizah Dergileri Üzerinden Karşılaştırmalı Bir Dönem Analizi: Türkiye’de Çok Partili Siyasal Yaşama Geçiş (1946-1950)</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786258240108</t>
+          <t>9786256905443</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Yemek, Miras, Reklam</t>
+          <t>Homo Naturalis İnsan ve Geleneksel Ekolojik Bilgi</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786258187780</t>
+          <t>9786256957954</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Türkçesi Vezinler-II</t>
+          <t>Göğün Bilmecesi</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786258118223</t>
+          <t>9786256905535</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Priştine ve Mamuşa'da Sözlü ve Yazılı Kültür</t>
+          <t>Türk İnanç Paradigmasında Kültler</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786258118292</t>
+          <t>9786258240047</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Challenges and Solutions in the Implementation of OHS</t>
+          <t>Mecmua-i Türki</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>240</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786258069518</t>
+          <t>9786256905337</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>A Critical Look At The History Of Business Management</t>
+          <t>Mısır’da Oğuzca: Sultan Kayıtbay’ın Türkçe Manzumeleri</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786258069631</t>
+          <t>9786256957756</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Kazasker Ruznamçelerine Göre Osmanlı İlmiye Teşkilatında Rumeli Kazaları Ve Kadıları</t>
+          <t>Zarif Beşiri ve Çuvaşlar</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786258187700</t>
+          <t>9786256905429</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>серікбол қондыбай және түркі мифологиясының зерттелуі» атты Iıı халықаралық ғылыми-теориялық конференция материалдарының жинағы - 3. Uluslararası Serikbol Kondibay ve Türk Mitolojisi Araştırmaları Sempozyumu Bildiri Kitabı</t>
+          <t>Felsefe ve Antropoloji</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786258118841</t>
+          <t>9786256905115</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>İslam Şairi Mehmed Akif Ersoy</t>
+          <t>Yoksul Yanlısı Turizm ve Kırsal Kalkınma</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786258187731</t>
+          <t>9786256957701</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Usul-i İmla (1333-1335) ve Meclis- Kebir-i Maarifçe Kabul Olunan Usul-i İmla (1338-1340)</t>
+          <t>Kırgız Halk Hekimliği</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786258187854</t>
+          <t>9786256957572</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatı Tarihi</t>
+          <t>Tarsuslu Aşık Mahrumi’nin Şiirleri Üzerine Bir Dil İncelemesi</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786258187991</t>
+          <t>9786256957725</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Türk İstiklal Harbi Komutanları</t>
+          <t>Türkiye’de Gençlik</t>
         </is>
       </c>
       <c r="C1378" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786258187755</t>
+          <t>9786256957541</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>İçel Halk Kültürü Yazıları</t>
+          <t>İletişim Kurma Becerileri</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786258118742</t>
+          <t>9786057219053</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Türk İstiklal Harbi Muharebeleri</t>
+          <t>Türkiye’de Su Yönetimi: Güneydoğu Anadolu Projesi Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>500</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786258240238</t>
+          <t>9786256905184</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat Dönemi Mektuplarında Kaygı ve Endişe</t>
+          <t>İçimizden Geçen Yaz</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786258187878</t>
+          <t>9786256957947</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Yol Kitabı</t>
+          <t>Güçlü Bir Kurumsal İtibar İçin Yeni Alışkanlıklar</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786258187847</t>
+          <t>9786256957909</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Tefsir Usulü Temel Meseleler</t>
+          <t>Azmi-zade Hâletî’nin Edebi Portresi</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786258118094</t>
+          <t>9786256957961</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Toplumsal Yapısı</t>
+          <t>Ara Nesil’de Şiir</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786258187717</t>
+          <t>9786256905085</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>El Emeği Göz Nuru Geleneksel Meslekler Üzerine Bir Değerlendirme</t>
+          <t>Ekonomik Kriz ve Magazinleşme</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786258118643</t>
+          <t>9786256957633</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Yönetimi - Kavramsal Bir Bakış Açısı</t>
+          <t>Vaḥidi: Saʿadet-name</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786258187762</t>
+          <t>9786256905399</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Gelenekten Bugüne Gazel Şerhleri</t>
+          <t>Eh Onun Gibi Bir Şey</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786258187137</t>
+          <t>9786256957893</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji ve Ekonomi</t>
+          <t>Safiye Erol’un Romanlarında Yabancılaşma</t>
         </is>
       </c>
       <c r="C1388" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786258187441</t>
+          <t>9786256905344</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>A Geocritical Reading of Istanbul</t>
+          <t>Endüstri İlişkilerinin Güncel Sorunları ve Gelişme Alanları</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786258187403</t>
+          <t>9786256905139</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Bilimsel Araştırma Yazıları -1</t>
+          <t>Melek Ferhad’ım, Ciğerparem</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786258187540</t>
+          <t>9786256957497</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Toledo Çevirmenler Okulu ve Avrupa Üzerine Etkisi</t>
+          <t>Hezarfen Hüseyin Efendi Kitab-ı Lügat-ı Hindi</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786258187632</t>
+          <t>9786256905382</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Hayat Hakikat Edebiyat</t>
+          <t>Beyaz Perdede Göçün Kadınları</t>
         </is>
       </c>
       <c r="C1392" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786258118797</t>
+          <t>9786256957831</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Birinci Dünya Harbi’nde Hava Harp Gücü (1914-1918)</t>
+          <t>Turizm İşletmelerinde Güncel Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786258187571</t>
+          <t>9786256905368</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme, Kültür ve Dil</t>
+          <t>Vitaliy Boşkov-Memba Suları</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786258187465</t>
+          <t>9786256957435</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Akademik Kariyerin DNA'sı</t>
+          <t>Ekolojik Kriz - Kuramsal ve Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786258187557</t>
+          <t>9786256957923</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Çuvaş Yazıları</t>
+          <t>Kazak Şairi Ötebay Turmanjanov’un Eserleri Üzerine Dil ve Üslup İncelenmesi</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786258187472</t>
+          <t>9786256957817</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerin İş Güvenliği Bilgi Düzeyleri</t>
+          <t>Küçük İskender’in Şiirlerinde Yeraltı Edebiyatı Ve Beatnik Kuşak Etkisi</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786258187106</t>
+          <t>9786256957558</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Hayri Haside-i Ravbe Neşide-i Külbe Şerh-i Kaside-i Bür'e</t>
+          <t>Gölgenin Kadınları: Türk Gölge Oyunu Üzerine Feminist Kuramsal Bir İnceleme</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786258187625</t>
+          <t>9786256957985</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Sokullu Mehmed Paşa</t>
+          <t>Transkripsiyonlu 17. Yüzyıl Osmanlı Türkçesi Sözlüğü</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786258118773</t>
+          <t>9786256905214</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Yönleriyle Örgütlerde Davranış Biçimleri</t>
+          <t>Capar Saatov’un “Ak Di̇l” İsi̇mli̇ Eseri̇ Üzeri̇ne İnceleme</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>350</v>
+        <v>620</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786258069532</t>
+          <t>9786256957732</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eleştirisine Dair Paradigmalar</t>
+          <t>Alevi-Bektaşi Gülbankları</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786056592195</t>
+          <t>9786256957916</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Gelişmiş Ekonomilerde Dönüşen Kapitalizmin Endüstri İlişkilerine Etkileri</t>
+          <t>1st International Logistics Symposium</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786258009972</t>
+          <t>9786256957169</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Laflık</t>
+          <t>Kaynarca ve Kandıra Dokumaları</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786258187229</t>
+          <t>9786057219060</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Mükemmel Remil Kitabı (İnceleme-Metin-Sözlük-Dizin)</t>
+          <t>Dijital Çağda Uygulamalı Veri Yönetimi</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786258187380</t>
+          <t>9786256957138</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Manzum Fetvalar</t>
+          <t>Teselya'da Bir Cevelan ve Dört Aylık Seyahatim</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786258187410</t>
+          <t>9786256957664</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Mavi Hüznün Mavi Belgeselleri</t>
+          <t>Eski Anadolu Türkçesiyle Yazılmış Miʻrac-name (Dil özellikleri -Metin- Dizin)</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786258187533</t>
+          <t>9786256957145</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Sosyal Politikalar Üzerine Söyleşiler</t>
+          <t>Yenilenebilir Hidrojen Ekonomisi Perspektifinden Yarınların Yeşil İş ve Becerileri</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786258187144</t>
+          <t>9786057219008</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Muğla Silikyeradları</t>
+          <t>İlim ve Bilginin Önemini Anlatan Bir Mesnevi Bayezid Dasitan-ı Müşkülat-ı Duhter-i Padişah (İnceleme-Metin-Dizinli Sözlük)</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786258187090</t>
+          <t>9786256905047</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe El Sembolü</t>
+          <t>2. Abdülhamid Dönemi İstanbul Belediyeciliği</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>380</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786258187007</t>
+          <t>9786256905078</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Mobbing Davranışı</t>
+          <t>Azerbaycan Edebiyatında İlk Polisiye Romanlar</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786258118865</t>
+          <t>9786256957251</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Göç Kuramları</t>
+          <t>Nükleer Sudoku</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786258118421</t>
+          <t>9786256957787</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe Osmanlı’da Bilim</t>
+          <t>Hukuk - Ahlak İlişkisi ve Şer'i Hile</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786257881883</t>
+          <t>9786256957411</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Ortaöğretim Kurumlarında Okul Güvenliği</t>
+          <t>Türk Atasözleri ve Fransızca Karşılıkları</t>
         </is>
       </c>
       <c r="C1413" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257431392</t>
+          <t>9786256957480</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Eğitiminde Dijital Dönüşüm</t>
+          <t>Huzur ve Zaman</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257431378</t>
+          <t>9786057282972</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Uzaktan Eğitim</t>
+          <t>Her Yönüyle Havsa</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>320</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257431385</t>
+          <t>9786256957671</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Edebi Metinlerin Kullanımı</t>
+          <t>“Arzname” ve “Hulasatü’t-tevarih” Eserlerinde Akkoyunlu ve Safevi Ordularının Resmigeçitleri (Çeviri-Tıpkıbasım-İnceleme)</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786052292990</t>
+          <t>9786057282910</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Uygur Atasözleri</t>
+          <t>İklim Değişikliği ve Yeşil Kalkınma</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786052292792</t>
+          <t>9786256957404</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Mihail Çakir’in Gagauzca (Türkçe) - Rumence Sözlüğü (İnceleme-Metin)</t>
+          <t>Kız Kundakta Cehiz Sandıkta Tokat’ta Çeyiz - Çeyiz Sandığı Kültürü</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786056592171</t>
+          <t>9786057216823</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Genel Matematik</t>
+          <t>Eski Uygurca Kayıt ve Listeler</t>
         </is>
       </c>
       <c r="C1419" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786258118506</t>
+          <t>9786057217202</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Komşuluk</t>
+          <t>Türkçe Öğretimi Ders Kitapları ve Türkçenin Yabancı Dil Olarak Öğretimi Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786258118254</t>
+          <t>9786057219046</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sürgünü</t>
+          <t>Kendi Gök Kubbemizi Hatırlarken: Yahya Kemal’de Bellek İnşası</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786258118049</t>
+          <t>9786057216878</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Gençler Diyalektik ve Tarihsel Materyalizm</t>
+          <t>Tanzimat Devri Türk Tiyatrosunda Histeri</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786258118193</t>
+          <t>9786256957121</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Darülfûnundan Üniversiteye - Mülteci Alman Bilim İnsanlarının Türk Yükseköğretimine Katkıları</t>
+          <t>Çeviri Amaçlı Metin Çözümlemesi</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786258009446</t>
+          <t>9786256957046</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Prof. Dr. S. Mahmut Kaşgarlı Armağanı (Ciltli)</t>
+          <t>Muğla’nın Demokrasi Serüveni-I</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786258118131</t>
+          <t>9786256957107</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Dolgan Masalları</t>
+          <t>Havalimanında Müşteri Tatminine Yönelik Değerin Birlikte Yaratılması</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786258069983</t>
+          <t>9786256957282</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Pragmatizm</t>
+          <t>Natıkıyye (Kürrase-i Natıki) - Manzum Sözlük Şerhi</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786258118209</t>
+          <t>9786256957305</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi ve Ekonomik Büyüme İlişkisi Üzerine Bir İnceleme</t>
+          <t>Mahalli İdarelerin Uluslararası İlişkiler Faaliyetlerine Yönelik Bir Vaka Çalışması: İstanbul, 2019-2022</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786258069938</t>
+          <t>9786256957213</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Ağırlama Kültüründe Yiyecek – İçecek Maliyet Analiz Ve Fiyatlandırma Yöntemleri</t>
+          <t>Türk Kültüründe Geçiş Dönemleri Büyülerinin Mitolojik ve Dini Kökenleri</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786258069952</t>
+          <t>9786256957626</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Feminist Perspectives Across Cultures</t>
+          <t>Milliyetçiliğin Coğrafyaları - III</t>
         </is>
       </c>
       <c r="C1429" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786258069815</t>
+          <t>9786258240146</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Popliteratur</t>
+          <t>İlahi Komedya</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786258118018</t>
+          <t>9786057217226</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Trakya Bölgesi Chıronomıdae (Dıptera) Larval Faunası</t>
+          <t>Kültürlerarası Araştırmalar - Kültürlerarasılık ve Edebiyat</t>
         </is>
       </c>
       <c r="C1431" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786258118070</t>
+          <t>9786256957268</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Doğum, Evlenme Ve Ölümde Kütahya</t>
+          <t>İstilacı Zararlı Türler ve Mücadelede Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786258118087</t>
+          <t>9786256957275</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Feminist Eleştiri Kuramı Perspektifinden Klasik Türk Şiiri</t>
+          <t>Güncel Gelişmeler Işığında Dış Ticarette Seçilmiş Muhasebe ve Finans Konuları</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786258009828</t>
+          <t>9786057287236</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
+          <t>Ömer Fuadi Bülbüliyye</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786257431965</t>
+          <t>9786258187618</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Şah Ve Kanlı Servi</t>
+          <t>Dijital Çağda İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786258069037</t>
+          <t>9786256957510</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sanayi Sitesi Politikası</t>
+          <t>Türk Dili ve Edebiyatı Eğitimi Metin İnceleme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C1436" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786258069655</t>
+          <t>9786256957640</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Japon Türkolog Taiyo Hasegawa’ın Oğuzname Destanı</t>
+          <t>İşletmelerde Enerji Yönetimi ve İklim Değişikliği ile Mücadele</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786258069853</t>
+          <t>9786057287212</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Ömür Su Gibi Akıp Giderken</t>
+          <t>Hikayet-i Zuhur-ı Al-i Osman (Osmanoğullarının Ortaya Çıkışının Hikayesi)</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786258069594</t>
+          <t>9786057282996</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>W. Von Thomson Hamidiye Günlükleri</t>
+          <t>Osmanlı Piyade Eğitiminde Atış Talimleri</t>
         </is>
       </c>
       <c r="C1439" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786258069761</t>
+          <t>9786057282965</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşında Hilal ve Ayyıldız</t>
+          <t>Yüzüncü Yılında Türkiye Tarih, Toplum, Siyaset</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786258069778</t>
+          <t>9786057282903</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Yemek Stilistliği ve Fotoğrafçılık</t>
+          <t>Edward D’Angelo Özgürlük Problemi ve Determinizm</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786258069389</t>
+          <t>9786057287243</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Divan-ı Hikmet’in Köşketav Nüshası</t>
+          <t>Takvimü’l Ebdan Li Sıhhati’l İnsan</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786258069648</t>
+          <t>9786258118698</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesi Bağlamında Kariyer Planlaması</t>
+          <t>Acquisition of Subjects in Second Language Turkish at the Syntax-Discourse Interface</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786258069587</t>
+          <t>9786258187274</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Marmara Gölü’nde Kültürel Ekoloji - İnsan, Kültür ve Mekan</t>
+          <t>Donmuş Çatışma, De Facto Devlet Ve “Interim” Barış Sarmalında Dağlık Karabağ</t>
         </is>
       </c>
       <c r="C1444" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786258069068</t>
+          <t>9786256957183</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Kültür Tarihimizde Gizli Diller</t>
+          <t>Keşan’da Bir Horasan Eri Rüstem Baba / Rüstem Gazi</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786258069549</t>
+          <t>9786256957619</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Türk Folklorunda Levirat</t>
+          <t>Sağlık Ekonomisi ve Sosyoloji Alanlarında Dijitalleşme</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786258009293</t>
+          <t>9786057287229</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>İstatistik Okuryazarlığı</t>
+          <t>Endüstri̇ 4.0 Bağlamında Geleceği̇ Anlamak</t>
         </is>
       </c>
       <c r="C1447" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786258069426</t>
+          <t>9786256957329</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihinden Günümüze Yansımalar</t>
+          <t>Örgütsel İntikam Niyeti</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786258069129</t>
+          <t>9786256957695</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Türkistan’dan Balkanlara Türk Sufizmi</t>
+          <t>Türk Kültüründe Oyuncak Bebekler</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786258069020</t>
+          <t>9786256957015</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Şiirinde Hüznün Poetikası Bir Düşün Hüznü</t>
+          <t>Yahya Akengin</t>
         </is>
       </c>
       <c r="C1450" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786258009910</t>
+          <t>9786057216892</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Eşdeğerlik Eşdeğerlik Piramidi Modeli</t>
+          <t>Terörün Sosyal Medyası</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786258009712</t>
+          <t>9786256957008</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Sanata ve Sanat Eğitimine Akademik Bir Bakış (Ciltli)</t>
+          <t>Ahmet Baytursınulı 23 Ağıt (23 Joqtaw)</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786258069006</t>
+          <t>9786057217257</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji Araştırmaları 3</t>
+          <t>Kutadgu Bilig Kitabı</t>
         </is>
       </c>
       <c r="C1453" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786257686297</t>
+          <t>9786256957657</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Politik Davranışlar</t>
+          <t>Eski Türkçedeki Geniz Seslerinin Tarihî ve Modern Türk Dillerindeki Gelişimi</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786258069013</t>
+          <t>9786256957077</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarasılık &amp; Çeviri</t>
+          <t>Eski Uygur Türkçesinde Nezaket İfadeleri</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786258069365</t>
+          <t>9786057219039</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Kadirli Folklorunda Eski Türk İnançları</t>
+          <t>Hava Taşımacılığında COVID-19 Krizinin Etkileri ve Yönetimi</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786258069402</t>
+          <t>9786057217295</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Vampirler Uyandığında</t>
+          <t>Fotodinamik Terapi Yeni Ftalosiyanin Bileşikleri</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786258009590</t>
+          <t>9786256957350</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Estetik</t>
+          <t>Erbabü’t - Tarik</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786258009941</t>
+          <t>9786057282989</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Entegre Havza Yönetimi</t>
+          <t>Nehcü’l-Ferādīs Üzerine Metindilbilimsel Bir İnceleme (1. Bap)</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786258009996</t>
+          <t>9786256957084</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyılda Balkanlarda Büyük Güçlerin Rekabeti</t>
+          <t>Bir Hakikat Şövalyesi Kierkegaard Felsefesinde İnsanın Paradoksal Varoluşu</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786257431828</t>
+          <t>9786057216885</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Arşivlerde Unutulmuş Vatan Dobruca: 93 Harbi Muhaceretinin Bilinmeyen Yönleri</t>
+          <t>Yazının Çizgileşmesi: Klasiklerin Çizgi Roman Çevirisi</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786258069112</t>
+          <t>9786256957527</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası Analizi</t>
+          <t>Yönetimde Etik Stratejiler Açısından Örgütsel Adalet - Örgütsel Vatandaşlık (Üzerine Bir Araştırma)</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786258009552</t>
+          <t>9786256957244</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Stratejisi</t>
+          <t>Sosyal ve Ekonomik Yönleriyle Ergani Bakır İşletmesi</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786258009927</t>
+          <t>9786256957466</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Yunus Emre</t>
+          <t>Deniz Tedarik Zincirinde Tarafların Yönetimi</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786258009576</t>
+          <t>9786258187892</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Sivas'ta Sünnet Merasimleri ve Kirvelik Kurumu</t>
+          <t>Tari̇hte, Kültürde ve Ekonomi̇de Türk Kadınına Bi̇çi̇len Yöneti̇ci̇li̇k Rolü</t>
         </is>
       </c>
       <c r="C1465" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786258069105</t>
+          <t>9786057219091</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Tanımı Bağlamında Türkiye'nin İran Üzerinden Geliştirdiği Tehdit Algıları (1980-2003)</t>
+          <t>Tarımsal Faaliyetlerde İş Güvenliği</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786258009422</t>
+          <t>9786057282927</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Anadolu'nun Üç Ulu Ereni: Yunus Emre Hacı Bektaş Veli ve Ahi Evran</t>
+          <t>Hasim Divançesi</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786258009644</t>
+          <t>9786057282941</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Destan Dünyasında Kadın</t>
+          <t>Biyolojide Sık Kullanılan Terimler ve Kısaltmalar</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786258069174</t>
+          <t>9786258118827</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçe Üzerine Filolojik Araştırmalar</t>
+          <t>Marangoz</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786258009804</t>
+          <t>9786057216847</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Destinasyon Konulu Güncel Araştırmalar 2</t>
+          <t>Mitolojiden Edebiyata: Shakespeare ve Ostrovski’de “Kar Kızı”</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786258009873</t>
+          <t>9786256957022</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Avaz Han Kıssası</t>
+          <t>Evliya Çelebi Seyahatnamesi Örneğinde 17. Yüzyıl Osmanlı Türkçesinde Farsçadan Alıntılanan Bağımlılaştırıcı Bağlaçlar</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786257431835</t>
+          <t>9786258187526</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Açık Veri Uygulamasının Belediyeler Üzerindeki Etkisi: Londra ve İstanbul Açık Veri Portalları Örneği</t>
+          <t>Selected Student Essays</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786258009934</t>
+          <t>9786057285850</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Faust ile Grete’nin Aşkı</t>
+          <t>Turizmin Bölgesel Ekonomik Kalkınmadaki Rolü ve Uygulama Örneği Olarak Eğirdir Yöresi</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786258009637</t>
+          <t>9786057285843</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Ana Dili ve Yabancı Dil Olarak Türkçe Üzerine Araştırmalar</t>
+          <t>Yeni Nesil Pazarlama Teknolojileri</t>
         </is>
       </c>
       <c r="C1474" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786257431712</t>
+          <t>9786057285867</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Aka Gündüz ve Popüler Romanları</t>
+          <t>Kültürel Aktarım Değişim ve Koruma Samsun’un Kavak İlçesi Örneği</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786258009675</t>
+          <t>9786057285874</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Yaklaşımlar Odağında Toplum ve Kültür Araştırmaları - 2</t>
+          <t>Cengiz Dağcı ve Kültür (Halk Bilimsel Bir İnceleme)</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786258009262</t>
+          <t>9786057287267</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Vatan Toprağına Düşmüş Çanakkale’nin Şehit Evlatları (Ciltli)</t>
+          <t>Batı Trakya Türk Ağızları Söz Varlığı</t>
         </is>
       </c>
       <c r="C1477" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786257431941</t>
+          <t>9786258240214</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Kalkandelenli Sabri ve Divanı Cilt-1 (Ciltli)</t>
+          <t>Uluslararası Sanat ve Sosyal Bilimler Kongresi 2022 Tam Metin Bildiriler Kitabı</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786258009606</t>
+          <t>9786258240504</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Romancı Gözünden Kadınlar Safvet Nezihi'nin Makalat-ı Nezihi Adlı Eseri</t>
+          <t>Lezzet Kültürü</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786258009835</t>
+          <t>9786057287250</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>YMM'lerin Bakış Açılarıyla Muhasebe Bilgi Üretiminde Kalite Sorunu</t>
+          <t>Türk Kültüründe Kuşlar</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786258009798</t>
+          <t>9786258187984</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Felsefesine Giriş</t>
+          <t>Democrat Party Era In Brıtısh Embassy Annual Reports  (İnternatıonal – External – Economıc Affaırs 1950-1960)</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786258009781</t>
+          <t>9786258187182</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Çağını Kurgulayan Yazar Ömer Seyfettin</t>
+          <t>Bürokrasi</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786258009583</t>
+          <t>9786258187267</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Salgın Hastalıkların Sosyal Hayata Etkisi ve Kültürümüzde Koronavirüs Vakası</t>
+          <t>Masal ve Mitoloji</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786258009538</t>
+          <t>9786258187212</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Lezbiyen Feministlerin Feminist Düşünceleri ve Toplulukları</t>
+          <t>Beden Felsefesi</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786258009415</t>
+          <t>9786258187175</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Türk Donanmasının Stratejik Bir Seyri Donanmanın Malta - Faller Ziyareti 1936</t>
+          <t>Sağlık Çalışanlarının Mobbing Ve Örgütsel Sinizme Yönelik Algıları Arasındaki İlişkinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786257431361</t>
+          <t>9786258118926</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Bekir Ağa-Zade</t>
+          <t>Bağımsız Denetimde Görüş ve Görüşü Etkileyen Unsurlar</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>550</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786258009392</t>
+          <t>9786258118544</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Medyadaki Şiddet Sunumunun Toplumsal Hayata Yansıması Hakkında Bir Çalışma</t>
+          <t>Osmanlı Kuruluş Mitosu ve Bilecik Kent Belleği</t>
         </is>
       </c>
       <c r="C1487" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786258009439</t>
+          <t>9786258187076</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Ritüelleri ve Anlatılarıyla Kutsal Mekanlar</t>
+          <t>Önde Gelen Bestecileriyle Rus Müzik Edebiyatı</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786258009385</t>
+          <t>9786258118810</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Planlı Devletçilikten Neo-Liberalizme Geçiş</t>
+          <t>Mental Model Çıkarım Tekniği: Nedensel Haritalar</t>
         </is>
       </c>
       <c r="C1489" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786258009217</t>
+          <t>9786258118759</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulünde Lafzın Delaleti</t>
+          <t>Tantrik Türk Budizmi Metinlerinde Budist Şahsiyet ve Varlıklar (Tematik ve Dilsel İnceleme)</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786258009149</t>
+          <t>9786258118711</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>106. Yılında Çanakkale Akif’ini Arıyor</t>
+          <t>Bozulabilir Gıda Tedarik Zincirinin Stratejik Planlaması</t>
         </is>
       </c>
       <c r="C1491" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786257431989</t>
+          <t>9786258187014</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Türkmen Kızı Daylağını Çekende... Aşık Uzun Mehmet</t>
+          <t>Irak Erbil Bölgesi Kadın Folkloru</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786257431507</t>
+          <t>9786258118230</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Özgürlükler ile Refah Arasında Gelir ve Mekan İlişkisi</t>
+          <t>Mamuşa Folkloru Monografisi</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786257431910</t>
+          <t>9786258118940</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik ve Finansal Krizlerin Reelsektörün Dönen Varlıkları Üzerindeki Etkileri</t>
+          <t>Görmeyen Gözlerin Gözeli</t>
         </is>
       </c>
       <c r="C1494" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786258009224</t>
+          <t>9786258118704</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Hile İşletme Bilimi Perspektifinden Genel Bir Bakış</t>
+          <t>Felsefe ve İletişim</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786258009255</t>
+          <t>9786258118568</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Acentalarında Dağıtım Kanalı Olarak İnternet'in Kullanımı</t>
+          <t>Savaş Psikolojisi</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786258009248</t>
+          <t>9786258118728</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Antropoloji</t>
+          <t>Bir Metafor Olarak Metafor</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786258009309</t>
+          <t>9786258118100</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaşta Ara Kesit İsmet İnönü Dönemi (1938-1950)</t>
+          <t>Pozitif Psikolojik Sermaye Bilişsel Esneklik, Psikolojik Güvenlik Ve Çalışan Performansı Arasındaki İlişkiler</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786258009040</t>
+          <t>9786258118056</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Edebiyat Atlası</t>
+          <t>İlgilenim Yaklaşımıyla Davranışsal İktisat</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786258009187</t>
+          <t>9786258118575</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>O Piti Piti Karamela Sepeti Çocuk Folkloru Kitabı</t>
+          <t>Kaz Dağları Ve Geleneksel Ekolojik Bilgi</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786258009125</t>
+          <t>9786258118681</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Eş-Şüzurü’z-Zehebbiye Fi’l-Lugati’t-Türkiyye Ve’l 'Arabiyye</t>
+          <t>Postyapısalcılık</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786258009132</t>
+          <t>9786258118612</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Köktürk Harfli Yazıtlardan Kazak Türkçesine Uzanan Söz Varlığı</t>
+          <t>Mevlid Hikayeleri</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786258009156</t>
+          <t>9786258118605</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Kentleşme Sorunlarının Madde Bağımlılığındaki Rolü Üzerine Nitel Bir Çalışma</t>
+          <t>Özbekistan Halk Şaiir Usman Azim</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786257431491</t>
+          <t>9786258118650</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Narikbay Destanı</t>
+          <t>Elazığ İlinde Deprem Rik Analizi İle Acil Durum Tesisi Yerlerinin Seçime Yönelik Matematiksel Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786258009163</t>
+          <t>9786258118636</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Şiiri Tarihi</t>
+          <t>21. Yüzyılda Ali Şeriati’yi Okumak</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>500</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786258009033</t>
+          <t>9786258118674</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Banka Muhasebesi Uygulamaları Mevduat Bankalarında</t>
+          <t>Turizm Ve Destinasyon Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786258009026</t>
+          <t>9786258118582</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Edebi ve Akademik Kullanımlar ile Yabancı Dil Olarak Türkçe Öğretiminde Soru İfadeleri</t>
+          <t>Kamu Diplomasisi Çerçevesinde Türkiye’nin Gürcistan Politikası</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786257431729</t>
+          <t>9786258118599</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>İlk Türk Edebiyatı Tarihi - Tarih-i Edebiyat-ı Osmaniye</t>
+          <t>Belgelerde Anatoly Mittov Biyografisi</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786257431774</t>
+          <t>9786258069563</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Bartın Mutfak Kültürü ve Yemekleri (Ciltli)</t>
+          <t>Muhammed Bin Hüseyin Hilyetü’l Müluk</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786258009071</t>
+          <t>9786258069990</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Sektörel Değerlendirmelerle Türkiye’de İş Sağlığı ve Güvenliği Sorunları</t>
+          <t>Sümer Evreni Hayat Ağacında Herkül - Oğuzhan</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786257686464</t>
+          <t>9786258118469</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Çankırı'dan Masallar (Metin İnceleme)</t>
+          <t>Kasap</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786257431040</t>
+          <t>9786258118032</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>15.-16. Yüzyıla Ait Anonim Bir Atalar Sözü Kitabı (Berlin Nüshası)</t>
+          <t>Şahmaran İle Fantastik Yolculuk - Musa Abdi’den Ignacz Kunos ve Oğuz Tansel’e</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786257431873</t>
+          <t>9786258069198</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık Yolunda Dindarlık</t>
+          <t>Nükleer Enerjiye Nasıl Bakıyoruz?</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786257431798</t>
+          <t>9786258118384</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman El-Cami’nin Şerhu’r-Risaleti’l-Vazՙiyye Adlı Eseri</t>
+          <t>Türkiye'de Turizmin Tarihsel Gelişimi</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786257431347</t>
+          <t>9786258118391</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Budizm İlişkilerine Dair Bir Risale: Havz-ı Hayat (Ciltli)</t>
+          <t>İlyasköy Tarihi</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>380</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786257431859</t>
+          <t>9786258118377</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>İktisat Politikası</t>
+          <t>Zehir Kaçakçıları’ndan Beyaz Ölüm’e: Türk Sinemasında Uyuşturucu Temsili</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786257431705</t>
+          <t>9786258118001</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Yazılı Kaynaklar ve Anlatılar Işığında Türk Mitolojisi</t>
+          <t>Turizm İşletmelerinde Ekolojik Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786257431903</t>
+          <t>9786258118117</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Ruhu, Çemberin Dışında Bir Yazar: Afif Yesari Hayatı ve Edebi Kişiliği</t>
+          <t>Mut Ekonomisi</t>
         </is>
       </c>
       <c r="C1518" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786257431460</t>
+          <t>9786258118360</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Roman - İnsan - Hayat (Ciltli)</t>
+          <t>Kabileden Modern Devlete Kutsallığın Yönetimle İlişkisi</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786257431804</t>
+          <t>9786258069976</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Girişimciliği Keşfet</t>
+          <t>Türk Yükseköğretim Sisteminde Saydamlık ve Hesap Verebilirlik</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786257431866</t>
+          <t>9786258118148</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Yeni Adalılar</t>
+          <t>Amerikan Sinemasının Gözünden Kurumsal Sorumluluk Bağlamında Muhasebe Ve Finans Meslek Mensuplarının Etik Dışı Davranışları</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>290</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786257431927</t>
+          <t>9786258118315</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Attila İlhan’ın Romanlarında Kuva-yı Milliye Düşüncesi</t>
+          <t>Eleştiri</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786257431521</t>
+          <t>9786258118285</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz Yöresi Aşık Tarzı Destan Söyleme Geleneği</t>
+          <t>Rus Edebiyatında Ütopya</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786257431576</t>
+          <t>9786258118339</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Türk Ordusunun Siyasi Kökleri (1883 - 1960)</t>
+          <t>Abdi’nin Gül Ü Nevruz’u</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786257431538</t>
+          <t>9786258118308</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Çevre Etiği ve Spinoza</t>
+          <t>İstanbul Üniversitesi Nadir Eserler Kütüphanesi Türkçe Yazmaları 934 Numarada Kayıtlı Şiir Mecmuası</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786257431644</t>
+          <t>9786258118216</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Teorikten Pratiğe İşletme Bilimi</t>
+          <t>İbrahim Raşid Divanı</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786257431675</t>
+          <t>9786258118025</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Adalet</t>
+          <t>Sabiha Zabcı'nın Günlüğünde Aile Sosyal Ve Ekonomik Yaşam (1959-1960)</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786257431613</t>
+          <t>9786258118179</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Turizmde Halkla İlişkiler</t>
+          <t>Kültürden Romana Yansıyanlar: Alev Alatlı’nın Romanlarında Türk Kadınının Görüngüleri</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786257431248</t>
+          <t>9786258069846</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Çingenelerin Sosyal ve Toplumsal Sorunları</t>
+          <t>Sosyal Bilimlerde Seçme Yazılar</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786257431330</t>
+          <t>9786257881654</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>İş Yaşamında Duygusal Zeka</t>
+          <t>Yerli Turistlerin Nemrut Dağı (Bitlis) Destinasyonu ile İlgili Görüşleri</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>320</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786257431439</t>
+          <t>9786258009774</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Körfez Ülkeleri İlişkileri</t>
+          <t>Kazak Alimi Ahmet Baytursunoğlu’nun Hayatı ve Eserleri</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786257431484</t>
+          <t>9786258069181</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Oku/Yorum</t>
+          <t>Ekonomik Siyasal ve Sosyal Boyutlarıyla Şırnak</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786257431682</t>
+          <t>9786258069624</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Afganistan 1978 - 1992 Soğuk Savaşın Sıcak Cephesi</t>
+          <t>Şahabeddin Uzunkaya</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786257431163</t>
+          <t>9786258069600</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve Ekolojik Hareketler</t>
+          <t>Galatasaraylı Bir Aydın Yiğit Okur</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786257431606</t>
+          <t>9786258069501</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Romanında Hz. İsa (Ciltli)</t>
+          <t>Argo</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786257431408</t>
+          <t>9786258009354</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Davranış Bilimleri</t>
+          <t>Trakya Bölgesi'ndeki Sediment Kirliliğinin Ekolojik Riskler Açısından Araştırılması</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>650</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786257686549</t>
+          <t>9786258069150</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Alman Müsteşrik Carl Brockelmann (Ciltli)</t>
+          <t>Türk Tarihinin Kaynakları Olarak Eski Türk Boy Adları</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786257431217</t>
+          <t>9786258009705</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Romanında Osmanlıya Bakış (1920-1970 Yılları Arası) (Ciltli)</t>
+          <t>Antik Edebiyatlar</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>650</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786257431187</t>
+          <t>9786258069440</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif'le Ümide Sımsıkı Sarılmak (Ciltli)</t>
+          <t>II. Dünya Savaşı Sonrası Soyut Ekspresyonizm</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786257686709</t>
+          <t>9786258069204</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Judo Stratejisi</t>
+          <t>Payitaht Edirne Üzerine Dil - Tarih - Edebiyat Araştırmaları</t>
         </is>
       </c>
       <c r="C1540" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786257431545</t>
+          <t>9786258069433</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Roman Kadınlar ve İstihdam Sorunu (Ciltli)</t>
+          <t>Şavşatlı Halk Şairi Koçali Altun</t>
         </is>
       </c>
       <c r="C1541" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786257431354</t>
+          <t>9786054393752</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Savaşları'nda Trabzonlular (Ciltli)</t>
+          <t>Çağdaş Pazarlamada Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1542" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786257431200</t>
+          <t>9786258240290</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinde Yeni Paradigma</t>
+          <t>Hikmet Kıvılcımlı</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786257686594</t>
+          <t>9786258187915</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Atılan İmza Çanakkale Tarih ve Kültür Vakfı</t>
+          <t>Çalışma Yaşamında Stres Yönetimi</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786257686754</t>
+          <t>9786258240153</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Türk Hikayesinde Bürokrasi ve Memur/Bürokrat (1923-1950)</t>
+          <t>Halkevlerinde Kültürel Miras ve Koruma Folklor Çalışmaları Bağlamında</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786257686839</t>
+          <t>9786258240207</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Göç Yollarında - Altmışıncı Yılında Türk Alman Edebiyatı ve Kültürü</t>
+          <t>Gelibolu Vilayeti Bir Cumhuriyet Aydını: Celal Nuri (İleri) Bey</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786287686808</t>
+          <t>9786258187793</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık ve Lojistik Cilt 3</t>
+          <t>Azerbaycan Dil ve Edebiyatının Özgün Bir Türü Meyxana</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786257686815</t>
+          <t>9786258240177</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Turizm ve İnanç (Ciltli)</t>
+          <t>Aşık Şiirinin Politikleşme Sürecinde Aşık İhsani</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786257431101</t>
+          <t>9786258240023</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Kültürü'nden Türkiye Kültürü'ne ve Evrenselliğe</t>
+          <t>Eski Uygur Türkçesinde Yer-Yir Belgeleri</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786257431095</t>
+          <t>9786258187373</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşında Çanakkale</t>
+          <t>Manyas Kazakları - Tarih, Kültür ve Göç</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786257686860</t>
+          <t>9786257431842</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Deizmin Kısa Tarihi</t>
+          <t>Osmanlı Türkçesi Vezinler - I</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786257431132</t>
+          <t>9786258240030</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Güvenlik Sistemi Perspektifinden Bireysel Emeklilik</t>
+          <t>Anadolu Efsanelerinde Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786257686785</t>
+          <t>9786258240337</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Turizm Çeşitliliği ve UNESCO Yaratıcı Gastronomi Şehri Hatay'da Gastronomi ve Turizm</t>
+          <t>Havacılıkta Yenilik Süreçleri Ve Deneyimsel Uygulamalar</t>
         </is>
       </c>
       <c r="C1553" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786257431026</t>
+          <t>9786057287205</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Muharebeleri</t>
+          <t>Kral ve Piyon</t>
         </is>
       </c>
       <c r="C1554" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786257686877</t>
+          <t>9786258187120</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Kültürlerarası Araştırmalar</t>
+          <t>Torosların Sahibi Yörükler</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786257686747</t>
+          <t>9786258187694</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel İletişim ve Motivasyon Yönetimi</t>
+          <t>Trafik Kazası Olay Yeri Ve Çevresinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786257686846</t>
+          <t>9786258118933</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Aşıklık Geleneğinde Aşık Arzu Bacı Hayatı-Sanatı-Şiirleri</t>
+          <t>Avrupa Karayolu Güvenliği Dünü Bugünü Ve Hedefleri</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786257431057</t>
+          <t>9786258187656</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmelerinde İtibar Yönetimi</t>
+          <t>Türkiye Karayolu Güvenliği Dünü Bugünü Ve Hedefleri</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786257686730</t>
+          <t>9786258187649</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Udriç Dağının Kucağında</t>
+          <t>Trafik Kaza Analizinde Kaza Tahmin Modelleri</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786257686600</t>
+          <t>9786258187397</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Türkçesinin Biçimlik Sesbilgisi (Ciltli)</t>
+          <t>Korunmasız Yol Kullanıcıları</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786257686570</t>
+          <t>9786258187748</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Rumeli Fatihi</t>
+          <t>Osmanlı İktisat Tarihi Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786257686525</t>
+          <t>9786258240245</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Ta'til-i Eşgal: 2. Meşrutiyet'te Devlet, İşveren ve İşçi İlişkilerine Bakışlar (1908-1918)</t>
+          <t>Nobel'den Sonra</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786257686495</t>
+          <t>9786258240382</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'nin Balkan Politikası Bağlamında Hırvatistan ve Kosova'nın Üyelik Sürecinin Karşılaştırmalı Analizi (Ciltli)</t>
+          <t>Aylak</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786257686556</t>
+          <t>9786258118803</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Çin'in Doğu Türkistan'daki Nükleer Denemeleri</t>
+          <t>Metaverse Ortamında STEM Eğitimi (İnovason Perspektifinden)</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786257686624</t>
+          <t>9786258187946</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Turizmde İşbirlikçi Tüketim: Dijital Paylaşım</t>
+          <t>Müyessiretü'l-Ulüm'dan Hareketle Türk Gramerciliğine Eleştirel Bir Bakış</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786257686648</t>
+          <t>9786258240399</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>Türklerin İzinde 1 - Türk - Moğol Ortak Kazıları (Ciltli)</t>
+          <t>Türk - Yunan İlişkileri ve Ege Sorunları</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786257686563</t>
+          <t>9786258240252</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>Saha'if-i Eslafdan (Ciltli)</t>
+          <t>Çanakkale Savaşları Anlatıları</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786257686617</t>
+          <t>9786258240092</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Hasan Hüseyin Korkmazgil - Başkaldıran Dizeler</t>
+          <t>Dijital Çağda Küresel Ekonomi Politik Dönüşüm</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>450</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786257686532</t>
+          <t>9786258240283</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Mirjaqip Duwlatov'un Edebi Eserleri (Ciltli)</t>
+          <t>Eski Uygur Türkçesinde Tanrısal İnsan Anatomisi Ve Fizyolojisi</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>650</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786257686471</t>
+          <t>9786258240191</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Giresun Yöresi Kemençecilik Geleneği (Ciltli)</t>
+          <t>İmam Cemalu’d-din ebü Muḥammed cAbdullah et-Turkī Kitābu Bulġatu’l-Muştāḳ fi Luġāti’t-Turk ve’l-Ḳifçāḳ Kastamonu Nüshası (Giriş, İnceleme, Tıpkıbasım ve Transkripsiyon, Dizin)</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>650</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786257686662</t>
+          <t>9786258187861</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Nazif Sarf-ı Türki (Ciltli)</t>
+          <t>Kazak Yazı Dilinin Başlangıç Dönemine Ait Bir Eser: Iṣṣa-i Samruġ (Simurg Kıssası)</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786257686372</t>
+          <t>9786258187601</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Didaktik Der Kinder-Und Jugendliteratur</t>
+          <t>Kahramanın Gölgesinde</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786257881517</t>
+          <t>9786258187519</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Tırgovişte (Eski Cuma) İli ve Yöresi Ağızları</t>
+          <t>Doğal Afetler ve Afet Yönetimi (EMDAT Kriterlerine Göre)</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9789750175046</t>
+          <t>9786258240108</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Avrasyadan Trakya’ya</t>
+          <t>Yemek, Miras, Reklam</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786257686488</t>
+          <t>9786258187780</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Tezkire Geleneğinin Son Temsilcisi: İbnülemin Mahmut Kemal İnal</t>
+          <t>Osmanlı Türkçesi Vezinler-II</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786257686013</t>
+          <t>9786258118223</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Nüfus Defterlerinde Silifke (Ciltli)</t>
+          <t>Priştine ve Mamuşa'da Sözlü ve Yazılı Kültür</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786257686419</t>
+          <t>9786258118292</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Kent ve Kentleşme</t>
+          <t>Challenges and Solutions in the Implementation of OHS</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786257686235</t>
+          <t>9786258069518</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Erol Bulut</t>
+          <t>A Critical Look At The History Of Business Management</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786257686228</t>
+          <t>9786258069631</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Kent Sosyolojisi Üzerine Senfonik Okumalar</t>
+          <t>Kazasker Ruznamçelerine Göre Osmanlı İlmiye Teşkilatında Rumeli Kazaları Ve Kadıları</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786257686273</t>
+          <t>9786258187700</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim Perspektifinden Bazı Ülkelerdeki Sosyal Bilimler Öğretimi</t>
+          <t>серікбол қондыбай және түркі мифологиясының зерттелуі» атты Iıı халықаралық ғылыми-теориялық конференция материалдарының жинағы - 3. Uluslararası Serikbol Kondibay ve Türk Mitolojisi Araştırmaları Sempozyumu Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786257686259</t>
+          <t>9786258118841</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Sosyolojisi Açısından Din ve Zihniyet</t>
+          <t>İslam Şairi Mehmed Akif Ersoy</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786257686082</t>
+          <t>9786258187731</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Sanaldan Estetiğe Türk Edebiyatında Sosyal Medyanın Görünümleri̇ne Dai̇r Bi̇r İnceleme</t>
+          <t>Usul-i İmla (1333-1335) ve Meclis- Kebir-i Maarifçe Kabul Olunan Usul-i İmla (1338-1340)</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786257686204</t>
+          <t>9786258187854</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuk Usulünde Hüküm İstinbatı</t>
+          <t>Türk Edebiyatı Tarihi</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786257686150</t>
+          <t>9786258187991</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Son Kadın</t>
+          <t>Türk İstiklal Harbi Komutanları</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786257686129</t>
+          <t>9786258187755</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Çeviri Üzerine Derlemeler</t>
+          <t>İçel Halk Kültürü Yazıları</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786257686112</t>
+          <t>9786258118742</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Türk-Yunan İlişkilerinde Zorlayıcı Diplomasi</t>
+          <t>Türk İstiklal Harbi Muharebeleri</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786257686167</t>
+          <t>9786258240238</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Agata Projesi</t>
+          <t>Tanzimat Dönemi Mektuplarında Kaygı ve Endişe</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786257686198</t>
+          <t>9786258187878</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Yakın Dönem Tarihimizde Limni Adası (Ciltli)</t>
+          <t>Yol Kitabı</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786257686006</t>
+          <t>9786258187847</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Journeys</t>
+          <t>Tefsir Usulü Temel Meseleler</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786257881920</t>
+          <t>9786258118094</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Küçük Kardeşleri Süryaniler</t>
+          <t>Türkiye’nin Toplumsal Yapısı</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786257881906</t>
+          <t>9786258187717</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Yiğit Lakabıyla Anılır</t>
+          <t>El Emeği Göz Nuru Geleneksel Meslekler Üzerine Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C1591" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786257881968</t>
+          <t>9786258118643</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Toplum - Bilim</t>
+          <t>Bilgi Yönetimi - Kavramsal Bir Bakış Açısı</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786257881555</t>
+          <t>9786258187762</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Ritüelleri ve Anlatılarıyla Kutsal Mekanlar</t>
+          <t>Gelenekten Bugüne Gazel Şerhleri</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786257881845</t>
+          <t>9786258187137</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Kadın</t>
+          <t>Sosyoloji ve Ekonomi</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786257881593</t>
+          <t>9786258187441</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat İktidar İdeoloji</t>
+          <t>A Geocritical Reading of Istanbul</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786257881852</t>
+          <t>9786258187403</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Yedi Meşaleciler ve Meşale Dergisi</t>
+          <t>Yönetim ve Organizasyon Bilimsel Araştırma Yazıları -1</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786257881913</t>
+          <t>9786258187540</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve İnsan Hakları</t>
+          <t>Toledo Çevirmenler Okulu ve Avrupa Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786257881678</t>
+          <t>9786258187632</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Savunma Sanayinde İnovasyon Temelli Bir Strateji Merkezi: Konya</t>
+          <t>Hayat Hakikat Edebiyat</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>3990000881692</t>
+          <t>9786258118797</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>LGBTİ+ Akademi</t>
+          <t>Osmanlı Devleti’nin Birinci Dünya Harbi’nde Hava Harp Gücü (1914-1918)</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786257881661</t>
+          <t>9786258187571</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Sinema Sosyolojisine Giriş</t>
+          <t>Küreselleşme, Kültür ve Dil</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>3990057881562</t>
+          <t>9786258187465</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Mitolojik Boyutu ve Çeşitli Yönleriyle Kara İye</t>
+          <t>Akademik Kariyerin DNA'sı</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786257881494</t>
+          <t>9786258187557</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Mihail Petroviç Guboglo’nun Gagauz Folkloru Derlemeleri</t>
+          <t>Çuvaş Yazıları</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>380</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786257881524</t>
+          <t>9786258187472</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Suç Sosyolojisi</t>
+          <t>Öğretmenlerin İş Güvenliği Bilgi Düzeyleri</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786257881401</t>
+          <t>9786258187106</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Dilbilim - Dilin Sosyokültürel Halleri</t>
+          <t>Mehmed Hayri Haside-i Ravbe Neşide-i Külbe Şerh-i Kaside-i Bür'e</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786257881449</t>
+          <t>9786258187625</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>BRICS-T Ülkelerinde Enerji Tüketiminin Belirleyicileri: Ekonometrik Bir Uygulama</t>
+          <t>Sokullu Mehmed Paşa</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786257881548</t>
+          <t>9786258118773</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Genel İşletme</t>
+          <t>Pozitif Yönleriyle Örgütlerde Davranış Biçimleri</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786057691774</t>
+          <t>9786258069532</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Ecotourism In The Western Part Of Lake Van Basın</t>
+          <t>Sanat Eleştirisine Dair Paradigmalar</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786287881258</t>
+          <t>9786056592195</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Uygarlık ve Lojistik - Cilt 2</t>
+          <t>Gelişmiş Ekonomilerde Dönüşen Kapitalizmin Endüstri İlişkilerine Etkileri</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786257881340</t>
+          <t>9786258009972</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Sampling Adaptation</t>
+          <t>Gökteki Laflık</t>
         </is>
       </c>
       <c r="C1609" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786257881425</t>
+          <t>9786258187229</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Kadem Kaynaa Romanı Örneği: Gagauz Türkçesi Söz Varlığı</t>
+          <t>Mükemmel Remil Kitabı (İnceleme-Metin-Sözlük-Dizin)</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786257881128</t>
+          <t>9786258187380</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Şahinli Köyü Tarihi 1516 - 2020</t>
+          <t>Türk Edebiyatında Manzum Fetvalar</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786257881333</t>
+          <t>9786258187410</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Duygu-Politika İlişkisi Üzerine</t>
+          <t>Mavi Hüznün Mavi Belgeselleri</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786257881210</t>
+          <t>9786258187533</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Büyüme</t>
+          <t>Alternatif Sosyal Politikalar Üzerine Söyleşiler</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786257881050</t>
+          <t>9786258187144</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Afet Risk Azaltma</t>
+          <t>Muğla Silikyeradları</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786257881074</t>
+          <t>9786258187090</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Edebiyatı</t>
+          <t>Türk Kültüründe El Sembolü</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>300</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786257881081</t>
+          <t>9786258187007</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Turizm Trendleri</t>
+          <t>Mobbing Davranışı</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786057691675</t>
+          <t>9786258118865</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Hattatın Vav İle İmtihanı</t>
+          <t>Göç ve Göç Kuramları</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786057691682</t>
+          <t>9786258118421</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Gassal</t>
+          <t>Teoriden Pratiğe Osmanlı’da Bilim</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786057691729</t>
+          <t>9786257881883</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Bir Arabesk Masal</t>
+          <t>Ortaöğretim Kurumlarında Okul Güvenliği</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786057691781</t>
+          <t>9786257431392</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Totemism</t>
+          <t>Türkçe Eğitiminde Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786257881012</t>
+          <t>9786257431378</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Kutsaldan Ritüele</t>
+          <t>Türkçe Öğretiminde Uzaktan Eğitim</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786057691620</t>
+          <t>9786257431385</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Science and Society - Academical Researches 2</t>
+          <t>Türkçe Öğretiminde Edebi Metinlerin Kullanımı</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786057691705</t>
+          <t>9786052292990</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizm ve Edebiyat</t>
+          <t>Uygur Atasözleri</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>290</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786057691668</t>
+          <t>9786052292792</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Hisarcıklızade Mes’ud - Mecmu’a-İ Eş’ar (İnceleme - Metin) (Ciltli)</t>
+          <t>Mihail Çakir’in Gagauzca (Türkçe) - Rumence Sözlüğü (İnceleme-Metin)</t>
         </is>
       </c>
       <c r="C1624" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786057691415</t>
+          <t>9786056592171</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Böceklerle Yaşam</t>
+          <t>Genel Matematik</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786057691552</t>
+          <t>9786258118506</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Eleştirisi</t>
+          <t>Komşuluk</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786057691378</t>
+          <t>9786258118254</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>10th International Conference on Governance Fraud Ethics And CSR (10thIConGFESR) &amp; 1st International Sustainable Cooperative and Social Enterprise Conference (1st ISCSEC)</t>
+          <t>Zaman Sürgünü</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786057691262</t>
+          <t>9786258118049</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Bugün Kendini Nasıl Hissediyorsun?</t>
+          <t>Gençler Diyalektik ve Tarihsel Materyalizm</t>
         </is>
       </c>
       <c r="C1628" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786057691279</t>
+          <t>9786258118193</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Kadın Folkloru: Statü ve Famaj</t>
+          <t>Darülfûnundan Üniversiteye - Mülteci Alman Bilim İnsanlarının Türk Yükseköğretimine Katkıları</t>
         </is>
       </c>
       <c r="C1629" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786057691057</t>
+          <t>9786258009446</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Doğrusal Cebir</t>
+          <t>Prof. Dr. S. Mahmut Kaşgarlı Armağanı (Ciltli)</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786057691040</t>
+          <t>9786258118131</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Bilimkurgu Öykü Seçkisi 2019</t>
+          <t>Dolgan Masalları</t>
         </is>
       </c>
       <c r="C1631" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786052292952</t>
+          <t>9786258069983</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Akademik Araştırmalar Kitap 2</t>
+          <t>Pragmatizm</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786052292969</t>
+          <t>9786258118209</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasiklerinde Adalet</t>
+          <t>Demokrasi ve Ekonomik Büyüme İlişkisi Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786052292891</t>
+          <t>9786258069938</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Ölülere Güvenme</t>
+          <t>Ağırlama Kültüründe Yiyecek – İçecek Maliyet Analiz Ve Fiyatlandırma Yöntemleri</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786052292884</t>
+          <t>9786258069952</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Sentromer</t>
+          <t>Feminist Perspectives Across Cultures</t>
         </is>
       </c>
       <c r="C1635" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786052292907</t>
+          <t>9786258069815</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Kesik Çayır</t>
+          <t>Popliteratur</t>
         </is>
       </c>
       <c r="C1636" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786052292921</t>
+          <t>9786258118018</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Aklımdaki Cinayetler</t>
+          <t>Trakya Bölgesi Chıronomıdae (Dıptera) Larval Faunası</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786055193379</t>
+          <t>9786258118070</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Bölge (Yönetim Ekonomi Siyaset Sarmalında)</t>
+          <t>Geçmişten Günümüze Doğum, Evlenme Ve Ölümde Kütahya</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786058454767</t>
+          <t>9786258118087</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Türkiye'nin Siyasi Yapısı ve Milletvekillerimiz</t>
+          <t>Feminist Eleştiri Kuramı Perspektifinden Klasik Türk Şiiri</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786058317093</t>
+          <t>9786258009828</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Son Yüzyılda Türkiye ve Ortadoğu</t>
+          <t>Cumhuriyet Dönemi Türk Edebiyatı</t>
         </is>
       </c>
       <c r="C1640" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786056686108</t>
+          <t>9786257431965</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Turizmin Ekonomi Politiği</t>
+          <t>İbrahim Şah Ve Kanlı Servi</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786058317055</t>
+          <t>9786258069037</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Kullanımı ve Raporlama</t>
+          <t>Türkiye'nin Sanayi Sitesi Politikası</t>
         </is>
       </c>
       <c r="C1642" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786056591709</t>
+          <t>9786258069655</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Çözümlü Örneklerle Dış Ticaret İşlemleri</t>
+          <t>Japon Türkolog Taiyo Hasegawa’ın Oğuzname Destanı</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786058454774</t>
+          <t>9786258069853</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Günlük Yaşamı Anlamak</t>
+          <t>Ömür Su Gibi Akıp Giderken</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786052292754</t>
+          <t>9786258069594</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Yurt Tutan Macarlığın Oluşumu</t>
+          <t>W. Von Thomson Hamidiye Günlükleri</t>
         </is>
       </c>
       <c r="C1645" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786056591761</t>
+          <t>9786258069761</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi ve Çağdaş Güncel Konular</t>
+          <t>Birinci Dünya Savaşında Hilal ve Ayyıldız</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786052292464</t>
+          <t>9786258069778</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Turizm İşletmelerinde İnovasyon</t>
+          <t>Yemek Stilistliği ve Fotoğrafçılık</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786052292501</t>
+          <t>9786258069389</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Dönem Sonu Muhasebe İşlemleri</t>
+          <t>Divan-ı Hikmet’in Köşketav Nüshası</t>
         </is>
       </c>
       <c r="C1648" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786052292518</t>
+          <t>9786258069648</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Tasarı Geometri</t>
+          <t>Eğitim Felsefesi Bağlamında Kariyer Planlaması</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786052292587</t>
+          <t>9786258069587</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji</t>
+          <t>Marmara Gölü’nde Kültürel Ekoloji - İnsan, Kültür ve Mekan</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786052292570</t>
+          <t>9786258069068</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>İletişim Sosyolojisi</t>
+          <t>Kültür Tarihimizde Gizli Diller</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786059743006</t>
+          <t>9786258069549</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Hareket Beden Eğitimi ve Spor Öğretiminde Öğrenme ve Öğretimin Temelleri</t>
+          <t>Türk Folklorunda Levirat</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786059743082</t>
+          <t>9786258009293</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Türk Hakanlığı - Karahanlılar</t>
+          <t>İstatistik Okuryazarlığı</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786052292372</t>
+          <t>9786258069426</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Dergi.com - Birinci Yıl Öykü Seçkisi</t>
+          <t>Felsefe Tarihinden Günümüze Yansımalar</t>
         </is>
       </c>
       <c r="C1654" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786052292389</t>
+          <t>9786258069129</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Battaniye</t>
+          <t>Türkistan’dan Balkanlara Türk Sufizmi</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786055193515</t>
+          <t>9786258069020</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağinda Yönetim</t>
+          <t>Osmanlı Şiirinde Hüznün Poetikası Bir Düşün Hüznü</t>
         </is>
       </c>
       <c r="C1656" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786056686160</t>
+          <t>9786258009910</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Turizmin Sosyal Psikolojik Dinamikleri</t>
+          <t>Çeviribilimde Eşdeğerlik Eşdeğerlik Piramidi Modeli</t>
         </is>
       </c>
       <c r="C1657" s="1">
-        <v>450</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786058317000</t>
+          <t>9786258009712</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Muhasebesi</t>
+          <t>Sanata ve Sanat Eğitimine Akademik Bir Bakış (Ciltli)</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786056591785</t>
+          <t>9786258069006</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Temel Bilişim Teknolojileri Kullanımı</t>
+          <t>Mitoloji Araştırmaları 3</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786057691453</t>
+          <t>9786257686297</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Görsel Programlama</t>
+          <t>Örgütlerde Politik Davranışlar</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786052292273</t>
+          <t>9786258069013</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Cephesinden Türkiye Büyük Millet Meclisine</t>
+          <t>Kültürlerarasılık &amp; Çeviri</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786052292167</t>
+          <t>9786258069365</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Gelibolu Yarımadası’nda Yazılan Tarih Yıkılan Anıtlar</t>
+          <t>Kadirli Folklorunda Eski Türk İnançları</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786052292198</t>
+          <t>9786258069402</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy’da Varoluş, Adalet, Yaşam ve Ölüm</t>
+          <t>Vampirler Uyandığında</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786056731662</t>
+          <t>9786258009590</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Algoritma ve Programlama Tamamı Çözümlü Soru Bankası</t>
+          <t>Estetik</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786052292211</t>
+          <t>9786258009941</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Troya’nın Gelini Helene 2</t>
+          <t>Entegre Havza Yönetimi</t>
         </is>
       </c>
       <c r="C1665" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786056776120</t>
+          <t>9786258009996</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>İktisat</t>
+          <t>19. Yüzyılda Balkanlarda Büyük Güçlerin Rekabeti</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786056776113</t>
+          <t>9786257431828</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Araştırma Yöntem ve Teknikleri</t>
+          <t>Arşivlerde Unutulmuş Vatan Dobruca: 93 Harbi Muhaceretinin Bilinmeyen Yönleri</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786056731679</t>
+          <t>9786258069112</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Genel İşletme</t>
+          <t>Kamu Politikası Analizi</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786059226523</t>
+          <t>9786258009552</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Maple ile Sembolik Hesaplama</t>
+          <t>Tedarik Zinciri Stratejisi</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786056731648</t>
+          <t>9786258009927</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilik ve Kalkınma</t>
+          <t>Türk Şiirinde Yunus Emre</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786056776175</t>
+          <t>9786258009576</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Sosyolojisi Denemeleri</t>
+          <t>Sivas'ta Sünnet Merasimleri ve Kirvelik Kurumu</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786056731686</t>
+          <t>9786258069105</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>SPSS ve Minitab Uygulamalı İstatistik</t>
+          <t>Kimlik Tanımı Bağlamında Türkiye'nin İran Üzerinden Geliştirdiği Tehdit Algıları (1980-2003)</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786055193331</t>
+          <t>9786258009422</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Para ve Para Teorileri</t>
+          <t>Anadolu'nun Üç Ulu Ereni: Yunus Emre Hacı Bektaş Veli ve Ahi Evran</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786059743075</t>
+          <t>9786258009644</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Soyut Cebir</t>
+          <t>Destan Dünyasında Kadın</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786056592188</t>
+          <t>9786258069174</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Futbolda Altyapı Eğitimi</t>
+          <t>Eski Türkçe Üzerine Filolojik Araştırmalar</t>
         </is>
       </c>
       <c r="C1675" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786056592164</t>
+          <t>9786258009804</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Temel Finans Matematiği</t>
+          <t>Destinasyon Konulu Güncel Araştırmalar 2</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786059743143</t>
+          <t>9786258009873</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Finansal Yönetim</t>
+          <t>Avaz Han Kıssası</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786054393213</t>
+          <t>9786257431835</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İlke ve Yöntemleri</t>
+          <t>Açık Veri Uygulamasının Belediyeler Üzerindeki Etkisi: Londra ve İstanbul Açık Veri Portalları Örneği</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786054393756</t>
+          <t>9786258009934</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Türk Basın Tarihi</t>
+          <t>Faust ile Grete’nin Aşkı</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786054393725</t>
+          <t>9786258009637</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>MS Office 2013</t>
+          <t>Ana Dili ve Yabancı Dil Olarak Türkçe Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1680" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786055193430</t>
+          <t>9786257431712</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon ve Fikir Kaynağı Olarak Yönlendiren Kullanıcılar</t>
+          <t>Aka Gündüz ve Popüler Romanları</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>210</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786054393299</t>
+          <t>9786258009675</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Meslek Yüksek Okulları İçin Pazarlama</t>
+          <t>Çağdaş Yaklaşımlar Odağında Toplum ve Kültür Araştırmaları - 2</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786055193416</t>
+          <t>9786258009262</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Bir Bakışta Toplumbilim</t>
+          <t>Vatan Toprağına Düşmüş Çanakkale’nin Şehit Evlatları (Ciltli)</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>185</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786055230678</t>
+          <t>9786257431941</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültür Dış Politikası</t>
+          <t>Kalkandelenli Sabri ve Divanı Cilt-1 (Ciltli)</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786055230616</t>
+          <t>9786258009606</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>İşletme Finansına Giriş</t>
+          <t>Romancı Gözünden Kadınlar Safvet Nezihi'nin Makalat-ı Nezihi Adlı Eseri</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786055193157</t>
+          <t>9786258009835</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Sözlüğü</t>
+          <t>YMM'lerin Bakış Açılarıyla Muhasebe Bilgi Üretiminde Kalite Sorunu</t>
         </is>
       </c>
       <c r="C1686" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786058317017</t>
+          <t>9786258009798</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Doğu Türkistan Dışındaki Uygur Şairleri</t>
+          <t>Eğitim Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C1687" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786055193362</t>
+          <t>9786258009781</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Siyasal İdeolojiler'de Kuram-Yöntem-Güncel Yaklaşımlar</t>
+          <t>Çağını Kurgulayan Yazar Ömer Seyfettin</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786055193294</t>
+          <t>9786258009583</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Mitoloji İkona ve İkonografya</t>
+          <t>Salgın Hastalıkların Sosyal Hayata Etkisi ve Kültürümüzde Koronavirüs Vakası</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786058290952</t>
+          <t>9786258009538</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluktan Ulus Devletlere Türkiye ve Balkanlar</t>
+          <t>Lezbiyen Feministlerin Feminist Düşünceleri ve Toplulukları</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786054393305</t>
+          <t>9786258009415</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji'de Kuram - Yöntem - Güncel Yaklaşımlar</t>
+          <t>Türk Donanmasının Stratejik Bir Seyri Donanmanın Malta - Faller Ziyareti 1936</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786054393749</t>
+          <t>9786257431361</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Türk Demokrasi Tarihi</t>
+          <t>Bekir Ağa-Zade</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>400</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786054393763</t>
+          <t>9786258009392</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Basın Tarihi</t>
+          <t>Medyadaki Şiddet Sunumunun Toplumsal Hayata Yansıması Hakkında Bir Çalışma</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786054393381</t>
+          <t>9786258009439</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+          <t>Ritüelleri ve Anlatılarıyla Kutsal Mekanlar</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>3990000089871</t>
+          <t>9786258009385</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Bilimine Giriş</t>
+          <t>Planlı Devletçilikten Neo-Liberalizme Geçiş</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786054393244</t>
+          <t>9786258009217</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yönetimi</t>
+          <t>Fıkıh Usulünde Lafzın Delaleti</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786055193065</t>
+          <t>9786258009149</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Genel Muhasebe</t>
+          <t>106. Yılında Çanakkale Akif’ini Arıyor</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786054393367</t>
+          <t>9786257431989</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Sigorta Muhasebesi</t>
+          <t>Türkmen Kızı Daylağını Çekende... Aşık Uzun Mehmet</t>
         </is>
       </c>
       <c r="C1698" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786054393374</t>
+          <t>9786257431507</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler</t>
+          <t>Ekonomik Özgürlükler ile Refah Arasında Gelir ve Mekan İlişkisi</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786054393435</t>
+          <t>9786257431910</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Doğru ve Etkili Konuşma Sanatı</t>
+          <t>Ekonomik ve Finansal Krizlerin Reelsektörün Dönen Varlıkları Üzerindeki Etkileri</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786054393466</t>
+          <t>9786258009224</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Ortaçağ Türk Tarihi Ana Kaynakları</t>
+          <t>Hile İşletme Bilimi Perspektifinden Genel Bir Bakış</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786054393459</t>
+          <t>9786258009255</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikası</t>
+          <t>Seyahat Acentalarında Dağıtım Kanalı Olarak İnternet'in Kullanımı</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786054393343</t>
+          <t>9786258009248</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Okulöncesi Eğitiminde Hareket Etkinlikleri</t>
+          <t>Kültürel Antropoloji</t>
         </is>
       </c>
       <c r="C1703" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
+          <t>9786258009309</t>
+        </is>
+      </c>
+      <c r="B1704" s="1" t="inlineStr">
+        <is>
+          <t>Soğuk Savaşta Ara Kesit İsmet İnönü Dönemi (1938-1950)</t>
+        </is>
+      </c>
+      <c r="C1704" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1705" spans="1:3">
+      <c r="A1705" s="1" t="inlineStr">
+        <is>
+          <t>9786258009040</t>
+        </is>
+      </c>
+      <c r="B1705" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Edebiyat Atlası</t>
+        </is>
+      </c>
+      <c r="C1705" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1706" spans="1:3">
+      <c r="A1706" s="1" t="inlineStr">
+        <is>
+          <t>9786258009187</t>
+        </is>
+      </c>
+      <c r="B1706" s="1" t="inlineStr">
+        <is>
+          <t>O Piti Piti Karamela Sepeti Çocuk Folkloru Kitabı</t>
+        </is>
+      </c>
+      <c r="C1706" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1707" spans="1:3">
+      <c r="A1707" s="1" t="inlineStr">
+        <is>
+          <t>9786258009125</t>
+        </is>
+      </c>
+      <c r="B1707" s="1" t="inlineStr">
+        <is>
+          <t>Eş-Şüzurü’z-Zehebbiye Fi’l-Lugati’t-Türkiyye Ve’l 'Arabiyye</t>
+        </is>
+      </c>
+      <c r="C1707" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1708" spans="1:3">
+      <c r="A1708" s="1" t="inlineStr">
+        <is>
+          <t>9786258009132</t>
+        </is>
+      </c>
+      <c r="B1708" s="1" t="inlineStr">
+        <is>
+          <t>Köktürk Harfli Yazıtlardan Kazak Türkçesine Uzanan Söz Varlığı</t>
+        </is>
+      </c>
+      <c r="C1708" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1709" spans="1:3">
+      <c r="A1709" s="1" t="inlineStr">
+        <is>
+          <t>9786258009156</t>
+        </is>
+      </c>
+      <c r="B1709" s="1" t="inlineStr">
+        <is>
+          <t>Kentleşme Sorunlarının Madde Bağımlılığındaki Rolü Üzerine Nitel Bir Çalışma</t>
+        </is>
+      </c>
+      <c r="C1709" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1710" spans="1:3">
+      <c r="A1710" s="1" t="inlineStr">
+        <is>
+          <t>9786257431491</t>
+        </is>
+      </c>
+      <c r="B1710" s="1" t="inlineStr">
+        <is>
+          <t>Narikbay Destanı</t>
+        </is>
+      </c>
+      <c r="C1710" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1711" spans="1:3">
+      <c r="A1711" s="1" t="inlineStr">
+        <is>
+          <t>9786258009163</t>
+        </is>
+      </c>
+      <c r="B1711" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Türk Şiiri Tarihi</t>
+        </is>
+      </c>
+      <c r="C1711" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1712" spans="1:3">
+      <c r="A1712" s="1" t="inlineStr">
+        <is>
+          <t>9786258009033</t>
+        </is>
+      </c>
+      <c r="B1712" s="1" t="inlineStr">
+        <is>
+          <t>Banka Muhasebesi Uygulamaları Mevduat Bankalarında</t>
+        </is>
+      </c>
+      <c r="C1712" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1713" spans="1:3">
+      <c r="A1713" s="1" t="inlineStr">
+        <is>
+          <t>9786258009026</t>
+        </is>
+      </c>
+      <c r="B1713" s="1" t="inlineStr">
+        <is>
+          <t>Edebi ve Akademik Kullanımlar ile Yabancı Dil Olarak Türkçe Öğretiminde Soru İfadeleri</t>
+        </is>
+      </c>
+      <c r="C1713" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1714" spans="1:3">
+      <c r="A1714" s="1" t="inlineStr">
+        <is>
+          <t>9786257431729</t>
+        </is>
+      </c>
+      <c r="B1714" s="1" t="inlineStr">
+        <is>
+          <t>İlk Türk Edebiyatı Tarihi - Tarih-i Edebiyat-ı Osmaniye</t>
+        </is>
+      </c>
+      <c r="C1714" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1715" spans="1:3">
+      <c r="A1715" s="1" t="inlineStr">
+        <is>
+          <t>9786257431774</t>
+        </is>
+      </c>
+      <c r="B1715" s="1" t="inlineStr">
+        <is>
+          <t>Bartın Mutfak Kültürü ve Yemekleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1715" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1716" spans="1:3">
+      <c r="A1716" s="1" t="inlineStr">
+        <is>
+          <t>9786258009071</t>
+        </is>
+      </c>
+      <c r="B1716" s="1" t="inlineStr">
+        <is>
+          <t>Sektörel Değerlendirmelerle Türkiye’de İş Sağlığı ve Güvenliği Sorunları</t>
+        </is>
+      </c>
+      <c r="C1716" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1717" spans="1:3">
+      <c r="A1717" s="1" t="inlineStr">
+        <is>
+          <t>9786257686464</t>
+        </is>
+      </c>
+      <c r="B1717" s="1" t="inlineStr">
+        <is>
+          <t>Çankırı'dan Masallar (Metin İnceleme)</t>
+        </is>
+      </c>
+      <c r="C1717" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1718" spans="1:3">
+      <c r="A1718" s="1" t="inlineStr">
+        <is>
+          <t>9786257431040</t>
+        </is>
+      </c>
+      <c r="B1718" s="1" t="inlineStr">
+        <is>
+          <t>15.-16. Yüzyıla Ait Anonim Bir Atalar Sözü Kitabı (Berlin Nüshası)</t>
+        </is>
+      </c>
+      <c r="C1718" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1719" spans="1:3">
+      <c r="A1719" s="1" t="inlineStr">
+        <is>
+          <t>9786257431873</t>
+        </is>
+      </c>
+      <c r="B1719" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlılık Yolunda Dindarlık</t>
+        </is>
+      </c>
+      <c r="C1719" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1720" spans="1:3">
+      <c r="A1720" s="1" t="inlineStr">
+        <is>
+          <t>9786257431798</t>
+        </is>
+      </c>
+      <c r="B1720" s="1" t="inlineStr">
+        <is>
+          <t>Abdurrahman El-Cami’nin Şerhu’r-Risaleti’l-Vazՙiyye Adlı Eseri</t>
+        </is>
+      </c>
+      <c r="C1720" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1721" spans="1:3">
+      <c r="A1721" s="1" t="inlineStr">
+        <is>
+          <t>9786257431347</t>
+        </is>
+      </c>
+      <c r="B1721" s="1" t="inlineStr">
+        <is>
+          <t>Tasavvuf ve Budizm İlişkilerine Dair Bir Risale: Havz-ı Hayat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1721" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1722" spans="1:3">
+      <c r="A1722" s="1" t="inlineStr">
+        <is>
+          <t>9786257431859</t>
+        </is>
+      </c>
+      <c r="B1722" s="1" t="inlineStr">
+        <is>
+          <t>İktisat Politikası</t>
+        </is>
+      </c>
+      <c r="C1722" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1723" spans="1:3">
+      <c r="A1723" s="1" t="inlineStr">
+        <is>
+          <t>9786257431705</t>
+        </is>
+      </c>
+      <c r="B1723" s="1" t="inlineStr">
+        <is>
+          <t>Yazılı Kaynaklar ve Anlatılar Işığında Türk Mitolojisi</t>
+        </is>
+      </c>
+      <c r="C1723" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1724" spans="1:3">
+      <c r="A1724" s="1" t="inlineStr">
+        <is>
+          <t>9786257431903</t>
+        </is>
+      </c>
+      <c r="B1724" s="1" t="inlineStr">
+        <is>
+          <t>Ruhu, Çemberin Dışında Bir Yazar: Afif Yesari Hayatı ve Edebi Kişiliği</t>
+        </is>
+      </c>
+      <c r="C1724" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1725" spans="1:3">
+      <c r="A1725" s="1" t="inlineStr">
+        <is>
+          <t>9786257431460</t>
+        </is>
+      </c>
+      <c r="B1725" s="1" t="inlineStr">
+        <is>
+          <t>Roman - İnsan - Hayat (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1725" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1726" spans="1:3">
+      <c r="A1726" s="1" t="inlineStr">
+        <is>
+          <t>9786257431804</t>
+        </is>
+      </c>
+      <c r="B1726" s="1" t="inlineStr">
+        <is>
+          <t>Girişimciliği Keşfet</t>
+        </is>
+      </c>
+      <c r="C1726" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1727" spans="1:3">
+      <c r="A1727" s="1" t="inlineStr">
+        <is>
+          <t>9786257431866</t>
+        </is>
+      </c>
+      <c r="B1727" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Adalılar</t>
+        </is>
+      </c>
+      <c r="C1727" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1728" spans="1:3">
+      <c r="A1728" s="1" t="inlineStr">
+        <is>
+          <t>9786257431927</t>
+        </is>
+      </c>
+      <c r="B1728" s="1" t="inlineStr">
+        <is>
+          <t>Attila İlhan’ın Romanlarında Kuva-yı Milliye Düşüncesi</t>
+        </is>
+      </c>
+      <c r="C1728" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1729" spans="1:3">
+      <c r="A1729" s="1" t="inlineStr">
+        <is>
+          <t>9786257431521</t>
+        </is>
+      </c>
+      <c r="B1729" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Karadeniz Yöresi Aşık Tarzı Destan Söyleme Geleneği</t>
+        </is>
+      </c>
+      <c r="C1729" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1730" spans="1:3">
+      <c r="A1730" s="1" t="inlineStr">
+        <is>
+          <t>9786257431576</t>
+        </is>
+      </c>
+      <c r="B1730" s="1" t="inlineStr">
+        <is>
+          <t>Türk Ordusunun Siyasi Kökleri (1883 - 1960)</t>
+        </is>
+      </c>
+      <c r="C1730" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1731" spans="1:3">
+      <c r="A1731" s="1" t="inlineStr">
+        <is>
+          <t>9786257431538</t>
+        </is>
+      </c>
+      <c r="B1731" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Etiği ve Spinoza</t>
+        </is>
+      </c>
+      <c r="C1731" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1732" spans="1:3">
+      <c r="A1732" s="1" t="inlineStr">
+        <is>
+          <t>9786257431644</t>
+        </is>
+      </c>
+      <c r="B1732" s="1" t="inlineStr">
+        <is>
+          <t>Teorikten Pratiğe İşletme Bilimi</t>
+        </is>
+      </c>
+      <c r="C1732" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1733" spans="1:3">
+      <c r="A1733" s="1" t="inlineStr">
+        <is>
+          <t>9786257431675</t>
+        </is>
+      </c>
+      <c r="B1733" s="1" t="inlineStr">
+        <is>
+          <t>Çevresel Adalet</t>
+        </is>
+      </c>
+      <c r="C1733" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1734" spans="1:3">
+      <c r="A1734" s="1" t="inlineStr">
+        <is>
+          <t>9786257431613</t>
+        </is>
+      </c>
+      <c r="B1734" s="1" t="inlineStr">
+        <is>
+          <t>Turizmde Halkla İlişkiler</t>
+        </is>
+      </c>
+      <c r="C1734" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1735" spans="1:3">
+      <c r="A1735" s="1" t="inlineStr">
+        <is>
+          <t>9786257431248</t>
+        </is>
+      </c>
+      <c r="B1735" s="1" t="inlineStr">
+        <is>
+          <t>Çingenelerin Sosyal ve Toplumsal Sorunları</t>
+        </is>
+      </c>
+      <c r="C1735" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1736" spans="1:3">
+      <c r="A1736" s="1" t="inlineStr">
+        <is>
+          <t>9786257431330</t>
+        </is>
+      </c>
+      <c r="B1736" s="1" t="inlineStr">
+        <is>
+          <t>İş Yaşamında Duygusal Zeka</t>
+        </is>
+      </c>
+      <c r="C1736" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1737" spans="1:3">
+      <c r="A1737" s="1" t="inlineStr">
+        <is>
+          <t>9786257431439</t>
+        </is>
+      </c>
+      <c r="B1737" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye ve Körfez Ülkeleri İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1737" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1738" spans="1:3">
+      <c r="A1738" s="1" t="inlineStr">
+        <is>
+          <t>9786257431484</t>
+        </is>
+      </c>
+      <c r="B1738" s="1" t="inlineStr">
+        <is>
+          <t>Oku/Yorum</t>
+        </is>
+      </c>
+      <c r="C1738" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1739" spans="1:3">
+      <c r="A1739" s="1" t="inlineStr">
+        <is>
+          <t>9786257431682</t>
+        </is>
+      </c>
+      <c r="B1739" s="1" t="inlineStr">
+        <is>
+          <t>Afganistan 1978 - 1992 Soğuk Savaşın Sıcak Cephesi</t>
+        </is>
+      </c>
+      <c r="C1739" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1740" spans="1:3">
+      <c r="A1740" s="1" t="inlineStr">
+        <is>
+          <t>9786257431163</t>
+        </is>
+      </c>
+      <c r="B1740" s="1" t="inlineStr">
+        <is>
+          <t>Neoliberalizm ve Ekolojik Hareketler</t>
+        </is>
+      </c>
+      <c r="C1740" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1741" spans="1:3">
+      <c r="A1741" s="1" t="inlineStr">
+        <is>
+          <t>9786257431606</t>
+        </is>
+      </c>
+      <c r="B1741" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Dönemi Türk Romanında Hz. İsa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1741" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:3">
+      <c r="A1742" s="1" t="inlineStr">
+        <is>
+          <t>9786257431408</t>
+        </is>
+      </c>
+      <c r="B1742" s="1" t="inlineStr">
+        <is>
+          <t>Davranış Bilimleri</t>
+        </is>
+      </c>
+      <c r="C1742" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:3">
+      <c r="A1743" s="1" t="inlineStr">
+        <is>
+          <t>9786257686549</t>
+        </is>
+      </c>
+      <c r="B1743" s="1" t="inlineStr">
+        <is>
+          <t>Alman Müsteşrik Carl Brockelmann (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1743" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:3">
+      <c r="A1744" s="1" t="inlineStr">
+        <is>
+          <t>9786257431217</t>
+        </is>
+      </c>
+      <c r="B1744" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Dönemi Türk Romanında Osmanlıya Bakış (1920-1970 Yılları Arası) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1744" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:3">
+      <c r="A1745" s="1" t="inlineStr">
+        <is>
+          <t>9786257431187</t>
+        </is>
+      </c>
+      <c r="B1745" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif'le Ümide Sımsıkı Sarılmak (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1745" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:3">
+      <c r="A1746" s="1" t="inlineStr">
+        <is>
+          <t>9786257686709</t>
+        </is>
+      </c>
+      <c r="B1746" s="1" t="inlineStr">
+        <is>
+          <t>Judo Stratejisi</t>
+        </is>
+      </c>
+      <c r="C1746" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:3">
+      <c r="A1747" s="1" t="inlineStr">
+        <is>
+          <t>9786257431545</t>
+        </is>
+      </c>
+      <c r="B1747" s="1" t="inlineStr">
+        <is>
+          <t>Roman Kadınlar ve İstihdam Sorunu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1747" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:3">
+      <c r="A1748" s="1" t="inlineStr">
+        <is>
+          <t>9786257431354</t>
+        </is>
+      </c>
+      <c r="B1748" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Savaşları'nda Trabzonlular (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1748" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:3">
+      <c r="A1749" s="1" t="inlineStr">
+        <is>
+          <t>9786257431200</t>
+        </is>
+      </c>
+      <c r="B1749" s="1" t="inlineStr">
+        <is>
+          <t>Türk Şiirinde Yeni Paradigma</t>
+        </is>
+      </c>
+      <c r="C1749" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:3">
+      <c r="A1750" s="1" t="inlineStr">
+        <is>
+          <t>9786257686594</t>
+        </is>
+      </c>
+      <c r="B1750" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Geleceğe Atılan İmza Çanakkale Tarih ve Kültür Vakfı</t>
+        </is>
+      </c>
+      <c r="C1750" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:3">
+      <c r="A1751" s="1" t="inlineStr">
+        <is>
+          <t>9786257686754</t>
+        </is>
+      </c>
+      <c r="B1751" s="1" t="inlineStr">
+        <is>
+          <t>Cumhuriyet Dönemi Türk Hikayesinde Bürokrasi ve Memur/Bürokrat (1923-1950)</t>
+        </is>
+      </c>
+      <c r="C1751" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:3">
+      <c r="A1752" s="1" t="inlineStr">
+        <is>
+          <t>9786257686839</t>
+        </is>
+      </c>
+      <c r="B1752" s="1" t="inlineStr">
+        <is>
+          <t>Göç Yollarında - Altmışıncı Yılında Türk Alman Edebiyatı ve Kültürü</t>
+        </is>
+      </c>
+      <c r="C1752" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:3">
+      <c r="A1753" s="1" t="inlineStr">
+        <is>
+          <t>9786287686808</t>
+        </is>
+      </c>
+      <c r="B1753" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlık ve Lojistik Cilt 3</t>
+        </is>
+      </c>
+      <c r="C1753" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:3">
+      <c r="A1754" s="1" t="inlineStr">
+        <is>
+          <t>9786257686815</t>
+        </is>
+      </c>
+      <c r="B1754" s="1" t="inlineStr">
+        <is>
+          <t>Turizm ve İnanç (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1754" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:3">
+      <c r="A1755" s="1" t="inlineStr">
+        <is>
+          <t>9786257431101</t>
+        </is>
+      </c>
+      <c r="B1755" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Kültürü'nden Türkiye Kültürü'ne ve Evrenselliğe</t>
+        </is>
+      </c>
+      <c r="C1755" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:3">
+      <c r="A1756" s="1" t="inlineStr">
+        <is>
+          <t>9786257431095</t>
+        </is>
+      </c>
+      <c r="B1756" s="1" t="inlineStr">
+        <is>
+          <t>Kurtuluş Savaşında Çanakkale</t>
+        </is>
+      </c>
+      <c r="C1756" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:3">
+      <c r="A1757" s="1" t="inlineStr">
+        <is>
+          <t>9786257686860</t>
+        </is>
+      </c>
+      <c r="B1757" s="1" t="inlineStr">
+        <is>
+          <t>Deizmin Kısa Tarihi</t>
+        </is>
+      </c>
+      <c r="C1757" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:3">
+      <c r="A1758" s="1" t="inlineStr">
+        <is>
+          <t>9786257431132</t>
+        </is>
+      </c>
+      <c r="B1758" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Güvenlik Sistemi Perspektifinden Bireysel Emeklilik</t>
+        </is>
+      </c>
+      <c r="C1758" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:3">
+      <c r="A1759" s="1" t="inlineStr">
+        <is>
+          <t>9786257686785</t>
+        </is>
+      </c>
+      <c r="B1759" s="1" t="inlineStr">
+        <is>
+          <t>Turizm Çeşitliliği ve UNESCO Yaratıcı Gastronomi Şehri Hatay'da Gastronomi ve Turizm</t>
+        </is>
+      </c>
+      <c r="C1759" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:3">
+      <c r="A1760" s="1" t="inlineStr">
+        <is>
+          <t>9786257431026</t>
+        </is>
+      </c>
+      <c r="B1760" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Muharebeleri</t>
+        </is>
+      </c>
+      <c r="C1760" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:3">
+      <c r="A1761" s="1" t="inlineStr">
+        <is>
+          <t>9786257686877</t>
+        </is>
+      </c>
+      <c r="B1761" s="1" t="inlineStr">
+        <is>
+          <t>Kültürlerarası Araştırmalar</t>
+        </is>
+      </c>
+      <c r="C1761" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:3">
+      <c r="A1762" s="1" t="inlineStr">
+        <is>
+          <t>9786257686747</t>
+        </is>
+      </c>
+      <c r="B1762" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel İletişim ve Motivasyon Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1762" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1763" spans="1:3">
+      <c r="A1763" s="1" t="inlineStr">
+        <is>
+          <t>9786257686846</t>
+        </is>
+      </c>
+      <c r="B1763" s="1" t="inlineStr">
+        <is>
+          <t>Yaşayan Aşıklık Geleneğinde Aşık Arzu Bacı Hayatı-Sanatı-Şiirleri</t>
+        </is>
+      </c>
+      <c r="C1763" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1764" spans="1:3">
+      <c r="A1764" s="1" t="inlineStr">
+        <is>
+          <t>9786257431057</t>
+        </is>
+      </c>
+      <c r="B1764" s="1" t="inlineStr">
+        <is>
+          <t>Turizm İşletmelerinde İtibar Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1764" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1765" spans="1:3">
+      <c r="A1765" s="1" t="inlineStr">
+        <is>
+          <t>9786257686730</t>
+        </is>
+      </c>
+      <c r="B1765" s="1" t="inlineStr">
+        <is>
+          <t>Udriç Dağının Kucağında</t>
+        </is>
+      </c>
+      <c r="C1765" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1766" spans="1:3">
+      <c r="A1766" s="1" t="inlineStr">
+        <is>
+          <t>9786257686600</t>
+        </is>
+      </c>
+      <c r="B1766" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan Türkçesinin Biçimlik Sesbilgisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1766" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1767" spans="1:3">
+      <c r="A1767" s="1" t="inlineStr">
+        <is>
+          <t>9786257686570</t>
+        </is>
+      </c>
+      <c r="B1767" s="1" t="inlineStr">
+        <is>
+          <t>Rumeli Fatihi</t>
+        </is>
+      </c>
+      <c r="C1767" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1768" spans="1:3">
+      <c r="A1768" s="1" t="inlineStr">
+        <is>
+          <t>9786257686525</t>
+        </is>
+      </c>
+      <c r="B1768" s="1" t="inlineStr">
+        <is>
+          <t>Ta'til-i Eşgal: 2. Meşrutiyet'te Devlet, İşveren ve İşçi İlişkilerine Bakışlar (1908-1918)</t>
+        </is>
+      </c>
+      <c r="C1768" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1769" spans="1:3">
+      <c r="A1769" s="1" t="inlineStr">
+        <is>
+          <t>9786257686495</t>
+        </is>
+      </c>
+      <c r="B1769" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği'nin Balkan Politikası Bağlamında Hırvatistan ve Kosova'nın Üyelik Sürecinin Karşılaştırmalı Analizi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1769" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1770" spans="1:3">
+      <c r="A1770" s="1" t="inlineStr">
+        <is>
+          <t>9786257686556</t>
+        </is>
+      </c>
+      <c r="B1770" s="1" t="inlineStr">
+        <is>
+          <t>Çin'in Doğu Türkistan'daki Nükleer Denemeleri</t>
+        </is>
+      </c>
+      <c r="C1770" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1771" spans="1:3">
+      <c r="A1771" s="1" t="inlineStr">
+        <is>
+          <t>9786257686624</t>
+        </is>
+      </c>
+      <c r="B1771" s="1" t="inlineStr">
+        <is>
+          <t>Turizmde İşbirlikçi Tüketim: Dijital Paylaşım</t>
+        </is>
+      </c>
+      <c r="C1771" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1772" spans="1:3">
+      <c r="A1772" s="1" t="inlineStr">
+        <is>
+          <t>9786257686648</t>
+        </is>
+      </c>
+      <c r="B1772" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin İzinde 1 - Türk - Moğol Ortak Kazıları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1772" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1773" spans="1:3">
+      <c r="A1773" s="1" t="inlineStr">
+        <is>
+          <t>9786257686563</t>
+        </is>
+      </c>
+      <c r="B1773" s="1" t="inlineStr">
+        <is>
+          <t>Saha'if-i Eslafdan (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1773" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1774" spans="1:3">
+      <c r="A1774" s="1" t="inlineStr">
+        <is>
+          <t>9786257686617</t>
+        </is>
+      </c>
+      <c r="B1774" s="1" t="inlineStr">
+        <is>
+          <t>Hasan Hüseyin Korkmazgil - Başkaldıran Dizeler</t>
+        </is>
+      </c>
+      <c r="C1774" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1775" spans="1:3">
+      <c r="A1775" s="1" t="inlineStr">
+        <is>
+          <t>9786257686532</t>
+        </is>
+      </c>
+      <c r="B1775" s="1" t="inlineStr">
+        <is>
+          <t>Mirjaqip Duwlatov'un Edebi Eserleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1775" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1776" spans="1:3">
+      <c r="A1776" s="1" t="inlineStr">
+        <is>
+          <t>9786257686471</t>
+        </is>
+      </c>
+      <c r="B1776" s="1" t="inlineStr">
+        <is>
+          <t>Giresun Yöresi Kemençecilik Geleneği (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1776" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:3">
+      <c r="A1777" s="1" t="inlineStr">
+        <is>
+          <t>9786257686662</t>
+        </is>
+      </c>
+      <c r="B1777" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Nazif Sarf-ı Türki (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1777" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:3">
+      <c r="A1778" s="1" t="inlineStr">
+        <is>
+          <t>9786257686372</t>
+        </is>
+      </c>
+      <c r="B1778" s="1" t="inlineStr">
+        <is>
+          <t>Didaktik Der Kinder-Und Jugendliteratur</t>
+        </is>
+      </c>
+      <c r="C1778" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:3">
+      <c r="A1779" s="1" t="inlineStr">
+        <is>
+          <t>9786257881517</t>
+        </is>
+      </c>
+      <c r="B1779" s="1" t="inlineStr">
+        <is>
+          <t>Tırgovişte (Eski Cuma) İli ve Yöresi Ağızları</t>
+        </is>
+      </c>
+      <c r="C1779" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:3">
+      <c r="A1780" s="1" t="inlineStr">
+        <is>
+          <t>9789750175046</t>
+        </is>
+      </c>
+      <c r="B1780" s="1" t="inlineStr">
+        <is>
+          <t>Avrasyadan Trakya’ya</t>
+        </is>
+      </c>
+      <c r="C1780" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:3">
+      <c r="A1781" s="1" t="inlineStr">
+        <is>
+          <t>9786257686488</t>
+        </is>
+      </c>
+      <c r="B1781" s="1" t="inlineStr">
+        <is>
+          <t>Tezkire Geleneğinin Son Temsilcisi: İbnülemin Mahmut Kemal İnal</t>
+        </is>
+      </c>
+      <c r="C1781" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1782" spans="1:3">
+      <c r="A1782" s="1" t="inlineStr">
+        <is>
+          <t>9786257686013</t>
+        </is>
+      </c>
+      <c r="B1782" s="1" t="inlineStr">
+        <is>
+          <t>Nüfus Defterlerinde Silifke (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1782" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:3">
+      <c r="A1783" s="1" t="inlineStr">
+        <is>
+          <t>9786257686419</t>
+        </is>
+      </c>
+      <c r="B1783" s="1" t="inlineStr">
+        <is>
+          <t>Farklı Boyutlarıyla Kent ve Kentleşme</t>
+        </is>
+      </c>
+      <c r="C1783" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:3">
+      <c r="A1784" s="1" t="inlineStr">
+        <is>
+          <t>9786257686235</t>
+        </is>
+      </c>
+      <c r="B1784" s="1" t="inlineStr">
+        <is>
+          <t>Erol Bulut</t>
+        </is>
+      </c>
+      <c r="C1784" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1785" spans="1:3">
+      <c r="A1785" s="1" t="inlineStr">
+        <is>
+          <t>9786257686228</t>
+        </is>
+      </c>
+      <c r="B1785" s="1" t="inlineStr">
+        <is>
+          <t>Kent Sosyolojisi Üzerine Senfonik Okumalar</t>
+        </is>
+      </c>
+      <c r="C1785" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1786" spans="1:3">
+      <c r="A1786" s="1" t="inlineStr">
+        <is>
+          <t>9786257686273</t>
+        </is>
+      </c>
+      <c r="B1786" s="1" t="inlineStr">
+        <is>
+          <t>Karşılaştırmalı Eğitim Perspektifinden Bazı Ülkelerdeki Sosyal Bilimler Öğretimi</t>
+        </is>
+      </c>
+      <c r="C1786" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1787" spans="1:3">
+      <c r="A1787" s="1" t="inlineStr">
+        <is>
+          <t>9786257686259</t>
+        </is>
+      </c>
+      <c r="B1787" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Sosyolojisi Açısından Din ve Zihniyet</t>
+        </is>
+      </c>
+      <c r="C1787" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:3">
+      <c r="A1788" s="1" t="inlineStr">
+        <is>
+          <t>9786257686082</t>
+        </is>
+      </c>
+      <c r="B1788" s="1" t="inlineStr">
+        <is>
+          <t>Sanaldan Estetiğe Türk Edebiyatında Sosyal Medyanın Görünümleri̇ne Dai̇r Bi̇r İnceleme</t>
+        </is>
+      </c>
+      <c r="C1788" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1789" spans="1:3">
+      <c r="A1789" s="1" t="inlineStr">
+        <is>
+          <t>9786257686204</t>
+        </is>
+      </c>
+      <c r="B1789" s="1" t="inlineStr">
+        <is>
+          <t>İslam Hukuk Usulünde Hüküm İstinbatı</t>
+        </is>
+      </c>
+      <c r="C1789" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:3">
+      <c r="A1790" s="1" t="inlineStr">
+        <is>
+          <t>9786257686150</t>
+        </is>
+      </c>
+      <c r="B1790" s="1" t="inlineStr">
+        <is>
+          <t>Son Kadın</t>
+        </is>
+      </c>
+      <c r="C1790" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:3">
+      <c r="A1791" s="1" t="inlineStr">
+        <is>
+          <t>9786257686129</t>
+        </is>
+      </c>
+      <c r="B1791" s="1" t="inlineStr">
+        <is>
+          <t>Çeviri Üzerine Derlemeler</t>
+        </is>
+      </c>
+      <c r="C1791" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1792" spans="1:3">
+      <c r="A1792" s="1" t="inlineStr">
+        <is>
+          <t>9786257686112</t>
+        </is>
+      </c>
+      <c r="B1792" s="1" t="inlineStr">
+        <is>
+          <t>Türk-Yunan İlişkilerinde Zorlayıcı Diplomasi</t>
+        </is>
+      </c>
+      <c r="C1792" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1793" spans="1:3">
+      <c r="A1793" s="1" t="inlineStr">
+        <is>
+          <t>9786257686167</t>
+        </is>
+      </c>
+      <c r="B1793" s="1" t="inlineStr">
+        <is>
+          <t>Agata Projesi</t>
+        </is>
+      </c>
+      <c r="C1793" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1794" spans="1:3">
+      <c r="A1794" s="1" t="inlineStr">
+        <is>
+          <t>9786257686198</t>
+        </is>
+      </c>
+      <c r="B1794" s="1" t="inlineStr">
+        <is>
+          <t>Yakın Dönem Tarihimizde Limni Adası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1794" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1795" spans="1:3">
+      <c r="A1795" s="1" t="inlineStr">
+        <is>
+          <t>9786257686006</t>
+        </is>
+      </c>
+      <c r="B1795" s="1" t="inlineStr">
+        <is>
+          <t>Journeys</t>
+        </is>
+      </c>
+      <c r="C1795" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1796" spans="1:3">
+      <c r="A1796" s="1" t="inlineStr">
+        <is>
+          <t>9786257881920</t>
+        </is>
+      </c>
+      <c r="B1796" s="1" t="inlineStr">
+        <is>
+          <t>Türklerin Küçük Kardeşleri Süryaniler</t>
+        </is>
+      </c>
+      <c r="C1796" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1797" spans="1:3">
+      <c r="A1797" s="1" t="inlineStr">
+        <is>
+          <t>9786257881906</t>
+        </is>
+      </c>
+      <c r="B1797" s="1" t="inlineStr">
+        <is>
+          <t>Yiğit Lakabıyla Anılır</t>
+        </is>
+      </c>
+      <c r="C1797" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1798" spans="1:3">
+      <c r="A1798" s="1" t="inlineStr">
+        <is>
+          <t>9786257881968</t>
+        </is>
+      </c>
+      <c r="B1798" s="1" t="inlineStr">
+        <is>
+          <t>Toplum - Bilim</t>
+        </is>
+      </c>
+      <c r="C1798" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1799" spans="1:3">
+      <c r="A1799" s="1" t="inlineStr">
+        <is>
+          <t>9786257881555</t>
+        </is>
+      </c>
+      <c r="B1799" s="1" t="inlineStr">
+        <is>
+          <t>Ritüelleri ve Anlatılarıyla Kutsal Mekanlar</t>
+        </is>
+      </c>
+      <c r="C1799" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1800" spans="1:3">
+      <c r="A1800" s="1" t="inlineStr">
+        <is>
+          <t>9786257881845</t>
+        </is>
+      </c>
+      <c r="B1800" s="1" t="inlineStr">
+        <is>
+          <t>Tarihte Kadın</t>
+        </is>
+      </c>
+      <c r="C1800" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1801" spans="1:3">
+      <c r="A1801" s="1" t="inlineStr">
+        <is>
+          <t>9786257881593</t>
+        </is>
+      </c>
+      <c r="B1801" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat İktidar İdeoloji</t>
+        </is>
+      </c>
+      <c r="C1801" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1802" spans="1:3">
+      <c r="A1802" s="1" t="inlineStr">
+        <is>
+          <t>9786257881852</t>
+        </is>
+      </c>
+      <c r="B1802" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Meşaleciler ve Meşale Dergisi</t>
+        </is>
+      </c>
+      <c r="C1802" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1803" spans="1:3">
+      <c r="A1803" s="1" t="inlineStr">
+        <is>
+          <t>9786257881913</t>
+        </is>
+      </c>
+      <c r="B1803" s="1" t="inlineStr">
+        <is>
+          <t>Çevre ve İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C1803" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1804" spans="1:3">
+      <c r="A1804" s="1" t="inlineStr">
+        <is>
+          <t>9786257881678</t>
+        </is>
+      </c>
+      <c r="B1804" s="1" t="inlineStr">
+        <is>
+          <t>Savunma Sanayinde İnovasyon Temelli Bir Strateji Merkezi: Konya</t>
+        </is>
+      </c>
+      <c r="C1804" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1805" spans="1:3">
+      <c r="A1805" s="1" t="inlineStr">
+        <is>
+          <t>3990000881692</t>
+        </is>
+      </c>
+      <c r="B1805" s="1" t="inlineStr">
+        <is>
+          <t>LGBTİ+ Akademi</t>
+        </is>
+      </c>
+      <c r="C1805" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1806" spans="1:3">
+      <c r="A1806" s="1" t="inlineStr">
+        <is>
+          <t>9786257881661</t>
+        </is>
+      </c>
+      <c r="B1806" s="1" t="inlineStr">
+        <is>
+          <t>Sinema Sosyolojisine Giriş</t>
+        </is>
+      </c>
+      <c r="C1806" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1807" spans="1:3">
+      <c r="A1807" s="1" t="inlineStr">
+        <is>
+          <t>3990057881562</t>
+        </is>
+      </c>
+      <c r="B1807" s="1" t="inlineStr">
+        <is>
+          <t>Mitolojik Boyutu ve Çeşitli Yönleriyle Kara İye</t>
+        </is>
+      </c>
+      <c r="C1807" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1808" spans="1:3">
+      <c r="A1808" s="1" t="inlineStr">
+        <is>
+          <t>9786257881494</t>
+        </is>
+      </c>
+      <c r="B1808" s="1" t="inlineStr">
+        <is>
+          <t>Mihail Petroviç Guboglo’nun Gagauz Folkloru Derlemeleri</t>
+        </is>
+      </c>
+      <c r="C1808" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1809" spans="1:3">
+      <c r="A1809" s="1" t="inlineStr">
+        <is>
+          <t>9786257881524</t>
+        </is>
+      </c>
+      <c r="B1809" s="1" t="inlineStr">
+        <is>
+          <t>Suç Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1809" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1810" spans="1:3">
+      <c r="A1810" s="1" t="inlineStr">
+        <is>
+          <t>9786257881401</t>
+        </is>
+      </c>
+      <c r="B1810" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Dilbilim - Dilin Sosyokültürel Halleri</t>
+        </is>
+      </c>
+      <c r="C1810" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1811" spans="1:3">
+      <c r="A1811" s="1" t="inlineStr">
+        <is>
+          <t>9786257881449</t>
+        </is>
+      </c>
+      <c r="B1811" s="1" t="inlineStr">
+        <is>
+          <t>BRICS-T Ülkelerinde Enerji Tüketiminin Belirleyicileri: Ekonometrik Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1811" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1812" spans="1:3">
+      <c r="A1812" s="1" t="inlineStr">
+        <is>
+          <t>9786257881548</t>
+        </is>
+      </c>
+      <c r="B1812" s="1" t="inlineStr">
+        <is>
+          <t>Genel İşletme</t>
+        </is>
+      </c>
+      <c r="C1812" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1813" spans="1:3">
+      <c r="A1813" s="1" t="inlineStr">
+        <is>
+          <t>9786057691774</t>
+        </is>
+      </c>
+      <c r="B1813" s="1" t="inlineStr">
+        <is>
+          <t>Ecotourism In The Western Part Of Lake Van Basın</t>
+        </is>
+      </c>
+      <c r="C1813" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1814" spans="1:3">
+      <c r="A1814" s="1" t="inlineStr">
+        <is>
+          <t>9786287881258</t>
+        </is>
+      </c>
+      <c r="B1814" s="1" t="inlineStr">
+        <is>
+          <t>Uygarlık ve Lojistik - Cilt 2</t>
+        </is>
+      </c>
+      <c r="C1814" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1815" spans="1:3">
+      <c r="A1815" s="1" t="inlineStr">
+        <is>
+          <t>9786257881340</t>
+        </is>
+      </c>
+      <c r="B1815" s="1" t="inlineStr">
+        <is>
+          <t>Sampling Adaptation</t>
+        </is>
+      </c>
+      <c r="C1815" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1816" spans="1:3">
+      <c r="A1816" s="1" t="inlineStr">
+        <is>
+          <t>9786257881425</t>
+        </is>
+      </c>
+      <c r="B1816" s="1" t="inlineStr">
+        <is>
+          <t>Kadem Kaynaa Romanı Örneği: Gagauz Türkçesi Söz Varlığı</t>
+        </is>
+      </c>
+      <c r="C1816" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1817" spans="1:3">
+      <c r="A1817" s="1" t="inlineStr">
+        <is>
+          <t>9786257881128</t>
+        </is>
+      </c>
+      <c r="B1817" s="1" t="inlineStr">
+        <is>
+          <t>Şahinli Köyü Tarihi 1516 - 2020</t>
+        </is>
+      </c>
+      <c r="C1817" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:3">
+      <c r="A1818" s="1" t="inlineStr">
+        <is>
+          <t>9786257881333</t>
+        </is>
+      </c>
+      <c r="B1818" s="1" t="inlineStr">
+        <is>
+          <t>Duygu-Politika İlişkisi Üzerine</t>
+        </is>
+      </c>
+      <c r="C1818" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1819" spans="1:3">
+      <c r="A1819" s="1" t="inlineStr">
+        <is>
+          <t>9786257881210</t>
+        </is>
+      </c>
+      <c r="B1819" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Büyüme</t>
+        </is>
+      </c>
+      <c r="C1819" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1820" spans="1:3">
+      <c r="A1820" s="1" t="inlineStr">
+        <is>
+          <t>9786257881050</t>
+        </is>
+      </c>
+      <c r="B1820" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Cinsiyet ve Afet Risk Azaltma</t>
+        </is>
+      </c>
+      <c r="C1820" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1821" spans="1:3">
+      <c r="A1821" s="1" t="inlineStr">
+        <is>
+          <t>9786257881074</t>
+        </is>
+      </c>
+      <c r="B1821" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1821" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1822" spans="1:3">
+      <c r="A1822" s="1" t="inlineStr">
+        <is>
+          <t>9786257881081</t>
+        </is>
+      </c>
+      <c r="B1822" s="1" t="inlineStr">
+        <is>
+          <t>Gelecek Turizm Trendleri</t>
+        </is>
+      </c>
+      <c r="C1822" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1823" spans="1:3">
+      <c r="A1823" s="1" t="inlineStr">
+        <is>
+          <t>9786057691675</t>
+        </is>
+      </c>
+      <c r="B1823" s="1" t="inlineStr">
+        <is>
+          <t>Hattatın Vav İle İmtihanı</t>
+        </is>
+      </c>
+      <c r="C1823" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1824" spans="1:3">
+      <c r="A1824" s="1" t="inlineStr">
+        <is>
+          <t>9786057691682</t>
+        </is>
+      </c>
+      <c r="B1824" s="1" t="inlineStr">
+        <is>
+          <t>Gassal</t>
+        </is>
+      </c>
+      <c r="C1824" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1825" spans="1:3">
+      <c r="A1825" s="1" t="inlineStr">
+        <is>
+          <t>9786057691729</t>
+        </is>
+      </c>
+      <c r="B1825" s="1" t="inlineStr">
+        <is>
+          <t>Bir Arabesk Masal</t>
+        </is>
+      </c>
+      <c r="C1825" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1826" spans="1:3">
+      <c r="A1826" s="1" t="inlineStr">
+        <is>
+          <t>9786057691781</t>
+        </is>
+      </c>
+      <c r="B1826" s="1" t="inlineStr">
+        <is>
+          <t>Totemism</t>
+        </is>
+      </c>
+      <c r="C1826" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1827" spans="1:3">
+      <c r="A1827" s="1" t="inlineStr">
+        <is>
+          <t>9786257881012</t>
+        </is>
+      </c>
+      <c r="B1827" s="1" t="inlineStr">
+        <is>
+          <t>Kutsaldan Ritüele</t>
+        </is>
+      </c>
+      <c r="C1827" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1828" spans="1:3">
+      <c r="A1828" s="1" t="inlineStr">
+        <is>
+          <t>9786057691620</t>
+        </is>
+      </c>
+      <c r="B1828" s="1" t="inlineStr">
+        <is>
+          <t>Science and Society - Academical Researches 2</t>
+        </is>
+      </c>
+      <c r="C1828" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1829" spans="1:3">
+      <c r="A1829" s="1" t="inlineStr">
+        <is>
+          <t>9786057691705</t>
+        </is>
+      </c>
+      <c r="B1829" s="1" t="inlineStr">
+        <is>
+          <t>Emperyalizm ve Edebiyat</t>
+        </is>
+      </c>
+      <c r="C1829" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1830" spans="1:3">
+      <c r="A1830" s="1" t="inlineStr">
+        <is>
+          <t>9786057691668</t>
+        </is>
+      </c>
+      <c r="B1830" s="1" t="inlineStr">
+        <is>
+          <t>Hisarcıklızade Mes’ud - Mecmu’a-İ Eş’ar (İnceleme - Metin) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1830" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1831" spans="1:3">
+      <c r="A1831" s="1" t="inlineStr">
+        <is>
+          <t>9786057691415</t>
+        </is>
+      </c>
+      <c r="B1831" s="1" t="inlineStr">
+        <is>
+          <t>Böceklerle Yaşam</t>
+        </is>
+      </c>
+      <c r="C1831" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1832" spans="1:3">
+      <c r="A1832" s="1" t="inlineStr">
+        <is>
+          <t>9786057691552</t>
+        </is>
+      </c>
+      <c r="B1832" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Eleştirisi</t>
+        </is>
+      </c>
+      <c r="C1832" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1833" spans="1:3">
+      <c r="A1833" s="1" t="inlineStr">
+        <is>
+          <t>9786057691378</t>
+        </is>
+      </c>
+      <c r="B1833" s="1" t="inlineStr">
+        <is>
+          <t>10th International Conference on Governance Fraud Ethics And CSR (10thIConGFESR) &amp; 1st International Sustainable Cooperative and Social Enterprise Conference (1st ISCSEC)</t>
+        </is>
+      </c>
+      <c r="C1833" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1834" spans="1:3">
+      <c r="A1834" s="1" t="inlineStr">
+        <is>
+          <t>9786057691262</t>
+        </is>
+      </c>
+      <c r="B1834" s="1" t="inlineStr">
+        <is>
+          <t>Bugün Kendini Nasıl Hissediyorsun?</t>
+        </is>
+      </c>
+      <c r="C1834" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1835" spans="1:3">
+      <c r="A1835" s="1" t="inlineStr">
+        <is>
+          <t>9786057691279</t>
+        </is>
+      </c>
+      <c r="B1835" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Folkloru: Statü ve Famaj</t>
+        </is>
+      </c>
+      <c r="C1835" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1836" spans="1:3">
+      <c r="A1836" s="1" t="inlineStr">
+        <is>
+          <t>9786057691057</t>
+        </is>
+      </c>
+      <c r="B1836" s="1" t="inlineStr">
+        <is>
+          <t>Doğrusal Cebir</t>
+        </is>
+      </c>
+      <c r="C1836" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1837" spans="1:3">
+      <c r="A1837" s="1" t="inlineStr">
+        <is>
+          <t>9786057691040</t>
+        </is>
+      </c>
+      <c r="B1837" s="1" t="inlineStr">
+        <is>
+          <t>Bilimkurgu Öykü Seçkisi 2019</t>
+        </is>
+      </c>
+      <c r="C1837" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1838" spans="1:3">
+      <c r="A1838" s="1" t="inlineStr">
+        <is>
+          <t>9786052292952</t>
+        </is>
+      </c>
+      <c r="B1838" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimler Akademik Araştırmalar Kitap 2</t>
+        </is>
+      </c>
+      <c r="C1838" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1839" spans="1:3">
+      <c r="A1839" s="1" t="inlineStr">
+        <is>
+          <t>9786052292969</t>
+        </is>
+      </c>
+      <c r="B1839" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Klasiklerinde Adalet</t>
+        </is>
+      </c>
+      <c r="C1839" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1840" spans="1:3">
+      <c r="A1840" s="1" t="inlineStr">
+        <is>
+          <t>9786052292891</t>
+        </is>
+      </c>
+      <c r="B1840" s="1" t="inlineStr">
+        <is>
+          <t>Ölülere Güvenme</t>
+        </is>
+      </c>
+      <c r="C1840" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1841" spans="1:3">
+      <c r="A1841" s="1" t="inlineStr">
+        <is>
+          <t>9786052292884</t>
+        </is>
+      </c>
+      <c r="B1841" s="1" t="inlineStr">
+        <is>
+          <t>Sentromer</t>
+        </is>
+      </c>
+      <c r="C1841" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1842" spans="1:3">
+      <c r="A1842" s="1" t="inlineStr">
+        <is>
+          <t>9786052292907</t>
+        </is>
+      </c>
+      <c r="B1842" s="1" t="inlineStr">
+        <is>
+          <t>Kesik Çayır</t>
+        </is>
+      </c>
+      <c r="C1842" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1843" spans="1:3">
+      <c r="A1843" s="1" t="inlineStr">
+        <is>
+          <t>9786052292921</t>
+        </is>
+      </c>
+      <c r="B1843" s="1" t="inlineStr">
+        <is>
+          <t>Aklımdaki Cinayetler</t>
+        </is>
+      </c>
+      <c r="C1843" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1844" spans="1:3">
+      <c r="A1844" s="1" t="inlineStr">
+        <is>
+          <t>9786055193379</t>
+        </is>
+      </c>
+      <c r="B1844" s="1" t="inlineStr">
+        <is>
+          <t>Bölge (Yönetim Ekonomi Siyaset Sarmalında)</t>
+        </is>
+      </c>
+      <c r="C1844" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1845" spans="1:3">
+      <c r="A1845" s="1" t="inlineStr">
+        <is>
+          <t>9786058454767</t>
+        </is>
+      </c>
+      <c r="B1845" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Günümüze Türkiye'nin Siyasi Yapısı ve Milletvekillerimiz</t>
+        </is>
+      </c>
+      <c r="C1845" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1846" spans="1:3">
+      <c r="A1846" s="1" t="inlineStr">
+        <is>
+          <t>9786058317093</t>
+        </is>
+      </c>
+      <c r="B1846" s="1" t="inlineStr">
+        <is>
+          <t>Son Yüzyılda Türkiye ve Ortadoğu</t>
+        </is>
+      </c>
+      <c r="C1846" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1847" spans="1:3">
+      <c r="A1847" s="1" t="inlineStr">
+        <is>
+          <t>9786056686108</t>
+        </is>
+      </c>
+      <c r="B1847" s="1" t="inlineStr">
+        <is>
+          <t>Turizmin Ekonomi Politiği</t>
+        </is>
+      </c>
+      <c r="C1847" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1848" spans="1:3">
+      <c r="A1848" s="1" t="inlineStr">
+        <is>
+          <t>9786058317055</t>
+        </is>
+      </c>
+      <c r="B1848" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Kullanımı ve Raporlama</t>
+        </is>
+      </c>
+      <c r="C1848" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1849" spans="1:3">
+      <c r="A1849" s="1" t="inlineStr">
+        <is>
+          <t>9786056591709</t>
+        </is>
+      </c>
+      <c r="B1849" s="1" t="inlineStr">
+        <is>
+          <t>Çözümlü Örneklerle Dış Ticaret İşlemleri</t>
+        </is>
+      </c>
+      <c r="C1849" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1850" spans="1:3">
+      <c r="A1850" s="1" t="inlineStr">
+        <is>
+          <t>9786058454774</t>
+        </is>
+      </c>
+      <c r="B1850" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji Günlük Yaşamı Anlamak</t>
+        </is>
+      </c>
+      <c r="C1850" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1851" spans="1:3">
+      <c r="A1851" s="1" t="inlineStr">
+        <is>
+          <t>9786052292754</t>
+        </is>
+      </c>
+      <c r="B1851" s="1" t="inlineStr">
+        <is>
+          <t>Yurt Tutan Macarlığın Oluşumu</t>
+        </is>
+      </c>
+      <c r="C1851" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1852" spans="1:3">
+      <c r="A1852" s="1" t="inlineStr">
+        <is>
+          <t>9786056591761</t>
+        </is>
+      </c>
+      <c r="B1852" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Kaynakları Yönetimi ve Çağdaş Güncel Konular</t>
+        </is>
+      </c>
+      <c r="C1852" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1853" spans="1:3">
+      <c r="A1853" s="1" t="inlineStr">
+        <is>
+          <t>9786052292464</t>
+        </is>
+      </c>
+      <c r="B1853" s="1" t="inlineStr">
+        <is>
+          <t>Turizm İşletmelerinde İnovasyon</t>
+        </is>
+      </c>
+      <c r="C1853" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="1854" spans="1:3">
+      <c r="A1854" s="1" t="inlineStr">
+        <is>
+          <t>9786052292501</t>
+        </is>
+      </c>
+      <c r="B1854" s="1" t="inlineStr">
+        <is>
+          <t>Dönem Sonu Muhasebe İşlemleri</t>
+        </is>
+      </c>
+      <c r="C1854" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1855" spans="1:3">
+      <c r="A1855" s="1" t="inlineStr">
+        <is>
+          <t>9786052292518</t>
+        </is>
+      </c>
+      <c r="B1855" s="1" t="inlineStr">
+        <is>
+          <t>Tasarı Geometri</t>
+        </is>
+      </c>
+      <c r="C1855" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1856" spans="1:3">
+      <c r="A1856" s="1" t="inlineStr">
+        <is>
+          <t>9786052292587</t>
+        </is>
+      </c>
+      <c r="B1856" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji</t>
+        </is>
+      </c>
+      <c r="C1856" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1857" spans="1:3">
+      <c r="A1857" s="1" t="inlineStr">
+        <is>
+          <t>9786052292570</t>
+        </is>
+      </c>
+      <c r="B1857" s="1" t="inlineStr">
+        <is>
+          <t>İletişim Sosyolojisi</t>
+        </is>
+      </c>
+      <c r="C1857" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1858" spans="1:3">
+      <c r="A1858" s="1" t="inlineStr">
+        <is>
+          <t>9786059743006</t>
+        </is>
+      </c>
+      <c r="B1858" s="1" t="inlineStr">
+        <is>
+          <t>Hareket Beden Eğitimi ve Spor Öğretiminde Öğrenme ve Öğretimin Temelleri</t>
+        </is>
+      </c>
+      <c r="C1858" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:3">
+      <c r="A1859" s="1" t="inlineStr">
+        <is>
+          <t>9786059743082</t>
+        </is>
+      </c>
+      <c r="B1859" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hakanlığı - Karahanlılar</t>
+        </is>
+      </c>
+      <c r="C1859" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:3">
+      <c r="A1860" s="1" t="inlineStr">
+        <is>
+          <t>9786052292372</t>
+        </is>
+      </c>
+      <c r="B1860" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Dergi.com - Birinci Yıl Öykü Seçkisi</t>
+        </is>
+      </c>
+      <c r="C1860" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1861" spans="1:3">
+      <c r="A1861" s="1" t="inlineStr">
+        <is>
+          <t>9786052292389</t>
+        </is>
+      </c>
+      <c r="B1861" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Battaniye</t>
+        </is>
+      </c>
+      <c r="C1861" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1862" spans="1:3">
+      <c r="A1862" s="1" t="inlineStr">
+        <is>
+          <t>9786055193515</t>
+        </is>
+      </c>
+      <c r="B1862" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Çağinda Yönetim</t>
+        </is>
+      </c>
+      <c r="C1862" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1863" spans="1:3">
+      <c r="A1863" s="1" t="inlineStr">
+        <is>
+          <t>9786056686160</t>
+        </is>
+      </c>
+      <c r="B1863" s="1" t="inlineStr">
+        <is>
+          <t>Turizmin Sosyal Psikolojik Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C1863" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1864" spans="1:3">
+      <c r="A1864" s="1" t="inlineStr">
+        <is>
+          <t>9786058317000</t>
+        </is>
+      </c>
+      <c r="B1864" s="1" t="inlineStr">
+        <is>
+          <t>Maliyet Muhasebesi</t>
+        </is>
+      </c>
+      <c r="C1864" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:3">
+      <c r="A1865" s="1" t="inlineStr">
+        <is>
+          <t>9786056591785</t>
+        </is>
+      </c>
+      <c r="B1865" s="1" t="inlineStr">
+        <is>
+          <t>Temel Bilişim Teknolojileri Kullanımı</t>
+        </is>
+      </c>
+      <c r="C1865" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:3">
+      <c r="A1866" s="1" t="inlineStr">
+        <is>
+          <t>9786057691453</t>
+        </is>
+      </c>
+      <c r="B1866" s="1" t="inlineStr">
+        <is>
+          <t>Görsel Programlama</t>
+        </is>
+      </c>
+      <c r="C1866" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:3">
+      <c r="A1867" s="1" t="inlineStr">
+        <is>
+          <t>9786052292273</t>
+        </is>
+      </c>
+      <c r="B1867" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Cephesinden Türkiye Büyük Millet Meclisine</t>
+        </is>
+      </c>
+      <c r="C1867" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:3">
+      <c r="A1868" s="1" t="inlineStr">
+        <is>
+          <t>9786052292167</t>
+        </is>
+      </c>
+      <c r="B1868" s="1" t="inlineStr">
+        <is>
+          <t>Gelibolu Yarımadası’nda Yazılan Tarih Yıkılan Anıtlar</t>
+        </is>
+      </c>
+      <c r="C1868" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:3">
+      <c r="A1869" s="1" t="inlineStr">
+        <is>
+          <t>9786052292198</t>
+        </is>
+      </c>
+      <c r="B1869" s="1" t="inlineStr">
+        <is>
+          <t>Tolstoy’da Varoluş, Adalet, Yaşam ve Ölüm</t>
+        </is>
+      </c>
+      <c r="C1869" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:3">
+      <c r="A1870" s="1" t="inlineStr">
+        <is>
+          <t>9786056731662</t>
+        </is>
+      </c>
+      <c r="B1870" s="1" t="inlineStr">
+        <is>
+          <t>Algoritma ve Programlama Tamamı Çözümlü Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C1870" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:3">
+      <c r="A1871" s="1" t="inlineStr">
+        <is>
+          <t>9786052292211</t>
+        </is>
+      </c>
+      <c r="B1871" s="1" t="inlineStr">
+        <is>
+          <t>Troya’nın Gelini Helene 2</t>
+        </is>
+      </c>
+      <c r="C1871" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:3">
+      <c r="A1872" s="1" t="inlineStr">
+        <is>
+          <t>9786056776120</t>
+        </is>
+      </c>
+      <c r="B1872" s="1" t="inlineStr">
+        <is>
+          <t>İktisat</t>
+        </is>
+      </c>
+      <c r="C1872" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:3">
+      <c r="A1873" s="1" t="inlineStr">
+        <is>
+          <t>9786056776113</t>
+        </is>
+      </c>
+      <c r="B1873" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Bilimlerde Araştırma Yöntem ve Teknikleri</t>
+        </is>
+      </c>
+      <c r="C1873" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:3">
+      <c r="A1874" s="1" t="inlineStr">
+        <is>
+          <t>9786056731679</t>
+        </is>
+      </c>
+      <c r="B1874" s="1" t="inlineStr">
+        <is>
+          <t>Genel İşletme</t>
+        </is>
+      </c>
+      <c r="C1874" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:3">
+      <c r="A1875" s="1" t="inlineStr">
+        <is>
+          <t>9786059226523</t>
+        </is>
+      </c>
+      <c r="B1875" s="1" t="inlineStr">
+        <is>
+          <t>Maple ile Sembolik Hesaplama</t>
+        </is>
+      </c>
+      <c r="C1875" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:3">
+      <c r="A1876" s="1" t="inlineStr">
+        <is>
+          <t>9786056731648</t>
+        </is>
+      </c>
+      <c r="B1876" s="1" t="inlineStr">
+        <is>
+          <t>Girişimcilik ve Kalkınma</t>
+        </is>
+      </c>
+      <c r="C1876" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:3">
+      <c r="A1877" s="1" t="inlineStr">
+        <is>
+          <t>9786056776175</t>
+        </is>
+      </c>
+      <c r="B1877" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Sosyolojisi Denemeleri</t>
+        </is>
+      </c>
+      <c r="C1877" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:3">
+      <c r="A1878" s="1" t="inlineStr">
+        <is>
+          <t>9786056731686</t>
+        </is>
+      </c>
+      <c r="B1878" s="1" t="inlineStr">
+        <is>
+          <t>SPSS ve Minitab Uygulamalı İstatistik</t>
+        </is>
+      </c>
+      <c r="C1878" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:3">
+      <c r="A1879" s="1" t="inlineStr">
+        <is>
+          <t>9786055193331</t>
+        </is>
+      </c>
+      <c r="B1879" s="1" t="inlineStr">
+        <is>
+          <t>Para ve Para Teorileri</t>
+        </is>
+      </c>
+      <c r="C1879" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:3">
+      <c r="A1880" s="1" t="inlineStr">
+        <is>
+          <t>9786059743075</t>
+        </is>
+      </c>
+      <c r="B1880" s="1" t="inlineStr">
+        <is>
+          <t>Soyut Cebir</t>
+        </is>
+      </c>
+      <c r="C1880" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:3">
+      <c r="A1881" s="1" t="inlineStr">
+        <is>
+          <t>9786056592188</t>
+        </is>
+      </c>
+      <c r="B1881" s="1" t="inlineStr">
+        <is>
+          <t>Futbolda Altyapı Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1881" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:3">
+      <c r="A1882" s="1" t="inlineStr">
+        <is>
+          <t>9786056592164</t>
+        </is>
+      </c>
+      <c r="B1882" s="1" t="inlineStr">
+        <is>
+          <t>Temel Finans Matematiği</t>
+        </is>
+      </c>
+      <c r="C1882" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:3">
+      <c r="A1883" s="1" t="inlineStr">
+        <is>
+          <t>9786059743143</t>
+        </is>
+      </c>
+      <c r="B1883" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Yönetim</t>
+        </is>
+      </c>
+      <c r="C1883" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1884" spans="1:3">
+      <c r="A1884" s="1" t="inlineStr">
+        <is>
+          <t>9786054393213</t>
+        </is>
+      </c>
+      <c r="B1884" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim İlke ve Yöntemleri</t>
+        </is>
+      </c>
+      <c r="C1884" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1885" spans="1:3">
+      <c r="A1885" s="1" t="inlineStr">
+        <is>
+          <t>9786054393756</t>
+        </is>
+      </c>
+      <c r="B1885" s="1" t="inlineStr">
+        <is>
+          <t>Türk Basın Tarihi</t>
+        </is>
+      </c>
+      <c r="C1885" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1886" spans="1:3">
+      <c r="A1886" s="1" t="inlineStr">
+        <is>
+          <t>9786054393725</t>
+        </is>
+      </c>
+      <c r="B1886" s="1" t="inlineStr">
+        <is>
+          <t>MS Office 2013</t>
+        </is>
+      </c>
+      <c r="C1886" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1887" spans="1:3">
+      <c r="A1887" s="1" t="inlineStr">
+        <is>
+          <t>9786055193430</t>
+        </is>
+      </c>
+      <c r="B1887" s="1" t="inlineStr">
+        <is>
+          <t>İnovasyon ve Fikir Kaynağı Olarak Yönlendiren Kullanıcılar</t>
+        </is>
+      </c>
+      <c r="C1887" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1888" spans="1:3">
+      <c r="A1888" s="1" t="inlineStr">
+        <is>
+          <t>9786054393299</t>
+        </is>
+      </c>
+      <c r="B1888" s="1" t="inlineStr">
+        <is>
+          <t>Meslek Yüksek Okulları İçin Pazarlama</t>
+        </is>
+      </c>
+      <c r="C1888" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:3">
+      <c r="A1889" s="1" t="inlineStr">
+        <is>
+          <t>9786055193416</t>
+        </is>
+      </c>
+      <c r="B1889" s="1" t="inlineStr">
+        <is>
+          <t>Bir Bakışta Toplumbilim</t>
+        </is>
+      </c>
+      <c r="C1889" s="1">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:3">
+      <c r="A1890" s="1" t="inlineStr">
+        <is>
+          <t>9786055230678</t>
+        </is>
+      </c>
+      <c r="B1890" s="1" t="inlineStr">
+        <is>
+          <t>Türk Kültür Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C1890" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1891" spans="1:3">
+      <c r="A1891" s="1" t="inlineStr">
+        <is>
+          <t>9786055230616</t>
+        </is>
+      </c>
+      <c r="B1891" s="1" t="inlineStr">
+        <is>
+          <t>İşletme Finansına Giriş</t>
+        </is>
+      </c>
+      <c r="C1891" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:3">
+      <c r="A1892" s="1" t="inlineStr">
+        <is>
+          <t>9786055193157</t>
+        </is>
+      </c>
+      <c r="B1892" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C1892" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:3">
+      <c r="A1893" s="1" t="inlineStr">
+        <is>
+          <t>9786058317017</t>
+        </is>
+      </c>
+      <c r="B1893" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Türkistan Dışındaki Uygur Şairleri</t>
+        </is>
+      </c>
+      <c r="C1893" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:3">
+      <c r="A1894" s="1" t="inlineStr">
+        <is>
+          <t>9786055193362</t>
+        </is>
+      </c>
+      <c r="B1894" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Siyasal İdeolojiler'de Kuram-Yöntem-Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1894" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:3">
+      <c r="A1895" s="1" t="inlineStr">
+        <is>
+          <t>9786055193294</t>
+        </is>
+      </c>
+      <c r="B1895" s="1" t="inlineStr">
+        <is>
+          <t>Mitoloji İkona ve İkonografya</t>
+        </is>
+      </c>
+      <c r="C1895" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:3">
+      <c r="A1896" s="1" t="inlineStr">
+        <is>
+          <t>9786058290952</t>
+        </is>
+      </c>
+      <c r="B1896" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluktan Ulus Devletlere Türkiye ve Balkanlar</t>
+        </is>
+      </c>
+      <c r="C1896" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:3">
+      <c r="A1897" s="1" t="inlineStr">
+        <is>
+          <t>9786054393305</t>
+        </is>
+      </c>
+      <c r="B1897" s="1" t="inlineStr">
+        <is>
+          <t>Sosyoloji'de Kuram - Yöntem - Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1897" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:3">
+      <c r="A1898" s="1" t="inlineStr">
+        <is>
+          <t>9786054393749</t>
+        </is>
+      </c>
+      <c r="B1898" s="1" t="inlineStr">
+        <is>
+          <t>Türk Demokrasi Tarihi</t>
+        </is>
+      </c>
+      <c r="C1898" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:3">
+      <c r="A1899" s="1" t="inlineStr">
+        <is>
+          <t>9786054393763</t>
+        </is>
+      </c>
+      <c r="B1899" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Basın Tarihi</t>
+        </is>
+      </c>
+      <c r="C1899" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:3">
+      <c r="A1900" s="1" t="inlineStr">
+        <is>
+          <t>9786054393381</t>
+        </is>
+      </c>
+      <c r="B1900" s="1" t="inlineStr">
+        <is>
+          <t>Öğretim Teknolojileri ve Materyal Tasarımı</t>
+        </is>
+      </c>
+      <c r="C1900" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:3">
+      <c r="A1901" s="1" t="inlineStr">
+        <is>
+          <t>3990000089871</t>
+        </is>
+      </c>
+      <c r="B1901" s="1" t="inlineStr">
+        <is>
+          <t>Eğitim Bilimine Giriş</t>
+        </is>
+      </c>
+      <c r="C1901" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:3">
+      <c r="A1902" s="1" t="inlineStr">
+        <is>
+          <t>9786054393244</t>
+        </is>
+      </c>
+      <c r="B1902" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1902" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:3">
+      <c r="A1903" s="1" t="inlineStr">
+        <is>
+          <t>9786055193065</t>
+        </is>
+      </c>
+      <c r="B1903" s="1" t="inlineStr">
+        <is>
+          <t>Genel Muhasebe</t>
+        </is>
+      </c>
+      <c r="C1903" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:3">
+      <c r="A1904" s="1" t="inlineStr">
+        <is>
+          <t>9786054393367</t>
+        </is>
+      </c>
+      <c r="B1904" s="1" t="inlineStr">
+        <is>
+          <t>Sigorta Muhasebesi</t>
+        </is>
+      </c>
+      <c r="C1904" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1905" spans="1:3">
+      <c r="A1905" s="1" t="inlineStr">
+        <is>
+          <t>9786054393374</t>
+        </is>
+      </c>
+      <c r="B1905" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Yönetimler</t>
+        </is>
+      </c>
+      <c r="C1905" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1906" spans="1:3">
+      <c r="A1906" s="1" t="inlineStr">
+        <is>
+          <t>9786054393435</t>
+        </is>
+      </c>
+      <c r="B1906" s="1" t="inlineStr">
+        <is>
+          <t>Doğru ve Etkili Konuşma Sanatı</t>
+        </is>
+      </c>
+      <c r="C1906" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1907" spans="1:3">
+      <c r="A1907" s="1" t="inlineStr">
+        <is>
+          <t>9786054393466</t>
+        </is>
+      </c>
+      <c r="B1907" s="1" t="inlineStr">
+        <is>
+          <t>Ortaçağ Türk Tarihi Ana Kaynakları</t>
+        </is>
+      </c>
+      <c r="C1907" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1908" spans="1:3">
+      <c r="A1908" s="1" t="inlineStr">
+        <is>
+          <t>9786054393459</t>
+        </is>
+      </c>
+      <c r="B1908" s="1" t="inlineStr">
+        <is>
+          <t>Türk Dış Politikası</t>
+        </is>
+      </c>
+      <c r="C1908" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1909" spans="1:3">
+      <c r="A1909" s="1" t="inlineStr">
+        <is>
+          <t>9786054393343</t>
+        </is>
+      </c>
+      <c r="B1909" s="1" t="inlineStr">
+        <is>
+          <t>Okulöncesi Eğitiminde Hareket Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C1909" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1910" spans="1:3">
+      <c r="A1910" s="1" t="inlineStr">
+        <is>
           <t>9786054393701</t>
         </is>
       </c>
-      <c r="B1704" s="1" t="inlineStr">
+      <c r="B1910" s="1" t="inlineStr">
         <is>
           <t>Eğitimde İletişim</t>
         </is>
       </c>
-      <c r="C1704" s="1">
+      <c r="C1910" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>