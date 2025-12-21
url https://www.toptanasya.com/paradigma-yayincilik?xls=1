--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,655 +85,670 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258079494</t>
+          <t>9786258079623</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Grand Stratejisi</t>
+          <t>Modern Dünyanın Kökenleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>520</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258079500</t>
+          <t>9786258079494</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Afrika Stratejisi</t>
+          <t>Türkiye’nin Grand Stratejisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>390</v>
+        <v>520</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789757819592</t>
+          <t>9786258079500</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalite</t>
+          <t>Çin’in Afrika Stratejisi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>175</v>
+        <v>390</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757819929</t>
+          <t>9789757819592</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Racine ve Shakespeare</t>
+          <t>Rasyonalite</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757819820</t>
+          <t>9789757819929</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sınırları ve Bilimsel İhtilaflar</t>
+          <t>Racine ve Shakespeare</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757819998</t>
+          <t>9789757819820</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Moderniteyle Hesaplaşma</t>
+          <t>Bilimin Sınırları ve Bilimsel İhtilaflar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258079470</t>
+          <t>9789757819998</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Teosofizm</t>
+          <t>Heidegger Moderniteyle Hesaplaşma</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>400</v>
+        <v>490</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258079463</t>
+          <t>9786258079470</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İslam Ezoterizmi ve Taoculuk</t>
+          <t>Teosofizm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258079487</t>
+          <t>9786258079463</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Mülahazalar</t>
+          <t>İslam Ezoterizmi ve Taoculuk</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258079456</t>
+          <t>9786258079487</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ruhçu Safsata</t>
+          <t>Mülahazalar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258079432</t>
+          <t>9786258079456</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Avrupa</t>
+          <t>Ruhçu Safsata</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>290</v>
+        <v>550</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258079449</t>
+          <t>9786258079432</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Teknopoli</t>
+          <t>Gelecek Avrupa</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258079418</t>
+          <t>9786258079449</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Dil</t>
+          <t>Teknopoli</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258079425</t>
+          <t>9786258079418</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ne Gerek Var Sosyal Bilimlere?</t>
+          <t>Sessiz Dil</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789757819639</t>
+          <t>9786258079425</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Leibniz</t>
+          <t>Ne Gerek Var Sosyal Bilimlere?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258079401</t>
+          <t>9789757819639</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Toplumu</t>
+          <t>Leibniz</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>690</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258079388</t>
+          <t>9786258079401</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası’ndan Türkiye’nin Meseleleri</t>
+          <t>Teknoloji Toplumu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>350</v>
+        <v>690</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258079333</t>
+          <t>9786258079388</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Sosyoloğu Robert Nısbet</t>
+          <t>Sıfır Noktası’ndan Türkiye’nin Meseleleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258079340</t>
+          <t>9786258079333</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Küresel Medeniyetin Ontolojisi</t>
+          <t>Geleneğin Sosyoloğu Robert Nısbet</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258079326</t>
+          <t>9786258079340</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’un Siyasi Düşüncesi</t>
+          <t>Çağdaş Küresel Medeniyetin Ontolojisi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>380</v>
+        <v>295</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258079302</t>
+          <t>9786258079326</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bitti Yapı Paydos</t>
+          <t>Sezai Karakoç’un Siyasi Düşüncesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>380</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258079128</t>
+          <t>9786258079302</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bir Biyoetiğin İmkanı</t>
+          <t>Aşk Bitti Yapı Paydos</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258079111</t>
+          <t>9786258079128</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Sanayileşme Teşebbüsleri</t>
+          <t>Farklı Bir Biyoetiğin İmkanı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>520</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258079104</t>
+          <t>9786258079111</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yöntemi Aşan Bilim</t>
+          <t>Osmanlı İmparatorluğu'nda Sanayileşme Teşebbüsleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258079098</t>
+          <t>9786258079104</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel İhtilaflar</t>
+          <t>Yöntemi Aşan Bilim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258079074</t>
+          <t>9786258079098</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Enformasyon Savaşından Dezenformasyon Savaşına  - Toplumlar Arası İletişimde Yeni Dönem</t>
+          <t>Bilimsel İhtilaflar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258079081</t>
+          <t>9786258079074</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Yöntem (Cilt 1 ve Cilt 2 Birlikte)</t>
+          <t>Enformasyon Savaşından Dezenformasyon Savaşına  - Toplumlar Arası İletişimde Yeni Dönem</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>690</v>
+        <v>320</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258079067</t>
+          <t>9786258079081</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ders Üzerine Ders</t>
+          <t>Hakikat ve Yöntem (Cilt 1 ve Cilt 2 Birlikte)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>140</v>
+        <v>690</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258079043</t>
+          <t>9786258079067</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Quis Ut Deus - Orta Çağ Felsefesinde Bir Model Olarak Tanrı</t>
+          <t>Ders Üzerine Ders</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258079050</t>
+          <t>9786258079043</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Babam Cemil Meriç</t>
+          <t>Quis Ut Deus - Orta Çağ Felsefesinde Bir Model Olarak Tanrı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258079036</t>
+          <t>9786258079050</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Din, Devlet, Tarih</t>
+          <t>Entelektüel Babam Cemil Meriç</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258079029</t>
+          <t>9786258079036</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İstikrarlaştırıcı Güç Türkiye</t>
+          <t>Din, Devlet, Tarih</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789757819967</t>
+          <t>9786258079029</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sözün Düşüşü</t>
+          <t>İstikrarlaştırıcı Güç Türkiye</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757819936</t>
+          <t>9789757819967</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Toplum</t>
+          <t>Sözün Düşüşü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757819905</t>
+          <t>9789757819936</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi Elkitabı</t>
+          <t>Eğitim ve Toplum</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757819868</t>
+          <t>9789757819905</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Düşünce Geleneği</t>
+          <t>Din Sosyolojisi Elkitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>490</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757819493</t>
+          <t>9789757819868</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kanser Savaşları</t>
+          <t>Sosyolojik Düşünce Geleneği</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>450</v>
+        <v>490</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757819721</t>
+          <t>9789757819493</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Eric Voegelin - İnsanlık Draması</t>
+          <t>Kanser Savaşları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789757819943</t>
+          <t>9789757819721</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Epistemik Cemaat</t>
+          <t>Eric Voegelin - İnsanlık Draması</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757819950</t>
+          <t>9789757819943</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Jöntürkler Jönkürtler Muhafazakarlar</t>
+          <t>Epistemik Cemaat</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
+          <t>9789757819950</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Jöntürkler Jönkürtler Muhafazakarlar</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
           <t>9789757819844</t>
         </is>
       </c>
-      <c r="B42" s="1" t="inlineStr">
+      <c r="B43" s="1" t="inlineStr">
         <is>
           <t>İnsanın Yazgısı</t>
         </is>
       </c>
-      <c r="C42" s="1">
+      <c r="C43" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>