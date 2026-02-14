--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,670 +85,715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258079623</t>
+          <t>9786258079647</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Kökenleri</t>
+          <t>Wittgenstein ve İnancın Dili</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258079494</t>
+          <t>9786258079630</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Grand Stratejisi</t>
+          <t>Antik Yunan Dinine Felsefi Bir Giriş</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258079500</t>
+          <t>9786258079654</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Afrika Stratejisi</t>
+          <t>İsyan Çağında Teolojinin Sözü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789757819592</t>
+          <t>9786258079623</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Rasyonalite</t>
+          <t>Modern Dünyanın Kökenleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789757819929</t>
+          <t>9786258079494</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Racine ve Shakespeare</t>
+          <t>Türkiye’nin Grand Stratejisi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>100</v>
+        <v>520</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789757819820</t>
+          <t>9786258079500</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Sınırları ve Bilimsel İhtilaflar</t>
+          <t>Çin’in Afrika Stratejisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789757819998</t>
+          <t>9789757819592</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Heidegger Moderniteyle Hesaplaşma</t>
+          <t>Rasyonalite</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>490</v>
+        <v>175</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258079470</t>
+          <t>9789757819929</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Teosofizm</t>
+          <t>Racine ve Shakespeare</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258079463</t>
+          <t>9789757819820</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İslam Ezoterizmi ve Taoculuk</t>
+          <t>Bilimin Sınırları ve Bilimsel İhtilaflar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258079487</t>
+          <t>9789757819998</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mülahazalar</t>
+          <t>Heidegger Moderniteyle Hesaplaşma</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>490</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258079456</t>
+          <t>9786258079470</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ruhçu Safsata</t>
+          <t>Teosofizm</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786258079432</t>
+          <t>9786258079463</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Avrupa</t>
+          <t>İslam Ezoterizmi ve Taoculuk</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258079449</t>
+          <t>9786258079487</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Teknopoli</t>
+          <t>Mülahazalar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258079418</t>
+          <t>9786258079456</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Dil</t>
+          <t>Ruhçu Safsata</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258079425</t>
+          <t>9786258079432</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ne Gerek Var Sosyal Bilimlere?</t>
+          <t>Gelecek Avrupa</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>390</v>
+        <v>290</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757819639</t>
+          <t>9786258079449</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Leibniz</t>
+          <t>Teknopoli</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258079401</t>
+          <t>9786258079418</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji Toplumu</t>
+          <t>Sessiz Dil</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>690</v>
+        <v>340</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258079388</t>
+          <t>9786258079425</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktası’ndan Türkiye’nin Meseleleri</t>
+          <t>Ne Gerek Var Sosyal Bilimlere?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258079333</t>
+          <t>9789757819639</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Geleneğin Sosyoloğu Robert Nısbet</t>
+          <t>Leibniz</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258079340</t>
+          <t>9786258079401</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Küresel Medeniyetin Ontolojisi</t>
+          <t>Teknoloji Toplumu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>295</v>
+        <v>690</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258079326</t>
+          <t>9786258079388</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’un Siyasi Düşüncesi</t>
+          <t>Sıfır Noktası’ndan Türkiye’nin Meseleleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258079302</t>
+          <t>9786258079333</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bitti Yapı Paydos</t>
+          <t>Geleneğin Sosyoloğu Robert Nısbet</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258079128</t>
+          <t>9786258079340</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bir Biyoetiğin İmkanı</t>
+          <t>Çağdaş Küresel Medeniyetin Ontolojisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>520</v>
+        <v>295</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258079111</t>
+          <t>9786258079326</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu'nda Sanayileşme Teşebbüsleri</t>
+          <t>Sezai Karakoç’un Siyasi Düşüncesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258079104</t>
+          <t>9786258079302</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yöntemi Aşan Bilim</t>
+          <t>Aşk Bitti Yapı Paydos</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258079098</t>
+          <t>9786258079128</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel İhtilaflar</t>
+          <t>Farklı Bir Biyoetiğin İmkanı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258079074</t>
+          <t>9786258079111</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Enformasyon Savaşından Dezenformasyon Savaşına  - Toplumlar Arası İletişimde Yeni Dönem</t>
+          <t>Osmanlı İmparatorluğu'nda Sanayileşme Teşebbüsleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258079081</t>
+          <t>9786258079104</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hakikat ve Yöntem (Cilt 1 ve Cilt 2 Birlikte)</t>
+          <t>Yöntemi Aşan Bilim</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>690</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258079067</t>
+          <t>9786258079098</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ders Üzerine Ders</t>
+          <t>Bilimsel İhtilaflar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258079043</t>
+          <t>9786258079074</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Quis Ut Deus - Orta Çağ Felsefesinde Bir Model Olarak Tanrı</t>
+          <t>Enformasyon Savaşından Dezenformasyon Savaşına  - Toplumlar Arası İletişimde Yeni Dönem</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258079050</t>
+          <t>9786258079081</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Entelektüel Babam Cemil Meriç</t>
+          <t>Hakikat ve Yöntem (Cilt 1 ve Cilt 2 Birlikte)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>160</v>
+        <v>690</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258079036</t>
+          <t>9786258079067</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Din, Devlet, Tarih</t>
+          <t>Ders Üzerine Ders</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258079029</t>
+          <t>9786258079043</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İstikrarlaştırıcı Güç Türkiye</t>
+          <t>Quis Ut Deus - Orta Çağ Felsefesinde Bir Model Olarak Tanrı</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757819967</t>
+          <t>9786258079050</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sözün Düşüşü</t>
+          <t>Entelektüel Babam Cemil Meriç</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789757819936</t>
+          <t>9786258079036</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Toplum</t>
+          <t>Din, Devlet, Tarih</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789757819905</t>
+          <t>9786258079029</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Din Sosyolojisi Elkitabı</t>
+          <t>İstikrarlaştırıcı Güç Türkiye</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789757819868</t>
+          <t>9789757819967</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Düşünce Geleneği</t>
+          <t>Sözün Düşüşü</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>490</v>
+        <v>400</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757819493</t>
+          <t>9789757819936</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kanser Savaşları</t>
+          <t>Eğitim ve Toplum</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789757819721</t>
+          <t>9789757819905</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Eric Voegelin - İnsanlık Draması</t>
+          <t>Din Sosyolojisi Elkitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757819943</t>
+          <t>9789757819868</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Epistemik Cemaat</t>
+          <t>Sosyolojik Düşünce Geleneği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>490</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757819950</t>
+          <t>9789757819493</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Jöntürkler Jönkürtler Muhafazakarlar</t>
+          <t>Kanser Savaşları</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
+          <t>9789757819721</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Eric Voegelin - İnsanlık Draması</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789757819943</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Epistemik Cemaat</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789757819950</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Jöntürkler Jönkürtler Muhafazakarlar</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
           <t>9789757819844</t>
         </is>
       </c>
-      <c r="B43" s="1" t="inlineStr">
+      <c r="B46" s="1" t="inlineStr">
         <is>
           <t>İnsanın Yazgısı</t>
         </is>
       </c>
-      <c r="C43" s="1">
+      <c r="C46" s="1">
         <v>400</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>