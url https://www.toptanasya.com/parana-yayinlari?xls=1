--- v0 (2025-11-03)
+++ v1 (2025-12-14)
@@ -85,3190 +85,3295 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259668239</t>
+          <t>9786259720005</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla – Bilimin Dahileri</t>
+          <t>Kadınların Sesi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259687407</t>
+          <t>2724893247813</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton – Bilimin Dahileri</t>
+          <t>Zaman Gezginleri Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>119</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259687469</t>
+          <t>9786259671949</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie – Bilimin Dahileri</t>
+          <t>Umudun Işığında Konuşmak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259687414</t>
+          <t>9786257234290</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci – Bilimin Dahileri</t>
+          <t>Sen Niye Kaderimin Çizgisini Çizdin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>119</v>
+        <v>199</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259668222</t>
+          <t>9786257234252</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei – Bilimin Dahileri</t>
+          <t>Su - Durugörüm Serisi 1</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>119</v>
+        <v>229</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259720098</t>
+          <t>9786257234771</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein – Bilimin Dahileri</t>
+          <t>Dedektif Panter Uzaylılara Karşı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>119</v>
+        <v>174</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259720081</t>
+          <t>9786257234207</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Sırlar Odası</t>
+          <t>Aşktan Da Öte</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259612683</t>
+          <t>9786259668239</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Gizemli Dünya</t>
+          <t>Nikola Tesla – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259612690</t>
+          <t>9786259687407</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Limonata Krallığının Tembel Prensi</t>
+          <t>Isaac Newton – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259668246</t>
+          <t>9786259687469</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>En Komik Nasreddin Hoca Fıkraları</t>
+          <t>Marie Curie – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259668208</t>
+          <t>9786259687414</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ne Vereyim Abime?</t>
+          <t>Leonardo Da Vinci – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259671994</t>
+          <t>9786259668222</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bu Da Mı Gol Diil?</t>
+          <t>Galileo Galilei – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259671987</t>
+          <t>9786259720098</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çizerken Çok Güldüğüm 222 Karikatür</t>
+          <t>Albert Einstein – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>129</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259671963</t>
+          <t>9786259720081</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İpuçları</t>
+          <t>Macera Geçidi - Sırlar Odası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>174</v>
+        <v>149</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259671970</t>
+          <t>9786259612683</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kavmime Mektuplar Başlangıç</t>
+          <t>Macera Geçidi - Gizemli Dünya</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>174</v>
+        <v>149</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259671956</t>
+          <t>9786259612690</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ne’yi Arıyorsan Sen O’sun</t>
+          <t>Limonata Krallığının Tembel Prensi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>224</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259668215</t>
+          <t>9786259668246</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Masal’ın İçindeki Kokulu Renkler</t>
+          <t>En Komik Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>174</v>
+        <v>129</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259671932</t>
+          <t>9786259668208</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eskici</t>
+          <t>Ne Vereyim Abime?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>299</v>
+        <v>129</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752172739</t>
+          <t>9786259671994</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Deneme Seti (4 Kitap Takım)</t>
+          <t>Bu Da Mı Gol Diil?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>129</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259687483</t>
+          <t>9786259671987</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Çizerken Çok Güldüğüm 222 Karikatür</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259612621</t>
+          <t>9786259671963</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Robinson Cruose</t>
+          <t>Mutluluk İpuçları</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>199</v>
+        <v>174</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259687421</t>
+          <t>9786259671970</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Kavmime Mektuplar Başlangıç</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>199</v>
+        <v>174</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259612645</t>
+          <t>9786259671956</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Ne’yi Arıyorsan Sen O’sun</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>139</v>
+        <v>224</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259612652</t>
+          <t>9786259668215</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gülliver'in Gezileri</t>
+          <t>Masal’ın İçindeki Kokulu Renkler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>139</v>
+        <v>174</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259687476</t>
+          <t>9786259671932</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Eskici</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259612669</t>
+          <t>9789752172739</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Deneme Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>149</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259612638</t>
+          <t>9786259687483</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>179</v>
+        <v>129</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259687490</t>
+          <t>9786259612621</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>124</v>
+        <v>224</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259612676</t>
+          <t>9786259687421</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>139</v>
+        <v>199</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259612607</t>
+          <t>9786259612645</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>179</v>
+        <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259612614</t>
+          <t>9786259612652</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Gülliver'in Gezileri</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>144</v>
+        <v>139</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259687452</t>
+          <t>9786259687476</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Robinson Cruose</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>159</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259687438</t>
+          <t>9786259612669</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>199</v>
+        <v>154</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259671918</t>
+          <t>9786259612638</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>174</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259671901</t>
+          <t>9786259687490</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>224</v>
+        <v>129</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259687445</t>
+          <t>9786259612676</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>99</v>
+        <v>139</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256502499</t>
+          <t>9786259612607</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kuyuya Fısıldayan Çocuk</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>99</v>
+        <v>199</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259720050</t>
+          <t>9786259612614</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Kurtuluş Savaşı</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>249</v>
+        <v>144</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259720036</t>
+          <t>9786259687452</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çin Modern Tarihi - İmparatorluktan Cumhuriyete</t>
+          <t>Robinson Cruose</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>299</v>
+        <v>174</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259720012</t>
+          <t>9786259687438</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Sorumluluk Becerisi Nasıl Geliştirilir?</t>
+          <t>Mesnevi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256502932</t>
+          <t>9786259671918</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Lanetli Köy</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>124</v>
+        <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259720029</t>
+          <t>9786259671901</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güven - Ormandaki Yarışma</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>174</v>
+        <v>249</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256502987</t>
+          <t>9786259687445</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Allah İyiliğini Versin</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>224</v>
+        <v>99</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256502956</t>
+          <t>9786256502499</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hoşça kal Öğretmenim – Aşkımın Bestesi</t>
+          <t>Kuyuya Fısıldayan Çocuk</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>324</v>
+        <v>124</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256502970</t>
+          <t>9786259720050</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Etmek Yok</t>
+          <t>Mustafa Kemal Atatürk ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>224</v>
+        <v>299</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256502963</t>
+          <t>9786259720036</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kalemim</t>
+          <t>Çin Modern Tarihi - İmparatorluktan Cumhuriyete</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2683501369784</t>
+          <t>9786259720012</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala Seti</t>
+          <t>Çocuklarda Sorumluluk Becerisi Nasıl Geliştirilir?</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>252</v>
+        <v>224</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256502994</t>
+          <t>9786256502932</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala 3</t>
+          <t>Macera Geçidi - Lanetli Köy</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>99</v>
+        <v>149</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256502857</t>
+          <t>9786259720029</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Son Dava - Sherlock Holmes</t>
+          <t>Kendine Güven - Ormandaki Yarışma</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256502925</t>
+          <t>9786256502987</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakut - Sherlock Holmes</t>
+          <t>Allah İyiliğini Versin</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>149</v>
+        <v>274</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256502888</t>
+          <t>9786256502956</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Hoşça kal Öğretmenim – Aşkımın Bestesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>149</v>
+        <v>349</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256502895</t>
+          <t>9786256502970</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya - Sherlock Holmes</t>
+          <t>Merhamet Etmek Yok</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>149</v>
+        <v>274</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256502871</t>
+          <t>9786256502963</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Ateş - Sherlock Holmes</t>
+          <t>Kalemim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256502918</t>
+          <t>2683501369784</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İmzası - Sherlock Holmes</t>
+          <t>Çocuklar İçin Mandala Seti</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>149</v>
+        <v>252</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256502901</t>
+          <t>9786256502994</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
+          <t>Çocuklar İçin Mandala 3</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>2687430268743</t>
+          <t>9786256502857</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (8 Kitap Takım)</t>
+          <t>Son Dava - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1192</v>
+        <v>174</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>2843652148304</t>
+          <t>9786256502925</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Mandala Seti</t>
+          <t>Mavi Yakut - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>496</v>
+        <v>174</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256502475</t>
+          <t>9786256502888</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Mahru</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>259</v>
+        <v>174</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256502840</t>
+          <t>9786256502895</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Düşler Ormanı-Mandala</t>
+          <t>Kızıl Dosya - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>124</v>
+        <v>174</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256502833</t>
+          <t>9786256502871</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Düş Bahçesi-Mandala</t>
+          <t>Gümüş Ateş - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>124</v>
+        <v>174</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256502826</t>
+          <t>9786256502918</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Hayal Denizi-Mandala</t>
+          <t>Dörtlerin İmzası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>124</v>
+        <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>2786534820328</t>
+          <t>9786256502901</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sevda Türküsev Seti - Kutulu 5 Kitap</t>
+          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>1370</v>
+        <v>174</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256502598</t>
+          <t>2687430268743</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Fındık Firarda – Galaksi Yolculuğu</t>
+          <t>Sherlock Holmes Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>99</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256502734</t>
+          <t>2843652148304</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Kısa Tarihi</t>
+          <t>Yetişkinler İçin Mandala Seti</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>84</v>
+        <v>496</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256502659</t>
+          <t>9786256502475</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özal</t>
+          <t>Mahru</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>79</v>
+        <v>299</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256502666</t>
+          <t>9786256502840</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek</t>
+          <t>Esrarengiz Düşler Ormanı-Mandala</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>79</v>
+        <v>124</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256502673</t>
+          <t>9786256502833</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy</t>
+          <t>Esrarengiz Düş Bahçesi-Mandala</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>79</v>
+        <v>124</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256502680</t>
+          <t>9786256502826</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Martin Luther King</t>
+          <t>Esrarengiz Hayal Denizi-Mandala</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>79</v>
+        <v>124</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256502789</t>
+          <t>2786534820328</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X</t>
+          <t>Sevda Türküsev Seti - Kutulu 5 Kitap</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>79</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256502727</t>
+          <t>9786256502598</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hurufilik</t>
+          <t>Fındık Firarda – Galaksi Yolculuğu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>79</v>
+        <v>134</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256502697</t>
+          <t>9786256502734</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Adolf Hitler</t>
+          <t>Dünya’nın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>79</v>
+        <v>129</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256502703</t>
+          <t>9786256502659</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Turgut Özal</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256502710</t>
+          <t>9786256502666</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Adnan Menderes</t>
+          <t>Necip Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>79</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256502802</t>
+          <t>9786256502673</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelen Kerkük – Cüt Kahve Hatıraları</t>
+          <t>Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>349</v>
+        <v>79</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256502796</t>
+          <t>9786256502680</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Destanımız (Gül İle Bülbül)</t>
+          <t>Martin Luther King</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>349</v>
+        <v>79</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256502758</t>
+          <t>9786256502789</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Yeterli Anne Babalar Mutlu Çocuklar</t>
+          <t>Malcolm X</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>274</v>
+        <v>79</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256502765</t>
+          <t>9786256502727</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Han</t>
+          <t>Hurufilik</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>344</v>
+        <v>79</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256502772</t>
+          <t>9786256502697</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Destina</t>
+          <t>Adolf Hitler</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>174</v>
+        <v>79</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256502642</t>
+          <t>9786256502703</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kasaba</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>124</v>
+        <v>79</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256502574</t>
+          <t>9786256502710</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Parolamız: Kardeşlik</t>
+          <t>Adnan Menderes</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>99</v>
+        <v>79</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256502628</t>
+          <t>9786256502802</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Dile Gelen Kerkük – Cüt Kahve Hatıraları</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>129</v>
+        <v>349</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256502611</t>
+          <t>9786256502796</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Saliha - Bir Dünya İki Alem</t>
+          <t>Ergenekon Destanımız (Gül İle Bülbül)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>259</v>
+        <v>399</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256502567</t>
+          <t>9786256502758</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Kitabını Yazdım</t>
+          <t>Yeterli Anne Babalar Mutlu Çocuklar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>139</v>
+        <v>324</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256502604</t>
+          <t>9786256502765</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Yavuz Sultan Selim Han</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>134</v>
+        <v>424</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256502581</t>
+          <t>9786256502772</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gizem</t>
+          <t>Destina</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256502741</t>
+          <t>9786256502642</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Sade</t>
+          <t>Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256502635</t>
+          <t>9786256502574</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Lucifer Felsefenin Senfonisi</t>
+          <t>Parolamız: Kardeşlik</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>134</v>
+        <v>99</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>2553108769327</t>
+          <t>9786256502628</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>149</v>
+        <v>134</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>2554760935785</t>
+          <t>9786256502611</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Meslekler - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
+          <t>Saliha - Bir Dünya İki Alem</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>149</v>
+        <v>324</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>2554130493105</t>
+          <t>9786256502567</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
+          <t>Anneliğin Kitabını Yazdım</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>149</v>
+        <v>174</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256502550</t>
+          <t>9786256502604</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Kıssadan Hisseler</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>324</v>
+        <v>149</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256502543</t>
+          <t>9786256502581</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Gizem</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256502536</t>
+          <t>9786256502741</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Sade</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256502529</t>
+          <t>9786256502635</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Ölen Bir Aşk</t>
+          <t>Lucifer Felsefenin Senfonisi</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256502468</t>
+          <t>2553108769327</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Etekleri Yaz Bahçesi</t>
+          <t>Taşıtlar - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256502482</t>
+          <t>2554760935785</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gece Avcısı Aybüke - Abura</t>
+          <t>Meslekler - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256502512</t>
+          <t>2554130493105</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Şahane Bir Şey Yaşamak</t>
+          <t>Hayvanlar - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>144</v>
+        <v>149</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256502390</t>
+          <t>9786256502550</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Mazrub</t>
+          <t>Hayata Dair Kıssadan Hisseler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>199</v>
+        <v>379</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256502505</t>
+          <t>9786256502543</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Ölümü</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>134</v>
+        <v>174</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256502253</t>
+          <t>9786256502536</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Lionel Messi - Futbolun Dahileri</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256502260</t>
+          <t>9786256502529</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kylian Mbappe - Futbolun Dahileri</t>
+          <t>Ölen Bir Aşk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>129</v>
+        <v>174</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256502291</t>
+          <t>9786256502468</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Diego Maradona - Futbolun Dahileri</t>
+          <t>Etekleri Yaz Bahçesi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256502314</t>
+          <t>9786256502482</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Erling Haaland - Futbolun Dahileri</t>
+          <t>Gece Avcısı Aybüke - Abura</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256502338</t>
+          <t>9786256502512</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Cerrah</t>
+          <t>Şahane Bir Şey Yaşamak</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256502307</t>
+          <t>9786256502390</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hasat - Uyanış</t>
+          <t>Mazrub</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256502321</t>
+          <t>9786256502505</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tek Hece Bin Cümle Aşk…</t>
+          <t>Güneşin Ölümü</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>99</v>
+        <v>134</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256502451</t>
+          <t>9786256502253</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İlk Türk Devletleri</t>
+          <t>Lionel Messi - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>134</v>
+        <v>129</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256502437</t>
+          <t>9786256502260</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala</t>
+          <t>Kylian Mbappe - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>69</v>
+        <v>129</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256502420</t>
+          <t>9786256502291</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım</t>
+          <t>Diego Maradona - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>69</v>
+        <v>129</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256502444</t>
+          <t>9786256502314</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Boyayarak Elif Ba Öğreniyorum</t>
+          <t>Erling Haaland - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>69</v>
+        <v>129</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256502369</t>
+          <t>9786256502338</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Küçük Temas</t>
+          <t>Cerrah</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256502413</t>
+          <t>9786256502307</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Tilki</t>
+          <t>Hasat - Uyanış</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>349</v>
+        <v>229</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256502345</t>
+          <t>9786256502321</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gece Yolcuları - Geçit</t>
+          <t>Tek Hece Bin Cümle Aşk…</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>229</v>
+        <v>129</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256502277</t>
+          <t>9786256502451</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Da Silva Neymar - Futbolun Dahileri</t>
+          <t>İlk Türk Devletleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256502284</t>
+          <t>9786256502437</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Cristiano Ronaldo - Futbolun Dahileri</t>
+          <t>Çocuklar İçin Mandala</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>129</v>
+        <v>69</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256502376</t>
+          <t>9786256502420</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı</t>
+          <t>İlk Boyama Kitabım</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>249</v>
+        <v>69</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256502383</t>
+          <t>9786256502444</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu</t>
+          <t>Boyayarak Elif Ba Öğreniyorum</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>149</v>
+        <v>69</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257234399</t>
+          <t>9786256502369</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot’un Maceraları</t>
+          <t>Küçük Temas</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257234382</t>
+          <t>9786256502413</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Tilki</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>224</v>
+        <v>424</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257234948</t>
+          <t>9786256502345</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Zerda</t>
+          <t>Gece Yolcuları - Geçit</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>244</v>
+        <v>229</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256502208</t>
+          <t>9786256502277</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Dans</t>
+          <t>Da Silva Neymar - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>274</v>
+        <v>129</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256502239</t>
+          <t>9786256502284</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gün Düşerken</t>
+          <t>Cristiano Ronaldo - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>134</v>
+        <v>129</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256502215</t>
+          <t>9786256502376</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla</t>
+          <t>Osmanlı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256502222</t>
+          <t>9786256502383</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Gelelim Sadede</t>
+          <t>Selçuklu</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>124</v>
+        <v>179</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>2944380357812</t>
+          <t>9786257234399</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet Seti</t>
+          <t>Don Kişot’un Maceraları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>666</v>
+        <v>149</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>2947163387549</t>
+          <t>9786257234382</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Seti</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>276</v>
+        <v>249</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256502185</t>
+          <t>9786257234948</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Zerda</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256502178</t>
+          <t>9786256502208</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>İlişkilerde Dans</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256502161</t>
+          <t>9786256502239</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Gün Düşerken</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>139</v>
+        <v>134</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256502192</t>
+          <t>9786256502215</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>2748510369757</t>
+          <t>9786256502222</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Seti</t>
+          <t>Gelelim Sadede</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>363</v>
+        <v>149</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257234863</t>
+          <t>2944380357812</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hasat - Başlangıç</t>
+          <t>Derin Devlet Seti</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>199</v>
+        <v>666</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257234825</t>
+          <t>2947163387549</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeyler Kalpten Gelir</t>
+          <t>Çocuklar İçin Boyama Seti</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>174</v>
+        <v>276</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257234818</t>
+          <t>9786256502185</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>199</v>
+        <v>174</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257234856</t>
+          <t>9786256502178</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Layemut</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>199</v>
+        <v>134</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257234870</t>
+          <t>9786256502161</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Düş Kapanları</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257234832</t>
+          <t>9786256502192</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çok Denli Sevmek</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>124</v>
+        <v>229</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257234849</t>
+          <t>2748510369757</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce</t>
+          <t>Türk Tarihi Seti</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>249</v>
+        <v>363</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>2985574304281</t>
+          <t>9786257234863</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sevda Türküsev Seti 2 Kitap</t>
+          <t>Hasat - Başlangıç</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>548</v>
+        <v>229</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257234894</t>
+          <t>9786257234825</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Öğreniyorum</t>
+          <t>Güzel Şeyler Kalpten Gelir</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>69</v>
+        <v>199</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257234580</t>
+          <t>9786257234818</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Kitabı - Mandala</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>124</v>
+        <v>199</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257234344</t>
+          <t>9786257234856</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Layemut</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257234412</t>
+          <t>9786257234870</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Nutuk</t>
+          <t>Ömrümün Düş Kapanları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>134</v>
+        <v>324</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257234795</t>
+          <t>9786257234832</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Çok Denli Sevmek</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>199</v>
+        <v>124</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257234726</t>
+          <t>9786257234849</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sana Öldürmeyi Kim Öğretti</t>
+          <t>Ölmeden Önce</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>124</v>
+        <v>324</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257234719</t>
+          <t>2985574304281</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Erkeksen Aldatma Kadınsan Aldanma</t>
+          <t>Sevda Türküsev Seti 2 Kitap</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>274</v>
+        <v>648</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257234702</t>
+          <t>9786257234894</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ben Başarmak İçin Doğdum</t>
+          <t>Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>274</v>
+        <v>69</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257234733</t>
+          <t>9786257234580</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Fitil</t>
+          <t>Yetişkinler İçin Boyama Kitabı - Mandala</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>344</v>
+        <v>124</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257234757</t>
+          <t>9786257234344</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bir Hoş Sada Bırakalım Üşümesin Gönüller</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>199</v>
+        <v>174</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257234788</t>
+          <t>9786257234412</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Başarı Hikayeleri</t>
+          <t>Öğrenciler İçin Nutuk</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>129</v>
+        <v>174</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257234658</t>
+          <t>9786257234795</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Motifli Atasözleri ve Deyimlerimiz</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>444</v>
+        <v>229</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>2795781929739</t>
+          <t>9786257234726</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sevda Türküsev Seti - 4 Kitap</t>
+          <t>Sana Öldürmeyi Kim Öğretti</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>1096</v>
+        <v>124</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>2795781982635</t>
+          <t>9786257234719</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kamil Konur Seti</t>
+          <t>Erkeksen Aldatma Kadınsan Aldanma</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>318</v>
+        <v>324</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9129744297208</t>
+          <t>9786257234702</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (4 Kitap)</t>
+          <t>Ben Başarmak İçin Doğdum</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>446</v>
+        <v>324</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257234672</t>
+          <t>9786257234733</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Yıkılmadım Ayaktayım</t>
+          <t>Fitil</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>274</v>
+        <v>374</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257234689</t>
+          <t>9786257234757</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Aşk Yoktur</t>
+          <t>Bir Hoş Sada Bırakalım Üşümesin Gönüller</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>274</v>
+        <v>229</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257234665</t>
+          <t>9786257234788</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Duygu Kontrolü İle Kişisel Başarı</t>
+          <t>Başarı Hikayeleri</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>274</v>
+        <v>149</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257234696</t>
+          <t>9786257234658</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kalbi Erkek Aklı</t>
+          <t>Hayvan Motifli Atasözleri ve Deyimlerimiz</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>274</v>
+        <v>499</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257234634</t>
+          <t>2795781929739</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kıssadan Hisse</t>
+          <t>Sevda Türküsev Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>124</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257234610</t>
+          <t>2795781982635</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar</t>
+          <t>Kamil Konur Seti</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>174</v>
+        <v>318</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257234481</t>
+          <t>9129744297208</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Zal</t>
+          <t>Dünya Klasikleri Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>129</v>
+        <v>446</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257234603</t>
+          <t>9786257234672</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Yıkılmadım Ayaktayım</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>124</v>
+        <v>324</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257234597</t>
+          <t>9786257234689</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Zaman Gezginleri 4 – Evrenin Sırları</t>
+          <t>Kusursuz Aşk Yoktur</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>199</v>
+        <v>324</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257234627</t>
+          <t>9786257234665</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gece Avcısı Aybüke 1 - Yolazdıran</t>
+          <t>Duygu Kontrolü İle Kişisel Başarı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257234375</t>
+          <t>9786257234696</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Kadın Kalbi Erkek Aklı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>124</v>
+        <v>324</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257234405</t>
+          <t>9786257234634</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları</t>
+          <t>Kıssadan Hisse</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257234351</t>
+          <t>9786257234610</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin'den Seçme Hikayeler</t>
+          <t>Geride Kalanlar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>124</v>
+        <v>199</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257234368</t>
+          <t>9786257234481</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Zal</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>124</v>
+        <v>149</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257234337</t>
+          <t>9786257234603</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sokratesi’in Savunması</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>124</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257234566</t>
+          <t>9786257234597</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Türk Devletleri</t>
+          <t>Zaman Gezginleri 4 – Evrenin Sırları</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>99</v>
+        <v>324</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257234559</t>
+          <t>9786257234627</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Derin Terör</t>
+          <t>Gece Avcısı Aybüke 1 - Yolazdıran</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>149</v>
+        <v>129</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257234542</t>
+          <t>9786257234375</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kurt</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>199</v>
+        <v>124</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257234498</t>
+          <t>9786257234405</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>274</v>
+        <v>149</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257234511</t>
+          <t>9786257234351</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Atatürk İlke ve İnkılapları</t>
+          <t>Ömer Seyfettin'den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257234535</t>
+          <t>9786257234368</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Moğol İmparatorluğu</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>99</v>
+        <v>134</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257234504</t>
+          <t>9786257234337</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Safevi İmparatorluğu</t>
+          <t>Sokratesi’in Savunması</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>99</v>
+        <v>124</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257234528</t>
+          <t>9786257234566</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları</t>
+          <t>Bağımsız Türk Devletleri</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>199</v>
+        <v>124</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257234573</t>
+          <t>9786257234559</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Babür İmparatorluğu</t>
+          <t>Derin Terör</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>99</v>
+        <v>199</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257234429</t>
+          <t>9786257234542</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türk İstihbarat Tarihi’nin Anahatları</t>
+          <t>Kurt</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>224</v>
+        <v>249</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257234474</t>
+          <t>9786257234498</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Limitsiz</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257234450</t>
+          <t>9786257234511</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Seti (2 Kitap Takım)</t>
+          <t>Öğrenciler İçin Atatürk İlke ve İnkılapları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>198</v>
+        <v>124</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257234443</t>
+          <t>9786257234535</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
+          <t>Moğol İmparatorluğu</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>322</v>
+        <v>124</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257234283</t>
+          <t>9786257234504</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Zaman Gezginleri -III- Paktika</t>
+          <t>Safevi İmparatorluğu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>199</v>
+        <v>124</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257234030</t>
+          <t>9786257234528</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>124</v>
+        <v>229</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257234047</t>
+          <t>9786257234573</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Babür İmparatorluğu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>99</v>
+        <v>124</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257234054</t>
+          <t>9786257234429</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Türk İstihbarat Tarihi’nin Anahatları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>99</v>
+        <v>274</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257234269</t>
+          <t>9786257234474</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz Bir Doktorun Anatomisi</t>
+          <t>Limitsiz</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257234238</t>
+          <t>9786257234450</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şüphe</t>
+          <t>Samed Behrengi Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257234221</t>
+          <t>9786257234443</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gece Yolcuları - Gordios’un Gizemi</t>
+          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>229</v>
+        <v>322</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257234160</t>
+          <t>9786257234283</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Millet mi? Ulus Devlet mi? Aradaki Kürtler</t>
+          <t>Zaman Gezginleri -III- Paktika</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>249</v>
+        <v>324</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257234214</t>
+          <t>9786257234030</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Miranda – Zaman Gezginleri 2</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>199</v>
+        <v>124</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257234139</t>
+          <t>9786257234047</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>224</v>
+        <v>99</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257234122</t>
+          <t>9786257234054</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>124</v>
+        <v>99</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257234177</t>
+          <t>9786257234269</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kerim ile Sibel - Zaman Gezginleri 1</t>
+          <t>Kumarbaz Bir Doktorun Anatomisi</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>249</v>
+        <v>229</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789753172189</t>
+          <t>9786257234238</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>George Orwell Seti (2 Kitap Takım)</t>
+          <t>Şüphe</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>348</v>
+        <v>229</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257234153</t>
+          <t>9786257234221</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Korkma</t>
+          <t>Gece Yolcuları - Gordios’un Gizemi</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257234085</t>
+          <t>9786257234160</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hikayelere Yolculuk</t>
+          <t>Millet mi? Ulus Devlet mi? Aradaki Kürtler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257234078</t>
+          <t>9786257234214</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Tarih Okyanusundan Damlalar</t>
+          <t>Miranda – Zaman Gezginleri 2</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>124</v>
+        <v>324</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257234061</t>
+          <t>9786257234139</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Oyun</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>224</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786050681321</t>
+          <t>9786257234122</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum Boyama Kitabı</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>69</v>
+        <v>149</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057435255</t>
+          <t>9786257234177</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Öğreniyorum-Meslekleri Öğreniyorum-Alfabeyi Öğreniyorum 3 lü Boyama Kitabı Seti</t>
+          <t>Kerim ile Sibel - Zaman Gezginleri 1</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>207</v>
+        <v>324</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786050681314</t>
+          <t>9789753172189</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>No 112</t>
+          <t>George Orwell Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>199</v>
+        <v>348</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786050607512</t>
+          <t>9786257234153</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Cam-ı Cihan</t>
+          <t>Korkma</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>50</v>
+        <v>274</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786056984877</t>
+          <t>9786257234085</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Alfabeyi Öğreniyorum - Boyama Kitabı</t>
+          <t>Sihirli Hikayelere Yolculuk</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>69</v>
+        <v>149</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786056984860</t>
+          <t>9786257234078</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Ateşi</t>
+          <t>Tarih Okyanusundan Damlalar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>249</v>
+        <v>124</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786056984884</t>
+          <t>9786257234061</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Öğreniyorum - Boyama Kitabı</t>
+          <t>Çapraz Oyun</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>69</v>
+        <v>324</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786056971426</t>
+          <t>9786050681321</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Ata'yı Anlamak</t>
+          <t>Meslekleri Öğreniyorum Boyama Kitabı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>424</v>
+        <v>69</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786056943157</t>
+          <t>9786057435255</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Kod: Sevgi Dili</t>
+          <t>Hayvanları Öğreniyorum-Meslekleri Öğreniyorum-Alfabeyi Öğreniyorum 3 lü Boyama Kitabı Seti</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>174</v>
+        <v>207</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786056911651</t>
+          <t>9786050681314</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İkizlerle Yaşam</t>
+          <t>No 112</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>149</v>
+        <v>199</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
+          <t>9786050607512</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Cam-ı Cihan</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9786056984877</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Alfabeyi Öğreniyorum - Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786056984860</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Kafkas Ateşi</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9786056984884</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Öğreniyorum - Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9786056971426</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'dan Cumhuriyet'e Ata'yı Anlamak</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9786056943157</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Kod: Sevgi Dili</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9786056911651</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>İkizlerle Yaşam</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
           <t>9786056911637</t>
         </is>
       </c>
-      <c r="B211" s="1" t="inlineStr">
+      <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Homeopati ve Fitoterapi Tıbbi Kenevir Özel CBD (Cannabidiol) (Ciltli)</t>
         </is>
       </c>
-      <c r="C211" s="1">
-        <v>324</v>
+      <c r="C218" s="1">
+        <v>374</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>