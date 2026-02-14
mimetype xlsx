--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -85,3295 +85,3550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259720005</t>
+          <t>9786256502819</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kadınların Sesi</t>
+          <t>Çocuklar İçin Mandala</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>199</v>
+        <v>89</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2724893247813</t>
+          <t>9786259362519</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zaman Gezginleri Serisi (4 Kitap)</t>
+          <t>Devlet</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>1296</v>
+        <v>264</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259671949</t>
+          <t>9786259671925</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Umudun Işığında Konuşmak</t>
+          <t>Son Nefese Kadar</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>199</v>
+        <v>449</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257234290</t>
+          <t>2673036879544</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Sen Niye Kaderimin Çizgisini Çizdin</t>
+          <t>Orta Okul Macera Kitapları Seti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>199</v>
+        <v>596</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257234252</t>
+          <t>2671360389630</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Su - Durugörüm Serisi 1</t>
+          <t>Anne-Baba Çocuk Gelişimi Seti (3 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>229</v>
+        <v>797</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257234771</t>
+          <t>2675136983015</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Panter Uzaylılara Karşı</t>
+          <t>Aksiyon Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>174</v>
+        <v>806</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257234207</t>
+          <t>9786259362502</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Da Öte</t>
+          <t>Çocuklara Cevap Verme Sanatı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259668239</t>
+          <t>9786257234764</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nikola Tesla – Bilimin Dahileri</t>
+          <t>Beyin Fırtınası</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>119</v>
+        <v>174</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259687407</t>
+          <t>9786257234436</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Isaac Newton – Bilimin Dahileri</t>
+          <t>Spikerin Son Haberi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>119</v>
+        <v>174</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259687469</t>
+          <t>9786056984853</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Marie Curie – Bilimin Dahileri</t>
+          <t>Şeytan Üçgeninde Aşk / Kirpiklerimden Düşen Son Damla (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>119</v>
+        <v>299</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259687414</t>
+          <t>9786050681307</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Da Vinci – Bilimin Dahileri</t>
+          <t>Aşkın İmzası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>119</v>
+        <v>299</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259668222</t>
+          <t>9786050681369</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Galileo Galilei – Bilimin Dahileri</t>
+          <t>Kartvizit</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>119</v>
+        <v>299</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259720098</t>
+          <t>9786259668253</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein – Bilimin Dahileri</t>
+          <t>Kayıp mı? Cinayet mi?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>119</v>
+        <v>164</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259720081</t>
+          <t>9786259668260</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Sırlar Odası</t>
+          <t>Şiir Kokar Gözlerin</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>149</v>
+        <v>299</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259612683</t>
+          <t>9786259668284</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Gizemli Dünya</t>
+          <t>Komikçi Dükkanı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>149</v>
+        <v>129</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259612690</t>
+          <t>9786259668277</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Limonata Krallığının Tembel Prensi</t>
+          <t>Ayrılmaz E’ler Geri Dönüşüyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>129</v>
+        <v>164</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259668246</t>
+          <t>9786257234016</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>En Komik Nasreddin Hoca Fıkraları</t>
+          <t>Kendini Öğren</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>129</v>
+        <v>174</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259668208</t>
+          <t>9786259720005</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ne Vereyim Abime?</t>
+          <t>Kadınların Sesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>129</v>
+        <v>249</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259671994</t>
+          <t>2724893247813</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bu Da Mı Gol Diil?</t>
+          <t>Zaman Gezginleri Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>129</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259671987</t>
+          <t>9786259671949</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çizerken Çok Güldüğüm 222 Karikatür</t>
+          <t>Umudun Işığında Konuşmak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259671963</t>
+          <t>9786257234290</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk İpuçları</t>
+          <t>Sen Niye Kaderimin Çizgisini Çizdin</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>174</v>
+        <v>229</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259671970</t>
+          <t>9786257234252</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kavmime Mektuplar Başlangıç</t>
+          <t>Su - Durugörüm Serisi 1</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>174</v>
+        <v>229</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259671956</t>
+          <t>9786257234771</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Ne’yi Arıyorsan Sen O’sun</t>
+          <t>Dedektif Panter Uzaylılara Karşı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>224</v>
+        <v>174</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259668215</t>
+          <t>9786257234207</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Masal’ın İçindeki Kokulu Renkler</t>
+          <t>Aşktan Da Öte</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>174</v>
+        <v>199</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259671932</t>
+          <t>9786259668239</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Eskici</t>
+          <t>Nikola Tesla – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>299</v>
+        <v>134</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752172739</t>
+          <t>9786259687407</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Deneme Seti (4 Kitap Takım)</t>
+          <t>Isaac Newton – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>134</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259687483</t>
+          <t>9786259687469</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Marie Curie – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259612621</t>
+          <t>9786259687414</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Leonardo Da Vinci – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>224</v>
+        <v>134</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259687421</t>
+          <t>9786259668222</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Galileo Galilei – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>199</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259612645</t>
+          <t>9786259720098</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Albert Einstein – Bilimin Dahileri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>139</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259612652</t>
+          <t>9786259720081</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gülliver'in Gezileri</t>
+          <t>Macera Geçidi - Sırlar Odası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259687476</t>
+          <t>9786259612683</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Macera Geçidi - Gizemli Dünya</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>224</v>
+        <v>149</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259612669</t>
+          <t>9786259612690</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Limonata Krallığının Tembel Prensi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>154</v>
+        <v>149</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259612638</t>
+          <t>9786259668246</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem</t>
+          <t>En Komik Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259687490</t>
+          <t>9786259668208</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler</t>
+          <t>Ne Vereyim Abime?</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259612676</t>
+          <t>9786259671994</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Karagöz ile Hacivat</t>
+          <t>Bu Da Mı Gol Diil?</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>139</v>
+        <v>129</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259612607</t>
+          <t>9786259671987</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Çizerken Çok Güldüğüm 222 Karikatür</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259612614</t>
+          <t>9786259671963</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Mutluluk İpuçları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>144</v>
+        <v>199</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259687452</t>
+          <t>9786259671970</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Robinson Cruose</t>
+          <t>Kavmime Mektuplar Başlangıç</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>174</v>
+        <v>199</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259687438</t>
+          <t>9786259671956</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi</t>
+          <t>Ne’yi Arıyorsan Sen O’sun</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>229</v>
+        <v>249</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259671918</t>
+          <t>9786259668215</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gülistan</t>
+          <t>Masal’ın İçindeki Kokulu Renkler</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259671901</t>
+          <t>9786259671932</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Milena’ya Mektuplar</t>
+          <t>Eskici</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>249</v>
+        <v>299</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259687445</t>
+          <t>9789752172739</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Deneme Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>99</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256502499</t>
+          <t>9786259687483</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kuyuya Fısıldayan Çocuk</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259720050</t>
+          <t>9786259612621</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal Atatürk ve Kurtuluş Savaşı</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>299</v>
+        <v>224</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259720036</t>
+          <t>9786259687421</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Çin Modern Tarihi - İmparatorluktan Cumhuriyete</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259720012</t>
+          <t>9786259612645</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Sorumluluk Becerisi Nasıl Geliştirilir?</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>224</v>
+        <v>139</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256502932</t>
+          <t>9786259612652</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Macera Geçidi - Lanetli Köy</t>
+          <t>Gülliver'in Gezileri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>149</v>
+        <v>139</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259720029</t>
+          <t>9786259687476</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kendine Güven - Ormandaki Yarışma</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>199</v>
+        <v>224</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256502987</t>
+          <t>9786259612669</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Allah İyiliğini Versin</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>274</v>
+        <v>154</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256502956</t>
+          <t>9786259612638</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hoşça kal Öğretmenim – Aşkımın Bestesi</t>
+          <t>80 Günde Devri Alem</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>349</v>
+        <v>199</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256502970</t>
+          <t>9786259687490</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Merhamet Etmek Yok</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>274</v>
+        <v>129</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256502963</t>
+          <t>9786259612676</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kalemim</t>
+          <t>Karagöz ile Hacivat</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>299</v>
+        <v>139</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>2683501369784</t>
+          <t>9786259612607</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala Seti</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>252</v>
+        <v>199</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256502994</t>
+          <t>9786259612614</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala 3</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>99</v>
+        <v>149</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256502857</t>
+          <t>9786259687452</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Son Dava - Sherlock Holmes</t>
+          <t>Robinson Cruose</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>174</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256502925</t>
+          <t>9786259687438</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yakut - Sherlock Holmes</t>
+          <t>Mesnevi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>174</v>
+        <v>229</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256502888</t>
+          <t>9786259671918</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Korku Vadisi - Sherlock Holmes</t>
+          <t>Gülistan</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>174</v>
+        <v>199</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256502895</t>
+          <t>9786259671901</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Dosya - Sherlock Holmes</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>174</v>
+        <v>249</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256502871</t>
+          <t>9786259687445</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Ateş - Sherlock Holmes</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>174</v>
+        <v>99</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256502918</t>
+          <t>9786256502499</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dörtlerin İmzası - Sherlock Holmes</t>
+          <t>Kuyuya Fısıldayan Çocuk</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>174</v>
+        <v>134</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256502901</t>
+          <t>9786259720050</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
+          <t>Mustafa Kemal Atatürk ve Kurtuluş Savaşı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>174</v>
+        <v>299</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>2687430268743</t>
+          <t>9786259720036</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Seti (8 Kitap Takım)</t>
+          <t>Çin Modern Tarihi - İmparatorluktan Cumhuriyete</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>1392</v>
+        <v>299</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>2843652148304</t>
+          <t>9786259720012</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Mandala Seti</t>
+          <t>Çocuklarda Sorumluluk Becerisi Nasıl Geliştirilir?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>496</v>
+        <v>224</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256502475</t>
+          <t>9786256502932</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mahru</t>
+          <t>Macera Geçidi - Lanetli Köy</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256502840</t>
+          <t>9786259720029</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Düşler Ormanı-Mandala</t>
+          <t>Kendine Güven - Ormandaki Yarışma</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>124</v>
+        <v>199</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256502833</t>
+          <t>9786256502987</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Düş Bahçesi-Mandala</t>
+          <t>Allah İyiliğini Versin</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>124</v>
+        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256502826</t>
+          <t>9786256502956</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Hayal Denizi-Mandala</t>
+          <t>Hoşça kal Öğretmenim – Aşkımın Bestesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>124</v>
+        <v>374</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>2786534820328</t>
+          <t>9786256502970</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sevda Türküsev Seti - Kutulu 5 Kitap</t>
+          <t>Merhamet Etmek Yok</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>1620</v>
+        <v>274</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256502598</t>
+          <t>9786256502963</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Fındık Firarda – Galaksi Yolculuğu</t>
+          <t>Kalemim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>134</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256502734</t>
+          <t>2683501369784</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Dünya’nın Kısa Tarihi</t>
+          <t>Çocuklar İçin Mandala Seti</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>129</v>
+        <v>262</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256502659</t>
+          <t>9786256502994</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Turgut Özal</t>
+          <t>Çocuklar İçin Mandala 3</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>79</v>
+        <v>99</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256502666</t>
+          <t>9786256502857</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Necip Fazıl Kısakürek</t>
+          <t>Son Dava - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>79</v>
+        <v>174</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256502673</t>
+          <t>9786256502925</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy</t>
+          <t>Mavi Yakut - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>79</v>
+        <v>174</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256502680</t>
+          <t>9786256502888</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Martin Luther King</t>
+          <t>Korku Vadisi - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>79</v>
+        <v>174</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256502789</t>
+          <t>9786256502895</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Malcolm X</t>
+          <t>Kızıl Dosya - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>79</v>
+        <v>174</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256502727</t>
+          <t>9786256502871</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hurufilik</t>
+          <t>Gümüş Ateş - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>79</v>
+        <v>174</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256502697</t>
+          <t>9786256502918</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Adolf Hitler</t>
+          <t>Dörtlerin İmzası - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>79</v>
+        <v>174</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256502703</t>
+          <t>9786256502901</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Büyük İskender</t>
+          <t>Baskerville’lerin Köpeği - Sherlock Holmes</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>79</v>
+        <v>174</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256502710</t>
+          <t>2687430268743</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Adnan Menderes</t>
+          <t>Sherlock Holmes Seti (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>79</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256502802</t>
+          <t>2843652148304</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dile Gelen Kerkük – Cüt Kahve Hatıraları</t>
+          <t>Yetişkinler İçin Mandala Seti</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>349</v>
+        <v>496</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256502796</t>
+          <t>9786256502475</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon Destanımız (Gül İle Bülbül)</t>
+          <t>Mahru</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>399</v>
+        <v>324</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256502758</t>
+          <t>9786256502840</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yeterli Anne Babalar Mutlu Çocuklar</t>
+          <t>Esrarengiz Düşler Ormanı-Mandala</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>324</v>
+        <v>124</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256502765</t>
+          <t>9786256502833</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yavuz Sultan Selim Han</t>
+          <t>Esrarengiz Düş Bahçesi-Mandala</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>424</v>
+        <v>124</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256502772</t>
+          <t>9786256502826</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Destina</t>
+          <t>Esrarengiz Hayal Denizi-Mandala</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>199</v>
+        <v>124</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256502642</t>
+          <t>2786534820328</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kasaba</t>
+          <t>Sevda Türküsev Seti - Kutulu 5 Kitap</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>149</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256502574</t>
+          <t>9786256502598</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Parolamız: Kardeşlik</t>
+          <t>Fındık Firarda – Galaksi Yolculuğu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>99</v>
+        <v>134</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256502628</t>
+          <t>9786256502734</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığımı Yitirirken</t>
+          <t>Dünya’nın Kısa Tarihi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>134</v>
+        <v>129</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256502611</t>
+          <t>9786256502659</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Saliha - Bir Dünya İki Alem</t>
+          <t>Turgut Özal</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>324</v>
+        <v>79</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256502567</t>
+          <t>9786256502666</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Kitabını Yazdım</t>
+          <t>Necip Fazıl Kısakürek</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>174</v>
+        <v>79</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256502604</t>
+          <t>9786256502673</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Cellat</t>
+          <t>Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256502581</t>
+          <t>9786256502680</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Gizem</t>
+          <t>Martin Luther King</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>229</v>
+        <v>79</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256502741</t>
+          <t>9786256502789</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Sade</t>
+          <t>Malcolm X</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256502635</t>
+          <t>9786256502727</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Lucifer Felsefenin Senfonisi</t>
+          <t>Hurufilik</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>2553108769327</t>
+          <t>9786256502697</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Taşıtlar - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
+          <t>Adolf Hitler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>2554760935785</t>
+          <t>9786256502703</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Meslekler - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
+          <t>Büyük İskender</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>2554130493105</t>
+          <t>9786256502710</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
+          <t>Adnan Menderes</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>149</v>
+        <v>79</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256502550</t>
+          <t>9786256502802</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Kıssadan Hisseler</t>
+          <t>Dile Gelen Kerkük – Cüt Kahve Hatıraları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>379</v>
+        <v>374</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256502543</t>
+          <t>9786256502796</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Ergenekon Destanımız (Gül İle Bülbül)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>174</v>
+        <v>399</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256502536</t>
+          <t>9786256502758</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre Divanı</t>
+          <t>Yeterli Anne Babalar Mutlu Çocuklar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>149</v>
+        <v>324</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256502529</t>
+          <t>9786256502765</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ölen Bir Aşk</t>
+          <t>Yavuz Sultan Selim Han</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>174</v>
+        <v>424</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256502468</t>
+          <t>9786256502772</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Etekleri Yaz Bahçesi</t>
+          <t>Destina</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>199</v>
+        <v>249</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256502482</t>
+          <t>9786256502642</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gece Avcısı Aybüke - Abura</t>
+          <t>Esrarengiz Kasaba</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256502512</t>
+          <t>9786256502574</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Şahane Bir Şey Yaşamak</t>
+          <t>Parolamız: Kardeşlik</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>149</v>
+        <v>99</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256502390</t>
+          <t>9786256502628</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mazrub</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>199</v>
+        <v>149</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256502505</t>
+          <t>9786256502611</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Ölümü</t>
+          <t>Saliha - Bir Dünya İki Alem</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>134</v>
+        <v>324</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256502253</t>
+          <t>9786256502567</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Lionel Messi - Futbolun Dahileri</t>
+          <t>Anneliğin Kitabını Yazdım</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>129</v>
+        <v>174</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256502260</t>
+          <t>9786256502604</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kylian Mbappe - Futbolun Dahileri</t>
+          <t>Cellat</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256502291</t>
+          <t>9786256502581</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Diego Maradona - Futbolun Dahileri</t>
+          <t>Gizem</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>129</v>
+        <v>229</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256502314</t>
+          <t>9786256502741</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Erling Haaland - Futbolun Dahileri</t>
+          <t>Sade</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256502338</t>
+          <t>9786256502635</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Cerrah</t>
+          <t>Lucifer Felsefenin Senfonisi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256502307</t>
+          <t>2553108769327</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hasat - Uyanış</t>
+          <t>Taşıtlar - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256502321</t>
+          <t>2554760935785</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tek Hece Bin Cümle Aşk…</t>
+          <t>Meslekler - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>129</v>
+        <v>149</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256502451</t>
+          <t>2554130493105</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İlk Türk Devletleri</t>
+          <t>Hayvanlar - Bak Öğren Kartları - İlk Bilgilerim (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256502437</t>
+          <t>9786256502550</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mandala</t>
+          <t>Hayata Dair Kıssadan Hisseler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>69</v>
+        <v>379</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256502420</t>
+          <t>9786256502543</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İlk Boyama Kitabım</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>69</v>
+        <v>174</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256502444</t>
+          <t>9786256502536</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Boyayarak Elif Ba Öğreniyorum</t>
+          <t>Yunus Emre Divanı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>69</v>
+        <v>149</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256502369</t>
+          <t>9786256502529</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Küçük Temas</t>
+          <t>Ölen Bir Aşk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>149</v>
+        <v>174</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256502413</t>
+          <t>9786256502468</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Tilki</t>
+          <t>Etekleri Yaz Bahçesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>424</v>
+        <v>199</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256502345</t>
+          <t>9786256502482</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gece Yolcuları - Geçit</t>
+          <t>Gece Avcısı Aybüke - Abura</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>229</v>
+        <v>129</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256502277</t>
+          <t>9786256502512</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Da Silva Neymar - Futbolun Dahileri</t>
+          <t>Şahane Bir Şey Yaşamak</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256502284</t>
+          <t>9786256502390</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Cristiano Ronaldo - Futbolun Dahileri</t>
+          <t>Mazrub</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>129</v>
+        <v>199</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256502376</t>
+          <t>9786256502505</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı</t>
+          <t>Güneşin Ölümü</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>299</v>
+        <v>134</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256502383</t>
+          <t>9786256502253</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu</t>
+          <t>Lionel Messi - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>179</v>
+        <v>149</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257234399</t>
+          <t>9786256502260</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot’un Maceraları</t>
+          <t>Kylian Mbappe - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257234382</t>
+          <t>9786256502291</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Diego Maradona - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>249</v>
+        <v>149</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257234948</t>
+          <t>9786256502314</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zerda</t>
+          <t>Erling Haaland - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>299</v>
+        <v>149</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256502208</t>
+          <t>9786256502338</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>İlişkilerde Dans</t>
+          <t>Cerrah</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>324</v>
+        <v>229</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256502239</t>
+          <t>9786256502307</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Gün Düşerken</t>
+          <t>Hasat - Uyanış</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>134</v>
+        <v>229</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256502215</t>
+          <t>9786256502321</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Vaveyla</t>
+          <t>Tek Hece Bin Cümle Aşk…</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>199</v>
+        <v>129</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256502222</t>
+          <t>9786256502451</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gelelim Sadede</t>
+          <t>İlk Türk Devletleri</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>149</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>2944380357812</t>
+          <t>9786256502437</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Derin Devlet Seti</t>
+          <t>Çocuklar İçin Mandala</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>666</v>
+        <v>74</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>2947163387549</t>
+          <t>9786256502420</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Boyama Seti</t>
+          <t>İlk Boyama Kitabım</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>276</v>
+        <v>69</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256502185</t>
+          <t>9786256502444</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Boyayarak Elif Ba Öğreniyorum</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>174</v>
+        <v>69</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256502178</t>
+          <t>9786256502369</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Karabibik</t>
+          <t>Küçük Temas</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>134</v>
+        <v>199</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256502161</t>
+          <t>9786256502413</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Tilki</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>149</v>
+        <v>424</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256502192</t>
+          <t>9786256502345</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kutadgu Bilig</t>
+          <t>Gece Yolcuları - Geçit</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>229</v>
+        <v>299</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>2748510369757</t>
+          <t>9786256502277</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Türk Tarihi Seti</t>
+          <t>Da Silva Neymar - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>363</v>
+        <v>149</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257234863</t>
+          <t>9786256502284</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Hasat - Başlangıç</t>
+          <t>Cristiano Ronaldo - Futbolun Dahileri</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>229</v>
+        <v>149</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257234825</t>
+          <t>9786256502376</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Güzel Şeyler Kalpten Gelir</t>
+          <t>Osmanlı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>199</v>
+        <v>299</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257234818</t>
+          <t>9786256502383</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Hesaplaşma</t>
+          <t>Selçuklu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257234856</t>
+          <t>9786257234399</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Layemut</t>
+          <t>Don Kişot’un Maceraları</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>229</v>
+        <v>174</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257234870</t>
+          <t>9786257234382</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ömrümün Düş Kapanları</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>324</v>
+        <v>249</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257234832</t>
+          <t>9786257234948</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Çok Denli Sevmek</t>
+          <t>Zerda</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>124</v>
+        <v>299</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257234849</t>
+          <t>9786256502208</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Önce</t>
+          <t>İlişkilerde Dans</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>2985574304281</t>
+          <t>9786256502239</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Sevda Türküsev Seti 2 Kitap</t>
+          <t>Gün Düşerken</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>648</v>
+        <v>134</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257234894</t>
+          <t>9786256502215</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sayıları Öğreniyorum</t>
+          <t>Vaveyla</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>69</v>
+        <v>199</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257234580</t>
+          <t>9786256502222</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Kitabı - Mandala</t>
+          <t>Gelelim Sadede</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>124</v>
+        <v>149</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257234344</t>
+          <t>2944380357812</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Derin Devlet Seti</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>174</v>
+        <v>666</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257234412</t>
+          <t>2947163387549</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Nutuk</t>
+          <t>Çocuklar İçin Boyama Seti</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>174</v>
+        <v>276</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257234795</t>
+          <t>9786256502185</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>229</v>
+        <v>174</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257234726</t>
+          <t>9786256502178</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sana Öldürmeyi Kim Öğretti</t>
+          <t>Karabibik</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257234719</t>
+          <t>9786256502161</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Erkeksen Aldatma Kadınsan Aldanma</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>324</v>
+        <v>149</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257234702</t>
+          <t>9786256502192</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ben Başarmak İçin Doğdum</t>
+          <t>Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>324</v>
+        <v>229</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257234733</t>
+          <t>2748510369757</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Fitil</t>
+          <t>Türk Tarihi Seti</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>374</v>
+        <v>413</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257234757</t>
+          <t>9786257234863</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bir Hoş Sada Bırakalım Üşümesin Gönüller</t>
+          <t>Hasat - Başlangıç</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>229</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257234788</t>
+          <t>9786257234825</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Başarı Hikayeleri</t>
+          <t>Güzel Şeyler Kalpten Gelir</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>149</v>
+        <v>249</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257234658</t>
+          <t>9786257234818</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Motifli Atasözleri ve Deyimlerimiz</t>
+          <t>Hesaplaşma</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>499</v>
+        <v>199</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>2795781929739</t>
+          <t>9786257234856</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Sevda Türküsev Seti - 4 Kitap</t>
+          <t>Layemut</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>1296</v>
+        <v>229</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>2795781982635</t>
+          <t>9786257234870</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kamil Konur Seti</t>
+          <t>Ömrümün Düş Kapanları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>318</v>
+        <v>324</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9129744297208</t>
+          <t>9786257234832</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dünya Klasikleri Seti (4 Kitap)</t>
+          <t>Çok Denli Sevmek</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>446</v>
+        <v>124</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257234672</t>
+          <t>9786257234849</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yıkılmadım Ayaktayım</t>
+          <t>Ölmeden Önce</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257234689</t>
+          <t>2985574304281</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Aşk Yoktur</t>
+          <t>Sevda Türküsev Seti 2 Kitap</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>324</v>
+        <v>648</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257234665</t>
+          <t>9786257234894</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Duygu Kontrolü İle Kişisel Başarı</t>
+          <t>Sayıları Öğreniyorum</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>324</v>
+        <v>69</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257234696</t>
+          <t>9786257234580</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kadın Kalbi Erkek Aklı</t>
+          <t>Yetişkinler İçin Boyama Kitabı - Mandala</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>324</v>
+        <v>124</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257234634</t>
+          <t>9786257234344</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kıssadan Hisse</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>149</v>
+        <v>174</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257234610</t>
+          <t>9786257234412</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Geride Kalanlar</t>
+          <t>Öğrenciler İçin Nutuk</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>199</v>
+        <v>174</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257234481</t>
+          <t>9786257234795</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Zal</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257234603</t>
+          <t>9786257234726</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Sana Öldürmeyi Kim Öğretti</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>124</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257234597</t>
+          <t>9786257234719</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Zaman Gezginleri 4 – Evrenin Sırları</t>
+          <t>Erkeksen Aldatma Kadınsan Aldanma</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257234627</t>
+          <t>9786257234702</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Gece Avcısı Aybüke 1 - Yolazdıran</t>
+          <t>Ben Başarmak İçin Doğdum</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>129</v>
+        <v>324</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257234375</t>
+          <t>9786257234733</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar</t>
+          <t>Fitil</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>124</v>
+        <v>399</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257234405</t>
+          <t>9786257234757</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Fıkraları</t>
+          <t>Bir Hoş Sada Bırakalım Üşümesin Gönüller</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257234351</t>
+          <t>9786257234788</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin'den Seçme Hikayeler</t>
+          <t>Başarı Hikayeleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>134</v>
+        <v>149</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257234368</t>
+          <t>9786257234658</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Hayvan Motifli Atasözleri ve Deyimlerimiz</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>134</v>
+        <v>499</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257234337</t>
+          <t>2795781929739</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Sokratesi’in Savunması</t>
+          <t>Sevda Türküsev Seti - 4 Kitap</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>124</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257234566</t>
+          <t>2795781982635</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Türk Devletleri</t>
+          <t>Kamil Konur Seti</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>124</v>
+        <v>318</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257234559</t>
+          <t>9129744297208</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Derin Terör</t>
+          <t>Dünya Klasikleri Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>199</v>
+        <v>446</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257234542</t>
+          <t>9786257234672</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kurt</t>
+          <t>Yıkılmadım Ayaktayım</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>249</v>
+        <v>324</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257234498</t>
+          <t>9786257234689</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türklerin Tarihi</t>
+          <t>Kusursuz Aşk Yoktur</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>299</v>
+        <v>324</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257234511</t>
+          <t>9786257234665</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Öğrenciler İçin Atatürk İlke ve İnkılapları</t>
+          <t>Duygu Kontrolü İle Kişisel Başarı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>124</v>
+        <v>324</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257234535</t>
+          <t>9786257234696</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Moğol İmparatorluğu</t>
+          <t>Kadın Kalbi Erkek Aklı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>124</v>
+        <v>324</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257234504</t>
+          <t>9786257234634</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Safevi İmparatorluğu</t>
+          <t>Kıssadan Hisse</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>124</v>
+        <v>149</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257234528</t>
+          <t>9786257234610</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları</t>
+          <t>Geride Kalanlar</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257234573</t>
+          <t>9786257234481</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Babür İmparatorluğu</t>
+          <t>Zal</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>124</v>
+        <v>149</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257234429</t>
+          <t>9786257234603</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türk İstihbarat Tarihi’nin Anahatları</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>274</v>
+        <v>124</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257234474</t>
+          <t>9786257234597</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Limitsiz</t>
+          <t>Zaman Gezginleri 4 – Evrenin Sırları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>229</v>
+        <v>324</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257234450</t>
+          <t>9786257234627</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Samed Behrengi Seti (2 Kitap Takım)</t>
+          <t>Gece Avcısı Aybüke 1 - Yolazdıran</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>198</v>
+        <v>149</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257234443</t>
+          <t>9786257234375</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
+          <t>İnsan Ne İle Yaşar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>322</v>
+        <v>124</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257234283</t>
+          <t>9786257234405</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Zaman Gezginleri -III- Paktika</t>
+          <t>Öğrenci Fıkraları</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>324</v>
+        <v>149</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257234030</t>
+          <t>9786257234351</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Ömer Seyfettin'den Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>124</v>
+        <v>134</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257234047</t>
+          <t>9786257234368</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>99</v>
+        <v>134</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257234054</t>
+          <t>9786257234337</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Sokratesi’in Savunması</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>99</v>
+        <v>124</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257234269</t>
+          <t>9786257234566</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz Bir Doktorun Anatomisi</t>
+          <t>Bağımsız Türk Devletleri</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>229</v>
+        <v>124</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257234238</t>
+          <t>9786257234559</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Şüphe</t>
+          <t>Derin Terör</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>229</v>
+        <v>199</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257234221</t>
+          <t>9786257234542</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gece Yolcuları - Gordios’un Gizemi</t>
+          <t>Kurt</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>229</v>
+        <v>249</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257234160</t>
+          <t>9786257234498</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Millet mi? Ulus Devlet mi? Aradaki Kürtler</t>
+          <t>Türklerin Tarihi</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257234214</t>
+          <t>9786257234511</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Miranda – Zaman Gezginleri 2</t>
+          <t>Öğrenciler İçin Atatürk İlke ve İnkılapları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>324</v>
+        <v>134</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257234139</t>
+          <t>9786257234535</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Moğol İmparatorluğu</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>224</v>
+        <v>124</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257234122</t>
+          <t>9786257234504</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Safevi İmparatorluğu</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>149</v>
+        <v>124</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257234177</t>
+          <t>9786257234528</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kerim ile Sibel - Zaman Gezginleri 1</t>
+          <t>Osmanlı Padişahları</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>324</v>
+        <v>229</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9789753172189</t>
+          <t>9786257234573</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>George Orwell Seti (2 Kitap Takım)</t>
+          <t>Babür İmparatorluğu</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>348</v>
+        <v>124</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257234153</t>
+          <t>9786257234429</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Korkma</t>
+          <t>Türk İstihbarat Tarihi’nin Anahatları</t>
         </is>
       </c>
       <c r="C204" s="1">
         <v>274</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257234085</t>
+          <t>9786257234474</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hikayelere Yolculuk</t>
+          <t>Limitsiz</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>149</v>
+        <v>229</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257234078</t>
+          <t>9786257234450</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tarih Okyanusundan Damlalar</t>
+          <t>Samed Behrengi Seti (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>124</v>
+        <v>198</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257234061</t>
+          <t>9786257234443</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çapraz Oyun</t>
+          <t>Çocuk Klasikleri Seti (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>324</v>
+        <v>322</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786050681321</t>
+          <t>9786257234283</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Meslekleri Öğreniyorum Boyama Kitabı</t>
+          <t>Zaman Gezginleri -III- Paktika</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>69</v>
+        <v>324</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057435255</t>
+          <t>9786257234030</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Öğreniyorum-Meslekleri Öğreniyorum-Alfabeyi Öğreniyorum 3 lü Boyama Kitabı Seti</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>207</v>
+        <v>124</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786050681314</t>
+          <t>9786257234047</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>No 112</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>199</v>
+        <v>99</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786050607512</t>
+          <t>9786257234054</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Cam-ı Cihan</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>50</v>
+        <v>99</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786056984877</t>
+          <t>9786257234269</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Alfabeyi Öğreniyorum - Boyama Kitabı</t>
+          <t>Kumarbaz Bir Doktorun Anatomisi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>69</v>
+        <v>229</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786056984860</t>
+          <t>9786257234238</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Ateşi</t>
+          <t>Şüphe</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>324</v>
+        <v>229</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786056984884</t>
+          <t>9786257234221</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hayvanları Öğreniyorum - Boyama Kitabı</t>
+          <t>Gece Yolcuları - Gordios’un Gizemi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>69</v>
+        <v>299</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786056971426</t>
+          <t>9786257234160</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Ata'yı Anlamak</t>
+          <t>Millet mi? Ulus Devlet mi? Aradaki Kürtler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>449</v>
+        <v>324</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786056943157</t>
+          <t>9786257234214</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kod: Sevgi Dili</t>
+          <t>Miranda – Zaman Gezginleri 2</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>199</v>
+        <v>324</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786056911651</t>
+          <t>9786257234139</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İkizlerle Yaşam</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>179</v>
+        <v>249</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
+          <t>9786257234122</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Hayvan Çiftliği</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786257234177</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>Kerim ile Sibel - Zaman Gezginleri 1</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9789753172189</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>George Orwell Seti (2 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786257234153</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Korkma</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9786257234085</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Hikayelere Yolculuk</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9786257234078</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Okyanusundan Damlalar</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786257234061</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Çapraz Oyun</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9786050681321</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Meslekleri Öğreniyorum Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786057435255</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Öğreniyorum-Meslekleri Öğreniyorum-Alfabeyi Öğreniyorum 3 lü Boyama Kitabı Seti</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786050681314</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>No 112</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786050607512</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Cam-ı Cihan</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786056984877</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Alfabeyi Öğreniyorum - Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786056984860</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Kafkas Ateşi</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786056984884</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanları Öğreniyorum - Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786056971426</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı'dan Cumhuriyet'e Ata'yı Anlamak</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786056943157</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Kod: Sevgi Dili</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786056911651</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>İkizlerle Yaşam</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
           <t>9786056911637</t>
         </is>
       </c>
-      <c r="B218" s="1" t="inlineStr">
+      <c r="B235" s="1" t="inlineStr">
         <is>
           <t>Homeopati ve Fitoterapi Tıbbi Kenevir Özel CBD (Cannabidiol) (Ciltli)</t>
         </is>
       </c>
-      <c r="C218" s="1">
+      <c r="C235" s="1">
         <v>374</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>