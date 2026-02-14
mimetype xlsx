--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -85,640 +85,1870 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752810723</t>
+          <t>9789758441051</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Rakı Felsefesine Giriş</t>
+          <t>Kaptan Yemeğe Çıktı ve Tayfalar Gemiyi Ele Geçirdi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>149</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752810631</t>
+          <t>9789752810709</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>İlham Perisine Oynamak</t>
+          <t>Bira Ajandası 2015</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>125</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789758441617</t>
+          <t>9789758441099</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Gülün Gölgesinde</t>
+          <t>Komadaki Sevgilim</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>175</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752810983</t>
+          <t>9789752810785</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Gürgen Dalıyım (Ciltli)</t>
+          <t>Alaycı Kuş Bana Şans Dile</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>375</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752811010</t>
+          <t>9789752810624</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>En iyi Adamlar Yalnızken Güçlüdür</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>85</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752811003</t>
+          <t>9789752810761</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Aşk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>100</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752811027</t>
+          <t>9789752810778</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Ben Makul Bir Adamım</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>100</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752810990</t>
+          <t>9789752810716</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Gürgen Dalıyım</t>
+          <t>Günler Tepelerden Aşağı Koşan Vahşi Atlar Misali</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>275</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789752810853</t>
+          <t>9789752810594</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hayaller Kitabı</t>
+          <t>Caveman Mağara Adamı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>275</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789752810907</t>
+          <t>9789752810730</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Heba</t>
+          <t>Kediler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>375</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789752810945</t>
+          <t>9789758441204</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlıklar</t>
+          <t>Charles Bukowski : Çılgın Bir Yaşamın Kollarında Tutsak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>130</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752810884</t>
+          <t>9789758441297</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğa Nokta</t>
+          <t>Hayat Dolu</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>225</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752810860</t>
+          <t>9789752810747</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Uykuların Doğusu</t>
+          <t>Çanlar Kimse İçin Çalmıyor</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752810877</t>
+          <t>9789752810389</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ölü Zaman Gezginleri</t>
+          <t>Macondo Yolu: Manara Hp &amp; Guiseppe Bergman 2. Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>155</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752810952</t>
+          <t>9789752810396</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Şimdi Gelecek</t>
+          <t>Büyük Üstat: Manara Hp &amp; Guiseppe Bergman 1. Kitap</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>135</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752810921</t>
+          <t>9789752810402</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bin Hüzünlü Haz</t>
+          <t>Nimrod Çıldırışları</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>225</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752810914</t>
+          <t>9789752810426</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gölgesizler</t>
+          <t>Fıkra Değil Gerçek 2</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>245</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752810938</t>
+          <t>9789752810471</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Beni Kör Kuyularda</t>
+          <t>Erkek Tavlama Klavuzu</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>235</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752810976</t>
+          <t>9789752810488</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Gecesi</t>
+          <t>Yanlış Anlaşılmış Filmler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>145</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752810891</t>
+          <t>9789752810563</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kuşlar Yasına Gider</t>
+          <t>Cenneti Gözetlemek</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>245</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789752810969</t>
+          <t>9789757939061</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Başlarken Yalnızsın, Bitirdiğinde Daha Da Yalnız</t>
+          <t>Çağdaş Türk Edebiyatından Kedi Hikayeleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>275</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789752810846</t>
+          <t>9789757939160</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Mendil Altında</t>
+          <t>Ahmak Islatan</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752810839</t>
+          <t>9789757939375</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Otlakçı</t>
+          <t>Aramızda Kalsın</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>75</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789752810822</t>
+          <t>9789758441143</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı İle Kiracıları</t>
+          <t>Aşk Mektupları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>75</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752810815</t>
+          <t>9789758441884</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Cehennemden Bir Köpektir Aşk</t>
+          <t>Dedektif Sanlı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>275</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789752810808</t>
+          <t>9789758441891</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cehenneme Giden Yol</t>
+          <t>Saçmalama</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>275</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789752810792</t>
+          <t>9789757939498</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Canlılar ve Ölüler İçin Fırtına</t>
+          <t>Bütün Erkekler Aynı Şeyi İster</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>225</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752810754</t>
+          <t>9789757939689</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Charles Bukowski’yi Sevmek ve Nefret Etmek</t>
+          <t>Bayır Gülü 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>225</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789758441068</t>
+          <t>9789757939818</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Toza Sor</t>
+          <t>Üç Yanlış Bir Doğruyu Getirir</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>165</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758441785</t>
+          <t>9789758441174</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Postane</t>
+          <t>Öğretmen Fıkraları Şakaları</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>165</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752810648</t>
+          <t>3990000018728</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Pis Moruk İtiraf Ediyor</t>
+          <t>Hayat Bilgisi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>195</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752810693</t>
+          <t>9789758441488</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yalnızsam Düzelt</t>
+          <t>Yolum Tibet'e Düştü</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>145</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789758441358</t>
+          <t>9789758441198</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sarhoş Çal Piyanoyu Vurmalı Çalgı Gibi Parmaklar Biraz Kanamaya Başlayana Dek</t>
+          <t>Pansiyon Manzumeleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>195</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752810532</t>
+          <t>9789758441365</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gece Çılgın Ayak Sesleriyle Yırtıldı Cilt 1</t>
+          <t>Pezevenk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>145</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752810280</t>
+          <t>9789758441648</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>En Kısa Andır Mucize</t>
+          <t>Big Sur</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>249</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789752810679</t>
+          <t>9789752810075</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Yokluğu</t>
+          <t>Radar Oldum</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>245</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789758441792</t>
+          <t>9789752810549</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar</t>
+          <t>Manara: Guiseppe Bergman'ın Odysseia'sı 9. Kitap</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>295</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789757939559</t>
+          <t>9789752810440</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Su Müziği</t>
+          <t>Manara: Herkes Sahnede - Öfke Zamanı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>149</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758441728</t>
+          <t>9789752810556</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sanal Uyku</t>
+          <t>Manara: Yıldızları Görmek</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>6.5</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
+          <t>9789752810525</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Manara: Belki de Düş Kurmak</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9789752810501</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Manara: Öfke Zamanı / 5. Kitap - Mahpus Bakire</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9789752810518</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Manara: Belki de Düş Kurmak</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9789752810433</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Manara: Öfke Zamanı</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9789757939948</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>İsim Şehir Hayvan Bitki</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9789752810051</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Yengeç Dönencesi</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9789757939740</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>X Kuşağı</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9789758441778</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Üzümün Kardeşliği</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9789752810327</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Takıntılar</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9789757939832</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Suda Yan Ateşte Boğul</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9789758441426</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Sıradan Delilik Öyküleri</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9789757939245</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>Shakespeare Bunu Asla Yapmazdı</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>9789752810655</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>Sevdiğim İkinci Kadınsın Sen</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9789752810662</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Sensiz Harfler</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789757939580</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Seni Sevdiğimi Kimseye Söyleme, Çünkü Ben Herkese Söyledim</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789752810181</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Roma’nın Batısı</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9789757939146</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Pulp</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9789752810686</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Pis Moruğun Notları 2</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9789758441525</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Pis Moruğun Notları</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9789758441273</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Öteki Türkiye</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9789757939962</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Ölüler Böyle Sever</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9789752810297</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Los Angeles Yolu</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789752810600</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Lombak Dördüncü Kitap</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789752810020</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Kimse Bilmez Ne Çektiğimi</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789752810570</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Kendimizde Açtığımız Yaralar</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789752810617</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Kaybedenin Önde Gideni</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789758441020</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Karikatürler - 3</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789757939641</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Karikatürler</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789758441587</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Kapalı Bir Kapıdır Cehennem</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9789757939153</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>İlişkiler</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9789752810495</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>İkinci El Yalnızlık</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9789757939665</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Hollywood</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9789752810204</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Güneş, İşte Burdayım</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789758441150</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Gençliğin Şarabı</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789752810358</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Açlık</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>12.96</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789758441495</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Bunker Tepesi Düşleri</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789752810013</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Bir Tek Ben miyim Böyle Yaşayan?</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>16.2</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789757939030</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Beraber ve Solo Kaygılar Peynir Gemisi 3</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>7.87</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789758441631</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Bendeki Kulak Van Gogh’ta Yok</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789757939696</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Bana Aşkını Getir</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9789758441112</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Balık Burcu Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9789758441983</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Bahara Kadar Bekle Bandini</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9789758441990</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>1933 Berbat Bir Yıldı</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789752810723</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Rakı Felsefesine Giriş</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9789752810631</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>İlham Perisine Oynamak</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9789758441617</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Gülün Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9789752810983</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Gürgen Dalıyım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9789752811010</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9789752811003</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Kuyucaklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9789752811027</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>İçimizdeki Şeytan</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789752810990</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Ben Bir Gürgen Dalıyım</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9789752810853</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Kayıp Hayaller Kitabı</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9789752810907</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Heba</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789752810945</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızlıklar</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9789752810884</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Sonsuzluğa Nokta</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789752810860</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Uykuların Doğusu</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9789752810877</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Ölü Zaman Gezginleri</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9789752810952</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Geçmiş Şimdi Gelecek</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789752810921</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Bin Hüzünlü Haz</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789752810914</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Gölgesizler</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789752810938</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Beni Kör Kuyularda</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789752810976</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Gecenin Gecesi</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789752810891</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlar Yasına Gider</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789752810969</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Başlarken Yalnızsın, Bitirdiğinde Daha Da Yalnız</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789752810846</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Mendil Altında</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789752810839</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Otlakçı</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789752810822</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Ayaşlı İle Kiracıları</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789752810815</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Cehennemden Bir Köpektir Aşk</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789752810808</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Cehenneme Giden Yol</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789752810792</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Canlılar ve Ölüler İçin Fırtına</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789752810754</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Charles Bukowski’yi Sevmek ve Nefret Etmek</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789758441068</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Toza Sor</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789758441785</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Postane</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789752810648</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Pis Moruk İtiraf Ediyor</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789752810693</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Yalnızsam Düzelt</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9789758441358</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Sarhoş Çal Piyanoyu Vurmalı Çalgı Gibi Parmaklar Biraz Kanamaya Başlayana Dek</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9789752810532</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Gece Çılgın Ayak Sesleriyle Yırtıldı Cilt 1</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9789752810280</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>En Kısa Andır Mucize</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9789752810679</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Kahramanın Yokluğu</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9789758441792</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Kadınlar</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9789757939559</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Sıcak Su Müziği</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9789758441728</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Sanal Uyku</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
           <t>9789758441501</t>
         </is>
       </c>
-      <c r="B41" s="1" t="inlineStr">
+      <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Kasabanın En Güzel Kızı</t>
         </is>
       </c>
-      <c r="C41" s="1">
+      <c r="C123" s="1">
         <v>195</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>