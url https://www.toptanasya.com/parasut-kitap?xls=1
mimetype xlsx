--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -85,535 +85,550 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786058038950</t>
+          <t>9786259733821</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dümtek Necmi’nin Muhteşem Hikayesi</t>
+          <t>Kırıklar Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056812484</t>
+          <t>9786058038950</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Okulun En Tuhaf Kızı</t>
+          <t>Dümtek Necmi’nin Muhteşem Hikayesi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786058038929</t>
+          <t>9786056812484</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ay Pastanesi</t>
+          <t>Okulun En Tuhaf Kızı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259733814</t>
+          <t>9786058038929</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Tüm Hayvanları Seven Çocuk</t>
+          <t>Ay Pastanesi</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259733807</t>
+          <t>9786259733814</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cemreler Düşerken</t>
+          <t>Tüm Hayvanları Seven Çocuk</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259879956</t>
+          <t>9786259733807</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Büyük Leylek Pikniği: Bir İleri Dönüşüm Hikayesi</t>
+          <t>Cemreler Düşerken</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056812453</t>
+          <t>9786259879956</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kraker Kız</t>
+          <t>Büyük Leylek Pikniği: Bir İleri Dönüşüm Hikayesi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259879970</t>
+          <t>9786056812453</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bulucu: Bir Kayıp Eşya Uzmanı</t>
+          <t>Kraker Kız</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259879949</t>
+          <t>9786259879970</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Albatros: Büyümek Denen O Tuhaf Şey</t>
+          <t>Bulucu: Bir Kayıp Eşya Uzmanı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259879932</t>
+          <t>9786259879949</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İçin Ne Güzel Bir Gece</t>
+          <t>Albatros: Büyümek Denen O Tuhaf Şey</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259879925</t>
+          <t>9786259879932</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Pakize</t>
+          <t>Uyumak İçin Ne Güzel Bir Gece</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259879918</t>
+          <t>9786259879925</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Nasıl?</t>
+          <t>Pakize</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259879901</t>
+          <t>9786259879918</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Bir Bakar Mısın?</t>
+          <t>Nasıl?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057388193</t>
+          <t>9786259879901</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Gemisi</t>
+          <t>Arkadaşım Bir Bakar Mısın?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057388186</t>
+          <t>9786057388193</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Köpük Adam</t>
+          <t>Felsefe Gemisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057388155</t>
+          <t>9786057388186</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Vızıltı Çiftliği</t>
+          <t>Köpük Adam</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057388148</t>
+          <t>9786057388155</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>O Kaşık</t>
+          <t>Vızıltı Çiftliği</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057388131</t>
+          <t>9786057388148</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Sırrı Nerede?</t>
+          <t>O Kaşık</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057388124</t>
+          <t>9786057388131</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>De/Da Ailesi</t>
+          <t>Hayatın Sırrı Nerede?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057388117</t>
+          <t>9786057388124</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Koleksiyoncusu</t>
+          <t>De/Da Ailesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057388100</t>
+          <t>9786057388117</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Avokado Adası’nda Her Şey Yolunda mı?</t>
+          <t>Ceviz Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786058038998</t>
+          <t>9786057388100</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Arkadaş</t>
+          <t>Avokado Adası’nda Her Şey Yolunda mı?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058038981</t>
+          <t>9786058038998</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Susuz Çağın Çocukları</t>
+          <t>İyi Bir Arkadaş</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058038974</t>
+          <t>9786058038981</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Evde Zürafa Bakımının Zorlukları</t>
+          <t>Susuz Çağın Çocukları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058038967</t>
+          <t>9786058038974</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Ayaklılar Orkestrası</t>
+          <t>Evde Zürafa Bakımının Zorlukları</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058038943</t>
+          <t>9786058038967</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Neden?: Neden Sorusunun Peşinde Masal, Bilim ve Oyun Yolculuğu</t>
+          <t>Çıplak Ayaklılar Orkestrası</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058038936</t>
+          <t>9786058038943</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Victor’un Balkabakları</t>
+          <t>Neden?: Neden Sorusunun Peşinde Masal, Bilim ve Oyun Yolculuğu</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058038912</t>
+          <t>9786058038936</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Şarkısı</t>
+          <t>Victor’un Balkabakları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058038905</t>
+          <t>9786058038912</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Makinesi</t>
+          <t>Ormanın Şarkısı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056812446</t>
+          <t>9786058038905</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Ver!</t>
+          <t>Felsefe Makinesi</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056812439</t>
+          <t>9786056812446</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Ormanında Bir Gece</t>
+          <t>Bir Şans Ver!</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056812415</t>
+          <t>9786056812439</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ana Masalları</t>
+          <t>Kuzey Ormanında Bir Gece</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
+          <t>9786056812415</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Toprak Ana Masalları</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
           <t>9786056812408</t>
         </is>
       </c>
-      <c r="B34" s="1" t="inlineStr">
+      <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Kedilerin Kayıp Adası Kedunya</t>
         </is>
       </c>
-      <c r="C34" s="1">
+      <c r="C35" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>