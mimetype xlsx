--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,550 +85,565 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259733821</t>
+          <t>9786259733838</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kırıklar Kitabı</t>
+          <t>Bir Bok Böceği Ne İster?</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786058038950</t>
+          <t>9786259733821</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Dümtek Necmi’nin Muhteşem Hikayesi</t>
+          <t>Kırıklar Kitabı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056812484</t>
+          <t>9786058038950</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Okulun En Tuhaf Kızı</t>
+          <t>Dümtek Necmi’nin Muhteşem Hikayesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786058038929</t>
+          <t>9786056812484</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ay Pastanesi</t>
+          <t>Okulun En Tuhaf Kızı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259733814</t>
+          <t>9786058038929</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Tüm Hayvanları Seven Çocuk</t>
+          <t>Ay Pastanesi</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259733807</t>
+          <t>9786259733814</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Cemreler Düşerken</t>
+          <t>Tüm Hayvanları Seven Çocuk</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259879956</t>
+          <t>9786259733807</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Büyük Leylek Pikniği: Bir İleri Dönüşüm Hikayesi</t>
+          <t>Cemreler Düşerken</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786056812453</t>
+          <t>9786259879956</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kraker Kız</t>
+          <t>Büyük Leylek Pikniği: Bir İleri Dönüşüm Hikayesi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259879970</t>
+          <t>9786056812453</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Bulucu: Bir Kayıp Eşya Uzmanı</t>
+          <t>Kraker Kız</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259879949</t>
+          <t>9786259879970</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Albatros: Büyümek Denen O Tuhaf Şey</t>
+          <t>Bulucu: Bir Kayıp Eşya Uzmanı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259879932</t>
+          <t>9786259879949</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Uyumak İçin Ne Güzel Bir Gece</t>
+          <t>Albatros: Büyümek Denen O Tuhaf Şey</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259879925</t>
+          <t>9786259879932</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Pakize</t>
+          <t>Uyumak İçin Ne Güzel Bir Gece</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259879918</t>
+          <t>9786259879925</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Nasıl?</t>
+          <t>Pakize</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259879901</t>
+          <t>9786259879918</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Bir Bakar Mısın?</t>
+          <t>Nasıl?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057388193</t>
+          <t>9786259879901</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Gemisi</t>
+          <t>Arkadaşım Bir Bakar Mısın?</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057388186</t>
+          <t>9786057388193</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Köpük Adam</t>
+          <t>Felsefe Gemisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057388155</t>
+          <t>9786057388186</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Vızıltı Çiftliği</t>
+          <t>Köpük Adam</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057388148</t>
+          <t>9786057388155</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>O Kaşık</t>
+          <t>Vızıltı Çiftliği</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057388131</t>
+          <t>9786057388148</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Sırrı Nerede?</t>
+          <t>O Kaşık</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057388124</t>
+          <t>9786057388131</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>De/Da Ailesi</t>
+          <t>Hayatın Sırrı Nerede?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057388117</t>
+          <t>9786057388124</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ceviz Koleksiyoncusu</t>
+          <t>De/Da Ailesi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057388100</t>
+          <t>9786057388117</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Avokado Adası’nda Her Şey Yolunda mı?</t>
+          <t>Ceviz Koleksiyoncusu</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786058038998</t>
+          <t>9786057388100</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>İyi Bir Arkadaş</t>
+          <t>Avokado Adası’nda Her Şey Yolunda mı?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058038981</t>
+          <t>9786058038998</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Susuz Çağın Çocukları</t>
+          <t>İyi Bir Arkadaş</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058038974</t>
+          <t>9786058038981</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Evde Zürafa Bakımının Zorlukları</t>
+          <t>Susuz Çağın Çocukları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058038967</t>
+          <t>9786058038974</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Ayaklılar Orkestrası</t>
+          <t>Evde Zürafa Bakımının Zorlukları</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058038943</t>
+          <t>9786058038967</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Neden?: Neden Sorusunun Peşinde Masal, Bilim ve Oyun Yolculuğu</t>
+          <t>Çıplak Ayaklılar Orkestrası</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786058038936</t>
+          <t>9786058038943</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Victor’un Balkabakları</t>
+          <t>Neden?: Neden Sorusunun Peşinde Masal, Bilim ve Oyun Yolculuğu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786058038912</t>
+          <t>9786058038936</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ormanın Şarkısı</t>
+          <t>Victor’un Balkabakları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786058038905</t>
+          <t>9786058038912</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Makinesi</t>
+          <t>Ormanın Şarkısı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056812446</t>
+          <t>9786058038905</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Ver!</t>
+          <t>Felsefe Makinesi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786056812439</t>
+          <t>9786056812446</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Ormanında Bir Gece</t>
+          <t>Bir Şans Ver!</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786056812415</t>
+          <t>9786056812439</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Toprak Ana Masalları</t>
+          <t>Kuzey Ormanında Bir Gece</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
+          <t>9786056812415</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Toprak Ana Masalları</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
           <t>9786056812408</t>
         </is>
       </c>
-      <c r="B35" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Kedilerin Kayıp Adası Kedunya</t>
         </is>
       </c>
-      <c r="C35" s="1">
+      <c r="C36" s="1">
         <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>